--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -6,238 +6,219 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="035E95B6" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="0034424A">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="0034424A" w:rsidRDefault="006D30D3" w14:paraId="035E95B6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc314218625"/>
+      <w:bookmarkStart w:name="_Toc314218625" w:id="0"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="1"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontrastmedelsinducerad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nefropati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (KMN) - prevention vid kontrastmedelsundersökning, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EA21785" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="0034424A">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="0034424A" w:rsidRDefault="006D30D3" w14:paraId="5EA21785" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc1548700"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="_Toc159234706"/>
+      <w:bookmarkStart w:name="_Toc1548700" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc256000000" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc256000027" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc98425719" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc256000054" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc159234706" w:id="7"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Sammanfattning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="0B6D3032" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="0034424A">
+    <w:p w:rsidR="006D30D3" w:rsidP="0034424A" w:rsidRDefault="006D30D3" w14:paraId="0B6D3032" w14:textId="77777777">
       <w:r w:rsidRPr="006D30D3">
         <w:t>Vid undersökningar som kräver intravaskulär tillförsel av jodhaltiga kontrastmedel, löper vissa patientgrupper en ökad risk att drabbas av njurskada. I riktlinjen ges vägledning för hantering av situationer när risk för kontrastmedelskomplikationer kan föreligga, att identifiera riskgrupper, ansvarsförhållanden mellan röntgen och behandlande läkare samt handläggning inför och efter undersökning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5242E119" w14:textId="0BB18722" w:rsidR="0034424A" w:rsidRPr="00866878" w:rsidRDefault="0034424A" w:rsidP="0034424A">
+    <w:p w:rsidRPr="00866878" w:rsidR="0034424A" w:rsidP="0034424A" w:rsidRDefault="0034424A" w14:paraId="5242E119" w14:textId="0BB18722">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc159234707"/>
-      <w:r w:rsidRPr="00866878">
+      <w:bookmarkStart w:name="_Toc159234707" w:id="8"/>
+      <w:r w:rsidR="0034424A">
+        <w:rPr/>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="69C7E048" w14:textId="2AE95A7F" w:rsidR="6EE444AC" w:rsidRPr="00866878" w:rsidRDefault="001C1B82" w:rsidP="70676F79">
-[...33 lines deleted...]
-    <w:p w14:paraId="76DEB0B3" w14:textId="6F1C3AB3" w:rsidR="006D30D3" w:rsidRPr="0034424A" w:rsidRDefault="006D30D3" w:rsidP="2426394B">
+    <w:p w:rsidR="1010D8A4" w:rsidP="329A249F" w:rsidRDefault="1010D8A4" w14:paraId="3B31317D" w14:textId="5218730C">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidR="1010D8A4">
+        <w:rPr/>
+        <w:t xml:space="preserve">Uppdatering av innehållsansvarig. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0034424A" w:rsidR="006D30D3" w:rsidP="2426394B" w:rsidRDefault="006D30D3" w14:paraId="76DEB0B3" w14:textId="6F1C3AB3">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866878">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförtecknin</w:t>
       </w:r>
-      <w:r w:rsidR="62F6584D" w:rsidRPr="00866878">
+      <w:r w:rsidRPr="00866878" w:rsidR="62F6584D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="9" w:name="_Toc1548701"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6035A7E2" w14:textId="7352659B" w:rsidR="00866878" w:rsidRDefault="00C25F24" w:rsidP="00866878">
+    <w:bookmarkStart w:name="_Toc1548701" w:id="9"/>
+    <w:bookmarkStart w:name="_Toc256000001" w:id="10"/>
+    <w:bookmarkStart w:name="_Toc256000028" w:id="11"/>
+    <w:bookmarkStart w:name="_Toc98425720" w:id="12"/>
+    <w:bookmarkStart w:name="_Toc256000055" w:id="13"/>
+    <w:p w:rsidR="00866878" w:rsidP="00866878" w:rsidRDefault="00C25F24" w14:paraId="6035A7E2" w14:textId="7352659B">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc159234706" w:history="1">
-        <w:r w:rsidR="00866878" w:rsidRPr="005A78F2">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234706">
+        <w:r w:rsidRPr="005A78F2" w:rsidR="00866878">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="00866878">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00866878">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00866878">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -251,63 +232,63 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00866878">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00866878">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00866878">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0576759A" w14:textId="6A63F01C" w:rsidR="00866878" w:rsidRDefault="00866878" w:rsidP="00866878">
+    <w:p w:rsidR="00866878" w:rsidP="00866878" w:rsidRDefault="00866878" w14:paraId="0576759A" w14:textId="6A63F01C">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234707" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234707">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -322,63 +303,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C8A4906" w14:textId="3DEFE925" w:rsidR="00866878" w:rsidRDefault="00866878" w:rsidP="00866878">
+    <w:p w:rsidR="00866878" w:rsidP="00866878" w:rsidRDefault="00866878" w14:paraId="2C8A4906" w14:textId="3DEFE925">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234708" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234708">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -393,63 +374,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="502027DF" w14:textId="5F043CE5" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="502027DF" w14:textId="5F043CE5">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234709" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234709">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definition av kontrastmedelsinducerad nefropati (KMN)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -464,63 +445,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7CA674CB" w14:textId="49C3D088" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="7CA674CB" w14:textId="49C3D088">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234710" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234710">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -535,63 +516,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="18DB8756" w14:textId="28A7F112" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="18DB8756" w14:textId="28A7F112">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234711" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234711">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Remitterande läkare</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -606,63 +587,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="38E39DD3" w14:textId="65D22192" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="38E39DD3" w14:textId="65D22192">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234712" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234712">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Röntgenavdelningen</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -677,63 +658,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0F2A683E" w14:textId="31BA793A" w:rsidR="00866878" w:rsidRDefault="00866878" w:rsidP="00866878">
+    <w:p w:rsidR="00866878" w:rsidP="00866878" w:rsidRDefault="00866878" w14:paraId="0F2A683E" w14:textId="31BA793A">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234713" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234713">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -748,63 +729,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68EDDC07" w14:textId="735F4931" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="68EDDC07" w14:textId="735F4931">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234714" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234714">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Riskvärdering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -819,63 +800,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="081ED9A7" w14:textId="6592596F" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="081ED9A7" w14:textId="6592596F">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234715" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234715">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Hög risk för kontrastmedelsinducerad njurskada</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -890,63 +871,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22909EBB" w14:textId="4F2D055A" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="22909EBB" w14:textId="4F2D055A">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234716" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234716">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Nefrotoxiska läkemedel</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -961,63 +942,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="21263537" w14:textId="4AC5CDE5" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="21263537" w14:textId="4AC5CDE5">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234717" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234717">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Solitär njure</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1032,63 +1013,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="51D44B2F" w14:textId="156A4D27" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="51D44B2F" w14:textId="156A4D27">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234718" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234718">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Transplanterade njurar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1103,63 +1084,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5855197F" w14:textId="44D03C63" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="5855197F" w14:textId="44D03C63">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234719" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234719">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Multipelt myelom och maligna plasmacellssjukdomar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1174,63 +1155,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="53C00BA8" w14:textId="72329B1D" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="53C00BA8" w14:textId="72329B1D">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234720" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234720">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Barn</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1245,63 +1226,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="098C02CD" w14:textId="1F6A7DB6" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="098C02CD" w14:textId="1F6A7DB6">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234721" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234721">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bedömning av njurfunktion</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1316,63 +1297,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B5432FC" w14:textId="2D18B773" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="5B5432FC" w14:textId="2D18B773">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234722" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234722">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Hur gammalt får provet vara?</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1387,63 +1368,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4834D672" w14:textId="7F3D61DC" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="4834D672" w14:textId="7F3D61DC">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234723" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234723">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dosering kontrastmedel</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1458,63 +1439,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2E13B8A5" w14:textId="26A1BCB6" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="2E13B8A5" w14:textId="26A1BCB6">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234724" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234724">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppvätskningsförfarande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1529,63 +1510,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="459F54A1" w14:textId="51DD9436" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="459F54A1" w14:textId="51DD9436">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234725" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234725">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Rekommendationer</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1600,63 +1581,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C7E714B" w14:textId="4F2F909D" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="0C7E714B" w14:textId="4F2F909D">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234726" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234726">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Intravenöst hydreringsprotokoll</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1671,63 +1652,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="69CD04B0" w14:textId="64D98128" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="69CD04B0" w14:textId="64D98128">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234727" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234727">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Akuta undersökningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1742,63 +1723,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7939C7D9" w14:textId="7B4E2FE2" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="7939C7D9" w14:textId="7B4E2FE2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234728" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234728">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Metformin</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1813,63 +1794,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="38B4CFF6" w14:textId="77B5D60D" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="38B4CFF6" w14:textId="77B5D60D">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234729" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234729">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Glukoskontroller vid utsättning av metformin</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1884,63 +1865,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0B9ADB39" w14:textId="43A76A40" w:rsidR="00866878" w:rsidRDefault="00866878">
+    <w:p w:rsidR="00866878" w:rsidRDefault="00866878" w14:paraId="0B9ADB39" w14:textId="43A76A40">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234730" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234730">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning vid KMN</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1955,63 +1936,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4ED8DECA" w14:textId="75E52860" w:rsidR="00866878" w:rsidRDefault="00866878" w:rsidP="00866878">
+    <w:p w:rsidR="00866878" w:rsidP="00866878" w:rsidRDefault="00866878" w14:paraId="4ED8DECA" w14:textId="75E52860">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234731" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234731">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2026,63 +2007,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="70E7D75A" w14:textId="7F6407C8" w:rsidR="00866878" w:rsidRDefault="00866878" w:rsidP="00866878">
+    <w:p w:rsidR="00866878" w:rsidP="00866878" w:rsidRDefault="00866878" w14:paraId="70E7D75A" w14:textId="7F6407C8">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159234732" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159234732">
         <w:r w:rsidRPr="005A78F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länk- och referensförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2097,426 +2078,417 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F902FD0" w14:textId="093D8E16" w:rsidR="006D30D3" w:rsidRPr="00AC0320" w:rsidRDefault="00C25F24" w:rsidP="0034424A">
+    <w:p w:rsidRPr="00AC0320" w:rsidR="006D30D3" w:rsidP="0034424A" w:rsidRDefault="00C25F24" w14:paraId="5F902FD0" w14:textId="093D8E16">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="_Toc159234708"/>
-      <w:r w:rsidR="006D30D3" w:rsidRPr="00AC0320">
+      <w:bookmarkStart w:name="_Toc159234708" w:id="14"/>
+      <w:r w:rsidRPr="00AC0320" w:rsidR="006D30D3">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="39871781" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="0034424A">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="0034424A" w:rsidRDefault="006D30D3" w14:paraId="39871781" w14:textId="77777777">
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Kontrastmedelsinducerad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>nefropati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> (KMN) är en njurskada som uppstår inom 48 h efter kontrastmedelsundersökning. Incidensen är varierande i utförda studier och på senare tid har man börjat ifrågasätta om KMN existerar, slutsatsen är att risken sannolikt är lägre än man tidigare trott.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD63465" w14:textId="1189B49D" w:rsidR="00350CA2" w:rsidRDefault="006D30D3" w:rsidP="2426394B">
+    <w:p w:rsidR="00350CA2" w:rsidP="2426394B" w:rsidRDefault="006D30D3" w14:paraId="0CD63465" w14:textId="1189B49D">
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Riktlinjen är en lokal anpassning av Nationella rekommendationer för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>jodkontrastmedel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">, version </w:t>
       </w:r>
-      <w:r w:rsidR="3D7ACC5F" w:rsidRPr="006D30D3">
+      <w:r w:rsidRPr="006D30D3" w:rsidR="3D7ACC5F">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="006D30D3">
         <w:t>.0, reviderad 20</w:t>
       </w:r>
-      <w:r w:rsidR="5FAAA30E" w:rsidRPr="006D30D3">
+      <w:r w:rsidRPr="006D30D3" w:rsidR="5FAAA30E">
         <w:t>22</w:t>
       </w:r>
       <w:r w:rsidRPr="006D30D3">
         <w:t>-11-</w:t>
       </w:r>
-      <w:r w:rsidR="7B5BCDF9" w:rsidRPr="006D30D3">
+      <w:r w:rsidRPr="006D30D3" w:rsidR="7B5BCDF9">
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidRPr="006D30D3">
         <w:t>. För detaljerad information, se</w:t>
       </w:r>
       <w:r w:rsidR="604022B0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00350CA2" w:rsidRPr="00116762">
+      <w:hyperlink w:history="1" r:id="rId12">
+        <w:r w:rsidRPr="00116762" w:rsidR="00350CA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.sfmr.se/nyheter/2012/10/6/nya-riktlinjer-for-kontrastanvandning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00350CA2">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00350CA2" w:rsidRPr="00350CA2">
+      <w:r w:rsidRPr="00350CA2" w:rsidR="00350CA2">
         <w:t>Svensk Förening för Medicinsk Radiologi</w:t>
       </w:r>
       <w:r w:rsidR="00350CA2">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A76CA0F" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="007B11B2">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="007B11B2" w:rsidRDefault="006D30D3" w14:paraId="4A76CA0F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc1548702"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="_Toc159234709"/>
+      <w:bookmarkStart w:name="_Toc1548702" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc256000002" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc256000029" w:id="17"/>
+      <w:bookmarkStart w:name="_Toc98425721" w:id="18"/>
+      <w:bookmarkStart w:name="_Toc256000056" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc159234709" w:id="20"/>
       <w:r>
         <w:t xml:space="preserve">Definition av kontrastmedelsinducerad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>nefropati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (KMN)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="4A326B2E" w14:textId="142CD536" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="70676F79">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="70676F79" w:rsidRDefault="006D30D3" w14:paraId="4A326B2E" w14:textId="142CD536">
       <w:r>
         <w:t xml:space="preserve">KMN definieras som en ökning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>plasmakreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> med </w:t>
       </w:r>
       <w:r w:rsidR="65D5B1C5">
         <w:t>≥</w:t>
       </w:r>
       <w:r w:rsidR="4464AAC7">
         <w:t>27</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> µmol/L eller ≥</w:t>
       </w:r>
       <w:r w:rsidR="60335051">
         <w:t>50</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> % inom </w:t>
       </w:r>
       <w:r w:rsidR="407765DA">
         <w:t>48–72</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="38CF2E8A">
         <w:t>timmar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> efter intravaskulär administrering av kontrastmedel utan annan påvisbar orsak.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B46935D" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="007B11B2">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="007B11B2" w:rsidRDefault="006D30D3" w14:paraId="0B46935D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc1548703"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="_Toc159234710"/>
+      <w:bookmarkStart w:name="_Toc1548703" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc256000003" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc256000030" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc98425722" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc256000057" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc159234710" w:id="26"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w14:paraId="2D900D7C" w14:textId="7D942DCD" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="007B11B2">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="007B11B2" w:rsidRDefault="006D30D3" w14:paraId="2D900D7C" w14:textId="7D942DCD">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D014C0">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="00D014C0">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Riskfaktorer och rekommendationer för riskpatienter finns under rubrik </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Riskvärdering" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Riskvärdering">
         <w:r w:rsidRPr="00D014C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Riskvärdering</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D014C0">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A621874" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="007B11B2">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="007B11B2" w:rsidRDefault="006D30D3" w14:paraId="0A621874" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc1548704"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="32" w:name="_Toc159234711"/>
+      <w:bookmarkStart w:name="_Toc1548704" w:id="27"/>
+      <w:bookmarkStart w:name="_Toc256000004" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc256000031" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc98425723" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc256000058" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc159234711" w:id="32"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Remitterande läkare</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="7050DBC6" w14:textId="32D9DDA9" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="007B11B2">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="007B11B2" w:rsidRDefault="006D30D3" w14:paraId="7050DBC6" w14:textId="32D9DDA9">
       <w:r>
         <w:t xml:space="preserve">I remissen ska klart framgå </w:t>
       </w:r>
       <w:r w:rsidR="559B4C75">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, vikt och längd samt riskfaktorer. Det ska anges om patienten behandlas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. Ange även om riskfaktorer saknas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="690C3FA0" w14:textId="3DEC9FCC" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="007B11B2">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="007B11B2" w:rsidRDefault="006D30D3" w14:paraId="690C3FA0" w14:textId="3DEC9FCC">
       <w:r>
         <w:t xml:space="preserve">Bedöm allmäntillstånd, behov av hydrering (misstanke </w:t>
       </w:r>
       <w:r w:rsidR="4617EA10">
         <w:t>om</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> vätskebrist; </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> kräkningar, diarré, </w:t>
+        <w:t xml:space="preserve"> vätskebrist; t.ex. kräkningar, diarré, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ileus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> och nedsatt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>turgor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">) och kraftigt avvikande muskelmassa. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F1D157" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="007B11B2">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="007B11B2" w:rsidRDefault="006D30D3" w14:paraId="15F1D157" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Vid känd njurfunktionsnedsättning, och särskilt i kombination med andra riskfaktorer eller om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>eGFR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> förväntas understiga 30 ml/min, bör samråd med röntgenläkare ske före remittering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F8C5E0" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="007B11B2">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="007B11B2" w:rsidRDefault="006D30D3" w14:paraId="78F8C5E0" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D30D3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Informera patienten om uppföljande njurfunktionskontroll och om utsättning av eventuellt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ACC2951" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="007B11B2">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="007B11B2" w:rsidRDefault="006D30D3" w14:paraId="7ACC2951" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienter med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eGFR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> &lt;45 ml/min eller ≥2 andra riskfaktorer bör följas upp enligt följande rutiner:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="055A0DE1" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="007B11B2">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="007B11B2" w:rsidRDefault="006D30D3" w14:paraId="055A0DE1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inneliggande patient bör följas med p-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller p-</w:t>
@@ -2528,51 +2500,51 @@
         </w:rPr>
         <w:t>cystatin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> C dag-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ligen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> under minst 2 dygn efter undersökningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD3112E" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="007B11B2">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="007B11B2" w:rsidRDefault="006D30D3" w14:paraId="6AD3112E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Polikliniska patienter bör kontrolleras med p-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller p-</w:t>
@@ -2584,318 +2556,308 @@
         </w:rPr>
         <w:t>cystatin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> C 2, 3 eller 4 dagar efter undersökningen. Röntgenavdelningen informerar om uppehåll med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och skickar med remiss för provtagning och information till patienten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E470480" w14:textId="0237A839" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="007B11B2">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="007B11B2" w:rsidRDefault="006D30D3" w14:paraId="3E470480" w14:textId="0237A839">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Remitterande läkare bedömer när </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan återinsättas. Vid nedsatt njurfunktion bör remitterande läkare ta ställning till om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>metformin</w:t>
       </w:r>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>behandlingen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> överhuvudtaget ska återupptas. Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId13">
         <w:r w:rsidRPr="00387585">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>RMR Diabetes-Typ 2 (vuxna)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="458486D4" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00387585">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00387585" w:rsidRDefault="006D30D3" w14:paraId="458486D4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc1548705"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="38" w:name="_Toc159234712"/>
+      <w:bookmarkStart w:name="_Toc1548705" w:id="33"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc256000032" w:id="35"/>
+      <w:bookmarkStart w:name="_Toc98425724" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc256000059" w:id="37"/>
+      <w:bookmarkStart w:name="_Toc159234712" w:id="38"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Röntgenavdelningen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
-    <w:p w14:paraId="0835552D" w14:textId="324F357B" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00387585">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00387585" w:rsidRDefault="006D30D3" w14:paraId="0835552D" w14:textId="324F357B">
       <w:r>
         <w:t xml:space="preserve">Kontrollerar att information om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, vikt och längd samt riskfaktorer finns i remissen. Vid njurfunktionsnedsättning ska ställningstagande göras till lägre kontrastmedelsdos enligt beräkningsprogrammet </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>OmniVis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, att undersökningen utförs utan kontrast alternativt att använda annan modalitet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011150E1" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00387585">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00387585" w:rsidRDefault="006D30D3" w14:paraId="011150E1" w14:textId="77777777">
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Röntgensjuksköterskan kontrollerar riskfaktorer enligt checklista (inkl. eventuellt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">), räknar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>eGFR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> baserat på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>cystatin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
-        <w:t xml:space="preserve"> C samt på polikliniska patienter bedöma allmäntillstånd, behov av hydrering (misstanke på vätskebrist; </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> kräkningar, diarré, </w:t>
+        <w:t xml:space="preserve"> C samt på polikliniska patienter bedöma allmäntillstånd, behov av hydrering (misstanke på vätskebrist; t.ex. kräkningar, diarré, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>ileus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> och nedsatt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>turgor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>) och kraftigt avvikande muskelmassa. Föreligger tillstånd som kan innebära risk för KMN, bör ansvarig radiolog konsulteras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10587DB1" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00387585">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00387585" w:rsidRDefault="006D30D3" w14:paraId="10587DB1" w14:textId="77777777">
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Informerar patient om utsättning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> och skickar med patienten remiss för provtagning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="366197F4" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="00C25F24" w:rsidRDefault="006D30D3" w:rsidP="00C25F24">
+    <w:p w:rsidRPr="00C25F24" w:rsidR="006D30D3" w:rsidP="00C25F24" w:rsidRDefault="006D30D3" w14:paraId="366197F4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc1548706"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="44" w:name="_Toc159234713"/>
+      <w:bookmarkStart w:name="_Toc1548706" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc256000006" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc256000033" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc98425725" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc256000060" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc159234713" w:id="44"/>
       <w:r w:rsidRPr="00C25F24">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
     </w:p>
-    <w:p w14:paraId="590F2E83" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00D014C0">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00D014C0" w:rsidRDefault="006D30D3" w14:paraId="590F2E83" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Riskvärdering"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="51" w:name="_Toc159234714"/>
+      <w:bookmarkStart w:name="_Riskvärdering" w:id="45"/>
+      <w:bookmarkStart w:name="_Toc1548707" w:id="46"/>
+      <w:bookmarkStart w:name="_Toc256000007" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc256000034" w:id="48"/>
+      <w:bookmarkStart w:name="_Toc98425726" w:id="49"/>
+      <w:bookmarkStart w:name="_Toc256000061" w:id="50"/>
+      <w:bookmarkStart w:name="_Toc159234714" w:id="51"/>
       <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Riskvärdering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
     </w:p>
-    <w:p w14:paraId="36784908" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00D014C0">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00D014C0" w:rsidRDefault="006D30D3" w14:paraId="36784908" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Toc1548708"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="57" w:name="_Toc159234715"/>
+      <w:bookmarkStart w:name="_Toc1548708" w:id="52"/>
+      <w:bookmarkStart w:name="_Toc256000008" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc256000035" w:id="54"/>
+      <w:bookmarkStart w:name="_Toc98425727" w:id="55"/>
+      <w:bookmarkStart w:name="_Toc256000062" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc159234715" w:id="57"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Hög risk för kontrastmedelsinducerad njurskada</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
     </w:p>
-    <w:p w14:paraId="3F9691E5" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00387585">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00387585" w:rsidRDefault="006D30D3" w14:paraId="3F9691E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>eGFR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> &lt;45 ml/min</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E67DDCE" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00387585">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00387585" w:rsidRDefault="006D30D3" w14:paraId="0E67DDCE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Multipla riskfaktorer, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>t.ex</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>eGFR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> 45-60 ml/min, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>dehydrering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>ileus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
@@ -2936,229 +2898,214 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>ciklosporin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>cisplatin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>gentamicin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41B4D29F" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00387585">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00387585" w:rsidRDefault="006D30D3" w14:paraId="41B4D29F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Hemodynamisk instabilitet eller hjärtsvikt (NYHA klass III/IV).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5100ECBC" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00387585">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00387585" w:rsidRDefault="006D30D3" w14:paraId="5100ECBC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
-        <w:lastRenderedPageBreak/>
         <w:t>Dåligt allmäntillstånd, svårvärderad njurfunktion vid akuta tillstånd, intensivvårdspatienter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B86D35F" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="006D7D07">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="006D7D07" w:rsidRDefault="006D30D3" w14:paraId="2B86D35F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Upprepade Kontrastmedels (KM)-undersökningar, större kirurgiskt ingrepp eller trauma med muskelskador (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>myoglobinuri</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>) de senaste dygnen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E67ACA4" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="6E67ACA4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Toc1548709"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="63" w:name="_Toc159234716"/>
+      <w:bookmarkStart w:name="_Toc1548709" w:id="58"/>
+      <w:bookmarkStart w:name="_Toc256000009" w:id="59"/>
+      <w:bookmarkStart w:name="_Toc256000036" w:id="60"/>
+      <w:bookmarkStart w:name="_Toc98425728" w:id="61"/>
+      <w:bookmarkStart w:name="_Toc256000063" w:id="62"/>
+      <w:bookmarkStart w:name="_Toc159234716" w:id="63"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Nefrotoxiska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> läkemedel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
     </w:p>
-    <w:p w14:paraId="1A56F436" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> ASA (</w:t>
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="1A56F436" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D30D3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>NSAID bör sättas ut före intravaskulära KM-undersökningar på patienter med riskfaktorer för KMN. Detta gäller dock inte trombocytaggregationshämmare i låga doser, t.ex. ASA (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Trombyl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>). Evidensen är graderad som låg för att sätta ut ACE-hämmare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E36CFF" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="14E36CFF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="_Toc1548710"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="69" w:name="_Toc159234717"/>
+      <w:bookmarkStart w:name="_Toc1548710" w:id="64"/>
+      <w:bookmarkStart w:name="_Toc256000010" w:id="65"/>
+      <w:bookmarkStart w:name="_Toc256000037" w:id="66"/>
+      <w:bookmarkStart w:name="_Toc98425729" w:id="67"/>
+      <w:bookmarkStart w:name="_Toc256000064" w:id="68"/>
+      <w:bookmarkStart w:name="_Toc159234717" w:id="69"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Solitär njure</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
     </w:p>
-    <w:p w14:paraId="73D94102" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="73D94102" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Risken för KMN bör värderas utifrån </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eGFR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och övriga riskfaktorer på samma sätt som för två fungerande njurar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="709FE9C7" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="709FE9C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="70" w:name="_Toc1548711"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="75" w:name="_Toc159234718"/>
+      <w:bookmarkStart w:name="_Toc1548711" w:id="70"/>
+      <w:bookmarkStart w:name="_Toc256000011" w:id="71"/>
+      <w:bookmarkStart w:name="_Toc256000038" w:id="72"/>
+      <w:bookmarkStart w:name="_Toc98425730" w:id="73"/>
+      <w:bookmarkStart w:name="_Toc256000065" w:id="74"/>
+      <w:bookmarkStart w:name="_Toc159234718" w:id="75"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Transplanterade njurar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
     </w:p>
-    <w:p w14:paraId="41D86177" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="41D86177" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Transplanterade patienter står på potentiellt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nefrotoxisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3183,79 +3130,79 @@
         </w:rPr>
         <w:t>mellitus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och kardiovaskulär sjukdom, alla riskfaktorer för KMN. Ett njurtransplantat är dessutom extremt värdefullt för både patient och samhälle. Risken för KMN ska behandlas med stor respekt oavsett </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eGFR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Indikationen bör vara stark, teknik appliceras för att minimera KM-doserna och behandlingsbara riskfaktorer åtgärdas före undersökning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="251FFAE8" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="251FFAE8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="76" w:name="_Toc1548712"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="81" w:name="_Toc159234719"/>
+      <w:bookmarkStart w:name="_Toc1548712" w:id="76"/>
+      <w:bookmarkStart w:name="_Toc256000012" w:id="77"/>
+      <w:bookmarkStart w:name="_Toc256000039" w:id="78"/>
+      <w:bookmarkStart w:name="_Toc98425731" w:id="79"/>
+      <w:bookmarkStart w:name="_Toc256000066" w:id="80"/>
+      <w:bookmarkStart w:name="_Toc159234719" w:id="81"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Multipelt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>myelom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> och maligna plasmacellssjukdomar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
     </w:p>
-    <w:p w14:paraId="56E9669A" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="56E9669A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid normal njurfunktion föreligger ingen ökad risk förutsatt adekvat hydrering. Risken för KMN värderas utifrån </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eGFR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och övriga riskfaktorer på vanligt sätt. </w:t>
       </w:r>
@@ -3280,99 +3227,99 @@
         </w:rPr>
         <w:t>hyperkalcemi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> som kan öka risken för njurskada. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Hyperkalcemi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> bör korrigeras före KM-undersökningar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5312175B" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="5312175B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Toc1548713"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="87" w:name="_Toc159234720"/>
+      <w:bookmarkStart w:name="_Toc1548713" w:id="82"/>
+      <w:bookmarkStart w:name="_Toc256000013" w:id="83"/>
+      <w:bookmarkStart w:name="_Toc256000040" w:id="84"/>
+      <w:bookmarkStart w:name="_Toc98425732" w:id="85"/>
+      <w:bookmarkStart w:name="_Toc256000067" w:id="86"/>
+      <w:bookmarkStart w:name="_Toc159234720" w:id="87"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Barn</w:t>
       </w:r>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
     </w:p>
-    <w:p w14:paraId="7816F019" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="7816F019" w14:textId="77777777">
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Barn över 2 år behandlas som vuxna. Yngre barn, speciellt nyfödda och prematurer, kräver särskild försiktighet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2305DA75" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="2305DA75" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="_Toc1548714"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="_Toc159234721"/>
+      <w:bookmarkStart w:name="_Toc1548714" w:id="88"/>
+      <w:bookmarkStart w:name="_Toc256000014" w:id="89"/>
+      <w:bookmarkStart w:name="_Toc256000041" w:id="90"/>
+      <w:bookmarkStart w:name="_Toc98425733" w:id="91"/>
+      <w:bookmarkStart w:name="_Toc256000068" w:id="92"/>
+      <w:bookmarkStart w:name="_Toc159234721" w:id="93"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Bedömning av njurfunktion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
     </w:p>
-    <w:p w14:paraId="329A7938" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="329A7938" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Aktuella njurfunktionsprover (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>plasmakreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
@@ -3383,229 +3330,214 @@
         </w:rPr>
         <w:t>cystatin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> C) ska finnas till hands inför undersökningar med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>jodkontrastmedel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B293474" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="6B293474" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="94" w:name="_Toc1548715"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="99" w:name="_Toc159234722"/>
+      <w:bookmarkStart w:name="_Toc1548715" w:id="94"/>
+      <w:bookmarkStart w:name="_Toc256000015" w:id="95"/>
+      <w:bookmarkStart w:name="_Toc256000042" w:id="96"/>
+      <w:bookmarkStart w:name="_Toc98425734" w:id="97"/>
+      <w:bookmarkStart w:name="_Toc256000069" w:id="98"/>
+      <w:bookmarkStart w:name="_Toc159234722" w:id="99"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Hur gammalt får provet vara?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
     </w:p>
-    <w:p w14:paraId="26CE418D" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="26CE418D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inneliggande patienter: &lt;24 timmar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B577FE" w14:textId="6F3B7CB0" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="51B577FE" w14:textId="6F3B7CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Polikliniska patienter: Helst &lt;1 vecka men ≤</w:t>
       </w:r>
       <w:r w:rsidR="0AA87BE9">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> månader gamla prover är acceptabelt om tidigare provsvar, och aktuell anamnes vid undersökningstillfället inte inger misstanke om att njurfunktionen kan ha ändrats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39C926D6" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="39C926D6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:bookmarkStart w:id="100" w:name="_Toc1548716"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="104" w:name="_Toc256000070"/>
+      <w:bookmarkStart w:name="_Toc1548716" w:id="100"/>
+      <w:bookmarkStart w:name="_Toc256000016" w:id="101"/>
+      <w:bookmarkStart w:name="_Toc256000043" w:id="102"/>
+      <w:bookmarkStart w:name="_Toc98425735" w:id="103"/>
+      <w:bookmarkStart w:name="_Toc256000070" w:id="104"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>cystatin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> C?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
     </w:p>
-    <w:p w14:paraId="74E3B83B" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="009D492C">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="009D492C" w:rsidRDefault="006D30D3" w14:paraId="74E3B83B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>P-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>cystatin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> C bör komplettera p-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1F9D21" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="5F1F9D21" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">hos patienter med kraftigt avvikande muskelmassa, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> amputerade eller rullstolsburna, äldre, patienter med hemi-/para-/</w:t>
+        <w:t>hos patienter med kraftigt avvikande muskelmassa, t.ex. amputerade eller rullstolsburna, äldre, patienter med hemi-/para-/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tetraplegi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, anorexi, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kakexi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och muskelbyggare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ADBD1D4" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="5ADBD1D4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">vid nedsatt leverfunktion (vid cirrhos leder nedsatt produktion av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kreatin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, prekursorn till </w:t>
@@ -3625,71 +3557,71 @@
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006D30D3">
         <w:t>till falskt låga p-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> relativt verkliga njurfunktionen och därmed till att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eGFR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> överskattas).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E0D9FDC" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="3E0D9FDC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="105" w:name="_Toc1548717"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="110" w:name="_Toc159234723"/>
+      <w:bookmarkStart w:name="_Toc1548717" w:id="105"/>
+      <w:bookmarkStart w:name="_Toc256000017" w:id="106"/>
+      <w:bookmarkStart w:name="_Toc256000044" w:id="107"/>
+      <w:bookmarkStart w:name="_Toc98425736" w:id="108"/>
+      <w:bookmarkStart w:name="_Toc256000071" w:id="109"/>
+      <w:bookmarkStart w:name="_Toc159234723" w:id="110"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Dosering kontrastmedel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
     </w:p>
-    <w:p w14:paraId="2BBA9FB4" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="2BBA9FB4" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dosering av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>jodkontrastmedel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> bör relateras till individens </w:t>
       </w:r>
@@ -3728,1076 +3660,1055 @@
         </w:rPr>
         <w:t>OmniVis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> med information om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, kön, ålder, längd och vikt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318D7BA2" w14:textId="4039B26E" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="318D7BA2" w14:textId="4039B26E">
       <w:r>
         <w:t xml:space="preserve">Kontrastmedelsdosen beräknas individuellt på alla patienter oavsett njurfunktion. Studier har visat att g-I/GFR kvot (d.v.s. kvoten mellan antal gram jod och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>eGFR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>) över 1,0 är en oberoende riskfaktor för KMN. Vid hög risk för KMN bör kontrastmedelsdosen understiga halva GFR-värdet, g-I/GFR kvot &lt;0,5, med så stor marginal som möjligt för att minimera risken för KMN.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BCCB505" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="1BCCB505" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="111" w:name="_Toc1548718"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="116" w:name="_Toc159234724"/>
+      <w:bookmarkStart w:name="_Toc1548718" w:id="111"/>
+      <w:bookmarkStart w:name="_Toc256000018" w:id="112"/>
+      <w:bookmarkStart w:name="_Toc256000045" w:id="113"/>
+      <w:bookmarkStart w:name="_Toc98425737" w:id="114"/>
+      <w:bookmarkStart w:name="_Toc256000072" w:id="115"/>
+      <w:bookmarkStart w:name="_Toc159234724" w:id="116"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Uppvätskningsförfarande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
     </w:p>
-    <w:p w14:paraId="17493904" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="002069A3">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="002069A3" w:rsidRDefault="006D30D3" w14:paraId="17493904" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="117" w:name="_Toc1548719"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="122" w:name="_Toc159234725"/>
+      <w:bookmarkStart w:name="_Toc1548719" w:id="117"/>
+      <w:bookmarkStart w:name="_Toc256000019" w:id="118"/>
+      <w:bookmarkStart w:name="_Toc256000046" w:id="119"/>
+      <w:bookmarkStart w:name="_Toc98425738" w:id="120"/>
+      <w:bookmarkStart w:name="_Toc256000073" w:id="121"/>
+      <w:bookmarkStart w:name="_Toc159234725" w:id="122"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Rekommendationer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
     </w:p>
-    <w:p w14:paraId="6F1D0AC5" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="6F1D0AC5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Alla patienter som undersöks med jod-KM ska ha normalt hydrerings-status.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="483309DF" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="483309DF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dehydrering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ska alltid korrigeras inför KM-undersökningar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="690E95D6" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="690E95D6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eftersom vi inte känner till patientens normala vätskeintag, bör </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>elektiva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> patienter, som ska undersökas med DT och jod-KM, få skriftlig instruktion att dricka obegränsat på undersökningsdagen. Detta under förutsättning att inte hjärtsvikt, njursvikt eller annat tillstånd föreligger som lett till att vederbörande ordinerats en begränsning av sitt vätskeintag.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F972D2C" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00B73AFE">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00B73AFE" w:rsidRDefault="006D30D3" w14:paraId="6F972D2C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Intravenös hydrering är effektivare än peroral, eller åtminstone lättare att kontrollera. Överväg därför att lägga in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dehydrerade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> patienter med risk för KMN för intravenös hydrering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15ACE98C" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00D014C0">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00D014C0" w:rsidRDefault="006D30D3" w14:paraId="15ACE98C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="123" w:name="_Toc1548720"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc1548720" w:id="123"/>
+      <w:bookmarkStart w:name="_Toc256000020" w:id="124"/>
+      <w:bookmarkStart w:name="_Toc256000047" w:id="125"/>
+      <w:bookmarkStart w:name="_Toc98425739" w:id="126"/>
+      <w:bookmarkStart w:name="_Toc256000074" w:id="127"/>
+      <w:bookmarkStart w:name="_Toc159234726" w:id="128"/>
+      <w:r w:rsidRPr="006D30D3">
         <w:t>Intravenöst hydreringsprotokoll</w:t>
       </w:r>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
     </w:p>
-    <w:p w14:paraId="25885D61" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="00D014C0">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="00D014C0" w:rsidRDefault="006D30D3" w14:paraId="25885D61" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Dagen före undersökning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B730A95" w14:textId="6248BDEC" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="7B730A95" w14:textId="6248BDEC">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vikt, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>elstatus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> inklusive </w:t>
       </w:r>
       <w:r w:rsidR="64E1F652">
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, S-kalium, S-albumin, och S-kalcium. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0769E6C0" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="0769E6C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Sätt ut </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>diuretika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> om patientens </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>kardiopulmonella</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> tillstånd tillåter detta. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C60788" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="04C60788" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Sätt ut NSAID och andra läkemedel med ogynnsam effekt på njurarna. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1B8D3A" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="3C1B8D3A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Rekommendera patienten att dricka extra på kvällen före och på morgonen under undersökningsdagen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0805B2FB" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="0805B2FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Undersökningsdagen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DAFF08B" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="003E2CD4" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="003E2CD4" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="5DAFF08B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:ind w:left="1349" w:rightChars="868" w:right="2083" w:hanging="357"/>
+        <w:ind w:left="1349" w:right="2083" w:rightChars="868" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="003E2CD4">
         <w:t xml:space="preserve">Intravenös vätska 1000 ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E2CD4">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E2CD4">
         <w:t xml:space="preserve"> enligt nedan:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41ABE887" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="003E2CD4" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="003E2CD4" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="41ABE887" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
-        <w:ind w:rightChars="868" w:right="2083"/>
+        <w:ind w:right="2083" w:rightChars="868"/>
       </w:pPr>
       <w:r w:rsidRPr="003E2CD4">
         <w:t>1 timma före undersökningen: 3 ml/kg, därefter 1 ml/kg/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E2CD4">
         <w:t>tim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E2CD4">
         <w:t xml:space="preserve"> i 6 timmar. Individualisera dosen om risk för övervätskning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B044953" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="003E2CD4" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="003E2CD4" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="7B044953" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
-        <w:ind w:rightChars="868" w:right="2083"/>
+        <w:ind w:right="2083" w:rightChars="868"/>
       </w:pPr>
       <w:r w:rsidRPr="003E2CD4">
         <w:t xml:space="preserve">Patienten får dricka rikligt med vätska efter undersökningen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E7DDD86" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="6E7DDD86" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Dagen efter undersökning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA85EEE" w14:textId="69731675" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="6DA85EEE" w14:textId="69731675">
       <w:r>
         <w:t xml:space="preserve">Kontrollera </w:t>
       </w:r>
       <w:r w:rsidR="60300B8E">
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, S-natrium, S-kalium, S-albumin och S-kalcium. Om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kreatininstegring</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> föreligger följs </w:t>
       </w:r>
       <w:r w:rsidR="371EB0B9">
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> till utgångsvärdet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F4EB709" w14:textId="033FD3BF" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="6F4EB709" w14:textId="033FD3BF">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Metforminbehandling</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> kan återupptas efter 48 timmar om </w:t>
       </w:r>
       <w:r w:rsidR="0DAAC5BE">
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> är tillbaka på utgångsvärdet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D0C7BC" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="39D0C7BC" w14:textId="77777777">
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Var uppmärksam på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>laktatacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>-inducerade symtom; anorexi, illamående, kräkningar, diarré, buksmärtor, törst, hyperapné, somnolens, letargi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="198B4DB1" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="198B4DB1" w14:textId="77777777">
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Vid ovannämnda symtom: Ta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>syrabas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">-status eller S-laktat efter undersökningen där pH &lt;7,25 eller S-laktat &gt;5 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">/l tyder på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>laktatacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10304357" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="10304357" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="129" w:name="_Toc1548721"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="134" w:name="_Toc159234727"/>
+      <w:bookmarkStart w:name="_Toc1548721" w:id="129"/>
+      <w:bookmarkStart w:name="_Toc256000021" w:id="130"/>
+      <w:bookmarkStart w:name="_Toc256000048" w:id="131"/>
+      <w:bookmarkStart w:name="_Toc98425740" w:id="132"/>
+      <w:bookmarkStart w:name="_Toc256000075" w:id="133"/>
+      <w:bookmarkStart w:name="_Toc159234727" w:id="134"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Akuta undersökningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
     </w:p>
-    <w:p w14:paraId="26941163" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="26941163" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Röntgenavdelningen meddelar remittenten om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>i.v</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>. KM ska ges och att hydrering ska initieras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196BBFF6" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="196BBFF6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Diskutera med remittenten om att skjuta upp akut DT för att hydrera och behandla riskfaktorer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55AFEE4C" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="55AFEE4C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Akuta situationer påbörja iv hydrering så snart som möjligt enligt schema för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>elektiva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> undersökningar ovan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5955C0B6" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="5955C0B6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="135" w:name="_Toc1548722"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc1548722" w:id="135"/>
+      <w:bookmarkStart w:name="_Toc256000022" w:id="136"/>
+      <w:bookmarkStart w:name="_Toc256000049" w:id="137"/>
+      <w:bookmarkStart w:name="_Toc98425741" w:id="138"/>
+      <w:bookmarkStart w:name="_Toc256000076" w:id="139"/>
+      <w:bookmarkStart w:name="_Toc159234728" w:id="140"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D30D3">
         <w:t>Metformin</w:t>
       </w:r>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="20168FD1" w14:textId="3F7D9C4B" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="20168FD1" w14:textId="3F7D9C4B">
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Metformininducerad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>laktatacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> sekundärt till KMN är extremt ovanligt. Baserat på detta finns det inte motiv för att rutinmässigt sätta ut </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> på alla patienter som ska undersökas med intravaskulära </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>jodkontrastmedel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> utan bara då ökad risk föreligger, d.v.s. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>eGFR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> &lt;45 ml/min eller vid förekomst av andra riskfaktorer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C9808BD" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="1C9808BD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">När risk för KMN föreligger kontrollerar röntgenpersonalen om patienten tar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">, d.v.s. diabetiker eller kvinnor i fertil ålder med tanke på potentiellt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>polycystiskt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> ovariesyndrom.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F93FCE6" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="0F93FCE6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">När risk för KMN föreligger informerar röntgenpersonalen patienten att avbryta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>metforminbehandlingen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> efter undersökningen (om det inte skett av remittenten) och informerar remittent och patient om att kontrollera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> två till tre (senast fem) dygn efter undersökningen och ta ställning till återinsättande av medicineringen. Detta gäller både vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>elektiva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> och akuta undersökningar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B59CCE9" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="3B59CCE9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">När en akut njurskada (oavsett </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>kreatininvärde</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">) eller andra riskfaktorer för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>laktatacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> föreligger hos en patient, som ska undersökas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>jodkontrastmedel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">, har i första hand remittenten ansvar för eventuellt utsättande av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F16D9D0" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="7F16D9D0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Metforminbehandling</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> behöver </w:t>
       </w:r>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> avbrytas i samband med MRT-undersökningar med gadolinium- eller andra MRT-kontrastmedel som ges i standarddoser.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AAEF23B" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="2AAEF23B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="141" w:name="_Toc1548723"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="146" w:name="_Toc159234729"/>
+      <w:bookmarkStart w:name="_Toc1548723" w:id="141"/>
+      <w:bookmarkStart w:name="_Toc256000023" w:id="142"/>
+      <w:bookmarkStart w:name="_Toc256000050" w:id="143"/>
+      <w:bookmarkStart w:name="_Toc98425742" w:id="144"/>
+      <w:bookmarkStart w:name="_Toc256000077" w:id="145"/>
+      <w:bookmarkStart w:name="_Toc159234729" w:id="146"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Glukoskontroller vid utsättning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>metformin</w:t>
       </w:r>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="148F8A0B" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="148F8A0B" w14:textId="77777777">
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Det finns risk för att blodglukos stiger även vid ett par dagars utsättning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>. Patienten bör informeras om detta och uppmanas att utföra mer frekventa egenkontroller av blodglukos, och vid behov kontakta diabetes-sköterska eller läkare. Äldre patienter kan behöva hjälp med blodglukoskontrollen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61AF7BD8" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="61AF7BD8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="147" w:name="_Toc1548724"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="152" w:name="_Toc159234730"/>
+      <w:bookmarkStart w:name="_Toc1548724" w:id="147"/>
+      <w:bookmarkStart w:name="_Toc256000024" w:id="148"/>
+      <w:bookmarkStart w:name="_Toc256000051" w:id="149"/>
+      <w:bookmarkStart w:name="_Toc98425743" w:id="150"/>
+      <w:bookmarkStart w:name="_Toc256000078" w:id="151"/>
+      <w:bookmarkStart w:name="_Toc159234730" w:id="152"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Uppföljning vid KMN</w:t>
       </w:r>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
     </w:p>
-    <w:p w14:paraId="242F01FC" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="242F01FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Om KMN inträffat bör man om möjligt avvakta minst två veckor innan en ny KM-undersökning utförs, och dessförinnan kontrollera p-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>, så att njurarna får möjlighet att återhämta sin funktion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6BE555" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="3A6BE555" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
-        <w:t xml:space="preserve">KMN kulminerar ofta efter </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> dygn och njurfunktionen återgår vanligtvis till sitt </w:t>
+        <w:t xml:space="preserve">KMN kulminerar ofta efter 2-5 dygn och njurfunktionen återgår vanligtvis till sitt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>habitualtillstånd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> inom 1-2 veckor. Bestående njurskador är ovanligt och skador som kräver dialysbehandling är sällsynt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5849BDFA" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="5849BDFA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Om KMN inträffat bör njurfunktionen kontrolleras i minst 30 dagar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200A0055" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="200A0055" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Mikroembolisering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
-        <w:t xml:space="preserve"> sekundärt till katetermanipulationer vid kateterledda angiografier, kan orsaka njurskador som lätt förväxlas </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">med eller förvärrar KMN. </w:t>
+        <w:t xml:space="preserve"> sekundärt till katetermanipulationer vid kateterledda angiografier, kan orsaka njurskador som lätt förväxlas med eller förvärrar KMN. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>Mikroembolisering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> kan också orsaka </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>vaskulitliknande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve"> symtom med hudmanifestationer, multiorgansymtom, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>eosinofili</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>, CRP-stegring och effekten på njurfunktionen är ofta mer långdragen än vid KMN.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ABB6E8F" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="3ABB6E8F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">KMN bör signalera extra försiktighet med KM i framtiden och dokumenteras i journal under </w:t>
       </w:r>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">varning </w:t>
       </w:r>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">och i röntgens informationssystem (RIS) med </w:t>
       </w:r>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>varningsmarkering</w:t>
       </w:r>
       <w:r w:rsidRPr="006D30D3">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="006D30D3">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="193E05F3" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="00C25F24" w:rsidRDefault="006D30D3" w:rsidP="00C25F24">
+    <w:p w:rsidRPr="00C25F24" w:rsidR="006D30D3" w:rsidP="00C25F24" w:rsidRDefault="006D30D3" w14:paraId="193E05F3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="153" w:name="_Toc182366122"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="159" w:name="_Toc159234731"/>
+      <w:bookmarkStart w:name="_Toc182366122" w:id="153"/>
+      <w:bookmarkStart w:name="_Toc1548725" w:id="154"/>
+      <w:bookmarkStart w:name="_Toc256000025" w:id="155"/>
+      <w:bookmarkStart w:name="_Toc256000052" w:id="156"/>
+      <w:bookmarkStart w:name="_Toc98425744" w:id="157"/>
+      <w:bookmarkStart w:name="_Toc256000079" w:id="158"/>
+      <w:bookmarkStart w:name="_Toc159234731" w:id="159"/>
       <w:r w:rsidRPr="00C25F24">
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
       <w:bookmarkEnd w:id="159"/>
     </w:p>
-    <w:p w14:paraId="7B770082" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="003E2CD4" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="003E2CD4" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="7B770082" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E2CD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A98793" w14:textId="7CDB3FAD" w:rsidR="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="12A98793" w14:textId="7CDB3FAD">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Maria Teresa "Maite" Gil Gonzalez, överläkare, njursektionen, medicinkliniken, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F9C4D03" w14:textId="662C27BD" w:rsidR="004E305E" w:rsidRPr="006D30D3" w:rsidRDefault="004E305E" w:rsidP="004E305E">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="006D30D3" w:rsidR="004E305E" w:rsidP="004E305E" w:rsidRDefault="004E305E" w14:paraId="0F9C4D03" w14:textId="179D2A32">
+      <w:pPr/>
+      <w:r w:rsidR="004E305E">
+        <w:rPr/>
+        <w:t>Ma</w:t>
+      </w:r>
+      <w:r w:rsidR="1EBDE8D0">
+        <w:rPr/>
+        <w:t>lin Tobin Zielinski</w:t>
+      </w:r>
+      <w:r w:rsidR="004E305E">
+        <w:rPr/>
         <w:t>, s</w:t>
       </w:r>
-      <w:r w:rsidRPr="004E305E">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004E305E">
+        <w:rPr/>
         <w:t>pecialistläkare</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004E305E">
+        <w:rPr/>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004E305E">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004E305E">
+        <w:rPr/>
         <w:t>radiologi</w:t>
       </w:r>
       <w:r w:rsidR="00F84406">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
         <w:t>, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CC2CD4D" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="003E2CD4" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="003E2CD4" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="0CC2CD4D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="160" w:name="_Toc149035757"/>
-      <w:bookmarkStart w:id="161" w:name="_Toc149978547"/>
+      <w:bookmarkStart w:name="_Toc149035757" w:id="160"/>
+      <w:bookmarkStart w:name="_Toc149978547" w:id="161"/>
       <w:r w:rsidRPr="003E2CD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:r w:rsidRPr="003E2CD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (utgåva 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="284AAD9C" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="284AAD9C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Markus Håkansson, verksamhetschef, röntgenkliniken Borås-Skene-Ulricehamn, bild och funktionsmedicin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D30D3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Verksamhetschefer, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53F2FAB5" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="003E2CD4" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="003E2CD4" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="53F2FAB5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E2CD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B88E512" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="2B88E512" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC8ABEC" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="003E2CD4" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="003E2CD4" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="3DC8ABEC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E2CD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5678420B" w14:textId="745C3E42" w:rsidR="006D30D3" w:rsidRPr="006D30D3" w:rsidRDefault="006D30D3" w:rsidP="003E2CD4">
+    <w:p w:rsidRPr="006D30D3" w:rsidR="006D30D3" w:rsidP="003E2CD4" w:rsidRDefault="006D30D3" w14:paraId="5678420B" w14:textId="745C3E42">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Röntgen, röntgenundersökning, njurröntgen, kontrast, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>jodkontrast</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, datortomografi, urografi, njurfunktion, njurskada, njurundersökning, kontrastmedel, kontrastvätska, njurkontrast, hydrering, profylax, </w:t>
       </w:r>
@@ -4830,273 +4741,273 @@
         <w:t xml:space="preserve">, GFR, KMN, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>cystatin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">-C, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="018AB741" w14:textId="77777777" w:rsidR="006D30D3" w:rsidRPr="00C25F24" w:rsidRDefault="006D30D3" w:rsidP="00AC0320">
+    <w:p w:rsidRPr="00C25F24" w:rsidR="006D30D3" w:rsidP="00AC0320" w:rsidRDefault="006D30D3" w14:paraId="018AB741" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="162" w:name="_Toc1548726"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="170" w:name="_Toc159234732"/>
+      <w:bookmarkStart w:name="_Toc1548726" w:id="162"/>
+      <w:bookmarkStart w:name="_Toc256000026" w:id="163"/>
+      <w:bookmarkStart w:name="_Toc256000053" w:id="164"/>
+      <w:bookmarkStart w:name="_Toc98425745" w:id="165"/>
+      <w:bookmarkStart w:name="_Toc256000080" w:id="166"/>
+      <w:bookmarkStart w:name="_Toc159234732" w:id="167"/>
+      <w:bookmarkStart w:name="_Toc169686209" w:id="168"/>
+      <w:bookmarkStart w:name="_Toc169686713" w:id="169"/>
+      <w:bookmarkStart w:name="_Toc182366123" w:id="170"/>
       <w:r w:rsidRPr="00C25F24">
         <w:t>Länk- och referensförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
       <w:bookmarkEnd w:id="166"/>
-      <w:bookmarkEnd w:id="170"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A4ECEA" w14:textId="384F7E87" w:rsidR="006D30D3" w:rsidRPr="004A4295" w:rsidRDefault="006D30D3" w:rsidP="00AC0320">
+      <w:bookmarkEnd w:id="167"/>
+    </w:p>
+    <w:p w:rsidRPr="004A4295" w:rsidR="006D30D3" w:rsidP="00AC0320" w:rsidRDefault="006D30D3" w14:paraId="41A4ECEA" w14:textId="384F7E87">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004A4295">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hoste</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004A4295">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> EAJ. Epidemiology of contrast-associated acute kidney injury in ICU patients: a retrospective cohort analysis. Intensive Care Med (2011) 37:1921–1931.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
+      <w:bookmarkEnd w:id="170"/>
       <w:r w:rsidRPr="004A4295">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId14">
         <w:r w:rsidRPr="004A4295">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://www.ncbi.nlm.nih.gov/pubmed/22048719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0B4D505B" w14:textId="33D9BB78" w:rsidR="00350CA2" w:rsidRPr="004A4295" w:rsidRDefault="006D30D3" w:rsidP="00A07DBA">
+    <w:p w:rsidRPr="004A4295" w:rsidR="00350CA2" w:rsidP="00A07DBA" w:rsidRDefault="006D30D3" w14:paraId="0B4D505B" w14:textId="33D9BB78">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">Nationella rekommendationer för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t>jodkontrastmedel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D30D3">
         <w:t xml:space="preserve">. Svensk Förening </w:t>
       </w:r>
       <w:r w:rsidRPr="00350CA2">
         <w:t>för Medicinsk Radiologi. Version 6.0, reviderat 2017-11-24</w:t>
       </w:r>
-      <w:r w:rsidR="00350CA2" w:rsidRPr="00350CA2">
+      <w:r w:rsidRPr="00350CA2" w:rsidR="00350CA2">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00350CA2" w:rsidRPr="00116762">
+      <w:hyperlink w:history="1" r:id="rId15">
+        <w:r w:rsidRPr="00116762" w:rsidR="00350CA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.sfmr.se/nyheter/2012/10/6/nya-riktlinjer-for-kontrastanvandning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76B9F95B" w14:textId="3F85E91A" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="004A4295" w:rsidP="00A07DBA">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00A07DBA" w:rsidRDefault="004A4295" w14:paraId="76B9F95B" w14:textId="3F85E91A">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00350CA2">
         <w:t>Beräkning av GFR. Anders Grubb, kliniskt kemiska laboratoriet, Skånes Universitetssjukhus, Lund.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A07DBA">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00A07DBA" w:rsidRPr="00A07DBA">
+      <w:r w:rsidRPr="00A07DBA" w:rsidR="00A07DBA">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>http://egfr.se/eGFRse.html</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="006D30D3">
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="006D30D3">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="even" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:headerReference w:type="first" r:id="rId19"/>
       <w:footerReference w:type="first" r:id="rId20"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13A1A6CD" w14:textId="77777777" w:rsidR="00F11285" w:rsidRDefault="00F11285">
+    <w:p w:rsidR="002E0973" w:rsidRDefault="002E0973" w14:paraId="12619F13" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09383B19" w14:textId="77777777" w:rsidR="00F11285" w:rsidRDefault="00F11285">
+    <w:p w:rsidR="002E0973" w:rsidRDefault="002E0973" w14:paraId="5FB4B7DE" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="25C8A79E" w14:textId="77777777" w:rsidR="00F11285" w:rsidRDefault="00F11285">
+    <w:p w:rsidR="002E0973" w:rsidRDefault="002E0973" w14:paraId="6DD170E1" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Geneva"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -5104,163 +5015,163 @@
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -5293,313 +5204,313 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3197A248" w14:textId="77777777" w:rsidR="00F11285" w:rsidRDefault="00F11285"/>
+    <w:p w:rsidR="002E0973" w:rsidRDefault="002E0973" w14:paraId="35313D44" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35AC10EC" w14:textId="77777777" w:rsidR="00F11285" w:rsidRDefault="00F11285">
+    <w:p w:rsidR="002E0973" w:rsidRDefault="002E0973" w14:paraId="7E24335F" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3DCDDA30" w14:textId="77777777" w:rsidR="00F11285" w:rsidRDefault="00F11285">
+    <w:p w:rsidR="002E0973" w:rsidRDefault="002E0973" w14:paraId="50DCCBA8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="260419E0">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="067EB9D7">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bildobjekt 3">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -5635,1423 +5546,1423 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="08D418D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Punktlistanumrerad"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51351BF6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D33E6B64"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -7138,826 +7049,826 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D183847"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A1A5936"/>
     <w:lvl w:ilvl="0" w:tplc="09A68F8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1447970632">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1543176659">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1155150887">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="965696264">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="191573617">
     <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
@@ -8056,107 +7967,108 @@
   <w:num w:numId="10" w16cid:durableId="902448102">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1247376938">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1806504218">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="543953959">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="000779C0"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F26AC"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="00107379"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
@@ -8181,50 +8093,51 @@
     <w:rsid w:val="002069A3"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C2FC0"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
+    <w:rsid w:val="002E0973"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E66B3"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00322004"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="0034424A"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CA2"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
@@ -8542,238 +8455,243 @@
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F84406"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="063884B1"/>
     <w:rsid w:val="08A0B4C1"/>
     <w:rsid w:val="08CB2D33"/>
     <w:rsid w:val="0A2E53E6"/>
     <w:rsid w:val="0AA87BE9"/>
     <w:rsid w:val="0BCA2447"/>
     <w:rsid w:val="0DAAC5BE"/>
+    <w:rsid w:val="1010D8A4"/>
     <w:rsid w:val="10336DAE"/>
     <w:rsid w:val="117E1712"/>
+    <w:rsid w:val="1A936F3F"/>
     <w:rsid w:val="1BE83597"/>
     <w:rsid w:val="1D8405F8"/>
     <w:rsid w:val="1D8D0C35"/>
+    <w:rsid w:val="1EBDE8D0"/>
     <w:rsid w:val="1F28DC96"/>
     <w:rsid w:val="2257771B"/>
     <w:rsid w:val="22F170E0"/>
     <w:rsid w:val="2426394B"/>
     <w:rsid w:val="2832E5EA"/>
     <w:rsid w:val="2DE66086"/>
     <w:rsid w:val="31BE916A"/>
+    <w:rsid w:val="329A249F"/>
     <w:rsid w:val="32E22A91"/>
     <w:rsid w:val="33B6A596"/>
     <w:rsid w:val="368F18D6"/>
     <w:rsid w:val="371EB0B9"/>
     <w:rsid w:val="38CF2E8A"/>
     <w:rsid w:val="3D7ACC5F"/>
     <w:rsid w:val="3E1FC447"/>
     <w:rsid w:val="40169663"/>
     <w:rsid w:val="407765DA"/>
     <w:rsid w:val="41971453"/>
     <w:rsid w:val="42826EEE"/>
     <w:rsid w:val="42C87827"/>
     <w:rsid w:val="4464AAC7"/>
     <w:rsid w:val="4617EA10"/>
     <w:rsid w:val="4AA64489"/>
     <w:rsid w:val="4BDBB99C"/>
     <w:rsid w:val="557FC42B"/>
     <w:rsid w:val="559B4C75"/>
     <w:rsid w:val="561E2A39"/>
     <w:rsid w:val="591C4C6C"/>
     <w:rsid w:val="59420A19"/>
     <w:rsid w:val="5FAAA30E"/>
     <w:rsid w:val="60300B8E"/>
     <w:rsid w:val="60335051"/>
     <w:rsid w:val="604022B0"/>
     <w:rsid w:val="6088B2BA"/>
     <w:rsid w:val="613A7C4F"/>
     <w:rsid w:val="62F6584D"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64E1F652"/>
     <w:rsid w:val="65D5B1C5"/>
     <w:rsid w:val="68308352"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6CA9BD69"/>
     <w:rsid w:val="6EE444AC"/>
     <w:rsid w:val="6FD0C938"/>
     <w:rsid w:val="70676F79"/>
     <w:rsid w:val="734F0593"/>
     <w:rsid w:val="7B5BCDF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8798,75 +8716,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -8901,57 +8819,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -9009,768 +8927,768 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:rsid w:val="006D30D3"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00866878"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1600" w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006D30D3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006D30D3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006D30D3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00866878"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00866878"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C25F24"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
@@ -9842,609 +9760,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="007B11B2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -10453,94 +10371,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -10549,499 +10467,499 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007B11B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -11108,108 +11026,108 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006D30D3"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
     <w:name w:val="Rubrik 7 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006D30D3"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006D30D3"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="a" w:customStyle="1">
     <w:next w:val="Numreradlista"/>
     <w:rsid w:val="006D30D3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="3036"/>
       </w:tabs>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D30D3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="720" w:hanging="720"/>
@@ -11221,166 +11139,166 @@
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B11B2"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B11B2"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007B11B2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B11B2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007B11B2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B11B2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="002069A3"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="0"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:b/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="002069A3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
+  <w:style w:type="paragraph" w:styleId="Punktlistanumrerad" w:customStyle="1">
     <w:name w:val="Punktlista numrerad"/>
     <w:rsid w:val="003E2CD4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="80" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00573FA4"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11744,60 +11662,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...18 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red.dotx</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Kontrastmedelsinducerad nefropati (KMN) - prevention vid kontrastmedelsundersökning, SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>29</revision>
+  <lastModifiedBy>Malin Tobin Zielinski</lastModifiedBy>
+  <revision>31</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>