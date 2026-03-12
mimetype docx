--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -10,1199 +10,1148 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="22072658" w14:textId="7AAD438F" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="2E20BC0A" w:rsidP="006E7D92">
       <w:pPr>
-        <w:pStyle w:val="Rubrik1"/>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk26358163"/>
       <w:bookmarkStart w:id="1" w:name="_Toc321146591"/>
       <w:r>
         <w:t>Influensa</w:t>
       </w:r>
       <w:r w:rsidR="153A67E1">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>antiviral terapi till vuxna</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0756C2AF" w14:textId="6A2312DD" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc419884686"/>
       <w:bookmarkStart w:id="3" w:name="_Toc116313660"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc180748401"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc223637929"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00F01843">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="26775658" w14:textId="6A186885" w:rsidR="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:r w:rsidRPr="00F01843">
         <w:t xml:space="preserve">Influensa är en virussjukdom som uppträder i epidemier med varierande utbredning varje vinter. Infektionen är ofta självbegränsande men kan leda till allvarliga komplikationer och ökad mortalitet, framför allt hos personer i riskgrupper; det är därför viktigt att ge behandling när det finns </w:t>
       </w:r>
       <w:r w:rsidRPr="004064C6">
         <w:t>indikation [1]. Riktlinjen</w:t>
       </w:r>
       <w:r w:rsidRPr="00F01843">
-        <w:t xml:space="preserve"> innehåller rekommendationer för dosering av </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> vid njursvikt för behandling vid influensa i samband med graviditet. För barndosering hänvisas till FASS.</w:t>
+        <w:t xml:space="preserve"> innehåller rekommendationer för dosering av oseltamivir vid njursvikt för behandling vid influensa i samband med graviditet. För barndosering hänvisas till FASS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC3938D" w14:textId="604319DA" w:rsidR="006E7D92" w:rsidRPr="00806302" w:rsidRDefault="006E7D92" w:rsidP="006E7D92">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc116313661"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc180748402"/>
-      <w:r w:rsidRPr="00806302">
+      <w:bookmarkStart w:id="6" w:name="_Toc223637930"/>
+      <w:r>
         <w:t>Förändringar sedan föregå</w:t>
       </w:r>
-      <w:r w:rsidR="3259C45D" w:rsidRPr="00806302">
+      <w:r w:rsidR="3259C45D">
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00806302">
+      <w:r>
         <w:t>nde version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="24D73648" w14:textId="0D97966A" w:rsidR="2BD43067" w:rsidRPr="00806302" w:rsidRDefault="2BD43067" w:rsidP="7D1B0165">
-[...10 lines deleted...]
-        <w:t>, giltighetstiden förlängd.</w:t>
+    <w:p w14:paraId="5426F4E3" w14:textId="26AC57AD" w:rsidR="64738C36" w:rsidRDefault="64738C36" w:rsidP="244D41BB">
+      <w:r>
+        <w:t xml:space="preserve">Ändrad rekommendation av dosering vid njursvikt </w:t>
+      </w:r>
+      <w:r w:rsidR="3D4F926E">
+        <w:t xml:space="preserve">och tillägg av Xofluza som alternativ behandling </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pga bristsituation på Tamiflu</w:t>
+      </w:r>
+      <w:r w:rsidR="407B6EAA">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC60516" w14:textId="156F308E" w:rsidR="00D84E45" w:rsidRPr="00806302" w:rsidRDefault="00D84E45" w:rsidP="00194043">
+    <w:p w14:paraId="0AC60516" w14:textId="11AC829A" w:rsidR="00D84E45" w:rsidRPr="00806302" w:rsidRDefault="64738C36" w:rsidP="00194043">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00806302">
+      <w:r w:rsidRPr="244D41BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">av </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84E45" w:rsidRPr="244D41BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="339AE96C" w14:textId="704582E8" w:rsidR="002217D8" w:rsidRDefault="00806302">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="06E6E62B" w14:textId="754813F8" w:rsidR="00F411C6" w:rsidRDefault="00806302">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc180748401" w:history="1">
-        <w:r w:rsidR="002217D8" w:rsidRPr="00BE3CD5">
+      <w:hyperlink w:anchor="_Toc223637929" w:history="1">
+        <w:r w:rsidR="00F411C6" w:rsidRPr="0040192A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
-        <w:r w:rsidR="002217D8">
+        <w:r w:rsidR="00F411C6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002217D8">
+        <w:r w:rsidR="00F411C6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002217D8">
+        <w:r w:rsidR="00F411C6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc180748401 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223637929 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="002217D8">
+        <w:r w:rsidR="00F411C6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="002217D8">
+        <w:r w:rsidR="00F411C6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002217D8">
+        <w:r w:rsidR="00F411C6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="002217D8">
+        <w:r w:rsidR="00F411C6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="58F998DE" w14:textId="284B07D5" w:rsidR="002217D8" w:rsidRDefault="002217D8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="6318C620" w14:textId="66148EF9" w:rsidR="00F411C6" w:rsidRDefault="00F411C6">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc180748402" w:history="1">
-        <w:r w:rsidRPr="00BE3CD5">
+      <w:hyperlink w:anchor="_Toc223637930" w:history="1">
+        <w:r w:rsidRPr="0040192A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc180748402 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223637930 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7A6A652C" w14:textId="7F17EED6" w:rsidR="002217D8" w:rsidRDefault="002217D8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="4875B6E8" w14:textId="37F66233" w:rsidR="00F411C6" w:rsidRDefault="00F411C6">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc180748403" w:history="1">
-        <w:r w:rsidRPr="00BE3CD5">
+      <w:hyperlink w:anchor="_Toc223637931" w:history="1">
+        <w:r w:rsidRPr="0040192A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc180748403 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223637931 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5EB831BC" w14:textId="7F95E4D2" w:rsidR="002217D8" w:rsidRDefault="002217D8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="66F6B0BB" w14:textId="6E811D2D" w:rsidR="00F411C6" w:rsidRDefault="00F411C6">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc180748404" w:history="1">
-        <w:r w:rsidRPr="00BE3CD5">
+      <w:hyperlink w:anchor="_Toc223637932" w:history="1">
+        <w:r w:rsidRPr="0040192A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc180748404 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223637932 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B58D0BD" w14:textId="3B6C7164" w:rsidR="002217D8" w:rsidRDefault="002217D8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="20E6D698" w14:textId="14B01E7D" w:rsidR="00F411C6" w:rsidRDefault="00F411C6">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc180748405" w:history="1">
-        <w:r w:rsidRPr="00BE3CD5">
+      <w:hyperlink w:anchor="_Toc223637933" w:history="1">
+        <w:r w:rsidRPr="0040192A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Riskfaktorer för allvarlig influensa</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc180748405 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223637933 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="794CBB86" w14:textId="2D974234" w:rsidR="002217D8" w:rsidRDefault="002217D8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="52C344D5" w14:textId="48BF9E97" w:rsidR="00F411C6" w:rsidRDefault="00F411C6">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc180748406" w:history="1">
-        <w:r w:rsidRPr="00BE3CD5">
+      <w:hyperlink w:anchor="_Toc223637934" w:history="1">
+        <w:r w:rsidRPr="0040192A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Biverkningar av oseltamivir (Tamiflu)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc180748406 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223637934 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0FC2EDDB" w14:textId="56C45776" w:rsidR="002217D8" w:rsidRDefault="002217D8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="28348163" w14:textId="33DDF739" w:rsidR="00F411C6" w:rsidRDefault="00F411C6">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc180748407" w:history="1">
-        <w:r w:rsidRPr="00BE3CD5">
+      <w:hyperlink w:anchor="_Toc223637935" w:history="1">
+        <w:r w:rsidRPr="0040192A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Interaktioner (oseltamivir)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc180748407 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223637935 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="442BACDF" w14:textId="332567C8" w:rsidR="002217D8" w:rsidRDefault="002217D8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="01547CEC" w14:textId="00D9CA1B" w:rsidR="00F411C6" w:rsidRDefault="00F411C6">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc180748408" w:history="1">
-        <w:r w:rsidRPr="00BE3CD5">
+      <w:hyperlink w:anchor="_Toc223637936" w:history="1">
+        <w:r w:rsidRPr="0040192A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Rekommendation för vuxna som väger &gt;40kg</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc180748408 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223637936 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A93B755" w14:textId="76CE8155" w:rsidR="002217D8" w:rsidRDefault="002217D8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="214927ED" w14:textId="14A661DB" w:rsidR="00F411C6" w:rsidRDefault="00F411C6">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc180748409" w:history="1">
-        <w:r w:rsidRPr="00BE3CD5">
+      <w:hyperlink w:anchor="_Toc223637937" w:history="1">
+        <w:r w:rsidRPr="0040192A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Antiviral terapi och profylax med Tamiflu vid nedsatt njurfunktion</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc180748409 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223637937 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FED2D4A" w14:textId="7B9388E6" w:rsidR="002217D8" w:rsidRDefault="002217D8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="0E8D7FCD" w14:textId="2804BFE6" w:rsidR="00F411C6" w:rsidRDefault="00F411C6">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc180748410" w:history="1">
-        <w:r w:rsidRPr="00BE3CD5">
+      <w:hyperlink w:anchor="_Toc223637938" w:history="1">
+        <w:r w:rsidRPr="0040192A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc180748410 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223637938 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78EF61EC" w14:textId="457233F3" w:rsidR="002217D8" w:rsidRDefault="002217D8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="656C8C23" w14:textId="6DE745AE" w:rsidR="00F411C6" w:rsidRDefault="00F411C6">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc180748411" w:history="1">
-        <w:r w:rsidRPr="00BE3CD5">
+      <w:hyperlink w:anchor="_Toc223637939" w:history="1">
+        <w:r w:rsidRPr="0040192A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referensförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc180748411 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223637939 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4505D177" w14:textId="128C8642" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00806302" w:rsidP="00806302">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="4505D177" w14:textId="104906CD" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00806302" w:rsidP="00806302">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Toc419884687"/>
       <w:bookmarkStart w:id="8" w:name="_Toc116313662"/>
-      <w:bookmarkStart w:id="9" w:name="_Toc180748403"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc223637931"/>
       <w:r w:rsidR="00F01843" w:rsidRPr="00F01843">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="0B4189A4" w14:textId="6E73F23A" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00806302">
+    <w:p w14:paraId="0B4189A4" w14:textId="36285555" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00806302">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00F01843">
-        <w:t xml:space="preserve">Vid klinisk misstanke om influensa bör personer som tillhör en riskgrupp, och övriga med allvarlig sjukdom, behandlas med antiviral terapi då behandling med </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> har visats minska risken för komplikationer och död samt minska behovet av antibiotika. Behandlingen leder också till en reducerad utsöndring av virus från sjuka patienter och kan sannolikt minska risken för smittspridning. Det finns därför alltid indikation för antiviral terapi vid inläggning av patienter med misstänkt influensa.</w:t>
+        <w:t>Vid klinisk misstanke om influensa bör personer som tillhör en riskgrupp, och övriga med allvarlig sjukdom, behandlas med antiviral terapi då behandling med neuraminidashämmare har visats minska risken för komplikationer och död samt minska behovet av antibiotika. Behandlingen leder också till en reducerad utsöndring av virus från sjuka patienter och kan sannolikt minska risken för smittspridning. Det finns därför alltid indikation för antiviral terapi vid inläggning av patienter med misstänkt influensa.</w:t>
+      </w:r>
+      <w:r w:rsidR="0036313E">
+        <w:t xml:space="preserve"> Under 2026 har </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3705B">
+        <w:t>för</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6F1F">
+        <w:t xml:space="preserve">brukningen av Tamiflu varit stor och det råder bristsituation ffa på tablett </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA641A">
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA716E">
+        <w:t xml:space="preserve"> mg</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA641A">
+        <w:t xml:space="preserve"> som rekommenderas vid nedsatt njurfunktion</w:t>
+      </w:r>
+      <w:r w:rsidR="008D159C">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70559FE7" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc116313663"/>
-      <w:bookmarkStart w:id="11" w:name="_Toc180748404"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc223637932"/>
       <w:r w:rsidRPr="00F01843">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="1FE44626" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00E051E4">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc116313664"/>
-      <w:bookmarkStart w:id="13" w:name="_Toc180748405"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc223637933"/>
       <w:r w:rsidRPr="00F01843">
         <w:t>Riskfaktorer för allvarlig influensa</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="1363E292" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00F01843">
         <w:t>Ålder &gt;65 år.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79F7A871" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00F01843">
         <w:t>Graviditet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D05FA1A" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00F01843">
         <w:t>Kronisk hjärt- eller lungsjukdom.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59588572" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00F01843">
         <w:t>Kronisk lever- eller njursvikt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340443A0" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00F01843">
-        <w:t xml:space="preserve">Diabetes </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Diabetes mellitus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A32978" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00F01843">
         <w:t>Nedsatt immunförsvar p.g.a. sjukdom eller behandling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="687A99FD" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00F01843">
-        <w:t xml:space="preserve">Nedsatt lungfunktion eller </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> och risk för sekretstagnation p.g.a. fetma, neuromuskulär sjukdom eller andra funktionshinder.</w:t>
+        <w:t>Nedsatt lungfunktion eller hostkraft och risk för sekretstagnation p.g.a. fetma, neuromuskulär sjukdom eller andra funktionshinder.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42725DFF" w14:textId="3F4E4D74" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc116313665"/>
-      <w:bookmarkStart w:id="15" w:name="_Toc180748406"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc223637934"/>
       <w:r w:rsidRPr="00F01843">
-        <w:t xml:space="preserve">Biverkningar av </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Biverkningar av oseltamivir (</w:t>
+      </w:r>
       <w:r w:rsidR="006832FE">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00D3119E">
         <w:t>amiflu</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F01843">
         <w:t>)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="388CC65F" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:r w:rsidRPr="00F01843">
         <w:t>Vanliga</w:t>
       </w:r>
       <w:r w:rsidRPr="00F01843">
         <w:tab/>
         <w:t>Huvudvärk, illamående och kräkningar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BA2EFF9" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:r w:rsidRPr="00F01843">
         <w:t>Sällsynta</w:t>
       </w:r>
       <w:r w:rsidRPr="00F01843">
         <w:tab/>
-        <w:t xml:space="preserve">Allergi, </w:t>
-[...7 lines deleted...]
-        <w:t>, hjärtarytmi och medvetandepåverkan.</w:t>
+        <w:t>Allergi, anafylaxi, hjärtarytmi och medvetandepåverkan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04DCE58C" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc116313666"/>
-      <w:bookmarkStart w:id="17" w:name="_Toc180748407"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc223637935"/>
       <w:r w:rsidRPr="00F01843">
-        <w:t>Interaktioner (</w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Interaktioner (oseltamivir)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="295EE747" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:r w:rsidRPr="00F01843">
         <w:t>Flytande mejeriprodukter försämrar absorptionen, separera intag med minst 2 timmar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38DB6A35" w14:textId="72DC0604" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="006E7D92">
       <w:r w:rsidRPr="00F01843">
-        <w:t xml:space="preserve">Möjlig risk för interaktion med </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> som kan leda till förhöjt PK (INR)</w:t>
+        <w:t>Möjlig risk för interaktion med warfarin som kan leda till förhöjt PK (INR)</w:t>
       </w:r>
       <w:r w:rsidR="00F14260">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F01843">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54863DCE" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00D726C8">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="_Toc180748408"/>
+    <w:p w14:paraId="7A8F3179" w14:textId="7BBA7E66" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00D726C8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F53475D" w14:textId="58BF69F8" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="7CD62047">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54863DCE" w14:textId="33CAEE28" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00D726C8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc223637936"/>
       <w:r w:rsidRPr="00F01843">
-        <w:lastRenderedPageBreak/>
         <w:t>Rekommendation för vuxna som väger &gt;40kg</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9845" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Rekommendation för vuxna som väger över 40 kg"/>
         <w:tblDescription w:val="Tabellen tydliggör patientens situation/riskgrupp och om denne erhåller poliklinisk vård eller är inneliggande, vilket antiviralt preparat som rekommenderas, dosering samt antal behandlingsdagar."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2325"/>
         <w:gridCol w:w="3340"/>
         <w:gridCol w:w="1879"/>
         <w:gridCol w:w="1151"/>
@@ -1443,703 +1392,654 @@
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Poliklinisk vård</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="362AB1F7" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00945853">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1EFA1FC8" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00945853">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7CA20755" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00945853">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6F003340" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00945853">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="39CAA3F0" w14:textId="77777777" w:rsidTr="00E051E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="227B88B5" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Utan riskfaktor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="78383D79" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>eventuellt efter individuellt övervägande om &lt;48 timmars sjukdom vid bedömning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="209B543A" w14:textId="3E22104C" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="000A6665" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Tamiflu</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Tamiflu </w:t>
             </w:r>
             <w:r w:rsidR="00F01843" w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kapsel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="01FB05EC" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg x 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="161EE1D7" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="4E9B417F" w14:textId="77777777" w:rsidTr="00E051E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2E000CD3" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Med riskfaktor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="52F8BDF0" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>även efter &gt;48 timmars sjukdom.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B9B7E60" w14:textId="730A2AC1" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="000A6665" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Tamiflu</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Tamiflu </w:t>
             </w:r>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kapsel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="074BE8B8" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg x 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="062B8508" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="3BD665AB" w14:textId="77777777" w:rsidTr="00E051E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="352C8AD1" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exponerad för influensa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="08D63A10" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>till patient med riskfaktor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1D7E2BE4" w14:textId="5A67619F" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="000A6665" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Tamiflu</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Tamiflu </w:t>
             </w:r>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kapsel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C668686" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg x 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54437B1A" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
@@ -2174,802 +2074,765 @@
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Sjukhusvård</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4C7277C3" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E6963B5" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C22F7DD" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="348B9C59" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="59B03DED" w14:textId="77777777" w:rsidTr="00E051E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C05123E" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Allmänt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="39997DA9" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>även om patienten saknar riskfaktorer och även efter mer än 48 timmars sjukdom.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="50768B85" w14:textId="158E0BE3" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="000A6665" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Tamiflu</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Tamiflu </w:t>
             </w:r>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kapsel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6ED33FF6" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg x 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3949A79E" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="4D2F984C" w14:textId="77777777" w:rsidTr="00E051E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59448BA8" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sväljsvårigheter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="35AE8EB6" w14:textId="5DEEABE4" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">som mixtur eller genom beredning av flytande läkemedel genom att </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F35368">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tamiflu</w:t>
             </w:r>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kapsel</w:t>
             </w:r>
             <w:r w:rsidR="00F35368">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> öppnas. Håll den upprätt, knacka ner pulvret i botten och klipp av toppen. Innehållet blandas med en tsk av något sötat livsmedel för att dölja bitter smak. Blandningen ska röras om och hela mängden ska ges till patienten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="04A5BE6D" w14:textId="28453DBE" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="000A6665" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tamiflu</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00F01843" w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> kapsel </w:t>
             </w:r>
             <w:r w:rsidR="00F35368">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">eller </w:t>
             </w:r>
             <w:r w:rsidR="00F01843" w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mixtur</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="65871B0F" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg x 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B2608E3" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="015DE708" w14:textId="77777777" w:rsidTr="00E051E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="35F27F6A" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nutritionssond/ PEG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="330EDD40" w14:textId="3A29FA09" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">som vid sväljsvårigheter men innehållet kan </w:t>
             </w:r>
             <w:r w:rsidR="007472D1" w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>i stället</w:t>
             </w:r>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blandas med 5 ml vatten och sedan administreras. Skölj efter med ytterligare 5 ml vatten för att få med kvarvarande läkemedel.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5C4AAEA0" w14:textId="27A4FEB7" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tamiflu</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> kapsel </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">eller </w:t>
             </w:r>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mixtur</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="381A09D1" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg x 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59F75AA9" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="61178759" w14:textId="77777777" w:rsidTr="00E051E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0A74C506" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Intensivvård</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3CB7239D" w14:textId="1212A0A6" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">som tillägg till standardbehandling vid IVA-vård </w:t>
@@ -2989,520 +2852,467 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pneumoni</w:t>
             </w:r>
             <w:r w:rsidR="00C333EC">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> viss misstanke om eller verifierad influensa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="58DE185C" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Tamiflu</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> mixtur**</w:t>
+              <w:t>Tamiflu mixtur**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5B596D2B" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg x 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10BDEC1B" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Minst 5*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="5C433B3E" w14:textId="77777777" w:rsidTr="00E051E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5EB03C5E" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Enteral</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> administration inte möjlig</w:t>
+              <w:t>Enteral administration inte möjlig</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A08D697" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>intravenöst. Kontakta infektionskonsult.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="301D1CAC" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Dectova</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Dectova </w:t>
             </w:r>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>infusion***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="67E1C6B4" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0,6 g x 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5B90C786" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Minst 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F35368" w:rsidRPr="00F01843" w14:paraId="3A15F9CA" w14:textId="77777777" w:rsidTr="00E051E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1A449204" w14:textId="77777777" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exponerad för influensa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53A26AC9" w14:textId="1C4128AB" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>till patient som delat rum med influensapat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ient</w:t>
             </w:r>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="18E777DD" w14:textId="72AAD364" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Tamiflu</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Tamiflu </w:t>
             </w:r>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kapsel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="02EE20C5" w14:textId="77777777" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg x 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="046BE3FC" w14:textId="77777777" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
@@ -3548,683 +3358,581 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve">Graviditet </w:t>
             </w:r>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>****</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7AE1EAB3" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="47F5DCDF" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3E273CFD" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="025B97EC" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F35368" w:rsidRPr="00F01843" w14:paraId="555E1F0E" w14:textId="77777777" w:rsidTr="00E051E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3D1440B5" w14:textId="77777777" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Behandling</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4D034774" w14:textId="77777777" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>även efter &gt;48 timmars sjukdom.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="11D915F8" w14:textId="748B1083" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Tamiflu</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Tamiflu </w:t>
             </w:r>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kapsel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="502C82FD" w14:textId="77777777" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg x 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="56AA1114" w14:textId="77777777" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F35368" w:rsidRPr="00F01843" w14:paraId="30FC8451" w14:textId="77777777" w:rsidTr="00E051E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="16DA406B" w14:textId="77777777" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exponerad för influensa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4DE604AA" w14:textId="77777777" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>efter exposition.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C4DC5A7" w14:textId="61890AC4" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Tamiflu</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Tamiflu </w:t>
             </w:r>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kapsel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1EA44D9E" w14:textId="77777777" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="97" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg x 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="204277D9" w14:textId="77777777" w:rsidR="00F35368" w:rsidRPr="00F01843" w:rsidRDefault="00F35368" w:rsidP="00F35368">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="626CF203" w14:textId="3C745D57" w:rsidR="00F01843" w:rsidRPr="003638F4" w:rsidRDefault="00F01843" w:rsidP="003638F4">
       <w:pPr>
-        <w:pStyle w:val="Beskrivning"/>
+        <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:r w:rsidRPr="003638F4">
-        <w:t xml:space="preserve">* </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">) finns som alternativ vid överkänslighet och kan beställas. För akut behov finns förpackningar att låna på infektionsavdelningen anknytning </w:t>
+        <w:t xml:space="preserve">* Oseltamivir (Tamiflu) är förstahandsval vid alla indikationer. Inhalationspulvret zanamivir (Relenza) finns som alternativ vid överkänslighet och kan beställas. För akut behov finns förpackningar att låna på infektionsavdelningen anknytning </w:t>
       </w:r>
       <w:r w:rsidRPr="001768DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2591</w:t>
       </w:r>
       <w:r w:rsidRPr="003638F4">
         <w:t>. Behandlingstiden är i allmänhet 5</w:t>
       </w:r>
       <w:r w:rsidR="00987B06">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003638F4">
         <w:t>dagar men förlängd behandling ska övervägas vid nedsatt immunförsvar och till intensivvårdad patient.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="088D4E16" w14:textId="68091356" w:rsidR="00F01843" w:rsidRPr="006D40C6" w:rsidRDefault="00F01843" w:rsidP="006D40C6">
       <w:pPr>
-        <w:pStyle w:val="Beskrivning"/>
+        <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidR="001E58DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Oseltamivir</w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Oseltamivir vid IVA-vård ges i första hand genom peroral behandling med Tamiflu mixtur via sond, men om mixtur inte finns tillgänglig kan kapslar </w:t>
+      </w:r>
       <w:r w:rsidR="32309BD3">
         <w:t>Tamiflu</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> användas för beredning av suspension (se </w:t>
-[...7 lines deleted...]
-        <w:t>, beredning i hemmet). Förlängd behandling kan övervägas beroende på förlopp.</w:t>
+        <w:t xml:space="preserve"> användas för beredning av suspension (se bipacksedel, beredning i hemmet). Förlängd behandling kan övervägas beroende på förlopp.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FF9522C" w14:textId="26723779" w:rsidR="00F01843" w:rsidRPr="006D40C6" w:rsidRDefault="00F01843" w:rsidP="006D40C6">
       <w:pPr>
-        <w:pStyle w:val="Beskrivning"/>
+        <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:r w:rsidRPr="006D40C6">
         <w:t>***</w:t>
       </w:r>
       <w:r w:rsidR="001E58DA" w:rsidRPr="006D40C6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D40C6">
-        <w:t>Zanamivir</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Zanamivir för intravenöst bruk finns registrerat under namnet Dectova</w:t>
+      </w:r>
       <w:r w:rsidR="00654A10">
         <w:t xml:space="preserve"> som lagerhålls på Infektionsavdelningen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BDCC1AA" w14:textId="06FBF27D" w:rsidR="00A05345" w:rsidRPr="006D40C6" w:rsidRDefault="00F01843" w:rsidP="006D40C6">
       <w:pPr>
-        <w:pStyle w:val="Beskrivning"/>
+        <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:r w:rsidRPr="006D40C6">
         <w:t xml:space="preserve">**** Behandling och profylax </w:t>
       </w:r>
       <w:r w:rsidRPr="008D2844">
         <w:t>rekommenderas alltid vid graviditet om ytterligare riskfaktor föreligger</w:t>
       </w:r>
       <w:r w:rsidR="00EA029E" w:rsidRPr="008D2844">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008D2844">
         <w:t xml:space="preserve"> men kan övervägas även hos för övrigt friska gravida. Se </w:t>
       </w:r>
       <w:r w:rsidR="002C240D" w:rsidRPr="008D2844">
         <w:t>rekommendationer</w:t>
       </w:r>
       <w:r w:rsidRPr="008D2844">
         <w:t xml:space="preserve"> om influensa vid graviditet [</w:t>
       </w:r>
       <w:r w:rsidR="002C240D" w:rsidRPr="008D2844">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="008D2844">
         <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AD233F6" w14:textId="2D539304" w:rsidR="00F01843" w:rsidRPr="00D726C8" w:rsidRDefault="00F01843" w:rsidP="00D726C8">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc116313667"/>
-      <w:bookmarkStart w:id="20" w:name="_Toc180748409"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc223637937"/>
       <w:r w:rsidRPr="00D726C8">
         <w:t xml:space="preserve">Antiviral terapi och profylax med </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A13F70">
         <w:t>Tamiflu</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D726C8">
         <w:t xml:space="preserve"> vid nedsatt njurfunktion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9843" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Antiviral trapi och profylax vid nedsatt njurfunktion"/>
         <w:tblDescription w:val="&#10;Tabellen beskriver rekommendationer av antiviral terapi vid nedsatt njurfunktion, dels som behandling, dels som profylax."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2261"/>
         <w:gridCol w:w="3521"/>
@@ -4267,116 +3975,103 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="119BDE06" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Kreatininclearance</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> (ml/min)</w:t>
+              <w:t>Kreatininclearance (ml/min)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="23A1596F" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Dos vid njursvikt efter första dos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="2880731B" w14:textId="77777777" w:rsidTr="00340461">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5064DA2B" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
@@ -4410,527 +4105,536 @@
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ordineras och delas på akuten om klinisk misstanke om influensa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6843953D" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30-60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="03C144FE" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
+          <w:p w14:paraId="03C144FE" w14:textId="4C562A59" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="008D159C" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F01843">
-[...5 lines deleted...]
-              <w:t>30 mg x 2 i 5 dagar</w:t>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r w:rsidR="00E32CD2">
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00F01843" w:rsidRPr="00F01843">
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mg x 2 i 5 dagar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="1E702993" w14:textId="77777777" w:rsidTr="00340461">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="62CC9A70" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E4DAD67" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="650225C7" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
+          <w:p w14:paraId="650225C7" w14:textId="7CE6BAD0" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="77982374" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30 mg x 1 i 5 dagar</w:t>
+              <w:t xml:space="preserve">30 </w:t>
+            </w:r>
+            <w:r w:rsidR="00F01843" w:rsidRPr="00F01843">
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg x 1 i 5 dagar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="47206CB5" w14:textId="77777777" w:rsidTr="00340461">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4FF79D8E" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6964306B" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>&lt;10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="43A25EEC" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg som engångsdos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="3630C93F" w14:textId="77777777" w:rsidTr="00340461">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41F747F3" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="46901A35" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hemodialys</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="214A306F" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
+          <w:p w14:paraId="214A306F" w14:textId="5CFD46C9" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="62CB26F8" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
-                <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F01843">
-[...5 lines deleted...]
-              <w:t>30 mg efter var dialys i 5 dagar</w:t>
+            <w:r w:rsidRPr="7CD62047">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="00F01843" w:rsidRPr="00F01843">
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mg efter var dialys i 5 dagar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="06C1F90A" w14:textId="77777777" w:rsidTr="00340461">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="08A55533" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="49C23ACD" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Peritonealdialys</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3B56A9EF" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg x 1, endast dag 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="21926D0D" w14:textId="77777777" w:rsidTr="00340461">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5A7BA57C" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="21" w:name="_Hlk25780801"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5488705F" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kontinuerlig dialys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="114BBCB0" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg x 2 i fem dagar</w:t>
             </w:r>
@@ -4977,116 +4681,103 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A580133" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Kreatininclearance</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> (ml/min)</w:t>
+              <w:t>Kreatininclearance (ml/min)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4D32ED93" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Dos vid njursvikt efter första dos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="3C94F9B3" w14:textId="77777777" w:rsidTr="00340461">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2CAFB31C" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5097,641 +4788,799 @@
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>alltid 75 mg oavsett njurfunktion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5288A71B" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30-60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5F7F9571" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
+          <w:p w14:paraId="5F7F9571" w14:textId="78B39089" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F62359" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F01843">
-[...5 lines deleted...]
-              <w:t>30 mg x 1 i 10 dagar</w:t>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r w:rsidR="001B4670">
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00F01843" w:rsidRPr="00F01843">
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mg x 1 i 10 dagar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="051380B3" w14:textId="77777777" w:rsidTr="00340461">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A3C2636" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3092CBD2" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0AA207D7" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
+          <w:p w14:paraId="0AA207D7" w14:textId="037D721B" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="5BFAAE49" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
-                <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F01843">
-[...5 lines deleted...]
-              <w:t>30 mg varannan dag i 10 dagar</w:t>
+            <w:r w:rsidRPr="7CD62047">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="00F01843" w:rsidRPr="00F01843">
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mg varannan dag i 10 dagar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="2DDFA428" w14:textId="77777777" w:rsidTr="00340461">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="583D1257" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="39F5801A" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>&lt;10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1A403FE3" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg som engångsdos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="29203ED7" w14:textId="77777777" w:rsidTr="00340461">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="77A97150" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A6D01A6" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hemodialys</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="02E51340" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
+          <w:p w14:paraId="02E51340" w14:textId="7FC61C10" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="5654DF84" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F01843">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> i 10 dagar</w:t>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="00F01843" w:rsidRPr="00F01843">
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mg efter varannan hemodialys i 10 </w:t>
+            </w:r>
+            <w:r w:rsidR="000E4114">
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dgr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="7242F38F" w14:textId="77777777" w:rsidTr="00340461">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5517879D" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="02BA63C9" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Peritonealdialys</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4392D004" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
+          <w:p w14:paraId="4392D004" w14:textId="4166AF5B" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
-                <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>75 mg dag ett och sedan 30mg efter en vecka</w:t>
+              <w:t xml:space="preserve">75 mg dag ett och sedan </w:t>
+            </w:r>
+            <w:r w:rsidR="6B1D425E" w:rsidRPr="7CD62047">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F01843">
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mg efter en </w:t>
+            </w:r>
+            <w:r w:rsidR="000E4114">
+              <w:rPr>
+                <w:kern w:val="32"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>v</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01843" w:rsidRPr="00F01843" w14:paraId="691718BA" w14:textId="77777777" w:rsidTr="00340461">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0D869815" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7F851D17" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kontinuerlig dialys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="30B9F5CA" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01843">
               <w:rPr>
                 <w:kern w:val="32"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>75 mg x 1 i tio dagar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="361C8950" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00F01843">
+    <w:p w14:paraId="361C8950" w14:textId="42B34C10" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00780C40" w:rsidP="00780C40">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2676" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...2 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">*Dosändring </w:t>
+      </w:r>
+      <w:r w:rsidR="44301ADF">
+        <w:t xml:space="preserve">260305 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">jämfört med tidigare rekommendation </w:t>
+      </w:r>
+      <w:r w:rsidR="00423DC6">
+        <w:t>30 mg vid njursvik</w:t>
+      </w:r>
+      <w:r w:rsidR="21CF1920">
+        <w:t>t</w:t>
+      </w:r>
     </w:p>
+    <w:p w14:paraId="3AB19B75" w14:textId="42D376FF" w:rsidR="00380E64" w:rsidRDefault="00701C10" w:rsidP="00C00583">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Xofluza</w:t>
+      </w:r>
+      <w:r w:rsidR="00380E64">
+        <w:t xml:space="preserve"> (baloxavir)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702BA275" w14:textId="2DC07FD8" w:rsidR="5A896EC0" w:rsidRDefault="00086476" w:rsidP="00086476">
+      <w:r>
+        <w:t>Indikation</w:t>
+      </w:r>
+      <w:r w:rsidR="006A60BA">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00170EA5">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="5A896EC0">
+        <w:t>Alternativ behandling vid brist på Tamiflu</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7C9C">
+        <w:t>P</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424778E4" w14:textId="4085780A" w:rsidR="00C00583" w:rsidRDefault="00170EA5" w:rsidP="00C00583">
+      <w:r>
+        <w:t>Läkemedelstyrkor</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C00583">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00147F0F">
+        <w:t xml:space="preserve">20, 40 och </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0645">
+        <w:t>80 mg</w:t>
+      </w:r>
+      <w:r w:rsidR="00A117DE">
+        <w:tab/>
+        <w:t>filmdragerade tabletter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF414DC" w14:textId="603696B9" w:rsidR="00A117DE" w:rsidRDefault="00A117DE" w:rsidP="00C00583">
+      <w:r>
+        <w:t>Dosering</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01288">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B01288">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AC0364">
+        <w:t>20-80kg</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0364">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EF2EB2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007C5808">
+        <w:t>Engångsdos</w:t>
+      </w:r>
+      <w:r w:rsidR="007C5808">
+        <w:tab/>
+        <w:t>40 mg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4393445D" w14:textId="58CC9687" w:rsidR="007C5808" w:rsidRDefault="007C5808" w:rsidP="00C00583">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>&gt;80 kg</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>engångsdos</w:t>
+      </w:r>
+      <w:r w:rsidR="0011662C">
+        <w:tab/>
+        <w:t>80 mg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E53C537" w14:textId="4EC59C36" w:rsidR="0011662C" w:rsidRDefault="004F7C9C" w:rsidP="00C00583">
+      <w:r>
+        <w:t>Pris</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">ca 1000 kr </w:t>
+      </w:r>
+      <w:r w:rsidR="005F532D">
+        <w:t>vilket är betydligt dyrare än Tamiflu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC4D850" w14:textId="23D23C3D" w:rsidR="005F532D" w:rsidRDefault="00057B73" w:rsidP="00C00583">
+      <w:r>
+        <w:t>Rekvisition</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23DED">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A23DED">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DB36C5">
+        <w:t>Infektionskliniken lagerhåller begränsat antal tabletter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="795DD9FD" w14:textId="77777777" w:rsidR="00A117DE" w:rsidRPr="00C00583" w:rsidRDefault="00A117DE" w:rsidP="00C00583"/>
     <w:p w14:paraId="7FCC918F" w14:textId="36705D88" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="00D726C8">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="24" w:name="_Toc180748410"/>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc223637938"/>
       <w:r w:rsidRPr="00F01843">
-        <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="65F9106F" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="001E58DA" w:rsidRDefault="00F01843" w:rsidP="005F2096">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E58DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sakkunniga</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EE7AFC8" w14:textId="77777777" w:rsidR="003759EA" w:rsidRDefault="00F01843" w:rsidP="005F2096">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="003759EA">
         <w:t>Anders Lundqvist, överläkare, HIVÖ/infektionsenheten, SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D9E394D" w14:textId="194F8D96" w:rsidR="00AE3D3C" w:rsidRPr="003759EA" w:rsidRDefault="00F01843" w:rsidP="005F2096">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="003759EA">
         <w:t xml:space="preserve">Antje Johannsmeyer, överläkare, kvinnokliniken, SÄS/mödrahälsovårdsöverläkare avseende graviditet </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EF86B56" w14:textId="357D2187" w:rsidR="00F01843" w:rsidRPr="003759EA" w:rsidRDefault="00F01843" w:rsidP="005F2096">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="003759EA">
         <w:t>Gunilla Rosquist, apotekare, sjuk</w:t>
       </w:r>
       <w:r w:rsidR="00344300">
         <w:t>vårds</w:t>
       </w:r>
       <w:r w:rsidRPr="003759EA">
         <w:t>apoteket, VGR/SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B3A8321" w14:textId="4D48AFE0" w:rsidR="00F01843" w:rsidRPr="001E58DA" w:rsidRDefault="00F01843" w:rsidP="005F2096">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc149035757"/>
       <w:bookmarkStart w:id="26" w:name="_Toc149978547"/>
@@ -5836,219 +5685,174 @@
     </w:p>
     <w:p w14:paraId="75E208F7" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="001E58DA" w:rsidRDefault="00F01843" w:rsidP="005F2096">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E58DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B7ED899" w14:textId="77777777" w:rsidR="00F01843" w:rsidRPr="00F01843" w:rsidRDefault="00F01843" w:rsidP="5E08DD82">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Influensa, epidemi, antiviral terapi, profylax, </w:t>
-[...45 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Influensa, epidemi, antiviral terapi, profylax, oseltamivir, zanamivir, Ebilfumin, Tamiflu, Dectova, Relenza</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="100866AF" w14:textId="77777777" w:rsidR="00F01843" w:rsidRDefault="2E20BC0A" w:rsidP="005F2096">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc116313668"/>
-      <w:bookmarkStart w:id="28" w:name="_Toc180748411"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc223637939"/>
       <w:r>
         <w:t>Referensförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="40FB1CA6" w14:textId="77777777" w:rsidR="00A07437" w:rsidRDefault="00A07437" w:rsidP="005F2096">
+    <w:p w14:paraId="40FB1CA6" w14:textId="77777777" w:rsidR="00A07437" w:rsidRDefault="0018129D" w:rsidP="005F2096">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="0018129D" w:rsidRPr="00A07437">
+        <w:r w:rsidRPr="00A07437">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Behandling och pro</w:t>
         </w:r>
         <w:r w:rsidR="00386027" w:rsidRPr="00A07437">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>f</w:t>
         </w:r>
-        <w:r w:rsidR="0018129D" w:rsidRPr="00A07437">
+        <w:r w:rsidRPr="00A07437">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ylax vid influensa</w:t>
         </w:r>
         <w:r w:rsidR="00FD0B8A" w:rsidRPr="00A07437">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>. Läkemedelsverket</w:t>
         </w:r>
         <w:r w:rsidR="000B0C1C" w:rsidRPr="00A07437">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>, juni 2022</w:t>
         </w:r>
         <w:r w:rsidR="00FD0B8A" w:rsidRPr="00A07437">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5CCB83E1" w14:textId="64A98042" w:rsidR="0018129D" w:rsidRDefault="000D4A8D" w:rsidP="005F2096">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="000D4A8D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Terapiråd Influensa antiviral terapi till vuxna</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F6281D">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F6281D">
         <w:t>Terapigrupp Infektion VGR.</w:t>
       </w:r>
       <w:r w:rsidR="00FD0B8A">
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="0018129D" w:rsidSect="00F01843">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="even" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="018F2020" w14:textId="77777777" w:rsidR="005C152C" w:rsidRDefault="005C152C">
+    <w:p w14:paraId="2D2EE464" w14:textId="77777777" w:rsidR="00E95C44" w:rsidRDefault="00E95C44">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CE71E63" w14:textId="77777777" w:rsidR="005C152C" w:rsidRDefault="005C152C">
+    <w:p w14:paraId="451F9E96" w14:textId="77777777" w:rsidR="00E95C44" w:rsidRDefault="00E95C44">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="73DF5C5E" w14:textId="77777777" w:rsidR="005C152C" w:rsidRDefault="005C152C">
+    <w:p w14:paraId="32733C7C" w14:textId="77777777" w:rsidR="00E95C44" w:rsidRDefault="00E95C44">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6100,123 +5904,123 @@
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fet">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Sidfot"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -6230,51 +6034,51 @@
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="5" name="Picture 5">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -6307,74 +6111,74 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="042E7447" w14:textId="77777777" w:rsidR="005C152C" w:rsidRDefault="005C152C"/>
+    <w:p w14:paraId="53EE2AAA" w14:textId="77777777" w:rsidR="00E95C44" w:rsidRDefault="00E95C44"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0939FC02" w14:textId="77777777" w:rsidR="005C152C" w:rsidRDefault="005C152C">
+    <w:p w14:paraId="39D5DB15" w14:textId="77777777" w:rsidR="00E95C44" w:rsidRDefault="00E95C44">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="71713541" w14:textId="77777777" w:rsidR="005C152C" w:rsidRDefault="005C152C">
+    <w:p w14:paraId="7E9FF770" w14:textId="77777777" w:rsidR="00E95C44" w:rsidRDefault="00E95C44">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Text Box 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -6393,152 +6197,134 @@
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="4C8074A3" w14:textId="04B13036" w:rsidR="00061BF8" w:rsidRDefault="00061BF8" w:rsidP="00061BF8">
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Aktualiteten i utskrivet dokument kan verifieras </w:t>
                           </w:r>
                           <w:r w:rsidR="00BB5ED5">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>på</w:t>
                           </w:r>
                           <w:r w:rsidR="00AF4148">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-                            <w:t xml:space="preserve">SÄS </w:t>
+                            <w:t xml:space="preserve"> SÄS </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> intranät</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramEnd"/>
                         </w:p>
                         <w:p w14:paraId="70464969" w14:textId="4B99207F" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4"/>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="4C8074A3" w14:textId="04B13036" w:rsidR="00061BF8" w:rsidRDefault="00061BF8" w:rsidP="00061BF8">
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Aktualiteten i utskrivet dokument kan verifieras </w:t>
                     </w:r>
                     <w:r w:rsidR="00BB5ED5">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>på</w:t>
                     </w:r>
                     <w:r w:rsidR="00AF4148">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-                      <w:t xml:space="preserve">SÄS </w:t>
+                      <w:t xml:space="preserve"> SÄS </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> intranät</w:t>
                     </w:r>
-                    <w:proofErr w:type="gramEnd"/>
                   </w:p>
                   <w:p w14:paraId="70464969" w14:textId="4B99207F" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4"/>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="35F9742A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172721</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6524625" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -6546,144 +6332,126 @@
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6524625" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="72D45401" w14:textId="249D1FAD" w:rsidR="00413A60" w:rsidRDefault="009E697C">
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Aktualiteten i utskrivet dokument kan verifieras </w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
                           <w:r w:rsidR="00061BF8">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve">på </w:t>
                           </w:r>
                           <w:r w:rsidR="00AF4148">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> SÄS</w:t>
-[...7 lines deleted...]
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve"> SÄS </w:t>
                           </w:r>
                           <w:r w:rsidR="00061BF8">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>intranät</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:513.75pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwokskGAIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C812uvL01WXkduIleV&#10;oiSSU+UZs+BFYhkK2Lvu13dgfWvap6ovMDDDXM45zO+6RpO9cF6BKeloMKREGA6VMtuSfn9dfbqh&#10;xAdmKqbBiJIehKd3i48f5q0tRA416Eo4gkmML1pb0joEW2SZ57VomB+AFQadElzDAh7dNqscazF7&#10;o7N8OJxlLbjKOuDCe7x96J10kfJLKXh4ltKLQHRJsbeQVpfWTVyzxZwVW8dsrfixDfYPXTRMGSx6&#10;TvXAAiM7p/5I1SjuwIMMAw5NBlIqLtIMOM1o+G6adc2sSLMgON6eYfL/Ly1/2q/tiyOh+wIdEhgB&#10;aa0vPF7GeTrpmrhjpwT9COHhDJvoAuF4OZvmk1k+pYSjb5yPb6YJ1+zy2jofvgpoSDRK6pCWhBbb&#10;P/qAFTH0FBKLGVgprRM12pAWK4wx5W8efKENPrz0Gq3QbTqiqqs5NlAdcDwHPfPe8pXCHh6ZDy/M&#10;IdU4Eco3POMiNWAtOFqU1OB+/u0+xiMD6KWkRemU1P/YMSco0d8McnM7mkyi1tJhMv2c48FdezbX&#10;HrNr7gHVOcKPYnkyY3zQJ1M6aN5Q5ctYFV3McKxd0nAy70MvaPwlXCyXKQjVZVl4NGvLY+qIXUT4&#10;tXtjzh5pCEjgE5xExop3bPSxPerLXQCpElUR5x7VI/yozMTg8RdF6V+fU9Tlry9+AQAA//8DAFBL&#10;AwQUAAYACAAAACEAUVG6M+EAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI&#10;3LZk5WNTaTpNlSYkBIeNXbi5jddWNE5psq3w60lPcHstP3r9OFuPthNnGnzrWMNirkAQV860XGs4&#10;vG9nKxA+IBvsHJOGb/Kwzq+vMkyNu/COzvtQi1jCPkUNTQh9KqWvGrLo564njrujGyyGOA61NANe&#10;YrntZKLUo7TYcrzQYE9FQ9Xn/mQ1vBTbN9yViV39dMXz63HTfx0+HrS+vRk3TyACjeEPhkk/qkMe&#10;nUp3YuNFp2GWLJOIxrBQdyAmQqkplRru1RJknsn/P+S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAHCiSyQYAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAFFRujPhAAAACwEAAA8AAAAAAAAAAAAAAAAAcgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="249D1FAD" w:rsidR="00413A60" w:rsidRDefault="009E697C">
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Aktualiteten i utskrivet dokument kan verifieras </w:t>
                     </w:r>
-                    <w:proofErr w:type="gramStart"/>
                     <w:r w:rsidR="00061BF8">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">på </w:t>
                     </w:r>
                     <w:r w:rsidR="00AF4148">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> SÄS</w:t>
-[...7 lines deleted...]
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t xml:space="preserve"> SÄS </w:t>
                     </w:r>
                     <w:r w:rsidR="00061BF8">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>intranät</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
@@ -7280,51 +7048,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13961EBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E3C8B78"/>
     <w:lvl w:ilvl="0" w:tplc="9C88A590">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -7501,50 +7269,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17095F17"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="622EF220"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7613,51 +7494,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7726,51 +7607,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7866,51 +7747,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7979,51 +7860,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8092,51 +7973,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8233,51 +8114,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8346,51 +8227,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8459,51 +8340,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -8572,51 +8453,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6563557B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4DBEF834"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -8685,51 +8679,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76A741E0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E20CAC4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -8799,51 +8793,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8912,51 +8906,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -9029,799 +9023,1007 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1055080782">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2089888206">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="627664818">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1573195111">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1970087472">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1302805222">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2053920794">
     <w:abstractNumId w:val="3"/>
   </w:num>
+  <w:num w:numId="8" w16cid:durableId="1166552893">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1009258615">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1413773417">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="00002502"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
+    <w:rsid w:val="00015A12"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
+    <w:rsid w:val="00031417"/>
     <w:rsid w:val="00032E47"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00043539"/>
     <w:rsid w:val="00045C12"/>
     <w:rsid w:val="0004602C"/>
+    <w:rsid w:val="00046065"/>
+    <w:rsid w:val="000475B1"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="00057B73"/>
     <w:rsid w:val="00060015"/>
     <w:rsid w:val="00061BF8"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="000708D9"/>
     <w:rsid w:val="000756D6"/>
     <w:rsid w:val="00084024"/>
+    <w:rsid w:val="00086476"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000A6665"/>
     <w:rsid w:val="000B0C1C"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B41D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B46FC"/>
+    <w:rsid w:val="000B5CAE"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000D3AEC"/>
     <w:rsid w:val="000D4A8D"/>
+    <w:rsid w:val="000E37D8"/>
+    <w:rsid w:val="000E4114"/>
     <w:rsid w:val="000E463B"/>
+    <w:rsid w:val="000E57EC"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F10BD"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="0011662C"/>
+    <w:rsid w:val="0012370F"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="001459CE"/>
+    <w:rsid w:val="00147F0F"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00167F6A"/>
+    <w:rsid w:val="00170EA5"/>
     <w:rsid w:val="00172FF8"/>
     <w:rsid w:val="00175AD2"/>
     <w:rsid w:val="001768DE"/>
     <w:rsid w:val="0018129D"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="0019133E"/>
     <w:rsid w:val="00194043"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001A5085"/>
     <w:rsid w:val="001A605A"/>
     <w:rsid w:val="001A6589"/>
+    <w:rsid w:val="001B0AAE"/>
+    <w:rsid w:val="001B4670"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001C6868"/>
+    <w:rsid w:val="001E08F4"/>
+    <w:rsid w:val="001E0D65"/>
     <w:rsid w:val="001E58DA"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="002217D8"/>
     <w:rsid w:val="00221937"/>
+    <w:rsid w:val="00234B92"/>
     <w:rsid w:val="00234E31"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00243A35"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1863"/>
+    <w:rsid w:val="002A653F"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002B4F7E"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C240D"/>
     <w:rsid w:val="002C60AD"/>
+    <w:rsid w:val="002C73ED"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="0030633B"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="0031534E"/>
+    <w:rsid w:val="00316299"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
+    <w:rsid w:val="00336C69"/>
+    <w:rsid w:val="00337B95"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="00340461"/>
+    <w:rsid w:val="00342CB5"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00344300"/>
     <w:rsid w:val="00345EB1"/>
+    <w:rsid w:val="0034738D"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
+    <w:rsid w:val="0036313E"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="003638F4"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="00375047"/>
     <w:rsid w:val="00375448"/>
     <w:rsid w:val="003759EA"/>
+    <w:rsid w:val="00380E64"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="00386027"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B58C8"/>
     <w:rsid w:val="003C61BB"/>
+    <w:rsid w:val="003C79DD"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0387"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E22C8"/>
+    <w:rsid w:val="003E239E"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E3024"/>
     <w:rsid w:val="003E30BC"/>
+    <w:rsid w:val="003E5296"/>
     <w:rsid w:val="003E6609"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
+    <w:rsid w:val="00406246"/>
     <w:rsid w:val="004064C6"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="0040708B"/>
     <w:rsid w:val="00411993"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00420AC9"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="00423DC6"/>
+    <w:rsid w:val="0042638F"/>
+    <w:rsid w:val="0042688B"/>
+    <w:rsid w:val="0043119A"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="004355A8"/>
     <w:rsid w:val="004366AA"/>
+    <w:rsid w:val="00443473"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
+    <w:rsid w:val="00447594"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="004728A0"/>
+    <w:rsid w:val="0047442A"/>
     <w:rsid w:val="004807DC"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004840B9"/>
     <w:rsid w:val="004876F6"/>
+    <w:rsid w:val="004904C5"/>
     <w:rsid w:val="00491803"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="0049756A"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004B15C3"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B2C3F"/>
     <w:rsid w:val="004B5E5C"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004C2713"/>
     <w:rsid w:val="004C5EF6"/>
     <w:rsid w:val="004C60B8"/>
     <w:rsid w:val="004D0371"/>
     <w:rsid w:val="004D1075"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="004F5F51"/>
+    <w:rsid w:val="004F7C9C"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
+    <w:rsid w:val="00532C24"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="00547D2B"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="0058700F"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C152C"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
+    <w:rsid w:val="005E0580"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E4E31"/>
     <w:rsid w:val="005F2096"/>
+    <w:rsid w:val="005F532D"/>
+    <w:rsid w:val="0060141E"/>
+    <w:rsid w:val="006024FB"/>
     <w:rsid w:val="0060596B"/>
+    <w:rsid w:val="006062F0"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="006117A7"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="006201FC"/>
     <w:rsid w:val="006217C2"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627796"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00637F51"/>
     <w:rsid w:val="00654A10"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="006610FB"/>
+    <w:rsid w:val="0066384C"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00667DF5"/>
+    <w:rsid w:val="00670013"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006832FE"/>
+    <w:rsid w:val="006836FD"/>
+    <w:rsid w:val="00685501"/>
+    <w:rsid w:val="006A1DEF"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A3B3F"/>
     <w:rsid w:val="006A4978"/>
+    <w:rsid w:val="006A60BA"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D40C6"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E25A1"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E6F1D"/>
     <w:rsid w:val="006E7D92"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F335E"/>
+    <w:rsid w:val="00701C10"/>
+    <w:rsid w:val="00706A39"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00714D8B"/>
     <w:rsid w:val="0072075B"/>
+    <w:rsid w:val="0072139F"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00731C95"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="00746608"/>
     <w:rsid w:val="007472D1"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="00780C40"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="00791B99"/>
     <w:rsid w:val="00793122"/>
+    <w:rsid w:val="007A4390"/>
     <w:rsid w:val="007A5829"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B3FCD"/>
+    <w:rsid w:val="007C2FF9"/>
+    <w:rsid w:val="007C3AA8"/>
+    <w:rsid w:val="007C5808"/>
+    <w:rsid w:val="007C7AFC"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E3082"/>
     <w:rsid w:val="007F1CFF"/>
+    <w:rsid w:val="007F3488"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="007F5FA9"/>
+    <w:rsid w:val="0080616F"/>
     <w:rsid w:val="00806302"/>
+    <w:rsid w:val="008147FD"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00846188"/>
+    <w:rsid w:val="00847C4D"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="00860C81"/>
+    <w:rsid w:val="00864A95"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00875858"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="008A3233"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A3F50"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008B17E2"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D159C"/>
     <w:rsid w:val="008D2844"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="008F7408"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
+    <w:rsid w:val="00917E6A"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
+    <w:rsid w:val="0092350C"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="00945853"/>
     <w:rsid w:val="00945B7B"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957A51"/>
     <w:rsid w:val="0096356A"/>
+    <w:rsid w:val="009656A8"/>
     <w:rsid w:val="0096673D"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00977E86"/>
+    <w:rsid w:val="00977F83"/>
     <w:rsid w:val="0098612A"/>
     <w:rsid w:val="00987B06"/>
+    <w:rsid w:val="009926E5"/>
     <w:rsid w:val="00995798"/>
     <w:rsid w:val="009A66B8"/>
+    <w:rsid w:val="009B0A47"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009D31F4"/>
     <w:rsid w:val="009D487C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E1D16"/>
     <w:rsid w:val="009E4468"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E697C"/>
     <w:rsid w:val="009E6C56"/>
+    <w:rsid w:val="009E6F1F"/>
+    <w:rsid w:val="009E75B6"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4C8F"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="009F5C96"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05345"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07437"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A117DE"/>
     <w:rsid w:val="00A12037"/>
     <w:rsid w:val="00A13F70"/>
+    <w:rsid w:val="00A23DED"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00A30E0C"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A36C45"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
+    <w:rsid w:val="00A520AE"/>
     <w:rsid w:val="00A52D05"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A72934"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
+    <w:rsid w:val="00AB0645"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB4BE1"/>
+    <w:rsid w:val="00AC0364"/>
+    <w:rsid w:val="00AC04B2"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE3D3C"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE649C"/>
     <w:rsid w:val="00AE6DD2"/>
     <w:rsid w:val="00AE73FB"/>
     <w:rsid w:val="00AF4148"/>
+    <w:rsid w:val="00AF59F8"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00B01288"/>
+    <w:rsid w:val="00B03E5F"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B07E7A"/>
+    <w:rsid w:val="00B127C5"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B31441"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B43C16"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B55935"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B85510"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
+    <w:rsid w:val="00B926D6"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B95661"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA716E"/>
     <w:rsid w:val="00BB5ED5"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC4AFA"/>
+    <w:rsid w:val="00BC5C2B"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF3118"/>
+    <w:rsid w:val="00C00583"/>
     <w:rsid w:val="00C02A2F"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C2505A"/>
+    <w:rsid w:val="00C32705"/>
     <w:rsid w:val="00C333EC"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C46AF2"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C6627E"/>
+    <w:rsid w:val="00C66DAB"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C75365"/>
     <w:rsid w:val="00C85DA1"/>
+    <w:rsid w:val="00C90229"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
+    <w:rsid w:val="00C92EA2"/>
     <w:rsid w:val="00C97BD3"/>
+    <w:rsid w:val="00CA2D72"/>
     <w:rsid w:val="00CA39EF"/>
+    <w:rsid w:val="00CA451A"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA5997"/>
+    <w:rsid w:val="00CA641A"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CC790C"/>
     <w:rsid w:val="00CD524D"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF1B7C"/>
     <w:rsid w:val="00CF5ED6"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00FE1"/>
     <w:rsid w:val="00D0211A"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D1511F"/>
+    <w:rsid w:val="00D164E1"/>
     <w:rsid w:val="00D3119E"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D528F1"/>
+    <w:rsid w:val="00D62D69"/>
     <w:rsid w:val="00D726C8"/>
     <w:rsid w:val="00D80906"/>
     <w:rsid w:val="00D84E45"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D90D1E"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB228D"/>
+    <w:rsid w:val="00DB25AC"/>
     <w:rsid w:val="00DB28A3"/>
+    <w:rsid w:val="00DB36C5"/>
     <w:rsid w:val="00DB5BE5"/>
     <w:rsid w:val="00DD2BE0"/>
+    <w:rsid w:val="00DE4132"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE6ADF"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF6580"/>
+    <w:rsid w:val="00DF7201"/>
+    <w:rsid w:val="00E016FB"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E051E4"/>
     <w:rsid w:val="00E07B1B"/>
+    <w:rsid w:val="00E07F2C"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E15D34"/>
+    <w:rsid w:val="00E22DA1"/>
     <w:rsid w:val="00E24D66"/>
+    <w:rsid w:val="00E32CD2"/>
+    <w:rsid w:val="00E3397D"/>
+    <w:rsid w:val="00E35B15"/>
     <w:rsid w:val="00E36542"/>
     <w:rsid w:val="00E518B7"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
+    <w:rsid w:val="00E54EF5"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
+    <w:rsid w:val="00E56323"/>
+    <w:rsid w:val="00E570F1"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E65288"/>
     <w:rsid w:val="00E712AF"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E73019"/>
+    <w:rsid w:val="00E73ED8"/>
     <w:rsid w:val="00E74BB7"/>
+    <w:rsid w:val="00E7764E"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E811AB"/>
+    <w:rsid w:val="00E853EA"/>
     <w:rsid w:val="00E86819"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E95C44"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA029E"/>
     <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00EA1CFA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EA7745"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC270F"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00ED06BF"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE4827"/>
+    <w:rsid w:val="00EF2EB2"/>
     <w:rsid w:val="00EF6251"/>
     <w:rsid w:val="00F00827"/>
     <w:rsid w:val="00F01843"/>
     <w:rsid w:val="00F05FB1"/>
     <w:rsid w:val="00F14260"/>
     <w:rsid w:val="00F20785"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F332AB"/>
     <w:rsid w:val="00F35368"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F36E78"/>
+    <w:rsid w:val="00F3705B"/>
+    <w:rsid w:val="00F411C6"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F50769"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F62359"/>
     <w:rsid w:val="00F6281D"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F962BD"/>
+    <w:rsid w:val="00FA245B"/>
     <w:rsid w:val="00FA7532"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD0B8A"/>
+    <w:rsid w:val="00FD303B"/>
     <w:rsid w:val="00FD3C70"/>
+    <w:rsid w:val="00FD61D0"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF03DC"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="01E2E846"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="09386C3E"/>
+    <w:rsid w:val="09408671"/>
+    <w:rsid w:val="0CEC5ECD"/>
+    <w:rsid w:val="12A99D2C"/>
     <w:rsid w:val="153A67E1"/>
     <w:rsid w:val="1C0EF560"/>
+    <w:rsid w:val="21CF1920"/>
+    <w:rsid w:val="244D41BB"/>
     <w:rsid w:val="2BD43067"/>
     <w:rsid w:val="2E20BC0A"/>
     <w:rsid w:val="32309BD3"/>
     <w:rsid w:val="3259C45D"/>
+    <w:rsid w:val="3D4F926E"/>
     <w:rsid w:val="3DBFBE83"/>
     <w:rsid w:val="3E5CC661"/>
+    <w:rsid w:val="407B6EAA"/>
+    <w:rsid w:val="439A4684"/>
+    <w:rsid w:val="44301ADF"/>
+    <w:rsid w:val="450A2138"/>
     <w:rsid w:val="49185DE0"/>
+    <w:rsid w:val="532CC930"/>
+    <w:rsid w:val="5654DF84"/>
+    <w:rsid w:val="580995BE"/>
+    <w:rsid w:val="58BC53ED"/>
+    <w:rsid w:val="595679BF"/>
+    <w:rsid w:val="5A896EC0"/>
+    <w:rsid w:val="5BFAAE49"/>
     <w:rsid w:val="5E08DD82"/>
+    <w:rsid w:val="62CB26F8"/>
     <w:rsid w:val="643BC444"/>
+    <w:rsid w:val="64738C36"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6504B92D"/>
     <w:rsid w:val="6AF1FE01"/>
+    <w:rsid w:val="6B1D425E"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="77982374"/>
+    <w:rsid w:val="7CD62047"/>
     <w:rsid w:val="7D1B0165"/>
     <w:rsid w:val="7EF74C05"/>
+    <w:rsid w:val="7FC9CC9B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{38A2A4A3-C283-4246-8551-DFFE9A0F8654}"/>
+  <w15:docId w15:val="{856BB750-3AD0-41B2-9B7E-314FFBF5F33F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10173,240 +10375,241 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00F01843"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="004807DC"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1280" w:after="240" w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002A1863"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik6Char"/>
+    <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F01843"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik9Char"/>
+    <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F01843"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -10484,610 +10687,610 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="004807DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="002A1863"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806302"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806302"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="357"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -11118,81 +11321,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -11231,53 +11434,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -11351,53 +11554,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -11471,53 +11674,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -11567,53 +11770,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -11663,53 +11866,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -11745,53 +11948,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -11840,51 +12043,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -11928,51 +12131,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -12059,69 +12262,69 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002A1863"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="357"/>
       </w:tabs>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -12165,285 +12368,285 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006D40C6"/>
     <w:pPr>
       <w:spacing w:before="100" w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00F01843"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00F01843"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
-    <w:next w:val="Numreradlista"/>
+    <w:next w:val="ListNumber"/>
     <w:rsid w:val="00F01843"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="357"/>
       </w:tabs>
       <w:spacing w:after="80"/>
       <w:ind w:left="357" w:right="1134" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numreradlista">
+  <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F01843"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kommentarsreferens">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001E58DA"/>
+    <w:rsid w:val="00E22DA1"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarer">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="KommentarerChar"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001E58DA"/>
+    <w:rsid w:val="00E22DA1"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
-[...2 lines deleted...]
-    <w:link w:val="Kommentarer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001E58DA"/>
+    <w:rsid w:val="00E22DA1"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Kommentarer"/>
-[...1 lines deleted...]
-    <w:link w:val="KommentarsmneChar"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001E58DA"/>
+    <w:rsid w:val="00E22DA1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
-[...2 lines deleted...]
-    <w:link w:val="Kommentarsmne"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001E58DA"/>
+    <w:rsid w:val="00E22DA1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
     <w:name w:val="Punktlista numrerad"/>
     <w:qFormat/>
     <w:rsid w:val="0031534E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="357"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:right="868"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E24D66"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C46AF2"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12822,279 +13025,59 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>Dok_med_omslag_sd_red.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6646</Characters>
+  <Pages>1</Pages>
+  <Words>1217</Words>
+  <Characters>6938</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>15</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7521</CharactersWithSpaces>
+  <CharactersWithSpaces>8139</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HLinks>
-[...218 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Influensa, antiviral terapi till vuxna vid SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Anders Bengtsson Lundqvist</lastModifiedBy>
-  <revision>129</revision>
-  <lastPrinted>2016-04-01T04:56:00.0000000Z</lastPrinted>
+  <revision>182</revision>
+  <lastPrinted>2016-04-01T13:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>