--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -8,298 +8,1254 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="061914D4" w14:textId="70F41984" w:rsidR="00184167" w:rsidRPr="006B266D" w:rsidRDefault="0016618F" w:rsidP="006B266D">
+    <w:p w:rsidRPr="006B266D" w:rsidR="00184167" w:rsidP="006B266D" w:rsidRDefault="0016618F" w14:paraId="061914D4" w14:textId="58C967AD">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="0016618F">
-        <w:t>Strålsäkerhetssamordnarens roll</w:t>
+        <w:t xml:space="preserve">Strålsäkerhetssamordnare </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+      <w:r w:rsidR="00CE7B21">
+        <w:t>funktionsbeskrivning</w:t>
+      </w:r>
+      <w:r w:rsidR="00037105">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (SÄS)</w:t>
+        <w:t>SÄS</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="225304D0" w14:textId="32A7C6FA" w:rsidR="00656DCD" w:rsidRPr="006B266D" w:rsidRDefault="00463614" w:rsidP="007155D5">
+    <w:p w:rsidR="002E0E76" w:rsidP="007155D5" w:rsidRDefault="002E0E76" w14:paraId="7CA2DCA7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="240"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00463614">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Dokumentet beskriver de arbetsuppgifter som en strålsäkerhetssamordnare ansvarar för på Södra Älvsborgs sjukhus (SÄS). </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00656DCD" w:rsidRPr="006B266D">
+      </w:pPr>
+      <w:r w:rsidRPr="4BE5C960">
         <w:rPr>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Denna funktionsbeskrivning syftar till att tydliggöra rollens ansvar, befogenheter och arbetsområden på Södra Älvsborgs sjukhus (SÄS) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2768EB" w14:textId="6DA66F8A" w:rsidR="00656DCD" w:rsidRPr="006B266D" w:rsidRDefault="0002586B" w:rsidP="00184167">
-[...112 lines deleted...]
-    <w:p w14:paraId="4CD44239" w14:textId="77777777" w:rsidR="003F59ED" w:rsidRPr="003F59ED" w:rsidRDefault="003F59ED" w:rsidP="003F59ED">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="7710" w:type="dxa"/>
+        <w:tblInd w:w="1185" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2220"/>
+        <w:gridCol w:w="5490"/>
+      </w:tblGrid>
+      <w:tr w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidTr="140F2852" w14:paraId="4E7BA14F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidP="00CE7B21" w:rsidRDefault="00CE7B21" w14:paraId="3C775CD3" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Funktion </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidP="00CE7B21" w:rsidRDefault="00CE7B21" w14:paraId="4A30D581" w14:textId="405D9935">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Stråls</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>äkerhetssamordnare</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidTr="140F2852" w14:paraId="4F4549C4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="750"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidP="00CE7B21" w:rsidRDefault="00CE7B21" w14:paraId="77E83FAB" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Verksamhet/ ansvarsområde </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidP="00CE7B21" w:rsidRDefault="00CE7B21" w14:paraId="23DF7983" w14:textId="120E1330">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0794597D">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>Södra Älvsborgs Sjukhus </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidTr="140F2852" w14:paraId="4F36B51F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="675"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidP="00CE7B21" w:rsidRDefault="00CE7B21" w14:paraId="302BC05E" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rapporterar till </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="008B277C" w:rsidR="009A0E43" w:rsidP="009A0E43" w:rsidRDefault="00CE7B21" w14:paraId="12B604D0" w14:textId="3D662108">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0794597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0794597D" w:rsidR="006015CF">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0794597D" w:rsidR="009A0E43">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>erksamhet</w:t>
+            </w:r>
+            <w:r w:rsidR="000076B4">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>schef</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidP="00CE7B21" w:rsidRDefault="00CE7B21" w14:paraId="197F99A9" w14:textId="6BE34DCA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidTr="140F2852" w14:paraId="5047134A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1080"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidP="00CE7B21" w:rsidRDefault="00CE7B21" w14:paraId="00CF401B" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Underställda befattningar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidP="00CE7B21" w:rsidRDefault="00CE7B21" w14:paraId="29DAF71E" w14:textId="18158B7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="516DEDCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="516DEDCA">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="516DEDCA" w:rsidR="7CFC9EC2">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidTr="140F2852" w14:paraId="68BC27A0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1755"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidP="00CE7B21" w:rsidRDefault="00CE7B21" w14:paraId="51BBD79C" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Huvudsakliga arbetsområden </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00267CEA" w:rsidP="000076B4" w:rsidRDefault="00267CEA" w14:paraId="7A3D00EF" w14:textId="21BC9169">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="516DEDCA">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>samordna strålsäkerhetsarbetet på</w:t>
+            </w:r>
+            <w:r w:rsidRPr="516DEDCA" w:rsidR="5D98EC8B">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="516DEDCA">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kliniken eller enheten</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00267CEA" w:rsidP="000076B4" w:rsidRDefault="00267CEA" w14:paraId="33A97466" w14:textId="585BF1E1">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="516DEDCA">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vara </w:t>
+            </w:r>
+            <w:r w:rsidRPr="516DEDCA" w:rsidR="00696EF7">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>kontaktperson</w:t>
+            </w:r>
+            <w:r w:rsidRPr="516DEDCA">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> för information mellan verksamheten och verksamhetsansvarig sjukhusfysiker </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0027051C" w:rsidR="0027051C" w:rsidP="0027051C" w:rsidRDefault="0027051C" w14:paraId="52300461" w14:textId="77CBD9BE">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0027051C">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vara klinikens/enhetens kontaktperson mot </w:t>
+            </w:r>
+            <w:r w:rsidR="003F3CAF">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">verksamhetsansvarig </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0027051C">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sjukhusfysiker och verksamhetschef i strålningsrelaterade frågor </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0027051C" w:rsidR="0027051C" w:rsidP="0027051C" w:rsidRDefault="0027051C" w14:paraId="1724DEDF" w14:textId="3C6781DD">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0027051C">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">arbeta för att sjukhusövergripande riktlinjer och rutiner är kända och tillämpas samt arbeta fram verksamhetsspecifika rutiner i samarbete med </w:t>
+            </w:r>
+            <w:r w:rsidR="005923FC">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">verksamhetsansvarig </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0027051C">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sjukhusfysiker och radiologisk ledningsfunktion </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E2309D" w:rsidP="0027051C" w:rsidRDefault="0027051C" w14:paraId="204E7EBC" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0027051C">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">följa upp verksamheten och svara för att berörd verksamhet tar fram underlag till strålsäkerhetsbokslutet </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0027051C" w:rsidR="0027051C" w:rsidP="0027051C" w:rsidRDefault="00496C47" w14:paraId="7C86DE7C" w14:textId="1D45033A">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0027051C" w:rsidR="0027051C">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">amordnaren ska ihop med verksamhetschef och verksamhetsansvarig sjukhusfysiker tillse att Klinikens genomgång av strålsäkerheten genomförs med relevanta underlag      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00AB4CBC" w:rsidR="00CE7B21" w:rsidP="00AB4CBC" w:rsidRDefault="0027051C" w14:paraId="2382B73B" w14:textId="3E690C06">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="516DEDCA">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vid kliniker där </w:t>
+            </w:r>
+            <w:r w:rsidRPr="516DEDCA" w:rsidR="00E2309D">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>strålsäkerhet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="516DEDCA" w:rsidR="00BB6FA0">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="516DEDCA">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ombud inte utsetts, ska samordnaren </w:t>
+            </w:r>
+            <w:r w:rsidRPr="516DEDCA" w:rsidR="1D8E1C4F">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>tillse att dessa uppgifter utförs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="516DEDCA" w:rsidR="31EA2744">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> av annan utsedd </w:t>
+            </w:r>
+            <w:r w:rsidRPr="516DEDCA" w:rsidR="00AB4CBC">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>funktion</w:t>
+            </w:r>
+            <w:r w:rsidRPr="516DEDCA" w:rsidR="31EA2744">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidTr="140F2852" w14:paraId="789074F7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1755"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidP="00CE7B21" w:rsidRDefault="00CE7B21" w14:paraId="1549131F" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ansvar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003E00C0" w:rsidR="00CE7B21" w:rsidP="00AB4CBC" w:rsidRDefault="00E9344D" w14:paraId="2FA7A08A" w14:textId="7EE4FDD3">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E00C0">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>ha god kännedom om verksamheten</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E00C0" w:rsidR="004047EB">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F613C" w:rsidR="00A23F7A">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+              </w:rPr>
+              <w:t>innehåll och omfattning avseende dess användning av joniserande strålning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00E9344D" w:rsidR="00E9344D" w:rsidP="003E00C0" w:rsidRDefault="00E9344D" w14:paraId="5DA75C65" w14:textId="4CC68DD2">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E00C0">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>vara väl förtrogen med styrdokument inom ämnesområdet och vara insatt i verksamhetens ledningssystem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidTr="140F2852" w14:paraId="099404FC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1755"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidP="00CE7B21" w:rsidRDefault="00CE7B21" w14:paraId="58E4259C" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Befogenheter </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00496C47" w:rsidR="00E9344D" w:rsidP="003E00C0" w:rsidRDefault="00B91C04" w14:paraId="2E3D87EB" w14:textId="4CBF85A1">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E00C0">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>mandat att tillse att resurser avsätts för strålsäkerhetsarbetet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidTr="140F2852" w14:paraId="0634D9CD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1755"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidP="00CE7B21" w:rsidRDefault="00CE7B21" w14:paraId="0E8FFD62" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Utbildning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE7B21">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00A545FA" w:rsidR="00C93AAC" w:rsidP="00C93AAC" w:rsidRDefault="00C93AAC" w14:paraId="5F5745E5" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A545FA">
+              <w:t>K</w:t>
+            </w:r>
+            <w:r>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A545FA">
+              <w:t>mpetenskrav och utbildningsnivå beslutas av verksamhetschef</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00CE7B21" w:rsidR="00CE7B21" w:rsidP="00CE7B21" w:rsidRDefault="00CE7B21" w14:paraId="44F8572B" w14:textId="6642B5B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidRPr="003F59ED" w:rsidR="003F59ED" w:rsidP="003F59ED" w:rsidRDefault="003F59ED" w14:paraId="4CD44239" w14:textId="34C290D5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="003F59ED">
         <w:t>Dokumentinformation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05FD51E3" w14:textId="77777777" w:rsidR="003F59ED" w:rsidRPr="003F59ED" w:rsidRDefault="003F59ED" w:rsidP="003F59ED">
+    <w:p w:rsidRPr="003F59ED" w:rsidR="003F59ED" w:rsidP="003F59ED" w:rsidRDefault="003F59ED" w14:paraId="05FD51E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003F59ED">
         <w:t>Innehållsansvariga </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="623B2863" w14:textId="77777777" w:rsidR="003F59ED" w:rsidRPr="003F59ED" w:rsidRDefault="003F59ED" w:rsidP="003F59ED">
+    <w:p w:rsidRPr="003F59ED" w:rsidR="003F59ED" w:rsidP="003F59ED" w:rsidRDefault="003F59ED" w14:paraId="623B2863" w14:textId="77777777">
       <w:r w:rsidRPr="003F59ED">
         <w:t>Markus Håkansson, strålsäkerhetsstrateg, SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12893D47" w14:textId="77777777" w:rsidR="003F59ED" w:rsidRPr="003F59ED" w:rsidRDefault="003F59ED" w:rsidP="003F59ED">
+    <w:p w:rsidRPr="003F59ED" w:rsidR="003F59ED" w:rsidP="003F59ED" w:rsidRDefault="003F59ED" w14:paraId="12893D47" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003F59ED">
         <w:t>Remissinstanser </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36008211" w14:textId="77777777" w:rsidR="003F59ED" w:rsidRPr="003F59ED" w:rsidRDefault="003F59ED" w:rsidP="003F59ED">
+    <w:p w:rsidRPr="003F59ED" w:rsidR="003F59ED" w:rsidP="003F59ED" w:rsidRDefault="003F59ED" w14:paraId="36008211" w14:textId="77777777">
       <w:r w:rsidRPr="003F59ED">
         <w:t>Medicinsk beredningsgrupp </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C8AA5A2" w14:textId="77777777" w:rsidR="003F59ED" w:rsidRPr="003F59ED" w:rsidRDefault="003F59ED" w:rsidP="003F59ED">
+    <w:p w:rsidRPr="003F59ED" w:rsidR="003F59ED" w:rsidP="003F59ED" w:rsidRDefault="003F59ED" w14:paraId="4C8AA5A2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003F59ED">
         <w:t>Fastställt av </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E01216C" w14:textId="77777777" w:rsidR="003F59ED" w:rsidRPr="003F59ED" w:rsidRDefault="003F59ED" w:rsidP="003F59ED">
+    <w:p w:rsidRPr="003F59ED" w:rsidR="003F59ED" w:rsidP="003F59ED" w:rsidRDefault="003F59ED" w14:paraId="7E01216C" w14:textId="77777777">
       <w:r w:rsidRPr="003F59ED">
         <w:t>Henrik Hermansson, administrativ chef, SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6C29D1" w14:textId="77777777" w:rsidR="003F59ED" w:rsidRPr="003F59ED" w:rsidRDefault="003F59ED" w:rsidP="003F59ED">
+    <w:p w:rsidRPr="003F59ED" w:rsidR="003F59ED" w:rsidP="003F59ED" w:rsidRDefault="003F59ED" w14:paraId="0C6C29D1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003F59ED">
         <w:t>Nyckelord </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C8CFAE3" w14:textId="77777777" w:rsidR="003F59ED" w:rsidRPr="003F59ED" w:rsidRDefault="003F59ED" w:rsidP="003F59ED">
+    <w:p w:rsidRPr="003F59ED" w:rsidR="003F59ED" w:rsidP="003F59ED" w:rsidRDefault="003F59ED" w14:paraId="2C8CFAE3" w14:textId="06F4CD80">
       <w:r w:rsidRPr="003F59ED">
-        <w:t>Strålsäkerhet, organisation, strålning, samordnare, ansvarsfördelning, ansvar </w:t>
+        <w:t>Strålsäkerhet, organisation, strålning,</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0FDF">
+        <w:t xml:space="preserve"> funktion,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F59ED">
+        <w:t xml:space="preserve"> samordnare, ansvarsfördelning, ansvar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59463B58" w14:textId="77777777" w:rsidR="00656CB2" w:rsidRPr="00B67EBB" w:rsidRDefault="00656CB2" w:rsidP="00B67EBB"/>
-    <w:sectPr w:rsidR="00656CB2" w:rsidRPr="00B67EBB" w:rsidSect="00330F6A">
+    <w:p w:rsidRPr="00B67EBB" w:rsidR="00656CB2" w:rsidP="00B67EBB" w:rsidRDefault="00656CB2" w14:paraId="59463B58" w14:textId="77777777"/>
+    <w:sectPr w:rsidRPr="00B67EBB" w:rsidR="00656CB2" w:rsidSect="00330F6A">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="019412BC" w14:textId="77777777" w:rsidR="000F476B" w:rsidRDefault="000F476B">
+    <w:p w:rsidR="00382BC3" w:rsidRDefault="00382BC3" w14:paraId="672DF257" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0422DFB4" w14:textId="77777777" w:rsidR="000F476B" w:rsidRDefault="000F476B">
+    <w:p w:rsidR="00382BC3" w:rsidRDefault="00382BC3" w14:paraId="4BE552B1" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3DC5BAFE" w14:textId="77777777" w:rsidR="000F476B" w:rsidRDefault="000F476B">
+    <w:p w:rsidR="00382BC3" w:rsidRDefault="00382BC3" w14:paraId="64D845FF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -361,239 +1317,245 @@
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+  <w:p w:rsidRPr="00EF64E0" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00000000" w14:paraId="47BD2091" w14:textId="0983A8E9">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00A65FD4">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EF64E0">
+        <w:r w:rsidRPr="00EF64E0" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EF64E0">
+        <w:r w:rsidRPr="00EF64E0" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EF64E0">
+        <w:r w:rsidRPr="00EF64E0" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EF64E0">
+        <w:r w:rsidRPr="00EF64E0" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EF64E0">
+        <w:r w:rsidRPr="00EF64E0" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
+    <w:r w:rsidRPr="00EF64E0" w:rsidR="005E541E">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
+    <w:r w:rsidRPr="00EF64E0" w:rsidR="005E541E">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
+    <w:r w:rsidRPr="00EF64E0" w:rsidR="005E541E">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
+    <w:r w:rsidRPr="00EF64E0" w:rsidR="005E541E">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
+    <w:r w:rsidRPr="00EF64E0" w:rsidR="005E541E">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
+    <w:r w:rsidRPr="00EF64E0" w:rsidR="005E541E">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
+    <w:r w:rsidRPr="00EF64E0" w:rsidR="005E541E">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="18B43FB5">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1330CEF9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -634,3659 +1596,5023 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FE53FB4" w14:textId="77777777" w:rsidR="000F476B" w:rsidRDefault="000F476B"/>
+    <w:p w:rsidR="00382BC3" w:rsidRDefault="00382BC3" w14:paraId="24147D5E" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A3ECB30" w14:textId="77777777" w:rsidR="000F476B" w:rsidRDefault="000F476B">
+    <w:p w:rsidR="00382BC3" w:rsidRDefault="00382BC3" w14:paraId="286AAF64" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="66F17A2E" w14:textId="77777777" w:rsidR="000F476B" w:rsidRDefault="000F476B">
+    <w:p w:rsidR="00382BC3" w:rsidRDefault="00382BC3" w14:paraId="20A644F3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="788FEAC4" w14:textId="7FCD22BD" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="005E541E" w:rsidP="005E541E" w:rsidRDefault="005E541E" w14:paraId="788FEAC4" w14:textId="7FCD22BD">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="376BA92B" wp14:editId="7BBAB39A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-66040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="03A8AA0A" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
+                        <w:p w:rsidR="005E541E" w:rsidP="005E541E" w:rsidRDefault="005E541E" w14:paraId="03A8AA0A" w14:textId="77777777">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="376BA92B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="376BA92B">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251675649;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251675649;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="03A8AA0A" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
+                  <w:p w:rsidR="005E541E" w:rsidP="005E541E" w:rsidRDefault="005E541E" w14:paraId="03A8AA0A" w14:textId="77777777">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="3C063CDC"/>
+    <w:tmpl w:val="438CBCB0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14077A1C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8CC49BAE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23E366F3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8CCCF098"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26F53094"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D082A2A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27D00114"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="30EA0FD2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F463EA2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="02108046"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="329255E2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="74289CF8"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40E30CD0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8B0A80B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B054B89"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F6E8B2D6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B411B26"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A20A8DE"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EF060F9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E77E9294"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60AE3F33"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C344E98"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68DD43FA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0A20AC80"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D9A76E5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0330C748"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D25575A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7C4BA0E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="555165083">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="77752350">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="907374553">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1816144419">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1010715744">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="82379985">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="32001010">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="800811010">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1918400350">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1120104860">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="789979897">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1611665312">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1657802124">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1621447758">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1621447758">
+  <w:num w:numId="15" w16cid:durableId="771632992">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1513834274">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="249698029">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1007949876">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="532377923">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1438403758">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="930048604">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="771632992">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="22" w16cid:durableId="506601547">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1513834274">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="23" w16cid:durableId="1675766875">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="249698029">
+  <w:num w:numId="24" w16cid:durableId="1357999435">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1716587335">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1007949876">
+  <w:num w:numId="26" w16cid:durableId="239994522">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="375353700">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="532377923">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="28" w16cid:durableId="426772842">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1438403758">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="29" w16cid:durableId="1279331514">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="930048604">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="30" w16cid:durableId="808129154">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="506601547">
+  <w:num w:numId="31" w16cid:durableId="1020427403">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="896356598">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="27292540">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1675766875">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="34" w16cid:durableId="1125658054">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1134252034">
+    <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="000042CD"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
+    <w:rsid w:val="000076B4"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00022123"/>
     <w:rsid w:val="0002327F"/>
     <w:rsid w:val="0002586B"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00037105"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="0007506E"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F476B"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00134541"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00136321"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00160370"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="0016618F"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B7808"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D0FDF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00253BA2"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00267CEA"/>
+    <w:rsid w:val="0027051C"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
+    <w:rsid w:val="002E0E76"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="003235DA"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00332AC2"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="003719F4"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="00382BC3"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="003951AD"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
+    <w:rsid w:val="003E00C0"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F3CAF"/>
     <w:rsid w:val="003F59ED"/>
+    <w:rsid w:val="004047EB"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00463614"/>
     <w:rsid w:val="004641AE"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004746CA"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00494D07"/>
+    <w:rsid w:val="00496C47"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B674A"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057203B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00585113"/>
+    <w:rsid w:val="005923FC"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
+    <w:rsid w:val="005A55C9"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E541E"/>
+    <w:rsid w:val="006015CF"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00624BE5"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006311A0"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656CB2"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672129"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006769DA"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00691BF3"/>
+    <w:rsid w:val="00696EF7"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B266D"/>
     <w:rsid w:val="006B5ED4"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D1252"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E6A7A"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007064C6"/>
+    <w:rsid w:val="00707DD6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A16B5"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00801463"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008B277C"/>
     <w:rsid w:val="008B5735"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E1A35"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
+    <w:rsid w:val="008E6959"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="008F6497"/>
+    <w:rsid w:val="008F6636"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00941671"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00953B98"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00994222"/>
+    <w:rsid w:val="009A0E43"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B4EC6"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="009F53B3"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A23F7A"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A37634"/>
+    <w:rsid w:val="00A405EA"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A8386A"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB2A97"/>
+    <w:rsid w:val="00AB4CBC"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B67EBB"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
+    <w:rsid w:val="00B91C04"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
+    <w:rsid w:val="00BB6FA0"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C76B6E"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C91BCB"/>
+    <w:rsid w:val="00C93AAC"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4B53"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CE7B21"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D37666"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D75A57"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E2309D"/>
     <w:rsid w:val="00E30BE5"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E9344D"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC1C1B"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF64E0"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F9346E"/>
+    <w:rsid w:val="00FA7F4E"/>
+    <w:rsid w:val="00FB29CF"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC41E1"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
+    <w:rsid w:val="00FD54E7"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0794597D"/>
+    <w:rsid w:val="0DAAA0F8"/>
+    <w:rsid w:val="140F2852"/>
     <w:rsid w:val="1492EC97"/>
+    <w:rsid w:val="1D8E1C4F"/>
+    <w:rsid w:val="31EA2744"/>
+    <w:rsid w:val="36E5B7A4"/>
+    <w:rsid w:val="3D6496C6"/>
+    <w:rsid w:val="4BE5C960"/>
+    <w:rsid w:val="516DEDCA"/>
+    <w:rsid w:val="561A64DF"/>
+    <w:rsid w:val="5D98EC8B"/>
+    <w:rsid w:val="5E30CC1F"/>
     <w:rsid w:val="61002560"/>
+    <w:rsid w:val="64772799"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="757876E9"/>
+    <w:rsid w:val="7CFC9EC2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4311,75 +6637,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -4414,57 +6740,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -4522,702 +6848,702 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF64E0"/>
+    <w:rsid w:val="008B277C"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00494D07"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00134541"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00134541"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00494D07"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00134541"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00134541"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="UnderrubrikVGR" w:customStyle="1">
     <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="004641AE"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+  <w:style w:type="character" w:styleId="UnderrubrikVGRChar" w:customStyle="1">
     <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="004641AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -5281,609 +7607,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00134541"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004641AE"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -5892,94 +8218,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -5988,496 +8314,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -6544,159 +8870,164 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="004641AE"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="004641AE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00994222"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00994222"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00994222"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00994222"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00994222"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00A23F7A"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="38239348">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1872960933">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
@@ -6981,50 +9312,553 @@
           </w:divBdr>
         </w:div>
         <w:div w:id="1500542729">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1090077763">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1915818567">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="233325159">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="883102044">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1936937076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="109593694">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="942499991">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="159736246">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="85197642">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="517890061">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1531651075">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1221139957">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="832598992">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="232082959">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1314289085">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="297691562">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="453409911">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="113908285">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1241449150">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="195705385">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1566573063">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="867521552">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1308970976">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1684670979">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1528712764">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1699232107">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1145318525">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1118792003">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1548643907">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1358237788">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="743793533">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1828202914">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="853225355">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1349452557">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1391808758">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="502210708">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1335720076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="44716914">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="494994799">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1068311448">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
@@ -7318,59 +10152,52 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...18 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Strålsäkerhetssamordnarens roll (SÄS)</dc:title>
+  <dc:title>Strålsäkerhetssamordnare funktionsbeskrivning, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>2</revision>
+  <lastModifiedBy>Linda Kjellqvist</lastModifiedBy>
+  <revision>6</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>