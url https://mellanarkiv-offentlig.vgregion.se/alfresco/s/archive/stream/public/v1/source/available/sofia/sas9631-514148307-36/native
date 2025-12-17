--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -8,399 +8,1093 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="061914D4" w14:textId="242FD839" w:rsidR="00184167" w:rsidRPr="006B266D" w:rsidRDefault="0020024B" w:rsidP="006B266D">
+    <w:p w14:paraId="061914D4" w14:textId="589DFDEE" w:rsidR="00184167" w:rsidRPr="006B266D" w:rsidRDefault="0020024B" w:rsidP="006B266D">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk213847858"/>
       <w:r w:rsidRPr="0020024B">
-        <w:t xml:space="preserve">Strålsäkerhetsombudets </w:t>
+        <w:t>Strålsäkerhetsombud</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:r w:rsidR="00167190">
+        <w:t xml:space="preserve"> funktionsbeskrivning</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Toc321146591"/>
+      <w:r w:rsidR="004041A9">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r>
-        <w:t>roll (SÄS)</w:t>
+        <w:t>SÄS</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="225304D0" w14:textId="7BA5977B" w:rsidR="00656DCD" w:rsidRPr="006B266D" w:rsidRDefault="009D7CAA" w:rsidP="007155D5">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="5F85082C" w14:textId="1EB79852" w:rsidR="00FE3DDF" w:rsidRDefault="00FE3DDF" w:rsidP="007155D5">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Denna funktionsbeskrivning syftar till att tydliggöra rollens ansvar, befogenheter och arbetsområden på Södra Älvsborgs sjukhus (SÄS)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E12A3C5" w14:textId="758DBD6C" w:rsidR="00D7001B" w:rsidRPr="00D7001B" w:rsidRDefault="00167190" w:rsidP="00D7001B">
+      <w:r w:rsidRPr="00424DC9">
+        <w:t>Strålsäkerhetsombudets roll ska vara tydlig och i paritet med verksamhetens behov. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7001B" w:rsidRPr="00D7001B">
+        <w:t>Det finns verksamheter som använder joniserande strålning av sådan karaktär att strålsäkerhetsombud inte är nödvändiga. Detta ska framgå av verksamhetens ledningssystem. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="7695" w:type="dxa"/>
+        <w:tblInd w:w="1185" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2205"/>
+        <w:gridCol w:w="5490"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w14:paraId="683A6662" w14:textId="77777777" w:rsidTr="29C93975">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2205" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4612FE9D" w14:textId="77777777" w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w:rsidRDefault="00DC43F6" w:rsidP="00DC43F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Funktion </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61BE9A82" w14:textId="3505B469" w:rsidR="00DC43F6" w:rsidRPr="00D208D4" w:rsidRDefault="00DC43F6" w:rsidP="00DC43F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D208D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D208D4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Strålsäkerhetsombud </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w14:paraId="2873DBB1" w14:textId="77777777" w:rsidTr="29C93975">
+        <w:trPr>
+          <w:trHeight w:val="750"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2205" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2376B2CB" w14:textId="77777777" w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w:rsidRDefault="00DC43F6" w:rsidP="00DC43F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Verksamhet/ ansvarsområde </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB5CC85" w14:textId="40236F53" w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w:rsidRDefault="00DC43F6" w:rsidP="00DC43F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="05E9BD62">
+              <w:rPr>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>Södra Älvsborgs Sjukhus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="05E9BD62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w14:paraId="22F88979" w14:textId="77777777" w:rsidTr="29C93975">
+        <w:trPr>
+          <w:trHeight w:val="675"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2205" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FBFD2D0" w14:textId="77777777" w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w:rsidRDefault="00DC43F6" w:rsidP="00DC43F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rapporterar till </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D077AA2" w14:textId="4FC5FB94" w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w:rsidRDefault="61668B9E" w:rsidP="00DC43F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="29C93975">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>Verksamhetens chefer på det sätt verksamheten beslutar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w14:paraId="4B6A6897" w14:textId="77777777" w:rsidTr="29C93975">
+        <w:trPr>
+          <w:trHeight w:val="1080"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2205" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33BE9ABC" w14:textId="77777777" w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w:rsidRDefault="00DC43F6" w:rsidP="00DC43F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Underställda befattningar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3242E57B" w14:textId="104DE77D" w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w:rsidRDefault="00DC43F6" w:rsidP="00DC43F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="29C93975">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="076A6DA7" w:rsidRPr="29C93975">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w14:paraId="4E42236C" w14:textId="77777777" w:rsidTr="29C93975">
+        <w:trPr>
+          <w:trHeight w:val="1755"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2205" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3B3894" w14:textId="77777777" w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w:rsidRDefault="00DC43F6" w:rsidP="00DC43F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Huvudsakliga arbetsområden </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1E0AC4" w14:textId="4E9DB1A3" w:rsidR="004F613C" w:rsidRPr="004F613C" w:rsidRDefault="004F613C" w:rsidP="004041A9">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="35"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F613C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">utföra praktiska uppgifter inom </w:t>
+            </w:r>
+            <w:r w:rsidR="29F0A4AD" w:rsidRPr="004F613C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">strålsäkerhetsarbetet i </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F613C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">den egna verksamheten </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05A79540" w14:textId="04CAD180" w:rsidR="004F613C" w:rsidRDefault="00D56C5D" w:rsidP="004041A9">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="35"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>ha god kännedom om</w:t>
+            </w:r>
+            <w:r w:rsidR="004F613C" w:rsidRPr="004F613C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> verksamhetens </w:t>
+            </w:r>
+            <w:r w:rsidR="580E8FD4" w:rsidRPr="004F613C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>innehåll</w:t>
+            </w:r>
+            <w:r w:rsidR="004F613C" w:rsidRPr="004F613C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och omfattning</w:t>
+            </w:r>
+            <w:r w:rsidR="3384B348" w:rsidRPr="004F613C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> avseende dess användning av joniserande strålning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14F9CD35" w14:textId="3B9455FF" w:rsidR="00DC43F6" w:rsidRPr="00225186" w:rsidRDefault="004F613C" w:rsidP="004041A9">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="35"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>delta på klinikens genomgång</w:t>
+            </w:r>
+            <w:r w:rsidR="5451704D">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> av ledningssystemet för strålsäkerhet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w14:paraId="45B0A8E7" w14:textId="77777777" w:rsidTr="29C93975">
+        <w:trPr>
+          <w:trHeight w:val="1755"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2205" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A55D6C6" w14:textId="77777777" w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w:rsidRDefault="00DC43F6" w:rsidP="00DC43F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ansvar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DFD8013" w14:textId="0320970E" w:rsidR="51F602FC" w:rsidRDefault="001E7717" w:rsidP="001E7717">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="51F602FC">
+              <w:t>tföra tilldelade uppgifter inom strålsäkerhetsarbetet</w:t>
+            </w:r>
+            <w:r w:rsidR="5ED79398">
+              <w:t xml:space="preserve"> (ex. Kontroll av strålskyddshjälpmedel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49E41DC3" w14:textId="4DB9BE0C" w:rsidR="51F602FC" w:rsidRDefault="001E7717" w:rsidP="001E7717">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="51F602FC">
+              <w:t xml:space="preserve">apportera behov av åtgärder för </w:t>
+            </w:r>
+            <w:r w:rsidR="13FDEC73">
+              <w:t xml:space="preserve">att förbättra </w:t>
+            </w:r>
+            <w:r w:rsidR="51F602FC">
+              <w:t>det praktiska strålsäkerhetsarbetet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08BFEB40" w14:textId="08AAD53C" w:rsidR="00DC43F6" w:rsidRPr="005F4D33" w:rsidRDefault="001E7717" w:rsidP="001E7717">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="008C610F">
+              <w:t>apportera in relevant information till klinikens genomgång</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w14:paraId="2F406A01" w14:textId="77777777" w:rsidTr="29C93975">
+        <w:trPr>
+          <w:trHeight w:val="1755"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2205" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="254C77AB" w14:textId="77777777" w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w:rsidRDefault="00DC43F6" w:rsidP="00DC43F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Befogenheter </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0197951F" w14:textId="23F20CBD" w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w:rsidRDefault="4494D9CD" w:rsidP="29C93975">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A545FA">
+              <w:t>Beslutas av verksamhetschef</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w14:paraId="2171B5E6" w14:textId="77777777" w:rsidTr="29C93975">
+        <w:trPr>
+          <w:trHeight w:val="1755"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2205" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="552F747E" w14:textId="77777777" w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w:rsidRDefault="00DC43F6" w:rsidP="00DC43F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Utbildning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC43F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D2D325" w14:textId="63BA0531" w:rsidR="00DC43F6" w:rsidRPr="00A545FA" w:rsidRDefault="7AFE066B" w:rsidP="29C93975">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A545FA">
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidR="00A545FA">
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A545FA">
+              <w:t xml:space="preserve">mpetenskrav och </w:t>
+            </w:r>
+            <w:r w:rsidR="00A545FA" w:rsidRPr="00A545FA">
+              <w:t>utbildningsnivå</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A545FA">
+              <w:t xml:space="preserve"> beslutas av verksamhetschef</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1894D9BC" w14:textId="157936AF" w:rsidR="00DC43F6" w:rsidRPr="00DC43F6" w:rsidRDefault="00DC43F6" w:rsidP="00DC43F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0C57ACE6" w14:textId="77777777" w:rsidR="00FE3DDF" w:rsidRDefault="00FE3DDF" w:rsidP="007155D5">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D7CAA">
-[...20 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7C2768EB" w14:textId="468B021C" w:rsidR="00656DCD" w:rsidRPr="006B266D" w:rsidRDefault="00424DC9" w:rsidP="00184167">
-[...4 lines deleted...]
-    <w:p w14:paraId="1B9446C1" w14:textId="4F3ED5D3" w:rsidR="007155D5" w:rsidRDefault="00424DC9" w:rsidP="00EF64E0">
+    <w:p w14:paraId="19601C6D" w14:textId="77777777" w:rsidR="00716D0B" w:rsidRPr="00716D0B" w:rsidRDefault="00716D0B" w:rsidP="00CA6A3B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:r>
-[...200 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00716D0B">
-        <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="172F4DF4" w14:textId="77777777" w:rsidR="00716D0B" w:rsidRPr="00716D0B" w:rsidRDefault="00716D0B" w:rsidP="00716D0B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00716D0B">
         <w:t>För innehållet svarar </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCE40A4" w14:textId="77777777" w:rsidR="00716D0B" w:rsidRPr="00716D0B" w:rsidRDefault="00716D0B" w:rsidP="00716D0B">
       <w:r w:rsidRPr="00716D0B">
         <w:t>Markus Håkansson, strålsäkerhetsstrateg, SÄS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F92937E" w14:textId="77777777" w:rsidR="00716D0B" w:rsidRPr="00716D0B" w:rsidRDefault="00716D0B" w:rsidP="00716D0B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00716D0B">
         <w:t>Remissinstanser </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1531204B" w14:textId="77777777" w:rsidR="00716D0B" w:rsidRPr="00716D0B" w:rsidRDefault="00716D0B" w:rsidP="00716D0B">
       <w:r w:rsidRPr="00716D0B">
         <w:t>Medicinsk beredningsgrupp </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18B096B8" w14:textId="77777777" w:rsidR="00716D0B" w:rsidRPr="00716D0B" w:rsidRDefault="00716D0B" w:rsidP="00716D0B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00716D0B">
         <w:t>Fastställt av </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4992D088" w14:textId="77777777" w:rsidR="00716D0B" w:rsidRPr="00716D0B" w:rsidRDefault="00716D0B" w:rsidP="00716D0B">
       <w:r w:rsidRPr="00716D0B">
         <w:t>Henrik Hermansson, administrativ chef, SÄS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2056DA62" w14:textId="77777777" w:rsidR="00716D0B" w:rsidRPr="00716D0B" w:rsidRDefault="00716D0B" w:rsidP="00716D0B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00716D0B">
         <w:t>Nyckelord </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F04A76F" w14:textId="77777777" w:rsidR="00716D0B" w:rsidRPr="00716D0B" w:rsidRDefault="00716D0B" w:rsidP="00716D0B">
+    <w:p w14:paraId="3F04A76F" w14:textId="1AA5B254" w:rsidR="00716D0B" w:rsidRPr="00716D0B" w:rsidRDefault="00716D0B" w:rsidP="00716D0B">
       <w:r w:rsidRPr="00716D0B">
-        <w:t>Strålsäkerhet, organisation, strålning, ombud, ansvarsfördelning, ansvar </w:t>
+        <w:t>Strålsäkerhet, organisation, strålning,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6A3B">
+        <w:t xml:space="preserve"> funktion,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00716D0B">
+        <w:t xml:space="preserve"> ombud, ansvarsfördelning, ansvar </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DAB6E25" w14:textId="77777777" w:rsidR="00B1758B" w:rsidRPr="00B1758B" w:rsidRDefault="00B1758B" w:rsidP="00B1758B"/>
     <w:sectPr w:rsidR="00B1758B" w:rsidRPr="00B1758B" w:rsidSect="00330F6A">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16C8B100" w14:textId="77777777" w:rsidR="00D648F8" w:rsidRDefault="00D648F8">
+    <w:p w14:paraId="52B25C9A" w14:textId="77777777" w:rsidR="00092E3F" w:rsidRDefault="00092E3F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="725F6E05" w14:textId="77777777" w:rsidR="00D648F8" w:rsidRDefault="00D648F8">
+    <w:p w14:paraId="0F9DE031" w14:textId="77777777" w:rsidR="00092E3F" w:rsidRDefault="00092E3F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="499C1300" w14:textId="77777777" w:rsidR="00D648F8" w:rsidRDefault="00D648F8">
+    <w:p w14:paraId="5B64DF54" w14:textId="77777777" w:rsidR="00092E3F" w:rsidRDefault="00092E3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -454,67 +1148,58 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -668,51 +1353,51 @@
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1330CEF9">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1330CEF9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="4" name="Bildobjekt 4">
@@ -742,85 +1427,85 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03F3BB9B" w14:textId="77777777" w:rsidR="00D648F8" w:rsidRDefault="00D648F8"/>
+    <w:p w14:paraId="5F74AB65" w14:textId="77777777" w:rsidR="00092E3F" w:rsidRDefault="00092E3F"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D6B35D6" w14:textId="77777777" w:rsidR="00D648F8" w:rsidRDefault="00D648F8">
+    <w:p w14:paraId="498C540A" w14:textId="77777777" w:rsidR="00092E3F" w:rsidRDefault="00092E3F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="31562E46" w14:textId="77777777" w:rsidR="00D648F8" w:rsidRDefault="00D648F8">
+    <w:p w14:paraId="14478D72" w14:textId="77777777" w:rsidR="00092E3F" w:rsidRDefault="00092E3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -850,100 +1535,100 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="788FEAC4" w14:textId="7FCD22BD" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="376BA92B" wp14:editId="7BBAB39A">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="376BA92B" wp14:editId="7BBAB39A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-66040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -976,51 +1661,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="376BA92B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251675649;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="03A8AA0A" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
@@ -1173,50 +1858,199 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01373BFA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="378A30C4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -1285,51 +2119,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1398,51 +2232,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08960EC1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6D6C495E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1547,51 +2381,313 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10176823"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C510A11E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11C43E5C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2EF6FF34"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -1660,51 +2756,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1773,51 +2869,200 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1493061C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="03588ED6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1887,51 +3132,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2000,51 +3245,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D8F336A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3ED02082"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2149,51 +3394,164 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="261F3331"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="690C7FB2"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A3B4C1F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E72411B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2298,51 +3656,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DCC2FC6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="07EE7A94"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2447,51 +3805,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2587,51 +3945,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2701,51 +4059,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F514A0B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A08A8044"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2850,51 +4208,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2963,51 +4321,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3104,51 +4462,349 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42627061"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="02F483AC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="444605F9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B5587820"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3217,51 +4873,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3331,51 +4987,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3444,51 +5100,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="589F2621"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E67498A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3593,51 +5249,462 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="632E29BC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="85024538"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="671F64C3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8C368CB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F027CE7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DB60AED0"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -3706,51 +5773,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="753C4299"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="32707690"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3819,51 +5999,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3933,383 +6113,429 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="555165083">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="77752350">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="907374553">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1816144419">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1010715744">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="82379985">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="32001010">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="82379985">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="8" w16cid:durableId="800811010">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1918400350">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1120104860">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="789979897">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1611665312">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1657802124">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1621447758">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="771632992">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1513834274">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="249698029">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1007949876">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="532377923">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="71584828">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="496463279">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="116609436">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1657802124">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="23" w16cid:durableId="1273392525">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1621447758">
+  <w:num w:numId="24" w16cid:durableId="280579501">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1128358520">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="771632992">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="26" w16cid:durableId="2112318709">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1513834274">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="27" w16cid:durableId="1951085570">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="249698029">
+  <w:num w:numId="28" w16cid:durableId="282466581">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="418065993">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1899319092">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="506215456">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="538711581">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1651520394">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="2075465669">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1007949876">
-[...8 lines deleted...]
-  <w:num w:numId="21" w16cid:durableId="496463279">
+  <w:num w:numId="35" w16cid:durableId="788360897">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="116609436">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="36" w16cid:durableId="660037911">
+    <w:abstractNumId w:val="30"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="00003D2D"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002327F"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="000427DF"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="000644F5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="00092E3F"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
+    <w:rsid w:val="00101114"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00134541"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00136321"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00160370"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="00167190"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A0B9F"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B7808"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001E7717"/>
+    <w:rsid w:val="001F5D97"/>
     <w:rsid w:val="0020024B"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="00225186"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00253BA2"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00326D52"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
+    <w:rsid w:val="003670B7"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
+    <w:rsid w:val="0039662B"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="004041A9"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="00424DC9"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="004641AE"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004746CA"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="00483CD1"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="00487C5F"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00494D07"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B3C2B"/>
     <w:rsid w:val="004B674A"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="004F613C"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057203B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E022C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E541E"/>
+    <w:rsid w:val="005F4D33"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006311A0"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672129"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006769DA"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00691BF3"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B266D"/>
     <w:rsid w:val="006B5ED4"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
+    <w:rsid w:val="006C6B5C"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D1252"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D5A3B"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007064C6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="00716D0B"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
@@ -4322,261 +6548,307 @@
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E7F20"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00801463"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B5735"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C610F"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E1A35"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
+    <w:rsid w:val="008E6959"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
+    <w:rsid w:val="0091608E"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00953B98"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00966F11"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B4EC6"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009D7CAA"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E5252"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F2C97"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A37634"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
+    <w:rsid w:val="00A545FA"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A8386A"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B1758B"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
+    <w:rsid w:val="00C46444"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C75ECB"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C91BCB"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
+    <w:rsid w:val="00CA6A3B"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4B53"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D06E95"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D208D4"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D56C5D"/>
     <w:rsid w:val="00D648F8"/>
+    <w:rsid w:val="00D7001B"/>
     <w:rsid w:val="00D75A57"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DC43F6"/>
     <w:rsid w:val="00DD003A"/>
+    <w:rsid w:val="00DD0102"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
+    <w:rsid w:val="00EB7AC6"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC1C1B"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF64E0"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F95EF8"/>
+    <w:rsid w:val="00FB29CF"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FB7036"/>
     <w:rsid w:val="00FC41E1"/>
     <w:rsid w:val="00FC4F36"/>
+    <w:rsid w:val="00FC5F37"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE3DDF"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="05E9BD62"/>
+    <w:rsid w:val="063F0BCC"/>
+    <w:rsid w:val="076A6DA7"/>
     <w:rsid w:val="091BA4D0"/>
+    <w:rsid w:val="13FDEC73"/>
     <w:rsid w:val="1492EC97"/>
+    <w:rsid w:val="26A65F28"/>
+    <w:rsid w:val="28E85FB7"/>
+    <w:rsid w:val="29C93975"/>
+    <w:rsid w:val="29F0A4AD"/>
+    <w:rsid w:val="3384B348"/>
+    <w:rsid w:val="37954D5A"/>
+    <w:rsid w:val="3BEFE912"/>
+    <w:rsid w:val="3FB07F7A"/>
+    <w:rsid w:val="40E8D257"/>
+    <w:rsid w:val="4494D9CD"/>
+    <w:rsid w:val="4A2D2A7B"/>
+    <w:rsid w:val="4F581167"/>
+    <w:rsid w:val="51F602FC"/>
+    <w:rsid w:val="5451704D"/>
+    <w:rsid w:val="580E8FD4"/>
+    <w:rsid w:val="5AAFBAA8"/>
+    <w:rsid w:val="5ED79398"/>
+    <w:rsid w:val="6020CF44"/>
+    <w:rsid w:val="61668B9E"/>
+    <w:rsid w:val="622C3BBA"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="69C09E2E"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6D4BB3AC"/>
+    <w:rsid w:val="7AFE066B"/>
+    <w:rsid w:val="7B917444"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
@@ -5068,50 +7340,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -7105,349 +9378,864 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="438180324">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="844974159">
+        <w:div w:id="343482646">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="519776613">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="343482646">
+        <w:div w:id="844974159">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1424567550">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="847403001">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="101384544">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1000742410">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="289215664">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1672027836">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="394285030">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="180167517">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="731194985">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1268342690">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1277443760">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1848791562">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="565267732">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="396172447">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="605892692">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1088699824">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="716007404">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1571500644">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="805273133">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="185994626">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1239825142">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="944775676">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1240211436">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="340161022">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1279482741">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="821779714">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1524248132">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2001687020">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1743676720">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2057580940">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1903909301">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="14691549">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="999039622">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1181041800">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1880778869">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1959410611">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="513543292">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1960257593">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1555653288">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2128889637">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="719940042">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1091199243">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1555698701">
+        <w:div w:id="881092543">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="881092543">
+        <w:div w:id="1555698701">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1334256060">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="184909545">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="194121827">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="402994966">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1059013332">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="1481194346">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1625380923">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="2055150254">
-[...11 lines deleted...]
-        <w:div w:id="184909545">
+        <w:div w:id="1832017297">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1854757576">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1481194346">
-[...23 lines deleted...]
-        <w:div w:id="402994966">
+        <w:div w:id="2055150254">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1615746193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1812558214">
+        <w:div w:id="236136285">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="273364782">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="236136285">
+        <w:div w:id="445542565">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="457649463">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="445542565">
+        <w:div w:id="1686127443">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1686127443">
+        <w:div w:id="1812558214">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1724868732">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -7767,56 +10555,56 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1960</Characters>
+  <Pages>2</Pages>
+  <Words>251</Words>
+  <Characters>1336</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2325</CharactersWithSpaces>
+  <CharactersWithSpaces>1584</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Strålsäkerhetsombudets roll</dc:title>
+  <dc:title>Strålsäkerhetsombud funktionsbeskrivning, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
-  <revision>2</revision>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>