--- v0 (2026-01-08)
+++ v1 (2026-02-19)
@@ -2011,245 +2011,262 @@
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Beslutsfattande vid Södra Älvsborgs Sjukhus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6F7C9984" w14:textId="3DD3FE27" w:rsidR="00B61218" w:rsidRPr="00B61218" w:rsidRDefault="00B61218" w:rsidP="00BA74A6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00B61218">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Ledningens genomgång av verksamhet med joniserande strålning.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="34ADE490" w14:textId="15A4D498" w:rsidR="00EE57D2" w:rsidRPr="00C84821" w:rsidRDefault="00EE57D2" w:rsidP="00BA74A6">
+    <w:p w14:paraId="34ADE490" w14:textId="1E5291AB" w:rsidR="00EE57D2" w:rsidRPr="00C84821" w:rsidRDefault="00EE57D2" w:rsidP="00BA74A6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C84821">
-[...3 lines deleted...]
-    <w:p w14:paraId="0E264826" w14:textId="77777777" w:rsidR="00EE57D2" w:rsidRPr="00C84821" w:rsidRDefault="00EE57D2" w:rsidP="00BA74A6">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="007C7415">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Strålsäkerhetsstrateg</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0E264826" w14:textId="3D14AF74" w:rsidR="00EE57D2" w:rsidRPr="00C84821" w:rsidRDefault="00EE57D2" w:rsidP="00BA74A6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C84821">
-[...1 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="005A4F79">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Strålskyddsexpertfunktion</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6DAA997E" w14:textId="17517754" w:rsidR="00EE57D2" w:rsidRPr="00C84821" w:rsidRDefault="00697283" w:rsidP="00BA74A6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00697283">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Radiologisk ledningsfunktion</w:t>
+          <w:t>Radiologisk ledningsfunktion funktionsbes</w:t>
+        </w:r>
+        <w:r w:rsidR="00454E4A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>k</w:t>
         </w:r>
         <w:r w:rsidRPr="00697283">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-          </w:rPr>
           <w:t>rivning, SÄS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44CF5FBF" w14:textId="77777777" w:rsidR="00EE57D2" w:rsidRPr="00C84821" w:rsidRDefault="00EE57D2" w:rsidP="00BA74A6">
+    <w:p w14:paraId="44CF5FBF" w14:textId="03A0515B" w:rsidR="00EE57D2" w:rsidRPr="006A5289" w:rsidRDefault="006A5289" w:rsidP="00BA74A6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="62990EA8" w14:textId="7E01248B" w:rsidR="00EE57D2" w:rsidRPr="00C84821" w:rsidRDefault="0002781E" w:rsidP="00BA74A6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-1169038463-58/surrogate/Str%c3%a5lningsfysikalisk%20ledningsfunktion%20funktionsbeskrivning%2c%20S%c3%84S.pdf"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00EE57D2" w:rsidRPr="006A5289">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>Strålningsfysikalisk le</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE57D2" w:rsidRPr="006A5289">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE57D2" w:rsidRPr="006A5289">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>ningsf</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE57D2" w:rsidRPr="006A5289">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE57D2" w:rsidRPr="006A5289">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>nktion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62990EA8" w14:textId="3E21CE32" w:rsidR="00EE57D2" w:rsidRPr="00C84821" w:rsidRDefault="006A5289" w:rsidP="00BA74A6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidRPr="0002781E">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="0002781E" w:rsidRPr="0002781E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Verksa</w:t>
-[...11 lines deleted...]
-          <w:t>hetsansvarig sjukhusfysiker funktionsbeskrivning, SÄS</w:t>
+          <w:t>Verksamhetsansvarig sjukhusfysiker funktionsbeskrivning, SÄS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="24D42EEE" w14:textId="2C742A4B" w:rsidR="00EE57D2" w:rsidRPr="00C84821" w:rsidRDefault="00487108" w:rsidP="00BA74A6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00487108">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Strålsäke</w:t>
-[...11 lines deleted...]
-          <w:t>hetssamordnare funktionsbeskrivning, SÄS</w:t>
+          <w:t>Strålsäkerhetssamordnare funktionsbeskrivning, SÄS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7B192983" w14:textId="07234F8E" w:rsidR="00EE57D2" w:rsidRPr="00C84821" w:rsidRDefault="00BE2272" w:rsidP="00BA74A6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00BE2272">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Strålsäkerhetsombud funktionsbeskrivning, SÄS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="497A73A1" w14:textId="77777777" w:rsidR="00EE57D2" w:rsidRDefault="00EE57D2" w:rsidP="4CCD57C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EE57D2" w:rsidSect="00B96AFF">
-      <w:headerReference w:type="default" r:id="rId23"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId27"/>
+      <w:headerReference w:type="default" r:id="rId25"/>
+      <w:footerReference w:type="even" r:id="rId26"/>
+      <w:footerReference w:type="default" r:id="rId27"/>
+      <w:headerReference w:type="first" r:id="rId28"/>
+      <w:footerReference w:type="first" r:id="rId29"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79B7EED8" w14:textId="77777777" w:rsidR="00DF1D6F" w:rsidRDefault="00DF1D6F">
+    <w:p w14:paraId="5A86603C" w14:textId="77777777" w:rsidR="00E01338" w:rsidRDefault="00E01338">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21D2DD8C" w14:textId="77777777" w:rsidR="00DF1D6F" w:rsidRDefault="00DF1D6F">
+    <w:p w14:paraId="1C116F57" w14:textId="77777777" w:rsidR="00E01338" w:rsidRDefault="00E01338">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="14A612A2" w14:textId="77777777" w:rsidR="00DF1D6F" w:rsidRDefault="00DF1D6F">
+    <w:p w14:paraId="02D51C5E" w14:textId="77777777" w:rsidR="00E01338" w:rsidRDefault="00E01338">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2304,50 +2321,51 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
@@ -2582,61 +2600,61 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59C59FBF" w14:textId="77777777" w:rsidR="00DF1D6F" w:rsidRDefault="00DF1D6F"/>
+    <w:p w14:paraId="7A8C70CD" w14:textId="77777777" w:rsidR="00E01338" w:rsidRDefault="00E01338"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="240B35DB" w14:textId="77777777" w:rsidR="00DF1D6F" w:rsidRDefault="00DF1D6F">
+    <w:p w14:paraId="6F9717CB" w14:textId="77777777" w:rsidR="00E01338" w:rsidRDefault="00E01338">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5F6A7D94" w14:textId="77777777" w:rsidR="00DF1D6F" w:rsidRDefault="00DF1D6F">
+    <w:p w14:paraId="3E752A06" w14:textId="77777777" w:rsidR="00E01338" w:rsidRDefault="00E01338">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -5867,51 +5885,51 @@
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1802961412">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1260062866">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="154030067">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1615021544">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="567300129">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="373895524">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -6170,201 +6188,208 @@
     <w:rsid w:val="004B0814"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3020"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004C3823"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E2FF9"/>
     <w:rsid w:val="004E5D98"/>
     <w:rsid w:val="004F0AA7"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F5971"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00501796"/>
     <w:rsid w:val="00501CC3"/>
     <w:rsid w:val="005023EF"/>
     <w:rsid w:val="0050242E"/>
     <w:rsid w:val="0050759B"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="0051339E"/>
     <w:rsid w:val="00522377"/>
     <w:rsid w:val="0052309F"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="0053530F"/>
+    <w:rsid w:val="0053572D"/>
     <w:rsid w:val="00535C4F"/>
     <w:rsid w:val="00537372"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005521F0"/>
     <w:rsid w:val="00552EC8"/>
     <w:rsid w:val="005554D6"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00563CAA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00566797"/>
     <w:rsid w:val="00566859"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="00572EC5"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005847F3"/>
     <w:rsid w:val="00585E5B"/>
     <w:rsid w:val="00597E28"/>
+    <w:rsid w:val="005A4F79"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4265"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D285F"/>
     <w:rsid w:val="005D2AB7"/>
     <w:rsid w:val="005D424F"/>
     <w:rsid w:val="005D573B"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E7607"/>
     <w:rsid w:val="005F222B"/>
     <w:rsid w:val="005F6CD2"/>
     <w:rsid w:val="00605439"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="006251E3"/>
     <w:rsid w:val="00627ACC"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="00631283"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00636552"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00660939"/>
     <w:rsid w:val="00662E75"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00690267"/>
     <w:rsid w:val="00693282"/>
     <w:rsid w:val="00697283"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
+    <w:rsid w:val="006A5289"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E2025"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="0074499D"/>
     <w:rsid w:val="00744D41"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00760521"/>
     <w:rsid w:val="00761ED6"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="007645C5"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00767368"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="00781B74"/>
     <w:rsid w:val="00782654"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B57E5"/>
     <w:rsid w:val="007B5B57"/>
     <w:rsid w:val="007B7800"/>
+    <w:rsid w:val="007C7415"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4CC1"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E089B"/>
     <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F29AB"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00806E8E"/>
+    <w:rsid w:val="00812343"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="00823A63"/>
     <w:rsid w:val="008240AE"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="008267FB"/>
     <w:rsid w:val="00826A4B"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00833C4D"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00837884"/>
     <w:rsid w:val="00840AE1"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00851A14"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="008604A3"/>
     <w:rsid w:val="008621ED"/>
     <w:rsid w:val="00862B5A"/>
     <w:rsid w:val="00863881"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="00866B9E"/>
     <w:rsid w:val="00867941"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00883892"/>
     <w:rsid w:val="00887A78"/>
     <w:rsid w:val="00891A2E"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B03DF"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C1F92"/>
     <w:rsid w:val="008C3039"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008C7FAD"/>
     <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D1848"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008D6530"/>
     <w:rsid w:val="008E321F"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E3762"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
@@ -6381,50 +6406,51 @@
     <w:rsid w:val="00914B72"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="009202A1"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00961E5F"/>
     <w:rsid w:val="00963205"/>
     <w:rsid w:val="0096648B"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="0099402A"/>
     <w:rsid w:val="00996793"/>
     <w:rsid w:val="009969F6"/>
     <w:rsid w:val="00996B4A"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A0AAE"/>
     <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="009A681E"/>
     <w:rsid w:val="009A790D"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0500"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009C765D"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F3656"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A2117B"/>
     <w:rsid w:val="00A22A20"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
@@ -6498,50 +6524,51 @@
     <w:rsid w:val="00B61218"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B62FC5"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B8184F"/>
     <w:rsid w:val="00B82CD2"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B87A82"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA74A6"/>
     <w:rsid w:val="00BB259A"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BB7FAB"/>
+    <w:rsid w:val="00BC1088"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC614B"/>
     <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE2272"/>
     <w:rsid w:val="00BE4E93"/>
     <w:rsid w:val="00BE520D"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF2ED9"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C06DE8"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C15E03"/>
     <w:rsid w:val="00C24EC3"/>
     <w:rsid w:val="00C258B4"/>
     <w:rsid w:val="00C25B38"/>
     <w:rsid w:val="00C30C22"/>
     <w:rsid w:val="00C32923"/>
     <w:rsid w:val="00C35F22"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C45990"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
@@ -6595,50 +6622,51 @@
     <w:rsid w:val="00D63879"/>
     <w:rsid w:val="00D66EDA"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D70400"/>
     <w:rsid w:val="00D75A03"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA3526"/>
     <w:rsid w:val="00DA442F"/>
     <w:rsid w:val="00DA4E4D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB1005"/>
     <w:rsid w:val="00DB5267"/>
     <w:rsid w:val="00DB5436"/>
     <w:rsid w:val="00DB789F"/>
     <w:rsid w:val="00DD14DF"/>
     <w:rsid w:val="00DD1821"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF1D6F"/>
     <w:rsid w:val="00DF28E7"/>
     <w:rsid w:val="00E007FD"/>
+    <w:rsid w:val="00E01338"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E0750C"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E102D2"/>
     <w:rsid w:val="00E104F1"/>
     <w:rsid w:val="00E10F66"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E17484"/>
     <w:rsid w:val="00E30E33"/>
     <w:rsid w:val="00E3548C"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E42334"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E53126"/>
     <w:rsid w:val="00E53317"/>
     <w:rsid w:val="00E53CE5"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E72C16"/>
     <w:rsid w:val="00E72CDB"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
@@ -9225,51 +9253,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs8216-131809478-54/native/Riktlinje%20str%c3%a5ls%c3%a4kerhet%20joniserande%20str%c3%a5lning%20VGR%202020-2025%20RS%202020-00255.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-514148307-35/surrogate/Ledningens%20genomg%c3%a5ng%20av%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-514148307-37/surrogate/Str%c3%a5ls%c3%a4kerhetssamordnare%20funktionsbeskrivning%20S%c3%84S.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs8216-131809478-54/native/Riktlinje%20str%c3%a5ls%c3%a4kerhet%20joniserande%20str%c3%a5lning%20VGR%202020-2025%20RS%202020-00255.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-1190749860-77/surrogate/Beslutsfattande%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs8216-131809478-54/native/Riktlinje%20str%c3%a5ls%c3%a4kerhet%20joniserande%20str%c3%a5lning%20VGR%202020-2025%20RS%202020-00255.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-514148307-34/surrogate/Verksamhetsansvarig%20sjukhusfysiker%20funktionsbeskrivning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-514148307-35/surrogate/Ledningens%20genomg%c3%a5ng%20av%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-514148307-33/surrogate/Radiologisk%20ledningsfunktion%20funktionsbeskrivning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-1190749860-77/surrogate/Beslutsfattande%20vid%20S%C3%B6dra%20%C3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-514148307-36/surrogate/Str%c3%a5ls%c3%a4kerhetsombud%20funktionsbeskrivning%20S%c3%84S.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs8216-131809478-54/native/Riktlinje%20str%c3%a5ls%c3%a4kerhet%20joniserande%20str%c3%a5lning%20VGR%202020-2025%20RS%202020-00255.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-514148307-35/surrogate/Ledningens%20genomg%c3%a5ng%20av%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-514148307-33/surrogate/Radiologisk%20ledningsfunktion%20funktionsbeskrivning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs8216-131809478-54/native/Riktlinje%20str%c3%a5ls%c3%a4kerhet%20joniserande%20str%c3%a5lning%20VGR%202020-2025%20RS%202020-00255.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-1190749860-77/surrogate/Beslutsfattande%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs8216-131809478-54/native/Riktlinje%20str%c3%a5ls%c3%a4kerhet%20joniserande%20str%c3%a5lning%20VGR%202020-2025%20RS%202020-00255.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-514148307-174/surrogate/Str%c3%a5lskyddsexpertfunktion%20funktionsbeskrivning%20S%c3%84S.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-514148307-36/surrogate/Str%c3%a5ls%c3%a4kerhetsombud%20funktionsbeskrivning%20S%c3%84S.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-514148307-35/surrogate/Ledningens%20genomg%c3%a5ng%20av%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-514148307-37/surrogate/Str%c3%a5ls%c3%a4kerhetssamordnare%20funktionsbeskrivning%20S%c3%84S.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-1169038463-59/surrogate/Str%c3%a5ls%c3%a4kerhetsstrateg%20funktionsbeskrivning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-1190749860-77/surrogate/Beslutsfattande%20vid%20S%C3%B6dra%20%C3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9631-514148307-34/surrogate/Verksamhetsansvarig%20sjukhusfysiker%20funktionsbeskrivning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -9554,58 +9582,58 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1450</Words>
-  <Characters>7685</Characters>
+  <Words>1556</Words>
+  <Characters>8251</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9117</CharactersWithSpaces>
+  <CharactersWithSpaces>9788</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Organisation och ansvar gällande verksamhet med strålning, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>11</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>