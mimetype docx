--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -1,4077 +1,2321 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="007A5E14" w:rsidP="00F35B05" w:rsidRDefault="007A5E14" w14:paraId="0EAF9EFC" w14:textId="77777777">
-[...23 lines deleted...]
-        <w:outlineLvl w:val="5"/>
+    <w:p w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="09834D22" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327192" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc216433126" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc216433288" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc1740259237" w:id="1149906022"/>
+      <w:r w:rsidR="00303895">
+        <w:rPr/>
+        <w:t>Åtgärdsregistrering för paramedicinsk personal</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1149906022"/>
+    </w:p>
+    <w:p w:rsidRPr="001E6F39" w:rsidR="003466C0" w:rsidP="00841E90" w:rsidRDefault="003466C0" w14:paraId="4F84E6FE" w14:textId="7153CF7D">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc1593862155" w:id="1343271065"/>
+      <w:r w:rsidR="003466C0">
+        <w:rPr/>
+        <w:t>Ändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1343271065"/>
+    </w:p>
+    <w:p w:rsidRPr="00841E90" w:rsidR="003466C0" w:rsidP="00841E90" w:rsidRDefault="003466C0" w14:paraId="73BAF50F" w14:textId="322B87FC">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc322358489" w:id="1"/>
-      <w:r w:rsidRPr="007A5E14">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
-        <w:t>Åtgärdsregistrering för paramedicinsk personal</w:t>
-[...38 lines deleted...]
-        </w:rPr>
+        <w:t>Ny länk till regionala åtgärdskoder (KVÅ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00687565" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="0D32B997" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc322358489" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc10033818" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc11930927" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc15298822" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc256000000" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc256000014" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc256000028" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc256000042" w:id="12"/>
+      <w:bookmarkStart w:name="_Toc256000056" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc256000070" w:id="14"/>
+      <w:bookmarkStart w:name="_Toc256000084" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc256000098" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc256000112" w:id="17"/>
+      <w:bookmarkStart w:name="_Toc256000126" w:id="18"/>
+      <w:bookmarkStart w:name="_Toc256000140" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc256000154" w:id="20"/>
+      <w:bookmarkStart w:name="_Toc256000012" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc1972884471" w:id="1658098049"/>
+      <w:r w:rsidR="00303895">
+        <w:rPr/>
         <w:t>Sammanfattning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="2676" w:right="0"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="1658098049"/>
+    </w:p>
+    <w:p w:rsidRPr="00687565" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="6E069E15" w14:textId="77777777">
+      <w:r w:rsidRPr="00687565">
+        <w:t>Rutinen beskriver vad som ingår i ett normalbesök och hur diagnos- och åtgärdsregistrering ska ske för yrkeskategorierna arbetsterapeuter, fysioterapeuter, dietister, kuratorer, psykologer och logopeder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00687565" w:rsidR="00303895" w:rsidP="00B46759" w:rsidRDefault="00303895" w14:paraId="0EEB8FBB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00687565">
+        <w:t>Innehållsförteckning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B46759" w:rsidP="138BCA72" w:rsidRDefault="00B46759" w14:paraId="64E597A6" w14:textId="1D8BCB5D">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8775"/>
+        </w:tabs>
         <w:rPr>
-          <w:iCs/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="ＭＳ 明朝" w:cs="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A5E14">
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve">TOC \o "1-9" \z \u \h</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:hyperlink w:anchor="_Toc1740259237">
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Åtgärdsregistrering för paramedicinsk personal</w:t>
+        </w:r>
+        <w:r>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve">PAGEREF _Toc1740259237 \h</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00B46759" w:rsidP="138BCA72" w:rsidRDefault="787E4C3B" w14:paraId="56F7AA6C" w14:textId="4986509E">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8910"/>
+        </w:tabs>
         <w:rPr>
-          <w:iCs/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="ＭＳ 明朝" w:cs="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>Rutinen beskriver vad som ingår i ett normalbesök och hur diagnos- och åtgärdsregistrering ska ske för yrkeskategorierna arbetsterapeuter, fysioterapeuter, dietister, kuratorer, psykologer och logopeder.</w:t>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="6"/>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc1593862155">
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Ändringar sedan föregående version</w:t>
+        </w:r>
+        <w:r>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve">PAGEREF _Toc1593862155 \h</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00B46759" w:rsidP="138BCA72" w:rsidRDefault="787E4C3B" w14:paraId="7651D962" w14:textId="07D1E3D9">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8910"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="26"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="ＭＳ 明朝" w:cs="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A5E14">
-[...55 lines deleted...]
-        <w:r w:rsidRPr="007A5E14">
+      <w:hyperlink w:anchor="_Toc1972884471">
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...5 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...5 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...6 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc256000169 \h </w:instrText>
+        <w:r>
+          <w:instrText xml:space="preserve">PAGEREF _Toc1972884471 \h</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...13 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-            <w:szCs w:val="32"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...5 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="4061D744" w14:textId="77777777">
-      <w:pPr>
+    <w:p w:rsidR="00B46759" w:rsidP="138BCA72" w:rsidRDefault="787E4C3B" w14:paraId="3D0D70E0" w14:textId="76511F1D">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8910"/>
         </w:tabs>
-        <w:spacing w:before="40" w:after="20" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2676" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="ＭＳ 明朝" w:cs="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="32"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc256000170">
-        <w:r w:rsidRPr="007A5E14">
+      <w:hyperlink w:anchor="_Toc548640931">
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...5 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...5 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...6 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc256000170 \h </w:instrText>
+        <w:r>
+          <w:instrText xml:space="preserve">PAGEREF _Toc548640931 \h</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...13 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-            <w:szCs w:val="32"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...5 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="048C168F" w14:textId="77777777">
-      <w:pPr>
+    <w:p w:rsidR="00B46759" w:rsidP="138BCA72" w:rsidRDefault="787E4C3B" w14:paraId="47B006FC" w14:textId="1F70CECA">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8910"/>
         </w:tabs>
-        <w:spacing w:before="40" w:after="20" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2676" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="ＭＳ 明朝" w:cs="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="32"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc256000171">
-        <w:r w:rsidRPr="007A5E14">
+      <w:hyperlink w:anchor="_Toc1299694189">
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...5 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...5 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...6 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc256000171 \h </w:instrText>
+        <w:r>
+          <w:instrText xml:space="preserve">PAGEREF _Toc1299694189 \h</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...13 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-            <w:szCs w:val="32"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...5 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="0D4A3109" w14:textId="77777777">
-      <w:pPr>
+    <w:p w:rsidR="00B46759" w:rsidP="138BCA72" w:rsidRDefault="787E4C3B" w14:paraId="4708C192" w14:textId="0727ED63">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8910"/>
         </w:tabs>
-        <w:overflowPunct w:val="0"/>
-[...5 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="ＭＳ 明朝" w:cs="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="20"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc256000172">
-        <w:r w:rsidRPr="007A5E14">
+      <w:hyperlink w:anchor="_Toc912497427">
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Normalbesök</w:t>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...5 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc256000172 \h </w:instrText>
+        <w:r>
+          <w:instrText xml:space="preserve">PAGEREF _Toc912497427 \h</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...11 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="7247EBE0" w14:textId="77777777">
-      <w:pPr>
+    <w:p w:rsidR="00B46759" w:rsidP="138BCA72" w:rsidRDefault="787E4C3B" w14:paraId="35F6D794" w14:textId="54222CE3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8910"/>
         </w:tabs>
-        <w:overflowPunct w:val="0"/>
-[...5 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="ＭＳ 明朝" w:cs="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="32"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc256000173">
-        <w:r w:rsidRPr="007A5E14">
+      <w:hyperlink w:anchor="_Toc1696428561">
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Arbetsterapeut</w:t>
+          <w:t>Arbetsgrupp</w:t>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...5 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...5 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...6 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc256000173 \h </w:instrText>
+        <w:r>
+          <w:instrText xml:space="preserve">PAGEREF _Toc1696428561 \h</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...13 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
+        <w:r w:rsidRPr="138BCA72" w:rsidR="138BCA72">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-            <w:szCs w:val="32"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidRPr="007A5E14">
-[...5 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...755 lines deleted...]
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="3BB959FD" w14:textId="77777777">
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="787E4C3B" w:rsidRDefault="00303895" w14:paraId="3E81856C" w14:textId="59B924ED">
       <w:pPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2676" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
-          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A5E14">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="50BE0AA9" w14:textId="77777777">
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00303895" w:rsidRDefault="00303895" w14:paraId="09E84D0A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="25ABE7BD" w14:textId="77777777">
-[...36 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="00687565" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="2FE03314" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc322358490" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc10033819" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc11930928" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc15298823" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc256000001" w:id="27"/>
+      <w:bookmarkStart w:name="_Toc256000015" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc256000029" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc256000043" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc256000057" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc256000071" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc256000085" w:id="33"/>
+      <w:bookmarkStart w:name="_Toc256000099" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc256000113" w:id="35"/>
+      <w:bookmarkStart w:name="_Toc256000127" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc256000141" w:id="37"/>
+      <w:bookmarkStart w:name="_Toc256000155" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc256000026" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc548640931" w:id="664605615"/>
+      <w:r w:rsidR="00303895">
+        <w:rPr/>
         <w:t>Förutsättningar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="2676" w:right="0"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="664605615"/>
+    </w:p>
+    <w:p w:rsidRPr="00687565" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="471453D1" w14:textId="77777777">
+      <w:r w:rsidRPr="00687565">
+        <w:t xml:space="preserve">Ett arbete har genomförts för att genomlysa åtgärdskodningen på Neuro- och rehabiliteringskliniken för yrkeskategorierna </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687565">
+        <w:t>arbetsterapeuter, fysioterapeuter, dietister, kuratorer, psykologer och logopeder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="71E052B0" w14:textId="77777777">
+      <w:r w:rsidRPr="00687565">
+        <w:t>Avsikten har varit att förenkla kodningen genom att endast koda de åtgärdskoder som är relevanta eller följs upp. Enligt Socialstyrelsens anvisningar för kodning av vårdåtgärder gäller följande ”En patient kan bli föremål för en stor mängd åtgärder under en och samma vårdkontakt.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5E14">
+        <w:t xml:space="preserve"> I princip ska alla åtgärder dokumenteras i journalen men allt måste inte klassificeras och kodas. I de flesta fall kan man få en god beskrivning av vården med ett begränsat antal koder.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="45D11B01" w14:textId="77777777">
+      <w:r w:rsidRPr="007A5E14">
+        <w:t xml:space="preserve">De åtgärder som anses ingå i ett ”normalbesök” behöver inte registreras, om det inte finns lokala eller regionala önskemål om uppföljning. Vi bör endast koda vid beslutad uppföljning inte för att eventuellt kunna göra uppföljning i framtiden. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="0205D2F4" w14:textId="77777777">
+      <w:r w:rsidRPr="007A5E14">
+        <w:t xml:space="preserve">Nationell uppföljning görs endast av vårdkontakter där läkare är ansvarig vårdgivare. Regional statistik skickas för all hälso- och sjukvårdspersonal men inga specifika detaljer följs upp regelbundet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="347A8919" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:szCs w:val="20"/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A5E14">
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:szCs w:val="20"/>
+          <w:iCs/>
         </w:rPr>
-        <w:t>Ett arbete har genomförts för att genomlysa åtgärdskodningen på neuro- och rehabiliteringskliniken för yrkeskategorierna arbetsterapeuter, fysioterapeuter, dietister, kuratorer, psykologer och logopeder.</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="2676" w:right="0"/>
+        <w:t xml:space="preserve">Vi har i dagsläget inte någon lokal uppföljning på </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:iCs/>
         </w:rPr>
-      </w:pPr>
+        <w:t>N</w:t>
+      </w:r>
       <w:r w:rsidRPr="007A5E14">
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Avsikten har varit att förenkla kodningen genom att endast koda de åtgärdskoder som är relevanta eller följs upp. Enligt Socialstyrelsens anvisningar för kodning av vårdåtgärder gäller följande ”En patient kan bli föremål för en stor mängd åtgärder </w:t>
-[...8 lines deleted...]
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="215D9A14" w14:textId="77777777">
+        <w:t>euro- och rehabiliteringskliniken som bygger på specifika KVÅ-koder. Varje enhet är fri att lägga till specifika koder som de önskar följa efter verksamhetsbehov.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00303895" w:rsidRDefault="00303895" w14:paraId="5BEA4F3C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A5E14">
-[...87 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w:rsidRPr="00687565" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="46EEA8C2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc322358491" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc10033820" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc11930929" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc15298824" w:id="44"/>
+      <w:bookmarkStart w:name="_Toc256000002" w:id="45"/>
+      <w:bookmarkStart w:name="_Toc256000016" w:id="46"/>
+      <w:bookmarkStart w:name="_Toc256000030" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc256000044" w:id="48"/>
+      <w:bookmarkStart w:name="_Toc256000058" w:id="49"/>
+      <w:bookmarkStart w:name="_Toc256000072" w:id="50"/>
+      <w:bookmarkStart w:name="_Toc256000086" w:id="51"/>
+      <w:bookmarkStart w:name="_Toc256000100" w:id="52"/>
+      <w:bookmarkStart w:name="_Toc256000114" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc256000128" w:id="54"/>
+      <w:bookmarkStart w:name="_Toc256000142" w:id="55"/>
+      <w:bookmarkStart w:name="_Toc256000156" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc256000040" w:id="57"/>
+      <w:bookmarkStart w:name="_Toc1299694189" w:id="72668981"/>
+      <w:r w:rsidR="00303895">
+        <w:rPr/>
         <w:t>Genomförande</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="72668981"/>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="4CCCECE6" w14:textId="77777777">
       <w:r w:rsidRPr="007A5E14">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Alla enskilda vårdkontakter i öppenvård ska ha en huvuddiagnos, som registreras i både Melior och ELVIS. I slutenvård registreras alltid en huvuddiagnos/vårdtillfälle i Melior. Vanligen används läkarens diagnos, d.v.s. den underliggande sjukdomen.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="1464546F" w14:textId="77777777">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="007A5E14">
+    <w:p w:rsidRPr="00687565" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="6CA905E6" w14:textId="26F3511C">
+      <w:r w:rsidRPr="00687565">
+        <w:t>All hälso- och sjukvårdspersonal har dock rätt att ställa en diagnos utifrån sin yrkeskunskap. Det betyder att huvuddiagnosen mycket väl kan vara en ”behandlingsdiagnos” och då inte den underliggande sjukdomsdiagnosen. Välj huvuddiagnos utifrån följande kriterier:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687565">
         <w:rPr>
           <w:sz w:val="22"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="6807EF74" w14:textId="77777777">
-[...66 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="594D4542" w14:textId="681C38F8">
+      <w:r w:rsidRPr="00687565">
+        <w:t xml:space="preserve">Huvudsakliga anledningen till vårdkontakten, fastställd vid vårdkontaktens slut. Anledningen till att patienten får vård hos aktuell </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687565">
+        <w:t xml:space="preserve">hälso- och sjukvårdspersonal. Kan skilja sig från läkarens diagnos och då vara behandlingsanledningen. Det går också bra med ett symtom om diagnos ej är fastställd.  Diagnosen ska visa på patientens medicinska anledning till vård hos specifik yrkeskategori.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00687565" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="0466D20B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc15298825" w:id="59"/>
+      <w:bookmarkStart w:name="_Toc256000003" w:id="60"/>
+      <w:bookmarkStart w:name="_Toc256000017" w:id="61"/>
+      <w:bookmarkStart w:name="_Toc256000031" w:id="62"/>
+      <w:bookmarkStart w:name="_Toc256000045" w:id="63"/>
+      <w:bookmarkStart w:name="_Toc256000059" w:id="64"/>
+      <w:bookmarkStart w:name="_Toc256000073" w:id="65"/>
+      <w:bookmarkStart w:name="_Toc256000087" w:id="66"/>
+      <w:bookmarkStart w:name="_Toc256000101" w:id="67"/>
+      <w:bookmarkStart w:name="_Toc256000115" w:id="68"/>
+      <w:bookmarkStart w:name="_Toc256000129" w:id="69"/>
+      <w:bookmarkStart w:name="_Toc256000143" w:id="70"/>
+      <w:bookmarkStart w:name="_Toc256000157" w:id="71"/>
+      <w:bookmarkStart w:name="_Toc256000054" w:id="72"/>
+      <w:bookmarkStart w:name="_Toc10033821" w:id="74"/>
+      <w:bookmarkStart w:name="_Toc11930930" w:id="75"/>
+      <w:bookmarkStart w:name="_Toc912497427" w:id="591048160"/>
+      <w:r w:rsidR="00303895">
+        <w:rPr/>
         <w:t>Normalbesök</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
-      <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
-    </w:p>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="591048160"/>
+    </w:p>
+    <w:p w:rsidRPr="00687565" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="77949409" w14:textId="77777777">
+      <w:r w:rsidRPr="00687565">
         <w:t>Åtgärder som ingår i ett normalbesök för respektive yrkeskategori.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
-[...46 lines deleted...]
-      <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="00687565">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00687565" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="1A000546" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc10033822" w:id="76"/>
+      <w:bookmarkStart w:name="_Toc11930931" w:id="77"/>
+      <w:bookmarkStart w:name="_Toc15298826" w:id="78"/>
+      <w:bookmarkStart w:name="_Toc256000004" w:id="79"/>
+      <w:bookmarkStart w:name="_Toc256000018" w:id="80"/>
+      <w:bookmarkStart w:name="_Toc256000032" w:id="81"/>
+      <w:bookmarkStart w:name="_Toc256000046" w:id="82"/>
+      <w:bookmarkStart w:name="_Toc256000060" w:id="83"/>
+      <w:bookmarkStart w:name="_Toc256000074" w:id="84"/>
+      <w:bookmarkStart w:name="_Toc256000088" w:id="85"/>
+      <w:bookmarkStart w:name="_Toc256000102" w:id="86"/>
+      <w:bookmarkStart w:name="_Toc256000116" w:id="87"/>
+      <w:bookmarkStart w:name="_Toc256000130" w:id="88"/>
+      <w:bookmarkStart w:name="_Toc256000144" w:id="89"/>
+      <w:bookmarkStart w:name="_Toc256000158" w:id="90"/>
+      <w:bookmarkStart w:name="_Toc256000068" w:id="91"/>
+      <w:r w:rsidRPr="00687565">
+        <w:t>Arbetsterapeut</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
-    </w:p>
-[...163 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="0DD70668" w14:textId="4A2EC117">
+      <w:r>
+        <w:t>Genomgång av journal och inhämtande av anamnes</w:t>
+      </w:r>
+      <w:r w:rsidR="6A1C1F44">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="0D1D6B32" w14:textId="77777777">
+      <w:r w:rsidRPr="007A5E14">
+        <w:t>Bedömning av ev</w:t>
+      </w:r>
+      <w:r>
+        <w:t>entuellt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5E14">
+        <w:t xml:space="preserve"> behov och omfattning av </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="3CA62578" w14:textId="77777777">
+      <w:r w:rsidRPr="007A5E14">
+        <w:t>arbetsterapeutiska åtgärder</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="4CF8514C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
+        <w:t xml:space="preserve">Utifrån sjukdom, skada och eller symtom genomförs en </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="787E4C3B" w:rsidRDefault="00303895" w14:paraId="6D53AF3E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1287"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">bedömning av aktivitetsbegränsning och </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="787E4C3B" w:rsidRDefault="26E8B10A" w14:paraId="3E76C72C" w14:textId="259E088F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1287"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00303895">
+        <w:t xml:space="preserve">elaktighetsinskränkning samt hinder i omgivningsfaktorer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="787E4C3B" w:rsidRDefault="00303895" w14:paraId="6DC3C151" w14:textId="700D386C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Arb</w:t>
+      </w:r>
+      <w:r w:rsidR="7F832B65">
+        <w:t>etsrelaterade åtgärder så som personlig vård, köksbedömning, hjälpmedelsutprovning/träning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="09DC3491" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
+        <w:t>Utvärdering och uppföljning av tidigare åtgärder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="5FD96721" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
+        <w:t>Information och samtal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="32564FA1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
+        <w:t>Dokumentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="3439A9E2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
+        <w:t xml:space="preserve">Kontakter med sjukvårdspersonal samt externa kontakter. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="23370723" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc10033823" w:id="92"/>
+      <w:bookmarkStart w:name="_Toc11930932" w:id="93"/>
+      <w:bookmarkStart w:name="_Toc15298827" w:id="94"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="95"/>
+      <w:bookmarkStart w:name="_Toc256000019" w:id="96"/>
+      <w:bookmarkStart w:name="_Toc256000033" w:id="97"/>
+      <w:bookmarkStart w:name="_Toc256000047" w:id="98"/>
+      <w:bookmarkStart w:name="_Toc256000061" w:id="99"/>
+      <w:bookmarkStart w:name="_Toc256000075" w:id="100"/>
+      <w:bookmarkStart w:name="_Toc256000089" w:id="101"/>
+      <w:bookmarkStart w:name="_Toc256000103" w:id="102"/>
+      <w:bookmarkStart w:name="_Toc256000117" w:id="103"/>
+      <w:bookmarkStart w:name="_Toc256000131" w:id="104"/>
+      <w:bookmarkStart w:name="_Toc256000145" w:id="105"/>
+      <w:bookmarkStart w:name="_Toc256000159" w:id="106"/>
+      <w:bookmarkStart w:name="_Toc256000082" w:id="107"/>
+      <w:r w:rsidRPr="007A5E14">
+        <w:t>Dietist</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="106"/>
+      <w:bookmarkEnd w:id="107"/>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="1119A0DC" w14:textId="77777777">
       <w:r w:rsidRPr="007A5E14">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Nutritionsutredning:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="20903545" w14:textId="77777777">
-[...15 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="1F3CD4EA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
         <w:t xml:space="preserve">Inhämta kost- och </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A5E14">
+      <w:r w:rsidRPr="00841E90">
         <w:rPr>
           <w:iCs/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nutritionsrelaterad</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A5E14">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="005F4A8A">
         <w:t xml:space="preserve"> information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="575856EE" w14:textId="77777777">
-[...7 lines deleted...]
-        <w:ind w:left="3036" w:right="0" w:hanging="360"/>
+    <w:p w:rsidRPr="00841E90" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="7BC0E94C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
         <w:rPr>
           <w:iCs/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A5E14">
+      <w:r w:rsidRPr="00841E90">
         <w:rPr>
           <w:iCs/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Utföra eller inhämta information om antropometriska mätningar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="730BD182" w14:textId="77777777">
-[...5 lines deleted...]
-        <w:ind w:left="3036" w:right="0" w:hanging="360"/>
+    <w:p w:rsidRPr="00841E90" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="32C31613" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
         <w:rPr>
           <w:iCs/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A5E14">
+      <w:r w:rsidRPr="00841E90">
         <w:rPr>
           <w:iCs/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inhämta information om biokemiska data, medicinska prover och undersökningar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="27715B65" w14:textId="77777777">
-[...5 lines deleted...]
-        <w:ind w:left="3036" w:right="0" w:hanging="360"/>
+    <w:p w:rsidRPr="00841E90" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="0132AE59" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
         <w:rPr>
           <w:iCs/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A5E14">
+      <w:r w:rsidRPr="00841E90">
         <w:rPr>
           <w:iCs/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inhämta information om eller bedöma nutritionsrelaterade fysiska fynd</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="42CBEC36" w14:textId="77777777">
-[...5 lines deleted...]
-        <w:ind w:left="3036" w:right="0" w:hanging="360"/>
+    <w:p w:rsidRPr="00841E90" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="10573ED6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
         <w:rPr>
           <w:iCs/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A5E14">
+      <w:r w:rsidRPr="00841E90">
         <w:rPr>
           <w:iCs/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inhämta information om patientbakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="2431A823" w14:textId="77777777">
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00303895" w:rsidRDefault="00303895" w14:paraId="7E125B8D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="200C1C5C" w14:textId="77777777">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="214F2454" w14:textId="77777777">
       <w:r w:rsidRPr="007A5E14">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Nutritionsdiagnostik:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="0BA8C081" w14:textId="77777777">
-      <w:pPr>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="74315C31" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="30"/>
         </w:numPr>
-        <w:overflowPunct w:val="0"/>
-[...9 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A5E14">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Att identifiera och beskriva ett specifikt nutritionsproblem, dess etiologi och symtom och tecken</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="63EDC87D" w14:textId="77777777">
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00303895" w:rsidRDefault="00303895" w14:paraId="24AAAE0D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3328" w:right="0"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="34314305" w14:textId="77777777">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="42E3F214" w14:textId="77777777">
       <w:r w:rsidRPr="007A5E14">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Nutritionsåtgärd:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="60E4E7F6" w14:textId="77777777">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="3DCABC70" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
         <w:t>Tillsammans med patienten formulera målsättning med nutritionsåtgärden</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="48A3BDB4" w14:textId="77777777">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="25ABDFFE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
         <w:t>Plan för mat, måltider och/eller annan typ av näring</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="4CB18D76" w14:textId="77777777">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="4DBCDBCE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
         <w:t>Nutritionsundervisning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="528CD75C" w14:textId="77777777">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="61494114" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
         <w:t>Samtalsbehandling (stödjande samtalsprocess i behandlingen)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="002EC90E" w14:textId="77777777">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="00841E90" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="45272654" w14:textId="637E8F4D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
         <w:t>Samordning och vårdplanering nutrition med annan hälso- och sjukvårdspersonal, institutioner och instanser</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="1DE3CF64" w14:textId="77777777">
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="09F63824" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
+        <w:t>Nutritionsuppföljning och nutritionsutvärdering:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="45D46577" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
+        <w:t>Resultat av samtliga punkter utom patientbakgrund i nutritionsutredningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00303895" w:rsidRDefault="00303895" w14:paraId="00455C67" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="4797F6BC" w14:textId="77777777">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="7FF68A8B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc10033824" w:id="108"/>
+      <w:bookmarkStart w:name="_Toc11930933" w:id="109"/>
+      <w:bookmarkStart w:name="_Toc15298828" w:id="110"/>
+      <w:bookmarkStart w:name="_Toc256000006" w:id="111"/>
+      <w:bookmarkStart w:name="_Toc256000020" w:id="112"/>
+      <w:bookmarkStart w:name="_Toc256000034" w:id="113"/>
+      <w:bookmarkStart w:name="_Toc256000048" w:id="114"/>
+      <w:bookmarkStart w:name="_Toc256000062" w:id="115"/>
+      <w:bookmarkStart w:name="_Toc256000076" w:id="116"/>
+      <w:bookmarkStart w:name="_Toc256000090" w:id="117"/>
+      <w:bookmarkStart w:name="_Toc256000104" w:id="118"/>
+      <w:bookmarkStart w:name="_Toc256000118" w:id="119"/>
+      <w:bookmarkStart w:name="_Toc256000132" w:id="120"/>
+      <w:bookmarkStart w:name="_Toc256000146" w:id="121"/>
+      <w:bookmarkStart w:name="_Toc256000160" w:id="122"/>
+      <w:bookmarkStart w:name="_Toc256000096" w:id="123"/>
       <w:r w:rsidRPr="007A5E14">
-        <w:rPr>
-[...67 lines deleted...]
-        </w:rPr>
         <w:t>Fysioterapeut</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="106"/>
-      <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="123"/>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="479BBA69" w14:textId="24831764">
+      <w:r>
+        <w:t>Genomgång av journal och inhämtande av anamnes</w:t>
+      </w:r>
+      <w:r w:rsidR="625D6A14">
+        <w:t>. Bedömning av eventuellt behov och omfattning av fysioterapeutiska åtgärder.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00841E90" w:rsidRDefault="00303895" w14:paraId="310E9691" w14:textId="77777777">
       <w:r w:rsidRPr="007A5E14">
-        <w:rPr>
-[...55 lines deleted...]
-        </w:rPr>
+        <w:t>Åtgärder av fysioterapeut</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="787E4C3B" w:rsidRDefault="1C479F40" w14:paraId="550B4E40" w14:textId="12506A4E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Utifrån sjukdom, skada och /eller symptom genomför undersökning och bedömning av funktionsnedsättning, aktivitetsbegränsning, delaktighetsinskränkning samt hinder i omgivningsfaktorer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="787E4C3B" w:rsidRDefault="14C51872" w14:paraId="76248F8C" w14:textId="12BE6934">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Utvärdering och uppföljning av tidigare åtgärder. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="787E4C3B" w:rsidRDefault="14C51872" w14:paraId="4B171959" w14:textId="6398EFB8">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hjälpmedelsutprovning och uppföljning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="787E4C3B" w:rsidRDefault="00303895" w14:paraId="17B2F5F8" w14:textId="74C2502D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+      </w:pPr>
+      <w:r>
         <w:t>Information och samtal</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="03D4AF71" w14:textId="77777777">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="4792F4E6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
         <w:t>Dokumentation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="115B32E8" w14:textId="77777777">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="6BC9F22B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
         <w:t xml:space="preserve">Kontakter med sjukvårdspersonal samt externa kontakter </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="72BCB23D" w14:textId="77777777">
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00303895" w:rsidRDefault="00303895" w14:paraId="3D5C5AED" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3328" w:right="0"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="4C0EC4B2" w14:textId="77777777">
-[...27 lines deleted...]
-      <w:bookmarkStart w:name="_Toc256000176" w:id="139"/>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="1B1900F4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc10033825" w:id="124"/>
+      <w:bookmarkStart w:name="_Toc11930934" w:id="125"/>
+      <w:bookmarkStart w:name="_Toc15298829" w:id="126"/>
+      <w:bookmarkStart w:name="_Toc256000007" w:id="127"/>
+      <w:bookmarkStart w:name="_Toc256000021" w:id="128"/>
+      <w:bookmarkStart w:name="_Toc256000035" w:id="129"/>
+      <w:bookmarkStart w:name="_Toc256000049" w:id="130"/>
+      <w:bookmarkStart w:name="_Toc256000063" w:id="131"/>
+      <w:bookmarkStart w:name="_Toc256000077" w:id="132"/>
+      <w:bookmarkStart w:name="_Toc256000091" w:id="133"/>
+      <w:bookmarkStart w:name="_Toc256000105" w:id="134"/>
+      <w:bookmarkStart w:name="_Toc256000119" w:id="135"/>
+      <w:bookmarkStart w:name="_Toc256000133" w:id="136"/>
+      <w:bookmarkStart w:name="_Toc256000147" w:id="137"/>
+      <w:bookmarkStart w:name="_Toc256000161" w:id="138"/>
+      <w:bookmarkStart w:name="_Toc256000110" w:id="139"/>
       <w:r w:rsidRPr="007A5E14">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Kurator</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="6D9CC84A" w14:textId="77777777">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="294655BA" w14:textId="77777777">
+      <w:r w:rsidRPr="005F4A8A">
+        <w:t>Åtgärder av kurator:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="0A53862F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
         <w:t>Genomgång av journal, inhämtande av anamnes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="32BCA0BE" w14:textId="77777777">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="414F62BC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
         <w:t>Psykosocial bedömning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="096F5532" w14:textId="77777777">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="1D8B9FD7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
         <w:t>Beslut om påbörjad/fortsatt behandling</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="0F240D2C" w14:textId="77777777">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="107FB0E8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
         <w:t>Information och samtal</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="751A18B0" w14:textId="77777777">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="0DB277CC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
         <w:t>Dokumentation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="053211A0" w14:textId="77777777">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="12AA737A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
         <w:t>Kontakter med sjukvårdspersonal samt kontakter med externa organ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="6CDADA00" w14:textId="77777777">
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00303895" w:rsidRDefault="00303895" w14:paraId="301CC2CC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007A5E14" w:rsidR="007A5E14" w:rsidP="007A5E14" w:rsidRDefault="007A5E14" w14:paraId="22EA18A7" w14:textId="77777777">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="5A69DDC8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc10033826" w:id="140"/>
       <w:bookmarkStart w:name="_Toc11930935" w:id="141"/>
       <w:bookmarkStart w:name="_Toc15298830" w:id="142"/>
       <w:bookmarkStart w:name="_Toc256000008" w:id="143"/>
       <w:bookmarkStart w:name="_Toc256000022" w:id="144"/>
       <w:bookmarkStart w:name="_Toc256000036" w:id="145"/>
       <w:bookmarkStart w:name="_Toc256000050" w:id="146"/>
       <w:bookmarkStart w:name="_Toc256000064" w:id="147"/>
       <w:bookmarkStart w:name="_Toc256000078" w:id="148"/>
       <w:bookmarkStart w:name="_Toc256000092" w:id="149"/>
       <w:bookmarkStart w:name="_Toc256000106" w:id="150"/>
       <w:bookmarkStart w:name="_Toc256000120" w:id="151"/>
       <w:bookmarkStart w:name="_Toc256000134" w:id="152"/>
       <w:bookmarkStart w:name="_Toc256000148" w:id="153"/>
       <w:bookmarkStart w:name="_Toc256000162" w:id="154"/>
       <w:bookmarkStart w:name="_Toc256000124" w:id="155"/>
-      <w:bookmarkStart w:name="_Toc256000177" w:id="156"/>
       <w:r w:rsidRPr="007A5E14">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Logoped</w:t>
       </w:r>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="2A6E1B0C" w14:textId="77777777">
+      <w:r w:rsidRPr="007A5E14">
+        <w:t xml:space="preserve">Beroende på i vilken fas av utvecklings-/behandlingsarbetet patienten befinner sig i ingår en eller flera av följande åtgärder: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="5D106995" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
+        <w:t>Inhämtande av anamnes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="59AF6B3E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
+        <w:t>Logopedisk undersökning inklusive inspelning av röst, tal, språk, oralmotorik och sväljning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="39B21BDD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
+        <w:t>Videodokumentation UNS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="00E3CE2C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
+        <w:t>Perceptuell lyssnarbedömning av röst och tal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="3E691C24" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
+        <w:t>Beslut om ytterligare utredning/behandling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="616966B8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
+        <w:t>Logopedisk behandling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="23969DC0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
+        <w:t>Information och samtal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A56BF0" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="642EA0B8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
+        <w:t>Dokumentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B33C26" w:rsidR="00303895" w:rsidP="00B33C26" w:rsidRDefault="00303895" w14:paraId="71B5F7E9" w14:textId="50445C03">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56BF0">
+        <w:t>Kontakter med sjukvårdspersonal samt kontakter med externa organ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="6CF49942" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc10033827" w:id="156"/>
+      <w:bookmarkStart w:name="_Toc11930936" w:id="157"/>
+      <w:bookmarkStart w:name="_Toc15298831" w:id="158"/>
+      <w:bookmarkStart w:name="_Toc256000009" w:id="159"/>
+      <w:bookmarkStart w:name="_Toc256000023" w:id="160"/>
+      <w:bookmarkStart w:name="_Toc256000037" w:id="161"/>
+      <w:bookmarkStart w:name="_Toc256000051" w:id="162"/>
+      <w:bookmarkStart w:name="_Toc256000065" w:id="163"/>
+      <w:bookmarkStart w:name="_Toc256000079" w:id="164"/>
+      <w:bookmarkStart w:name="_Toc256000093" w:id="165"/>
+      <w:bookmarkStart w:name="_Toc256000107" w:id="166"/>
+      <w:bookmarkStart w:name="_Toc256000121" w:id="167"/>
+      <w:bookmarkStart w:name="_Toc256000135" w:id="168"/>
+      <w:bookmarkStart w:name="_Toc256000149" w:id="169"/>
+      <w:bookmarkStart w:name="_Toc256000163" w:id="170"/>
+      <w:bookmarkStart w:name="_Toc256000138" w:id="171"/>
+      <w:r w:rsidRPr="007A5E14">
+        <w:t>Psykolog</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="156"/>
-    </w:p>
-[...224 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
       <w:bookmarkEnd w:id="159"/>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
       <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
       <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
+    </w:p>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="7EA85D4D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
+        <w:t>Genomgång av journal och inhämtande av anamnes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="1C105B92" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
+        <w:t>Beslut om påbörjad/fortsatt behandling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="3A95A89C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
+        <w:t>Information och samtal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F4A8A" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="1A7247D5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
+        <w:t>Dokumentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00901D98" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="38E9DAF8" w14:textId="18B18B08">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4A8A">
+        <w:t>Kontakter med sjukvårdspersonal samt kontakter med externa organ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00887770" w:rsidP="00B8795C" w:rsidRDefault="00303895" w14:paraId="691F7F85" w14:textId="0EB6B587">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc15298832" w:id="172"/>
+      <w:bookmarkStart w:name="_Toc256000010" w:id="173"/>
+      <w:bookmarkStart w:name="_Toc256000024" w:id="174"/>
+      <w:bookmarkStart w:name="_Toc256000038" w:id="175"/>
+      <w:bookmarkStart w:name="_Toc256000052" w:id="176"/>
+      <w:bookmarkStart w:name="_Toc256000066" w:id="177"/>
+      <w:bookmarkStart w:name="_Toc256000080" w:id="178"/>
+      <w:bookmarkStart w:name="_Toc256000094" w:id="179"/>
+      <w:bookmarkStart w:name="_Toc256000108" w:id="180"/>
+      <w:bookmarkStart w:name="_Toc256000122" w:id="181"/>
+      <w:bookmarkStart w:name="_Toc256000136" w:id="182"/>
+      <w:bookmarkStart w:name="_Toc256000150" w:id="183"/>
+      <w:bookmarkStart w:name="_Toc256000164" w:id="184"/>
+      <w:bookmarkStart w:name="_Toc256000152" w:id="185"/>
+      <w:r>
+        <w:t>Åtgärdskoder som ingår i ett normalbesök, se länk</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
-    </w:p>
-[...133 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="787E4C3B" w:rsidRDefault="59C6CA5C" w14:paraId="5FE6F77A" w14:textId="4A43D2C3">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="60"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="787E4C3B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="006298" w:themeColor="accent1"/>
+          </w:rPr>
+          <w:t>Regionala åtgärdskoder (KVÅ)</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="4E624ACA" w14:textId="08067526">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc15298833" w:id="186"/>
+      <w:bookmarkStart w:name="_Toc256000011" w:id="187"/>
+      <w:bookmarkStart w:name="_Toc256000025" w:id="188"/>
+      <w:bookmarkStart w:name="_Toc256000039" w:id="189"/>
+      <w:bookmarkStart w:name="_Toc256000053" w:id="190"/>
+      <w:bookmarkStart w:name="_Toc256000067" w:id="191"/>
+      <w:bookmarkStart w:name="_Toc256000081" w:id="192"/>
+      <w:bookmarkStart w:name="_Toc256000095" w:id="193"/>
+      <w:bookmarkStart w:name="_Toc256000109" w:id="194"/>
+      <w:bookmarkStart w:name="_Toc256000123" w:id="195"/>
+      <w:bookmarkStart w:name="_Toc256000137" w:id="196"/>
+      <w:bookmarkStart w:name="_Toc256000151" w:id="197"/>
+      <w:bookmarkStart w:name="_Toc256000165" w:id="198"/>
+      <w:bookmarkStart w:name="_Toc256000166" w:id="199"/>
+      <w:r>
+        <w:t xml:space="preserve">Åtgärdskoder som </w:t>
+      </w:r>
+      <w:r w:rsidRPr="787E4C3B">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ska</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> registreras</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="186"/>
       <w:bookmarkEnd w:id="187"/>
       <w:bookmarkEnd w:id="188"/>
-    </w:p>
-[...74 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="189"/>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
-      <w:bookmarkEnd w:id="200"/>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="2BDC01BF" w14:textId="77777777">
+      <w:r w:rsidRPr="007A5E14">
+        <w:t>GD002 Intyg, enklare. Används exempelvis vid intyg för utökad tid på förskola</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00303895" w14:paraId="323BD87A" w14:textId="77777777">
+      <w:r>
+        <w:t>GD003 Intyg, omfattande. Används vid mer omfattande intyg, exempelvis intyg om behöv av extra stöd i skolan, mer liknande ett utlåtande</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="787E4C3B" w:rsidRDefault="7EBFD0A7" w14:paraId="1EE55215" w14:textId="5CEFE32B">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ZV070 Användande av tolk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="787E4C3B" w:rsidRDefault="7EBFD0A7" w14:paraId="49B8E602" w14:textId="7D4BD092">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>XV006 Särskilt omfattande förberedelser eller efterarbete</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="787E4C3B" w:rsidRDefault="00303895" w14:paraId="3CEC7CDD" w14:textId="793A176A">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007A5E14" w:rsidR="00303895" w:rsidP="00901D98" w:rsidRDefault="00E13D47" w14:paraId="577EFB22" w14:textId="4E694E3F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc1696428561" w:id="930997611"/>
+      <w:r w:rsidR="00E13D47">
+        <w:rPr/>
+        <w:t>Arbetsgrupp</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="930997611"/>
+    </w:p>
+    <w:p w:rsidRPr="004B491A" w:rsidR="00303895" w:rsidP="00E13D47" w:rsidRDefault="00303895" w14:paraId="224A988C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Underrubrik"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc149035757" w:id="201"/>
+      <w:bookmarkStart w:name="_Toc149978547" w:id="202"/>
+      <w:r w:rsidRPr="004B491A">
+        <w:t>Remissinstanser</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
-      <w:bookmarkEnd w:id="203"/>
-[...9 lines deleted...]
-        <w:ind w:left="3036" w:right="0" w:hanging="360"/>
+    </w:p>
+    <w:p w:rsidR="00F76DB3" w:rsidP="00E13D47" w:rsidRDefault="00303895" w14:paraId="7FD6D488" w14:textId="392A7AEC">
+      <w:r w:rsidRPr="004B491A">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-      </w:pPr>
-[...20 lines deleted...]
-      <w:r w:rsidR="007A5E14">
+        <w:t>Ida Svensson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B491A">
+        <w:t>, medicinsk sekreterare, strokeenheten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B491A">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004B491A">
+        <w:t xml:space="preserve">Sarvin Jamei, enhetschef, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F76DB3">
+        <w:t>Rehabcentrum arbets- och fysioterapi samt kuratorsmottagning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B491A">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004B491A">
+        <w:t xml:space="preserve">Lars Björk, enhetschef, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F76DB3">
+        <w:t>Rehabmedicin arbets- och fysioterapi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="5E69FFB8" w:rsidRDefault="5E69FFB8" w14:paraId="766CC78B" w14:textId="23C5D00D">
+      <w:r w:rsidR="47445A5D">
         <w:rPr/>
-        <w:t>GD003 Intyg, omfattande. Används vid mer omfattande intyg, exempelvis intyg om behöv av extra stöd i skolan, mer liknande ett utlåtande</w:t>
-[...140 lines deleted...]
-        <w:ind w:left="2676" w:right="0"/>
+        <w:t>Ellinor Nylund, enhetschef, Arbets- och fysioterapimottagning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005A2974" w:rsidR="00563A2F" w:rsidP="005A2974" w:rsidRDefault="00303895" w14:paraId="00714D69" w14:textId="4785C4C7">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
-          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="43C13C21" w:rsidR="68B81A4D">
-[...53 lines deleted...]
-        <w:rPr/>
+      <w:r w:rsidRPr="004B491A">
         <w:t>Jenny Harlid, logoped</w:t>
       </w:r>
-    </w:p>
-[...160 lines deleted...]
-    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="007A5E14">
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:sectPr w:rsidRPr="005A2974" w:rsidR="00563A2F" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="496D9698" w14:textId="77777777">
+    <w:p w:rsidR="0049067B" w:rsidRDefault="0049067B" w14:paraId="4F29CA8B" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="38030764" w14:textId="77777777">
+    <w:p w:rsidR="0049067B" w:rsidRDefault="0049067B" w14:paraId="30128E49" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="0576E0AF" w14:textId="77777777">
+    <w:p w:rsidR="0049067B" w:rsidRDefault="0049067B" w14:paraId="597990C3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Fet">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Fet">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...17 lines deleted...]
-          <w:pStyle w:val="Footer"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00000000" w14:paraId="47BD2091" w14:textId="66F4EBFA">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00831C35" w:rsidR="00A65FD4">
           <w:rPr>
-            <w:sz w:val="16"/>
-[...6 lines deleted...]
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...1 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="76DF6159">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="6E5526E6" w14:textId="77777777"/>
+    <w:p w:rsidR="0049067B" w:rsidRDefault="0049067B" w14:paraId="58A1D303" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="5C57738A" w14:textId="77777777">
+    <w:p w:rsidR="0049067B" w:rsidRDefault="0049067B" w14:paraId="655C408B" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="4F5088BD" w14:textId="77777777">
+    <w:p w:rsidR="0049067B" w:rsidRDefault="0049067B" w14:paraId="6BAC334D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -4095,301 +2339,218 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-          <w:pict w14:anchorId="3024F08B">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="40AC303B">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="448A65ED">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4667250" cy="323850"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:wrapNone/>
+              <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4667250" cy="323850"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-          <w:pict w14:anchorId="685AF51D">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="3B94B2B0">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
-    </w:r>
-[...85 lines deleted...]
-      <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4620,50 +2781,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="068D0D8D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B0BE04CE"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3396" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4116" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4836" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5556" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6276" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6996" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7716" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8436" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9156" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -4732,51 +3006,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
@@ -4845,51 +3119,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -4958,51 +3232,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14E42C50"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D4A223E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5072,51 +3459,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -5185,51 +3572,277 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23B332E7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50B8F128"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3396" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4116" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4836" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5556" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6276" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6996" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7716" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8436" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9156" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CD3621E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D24E9C04"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5325,58 +3938,171 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38ED2E1D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6FEE560E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3396" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4116" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4836" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5556" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6276" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6996" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7716" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8436" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9156" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -5439,51 +4165,277 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FCF202D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="805834BE"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="402E5EEC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9460A1AC"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -5552,51 +4504,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5693,51 +4645,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42417D82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1828229A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3328" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4048" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -5806,51 +4758,277 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8368" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9088" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48800B2A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1C568294"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="491B65F1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7526ACB6"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3396" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4116" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4836" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5556" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6276" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6996" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7716" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8436" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9156" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -5919,58 +5097,58 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListParagraph"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -6033,51 +5211,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -6146,51 +5324,390 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="618160BF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF022CA6"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3396" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4116" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4836" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5556" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6276" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6996" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7716" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8436" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9156" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65077BA6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D0D2C3CA"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66385105"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0B74DC30"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
@@ -6259,51 +5776,390 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A722E17"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2CE974A"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3396" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4116" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4836" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5556" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6276" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6996" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7716" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8436" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9156" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B084126"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C07E31E0"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3396" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4116" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4836" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5556" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6276" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6996" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7716" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8436" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9156" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BB809A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DCC4C95A"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -6372,51 +6228,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -6485,612 +6341,740 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1280868239">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="739910959">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="8" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1420566503">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="256527698">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1090539201">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1846439597">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1129280245">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="525682300">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="250822105">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1418285061">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1217618228">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1858082182">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="961571992">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1245409414">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="822234466">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1818259874">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1752459205">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="31" w16cid:durableId="1696346093">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="4">
-[...2 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="32" w16cid:durableId="684283727">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="33" w16cid:durableId="426539085">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="7">
-[...23 lines deleted...]
-  <w:num w:numId="15">
+  <w:num w:numId="34" w16cid:durableId="376391678">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="16">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="35" w16cid:durableId="1427967880">
+    <w:abstractNumId w:val="31"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="00000CE8"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
-    <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
-    <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="001E6F39"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="002273C9"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="0026624A"/>
+    <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="00303895"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
+    <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
+    <w:rsid w:val="003466C0"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
-    <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F548A"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="00443C1E"/>
+    <w:rsid w:val="00443D1C"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
+    <w:rsid w:val="0049067B"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004C2559"/>
+    <w:rsid w:val="004B3D0D"/>
+    <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
+    <w:rsid w:val="00563A2F"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
+    <w:rsid w:val="00581FA1"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="00585398"/>
+    <w:rsid w:val="005953BF"/>
+    <w:rsid w:val="00596986"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="005A2E3B"/>
+    <w:rsid w:val="005A01ED"/>
+    <w:rsid w:val="005A2974"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
+    <w:rsid w:val="00611F63"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
+    <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F5C77"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="00725816"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
-    <w:rsid w:val="007A5E14"/>
+    <w:rsid w:val="007A7E4C"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="00841E90"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00887770"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="008D4B13"/>
+    <w:rsid w:val="008D4EFA"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="00901D98"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A16D09"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B33C26"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B46759"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
+    <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B81E0A"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
+    <w:rsid w:val="00B8795C"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D353B3"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
+    <w:rsid w:val="00D77233"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D93D7A"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E13D47"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EB5BBE"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F76DB3"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="0DC565E2"/>
-[...7 lines deleted...]
-    <w:rsid w:val="5A549F2A"/>
+    <w:rsid w:val="11B14FDE"/>
+    <w:rsid w:val="138BCA72"/>
+    <w:rsid w:val="14C51872"/>
+    <w:rsid w:val="1C479F40"/>
+    <w:rsid w:val="246E3A2D"/>
+    <w:rsid w:val="26E8B10A"/>
+    <w:rsid w:val="29A1202E"/>
+    <w:rsid w:val="336C2620"/>
+    <w:rsid w:val="3ED61619"/>
+    <w:rsid w:val="47445A5D"/>
+    <w:rsid w:val="4CA0E804"/>
+    <w:rsid w:val="54C56641"/>
+    <w:rsid w:val="59C6CA5C"/>
+    <w:rsid w:val="5E69FFB8"/>
+    <w:rsid w:val="625D6A14"/>
     <w:rsid w:val="647B2B65"/>
-    <w:rsid w:val="689011F8"/>
-    <w:rsid w:val="68B81A4D"/>
+    <w:rsid w:val="6A1C1F44"/>
     <w:rsid w:val="6B2CF8ED"/>
-    <w:rsid w:val="6D133972"/>
-[...2 lines deleted...]
-    <w:rsid w:val="7D3B606A"/>
+    <w:rsid w:val="72A51883"/>
+    <w:rsid w:val="787E4C3B"/>
+    <w:rsid w:val="7E574F4C"/>
+    <w:rsid w:val="7EBFD0A7"/>
+    <w:rsid w:val="7F832B65"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{DECC2897-9C36-4445-A5DA-FCF3E4FE7F29}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7428,275 +7412,234 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
-    <w:name w:val="heading 6"/>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading6Char"/>
+    <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="007A5E14"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
-      <w:outlineLvl w:val="5"/>
-[...42 lines deleted...]
-      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -7774,606 +7717,610 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Heading1"/>
-    <w:rsid w:val="00FB6392"/>
+    <w:link w:val="Rubrik1"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
-    <w:name w:val="Heading 3 Char"/>
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+    <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading3"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:styleId="UnderrubrikVGR" w:customStyle="1">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Omslagsunderrubrik"/>
+  <w:style w:type="character" w:styleId="UnderrubrikVGRChar" w:customStyle="1">
+    <w:name w:val="Underrubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
-      <w:ind w:left="240"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+      </w:tabs>
+      <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -8404,81 +8351,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -8517,53 +8464,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -8637,53 +8584,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -8757,53 +8704,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
         <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
         <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
         <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
         <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -8853,53 +8800,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
         <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
         <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
         <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
         <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -8949,53 +8896,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -9031,53 +8978,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
@@ -9126,51 +9073,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -9214,51 +9161,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
@@ -9345,67 +9292,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -9449,179 +9396,257 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Heading6"/>
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="007A5E14"/>
-[...29 lines deleted...]
-    <w:rsid w:val="007A5E14"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tabell" w:customStyle="1">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TabellChar" w:customStyle="1">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B97D4E"/>
+    <w:rPr>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00672EC3"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Underrubrik">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="UnderrubrikChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E13D47"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="567"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
+    <w:name w:val="Underrubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Underrubrik"/>
+    <w:rsid w:val="00E13D47"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="121657028">
+    <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -9629,114 +9654,61 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1304851724">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardadministration/Vardinformatik/klassifikationer-inom-halso--och-sjukvard3/klassifikation-av-vardatgard-kva/regionala-atgardsforteckningar/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="Rd20fa41d3ba2492b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardadministration/registrering-och-beskrivningssystem/klassifikationer-inom-halso--och-sjukvard3/klassifikation-av-vardatgard-kva/regionala-atgardsforteckningar/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...40 lines deleted...]
-</w:glossaryDocument>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -10015,126 +9987,53 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...70 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Åtgärdsregistrering för paramedicinsk personal</dc:title>
   <dc:subject/>
-  <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
+  <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Anna Björck Heintz</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy>Marie Rydström</lastModifiedBy>
+  <revision>5</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>