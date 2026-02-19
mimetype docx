--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4AD6FE92" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:sectPr w:rsidR="00AF10EB" w:rsidSect="00AF10EB">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="1B349B00" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
@@ -75,51 +75,59 @@
       <w:r w:rsidR="00955F09">
         <w:t>Ingår i pneumoniprocessen SÄS</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C2B1967" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc256000000"/>
       <w:bookmarkStart w:id="2" w:name="_Toc256000010"/>
       <w:bookmarkStart w:id="3" w:name="_Toc256000020"/>
       <w:bookmarkStart w:id="4" w:name="_Toc162958465"/>
       <w:r w:rsidRPr="00AF10EB">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="2C7A6C6C" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
       <w:r w:rsidRPr="00AF10EB">
-        <w:t>Vid inläggning p.g.a. lunginflammation ska prover tas för att fastställa orsak och möjliggöra optimal antibiotikabehandling. Hur mycket diagnostik som är motiverat avgörs av klinisk situation t.ex. sjukdomens allvarlighetsgrad.</w:t>
+        <w:t xml:space="preserve">Vid inläggning p.g.a. lunginflammation ska prover tas för att fastställa orsak och möjliggöra optimal antibiotikabehandling. Hur mycket diagnostik som är motiverat avgörs av klinisk situation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t xml:space="preserve"> sjukdomens allvarlighetsgrad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4273D875" w14:textId="07466695" w:rsidR="00C44872" w:rsidRPr="00AF10EB" w:rsidRDefault="00C44872" w:rsidP="00C44872">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc162958466"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="6F9E2334" w14:textId="465082B5" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="0005572A" w:rsidP="00C44872">
       <w:r>
         <w:t>Redaktionella ändringar samt aktualisering av innehåll.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20B97608" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00C44872" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -941,118 +949,168 @@
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="0120FF7F" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="001C776C">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc256000003"/>
       <w:bookmarkStart w:id="15" w:name="_Toc256000013"/>
       <w:bookmarkStart w:id="16" w:name="_Toc256000023"/>
       <w:bookmarkStart w:id="17" w:name="_Toc162958469"/>
       <w:r w:rsidRPr="00AF10EB">
         <w:t>Odlingar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="69F66B93" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
       <w:r w:rsidRPr="00AF10EB">
-        <w:t>Blododling (2 flaskpar i ett stick) ska tas på alla vuxna patienter på SÄS som läggs in på misstanke om pneumoni och även på barn före intravenös behandling. Ta prover till kem lab först vid samma stick så minskas risken för föroreningar i blododlingsflaskorna.</w:t>
+        <w:t xml:space="preserve">Blododling (2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t>flaskpar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t xml:space="preserve"> i ett stick) ska tas på alla vuxna patienter på SÄS som läggs in på misstanke om pneumoni och även på barn före intravenös behandling. Ta prover till kem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t>lab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t xml:space="preserve"> först vid samma stick så minskas risken för föroreningar i blododlingsflaskorna.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D89C856" w14:textId="077E5B58" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AF10EB">
-        <w:t>Nasopharynxodling ska tas på alla vuxna patienter</w:t>
+        <w:t>Nasopharynxodling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t xml:space="preserve"> ska tas på alla vuxna patienter</w:t>
       </w:r>
       <w:r w:rsidR="0010220A">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF10EB">
         <w:t xml:space="preserve"> som läggs in på SÄS på misstanke om pneumoni</w:t>
       </w:r>
       <w:r w:rsidR="000114CF">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF10EB">
         <w:t xml:space="preserve"> men inte på barn. Odlingen ska tas på den mottagning som lägger in patienten, oftast </w:t>
       </w:r>
       <w:r w:rsidR="001C776C">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF10EB">
         <w:t>kutmottagningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7598BBF5" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AF10EB">
-        <w:t>Sputumodling tas inte generellt men kan ordineras av läkare efter individuell bedömning. Fysioterapeut kan bistå för provtagning vid behov.</w:t>
+        <w:t>Sputumodling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t xml:space="preserve"> tas inte generellt men kan ordineras av läkare efter individuell bedömning. Fysioterapeut kan bistå för provtagning vid behov.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F6F8BFA" w14:textId="4255843A" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
       <w:r w:rsidRPr="00AF10EB">
         <w:t xml:space="preserve">Allmänna odlingar skickas till </w:t>
       </w:r>
       <w:r w:rsidR="001C776C">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF10EB">
         <w:t>ikrobiologen i Borås.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7559FE43" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc256000004"/>
       <w:bookmarkStart w:id="19" w:name="_Toc256000014"/>
       <w:bookmarkStart w:id="20" w:name="_Toc256000024"/>
       <w:bookmarkStart w:id="21" w:name="_Toc162958470"/>
       <w:r w:rsidRPr="00AF10EB">
         <w:t>Antigentest</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="187C47B4" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
       <w:r w:rsidRPr="00AF10EB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Antigentest i urin</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF10EB">
-        <w:t xml:space="preserve"> av pneumokocker och legionella tas på alla patienter som läggs på IVA med pneumoni. På övriga patienter tas antigentest för pneumokocker och legionella vid klinisk misstanke om legionella eller på ordination efter individuell bedömning av läkare.</w:t>
+        <w:t xml:space="preserve"> av pneumokocker och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t>legionella</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t xml:space="preserve"> tas på alla patienter som läggs på IVA med pneumoni. På övriga patienter tas antigentest för pneumokocker och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t>legionella</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t xml:space="preserve"> vid klinisk misstanke om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t>legionella</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF10EB">
+        <w:t xml:space="preserve"> eller på ordination efter individuell bedömning av läkare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72D78580" w14:textId="5BE68DB9" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
       <w:r w:rsidRPr="00AF10EB">
         <w:t xml:space="preserve">Provet skickas till </w:t>
       </w:r>
       <w:r w:rsidR="0010220A">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF10EB">
         <w:t>ikrobiologen i Borås.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="512979C8" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc256000005"/>
       <w:bookmarkStart w:id="23" w:name="_Toc256000015"/>
       <w:bookmarkStart w:id="24" w:name="_Toc256000025"/>
       <w:bookmarkStart w:id="25" w:name="_Toc162958471"/>
       <w:r w:rsidRPr="00AF10EB">
         <w:t>PCR-diagnostik vid pneumoni</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
@@ -1145,211 +1203,217 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Luftvägspanel)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3381" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C05DE84" w14:textId="311B96FE" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="15310628" w:rsidP="0D81A146">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r>
               <w:t>Vid inläggning och pågående tecken på luftvägsinfektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="71838599" w14:textId="77777777" w:rsidTr="00C44872">
+      <w:tr w:rsidR="00D60013" w:rsidRPr="00AF10EB" w14:paraId="71838599" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2849" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CD1393A" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
+          <w:p w14:paraId="5CD1393A" w14:textId="5FFCAA74" w:rsidR="00D60013" w:rsidRPr="00AF10EB" w:rsidRDefault="00D60013" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF10EB">
-[...4 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Luftvägsblock virus inklusive Mycoplasma </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chlamydia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pneumoniae</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3381" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="044F4E82" w14:textId="0578BA9E" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
+          <w:p w14:paraId="044F4E82" w14:textId="32628EDC" w:rsidR="00D60013" w:rsidRPr="00AF10EB" w:rsidRDefault="00D60013" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Klinisk misstanke om Mycoplasma</w:t>
+              <w:t>Övervägs vid intensivvård. För övrigt vid misstänkt atypisk pneumoni efter individuell bedömning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="4560F54A" w14:textId="77777777" w:rsidTr="00C44872">
+      <w:tr w:rsidR="00D60013" w:rsidRPr="00AF10EB" w14:paraId="4560F54A" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2849" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DA93D82" w14:textId="5CED7B7C" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
+          <w:p w14:paraId="5DA93D82" w14:textId="0BB079A7" w:rsidR="00D60013" w:rsidRPr="00AF10EB" w:rsidRDefault="00D60013" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> pneumoniae</w:t>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Atypiska luftvägsbakterier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3381" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40A9990A" w14:textId="384404EB" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="71574A1B" w:rsidP="00AF10EB">
+          <w:p w14:paraId="51B993EB" w14:textId="77777777" w:rsidR="00D60013" w:rsidRPr="00AF10EB" w:rsidRDefault="00D60013" w:rsidP="00AF10EB">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alla med samhällsförvärvad pneumoni på IVA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40A9990A" w14:textId="0497D626" w:rsidR="00D60013" w:rsidRPr="00AF10EB" w:rsidRDefault="00D60013" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Misstanke om </w:t>
+            </w:r>
+            <w:r w:rsidR="001B1350">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mycoplasma </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>legionella</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>psittacos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="03363D11" w14:textId="77777777" w:rsidTr="00C44872">
+      <w:tr w:rsidR="00D60013" w:rsidRPr="00AF10EB" w14:paraId="03363D11" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2849" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33AEFDDC" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
+          <w:p w14:paraId="33AEFDDC" w14:textId="15599559" w:rsidR="00D60013" w:rsidRPr="00AF10EB" w:rsidRDefault="00D60013" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Atypiska luftvägsbakterier</w:t>
-            </w:r>
+              <w:t>Francisella</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tularensis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3381" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B4DC2ED" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
-[...59 lines deleted...]
-          <w:p w14:paraId="4549F01F" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
+          <w:p w14:paraId="513BEE6A" w14:textId="6578B466" w:rsidR="00D60013" w:rsidRPr="00AF10EB" w:rsidRDefault="00D60013" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Klinisk misstanke</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="14BFFE6D" w14:textId="0E4B2B2C" w:rsidR="00AC02F7" w:rsidRDefault="00AC02F7" w:rsidP="00AF10EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -1442,190 +1506,260 @@
               <w:t>Luft</w:t>
             </w:r>
             <w:r w:rsidR="535FF251">
               <w:t>v</w:t>
             </w:r>
             <w:r>
               <w:t>ä</w:t>
             </w:r>
             <w:r w:rsidR="58336AD7">
               <w:t>g</w:t>
             </w:r>
             <w:r>
               <w:t>spanel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3293" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64131FC3" w14:textId="2A46F95B" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t xml:space="preserve">Nph, </w:t>
+              <w:t>Nph</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="5CA7B813">
               <w:t>sval</w:t>
             </w:r>
             <w:r w:rsidR="004729EA">
               <w:t>g</w:t>
             </w:r>
             <w:r w:rsidR="5CA7B813">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>sputum eller BAL</w:t>
+              <w:t>sputum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> eller BAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="631FAF2B" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2937" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56E83489" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftvägsblock</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3293" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2534514D" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Nph och svalg eller sputum eller BAL</w:t>
+              <w:t>Nph</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och svalg eller </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sputum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller BAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="3386249F" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2937" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="518FE74D" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Atypiska luftvägsbakterier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3293" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18A95748" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Bakre svalgvägg, sputum eller BAL</w:t>
+              <w:t xml:space="preserve">Bakre svalgvägg, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sputum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller BAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="10426736" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2937" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C37BBD5" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Francisella tularensis</w:t>
-            </w:r>
+              <w:t>Francisella</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tularensis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3293" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="412DAC93" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sputum eller BAL</w:t>
+              <w:t>Sputum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller BAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A9D8C03" w14:textId="2F2FE7A7" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1685,234 +1819,208 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ningsinstruktioner</w:t>
             </w:r>
             <w:r w:rsidR="00357B1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                       </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="790E57D7" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="628A91F5" w14:textId="459A69EB" w:rsidR="00AF10EB" w:rsidRPr="001610B0" w:rsidRDefault="0005572A" w:rsidP="00AF10EB">
+          <w:p w14:paraId="628A91F5" w14:textId="459A69EB" w:rsidR="00AF10EB" w:rsidRPr="001610B0" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="001610B0">
+              <w:r w:rsidRPr="001610B0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
-                <w:t>Allmänt</w:t>
+                <w:t>Allm</w:t>
+              </w:r>
+              <w:r w:rsidRPr="001610B0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                </w:rPr>
+                <w:t>ä</w:t>
+              </w:r>
+              <w:r w:rsidRPr="001610B0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                </w:rPr>
+                <w:t>nt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="3B451B9A" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="364CCC44" w14:textId="440B56DB" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="0005572A" w:rsidP="00AF10EB">
+          <w:p w14:paraId="364CCC44" w14:textId="440B56DB" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="006F6F2F">
+              <w:r w:rsidRPr="006F6F2F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Influensa</w:t>
               </w:r>
               <w:r w:rsidR="006F6F2F" w:rsidRPr="006F6F2F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">, </w:t>
               </w:r>
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="006F6F2F">
+              <w:r w:rsidRPr="006F6F2F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>RS-virus</w:t>
               </w:r>
               <w:r w:rsidR="006F6F2F" w:rsidRPr="006F6F2F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> och SARS-</w:t>
-[...13 lines deleted...]
-                <w:t>oV-2</w:t>
+                <w:t xml:space="preserve"> och SARS-CoV-2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="2D6FDF4F" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BAED6B5" w14:textId="687F9605" w:rsidR="00AF10EB" w:rsidRPr="00611CED" w:rsidRDefault="0005572A" w:rsidP="00AF10EB">
+          <w:p w14:paraId="6BAED6B5" w14:textId="687F9605" w:rsidR="00AF10EB" w:rsidRPr="00611CED" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="00611CED">
+              <w:r w:rsidRPr="00611CED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
-                <w:t>Luftvägsbl</w:t>
-[...11 lines deleted...]
-                <w:t>ck virus</w:t>
+                <w:t>Luftvägsblock virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="3F03B139" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37D69AF6" w14:textId="167CE248" w:rsidR="00AF10EB" w:rsidRPr="00F00560" w:rsidRDefault="0005572A" w:rsidP="00AF10EB">
+          <w:p w14:paraId="37D69AF6" w14:textId="2566129F" w:rsidR="00AF10EB" w:rsidRPr="00F00560" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="00F00560">
+              <w:r w:rsidRPr="00F00560">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
-                <w:t>Atypiska luftvägsbakter</w:t>
+                <w:t>Atypiska lu</w:t>
               </w:r>
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="00F00560">
+              <w:r w:rsidRPr="00F00560">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
-                <w:t>i</w:t>
+                <w:t>f</w:t>
               </w:r>
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="00F00560">
+              <w:r w:rsidRPr="00F00560">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
-                <w:t>er</w:t>
+                <w:t>tvägsbakterier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="6299CAC9" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB2BA17" w14:textId="22C10870" w:rsidR="00AF10EB" w:rsidRPr="00F00560" w:rsidRDefault="0005572A" w:rsidP="00AF10EB">
+          <w:p w14:paraId="0BB2BA17" w14:textId="24F3F168" w:rsidR="00AF10EB" w:rsidRPr="00F00560" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="00F00560">
+              <w:r w:rsidRPr="00F00560">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
-                <w:t>Tula</w:t>
-[...11 lines deleted...]
-                <w:t>emi</w:t>
+                <w:t>Tularemi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="41057755" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2022,57 +2130,51 @@
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
               <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9757-872331702-15/surrogate/Remiss%20Mikrobiologi.pdf"</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AF10EB" w:rsidRPr="00340883">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
-              <w:t>Mikrobiologe</w:t>
-[...5 lines deleted...]
-              <w:t>n</w:t>
+              <w:t>Mikrobiologen</w:t>
             </w:r>
             <w:r w:rsidR="00604190" w:rsidRPr="00340883">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
               <w:t xml:space="preserve"> SÄS</w:t>
             </w:r>
             <w:r w:rsidR="00AF10EB" w:rsidRPr="00340883">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="135DF321" w14:textId="6F940264" w:rsidR="00604190" w:rsidRPr="00AF10EB" w:rsidRDefault="00340883" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
@@ -2097,340 +2199,352 @@
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Influensa</w:t>
             </w:r>
             <w:r w:rsidR="00604190">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, RS-virus och SARS-CoV-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="31912B62" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF18B60" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
+          <w:p w14:paraId="1CF18B60" w14:textId="74F20113" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00FC03B9" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF10EB">
-[...4 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atypiska </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>luftväsbakterier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2424" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="797C9FD6" w14:textId="45F2527F" w:rsidR="00AF10EB" w:rsidRPr="00340883" w:rsidRDefault="0005572A" w:rsidP="00AF10EB">
+          <w:p w14:paraId="797C9FD6" w14:textId="45F2527F" w:rsidR="00AF10EB" w:rsidRPr="00340883" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="00340883">
+              <w:r w:rsidRPr="00340883">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
-                <w:t>Mikrobiologen</w:t>
-[...11 lines deleted...]
-                <w:t>SÄS</w:t>
+                <w:t>Mikrobiologen SÄS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1806" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D0CDD43" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
+          <w:p w14:paraId="2BA3D8FA" w14:textId="77777777" w:rsidR="003F026A" w:rsidRDefault="003F026A" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mycoplasma</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45C3CF28" w14:textId="77777777" w:rsidR="003F026A" w:rsidRDefault="003F026A" w:rsidP="00AF10EB">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Chlamydia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3D0CDD43" w14:textId="1D3DE168" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="003F026A" w:rsidP="00AF10EB">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Legionella</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="6EB38265" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="293A127D" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftvägsblock</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2424" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33E40E9E" w14:textId="0F97773C" w:rsidR="00AF10EB" w:rsidRPr="00A41B41" w:rsidRDefault="00A41B41" w:rsidP="00AF10EB">
+          <w:p w14:paraId="33E40E9E" w14:textId="0F97773C" w:rsidR="00AF10EB" w:rsidRPr="00A41B41" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="00A41B41">
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00A41B41">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
-                <w:t>Virol</w:t>
+                <w:t>Virologlab</w:t>
               </w:r>
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="00A41B41">
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00A41B41">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
-                <w:t>o</w:t>
-[...5 lines deleted...]
-                <w:t>glab SU</w:t>
+                <w:t xml:space="preserve"> SU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1806" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F1188A2" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
+          <w:p w14:paraId="4F1188A2" w14:textId="400B0105" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mycoplasma, Chlamydophila pneumoniae och luftvägsvirus inklusive influensa </w:t>
-[...16 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Mycoplasma, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Atypiska luftvägsbakterier</w:t>
-[...48 lines deleted...]
-            </w:pPr>
+              <w:t>Chlamyd</w:t>
+            </w:r>
+            <w:r w:rsidR="00A737B4">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ia</w:t>
+            </w:r>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Legionella, Mycoplasma, Chlamydophila psittaci, Chlamydophila pneumoniae</w:t>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pneumoniae</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och luftvägsvirus inklusive influensa </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w14:paraId="2B2CD9D5" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E929306" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Remiss för speciell diagnostik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2424" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="181F2393" w14:textId="61BC735F" w:rsidR="00AF10EB" w:rsidRPr="00EB1ED2" w:rsidRDefault="0005572A" w:rsidP="00AF10EB">
+          <w:p w14:paraId="181F2393" w14:textId="42DB3574" w:rsidR="00AF10EB" w:rsidRPr="00EB1ED2" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="00EB1ED2">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidRPr="00EB1ED2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
-                <w:t>Folkhälso</w:t>
+                <w:t>Folkhälsomyn</w:t>
               </w:r>
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="00EB1ED2">
+              <w:r w:rsidRPr="00EB1ED2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
-                <w:t>m</w:t>
+                <w:t>d</w:t>
               </w:r>
-              <w:r w:rsidR="00AF10EB" w:rsidRPr="00EB1ED2">
+              <w:r w:rsidRPr="00EB1ED2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
-                <w:t>yndigheten</w:t>
+                <w:t>igheten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DA4826F" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Francisella tularensis</w:t>
-            </w:r>
+              <w:t>Francisella</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tularensis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="72AD7D71" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00AF10EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04B259AE" w14:textId="4552EBD5" w:rsidR="00C01973" w:rsidRDefault="00C01973">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -2526,163 +2640,189 @@
               <w:ind w:left="37" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Förnyade allmänna odlingar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47D64B3D" w14:textId="6C612A87" w:rsidR="00A82FAD" w:rsidRPr="00AF10EB" w:rsidRDefault="009C0786" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>putum och bronksköljvätska</w:t>
+              <w:t>putum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och bronksköljvätska</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A82FAD" w:rsidRPr="00AF10EB" w14:paraId="70697F12" w14:textId="77777777" w:rsidTr="00C44872">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D11D724" w14:textId="35986365" w:rsidR="00A82FAD" w:rsidRPr="00AF10EB" w:rsidRDefault="00172F7D" w:rsidP="00172F7D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="3036"/>
               </w:tabs>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Legionellaodli</w:t>
             </w:r>
             <w:r w:rsidR="002F2B71">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ng </w:t>
+              <w:t>ng</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002F2B71">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50773EB8" w14:textId="1E9BF544" w:rsidR="00A82FAD" w:rsidRPr="00AF10EB" w:rsidRDefault="00172F7D" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>putum/ BAL</w:t>
+              <w:t>putum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/ BAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A82FAD" w:rsidRPr="00AF10EB" w14:paraId="637AB204" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BEC952E" w14:textId="678B87E8" w:rsidR="002F2B71" w:rsidRPr="00AF10EB" w:rsidRDefault="002F2B71" w:rsidP="002F2B71">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="3036"/>
               </w:tabs>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Pneumokockantigen </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A3CDB97" w14:textId="0A367DFA" w:rsidR="00A82FAD" w:rsidRPr="00AF10EB" w:rsidRDefault="002F2B71" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Legionellaantigen</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BC0E1AF" w14:textId="14F5D27B" w:rsidR="00A82FAD" w:rsidRPr="00AF10EB" w:rsidRDefault="002F2B71" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>urin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A82FAD" w:rsidRPr="00AF10EB" w14:paraId="6DC1A817" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
@@ -2698,165 +2838,211 @@
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Atypiska luftvägsbakterier</w:t>
             </w:r>
             <w:r w:rsidR="0050172E">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> PCR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F9297F9" w14:textId="53D97BBC" w:rsidR="00A82FAD" w:rsidRPr="00AF10EB" w:rsidRDefault="003636FF" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t xml:space="preserve">Sputum, svalg, </w:t>
-            </w:r>
+              <w:t>Sputum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, svalg, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00807745">
               <w:t>nph</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00B1442C">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00807745">
               <w:t>BAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A82FAD" w:rsidRPr="00AF10EB" w14:paraId="149FABD8" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="395A7BD5" w14:textId="142C3C9C" w:rsidR="00A82FAD" w:rsidRPr="00AF10EB" w:rsidRDefault="00807745" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftvägsblock PCR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F4D6F6C" w14:textId="242BBAA2" w:rsidR="00A82FAD" w:rsidRPr="00AF10EB" w:rsidRDefault="00807745" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Sputum, svalg, nph</w:t>
-            </w:r>
+              <w:t>Sputum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, svalg, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nph</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00B1442C">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:t>BAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00892888" w:rsidRPr="00AF10EB" w14:paraId="5D993F5E" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F082900" w14:textId="43621A52" w:rsidR="00892888" w:rsidRDefault="003F4B63" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Pneumocystis jirovecii PCR</w:t>
+              <w:t>Pneumocystis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>jirovecii</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PCR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6719A343" w14:textId="63B8ABD2" w:rsidR="00892888" w:rsidRDefault="003F4B63" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Sputum BAL</w:t>
+              <w:t>Sputum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> BAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F4B63" w:rsidRPr="00AF10EB" w14:paraId="617385B0" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14C13C7D" w14:textId="47572922" w:rsidR="00FE201B" w:rsidRDefault="00FE201B" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Betaglukan</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00AB3ED1">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D33899">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>vid immunbrist</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50DBDF95" w14:textId="2C987D6C" w:rsidR="003F4B63" w:rsidRDefault="00FE201B" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2864,61 +3050,69 @@
             </w:r>
             <w:r w:rsidR="006D1D02">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>t po</w:t>
             </w:r>
             <w:r w:rsidR="006D1D02">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>si</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">tiv vid </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00890FF9">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="006D1D02">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>neumocystis)</w:t>
+              <w:t>neumocystis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006D1D02">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E1D347E" w14:textId="623DE487" w:rsidR="003F4B63" w:rsidRDefault="006D1D02" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00FE201B">
               <w:t>erum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D1D02" w:rsidRPr="00AF10EB" w14:paraId="593F7609" w14:textId="77777777" w:rsidTr="00C44872">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
@@ -2928,80 +3122,102 @@
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tuberkulos</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CF8F158" w14:textId="2B3FD0B1" w:rsidR="00BB3F60" w:rsidRDefault="00BB3F60" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Odling direktprep och PCR</w:t>
+              <w:t xml:space="preserve">Odling </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>direktprep</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och PCR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16D27B10" w14:textId="5B8972F9" w:rsidR="00351425" w:rsidRPr="00AF10EB" w:rsidRDefault="00AC02F7" w:rsidP="00351425">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="3036"/>
               </w:tabs>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00351425" w:rsidRPr="00AF10EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">putum, </w:t>
+              <w:t>putum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00351425" w:rsidRPr="00AF10EB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00D75308">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BAL</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="054F9623" w14:textId="77777777" w:rsidR="006D1D02" w:rsidRDefault="006D1D02" w:rsidP="002628E9">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7B870CCB" w14:textId="2CAB1A96" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00C44872">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -3140,51 +3356,51 @@
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00AF10EB">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17762E7F" wp14:editId="2932A215">
             <wp:extent cx="4238625" cy="3000375"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="1" name="Picture 1" descr="Skärmdump från journalsystemet Melior som visar exempel på dokumentation i patientjournalen."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Skärmdump från journalsystemet Melior som visar exempel på dokumentation i patientjournalen."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26">
+                    <a:blip r:embed="rId25">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4238625" cy="3000375"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -3363,118 +3579,118 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7445254B" w14:textId="77777777" w:rsidR="00AF10EB" w:rsidRPr="00AF10EB" w:rsidRDefault="00AF10EB" w:rsidP="00955F09">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00955F09"/>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00AF10EB">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4DCB1BB0" w14:textId="77777777" w:rsidR="000F6E9B" w:rsidRDefault="000F6E9B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="77530B72" w14:textId="77777777" w:rsidR="000F6E9B" w:rsidRDefault="000F6E9B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="1DF92060" w14:textId="77777777" w:rsidR="000F6E9B" w:rsidRDefault="000F6E9B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -3490,89 +3706,89 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fet">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -3601,51 +3817,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -3679,73 +3895,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7D8C2B6A" w14:textId="77777777" w:rsidR="000F6E9B" w:rsidRDefault="000F6E9B"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="61133F78" w14:textId="77777777" w:rsidR="000F6E9B" w:rsidRDefault="000F6E9B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="776EAD6A" w14:textId="77777777" w:rsidR="000F6E9B" w:rsidRDefault="000F6E9B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -3819,51 +4035,51 @@
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Aktualiteten hos utskrivet dokument kan verifieras på intranätet</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="70464969" w14:textId="3C1A0DA4" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -4015,51 +4231,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6103,53 +6319,54 @@
   <w:num w:numId="13" w16cid:durableId="1840342796">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2027519965">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2080441979">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="10576375">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="837581506">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1289387079">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="428623571">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -6202,50 +6419,51 @@
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="001610B0"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00172F7D"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001B1350"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001C776C"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
@@ -6267,50 +6485,51 @@
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="00340883"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00351425"/>
     <w:rsid w:val="00357B1C"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="003636FF"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
+    <w:rsid w:val="003F026A"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F4B63"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00404A82"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004729EA"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
@@ -6429,96 +6648,99 @@
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00890FF9"/>
     <w:rsid w:val="00892888"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="00935160"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00955F09"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0786"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41B41"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A737B4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A82FAD"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB3ED1"/>
     <w:rsid w:val="00AC02F7"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AD444C"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF10EB"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B1442C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
@@ -6536,113 +6758,117 @@
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C44872"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5143C"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
+    <w:rsid w:val="00CE198E"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D125B0"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D33899"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D60013"/>
     <w:rsid w:val="00D75308"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E96CAC"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB1ED2"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC64AA"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F00560"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC03B9"/>
     <w:rsid w:val="00FC3A25"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE201B"/>
+    <w:rsid w:val="00FE6441"/>
     <w:rsid w:val="00FF2E18"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0D81A146"/>
     <w:rsid w:val="10B94208"/>
     <w:rsid w:val="11F69E69"/>
     <w:rsid w:val="12551269"/>
     <w:rsid w:val="15310628"/>
     <w:rsid w:val="240EF41A"/>
     <w:rsid w:val="2C7E8C57"/>
     <w:rsid w:val="41265A4F"/>
     <w:rsid w:val="535FF251"/>
     <w:rsid w:val="5483ECA0"/>
     <w:rsid w:val="58336AD7"/>
     <w:rsid w:val="5C75D628"/>
     <w:rsid w:val="5CA7B813"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6FCB883A"/>
     <w:rsid w:val="71574A1B"/>
     <w:rsid w:val="730328FC"/>
     <w:rsid w:val="7F554678"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -6659,51 +6885,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9216,51 +9442,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6F2F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001610B0"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9288,51 +9514,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/sars-cov-2-influensa-a--b-rsv-luftvagspanel-virus/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/harpest/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/globalassets/laboratorieanalys/information-for-bestallare/remiss-diagnostik.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sahlgrenska-klinkem-analyser.vgregion.se/KMIKAD107811.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sahlgrenska-klinkem-analyser.vgregion.se/BAAP0118.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sahlgrenska-klinkem-analyser.vgregion.se/KMIKAP0137.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sahlgrenska-klinkem-analyser.vgregion.se/KMIKAD107739.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9757-872331702-15/surrogate/Remiss%20Mikrobiologi.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/sars-cov-2-influensa-a--b-rsv-luftvagspanel-virus/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/vara-amnesomraden/smittsamma-sjukdomar/sjukdomsinformation-om-harpest/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/katalog/luftvagsblock-dnarna-md-5232" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/contentassets/2af6ade94cc448a3b2b0fc3e2338c843/remiss-speciell-diagnostik.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sahlgrenska-klinkem-analyser.vgregion.se/KMIKAP0137.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sahlgrenska-klinkem-analyser.vgregion.se/KMIKAD107739.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9757-872331702-15/surrogate/Remiss%20Mikrobiologi.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -9628,56 +9854,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>515</Words>
-  <Characters>5582</Characters>
+  <Words>505</Words>
+  <Characters>5413</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6085</CharactersWithSpaces>
+  <CharactersWithSpaces>5907</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Pneumoni – mikrobiologisk provtagning</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>60</revision>
+  <lastModifiedBy>Anders Bengtsson Lundqvist</lastModifiedBy>
+  <revision>67</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>