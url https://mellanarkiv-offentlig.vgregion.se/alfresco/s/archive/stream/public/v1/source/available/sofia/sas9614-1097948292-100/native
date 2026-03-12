--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -7,195 +7,127 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="515A7BC2" w14:textId="3F3A86FC" w:rsidR="429E891D" w:rsidRDefault="429E891D" w:rsidP="429E891D">
+    <w:p w:rsidR="429E891D" w:rsidP="429E891D" w:rsidRDefault="429E891D" w14:paraId="515A7BC2" w14:textId="3F3A86FC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="429E891D" w:rsidSect="00426165">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="410A514C" w14:textId="60AA72D9" w:rsidR="00426165" w:rsidRDefault="00426165" w:rsidP="00917BEE">
+    <w:p w:rsidR="00426165" w:rsidP="00917BEE" w:rsidRDefault="00426165" w14:paraId="410A514C" w14:textId="60AA72D9">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
       <w:r>
         <w:t>Sepsis och septisk chock</w:t>
       </w:r>
       <w:r w:rsidR="003016BD">
         <w:t>, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036404A7" w14:textId="1CE4DA50" w:rsidR="001C78DF" w:rsidRPr="001C78DF" w:rsidRDefault="001C78DF" w:rsidP="001C78DF">
+    <w:p w:rsidRPr="001C78DF" w:rsidR="001C78DF" w:rsidP="001C78DF" w:rsidRDefault="001C78DF" w14:paraId="036404A7" w14:textId="1CE4DA50">
       <w:r>
         <w:t>Sepsisprocessen</w:t>
       </w:r>
       <w:r w:rsidR="003016BD">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BF709F5" w14:textId="4FFCBA70" w:rsidR="7885D1C7" w:rsidRDefault="7885D1C7" w:rsidP="429E891D">
+    <w:p w:rsidR="7885D1C7" w:rsidP="429E891D" w:rsidRDefault="7885D1C7" w14:paraId="5BF709F5" w14:textId="4FFCBA70">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39931E4C" w14:textId="66EE86F2" w:rsidR="7885D1C7" w:rsidRDefault="7885D1C7" w:rsidP="00A05A7B">
-      <w:pPr>
+    <w:p w:rsidR="7814F265" w:rsidP="25F6173D" w:rsidRDefault="7814F265" w14:paraId="1FB7A07E" w14:textId="77399BFF">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Redaktionella förändringar</w:t>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="7814F265">
+        <w:rPr/>
+        <w:t>sökarnummer till infektionsläkare borttagna pga. övergång till sökning via televäxeln.</w:t>
+      </w:r>
+      <w:r w:rsidR="6C0024AD">
+        <w:rPr/>
+        <w:t xml:space="preserve"> Sepsissökare avvecklad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E8899D4" w14:textId="1FEA10E5" w:rsidR="7885D1C7" w:rsidRDefault="7885D1C7" w:rsidP="00A05A7B">
-[...4 lines deleted...]
-        <w:t>Rekommenderad antibiotikabehandling</w:t>
+    <w:p w:rsidR="2D9A7700" w:rsidP="35BC52B4" w:rsidRDefault="2D9A7700" w14:paraId="262A0460" w14:textId="60305FFA">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r w:rsidR="2D9A7700">
+        <w:rPr/>
+        <w:t>Bakgrund och syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D15AC56" w14:textId="62C523B5" w:rsidR="7885D1C7" w:rsidRDefault="7885D1C7" w:rsidP="00A05A7B">
-[...75 lines deleted...]
-    <w:p w14:paraId="77C63415" w14:textId="60AAEFE1" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="429E891D">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="429E891D" w:rsidRDefault="00426165" w14:paraId="77C63415" w14:textId="60AAEFE1">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Sepsis och septisk chock är allvarliga sjukdomstillstånd med livshotande organdysfunktion som uppstår p</w:t>
       </w:r>
       <w:r w:rsidR="4793655A">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="68EFF70D">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="68EFF70D">
         <w:t>.</w:t>
@@ -203,2116 +135,2115 @@
       <w:r>
         <w:t xml:space="preserve"> ett stört systemiskt svar på</w:t>
       </w:r>
       <w:r w:rsidR="44B0E437">
         <w:t xml:space="preserve"> en</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> infektion. Snabb</w:t>
       </w:r>
       <w:r w:rsidR="26C7E2D7">
         <w:t xml:space="preserve"> och korrekt handläggning </w:t>
       </w:r>
       <w:r>
         <w:t>minska</w:t>
       </w:r>
       <w:r w:rsidR="2863B338">
         <w:t>r risken för mortalitet, förlängd vårdtid och resttillstånd</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Riktlinjen innehåller </w:t>
       </w:r>
       <w:r w:rsidR="3AD8302A">
         <w:t xml:space="preserve">rutiner och </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">behandlingsrekommendationer för vuxna patienter med sepsis och septisk chock. Denna riktlinje baseras på Svenska infektionsläkarföreningens vårdprogram </w:t>
+        <w:t xml:space="preserve">behandlingsrekommendationer för vuxna patienter med sepsis och septisk chock. Denna riktlinje baseras på </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Svenska</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> infektionsläkarföreningens vårdprogram </w:t>
       </w:r>
       <w:r w:rsidR="33585C6A">
         <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId17">
-        <w:r w:rsidR="33585C6A" w:rsidRPr="429E891D">
+        <w:r w:rsidRPr="429E891D" w:rsidR="33585C6A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>vardprogram_sepsis_maj-2023.pdf (infektion.net)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> [1].</w:t>
       </w:r>
       <w:r w:rsidR="2C4F65B8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F3B303D" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="006D46A8">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="006D46A8" w:rsidRDefault="00426165" w14:paraId="3F3B303D" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="32"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc477180558"/>
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="35" w:name="_Toc256000163"/>
+      <w:bookmarkStart w:name="_Toc477180558" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc256000001" w:id="20"/>
+      <w:bookmarkStart w:name="_Toc477246202" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc477426129" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc477427714" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc256000017" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc256000037" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc29557704" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc29562377" w:id="27"/>
+      <w:bookmarkStart w:name="_Toc29562975" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc256000034" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc256000063" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc256000088" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc256000113" w:id="33"/>
+      <w:bookmarkStart w:name="_Toc256000138" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc256000163" w:id="35"/>
       <w:r w:rsidRPr="0CC6732B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="32"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
-    <w:bookmarkStart w:id="36" w:name="_Toc477180559"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="7B631215" w14:textId="255DA8E8" w:rsidR="005240D5" w:rsidRDefault="00DA4230" w:rsidP="006D46A8">
+    <w:bookmarkStart w:name="_Toc477180559" w:id="36"/>
+    <w:bookmarkStart w:name="_Toc256000002" w:id="37"/>
+    <w:bookmarkStart w:name="_Toc477246203" w:id="38"/>
+    <w:bookmarkStart w:name="_Toc477426130" w:id="39"/>
+    <w:bookmarkStart w:name="_Toc477427715" w:id="40"/>
+    <w:bookmarkStart w:name="_Toc256000018" w:id="41"/>
+    <w:bookmarkStart w:name="_Toc256000038" w:id="42"/>
+    <w:bookmarkStart w:name="_Toc29557705" w:id="43"/>
+    <w:bookmarkStart w:name="_Toc29562378" w:id="44"/>
+    <w:bookmarkStart w:name="_Toc29562976" w:id="45"/>
+    <w:bookmarkStart w:name="_Toc256000006" w:id="46"/>
+    <w:bookmarkStart w:name="_Toc256000035" w:id="47"/>
+    <w:bookmarkStart w:name="_Toc256000064" w:id="48"/>
+    <w:bookmarkStart w:name="_Toc256000089" w:id="49"/>
+    <w:bookmarkStart w:name="_Toc256000114" w:id="50"/>
+    <w:bookmarkStart w:name="_Toc256000139" w:id="51"/>
+    <w:bookmarkStart w:name="_Toc256000164" w:id="52"/>
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="00DA4230" w14:paraId="7B631215" w14:textId="255DA8E8">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
-        <w:keepNext/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK \l "_Toc113442025" \h</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="005240D5">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:r w:rsidR="005240D5">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="005240D5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="005240D5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:instrText xml:space="preserve"> PAGEREF _Toc113442025 \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="005240D5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="005240D5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="005240D5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="005240D5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B9AEA2" w14:textId="5FA6CF76" w:rsidR="005240D5" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="22B9AEA2" w14:textId="5FA6CF76">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
-        <w:keepNext/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442026">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442026 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="486D5232" w14:textId="44D93CD0" w:rsidR="005240D5" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
-[...2 lines deleted...]
-        <w:keepNext/>
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="486D5232" w14:textId="44D93CD0">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442027">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definitioner och diagnostiska kriterier</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442027 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="24F71DBC" w14:textId="092B32AC" w:rsidR="005240D5" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
-[...2 lines deleted...]
-        <w:keepNext/>
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="24F71DBC" w14:textId="092B32AC">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442028">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Diagnostiska kriterier septisk chock:</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442028 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="373C7968" w14:textId="49A92982" w:rsidR="005240D5" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="373C7968" w14:textId="49A92982">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
-        <w:keepNext/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442029">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442029 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="260A68E5" w14:textId="372B6259" w:rsidR="005240D5" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
-[...2 lines deleted...]
-        <w:keepNext/>
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="260A68E5" w14:textId="372B6259">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442030">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Behandling av vuxna (från 18 år)</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442030 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7866D20F" w14:textId="5FAE68A0" w:rsidR="005240D5" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
-[...2 lines deleted...]
-        <w:keepNext/>
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="7866D20F" w14:textId="5FAE68A0">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442031">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vid septisk chock</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442031 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1B95847C" w14:textId="3A6D7F43" w:rsidR="005240D5" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
-[...2 lines deleted...]
-        <w:keepNext/>
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="1B95847C" w14:textId="3A6D7F43">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442032">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Om septisk chock misstänks</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442032 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5208466A" w14:textId="5086B080" w:rsidR="005240D5" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
-[...2 lines deleted...]
-        <w:keepNext/>
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="5208466A" w14:textId="5086B080">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442033">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Antibiotika vid septisk chock</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442033 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22822148" w14:textId="60C1DA9E" w:rsidR="005240D5" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
-[...2 lines deleted...]
-        <w:keepNext/>
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="22822148" w14:textId="60C1DA9E">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442034">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Om blodtrycket stiger</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442034 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="754399A6" w14:textId="13FC36B6" w:rsidR="005240D5" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
-[...2 lines deleted...]
-        <w:keepNext/>
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="754399A6" w14:textId="13FC36B6">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442035">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning 30 minuter efter antibiotika har getts</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442035 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D6A74FC" w14:textId="7CC6BBA9" w:rsidR="005240D5" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
-[...2 lines deleted...]
-        <w:keepNext/>
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="3D6A74FC" w14:textId="7CC6BBA9">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442036">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vårdform</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442036 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3816AECE" w14:textId="5AB2433C" w:rsidR="005240D5" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
-[...2 lines deleted...]
-        <w:keepNext/>
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="3816AECE" w14:textId="5AB2433C">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442037">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvarig för verkställande</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442037 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="593CE4B5" w14:textId="3193A213" w:rsidR="005240D5" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
+    <w:p w:rsidR="005240D5" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="593CE4B5" w14:textId="3193A213">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
-        <w:keepNext/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442038">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442038 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="795D8E8E" w14:textId="7FA9B2E0" w:rsidR="00426165" w:rsidRPr="006D46A8" w:rsidRDefault="00F17E5B" w:rsidP="006D46A8">
+    <w:p w:rsidRPr="006D46A8" w:rsidR="00426165" w:rsidP="00910AB4" w:rsidRDefault="005240D5" w14:paraId="795D8E8E" w14:textId="7FA9B2E0">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
-        <w:keepNext/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc113442039">
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B" w:rsidR="005240D5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5">
+        <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc113442039 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B" w:rsidR="005240D5">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="005240D5" w:rsidRPr="0CC6732B">
+        <w:r w:rsidRPr="0CC6732B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00EB08BA" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="35BC52B4" w:rsidR="00EB08BA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ＭＳ ゴシック" w:cs="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00EB08BA" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="00EB08BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2" </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="35BC52B4" w:rsidR="00EB08BA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ＭＳ ゴシック" w:cs="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00EB08BA" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="00EB08BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3D5AF2" w14:textId="7D457CCC" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="0CC6732B">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="0CC6732B" w:rsidRDefault="00426165" w14:paraId="0D3D5AF2" w14:textId="77001ADD">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
-    <w:p w14:paraId="05D69B4F" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00C63A0E">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00C63A0E" w:rsidRDefault="00426165" w14:paraId="05D69B4F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc19620306"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="70" w:name="_Toc256000039"/>
+      <w:bookmarkStart w:name="_Toc19620306" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc29557706" w:id="54"/>
+      <w:bookmarkStart w:name="_Toc29562379" w:id="55"/>
+      <w:bookmarkStart w:name="_Toc29562977" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc256000007" w:id="57"/>
+      <w:bookmarkStart w:name="_Toc256000040" w:id="58"/>
+      <w:bookmarkStart w:name="_Toc256000065" w:id="59"/>
+      <w:bookmarkStart w:name="_Toc256000090" w:id="60"/>
+      <w:bookmarkStart w:name="_Toc256000115" w:id="61"/>
+      <w:bookmarkStart w:name="_Toc256000140" w:id="62"/>
+      <w:bookmarkStart w:name="_Toc256000165" w:id="63"/>
+      <w:bookmarkStart w:name="_Toc477180560" w:id="64"/>
+      <w:bookmarkStart w:name="_Toc256000003" w:id="65"/>
+      <w:bookmarkStart w:name="_Toc477246204" w:id="66"/>
+      <w:bookmarkStart w:name="_Toc477426131" w:id="67"/>
+      <w:bookmarkStart w:name="_Toc477427716" w:id="68"/>
+      <w:bookmarkStart w:name="_Toc256000019" w:id="69"/>
+      <w:bookmarkStart w:name="_Toc256000039" w:id="70"/>
       <w:r w:rsidRPr="00426165">
         <w:t>Definitioner och diagnostiska kriterier</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
     </w:p>
-    <w:p w14:paraId="1510CB51" w14:textId="79E0252D" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00C63A0E">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00C63A0E" w:rsidRDefault="00426165" w14:paraId="1510CB51" w14:textId="79E0252D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="_Toc19620307"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="81" w:name="_Toc256000166"/>
+      <w:bookmarkStart w:name="_Toc19620307" w:id="71"/>
+      <w:bookmarkStart w:name="_Toc29557707" w:id="72"/>
+      <w:bookmarkStart w:name="_Toc29562380" w:id="73"/>
+      <w:bookmarkStart w:name="_Toc29562978" w:id="74"/>
+      <w:bookmarkStart w:name="_Toc256000008" w:id="75"/>
+      <w:bookmarkStart w:name="_Toc256000041" w:id="76"/>
+      <w:bookmarkStart w:name="_Toc256000066" w:id="77"/>
+      <w:bookmarkStart w:name="_Toc256000091" w:id="78"/>
+      <w:bookmarkStart w:name="_Toc256000116" w:id="79"/>
+      <w:bookmarkStart w:name="_Toc256000141" w:id="80"/>
+      <w:bookmarkStart w:name="_Toc256000166" w:id="81"/>
       <w:r>
         <w:t>Definition av sepsis</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
     </w:p>
-    <w:p w14:paraId="40549CF2" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00AB2870">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00AB2870" w:rsidRDefault="00426165" w14:paraId="40549CF2" w14:textId="77777777">
       <w:r w:rsidRPr="00426165">
         <w:t>Livshotande organdysfunktion som orsakas av ett stört systemiskt svar på infektion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0915C470" w14:textId="06EC67BA" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00994E97">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00994E97" w:rsidRDefault="00426165" w14:paraId="0915C470" w14:textId="06EC67BA">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Toc19620308"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="92" w:name="_Toc256000167"/>
+      <w:bookmarkStart w:name="_Toc19620308" w:id="82"/>
+      <w:bookmarkStart w:name="_Toc29557708" w:id="83"/>
+      <w:bookmarkStart w:name="_Toc29562381" w:id="84"/>
+      <w:bookmarkStart w:name="_Toc29562979" w:id="85"/>
+      <w:bookmarkStart w:name="_Toc256000009" w:id="86"/>
+      <w:bookmarkStart w:name="_Toc256000042" w:id="87"/>
+      <w:bookmarkStart w:name="_Toc256000067" w:id="88"/>
+      <w:bookmarkStart w:name="_Toc256000092" w:id="89"/>
+      <w:bookmarkStart w:name="_Toc256000117" w:id="90"/>
+      <w:bookmarkStart w:name="_Toc256000142" w:id="91"/>
+      <w:bookmarkStart w:name="_Toc256000167" w:id="92"/>
       <w:r>
         <w:t>Diagnostiska kriterier</w:t>
       </w:r>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="502786F4">
         <w:t>för sepsis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="231DABF8" w14:textId="04629FEA" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00994E97">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00994E97" w:rsidRDefault="00426165" w14:paraId="231DABF8" w14:textId="04629FEA">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00426165">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Infektion med förändring av ≥2 SOFA poäng (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId18">
         <w:r w:rsidRPr="00AB2870">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SOFA kort</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00426165">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="445B142C" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00AB2870">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00AB2870" w:rsidRDefault="00426165" w14:paraId="445B142C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="93" w:name="_Toc19620309"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="103" w:name="_Toc256000168"/>
+      <w:bookmarkStart w:name="_Toc19620309" w:id="93"/>
+      <w:bookmarkStart w:name="_Toc29557709" w:id="94"/>
+      <w:bookmarkStart w:name="_Toc29562382" w:id="95"/>
+      <w:bookmarkStart w:name="_Toc29562980" w:id="96"/>
+      <w:bookmarkStart w:name="_Toc256000010" w:id="97"/>
+      <w:bookmarkStart w:name="_Toc256000043" w:id="98"/>
+      <w:bookmarkStart w:name="_Toc256000068" w:id="99"/>
+      <w:bookmarkStart w:name="_Toc256000093" w:id="100"/>
+      <w:bookmarkStart w:name="_Toc256000118" w:id="101"/>
+      <w:bookmarkStart w:name="_Toc256000143" w:id="102"/>
+      <w:bookmarkStart w:name="_Toc256000168" w:id="103"/>
       <w:r w:rsidRPr="00426165">
         <w:t>Definition av septisk chock</w:t>
       </w:r>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
     </w:p>
-    <w:p w14:paraId="2ED56DE4" w14:textId="451EAB52" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="75653760">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="75653760" w:rsidRDefault="00426165" w14:paraId="2ED56DE4" w14:textId="451EAB52">
       <w:r>
         <w:t xml:space="preserve">En undergrupp av sepsis där bakomliggande </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>cirkulatoriska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> och cellulära/ metabola rubbningar är tillräckligt uttalade för att avsevärt öka dödligheten. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A1BA2A" w14:textId="42D4A699" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="75653760">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="75653760" w:rsidRDefault="00426165" w14:paraId="10A1BA2A" w14:textId="42D4A699">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="104" w:name="_Toc19620310"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="114" w:name="_Toc256000169"/>
+      <w:bookmarkStart w:name="_Toc19620310" w:id="104"/>
+      <w:bookmarkStart w:name="_Toc29557710" w:id="105"/>
+      <w:bookmarkStart w:name="_Toc29562383" w:id="106"/>
+      <w:bookmarkStart w:name="_Toc29562981" w:id="107"/>
+      <w:bookmarkStart w:name="_Toc256000011" w:id="108"/>
+      <w:bookmarkStart w:name="_Toc256000044" w:id="109"/>
+      <w:bookmarkStart w:name="_Toc256000069" w:id="110"/>
+      <w:bookmarkStart w:name="_Toc256000094" w:id="111"/>
+      <w:bookmarkStart w:name="_Toc256000119" w:id="112"/>
+      <w:bookmarkStart w:name="_Toc256000144" w:id="113"/>
+      <w:bookmarkStart w:name="_Toc256000169" w:id="114"/>
       <w:r w:rsidRPr="75653760">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Diagnostiska kriterier septisk chock:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:r w:rsidRPr="75653760">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DBCF1B7" w14:textId="22D9B98B" w:rsidR="00426165" w:rsidRPr="0060462B" w:rsidRDefault="00426165" w:rsidP="0060462B">
+    <w:p w:rsidRPr="0060462B" w:rsidR="00426165" w:rsidP="0060462B" w:rsidRDefault="00426165" w14:paraId="7DBCF1B7" w14:textId="22D9B98B">
       <w:r>
         <w:t xml:space="preserve">Kvarstående </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>hypotension</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> som kräver </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>vasopressor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> för att upprätthålla medelartärtryck (MAP) ≥65 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mmHg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> tillsammans med laktat &gt;2mmol/L trots adekvat vätsketillförsel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D55721D" w14:textId="367166D9" w:rsidR="40D6B2C9" w:rsidRDefault="40D6B2C9" w:rsidP="75653760">
+    <w:p w:rsidR="40D6B2C9" w:rsidP="75653760" w:rsidRDefault="40D6B2C9" w14:paraId="2D55721D" w14:textId="367166D9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2683DD6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Identifiering av sepsi</w:t>
       </w:r>
-      <w:r w:rsidR="2409008B" w:rsidRPr="2683DD6F">
+      <w:r w:rsidRPr="2683DD6F" w:rsidR="2409008B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="2090A0D9" w:rsidRPr="2683DD6F">
+      <w:r w:rsidRPr="2683DD6F" w:rsidR="2090A0D9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> och sepsislarm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC15D11" w14:textId="7B081D6B" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="01950A0C" w:rsidP="0CC6732B">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="0CC6732B" w:rsidRDefault="01950A0C" w14:paraId="2EC15D11" w14:textId="7B081D6B">
       <w:r w:rsidRPr="0CC6732B">
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="35B75DAF" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="35B75DAF">
         <w:t xml:space="preserve">idig identifiering och snabb </w:t>
       </w:r>
-      <w:r w:rsidR="07FBA070" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="07FBA070">
         <w:t xml:space="preserve">handläggning </w:t>
       </w:r>
-      <w:r w:rsidR="35B75DAF" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="35B75DAF">
         <w:t>av sepsispatienter betonas återkommande i nationella och internationella riktlinjer.</w:t>
       </w:r>
-      <w:r w:rsidR="1EC72CA4" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="1EC72CA4">
         <w:t xml:space="preserve"> Då </w:t>
       </w:r>
-      <w:r w:rsidR="0A6299E3" w:rsidRPr="0CC6732B">
-[...6 lines deleted...]
-      <w:r w:rsidR="15AA60A3" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="0A6299E3">
+        <w:t xml:space="preserve">alla patienter drabbas olika, av olika smittämnen och organsystem blir den kliniska bilden </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="15AA60A3">
         <w:t xml:space="preserve">varierande. </w:t>
       </w:r>
-      <w:r w:rsidR="6CE13B20" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="6CE13B20">
         <w:t xml:space="preserve">Anamnes, status, vitalparametrar och biomarkörer i kombination med hög misstänksamhet bör användas för att </w:t>
       </w:r>
-      <w:r w:rsidR="10BAF72D" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="10BAF72D">
         <w:t>så snabbt som möjligt nå en sannolik diagnos.</w:t>
       </w:r>
-      <w:r w:rsidR="15AA60A3" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="15AA60A3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE8583B" w14:textId="0F2B0B94" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="65FDA2F8" w:rsidP="0CC6732B">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="0CC6732B" w:rsidRDefault="65FDA2F8" w14:paraId="7FE8583B" w14:textId="0F2B0B94">
       <w:r w:rsidRPr="0CC6732B">
         <w:t>NEWS2 ≥ 5 i kombination med misstänkt infektion bör leda till frågan: “</w:t>
       </w:r>
-      <w:r w:rsidR="51991037" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="51991037">
         <w:t>Har patienten sepsis”.</w:t>
       </w:r>
-      <w:r w:rsidR="0F1C32BE" w:rsidRPr="0CC6732B">
+      <w:r w:rsidRPr="0CC6732B" w:rsidR="0F1C32BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D0B1DD" w14:textId="7839E3CF" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="51991037" w:rsidP="0CC6732B">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="0CC6732B" w:rsidRDefault="51991037" w14:paraId="68D0B1DD" w14:textId="7839E3CF">
       <w:r>
         <w:t xml:space="preserve">NEWS ≥ 7 i kombination med misstänkt infektion är indikation för </w:t>
       </w:r>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>sepsislarm</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> på akutmottagni</w:t>
       </w:r>
       <w:r w:rsidR="37521934">
         <w:t>ng</w:t>
       </w:r>
       <w:r w:rsidR="2F822C8D">
         <w:t>, men liknande handläggning ska ske vid insjuknande på vårdavdelning</w:t>
       </w:r>
       <w:r w:rsidR="3A3DE34D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5491FDA7" w14:textId="734CF4EE" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="429E891D">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="429E891D" w:rsidRDefault="00426165" w14:paraId="5491FDA7" w14:textId="734CF4EE">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="115" w:name="_Toc19620311"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="125" w:name="_Toc256000170"/>
+      <w:bookmarkStart w:name="_Toc19620311" w:id="115"/>
+      <w:bookmarkStart w:name="_Toc29557711" w:id="116"/>
+      <w:bookmarkStart w:name="_Toc29562384" w:id="117"/>
+      <w:bookmarkStart w:name="_Toc29562982" w:id="118"/>
+      <w:bookmarkStart w:name="_Toc256000012" w:id="119"/>
+      <w:bookmarkStart w:name="_Toc256000045" w:id="120"/>
+      <w:bookmarkStart w:name="_Toc256000070" w:id="121"/>
+      <w:bookmarkStart w:name="_Toc256000095" w:id="122"/>
+      <w:bookmarkStart w:name="_Toc256000120" w:id="123"/>
+      <w:bookmarkStart w:name="_Toc256000145" w:id="124"/>
+      <w:bookmarkStart w:name="_Toc256000170" w:id="125"/>
       <w:r>
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
     </w:p>
-    <w:p w14:paraId="7FBCD963" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="0060462B">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="0060462B" w:rsidRDefault="00426165" w14:paraId="7FBCD963" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="126" w:name="_Toc19620312"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="136" w:name="_Toc256000171"/>
+      <w:bookmarkStart w:name="_Toc19620312" w:id="126"/>
+      <w:bookmarkStart w:name="_Toc29557712" w:id="127"/>
+      <w:bookmarkStart w:name="_Toc29562385" w:id="128"/>
+      <w:bookmarkStart w:name="_Toc29562983" w:id="129"/>
+      <w:bookmarkStart w:name="_Toc256000013" w:id="130"/>
+      <w:bookmarkStart w:name="_Toc256000046" w:id="131"/>
+      <w:bookmarkStart w:name="_Toc256000071" w:id="132"/>
+      <w:bookmarkStart w:name="_Toc256000096" w:id="133"/>
+      <w:bookmarkStart w:name="_Toc256000121" w:id="134"/>
+      <w:bookmarkStart w:name="_Toc256000146" w:id="135"/>
+      <w:bookmarkStart w:name="_Toc256000171" w:id="136"/>
       <w:r w:rsidRPr="00426165">
         <w:t>Behandling av vuxna (från 18 år)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
     </w:p>
-    <w:p w14:paraId="0AECB67C" w14:textId="5286CE81" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="0060462B">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="0060462B" w:rsidRDefault="00426165" w14:paraId="0AECB67C" w14:textId="5286CE81">
       <w:r>
         <w:t>Vid misstanke</w:t>
       </w:r>
       <w:r w:rsidR="46AA17C5">
         <w:t xml:space="preserve"> om sepsis</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ska behandling och utredning startas omedelbart.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA8E5DE" w14:textId="060B1B6A" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="37075C5C" w:rsidP="429E891D">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="429E891D" w:rsidRDefault="37075C5C" w14:paraId="3BA8E5DE" w14:textId="060B1B6A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00426165" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="00426165">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>yrgas</w:t>
       </w:r>
-      <w:r w:rsidR="44715906" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="44715906">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
-      <w:r w:rsidR="44549E8D" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="44549E8D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="44549E8D">
         <w:t>Ges</w:t>
       </w:r>
-      <w:r w:rsidR="5D5AD86B" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="5D5AD86B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="5D5AD86B">
         <w:t xml:space="preserve">vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="5D5AD86B">
         <w:t>hypoxi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="4BD3735E">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="5D5AD86B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="5D5AD86B">
         <w:t>målsaturation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00426165">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C530C0">
         <w:t>92–95</w:t>
       </w:r>
       <w:r w:rsidR="00426165">
         <w:t> %.</w:t>
       </w:r>
       <w:r w:rsidR="3064505E">
         <w:t xml:space="preserve"> Lägre </w:t>
       </w:r>
       <w:r w:rsidR="00C530C0">
         <w:t>88–92</w:t>
       </w:r>
       <w:r w:rsidR="3064505E">
         <w:t>% om kronisk lungsjukdom, ex svår KOL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20631201" w14:textId="63BA08CD" w:rsidR="3747B33E" w:rsidRDefault="3747B33E" w:rsidP="429E891D">
+    <w:p w:rsidR="3747B33E" w:rsidP="429E891D" w:rsidRDefault="3747B33E" w14:paraId="20631201" w14:textId="63BA08CD">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Provtagning</w:t>
       </w:r>
-      <w:r w:rsidR="0F5EB0A3" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="0F5EB0A3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="1408669C">
         <w:t>Ta “</w:t>
       </w:r>
-      <w:r w:rsidR="1408669C" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="1408669C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>sepsisprover</w:t>
       </w:r>
       <w:r w:rsidR="1408669C">
         <w:t xml:space="preserve">” (H1, P4, PK, APTT, CRP samt arteriell eller venös </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="1408669C">
         <w:t>blodgas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="1408669C">
         <w:t xml:space="preserve"> med </w:t>
       </w:r>
-      <w:r w:rsidR="1408669C" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="1408669C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">laktat </w:t>
       </w:r>
       <w:r w:rsidR="1408669C">
         <w:t xml:space="preserve">och </w:t>
       </w:r>
-      <w:r w:rsidR="1408669C" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="1408669C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>P-glukos</w:t>
       </w:r>
       <w:r w:rsidR="1408669C">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="2546EBA9">
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
-      <w:r w:rsidR="2546EBA9" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="2546EBA9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">blododlingar </w:t>
       </w:r>
       <w:r w:rsidR="2546EBA9">
         <w:t>(4 flaskor på ett stick).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C2FC3BF" w14:textId="077C2F85" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="57252ECF" w:rsidP="429E891D">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="429E891D" w:rsidRDefault="57252ECF" w14:paraId="3C2FC3BF" w14:textId="077C2F85">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vätska</w:t>
       </w:r>
-      <w:r w:rsidR="0C330A39" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="0C330A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00426165">
         <w:t xml:space="preserve">Sätt grova nålar (grön eller grövre) i två perifera vener. </w:t>
       </w:r>
       <w:r w:rsidR="3D2A1780">
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="3D2A1780">
         <w:t>hypotension</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="3D2A1780">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00C530C0">
         <w:t>MAP &lt;</w:t>
       </w:r>
       <w:r w:rsidR="3D2A1780">
         <w:t>65 eller Systoliskt blodtryck &lt;90) alt. laktat ≥4 alt. kapillär återfyllnad &gt;3sekunder: Ge Ringer-acetat</w:t>
       </w:r>
       <w:r w:rsidR="3C5010F9">
         <w:t xml:space="preserve"> ≤</w:t>
       </w:r>
       <w:r w:rsidR="3D2A1780">
         <w:t xml:space="preserve">30 ml/kg under 3 h. Övergå till individualiserad vätsketerapi om MAP&gt; 65 uppnås inom 3 h. Övriga: Individualiserad vätsketerapi. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D14FCA1" w14:textId="3FADD764" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="429E891D">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="429E891D" w:rsidRDefault="00426165" w14:paraId="7D14FCA1" w14:textId="3FADD764">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Odla </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">från övriga tänkbara fokus, t.ex. urin, svalg, </w:t>
+        <w:t xml:space="preserve">från övriga tänkbara fokus, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> urin, svalg, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>nasofarynx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, öron, sår. </w:t>
       </w:r>
       <w:r w:rsidR="53855453">
         <w:t xml:space="preserve">Odlingar får inte fördröja insättning av antibiotika vid hotande/manifest septisk chock. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>meningitmisstanke</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ska ett snabbt lumbalpunktionsförsök göras (utan att antibiotikainsättningen fördröjs). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A33DDE" w14:textId="30A2C221" w:rsidR="7EB6F9FF" w:rsidRDefault="7EB6F9FF" w:rsidP="429E891D">
+    <w:p w:rsidR="7EB6F9FF" w:rsidP="25F6173D" w:rsidRDefault="7EB6F9FF" w14:paraId="41A33DDE" w14:textId="7135AEB1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="429E891D">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidRPr="25F6173D" w:rsidR="7EB6F9FF">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>Antibiotika</w:t>
       </w:r>
-      <w:r w:rsidR="3554CBB0" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="25F6173D" w:rsidR="3554CBB0">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="759A2DFE">
+        <w:rPr/>
         <w:t xml:space="preserve"> Antibiotika</w:t>
       </w:r>
       <w:r w:rsidR="36E9C546">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="759A2DFE">
+        <w:rPr/>
         <w:t>ska ges inom 1 timme från ankomst till sjukhus eller snarast vid konstaterad</w:t>
       </w:r>
-      <w:r w:rsidR="759A2DFE" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="25F6173D" w:rsidR="759A2DFE">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="759A2DFE">
+        <w:rPr/>
         <w:t xml:space="preserve">sepsis på </w:t>
       </w:r>
       <w:r w:rsidR="04DB288C">
+        <w:rPr/>
         <w:t>vård</w:t>
       </w:r>
       <w:r w:rsidR="759A2DFE">
+        <w:rPr/>
         <w:t xml:space="preserve">avdelning (sjuksköterska noterar korrekt tid för given dos antibiotika i läkemedelsmodulen). Pat med sepsis </w:t>
       </w:r>
       <w:r w:rsidR="4DA2F011">
+        <w:rPr/>
         <w:t>bör i normala fall diskuteras</w:t>
       </w:r>
       <w:r w:rsidR="759A2DFE">
+        <w:rPr/>
         <w:t xml:space="preserve"> med infektions</w:t>
       </w:r>
       <w:r w:rsidR="628BB4F4">
-        <w:t>läkare. Nås vardagar (</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> via växeln</w:t>
+        <w:rPr/>
+        <w:t>läkare</w:t>
+      </w:r>
+      <w:r w:rsidR="7413FAC8">
+        <w:rPr/>
+        <w:t>, nås via växeln, se nedan under rubrik “Infektionsenhet”</w:t>
       </w:r>
       <w:r w:rsidR="7CD76764">
+        <w:rPr/>
         <w:t>. Bra stöd för antibiotikaval få</w:t>
       </w:r>
       <w:r w:rsidR="71FB419D">
+        <w:rPr/>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="7CD76764">
+        <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
-      <w:r w:rsidR="6115BEDA" w:rsidRPr="429E891D">
-[...2 lines deleted...]
-      <w:r w:rsidR="62907061" w:rsidRPr="429E891D">
+      <w:r w:rsidR="6115BEDA">
+        <w:rPr/>
+        <w:t>appen</w:t>
+      </w:r>
+      <w:r w:rsidR="6115BEDA">
+        <w:rPr/>
+        <w:t xml:space="preserve"> “Strama nationell” </w:t>
+      </w:r>
+      <w:r w:rsidR="62907061">
+        <w:rPr/>
         <w:t>och SÄS lokala antibiotikariktlinje (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
-        <w:r w:rsidR="62907061" w:rsidRPr="429E891D">
+      <w:hyperlink r:id="R571b40f7d848415d">
+        <w:r w:rsidRPr="25F6173D" w:rsidR="62907061">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Antibiotikabehandling till vuxen)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="31C50B03" w14:textId="4AFDCCC2" w:rsidR="759A2DFE" w:rsidRDefault="759A2DFE" w:rsidP="429E891D">
+    <w:p w:rsidR="759A2DFE" w:rsidP="429E891D" w:rsidRDefault="759A2DFE" w14:paraId="31C50B03" w14:textId="4AFDCCC2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Source </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>control</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> - Överväg åtgärd mot infektionsfokus så snart det är praktiskt och medicinskt möjligt. Ex </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>abcessdränage</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="78C65CA3">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="78C65CA3">
         <w:t>debridering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="78C65CA3">
         <w:t xml:space="preserve"> av mjukdelar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A6B73F" w14:textId="6C49AE55" w:rsidR="61AB9445" w:rsidRDefault="61AB9445" w:rsidP="429E891D">
+    <w:p w:rsidR="61AB9445" w:rsidP="429E891D" w:rsidRDefault="61AB9445" w14:paraId="74A6B73F" w14:textId="6C49AE55">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sepsis</w:t>
       </w:r>
-      <w:r w:rsidR="31191985" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="31191985">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Om kvarstående misstanke om sepsis eller om diagnos inte kan avfärdas</w:t>
       </w:r>
       <w:r w:rsidR="6C1E79FD">
         <w:t xml:space="preserve"> efter initial bedömning</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="2ED2A7F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="124B745E">
-        <w:t xml:space="preserve">Besluta om lämplig vårdnivå och </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">eventuella vårdbegränsningar (samråd gärna med infektions- och </w:t>
+        <w:t xml:space="preserve">Besluta om lämplig vårdnivå och eventuella vårdbegränsningar (samråd gärna med infektions- och </w:t>
       </w:r>
       <w:r w:rsidR="222C32FA">
         <w:t>IVA-</w:t>
       </w:r>
       <w:r w:rsidR="124B745E">
         <w:t xml:space="preserve">läkare). </w:t>
       </w:r>
       <w:r w:rsidR="2ED2A7F6">
         <w:t xml:space="preserve">Dokumentera att standardvårdplan används i planeringsaktiviteten (Melior). Komplettera “Sepsis/Septisk chock i planeringsaktiviteten. </w:t>
       </w:r>
       <w:r w:rsidR="52AC6402">
         <w:t xml:space="preserve">Starta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="52AC6402">
         <w:t>Melioranteckning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="52AC6402">
         <w:t xml:space="preserve"> “Plan Sepsis”</w:t>
       </w:r>
       <w:r w:rsidR="72898EC7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="52AC6402">
         <w:t xml:space="preserve">och dokumentera </w:t>
       </w:r>
       <w:r w:rsidR="53309624">
         <w:t>behandli</w:t>
       </w:r>
       <w:r w:rsidR="7B3C0764">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="53309624">
         <w:t>gsmål</w:t>
       </w:r>
       <w:r w:rsidR="0534D2EB">
         <w:t>, vårdnivå och eventuella åtgärder för sköterska</w:t>
       </w:r>
       <w:r w:rsidR="53309624">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76436CD9" w14:textId="67C52361" w:rsidR="6A06FDB5" w:rsidRDefault="53309624" w:rsidP="429E891D">
+    <w:p w:rsidR="6A06FDB5" w:rsidP="429E891D" w:rsidRDefault="53309624" w14:paraId="76436CD9" w14:textId="67C52361">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Övervakning</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="6AC1578A">
         <w:t>NEWS2 – dokumentera kontrollfrekvens i planeringsaktivitet. Ur</w:t>
       </w:r>
       <w:r w:rsidR="507A6087">
         <w:t xml:space="preserve">inmätning - </w:t>
       </w:r>
       <w:r w:rsidR="476647F5">
         <w:t>i normalfallet</w:t>
       </w:r>
       <w:r w:rsidR="74541C93">
         <w:t xml:space="preserve"> sätts</w:t>
       </w:r>
       <w:r w:rsidR="476647F5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="03AF3B64">
-        <w:t xml:space="preserve">KAD för mätning av </w:t>
+        <w:t xml:space="preserve">KAD för mätning </w:t>
+      </w:r>
+      <w:r w:rsidR="03AF3B64">
+        <w:t xml:space="preserve">av </w:t>
       </w:r>
       <w:r w:rsidR="00426165">
         <w:t>tim</w:t>
       </w:r>
       <w:r w:rsidR="4B70EC96">
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00426165">
         <w:t>diures</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="2400DA3E">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000C5D05">
         <w:t>Laktat&gt;</w:t>
       </w:r>
       <w:r w:rsidR="2388933C">
         <w:t xml:space="preserve"> 3mmol/L bör kontrolleras om</w:t>
       </w:r>
       <w:r w:rsidR="4DC42AEA">
         <w:t xml:space="preserve"> inom </w:t>
       </w:r>
       <w:r w:rsidR="000C5D05">
         <w:t>1–4</w:t>
       </w:r>
       <w:r w:rsidR="4DC42AEA">
         <w:t xml:space="preserve"> h. </w:t>
       </w:r>
       <w:r w:rsidR="3EB8F8E4">
         <w:t>(Om avsteg dokumentera i Plan sepsis)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9A25E7" w14:textId="2DAB76A0" w:rsidR="6A06FDB5" w:rsidRDefault="31262183" w:rsidP="429E891D">
+    <w:p w:rsidR="6A06FDB5" w:rsidP="429E891D" w:rsidRDefault="31262183" w14:paraId="1E9A25E7" w14:textId="2DAB76A0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Utvärdering</w:t>
       </w:r>
-      <w:r w:rsidR="3C71BC53" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="3C71BC53">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> av insatt behandling</w:t>
       </w:r>
-      <w:r w:rsidR="0A15D1C8" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="0A15D1C8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="067B6BBF">
         <w:t>Ansvarig s</w:t>
       </w:r>
       <w:r w:rsidR="19E5D356">
         <w:t xml:space="preserve">juksköterska </w:t>
       </w:r>
       <w:r w:rsidR="19250019">
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidR="19E5D356">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2370,1472 +2301,1497 @@
       <w:r w:rsidR="6028A2B0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="05532CC5">
         <w:t xml:space="preserve">tar beslut om fortsatta kontroller och behandling. </w:t>
       </w:r>
       <w:r w:rsidR="5F5D11B7">
         <w:t xml:space="preserve">Sköterska dokumenterar i "Plan sepsis” att </w:t>
       </w:r>
       <w:r w:rsidR="26B14BA6">
         <w:t xml:space="preserve">avstämning </w:t>
       </w:r>
       <w:r w:rsidR="5F5D11B7">
         <w:t>är utför</w:t>
       </w:r>
       <w:r w:rsidR="04A9668E">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="5F5D11B7">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="5E124486">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066A1172" w14:textId="4E14BE50" w:rsidR="6A06FDB5" w:rsidRDefault="5F5D11B7" w:rsidP="429E891D">
+    <w:p w:rsidR="6A06FDB5" w:rsidP="429E891D" w:rsidRDefault="5F5D11B7" w14:paraId="066A1172" w14:textId="4E14BE50">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Diagnosvärdering </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">- Görs under vårdtiden så snart </w:t>
       </w:r>
       <w:r w:rsidR="4208A4D2">
         <w:t>detta är bedömbart</w:t>
       </w:r>
       <w:r w:rsidR="486AA691">
         <w:t xml:space="preserve"> och dokumenteras i “Plan Sepsis”</w:t>
       </w:r>
       <w:r w:rsidR="4208A4D2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:hyperlink r:id="rId20">
-        <w:r w:rsidR="4208A4D2" w:rsidRPr="429E891D">
+        <w:r w:rsidRPr="429E891D" w:rsidR="4208A4D2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SOFA kort</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="4208A4D2">
         <w:t xml:space="preserve"> kan användas som stöd.</w:t>
       </w:r>
       <w:r w:rsidR="0CF1F005">
         <w:t xml:space="preserve"> Om sepsisdiagnos bekräftas </w:t>
       </w:r>
       <w:r w:rsidR="5E1974E4">
         <w:t xml:space="preserve">ska </w:t>
       </w:r>
       <w:r w:rsidR="0CF1F005">
         <w:t>patientinformation “</w:t>
       </w:r>
       <w:r w:rsidR="0BDD1B1F">
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="0CF1F005">
         <w:t xml:space="preserve">lodförgiftning” </w:t>
       </w:r>
       <w:r w:rsidR="15B503DA">
         <w:t xml:space="preserve">delas </w:t>
       </w:r>
       <w:r w:rsidR="7ACADB26">
         <w:t>ut till</w:t>
       </w:r>
       <w:r w:rsidR="0CF1F005">
         <w:t xml:space="preserve"> patienten och ställningstagande till uppföljning </w:t>
       </w:r>
       <w:r w:rsidR="78CA645F">
         <w:t xml:space="preserve">bör </w:t>
       </w:r>
       <w:r w:rsidR="0CF1F005">
         <w:t xml:space="preserve">ske innan hemgång, dokumenteras i </w:t>
       </w:r>
       <w:r w:rsidR="0F5C3686">
         <w:t>“Plan Sepsis”</w:t>
       </w:r>
       <w:r w:rsidR="0CF1F005">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126B5514" w14:textId="4C24E4F3" w:rsidR="6A06FDB5" w:rsidRDefault="4208A4D2" w:rsidP="0CC6732B">
+    <w:p w:rsidR="6A06FDB5" w:rsidP="0CC6732B" w:rsidRDefault="4208A4D2" w14:paraId="126B5514" w14:textId="4C24E4F3">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="632"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F5DAB40" w14:textId="3DA7F1DD" w:rsidR="20D18FFD" w:rsidRDefault="20D18FFD" w:rsidP="005823DF">
+    <w:p w:rsidR="20D18FFD" w:rsidP="005823DF" w:rsidRDefault="20D18FFD" w14:paraId="7F5DAB40" w14:textId="3DA7F1DD">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="993"/>
       </w:pPr>
-      <w:bookmarkStart w:id="137" w:name="_Toc19620313"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="147" w:name="_Toc256000172"/>
+      <w:bookmarkStart w:name="_Toc19620313" w:id="137"/>
+      <w:bookmarkStart w:name="_Toc29557713" w:id="138"/>
+      <w:bookmarkStart w:name="_Toc29562386" w:id="139"/>
+      <w:bookmarkStart w:name="_Toc29562984" w:id="140"/>
+      <w:bookmarkStart w:name="_Toc256000014" w:id="141"/>
+      <w:bookmarkStart w:name="_Toc256000047" w:id="142"/>
+      <w:bookmarkStart w:name="_Toc256000072" w:id="143"/>
+      <w:bookmarkStart w:name="_Toc256000097" w:id="144"/>
+      <w:bookmarkStart w:name="_Toc256000122" w:id="145"/>
+      <w:bookmarkStart w:name="_Toc256000147" w:id="146"/>
+      <w:bookmarkStart w:name="_Toc256000172" w:id="147"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00426165">
         <w:t>eptisk chock</w:t>
       </w:r>
       <w:r w:rsidR="299A070F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
     </w:p>
-    <w:p w14:paraId="4F8E39F4" w14:textId="38A6B7E6" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="005823DF">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="005823DF" w:rsidRDefault="00426165" w14:paraId="4F8E39F4" w14:textId="38A6B7E6">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r>
         <w:t>Vid nytillkommen allvarlig organdysfunktion</w:t>
       </w:r>
       <w:r w:rsidR="59855A19">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> utebliven förbättring eller försämring trots adekvat behandling, ska patienten bedömas och handläggas som vid septisk chock. Septisk chock ska misstänkas vid följande tillstånd efter 30 min och adekvat behandling:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5232E3" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00137BE2" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00137BE2" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="1E5232E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00137BE2">
         <w:t xml:space="preserve">Blodtrycket stiger inte eller ligger kvar under 90 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00137BE2">
         <w:t>mmHg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00137BE2">
         <w:t xml:space="preserve"> systoliskt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="061D0E21" w14:textId="1F29A5C7" w:rsidR="29560246" w:rsidRPr="00137BE2" w:rsidRDefault="29560246" w:rsidP="00977927">
+    <w:p w:rsidRPr="00137BE2" w:rsidR="29560246" w:rsidP="00977927" w:rsidRDefault="29560246" w14:paraId="061D0E21" w14:textId="1F29A5C7">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00137BE2">
         <w:t xml:space="preserve">Tecken på kraftigt nedsatt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00137BE2">
         <w:t>vävnadsperfusion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00137BE2">
         <w:t xml:space="preserve"> (utbredd blåmarmorering eller fördröjd kapillär återfyllnad, &gt;3s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2391FE2F" w14:textId="2884C9B8" w:rsidR="29560246" w:rsidRPr="00137BE2" w:rsidRDefault="000C5D05" w:rsidP="00977927">
+    <w:p w:rsidRPr="00137BE2" w:rsidR="29560246" w:rsidP="00977927" w:rsidRDefault="000C5D05" w14:paraId="2391FE2F" w14:textId="2884C9B8">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00137BE2">
         <w:t>Laktat&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="29560246" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="29560246">
         <w:t xml:space="preserve"> 4 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="29560246" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="29560246">
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="29560246" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="29560246">
         <w:t>/L eller stigande laktat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="527701DC" w14:textId="40C6B1FB" w:rsidR="00426165" w:rsidRPr="00137BE2" w:rsidRDefault="101D5E03" w:rsidP="00977927">
+    <w:p w:rsidRPr="00137BE2" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="101D5E03" w14:paraId="527701DC" w14:textId="40C6B1FB">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00137BE2">
         <w:t xml:space="preserve">Allvarlig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00137BE2">
         <w:t>hypoxi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0350313B" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="0350313B">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="000C5D05" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="000C5D05">
         <w:t>POX &lt;</w:t>
       </w:r>
-      <w:r w:rsidR="0350313B" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="0350313B">
         <w:t>93% vid 10 l O2 via andningsmas</w:t>
       </w:r>
-      <w:r w:rsidR="76B9E097" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="76B9E097">
         <w:t xml:space="preserve">k, </w:t>
       </w:r>
-      <w:r w:rsidR="485BACD0" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="485BACD0">
         <w:t>andningsfrekvens &gt;30/min eller vid tecken på uttröttad andningsmuskulatur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="513B5B48" w14:textId="3536350D" w:rsidR="485BACD0" w:rsidRPr="00137BE2" w:rsidRDefault="485BACD0" w:rsidP="00977927">
+    <w:p w:rsidRPr="00137BE2" w:rsidR="485BACD0" w:rsidP="00977927" w:rsidRDefault="485BACD0" w14:paraId="513B5B48" w14:textId="3536350D">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00137BE2">
         <w:t xml:space="preserve">Koldioxidretention med respiratorisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00137BE2">
         <w:t>acidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00137BE2">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="000C5D05" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="000C5D05">
         <w:t>pH &lt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00137BE2">
         <w:t>7,2)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D73026" w14:textId="67025175" w:rsidR="485BACD0" w:rsidRPr="00137BE2" w:rsidRDefault="485BACD0" w:rsidP="00977927">
+    <w:p w:rsidRPr="00137BE2" w:rsidR="485BACD0" w:rsidP="00977927" w:rsidRDefault="485BACD0" w14:paraId="56D73026" w14:textId="67025175">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00137BE2">
         <w:t>Sänkt vakenhet (RLS ≥ 3 eller GCS ≤12)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A96B89B" w14:textId="1DC4D675" w:rsidR="00426165" w:rsidRPr="00137BE2" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00137BE2" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="0A96B89B" w14:textId="1DC4D675">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00137BE2">
         <w:t>Ingen eller låg urinproduktion trots adekvat vätsketillförsel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE05983" w14:textId="427DF005" w:rsidR="75653760" w:rsidRPr="00137BE2" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00137BE2" w:rsidR="75653760" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="4BE05983" w14:textId="427DF005">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00137BE2">
         <w:t>Annan</w:t>
       </w:r>
-      <w:r w:rsidR="6E96415E" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="6E96415E">
         <w:t xml:space="preserve"> uttalad organdysfunktion</w:t>
       </w:r>
       <w:r w:rsidRPr="00137BE2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="1C5BDE49" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="1C5BDE49">
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="1C5BDE49" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="1C5BDE49">
         <w:t>anuri</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="1C5BDE49" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="1C5BDE49">
         <w:t xml:space="preserve">, grav </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="1C5BDE49" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="1C5BDE49">
         <w:t>koagulopati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="1C5BDE49" w:rsidRPr="00137BE2">
+      <w:r w:rsidRPr="00137BE2" w:rsidR="1C5BDE49">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58243016" w14:textId="75D95AE8" w:rsidR="1C5BDE49" w:rsidRPr="00137BE2" w:rsidRDefault="1C5BDE49" w:rsidP="00977927">
+    <w:p w:rsidRPr="00137BE2" w:rsidR="1C5BDE49" w:rsidP="00977927" w:rsidRDefault="1C5BDE49" w14:paraId="58243016" w14:textId="75D95AE8">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00137BE2">
         <w:t>Uttalad hypotermi (&lt;36°C)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745E0824" w14:textId="334078DA" w:rsidR="1C5BDE49" w:rsidRDefault="1C5BDE49" w:rsidP="429E891D">
+    <w:p w:rsidR="1C5BDE49" w:rsidP="429E891D" w:rsidRDefault="1C5BDE49" w14:paraId="745E0824" w14:textId="334078DA">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vid misstanke om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>nekrotiserande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> mjukdelsinfektion (även tidig kontakt med kirurg/ortoped)</w:t>
       </w:r>
       <w:r w:rsidR="1889E359">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B5D809" w14:textId="4440DA58" w:rsidR="1C5BDE49" w:rsidRDefault="1C5BDE49" w:rsidP="00977927">
+    <w:p w:rsidR="1C5BDE49" w:rsidP="00977927" w:rsidRDefault="1C5BDE49" w14:paraId="11B5D809" w14:textId="4440DA58">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="993"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DEF10BC" w14:textId="4B792BBE" w:rsidR="1C5BDE49" w:rsidRDefault="78524EF9" w:rsidP="00977927">
+    <w:p w:rsidR="1C5BDE49" w:rsidP="00977927" w:rsidRDefault="78524EF9" w14:paraId="6DEF10BC" w14:textId="4B792BBE">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r>
         <w:t>Vid misstänkt septisk chock ska v</w:t>
       </w:r>
       <w:r w:rsidR="1889E359">
         <w:t xml:space="preserve">årdnivå diskuteras med IVA-läkare snarast. Mortaliteten vid septisk chock är avsevärd högre än vid sepsis. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62343A87" w14:textId="1428EF1C" w:rsidR="1C5BDE49" w:rsidRDefault="1889E359" w:rsidP="00977927">
+    <w:p w:rsidR="1C5BDE49" w:rsidP="00977927" w:rsidRDefault="1889E359" w14:paraId="62343A87" w14:textId="1428EF1C">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om patienten befinner sig på akutmottagning sökes narkosjour </w:t>
       </w:r>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="002867A7" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="002867A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>tel.</w:t>
       </w:r>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 3113)</w:t>
       </w:r>
-      <w:r w:rsidR="09C9E18E" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="09C9E18E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> På vårdavdelningen kontaktas istället MIG-teamet,</w:t>
+        <w:t xml:space="preserve"> På vårdavdelningen kontaktas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>istället</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> MIG-teamet,</w:t>
       </w:r>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
         <w:r w:rsidRPr="429E891D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Mobil intensivvårdsgrupp (MIG) för vuxna patienter vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, (</w:t>
       </w:r>
-      <w:r w:rsidR="002867A7" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="002867A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>tel.</w:t>
       </w:r>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 3109) </w:t>
       </w:r>
       <w:r>
         <w:t>för bedömning, hjälp med behandling och ställningstagande till IVA-vård.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2952110D" w14:textId="018B5CF0" w:rsidR="1C5BDE49" w:rsidRDefault="1C5BDE49" w:rsidP="429E891D">
+    <w:p w:rsidR="1C5BDE49" w:rsidP="429E891D" w:rsidRDefault="1C5BDE49" w14:paraId="2952110D" w14:textId="018B5CF0">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39616001" w14:textId="170B0EEB" w:rsidR="6703DC0A" w:rsidRDefault="6703DC0A" w:rsidP="00977927">
+    <w:p w:rsidR="6703DC0A" w:rsidP="00977927" w:rsidRDefault="6703DC0A" w14:paraId="39616001" w14:textId="170B0EEB">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r>
         <w:t>Antibiotika vid hotande/misstänkt/konstaterad septisk chock</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F335FF" w14:textId="0655FA0E" w:rsidR="429E891D" w:rsidRDefault="429E891D" w:rsidP="00977927">
+    <w:p w:rsidR="429E891D" w:rsidP="00977927" w:rsidRDefault="429E891D" w14:paraId="08F335FF" w14:textId="0655FA0E">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28096931" w14:textId="1A6AB9E0" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="37C25508" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="37C25508" w14:paraId="28096931" w14:textId="1A6AB9E0">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:r w:rsidR="3A4E11D5">
         <w:t>misstänkt/hotande/manifest</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> septisk chock </w:t>
       </w:r>
       <w:r w:rsidR="1E5E6EE9">
         <w:t>ges</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ut</w:t>
       </w:r>
       <w:r w:rsidR="5B959E06">
         <w:t>vidgad</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> antibiotika</w:t>
       </w:r>
       <w:r w:rsidR="35710C9A">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="6E452F10">
         <w:t>ehandling</w:t>
       </w:r>
       <w:r w:rsidR="45D21C81">
         <w:t xml:space="preserve"> som bör diskuteras med infektionsläkare. Bra stöd för antibiotikaval fås via appen “Strama nationell” och SÄS lokala antibiotikariktlinje (</w:t>
       </w:r>
       <w:hyperlink r:id="rId22">
-        <w:r w:rsidR="45D21C81" w:rsidRPr="429E891D">
+        <w:r w:rsidRPr="429E891D" w:rsidR="45D21C81">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Antibiotikabehandling till vuxen)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D2B978E" w14:textId="1AB1BDEA" w:rsidR="2683DD6F" w:rsidRDefault="2683DD6F" w:rsidP="00977927">
+    <w:p w:rsidR="2683DD6F" w:rsidP="00977927" w:rsidRDefault="2683DD6F" w14:paraId="0D2B978E" w14:textId="1AB1BDEA">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:color w:val="006198"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4231E1C4" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="4231E1C4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="993"/>
       </w:pPr>
-      <w:bookmarkStart w:id="148" w:name="_Toc19620318"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="158" w:name="_Toc256000177"/>
+      <w:bookmarkStart w:name="_Toc19620318" w:id="148"/>
+      <w:bookmarkStart w:name="_Toc29557718" w:id="149"/>
+      <w:bookmarkStart w:name="_Toc29562391" w:id="150"/>
+      <w:bookmarkStart w:name="_Toc29562989" w:id="151"/>
+      <w:bookmarkStart w:name="_Toc256000023" w:id="152"/>
+      <w:bookmarkStart w:name="_Toc256000052" w:id="153"/>
+      <w:bookmarkStart w:name="_Toc256000077" w:id="154"/>
+      <w:bookmarkStart w:name="_Toc256000102" w:id="155"/>
+      <w:bookmarkStart w:name="_Toc256000127" w:id="156"/>
+      <w:bookmarkStart w:name="_Toc256000152" w:id="157"/>
+      <w:bookmarkStart w:name="_Toc256000177" w:id="158"/>
       <w:r>
         <w:t>Vårdform</w:t>
       </w:r>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
     </w:p>
-    <w:p w14:paraId="0EAEEE08" w14:textId="6392CB7A" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="0EAEEE08" w14:textId="6392CB7A">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om </w:t>
       </w:r>
       <w:r w:rsidR="342AE049">
         <w:t xml:space="preserve">inte </w:t>
       </w:r>
       <w:r>
         <w:t>septisk chock föreligger och patienten inte behöver IVA-vård av annat skäl, sker den fortsatta övervakningen</w:t>
       </w:r>
       <w:r w:rsidR="01B921D8">
         <w:t>/behandlingen</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> på vårdavdelning. Patienten bör i första hand läggas in på infektionskliniken efter kontakt med:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67EE5A82" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="67EE5A82" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:ind w:left="993"/>
       </w:pPr>
-      <w:bookmarkStart w:id="159" w:name="_Toc19620319"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="169" w:name="_Toc256000178"/>
+      <w:bookmarkStart w:name="_Toc19620319" w:id="159"/>
+      <w:bookmarkStart w:name="_Toc29557719" w:id="160"/>
+      <w:bookmarkStart w:name="_Toc29562392" w:id="161"/>
+      <w:bookmarkStart w:name="_Toc29562990" w:id="162"/>
+      <w:bookmarkStart w:name="_Toc256000024" w:id="163"/>
+      <w:bookmarkStart w:name="_Toc256000053" w:id="164"/>
+      <w:bookmarkStart w:name="_Toc256000078" w:id="165"/>
+      <w:bookmarkStart w:name="_Toc256000103" w:id="166"/>
+      <w:bookmarkStart w:name="_Toc256000128" w:id="167"/>
+      <w:bookmarkStart w:name="_Toc256000153" w:id="168"/>
+      <w:bookmarkStart w:name="_Toc256000178" w:id="169"/>
       <w:r>
         <w:t>Infektionsklinik</w:t>
       </w:r>
       <w:bookmarkEnd w:id="159"/>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
       <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
     </w:p>
-    <w:p w14:paraId="3E131082" w14:textId="4B78FB90" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidR="1601B348" w:rsidP="4C3B2BC2" w:rsidRDefault="1601B348" w14:paraId="1136B778" w14:textId="2B7E0350">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
+      <w:r w:rsidRPr="4C3B2BC2">
+        <w:t>Infektionsläkare kontaktas via växel:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="1601B348" w:rsidP="4C3B2BC2" w:rsidRDefault="1601B348" w14:paraId="74AAADE0" w14:textId="27D54B49">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4C3B2BC2">
+        <w:t xml:space="preserve">Vardagar kl 8-16: infektionskonsult </w:t>
+      </w:r>
       <w:r>
-        <w:t>Bakjour, kontakta</w:t>
-[...2 lines deleted...]
-        <w:t>s via</w:t>
+        <w:t>(akuta frågeställningar vardagar</w:t>
+      </w:r>
+      <w:r w:rsidR="5F6958C5">
+        <w:t xml:space="preserve"> kl</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> växeln alternativt dagtid </w:t>
-[...29 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> 12–13 går till plats- och avdelningsansvarig infektionsläkare)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C3B2BC2">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C6D188D" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidR="1601B348" w:rsidP="4C3B2BC2" w:rsidRDefault="1601B348" w14:paraId="0A4FE6BF" w14:textId="47D14A0E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4C3B2BC2">
+        <w:t>Övrig tid: infektionsbakjour</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="7C6D188D" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r>
         <w:t>Om patienten av andra skäl mer lämpligt vårdas på annan avdelning kontaktas vederbörande klinik.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0053C473" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="0053C473" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r>
         <w:t>Om patienten ska vårdas på medicinkliniken bör patienten i första hand vårdas på MAVA (om ej särskilt vårdbehov på annan medicinavdelning föreligger). Kontakt tas med:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28A4208F" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="28A4208F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:ind w:left="993"/>
       </w:pPr>
-      <w:bookmarkStart w:id="170" w:name="_Toc19620320"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="180" w:name="_Toc256000179"/>
+      <w:bookmarkStart w:name="_Toc19620320" w:id="170"/>
+      <w:bookmarkStart w:name="_Toc29557720" w:id="171"/>
+      <w:bookmarkStart w:name="_Toc29562393" w:id="172"/>
+      <w:bookmarkStart w:name="_Toc29562991" w:id="173"/>
+      <w:bookmarkStart w:name="_Toc256000025" w:id="174"/>
+      <w:bookmarkStart w:name="_Toc256000054" w:id="175"/>
+      <w:bookmarkStart w:name="_Toc256000079" w:id="176"/>
+      <w:bookmarkStart w:name="_Toc256000104" w:id="177"/>
+      <w:bookmarkStart w:name="_Toc256000129" w:id="178"/>
+      <w:bookmarkStart w:name="_Toc256000154" w:id="179"/>
+      <w:bookmarkStart w:name="_Toc256000179" w:id="180"/>
       <w:r>
         <w:t>Medicinklinik</w:t>
       </w:r>
       <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
     </w:p>
-    <w:p w14:paraId="3B81CAF1" w14:textId="62E0B7C6" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="3B81CAF1" w14:textId="62E0B7C6">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Överläkare på vårdavdelningen </w:t>
       </w:r>
       <w:r w:rsidR="002867A7">
         <w:t>kl.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 08.00-16.00. Medicinjour III (</w:t>
       </w:r>
-      <w:r w:rsidR="002867A7" w:rsidRPr="429E891D">
+      <w:r w:rsidRPr="429E891D" w:rsidR="002867A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>tel.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1006</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) övrig tid. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D53623A" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="7D53623A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:ind w:left="993"/>
       </w:pPr>
-      <w:bookmarkStart w:id="181" w:name="_Toc19620321"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="191" w:name="_Toc256000180"/>
+      <w:bookmarkStart w:name="_Toc19620321" w:id="181"/>
+      <w:bookmarkStart w:name="_Toc29557721" w:id="182"/>
+      <w:bookmarkStart w:name="_Toc29562394" w:id="183"/>
+      <w:bookmarkStart w:name="_Toc29562992" w:id="184"/>
+      <w:bookmarkStart w:name="_Toc256000026" w:id="185"/>
+      <w:bookmarkStart w:name="_Toc256000055" w:id="186"/>
+      <w:bookmarkStart w:name="_Toc256000080" w:id="187"/>
+      <w:bookmarkStart w:name="_Toc256000105" w:id="188"/>
+      <w:bookmarkStart w:name="_Toc256000130" w:id="189"/>
+      <w:bookmarkStart w:name="_Toc256000155" w:id="190"/>
+      <w:bookmarkStart w:name="_Toc256000180" w:id="191"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Jourtid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
       <w:bookmarkEnd w:id="186"/>
       <w:bookmarkEnd w:id="187"/>
       <w:bookmarkEnd w:id="188"/>
       <w:bookmarkEnd w:id="189"/>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02EC53BE" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="02EC53BE" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r>
         <w:t>En patient med sepsis eller septisk chock som läggs in på vårdavdelning (infektion eller medicin) under jourtid ska alltid rapporteras över till medicinjour III av inläggande läkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F555F7D" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="3F555F7D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="192" w:name="_Toc19620322"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="202" w:name="_Toc256000181"/>
+      <w:bookmarkStart w:name="_Toc19620322" w:id="192"/>
+      <w:bookmarkStart w:name="_Toc29557722" w:id="193"/>
+      <w:bookmarkStart w:name="_Toc29562395" w:id="194"/>
+      <w:bookmarkStart w:name="_Toc29562993" w:id="195"/>
+      <w:bookmarkStart w:name="_Toc256000027" w:id="196"/>
+      <w:bookmarkStart w:name="_Toc256000056" w:id="197"/>
+      <w:bookmarkStart w:name="_Toc256000081" w:id="198"/>
+      <w:bookmarkStart w:name="_Toc256000106" w:id="199"/>
+      <w:bookmarkStart w:name="_Toc256000131" w:id="200"/>
+      <w:bookmarkStart w:name="_Toc256000156" w:id="201"/>
+      <w:bookmarkStart w:name="_Toc256000181" w:id="202"/>
       <w:r>
         <w:t>Diagnossättning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="493D127B" w14:textId="507625A6" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="493D127B" w14:textId="507625A6">
       <w:pPr>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Alla patienter som uppfyller kriterier för sepsis eller septisk chock vid något tillfälle under vårdtiden ska ha bidiagnos R65.1 eller R57.2 i vårdtidssammanfattningen eller epikrisen. Huvuddiagnosen är i regel den infektion som orsakat sepsis tillståndet. (Se </w:t>
       </w:r>
       <w:hyperlink r:id="rId23">
         <w:r w:rsidRPr="429E891D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SOFA kort</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> för diagnossättningen).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46FAE1E2" w14:textId="0C221F75" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="46FAE1E2" w14:textId="0C221F75">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
-      <w:bookmarkStart w:id="203" w:name="_Toc19620323"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="213" w:name="_Toc256000182"/>
+      <w:bookmarkStart w:name="_Toc19620323" w:id="203"/>
+      <w:bookmarkStart w:name="_Toc29557723" w:id="204"/>
+      <w:bookmarkStart w:name="_Toc29562396" w:id="205"/>
+      <w:bookmarkStart w:name="_Toc29562994" w:id="206"/>
+      <w:bookmarkStart w:name="_Toc256000028" w:id="207"/>
+      <w:bookmarkStart w:name="_Toc256000057" w:id="208"/>
+      <w:bookmarkStart w:name="_Toc256000082" w:id="209"/>
+      <w:bookmarkStart w:name="_Toc256000107" w:id="210"/>
+      <w:bookmarkStart w:name="_Toc256000132" w:id="211"/>
+      <w:bookmarkStart w:name="_Toc256000157" w:id="212"/>
+      <w:bookmarkStart w:name="_Toc256000182" w:id="213"/>
       <w:r>
         <w:t>Ansvarig för verkställande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
     </w:p>
-    <w:p w14:paraId="21B875D8" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="21B875D8" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r>
         <w:t>Verksamhetschefer vid kliniker som vårdar patienter med sepsis och septisk chock.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8D91AC" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="3C8D91AC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="993"/>
       </w:pPr>
-      <w:bookmarkStart w:id="214" w:name="_Toc19620324"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="224" w:name="_Toc256000183"/>
+      <w:bookmarkStart w:name="_Toc19620324" w:id="214"/>
+      <w:bookmarkStart w:name="_Toc29557724" w:id="215"/>
+      <w:bookmarkStart w:name="_Toc29562397" w:id="216"/>
+      <w:bookmarkStart w:name="_Toc29562995" w:id="217"/>
+      <w:bookmarkStart w:name="_Toc256000029" w:id="218"/>
+      <w:bookmarkStart w:name="_Toc256000058" w:id="219"/>
+      <w:bookmarkStart w:name="_Toc256000083" w:id="220"/>
+      <w:bookmarkStart w:name="_Toc256000108" w:id="221"/>
+      <w:bookmarkStart w:name="_Toc256000133" w:id="222"/>
+      <w:bookmarkStart w:name="_Toc256000158" w:id="223"/>
+      <w:bookmarkStart w:name="_Toc256000183" w:id="224"/>
       <w:r>
         <w:t>Uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
       <w:bookmarkEnd w:id="216"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
     </w:p>
-    <w:p w14:paraId="1E1A41C9" w14:textId="58D3A75B" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="1E1A41C9" w14:textId="58D3A75B">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Processteam gör uppföljning och redovisar </w:t>
       </w:r>
       <w:r w:rsidR="5F23190C">
         <w:t xml:space="preserve">halvårsvis </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">under rubriken </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="705A8EBD" w14:textId="767C33F0" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="705A8EBD" w14:textId="767C33F0">
       <w:pPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r>
         <w:t>Processvisualisering på processens webbplats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D22D6E1" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00977927">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00977927" w:rsidRDefault="00426165" w14:paraId="5D22D6E1" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Den som av behandlingsmässiga eller andra orsaker väljer att avvika från denna riktlinje i dess bindande delar, ska notera detta i patientens journal tillsammans med skälet för detta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680B2581" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00530E7D">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00530E7D" w:rsidRDefault="00426165" w14:paraId="680B2581" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="225" w:name="_Toc19620325"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="235" w:name="_Toc256000184"/>
+      <w:bookmarkStart w:name="_Toc19620325" w:id="225"/>
+      <w:bookmarkStart w:name="_Toc29557725" w:id="226"/>
+      <w:bookmarkStart w:name="_Toc29562398" w:id="227"/>
+      <w:bookmarkStart w:name="_Toc29562996" w:id="228"/>
+      <w:bookmarkStart w:name="_Toc256000030" w:id="229"/>
+      <w:bookmarkStart w:name="_Toc256000059" w:id="230"/>
+      <w:bookmarkStart w:name="_Toc256000084" w:id="231"/>
+      <w:bookmarkStart w:name="_Toc256000109" w:id="232"/>
+      <w:bookmarkStart w:name="_Toc256000134" w:id="233"/>
+      <w:bookmarkStart w:name="_Toc256000159" w:id="234"/>
+      <w:bookmarkStart w:name="_Toc256000184" w:id="235"/>
       <w:r w:rsidRPr="00426165">
-        <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
     </w:p>
-    <w:p w14:paraId="0EAAA926" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="007E6386" w:rsidRDefault="00426165" w:rsidP="007E6386">
+    <w:p w:rsidRPr="007E6386" w:rsidR="00426165" w:rsidP="007E6386" w:rsidRDefault="00426165" w14:paraId="0EAAA926" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E6386">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4427BDC4" w14:textId="4914F46E" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="31EFBBF6" w:rsidP="00530E7D">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00530E7D" w:rsidRDefault="31EFBBF6" w14:paraId="4427BDC4" w14:textId="4914F46E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:t>Anders Lans</w:t>
       </w:r>
       <w:r w:rsidR="00426165">
-        <w:t xml:space="preserve">, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">, processledare, </w:t>
       </w:r>
       <w:r w:rsidR="24086120">
         <w:t xml:space="preserve">Specialistläkare </w:t>
       </w:r>
       <w:r w:rsidR="00426165">
         <w:t>infektionskliniken</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A7F36D" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00735D99" w:rsidRDefault="00426165" w:rsidP="00530E7D">
+    <w:p w:rsidRPr="00735D99" w:rsidR="00426165" w:rsidP="00530E7D" w:rsidRDefault="00426165" w14:paraId="43A7F36D" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735D99">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D3273AB" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00530E7D">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00530E7D" w:rsidRDefault="00426165" w14:paraId="1D3273AB" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00426165">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verksamhetschef HIVÖ/infektionskliniken</w:t>
       </w:r>
       <w:r w:rsidRPr="00426165">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00426165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Verksamhetschef akutkliniken</w:t>
       </w:r>
       <w:r w:rsidRPr="00426165">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00426165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Verksamhetschef medicinkliniken</w:t>
       </w:r>
       <w:r w:rsidRPr="00426165">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00426165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Verksamhetschef anestesikliniken</w:t>
       </w:r>
       <w:r w:rsidRPr="00426165">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00426165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Verksamhetschef kirurg- och öronkliniken</w:t>
       </w:r>
       <w:r w:rsidRPr="00426165">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00426165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Verksamhetschef bild- och laboratoriemedicin</w:t>
       </w:r>
       <w:r w:rsidRPr="00426165">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00426165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Medicinsk beredningsgrupp</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="338C1D25" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00735D99" w:rsidRDefault="00426165" w:rsidP="00530E7D">
+    <w:p w:rsidRPr="00735D99" w:rsidR="00426165" w:rsidP="00530E7D" w:rsidRDefault="00426165" w14:paraId="338C1D25" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735D99">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2146ECDC" w14:textId="6BC3158B" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="002D4CB1" w:rsidP="00530E7D">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00530E7D" w:rsidRDefault="002D4CB1" w14:paraId="2146ECDC" w14:textId="6BC3158B">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jerker Nilson</w:t>
       </w:r>
       <w:r w:rsidR="003016BD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, chefläkare</w:t>
       </w:r>
       <w:r w:rsidR="007E6386">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38F97449" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00735D99" w:rsidRDefault="00426165" w:rsidP="00530E7D">
+    <w:p w:rsidRPr="00735D99" w:rsidR="00426165" w:rsidP="00530E7D" w:rsidRDefault="00426165" w14:paraId="38F97449" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735D99">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54EEEF7B" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00530E7D">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00530E7D" w:rsidRDefault="00426165" w14:paraId="54EEEF7B" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00426165">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sepsis, septisk chock, vätskebehandling, blododling, antibiotika, blodförgiftning, septikemi, läkemedelsbehandling, vårdplatser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D662F27" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="00735D99">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="00735D99" w:rsidRDefault="00426165" w14:paraId="6D662F27" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="236" w:name="_Toc19620326"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="246" w:name="_Toc256000185"/>
+      <w:bookmarkStart w:name="_Toc19620326" w:id="236"/>
+      <w:bookmarkStart w:name="_Toc29557726" w:id="237"/>
+      <w:bookmarkStart w:name="_Toc29562399" w:id="238"/>
+      <w:bookmarkStart w:name="_Toc29562997" w:id="239"/>
+      <w:bookmarkStart w:name="_Toc256000031" w:id="240"/>
+      <w:bookmarkStart w:name="_Toc256000060" w:id="241"/>
+      <w:bookmarkStart w:name="_Toc256000085" w:id="242"/>
+      <w:bookmarkStart w:name="_Toc256000110" w:id="243"/>
+      <w:bookmarkStart w:name="_Toc256000135" w:id="244"/>
+      <w:bookmarkStart w:name="_Toc256000160" w:id="245"/>
+      <w:bookmarkStart w:name="_Toc256000185" w:id="246"/>
       <w:r>
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
     </w:p>
-    <w:p w14:paraId="2E6DA679" w14:textId="743FE78F" w:rsidR="2DE4C6CF" w:rsidRDefault="2DE4C6CF" w:rsidP="429E891D">
+    <w:p w:rsidR="2DE4C6CF" w:rsidP="429E891D" w:rsidRDefault="2DE4C6CF" w14:paraId="2E6DA679" w14:textId="743FE78F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Vårdprogram ”sepsis/septisk chock”. Svenska infektionsläkarföreningen (</w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
         <w:r w:rsidRPr="429E891D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>vardprogram_sepsis_maj-2023.pdf (infektion.net)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="429E891D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D6518B" w14:textId="20A0E2D3" w:rsidR="00426165" w:rsidRDefault="00426165" w:rsidP="0CC6732B">
+    <w:p w:rsidR="00426165" w:rsidP="0CC6732B" w:rsidRDefault="00426165" w14:paraId="74D6518B" w14:textId="20A0E2D3">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Antibiotikabehandling till vuxna. Sjukhusövergripande riktlinje, SÄS. Medicinsk beredningsgrupp. </w:t>
       </w:r>
       <w:hyperlink r:id="rId25">
-        <w:r w:rsidR="006F5F76" w:rsidRPr="429E891D">
+        <w:r w:rsidRPr="429E891D" w:rsidR="006F5F76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="429E891D">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2492E4CB" w14:textId="3874014B" w:rsidR="004557AE" w:rsidRPr="006F5F76" w:rsidRDefault="00F17E5B" w:rsidP="0077243C">
+    <w:p w:rsidRPr="006F5F76" w:rsidR="004557AE" w:rsidP="0077243C" w:rsidRDefault="00D064BB" w14:paraId="2492E4CB" w14:textId="3874014B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="00D064BB" w:rsidRPr="00F17E5B">
+      <w:hyperlink w:history="1" r:id="rId26">
+        <w:r w:rsidRPr="00F17E5B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SOFA-kort</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F5F76">
+      <w:r w:rsidRPr="006F5F76" w:rsidR="00F17E5B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D0340CC" w14:textId="77777777" w:rsidR="00426165" w:rsidRPr="00426165" w:rsidRDefault="00426165" w:rsidP="006F5F76">
+    <w:p w:rsidRPr="00426165" w:rsidR="00426165" w:rsidP="006F5F76" w:rsidRDefault="00426165" w14:paraId="5D0340CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="247" w:name="_Toc19620327"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="257" w:name="_Toc256000186"/>
+      <w:bookmarkStart w:name="_Toc19620327" w:id="247"/>
+      <w:bookmarkStart w:name="_Toc29557727" w:id="248"/>
+      <w:bookmarkStart w:name="_Toc29562400" w:id="249"/>
+      <w:bookmarkStart w:name="_Toc29562998" w:id="250"/>
+      <w:bookmarkStart w:name="_Toc256000032" w:id="251"/>
+      <w:bookmarkStart w:name="_Toc256000061" w:id="252"/>
+      <w:bookmarkStart w:name="_Toc256000086" w:id="253"/>
+      <w:bookmarkStart w:name="_Toc256000111" w:id="254"/>
+      <w:bookmarkStart w:name="_Toc256000136" w:id="255"/>
+      <w:bookmarkStart w:name="_Toc256000161" w:id="256"/>
+      <w:bookmarkStart w:name="_Toc256000186" w:id="257"/>
       <w:r>
         <w:t>Referensförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
       <w:bookmarkEnd w:id="255"/>
       <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="061B9A2E" w14:textId="26564A32" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="55F614B5" w:rsidP="429E891D">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="429E891D" w:rsidRDefault="55F614B5" w14:paraId="061B9A2E" w14:textId="26564A32">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Vårdprogram ”sepsis/septisk chock”. Svenska infektionsläkarföreningen, 2022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B9F95B" w14:textId="03F8474C" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="429E891D">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="429E891D" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="03F8474C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00426165">
+    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="00426165">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51A3551D" w14:textId="77777777" w:rsidR="00FC1ED6" w:rsidRDefault="00FC1ED6">
+    <w:p w:rsidR="00794CD9" w:rsidRDefault="00794CD9" w14:paraId="70CBD873" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17DC1A84" w14:textId="77777777" w:rsidR="00FC1ED6" w:rsidRDefault="00FC1ED6">
+    <w:p w:rsidR="00794CD9" w:rsidRDefault="00794CD9" w14:paraId="28D9117B" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="69EC3519" w14:textId="77777777" w:rsidR="00FC1ED6" w:rsidRDefault="00FC1ED6">
+    <w:p w:rsidR="00794CD9" w:rsidRDefault="00794CD9" w14:paraId="1AD0A262" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -3843,163 +3799,163 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -4032,313 +3988,313 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C6E3864" w14:textId="77777777" w:rsidR="00FC1ED6" w:rsidRDefault="00FC1ED6"/>
+    <w:p w:rsidR="00794CD9" w:rsidRDefault="00794CD9" w14:paraId="6D521A93" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="317F6627" w14:textId="77777777" w:rsidR="00FC1ED6" w:rsidRDefault="00FC1ED6">
+    <w:p w:rsidR="00794CD9" w:rsidRDefault="00794CD9" w14:paraId="0305DBAF" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3D22D831" w14:textId="77777777" w:rsidR="00FC1ED6" w:rsidRDefault="00FC1ED6">
+    <w:p w:rsidR="00794CD9" w:rsidRDefault="00794CD9" w14:paraId="5444A2F0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="5D3AD035">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="711F45CD">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -4374,567 +4330,679 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations/>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="35">
+    <w:nsid w:val="6752f198"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Aptos" w:hAnsi="Aptos"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CF661A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A26B344"/>
     <w:lvl w:ilvl="0" w:tplc="F0244E58">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="12F0F486">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="80081880">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="49DA8E24">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="614053A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="1A1AD034">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="F1BC753A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9FF63AD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="951A7960">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D847E5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6EA2BD16"/>
     <w:lvl w:ilvl="0" w:tplc="863C56D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="611627F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4993,825 +5061,825 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F33CCBEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11D9530C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="1A8E23CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4ACCEF7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2E885DF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="DC5438B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="417A40B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="075CBA3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="BF7EFF78">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="56D2104E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C032C06E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="205D2B9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="482E62D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="55681004">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BC4AE0DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="90B87A64">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="CD8280F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="D30CEC3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="7CBA8A38">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="107264B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="45568190">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2744998E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3CC25D4A"/>
     <w:lvl w:ilvl="0" w:tplc="37727820">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D7C671C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1F80FBFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A66E47A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="597C501E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="26D4068E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="F3FA67B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="6D585BD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8E804954">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28352C4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA72CD90"/>
     <w:lvl w:ilvl="0" w:tplc="9FC01C0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="007E2AF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -5898,147 +5966,147 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E180707"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9CDADC5C"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3756" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4476" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5196" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5916" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6636" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7356" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8076" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9516" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32F775A4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6127,652 +6195,652 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="396F0AD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F98C062C"/>
     <w:lvl w:ilvl="0" w:tplc="F3F24982">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48005A54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0466FEEE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3756" w:hanging="360"/>
       </w:pPr>
@@ -6832,716 +6900,942 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CF0DC83"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF1EC394"/>
+    <w:lvl w:ilvl="0" w:tplc="9C202142">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Aptos" w:hAnsi="Aptos"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6B52C474">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2073" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4C667496">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2793" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="17A2125C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3513" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C59808B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4233" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E5360FFA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4953" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2E3CFBEA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5673" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F74CD616">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6393" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="84B0F0A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7113" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FB0BE0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="30802FD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="994EDDF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F134137A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="9DF0A844">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="CAC22722">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="A72CE5B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0508622C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="A354386A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A3D0FD20">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EB5C53E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="6E74C204">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8F42501E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E3A6D306">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="2A3EE55A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="2BDCF88E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="20024998">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="C4F47F14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B802D3C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0644A13E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70896D91"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4F299BC"/>
+    <w:lvl w:ilvl="0" w:tplc="6B96D4D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Aptos" w:hAnsi="Aptos"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="22DCBA3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2073" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D0A61B54">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2793" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="AFCC97A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3513" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8B642284">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4233" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7AAA6F56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4953" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="91FE67DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5673" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1936B082">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6393" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D9761912">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7113" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71720180"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A7C318C"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Punktlistanumrerad"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3632" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7584,51 +7878,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7232" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7952" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8672" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72380EFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7670,164 +7964,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CA800B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9054911E"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="a"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2968" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3318" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7873,334 +8167,344 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6918" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7638" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8358" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="254948959">
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="1" w16cid:durableId="2123258045">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="764348044">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="254948959">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="887687312">
+  <w:num w:numId="4" w16cid:durableId="887687312">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1438939109">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1901087886">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="862521060">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1438939109">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="8" w16cid:durableId="2100129572">
+    <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1901087886">
-[...8 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="707726015">
+  <w:num w:numId="9" w16cid:durableId="707726015">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="31460734">
+  <w:num w:numId="10" w16cid:durableId="31460734">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2106001685">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="11" w16cid:durableId="2106001685">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="558517502">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="12" w16cid:durableId="558517502">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1669090483">
+  <w:num w:numId="13" w16cid:durableId="1669090483">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1870024839">
+  <w:num w:numId="14" w16cid:durableId="1870024839">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="146871997">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="15" w16cid:durableId="146871997">
+    <w:abstractNumId w:val="33"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1261990453">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="16" w16cid:durableId="1261990453">
+    <w:abstractNumId w:val="33"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="318119111">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="17" w16cid:durableId="318119111">
+    <w:abstractNumId w:val="33"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="537819043">
+  <w:num w:numId="18" w16cid:durableId="537819043">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="743331460">
+  <w:num w:numId="19" w16cid:durableId="743331460">
     <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="344408472">
+  <w:num w:numId="20" w16cid:durableId="344408472">
     <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="471217479">
+  <w:num w:numId="21" w16cid:durableId="471217479">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1009455206">
+  <w:num w:numId="22" w16cid:durableId="1009455206">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="526649030">
+  <w:num w:numId="23" w16cid:durableId="526649030">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1806966236">
+  <w:num w:numId="24" w16cid:durableId="1806966236">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1005744714">
+  <w:num w:numId="25" w16cid:durableId="1005744714">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="348877434">
+  <w:num w:numId="26" w16cid:durableId="348877434">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1221938865">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="27" w16cid:durableId="1221938865">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="362436822">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="28" w16cid:durableId="362436822">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="477578317">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="29" w16cid:durableId="477578317">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1692298657">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="30" w16cid:durableId="1692298657">
+    <w:abstractNumId w:val="30"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -8424,84 +8728,86 @@
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F5F76"/>
     <w:rsid w:val="00701751"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00735D99"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00743BC8"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="0077039E"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="0077243C"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="00794CD9"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B3527"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E6386"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D508A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00910AB4"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00917BEE"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="0095686D"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00977927"/>
     <w:rsid w:val="00994E97"/>
     <w:rsid w:val="009A7E99"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C16DD"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009CB074"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
@@ -8547,50 +8853,51 @@
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B15D98"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B64220"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA5605"/>
     <w:rsid w:val="00BB17DB"/>
+    <w:rsid w:val="00BB5CD9"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C3088F"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C530C0"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C63A0E"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
@@ -8610,50 +8917,51 @@
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D47E54"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA4230"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
+    <w:rsid w:val="00E9061F"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB08BA"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F0335E"/>
     <w:rsid w:val="00F17E5B"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F45DF1"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
@@ -8719,63 +9027,65 @@
     <w:rsid w:val="0CF1F005"/>
     <w:rsid w:val="0D172975"/>
     <w:rsid w:val="0D4B9FC9"/>
     <w:rsid w:val="0D635AD2"/>
     <w:rsid w:val="0D8A18F5"/>
     <w:rsid w:val="0EBDE1D7"/>
     <w:rsid w:val="0EFF2B33"/>
     <w:rsid w:val="0F14059E"/>
     <w:rsid w:val="0F1C32BE"/>
     <w:rsid w:val="0F1EC06A"/>
     <w:rsid w:val="0F5C3686"/>
     <w:rsid w:val="0F5EB0A3"/>
     <w:rsid w:val="0F5F38DE"/>
     <w:rsid w:val="0F9EF80F"/>
     <w:rsid w:val="0FDDC542"/>
     <w:rsid w:val="101D5E03"/>
     <w:rsid w:val="10BA317F"/>
     <w:rsid w:val="10BAF72D"/>
     <w:rsid w:val="1134D66E"/>
     <w:rsid w:val="124B745E"/>
     <w:rsid w:val="12D0A6CF"/>
     <w:rsid w:val="12DA5454"/>
     <w:rsid w:val="12F0EA16"/>
     <w:rsid w:val="13156604"/>
     <w:rsid w:val="13253213"/>
+    <w:rsid w:val="13596760"/>
     <w:rsid w:val="13DC6BEF"/>
     <w:rsid w:val="13E580EF"/>
     <w:rsid w:val="13F32DAC"/>
     <w:rsid w:val="1408669C"/>
     <w:rsid w:val="147322DB"/>
     <w:rsid w:val="14E79F80"/>
     <w:rsid w:val="150207EC"/>
     <w:rsid w:val="153AC2D9"/>
     <w:rsid w:val="156D18E4"/>
     <w:rsid w:val="15AA60A3"/>
     <w:rsid w:val="15B503DA"/>
     <w:rsid w:val="15CE586A"/>
     <w:rsid w:val="160063C6"/>
+    <w:rsid w:val="1601B348"/>
     <w:rsid w:val="1627AA45"/>
     <w:rsid w:val="169DD84D"/>
     <w:rsid w:val="16B96F2A"/>
     <w:rsid w:val="16E8FDB7"/>
     <w:rsid w:val="1710DAEB"/>
     <w:rsid w:val="17B7AFB3"/>
     <w:rsid w:val="1876258C"/>
     <w:rsid w:val="187C0AA7"/>
     <w:rsid w:val="1889C72D"/>
     <w:rsid w:val="1889E359"/>
     <w:rsid w:val="18A4B9A6"/>
     <w:rsid w:val="18F6343B"/>
     <w:rsid w:val="19250019"/>
     <w:rsid w:val="195FD806"/>
     <w:rsid w:val="197A0409"/>
     <w:rsid w:val="19DD6695"/>
     <w:rsid w:val="19E5D356"/>
     <w:rsid w:val="1A10FA74"/>
     <w:rsid w:val="1A1D90B1"/>
     <w:rsid w:val="1A408A07"/>
     <w:rsid w:val="1A5EFA90"/>
     <w:rsid w:val="1ADFFE80"/>
     <w:rsid w:val="1B6610D4"/>
     <w:rsid w:val="1B98A181"/>
     <w:rsid w:val="1C104CFE"/>
@@ -8801,146 +9111,154 @@
     <w:rsid w:val="20D18FFD"/>
     <w:rsid w:val="20D850B1"/>
     <w:rsid w:val="21052710"/>
     <w:rsid w:val="2122DB7E"/>
     <w:rsid w:val="214B03F3"/>
     <w:rsid w:val="2189FEB6"/>
     <w:rsid w:val="21E9F2D5"/>
     <w:rsid w:val="2210C199"/>
     <w:rsid w:val="221767BF"/>
     <w:rsid w:val="222C32FA"/>
     <w:rsid w:val="226B09CF"/>
     <w:rsid w:val="22A0F771"/>
     <w:rsid w:val="231DACE9"/>
     <w:rsid w:val="2388933C"/>
     <w:rsid w:val="238C8BE9"/>
     <w:rsid w:val="23E2DDE1"/>
     <w:rsid w:val="2400DA3E"/>
     <w:rsid w:val="24086120"/>
     <w:rsid w:val="2409008B"/>
     <w:rsid w:val="24102557"/>
     <w:rsid w:val="241D83EA"/>
     <w:rsid w:val="24387BCF"/>
     <w:rsid w:val="24DBFD36"/>
     <w:rsid w:val="2546EBA9"/>
     <w:rsid w:val="25B9544B"/>
+    <w:rsid w:val="25F6173D"/>
     <w:rsid w:val="266B1816"/>
     <w:rsid w:val="2677CD97"/>
     <w:rsid w:val="2683DD6F"/>
     <w:rsid w:val="2687C54E"/>
     <w:rsid w:val="26AB56DE"/>
     <w:rsid w:val="26B14BA6"/>
     <w:rsid w:val="26C7E2D7"/>
     <w:rsid w:val="26E76B20"/>
     <w:rsid w:val="26EF7D7C"/>
     <w:rsid w:val="27985FDD"/>
     <w:rsid w:val="27C16334"/>
     <w:rsid w:val="27D6AE4F"/>
     <w:rsid w:val="2863B338"/>
     <w:rsid w:val="2945FA3E"/>
     <w:rsid w:val="29560246"/>
     <w:rsid w:val="295E2AD3"/>
     <w:rsid w:val="299A070F"/>
     <w:rsid w:val="2A67686A"/>
     <w:rsid w:val="2AFF26D9"/>
     <w:rsid w:val="2BAD19C6"/>
     <w:rsid w:val="2C4F65B8"/>
     <w:rsid w:val="2C5DA71A"/>
     <w:rsid w:val="2CF8C643"/>
     <w:rsid w:val="2D205A51"/>
     <w:rsid w:val="2D338F3C"/>
     <w:rsid w:val="2D5A1A66"/>
+    <w:rsid w:val="2D9A7700"/>
     <w:rsid w:val="2DB86BAB"/>
     <w:rsid w:val="2DBCD2B9"/>
     <w:rsid w:val="2DE4C6CF"/>
     <w:rsid w:val="2E48FD9B"/>
     <w:rsid w:val="2E59E8A4"/>
     <w:rsid w:val="2ED2A7F6"/>
     <w:rsid w:val="2F822C8D"/>
     <w:rsid w:val="2FB61C4A"/>
     <w:rsid w:val="2FC9C025"/>
     <w:rsid w:val="3064505E"/>
     <w:rsid w:val="3091BB28"/>
     <w:rsid w:val="30C86615"/>
     <w:rsid w:val="30E6E11F"/>
     <w:rsid w:val="31191985"/>
     <w:rsid w:val="31262183"/>
+    <w:rsid w:val="3157FBB3"/>
     <w:rsid w:val="3178E7DE"/>
     <w:rsid w:val="319BF75F"/>
     <w:rsid w:val="31EFBBF6"/>
     <w:rsid w:val="3243A61E"/>
+    <w:rsid w:val="326D8610"/>
     <w:rsid w:val="32C301AA"/>
     <w:rsid w:val="32E495EA"/>
     <w:rsid w:val="332F7B8B"/>
     <w:rsid w:val="33376911"/>
+    <w:rsid w:val="334348D1"/>
     <w:rsid w:val="33585C6A"/>
     <w:rsid w:val="33AA1874"/>
     <w:rsid w:val="34211147"/>
     <w:rsid w:val="342AE049"/>
     <w:rsid w:val="348F7173"/>
     <w:rsid w:val="34A3771E"/>
     <w:rsid w:val="3554CBB0"/>
     <w:rsid w:val="35710C9A"/>
     <w:rsid w:val="35B75DAF"/>
+    <w:rsid w:val="35BC52B4"/>
     <w:rsid w:val="35DD964F"/>
     <w:rsid w:val="3647BEFF"/>
     <w:rsid w:val="367BECB4"/>
     <w:rsid w:val="36CAD81C"/>
     <w:rsid w:val="36E9C546"/>
     <w:rsid w:val="37075C5C"/>
     <w:rsid w:val="373A42B9"/>
     <w:rsid w:val="374639DA"/>
     <w:rsid w:val="3747B33E"/>
     <w:rsid w:val="37521934"/>
     <w:rsid w:val="375CD533"/>
     <w:rsid w:val="37C25508"/>
     <w:rsid w:val="37F4BF9F"/>
     <w:rsid w:val="38190CC8"/>
     <w:rsid w:val="38598D0C"/>
     <w:rsid w:val="38699C02"/>
+    <w:rsid w:val="38A88B05"/>
     <w:rsid w:val="38E20A3B"/>
     <w:rsid w:val="39BB86B6"/>
     <w:rsid w:val="39E7EB2E"/>
     <w:rsid w:val="3A0EEE5D"/>
     <w:rsid w:val="3A3DE34D"/>
     <w:rsid w:val="3A4E11D5"/>
     <w:rsid w:val="3A701C65"/>
     <w:rsid w:val="3AB7FA40"/>
     <w:rsid w:val="3AD8302A"/>
     <w:rsid w:val="3B0959C5"/>
     <w:rsid w:val="3B0E3FD6"/>
     <w:rsid w:val="3B9619C0"/>
     <w:rsid w:val="3BAE8FF5"/>
     <w:rsid w:val="3BF1ADE6"/>
     <w:rsid w:val="3C2F4799"/>
     <w:rsid w:val="3C5010F9"/>
     <w:rsid w:val="3C5F3D11"/>
     <w:rsid w:val="3C68F710"/>
     <w:rsid w:val="3C71BC53"/>
     <w:rsid w:val="3C95C6BB"/>
     <w:rsid w:val="3CAF0865"/>
     <w:rsid w:val="3CE3D90C"/>
+    <w:rsid w:val="3D24D8C9"/>
     <w:rsid w:val="3D2A1780"/>
     <w:rsid w:val="3D31EA21"/>
     <w:rsid w:val="3D389817"/>
     <w:rsid w:val="3E884E4C"/>
     <w:rsid w:val="3EB8F8E4"/>
     <w:rsid w:val="3F3B2EF9"/>
     <w:rsid w:val="3F511DF0"/>
     <w:rsid w:val="3F5F4A0F"/>
     <w:rsid w:val="3F675D7F"/>
     <w:rsid w:val="3F94B50F"/>
     <w:rsid w:val="3F9C7884"/>
     <w:rsid w:val="3F9E9185"/>
     <w:rsid w:val="3FA4F3B4"/>
     <w:rsid w:val="3FE6A927"/>
     <w:rsid w:val="4060AC1B"/>
     <w:rsid w:val="40D6B2C9"/>
     <w:rsid w:val="40F027B7"/>
     <w:rsid w:val="40F4BB3E"/>
     <w:rsid w:val="413A61E6"/>
     <w:rsid w:val="4183E3B3"/>
     <w:rsid w:val="418F0BA8"/>
     <w:rsid w:val="41AB9166"/>
     <w:rsid w:val="41ABA177"/>
     <w:rsid w:val="41B9AB4A"/>
     <w:rsid w:val="4208A4D2"/>
@@ -8958,247 +9276,257 @@
     <w:rsid w:val="4591A809"/>
     <w:rsid w:val="45BA6F5D"/>
     <w:rsid w:val="45D21C81"/>
     <w:rsid w:val="46049D88"/>
     <w:rsid w:val="462380A4"/>
     <w:rsid w:val="4658046D"/>
     <w:rsid w:val="46A70E18"/>
     <w:rsid w:val="46AA17C5"/>
     <w:rsid w:val="47278EA3"/>
     <w:rsid w:val="476647F5"/>
     <w:rsid w:val="4793655A"/>
     <w:rsid w:val="47C00765"/>
     <w:rsid w:val="48403669"/>
     <w:rsid w:val="485BACD0"/>
     <w:rsid w:val="486AA691"/>
     <w:rsid w:val="486EF09B"/>
     <w:rsid w:val="488B39FF"/>
     <w:rsid w:val="495A3A27"/>
     <w:rsid w:val="49BBA82F"/>
     <w:rsid w:val="4A51A572"/>
     <w:rsid w:val="4A74314E"/>
     <w:rsid w:val="4A8DE080"/>
     <w:rsid w:val="4ACEA214"/>
     <w:rsid w:val="4B232D82"/>
     <w:rsid w:val="4B35EDEE"/>
+    <w:rsid w:val="4B3A9C74"/>
     <w:rsid w:val="4B5204A6"/>
     <w:rsid w:val="4B6E98FC"/>
     <w:rsid w:val="4B70EC96"/>
     <w:rsid w:val="4B740C4B"/>
     <w:rsid w:val="4BD3735E"/>
     <w:rsid w:val="4BEF7157"/>
     <w:rsid w:val="4C209BE1"/>
+    <w:rsid w:val="4C3B2BC2"/>
     <w:rsid w:val="4CD1BE4F"/>
     <w:rsid w:val="4D582AF0"/>
     <w:rsid w:val="4DA2F011"/>
     <w:rsid w:val="4DC42AEA"/>
     <w:rsid w:val="4E39A81A"/>
     <w:rsid w:val="4E51107B"/>
     <w:rsid w:val="4E97675F"/>
     <w:rsid w:val="4E9A1D2D"/>
     <w:rsid w:val="4EA639BE"/>
     <w:rsid w:val="4EB8BD60"/>
     <w:rsid w:val="4EEBCBD2"/>
     <w:rsid w:val="4F1F2493"/>
     <w:rsid w:val="4F2709A5"/>
     <w:rsid w:val="4F64CB6A"/>
+    <w:rsid w:val="4F7A0C9B"/>
     <w:rsid w:val="50095F11"/>
     <w:rsid w:val="501CC38C"/>
     <w:rsid w:val="502786F4"/>
     <w:rsid w:val="5028741E"/>
     <w:rsid w:val="5056E8CC"/>
     <w:rsid w:val="5060E752"/>
     <w:rsid w:val="507A6087"/>
     <w:rsid w:val="50F5347E"/>
     <w:rsid w:val="5121C8C9"/>
     <w:rsid w:val="51989D52"/>
     <w:rsid w:val="51991037"/>
     <w:rsid w:val="51C3884E"/>
     <w:rsid w:val="51F475D9"/>
     <w:rsid w:val="5246201E"/>
     <w:rsid w:val="52AC6402"/>
+    <w:rsid w:val="52D39E7B"/>
     <w:rsid w:val="53309624"/>
     <w:rsid w:val="53855453"/>
     <w:rsid w:val="53BF3CF5"/>
     <w:rsid w:val="53E01904"/>
     <w:rsid w:val="5458C005"/>
     <w:rsid w:val="55DA85DE"/>
     <w:rsid w:val="55F614B5"/>
     <w:rsid w:val="5681BE6B"/>
     <w:rsid w:val="56C7E6FC"/>
     <w:rsid w:val="57252ECF"/>
     <w:rsid w:val="572E1DC1"/>
     <w:rsid w:val="57381600"/>
     <w:rsid w:val="577693BC"/>
     <w:rsid w:val="578530DB"/>
     <w:rsid w:val="57A3B3C8"/>
     <w:rsid w:val="5816DBC9"/>
     <w:rsid w:val="589DE81F"/>
     <w:rsid w:val="58A5C0DA"/>
     <w:rsid w:val="58CD21C3"/>
     <w:rsid w:val="591E9B1F"/>
     <w:rsid w:val="59855A19"/>
     <w:rsid w:val="59A55D2F"/>
     <w:rsid w:val="59B04157"/>
     <w:rsid w:val="59FEFFE4"/>
     <w:rsid w:val="5A68F224"/>
     <w:rsid w:val="5A6BCE40"/>
     <w:rsid w:val="5A7E49CD"/>
     <w:rsid w:val="5ABBBF53"/>
     <w:rsid w:val="5AFF668F"/>
     <w:rsid w:val="5B44FDE1"/>
     <w:rsid w:val="5B4DB662"/>
     <w:rsid w:val="5B959E06"/>
     <w:rsid w:val="5C26AC4E"/>
     <w:rsid w:val="5C3034C3"/>
     <w:rsid w:val="5C5709D7"/>
     <w:rsid w:val="5C9B36F0"/>
     <w:rsid w:val="5D5AD86B"/>
     <w:rsid w:val="5DE95B77"/>
     <w:rsid w:val="5DED79B6"/>
     <w:rsid w:val="5DF20C42"/>
     <w:rsid w:val="5E124486"/>
     <w:rsid w:val="5E1974E4"/>
     <w:rsid w:val="5E85D456"/>
     <w:rsid w:val="5F23190C"/>
     <w:rsid w:val="5F5D11B7"/>
+    <w:rsid w:val="5F6958C5"/>
     <w:rsid w:val="5F99000F"/>
     <w:rsid w:val="600DEB1B"/>
     <w:rsid w:val="6028A2B0"/>
     <w:rsid w:val="6038E7A6"/>
     <w:rsid w:val="609E9FE9"/>
     <w:rsid w:val="60DB0FC4"/>
     <w:rsid w:val="6115BEDA"/>
     <w:rsid w:val="61251A78"/>
     <w:rsid w:val="61AB9445"/>
     <w:rsid w:val="61B3A0DA"/>
     <w:rsid w:val="61B6AEA2"/>
     <w:rsid w:val="61FF5F1F"/>
     <w:rsid w:val="620F854E"/>
     <w:rsid w:val="628AA312"/>
     <w:rsid w:val="628BB4F4"/>
     <w:rsid w:val="62907061"/>
     <w:rsid w:val="62A2840F"/>
     <w:rsid w:val="62CA43F5"/>
     <w:rsid w:val="63809BC5"/>
     <w:rsid w:val="640DB0B8"/>
     <w:rsid w:val="64410ECE"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="651D93A0"/>
     <w:rsid w:val="653AE399"/>
     <w:rsid w:val="6593868C"/>
     <w:rsid w:val="65FDA2F8"/>
     <w:rsid w:val="6629AF38"/>
     <w:rsid w:val="662AB741"/>
     <w:rsid w:val="6703DC0A"/>
     <w:rsid w:val="67056659"/>
     <w:rsid w:val="673128EB"/>
     <w:rsid w:val="6764BA5B"/>
     <w:rsid w:val="67A22FE1"/>
     <w:rsid w:val="68031004"/>
     <w:rsid w:val="68EFF70D"/>
     <w:rsid w:val="693D7BB5"/>
     <w:rsid w:val="69613C86"/>
     <w:rsid w:val="6965CF6F"/>
     <w:rsid w:val="699FD84B"/>
     <w:rsid w:val="69CFF751"/>
     <w:rsid w:val="69D7DB1C"/>
     <w:rsid w:val="6A06FDB5"/>
     <w:rsid w:val="6A411D59"/>
     <w:rsid w:val="6A6D6BD8"/>
     <w:rsid w:val="6AA0FFB7"/>
+    <w:rsid w:val="6AB1D708"/>
     <w:rsid w:val="6AC1578A"/>
     <w:rsid w:val="6AD880F0"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6B4018E8"/>
     <w:rsid w:val="6B54E08F"/>
     <w:rsid w:val="6B7B9A4D"/>
     <w:rsid w:val="6B98C83D"/>
     <w:rsid w:val="6BBA7E34"/>
     <w:rsid w:val="6BDCEDBA"/>
+    <w:rsid w:val="6C0024AD"/>
     <w:rsid w:val="6C093C39"/>
     <w:rsid w:val="6C1E79FD"/>
     <w:rsid w:val="6C4A62AA"/>
     <w:rsid w:val="6C4C4A8F"/>
     <w:rsid w:val="6CC33CB9"/>
     <w:rsid w:val="6CE13B20"/>
     <w:rsid w:val="6D079813"/>
     <w:rsid w:val="6D16A3BB"/>
     <w:rsid w:val="6D41AA0E"/>
+    <w:rsid w:val="6D83C1DE"/>
     <w:rsid w:val="6D9CF387"/>
     <w:rsid w:val="6DD47D77"/>
     <w:rsid w:val="6DE58538"/>
     <w:rsid w:val="6DEA1674"/>
     <w:rsid w:val="6DF6F955"/>
     <w:rsid w:val="6DFD69FC"/>
     <w:rsid w:val="6E117165"/>
     <w:rsid w:val="6E452F10"/>
     <w:rsid w:val="6E5F0D1A"/>
     <w:rsid w:val="6E96415E"/>
     <w:rsid w:val="6EA36874"/>
     <w:rsid w:val="6EC1DB98"/>
     <w:rsid w:val="6EC45212"/>
     <w:rsid w:val="6F4EF582"/>
     <w:rsid w:val="6F7470DA"/>
     <w:rsid w:val="6FABEDF3"/>
     <w:rsid w:val="6FD4970C"/>
     <w:rsid w:val="70126EF1"/>
     <w:rsid w:val="702DF443"/>
     <w:rsid w:val="70C4FF5A"/>
     <w:rsid w:val="713C2C00"/>
     <w:rsid w:val="71491227"/>
     <w:rsid w:val="71498FE4"/>
     <w:rsid w:val="71F7720E"/>
     <w:rsid w:val="71FB419D"/>
     <w:rsid w:val="7260CFBB"/>
     <w:rsid w:val="726DACED"/>
     <w:rsid w:val="72898EC7"/>
     <w:rsid w:val="72A76D02"/>
     <w:rsid w:val="732825FA"/>
     <w:rsid w:val="732889C4"/>
     <w:rsid w:val="732EE50B"/>
     <w:rsid w:val="73ECCA17"/>
+    <w:rsid w:val="7413FAC8"/>
     <w:rsid w:val="74541C93"/>
     <w:rsid w:val="74816929"/>
     <w:rsid w:val="7486DA33"/>
     <w:rsid w:val="74B00B20"/>
     <w:rsid w:val="74D15926"/>
     <w:rsid w:val="74E29A78"/>
     <w:rsid w:val="74E2FC89"/>
     <w:rsid w:val="75075768"/>
     <w:rsid w:val="75653760"/>
     <w:rsid w:val="759A2DFE"/>
     <w:rsid w:val="75A8D309"/>
     <w:rsid w:val="75EBBF5A"/>
     <w:rsid w:val="76198777"/>
     <w:rsid w:val="769D35C7"/>
     <w:rsid w:val="76A45B49"/>
     <w:rsid w:val="76B9E097"/>
     <w:rsid w:val="775DE1F2"/>
     <w:rsid w:val="777F1285"/>
     <w:rsid w:val="77915B89"/>
     <w:rsid w:val="7807E30E"/>
+    <w:rsid w:val="7814F265"/>
     <w:rsid w:val="781A3B3A"/>
     <w:rsid w:val="783B0FA8"/>
     <w:rsid w:val="78524EF9"/>
     <w:rsid w:val="7885D1C7"/>
     <w:rsid w:val="78916D95"/>
     <w:rsid w:val="78C65CA3"/>
     <w:rsid w:val="78CA645F"/>
     <w:rsid w:val="798CF5D0"/>
     <w:rsid w:val="79BCD724"/>
     <w:rsid w:val="79F0C9BA"/>
     <w:rsid w:val="7A0A7179"/>
     <w:rsid w:val="7A2D6EEF"/>
     <w:rsid w:val="7A693E75"/>
     <w:rsid w:val="7A6A6745"/>
     <w:rsid w:val="7ACADB26"/>
     <w:rsid w:val="7AE0588A"/>
     <w:rsid w:val="7AEB1419"/>
     <w:rsid w:val="7B1C5DCC"/>
     <w:rsid w:val="7B3C0764"/>
     <w:rsid w:val="7B70A6EA"/>
     <w:rsid w:val="7B91BE17"/>
     <w:rsid w:val="7C4E4F48"/>
     <w:rsid w:val="7CD76764"/>
     <w:rsid w:val="7D34F529"/>
     <w:rsid w:val="7D357BFE"/>
@@ -9211,168 +9539,168 @@
     <w:rsid w:val="7EB6F9FF"/>
     <w:rsid w:val="7EB82402"/>
     <w:rsid w:val="7F65DD70"/>
     <w:rsid w:val="7FCAFF69"/>
     <w:rsid w:val="7FFDE360"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{595CD234-4039-4690-8A8B-C5A47300BAA4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9397,75 +9725,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -9500,57 +9828,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -9608,743 +9936,743 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00426165"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00426165"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00426165"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="12"/>
+        <w:numId w:val="14"/>
       </w:numPr>
       <w:spacing w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="19"/>
+        <w:numId w:val="21"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00586C36"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
@@ -10412,609 +10740,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00994E97"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -11023,94 +11351,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -11119,499 +11447,499 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00BA5605"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="22"/>
+        <w:numId w:val="24"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -11678,232 +12006,232 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00426165"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00426165"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="a" w:customStyle="1">
     <w:next w:val="Numreradlista"/>
     <w:rsid w:val="00426165"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="10"/>
+        <w:numId w:val="12"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3033"/>
       </w:tabs>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00426165"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C63A0E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002136B7"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
+  <w:style w:type="paragraph" w:styleId="Punktlistanumrerad" w:customStyle="1">
     <w:name w:val="Punktlista numrerad"/>
     <w:rsid w:val="002136B7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="9"/>
+        <w:numId w:val="11"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0077243C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0077243C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11931,51 +12259,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas175-440915288-12/native/2385%20-%20SOFA%20tabell%20B%20A4%20191114.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target=".%20%20https:/mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas175-440915288-12/native/2385%20-%20SOFA%20tabell%20B%20A4%20191114.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-10/SURROGATE/Mobil%20intensivv%c3%a5rdsgrupp%20(MIG)%20f%c3%b6r%20vuxna%20patienter%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infektion.net/wp-content/uploads/2022/07/vardprogram_sepsis_maj-2023.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-43/SURROGATE/Antibiotikabehandling%20till%20vuxna%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas175-440915288-12/native/2385%20-%20SOFA%20tabell%20B%20A4%20191114.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infektion.net/wp-content/uploads/2022/07/vardprogram_sepsis_maj-2023.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas175-440915288-12/native/2385%20-%20SOFA%20tabell%20B%20A4%20191114.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-43/SURROGATE/Antibiotikabehandling%20till%20vuxna%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-43/SURROGATE/Antibiotikabehandling%20till%20vuxna%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas175-440915288-12/native/2385%20-%20SOFA%20tabell%20B%20A4%20191114.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target=".%20%20https:/mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas175-440915288-12/native/2385%20-%20SOFA%20tabell%20B%20A4%20191114.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-10/SURROGATE/Mobil%20intensivv%c3%a5rdsgrupp%20(MIG)%20f%c3%b6r%20vuxna%20patienter%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infektion.net/wp-content/uploads/2022/07/vardprogram_sepsis_maj-2023.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-43/SURROGATE/Antibiotikabehandling%20till%20vuxna%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas175-440915288-12/native/2385%20-%20SOFA%20tabell%20B%20A4%20191114.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infektion.net/wp-content/uploads/2022/07/vardprogram_sepsis_maj-2023.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas175-440915288-12/native/2385%20-%20SOFA%20tabell%20B%20A4%20191114.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-43/SURROGATE/Antibiotikabehandling%20till%20vuxna%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-43/SURROGATE/Antibiotikabehandling%20till%20vuxna%2c%20S%c3%84S.pdf" TargetMode="External" Id="R571b40f7d848415d" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -12267,60 +12595,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...18 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Sepsis och septisk chock, SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Annica Svanström</lastModifiedBy>
-  <revision>64</revision>
+  <lastModifiedBy>Anders Lans</lastModifiedBy>
+  <revision>69</revision>
   <lastPrinted>2016-03-31T01:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>