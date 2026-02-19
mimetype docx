--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -8,1065 +8,1072 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="48D8388F" w14:textId="4B272EF5" w:rsidR="00092950" w:rsidRDefault="00092950" w:rsidP="00EA7372">
+    <w:p w:rsidR="00092950" w:rsidP="00EA7372" w:rsidRDefault="00092950" w14:paraId="48D8388F" w14:textId="4B272EF5">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc100327184"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc181866756"/>
+      <w:bookmarkStart w:name="_Toc100327184" w:id="0"/>
+      <w:bookmarkStart w:name="_Toc181866756" w:id="1"/>
       <w:r w:rsidRPr="00092950">
         <w:t>Framtagande av funktionsbeskrivning, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11BC1DCA" w14:textId="23427D93" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="11BC1DCA" w14:textId="23427D93">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidR="009A32ED">
+        <w:rPr/>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="4EA6C4B6" w14:textId="0BE0219B" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00EA7372" w:rsidP="009A32ED">
-[...4 lines deleted...]
-        <w:t>Ny rutin.</w:t>
+    <w:p w:rsidR="53D9D0AA" w:rsidP="47AAD57D" w:rsidRDefault="53D9D0AA" w14:paraId="1DAA84CA" w14:textId="61F9A771">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="868"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="47AAD57D" w:rsidR="53D9D0AA">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Redaktionella ändringar, giltighetstiden förlängd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="009A32ED">
+    <w:p w:rsidR="0098720B" w:rsidP="009A32ED" w:rsidRDefault="0098720B" w14:paraId="69BCFD87" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc100327185"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="_Toc72840807"/>
+      <w:bookmarkStart w:name="_Toc100327185" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc181866757" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc72840807" w:id="4"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="085983DA" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="085983DA" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Funktionsbeskrivningen beskriver respektive funktions huvudsakliga arbetsområden, ansvar, befogenheter samt kvalifikationskrav och är ett led i att skapa förutsättningar för en god organisatorisk arbetsmiljö. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC6584C" w14:textId="55B98441" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="1FC6584C" w14:textId="55B98441">
       <w:r>
         <w:t xml:space="preserve">Befintliga funktionsbeskrivningar finns att hitta på SÄS intranät. Ska ny funktionsbeskrivning upprättas görs detta i befintlig mall för Södra Älvsborgs sjukhus funktionsbeskrivningar och hanteras enligt denna rutins beskrivna ansvar och arbetssätt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="009A32ED">
+    <w:p w:rsidR="0098720B" w:rsidP="009A32ED" w:rsidRDefault="0098720B" w14:paraId="70B2A54A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc100327187"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc181866760"/>
+      <w:bookmarkStart w:name="_Toc100327187" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc181866760" w:id="6"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="3E8D3C2A" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="3E8D3C2A" w14:textId="77777777">
       <w:r>
         <w:t>De dokument som ska hanteras enligt denna rutin är funktionsbeskrivningar inom Södra Älvsborgs sjukhus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B49FC1C" w14:textId="77777777" w:rsidR="0098720B" w:rsidRPr="00511EE6" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidRPr="00511EE6" w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="4B49FC1C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00984CCE">
         <w:t>Funktionsbeskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7059AABE" w14:textId="77777777" w:rsidR="0098720B" w:rsidRPr="005637FE" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidRPr="005637FE" w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="7059AABE" w14:textId="77777777">
       <w:r w:rsidRPr="005637FE">
         <w:t xml:space="preserve">En funktionsbeskrivning beskriver respektive yrkeskategoris huvudsakliga arbetsområden, ansvar, befogenheter samt kvalifikationskrav. Ansvar, samordningsansvar och arbetsgång kopplat till hantering av funktionsbeskrivningar beskrivs i denna rutin. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF81C6E" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="3AF81C6E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Överenskommelse mellan arbetstagare och arbetsgivare – uppdrag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B6786E5" w14:textId="77777777" w:rsidR="0098720B" w:rsidRPr="0059398A" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidRPr="0059398A" w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="5B6786E5" w14:textId="77777777">
       <w:r w:rsidRPr="0059398A">
         <w:t xml:space="preserve">En </w:t>
       </w:r>
       <w:r>
         <w:t>överenskommelse mellan arbetsgivare och arbetstagare</w:t>
       </w:r>
       <w:r w:rsidRPr="0059398A">
         <w:t xml:space="preserve"> beskriver uppdrag/uppgifter som utförs inom ramen för den yrkeskategori som medarbetare är anställd som. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA5DFB8" w14:textId="518433E0" w:rsidR="00EA7372" w:rsidRDefault="00EA7372" w:rsidP="00EA7372">
+    <w:p w:rsidR="00EA7372" w:rsidP="00EA7372" w:rsidRDefault="00EA7372" w14:paraId="6FA5DFB8" w14:textId="518433E0">
       <w:r>
         <w:t>Mallar</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="342C674B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Funktionsbeskrivning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BF49BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> [1]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4984911A" w14:textId="6520F1B7" w:rsidR="00EA7372" w:rsidRPr="00BF49BD" w:rsidRDefault="00EA7372" w:rsidP="00EA7372">
+    <w:p w:rsidRPr="00BF49BD" w:rsidR="00EA7372" w:rsidP="00EA7372" w:rsidRDefault="00EA7372" w14:paraId="4984911A" w14:textId="6520F1B7">
       <w:hyperlink r:id="rId13">
         <w:r w:rsidRPr="342C674B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Överenskommelse mellan arbetsgivare och arbetstagare</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF49BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>[2]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BFB342D" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="7BFB342D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc144713348"/>
+      <w:bookmarkStart w:name="_Toc144713348" w:id="7"/>
       <w:r>
         <w:t>Roller och ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="6F0DAA31" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="6F0DAA31" w14:textId="77777777">
       <w:r>
         <w:t>Ansvarig ledningsfunktion bär huvudansvaret för upprättande och uppföljning av respektive funktionsbeskrivning, se fördelning under rubrik ”nedan”. I ansvaret ingår att:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A46FFC6" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="7A46FFC6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>tillse att given mall används vid upprättande av funktionsbeskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10CF5761" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="10CF5761" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>säkerställa översyn av funktionsbeskrivningen vid revidering av denna rutin eller vid andra förändringar som påverkar funktionsbeskrivningen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D57CEDE" w14:textId="77777777" w:rsidR="0098720B" w:rsidRPr="001631FD" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidRPr="001631FD" w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="7D57CEDE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>säkerställa granskning och ny publicering av dokument vid dokumentets utgångsdatum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA8286A" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="2CA8286A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc144713349"/>
+      <w:bookmarkStart w:name="_Toc144713349" w:id="8"/>
       <w:r w:rsidRPr="00430333">
         <w:t>HR</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="4A233775" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="4A233775" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">HR har en samordnande roll kopplat till funktionsbeskrivningar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4413723F" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="4413723F" w14:textId="77777777">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>HR:s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ansvar är att:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3912C68F" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="3912C68F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20583677" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="20583677" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Uppdatera och följa upp rutin för funktionsbeskrivningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="732E36E3" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="732E36E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Säkerställa mall för funktionsbeskrivningar. Ej innehåll.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EFCA37E" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="4EFCA37E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc144713350"/>
+      <w:bookmarkStart w:name="_Toc144713350" w:id="9"/>
       <w:r>
         <w:t>Ledningsstöd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t xml:space="preserve"> sjukhusledning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE9D0AC" w14:textId="36EE2FF8" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="4FE9D0AC" w14:textId="36EE2FF8">
       <w:r>
         <w:t>Ledningsstöd har en administrativ roll kopplat till funktionsbeskrivningar. Ledningsstöd ansvar är att:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F746F3" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="57F746F3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Upprätta fastställda funktionsbeskrivningar till allmän handling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4469CAC5" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="4469CAC5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Publicera fastställda funktionsbeskrivningar på intranät.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2994B006" w14:textId="77777777" w:rsidR="0098720B" w:rsidRPr="00DD5E65" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidRPr="00DD5E65" w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="2994B006" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Att ta fram sjukhusgemensamma funktionsbeskrivningar och överenskommelser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4831A275" w14:textId="77777777" w:rsidR="0098720B" w:rsidRPr="001F3625" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidRPr="001F3625" w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="4831A275" w14:textId="77777777">
       <w:r w:rsidRPr="001F3625">
         <w:t>Följande funktioner har ansvar för nedan angivna</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> funktionsbeskrivningar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333238E6" w14:textId="77777777" w:rsidR="0098720B" w:rsidRPr="00430333" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidRPr="00430333" w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="333238E6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00430333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sjukhusdirektör</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28BD9397" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="28BD9397" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Chefsbefattningar, traineebefattningar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD3DF00" w14:textId="77777777" w:rsidR="0098720B" w:rsidRPr="00661FFE" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidRPr="00661FFE" w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="0BD3DF00" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00661FFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Chefsjuksköterska</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A1EBFFE" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="5A1EBFFE" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="1287"/>
       </w:pPr>
       <w:r>
         <w:t>Sjuksköterska, specialistsjuksköterska, senior sjuksköterska, undersköterska</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ECFAB35" w14:textId="77777777" w:rsidR="0098720B" w:rsidRPr="00661FFE" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidRPr="00661FFE" w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="4ECFAB35" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00661FFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Chefläkare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE7F8A2" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
-      <w:pPr>
+    <w:p w:rsidR="0098720B" w:rsidP="47AAD57D" w:rsidRDefault="0098720B" w14:paraId="513A134D" w14:textId="1481672F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1287"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidR="0098720B">
+        <w:rPr/>
         <w:t>Läkarfunktioner, Medicinskt ledningsansvar, Vårdenhetsöverläkare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="513A134D" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Brdtext"/>
+    <w:p w:rsidRPr="00661FFE" w:rsidR="0098720B" w:rsidP="47AAD57D" w:rsidRDefault="0098720B" w14:paraId="3C035082" w14:textId="412C555F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="47AAD57D" w:rsidR="0098720B">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>Stabschef</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0098720B" w:rsidP="47AAD57D" w:rsidRDefault="0098720B" w14:paraId="00BD49E2" w14:textId="629AC805">
+      <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-      </w:pPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidR="0098720B">
+        <w:rPr/>
+        <w:t xml:space="preserve">Funktioner inom stabsområde </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3C035082" w14:textId="77777777" w:rsidR="0098720B" w:rsidRPr="00661FFE" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="00EA7372" w:rsidP="47AAD57D" w:rsidRDefault="0098720B" w14:paraId="1079D6A6" w14:textId="112FC154">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="47AAD57D" w:rsidR="6D444007">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>Administrativ chef</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7372" w:rsidP="47AAD57D" w:rsidRDefault="0098720B" w14:paraId="7BBF640C" w14:textId="1510C32E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1287"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidR="0098720B">
+        <w:rPr/>
+        <w:t>Medicinska sekreterare, vårdadministrativ sekreterare, vårdadministrativ assistent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="2BDE028F" w14:textId="70DD7ADD">
+      <w:r>
+        <w:t xml:space="preserve">Med sjukhusgemensamma funktionsberskrivningar omfattar befattningar som finns över hela sjukhuset. Befattningar som finns inom en stab eller ett verksamhetsområde tas fram av ansvarig stabschef/verksamhetschef. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="7F14E011" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">Med sjukhusgemensamma funktionsbeskrivningar avses: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="5EE4EE40" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t>Stabschefer</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Verksamhetschef</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66345567" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
-[...14 lines deleted...]
-    <w:p w14:paraId="78C80112" w14:textId="77777777" w:rsidR="0098720B" w:rsidRPr="00EA7372" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="0F94F3AE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>Stabschef hållbarhet, kansli och säkerhet</w:t>
+        <w:t>Stabschefer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BBF640C" w14:textId="77777777" w:rsidR="00EA7372" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
-[...17 lines deleted...]
-    <w:p w14:paraId="5EE4EE40" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="6055194D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Verksamhetschef</w:t>
+        <w:t>Chefläkare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F94F3AE" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="3BB87690" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Stabschefer</w:t>
+        <w:t>Chefsjuksköterska</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6055194D" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="2EA9591E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Chefläkare</w:t>
+        <w:t>Operativ chef</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB87690" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="31CC8F78" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Chefsjuksköterska</w:t>
+        <w:t>Vårdenhetschef</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA9591E" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="0FA8B195" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Operativ chef</w:t>
+        <w:t>Enhetschef</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31CC8F78" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="55B16370" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>Vårdenhetschef</w:t>
+        <w:t>Överläkare*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FA8B195" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="1140B661" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Enhetschef</w:t>
+        <w:t>Läkarchef</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55B16370" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="7AA14FEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Överläkare*</w:t>
+        <w:t xml:space="preserve">Sjuksköterska </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1140B661" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="198402C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Läkarchef</w:t>
+        <w:t>Senior sjuksköterska (specialsjuksköterska)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA14FEC" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="786B5173" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sjuksköterska </w:t>
+        <w:t>Undersköterska</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="198402C7" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="48209BB8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Senior sjuksköterska (specialsjuksköterska)</w:t>
+        <w:t>Vårdadministrativ sekreterare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786B5173" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="2602ADE6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Undersköterska</w:t>
-[...22 lines deleted...]
-      <w:r>
         <w:t>Vårdadministrativ assistent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FD6120B" w14:textId="341469BA" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="4FD6120B" w14:textId="341469BA">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Medicinsk sekreterare</w:t>
       </w:r>
       <w:r w:rsidR="00EA7372">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EA7372">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EA7372">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EA7372">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EA7372">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="627F0064" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="627F0064" w14:textId="77777777">
       <w:r>
         <w:t>* Sjukhusgemensamma uppdrag dokumenterade i överenskommelse, inom läkarområdet:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D3EF8B6" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="3D3EF8B6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Medicinskt ledningsansvarig läkare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33D825AD" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="33D825AD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Vårdenhetsöverläkare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="062A233C" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="0098720B"/>
-    <w:p w14:paraId="51CA51D7" w14:textId="77777777" w:rsidR="0098720B" w:rsidRPr="00DD5E65" w:rsidRDefault="0098720B" w:rsidP="0098720B">
+    <w:p w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="062A233C" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00DD5E65" w:rsidR="0098720B" w:rsidP="0098720B" w:rsidRDefault="0098720B" w14:paraId="51CA51D7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc144713352"/>
+      <w:bookmarkStart w:name="_Toc144713352" w:id="10"/>
       <w:r w:rsidRPr="00DD5E65">
         <w:t>Arbets</w:t>
       </w:r>
       <w:r>
         <w:t>gång</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD5E65">
         <w:t xml:space="preserve"> vid framtagande av </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">sjukhusgemensamma </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD5E65">
         <w:t>funktionsbeskrivningar på SÄS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="59B290DA" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="59B290DA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Ansvarig befattningshavare upprättar funktionsbeskrivning i given mall.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="326BDCAE" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="326BDCAE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Beskrivningen ska fokusera på övergripande arbetsområden och inte vara allt för detaljerad. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFDBEBF" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="6EFDBEBF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid behov remissa funktionsbeskrivning till berörda. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178BA6CA" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="178BA6CA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Ansvarig befattningshavare får funktionsbeskrivning beslutad/fastställd efter föredragning i sjukhusledningsgruppen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638A6188" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="638A6188" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Publicera funktionsbeskrivning på SÄS sjukhusledningens SharePoint-yta. Ta fram en SBAR och delge ledningsstöd för punkt på sjukhusledning där beslut sedan tas. [3]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ECC898E" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="4ECC898E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ledningsstöd upprättar, efter fastställd funktionsbeskrivning, allmän handling och publicerar på intranät. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17C5DCB0" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="17C5DCB0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Funktionsledning ansvarar för att informera om ny eller reviderad funktionsbeskrivning på rätt samverkansnivå CSG/LSG. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E62BAC" w14:textId="451BE173" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00512CBA">
+    <w:p w:rsidR="0098720B" w:rsidP="00512CBA" w:rsidRDefault="0098720B" w14:paraId="27E62BAC" w14:textId="451BE173">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7619"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tänk på att arbetsgång för information/samverkan i denna rutin endast är kopplat till funktionsbeskrivning som dokument. Skulle ändrad funktionsbeskrivning föregås av en konverterad tjänst eller annan organisationsförändring ställs andra krav på samverkan. Ta stöd av HR vid osäkerhet kopplat till samverkan. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46F80C1F" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+    <w:p w:rsidRPr="000D04ED" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="46F80C1F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc100327194"/>
-      <w:bookmarkStart w:id="12" w:name="_Toc181866763"/>
+      <w:bookmarkStart w:name="_Toc100327194" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc181866763" w:id="12"/>
       <w:r w:rsidRPr="000D04ED">
         <w:t>Arbetsgrupp</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B4BFE2B" w14:textId="77777777" w:rsidR="00EA7372" w:rsidRDefault="00EA7372" w:rsidP="00EA7372">
+    <w:p w:rsidR="00EA7372" w:rsidP="47AAD57D" w:rsidRDefault="00EA7372" w14:paraId="4B4BFE2B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
-      </w:pPr>
-      <w:r>
+        <w:ind w:left="567"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="00EA7372">
+        <w:rPr/>
         <w:t>Remissinstanser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D629642" w14:textId="77777777" w:rsidR="00EA7372" w:rsidRDefault="00EA7372" w:rsidP="00EA7372">
+    <w:p w:rsidR="00EA7372" w:rsidP="00EA7372" w:rsidRDefault="00EA7372" w14:paraId="3D629642" w14:textId="77777777">
       <w:r w:rsidRPr="00430333">
         <w:t xml:space="preserve">September 2023: SÄS sjukhusledning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="188AE2C8" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+    <w:p w:rsidRPr="000D04ED" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="188AE2C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc100327195"/>
-      <w:bookmarkStart w:id="14" w:name="_Toc181866764"/>
+      <w:bookmarkStart w:name="_Toc100327195" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc181866764" w:id="14"/>
       <w:r w:rsidRPr="000D04ED">
         <w:t>Källförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="72089A6D" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="72089A6D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r>
         <w:t>Funktionsbeskrivning, mall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F194746" w14:textId="4CE25DCE" w:rsidR="00EA7372" w:rsidRDefault="00EA7372" w:rsidP="00EA7372">
+    <w:p w:rsidR="00EA7372" w:rsidP="00EA7372" w:rsidRDefault="00EA7372" w14:paraId="4F194746" w14:textId="4CE25DCE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712" w:right="140"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas667-468657383-4/native/Funktionsbeskrivningsmall.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17D0360D" w14:textId="77777777" w:rsidR="0098720B" w:rsidRPr="004E71EA" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidRPr="004E71EA" w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="17D0360D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A6E91">
         <w:t>Överenskommelse mellan arbetsgivare och arbetstagare</w:t>
       </w:r>
       <w:r>
         <w:t>, mall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B66099" w14:textId="7E3BC48E" w:rsidR="00EA7372" w:rsidRDefault="00EA7372" w:rsidP="00EA7372">
+    <w:p w:rsidR="00EA7372" w:rsidP="00EA7372" w:rsidRDefault="00EA7372" w14:paraId="29B66099" w14:textId="7E3BC48E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712" w:right="140"/>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas667-468657383-6/native/%c3%96verenskommelse%20mellan%20arbetsgivare%20och%20arbetstagare%20mall.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54A4992F" w14:textId="77777777" w:rsidR="0098720B" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidR="0098720B" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="54A4992F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r>
         <w:t>SBAR vid SÄS, sjukhusövergripande styrdokument</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40AA233F" w14:textId="682EA6ED" w:rsidR="006F46C5" w:rsidRPr="00361EB5" w:rsidRDefault="0098720B" w:rsidP="00EA7372">
+    <w:p w:rsidRPr="00361EB5" w:rsidR="006F46C5" w:rsidP="00EA7372" w:rsidRDefault="0098720B" w14:paraId="40AA233F" w14:textId="682EA6ED">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712" w:right="-143"/>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-327/surrogate/SBAR%20vid%20S%c3%84S.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="006F46C5" w:rsidRPr="00361EB5" w:rsidSect="00330F6A">
+    <w:sectPr w:rsidRPr="00361EB5" w:rsidR="006F46C5" w:rsidSect="00330F6A">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C7F22E5" w14:textId="77777777" w:rsidR="00A356A2" w:rsidRDefault="00A356A2">
+    <w:p w:rsidR="003C4DC9" w:rsidRDefault="003C4DC9" w14:paraId="29B8FC8E" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E31E9A3" w14:textId="77777777" w:rsidR="00A356A2" w:rsidRDefault="00A356A2">
+    <w:p w:rsidR="003C4DC9" w:rsidRDefault="003C4DC9" w14:paraId="5EA1EC8E" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4A047108" w14:textId="77777777" w:rsidR="00A356A2" w:rsidRDefault="00A356A2">
+    <w:p w:rsidR="003C4DC9" w:rsidRDefault="003C4DC9" w14:paraId="74E40377" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1140,226 +1147,226 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="005F685C" w:rsidP="00EC0A68">
+  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="003C4DC9" w14:paraId="47BD2091" w14:textId="66F4EBFA">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00A65FD4">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="76DF6159">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660291" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -1400,816 +1407,816 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BDAD816" w14:textId="77777777" w:rsidR="00A356A2" w:rsidRDefault="00A356A2"/>
+    <w:p w:rsidR="003C4DC9" w:rsidRDefault="003C4DC9" w14:paraId="64487394" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A80EC54" w14:textId="77777777" w:rsidR="00A356A2" w:rsidRDefault="00A356A2">
+    <w:p w:rsidR="003C4DC9" w:rsidRDefault="003C4DC9" w14:paraId="3318064E" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0FF0FCBF" w14:textId="77777777" w:rsidR="00A356A2" w:rsidRDefault="00A356A2">
+    <w:p w:rsidR="003C4DC9" w:rsidRDefault="003C4DC9" w14:paraId="6BC46804" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="448A65ED">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="028B313E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A90017D0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D147030"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6588508"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2268,826 +2275,826 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E993029"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D812D854"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3756" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4476" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5196" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5916" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6636" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7356" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8076" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9516" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="119B1466"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88B62CC0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11FE6988"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4427B48"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21CB2935"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="170A62CA"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3235,147 +3242,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7832" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30E9194D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64A6906A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="313E6451"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED5C8694"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3437,1560 +3444,1560 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32814C8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="43B87E94"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33C8472E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C6820362"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3396" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4116" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4836" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5556" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6276" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6996" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7716" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8436" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9156" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C0F53D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F308BAE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C18372A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0A05A8E"/>
     <w:lvl w:ilvl="0" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A6F58D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82321992"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53DF5278"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70E20BF8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A92CF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD10E7B4"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5049,260 +5056,260 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AC169E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72102DFC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61AB35AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A361E58"/>
     <w:lvl w:ilvl="0" w:tplc="041D0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63F504D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF765E14"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5450,486 +5457,486 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65467D01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A128E2EC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D2166CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="793EBFEA"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7134222F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54F485D6"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3462" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4182" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4902" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5622" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6342" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7062" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7782" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9222" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="788C628C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC105182"/>
     <w:lvl w:ilvl="0" w:tplc="733683D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3064" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5991,373 +5998,373 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C093B3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="473896D6"/>
     <w:lvl w:ilvl="0" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F5246A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="960EFB62"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6558,70 +6565,70 @@
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1082721703">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1785727525">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="2055765983">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1979416230">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1795557564">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1705133116">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -6734,50 +6741,51 @@
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="00361EB5"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B0F86"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C4DC9"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="0040019C"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="00430333"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00453583"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
@@ -7060,50 +7068,51 @@
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C604C4"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C86BFF"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CC71B8"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D20BED"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA2F75"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB1AD1"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DE6851"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E175FE"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
@@ -7132,202 +7141,207 @@
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F05B71"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F67C5B"/>
     <w:rsid w:val="00F839DF"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB54DF"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD2ACB"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="00FF7EFE"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="073A5EBC"/>
+    <w:rsid w:val="0BD8B87D"/>
     <w:rsid w:val="1492EC97"/>
     <w:rsid w:val="1F4E0ADB"/>
     <w:rsid w:val="2EECD0CD"/>
     <w:rsid w:val="315BC39E"/>
     <w:rsid w:val="32A3BCED"/>
     <w:rsid w:val="342C674B"/>
+    <w:rsid w:val="47AAD57D"/>
     <w:rsid w:val="4835C345"/>
     <w:rsid w:val="502F6927"/>
     <w:rsid w:val="528D5146"/>
+    <w:rsid w:val="53D9D0AA"/>
     <w:rsid w:val="5CA973EF"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="695BEFBD"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6CC80190"/>
+    <w:rsid w:val="6D444007"/>
     <w:rsid w:val="7516DB74"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7352,75 +7366,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -7455,57 +7469,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -7563,700 +7577,700 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC6590"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
       <w:ind w:right="0"/>
     </w:pPr>
@@ -8323,609 +8337,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -8934,94 +8948,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -9030,496 +9044,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -9586,191 +9600,191 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
     <w:link w:val="BrdtextChar"/>
     <w:rsid w:val="00361EB5"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
     <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:rsid w:val="00361EB5"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="008A077B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="00EA7372"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="00430333"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED2E55"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="UnderrubrikVGR" w:customStyle="1">
     <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00A76198"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+  <w:style w:type="character" w:styleId="UnderrubrikVGRChar" w:customStyle="1">
     <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00A76198"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+  <w:style w:type="paragraph" w:styleId="Tabell" w:customStyle="1">
     <w:name w:val="Tabell"/>
     <w:link w:val="TabellChar"/>
     <w:qFormat/>
     <w:rsid w:val="00A76198"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:right="-142"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+  <w:style w:type="character" w:styleId="TabellChar" w:customStyle="1">
     <w:name w:val="Tabell Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Tabell"/>
     <w:rsid w:val="00A76198"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A76198"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
@@ -10141,60 +10155,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...18 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Framtagande av funktionsbeskrivning, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>63</revision>
+  <lastModifiedBy>Mona Johansson</lastModifiedBy>
+  <revision>65</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>