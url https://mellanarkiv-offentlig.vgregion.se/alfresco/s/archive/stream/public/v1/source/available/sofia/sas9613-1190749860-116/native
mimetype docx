--- v0 (2025-11-26)
+++ v1 (2026-01-08)
@@ -1,9282 +1,8188 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00280165" w:rsidP="00F35B05" w:rsidRDefault="00280165" w14:paraId="415BEDCB" w14:textId="77777777">
+    <w:p w14:paraId="061914D4" w14:textId="7D274FEF" w:rsidR="00184167" w:rsidRDefault="008408E3" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc215639382"/>
+      <w:r w:rsidRPr="008408E3">
+        <w:t>Värdesaker och patienttillhörigheter</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Toc321146591"/>
+    </w:p>
+    <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="00280165" w:rsidSect="00280165">
-[...19 lines deleted...]
-      </w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc181866756"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc215639383"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
-        <w:t xml:space="preserve">Värdesaker och </w:t>
-[...31 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="4EA6C4B6" w14:textId="43944131" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008408E3">
+        <w:t xml:space="preserve">Redaktionella ändringar, giltighetstiden förlängd. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc100327185"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc181866757"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc72840807"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc215639384"/>
+      <w:r>
+        <w:t>Sammanfattning</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="0945EF7D" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc181866758"/>
+      <w:r w:rsidRPr="008408E3">
+        <w:t xml:space="preserve">Riktlinjen anger förutsättningar för att på ett korrekt vis hantera tillvaratagna tillhörigheter och/eller förlorade personligt förskrivna hjälpmedel i samband med vård vid Södra Älvsborgs Sjukhus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6660DA9D" w14:textId="2A6BEBE8" w:rsidR="00B405A1" w:rsidRDefault="00B405A1" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Innehållsförteckning</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="9"/>
-      <w:bookmarkEnd w:id="10"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    </w:p>
+    <w:p w14:paraId="03BBF381" w14:textId="5D1EE4DB" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="32"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00280165">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00280165">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00280165">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="_Toc256000256">
-[...7 lines deleted...]
-            <w:u w:val="single"/>
+      <w:hyperlink w:anchor="_Toc215639382" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Värdesaker och patienttillhörigheter</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639382 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5C794F0A" w14:textId="0756631B" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639383" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Förändringar sedan föregående version</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639383 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="34DA0ECC" w14:textId="0375F9DC" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639384" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
-        <w:r w:rsidRPr="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00280165">
-[...21 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639384 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EF3FF1">
-[...4 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00EF3FF1" w14:paraId="6363B391" w14:textId="42F77210">
-      <w:pPr>
+    <w:p w14:paraId="2C766B9F" w14:textId="4FB1A932" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639385" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Inledning</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639385 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="560B7F7D" w14:textId="180869F2" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639386" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Bakgrund och syfte</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639386 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1226B841" w14:textId="76A6909F" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639387" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Förutsättningar</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639387 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="727740EB" w14:textId="3F4761E0" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639388" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Utförande</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639388 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6402771F" w14:textId="1687D95D" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:before="40" w:after="20" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-            <w:szCs w:val="32"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639389" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Tillvaratagande av tillhörigheter/värdesaker</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...21 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639389 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-            <w:szCs w:val="32"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00EF3FF1" w14:paraId="02ECAC01" w14:textId="5E63685C">
-      <w:pPr>
+    <w:p w14:paraId="4DA0D4ED" w14:textId="54BEC315" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:before="40" w:after="20" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-            <w:szCs w:val="32"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639390" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Dokumentation</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...21 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639390 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-            <w:szCs w:val="32"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00EF3FF1" w14:paraId="4C8F4C2C" w14:textId="28293744">
-      <w:pPr>
+    <w:p w14:paraId="2E155AD2" w14:textId="6B892875" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:overflowPunct w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...53 lines deleted...]
-            <w:szCs w:val="20"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639391" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Omhändertagande av värdesaker och tillhörigheter från patient på akutmottagningen, SÄS Borås</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="20"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...21 lines deleted...]
-            <w:szCs w:val="20"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639391 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00EF3FF1" w14:paraId="306A1B77" w14:textId="704F699E">
-      <w:pPr>
+    <w:p w14:paraId="0449F226" w14:textId="651B9B9A" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:overflowPunct w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-            <w:szCs w:val="32"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639392" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Vid byte av vårdenhet</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...21 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639392 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-            <w:szCs w:val="32"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00EF3FF1" w14:paraId="71AC68CA" w14:textId="70EDFA20">
-      <w:pPr>
+    <w:p w14:paraId="23DB56B3" w14:textId="4B0B8D6A" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:overflowPunct w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...42 lines deleted...]
-            <w:szCs w:val="32"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639393" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Utlämning av värdesaker/tillhörigheter</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...21 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639393 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-            <w:szCs w:val="32"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00EF3FF1" w14:paraId="7E3CEEF0" w14:textId="54ACA54C">
-      <w:pPr>
+    <w:p w14:paraId="3099E207" w14:textId="720B684A" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:overflowPunct w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-            <w:szCs w:val="32"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639394" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Blanketter och förvaringspåsar</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...21 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639394 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-            <w:szCs w:val="32"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00EF3FF1" w14:paraId="02A75A36" w14:textId="442F16DE">
-      <w:pPr>
+    <w:p w14:paraId="1A80E795" w14:textId="6FC7D7B3" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:overflowPunct w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...75 lines deleted...]
-            <w:szCs w:val="32"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639395" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Arkivering</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...21 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639395 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-            <w:szCs w:val="32"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00EF3FF1" w14:paraId="693C882E" w14:textId="63F3E384">
-      <w:pPr>
+    <w:p w14:paraId="5E410C14" w14:textId="127C0A78" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:overflowPunct w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-            <w:szCs w:val="32"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639396" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Förvaring av upphittade och/eller kvarglömda värdesaker / tillhörigheter med okänd ägare</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...21 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639396 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-            <w:szCs w:val="32"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00EF3FF1" w14:paraId="52414040" w14:textId="60BEE7E5">
-      <w:pPr>
+    <w:p w14:paraId="00794A04" w14:textId="313C0501" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:overflowPunct w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...42 lines deleted...]
-            <w:szCs w:val="20"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639397" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Stöld</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="20"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...21 lines deleted...]
-            <w:szCs w:val="20"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639397 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00EF3FF1" w14:paraId="2C4ACB8A" w14:textId="4C4DE9D5">
-      <w:pPr>
+    <w:p w14:paraId="48191A66" w14:textId="403D80A8" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:overflowPunct w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-            <w:szCs w:val="32"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639398" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Försvunna, borttappade eller förstörda personliga tillhörigheter</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...21 lines deleted...]
-            <w:szCs w:val="32"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639398 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-            <w:szCs w:val="32"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00EF3FF1" w14:paraId="4C6F4360" w14:textId="5066E7C3">
-      <w:pPr>
+    <w:p w14:paraId="06169593" w14:textId="6E977DAE" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:overflowPunct w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-            <w:szCs w:val="20"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639399" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Personligt förskrivna hjälpmedel som försvinner under vårdtiden på sjukhuset och ersättningsansvar</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="20"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...21 lines deleted...]
-            <w:szCs w:val="20"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639399 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00EF3FF1" w14:paraId="63789656" w14:textId="684E7AC3">
-      <w:pPr>
+    <w:p w14:paraId="2B74D12A" w14:textId="5F74B668" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639400" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Arbetsgrupp</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639400 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3B890AE8" w14:textId="0739C6E2" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639401" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Källförteckning</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639401 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1374272C" w14:textId="0AA588D3" w:rsidR="008408E3" w:rsidRDefault="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="10132"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:overflowPunct w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-            <w:szCs w:val="20"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc215639402" w:history="1">
+        <w:r w:rsidRPr="002B7EC0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Länkförteckning</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...4 lines deleted...]
-            <w:szCs w:val="20"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00280165" w:rsidR="00280165">
-[...21 lines deleted...]
-            <w:szCs w:val="20"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215639402 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00EF3FF1" w14:paraId="242C40A1" w14:textId="2BDBD888">
-[...842 lines deleted...]
-        <w:ind w:left="993" w:right="0"/>
+    <w:p w14:paraId="1FC6584C" w14:textId="6A0F81FF" w:rsidR="00B405A1" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001C55F1" w:rsidR="00280165" w:rsidP="00CC695D" w:rsidRDefault="00280165" w14:paraId="1B2C2FE8" w14:textId="77777777">
+    <w:p w14:paraId="3758FF2D" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="001C55F1" w:rsidRDefault="008408E3" w:rsidP="008408E3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000127" w:id="17"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc256000257" w:id="34"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc181866759"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc256000127"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc256000106"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc256000085"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc256000064"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc333928352"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc377712798"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc377735839"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc256000001"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc256000022"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc256000043"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc503352440"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc256000148"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc534723886"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc256000169"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc256000191"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc256000213"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc256000235"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc215639385"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="001C55F1">
         <w:t>Inledning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w14:paraId="6C42357D" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">Södra Älvsborgs Sjukhus ansvarar endast för de värdesaker och patienttillhörigheter som lämnats in till </w:t>
+      </w:r>
+      <w:r>
+        <w:t>trygghetscentralen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve"> SÄS Borås.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430AFBF0" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Generellt gäller att alla patienttillhörigheter som medförts till en vårdinrätt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:softHyphen/>
+        <w:t>ning ska följa patienten. Medförda värdesaker och tillhörigheter bör om möjligt, efter patientens medgivande, omhändertas av närstående.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17700606" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Utlämnande av tillhörigheter/värdesaker får endast ske till känd närstående. Dokumentera i patientjournalen vilka tillhörigheter/värdesaker som lämnats ut och vem som har mottagit dem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA3D3DE" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vid kallelse till läkarbesök/inskrivning i slutenvård vid Södra Älvsborgs Sjukhus ska patienten informeras om att inte ta med värdesaker och stora summor pengar, då det saknas möjlighet för sjukhusen att säkert förvara dem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B03D4A0" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">När en vårdinrättning tar hand om en patients tillhörigheter/värdesaker tar man också ansvar för att det tillvaratagna </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:lastRenderedPageBreak/>
+        <w:t>hanteras och förvaras på ett säkert sätt. Det är därför angeläget att så få personer som möjligt är involverade i denna hantering.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C19081D" w14:textId="6DC608C0" w:rsidR="008408E3" w:rsidRPr="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Värdesaker får inte förvaras i medicinskåp eller motsvarande, utan ska lämnas i en speciell förslutningsbar påse (rekvireras från Marknadsplatsen inköp [2]) enligt rutin nedan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B03EF5" w14:textId="2E83A9E2" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc215639386"/>
+      <w:r>
+        <w:t>Bakgrund och syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696C096E" w14:textId="49B75513" w:rsidR="009A32ED" w:rsidRPr="00023FF4" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="008408E3">
+        <w:t>Patienter som vårdas vid Södra Älvsborgs Sjukhus medför ofta personliga tillhörigheter och värdesaker. För att säkerställa trygg hantering och minska risken för förlust eller skada finns behov av tydliga rutiner. Denna riktlinje beskriver hur värdesaker och patienttillhörigheter ska omhändertas, dokumenteras och förvaras på ett säkert sätt, samt klargör ansvarsfördelning mellan vårdenhet och trygghetscentral. Syftet är att skapa en enhetlig och säker process som värnar patientens egendom och underlättar spårbarhet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc181866760"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc215639387"/>
+      <w:r>
+        <w:t>Förutsättningar</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w14:paraId="107BEA0B" w14:textId="47F27DA1" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid behov.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Beskriv förutsättningarna som måste uppfyllas för att tillämpa rutinen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E89CC32" w14:textId="70259A9C" w:rsidR="008408E3" w:rsidRPr="008408E3" w:rsidRDefault="009A32ED" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc181866761"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc215639388"/>
+      <w:r w:rsidRPr="00065A6B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="34"/>
-    </w:p>
-[...117 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w14:paraId="5EA5F0F5" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc256000129"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc256000108"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc256000087"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc256000066"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc232836318"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc333928354"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc377712800"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc377735841"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc256000003"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc256000024"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc256000045"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc503352442"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc256000150"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc534723888"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc256000171"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc256000193"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc256000215"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc256000237"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc215639389"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Tillvaratagande av tillhörigheter/värdesaker</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
-    </w:p>
-[...25 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
+    </w:p>
+    <w:p w14:paraId="1F19BE4C" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Tillhörigheter/värdesaker tillvaratas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39A6348A" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>vid akuta inskrivningar om patienten särskilt önskar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="383A5E30" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>om patienten befinner sig i sådant tillstånd att vårdpersonalen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC695D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>inte kan meddela sig med honom/henne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323C18ED" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>om patienten avlider eller inkommer avliden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46950C7F" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="_Toc256000130"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc256000109"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc256000088"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc256000067"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc232836319"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc333928355"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc377712801"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc377735842"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc256000004"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc256000025"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc256000046"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc503352443"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc256000151"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc534723889"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc256000172"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc256000194"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc256000216"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc256000238"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc215639390"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Dokumentation</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
-    </w:p>
-[...75 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w14:paraId="5F0D3A27" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r>
+        <w:t>Blanketten ”Patienttillhörigheter”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve"> upprättas över tillvaratagna värdesaker och tillhörigheter. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Blanketten består av 4 sidor.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197CD817" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008408E3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Blad 1 (originalet) följer patienten/journalen under vårdtillfället och hanteras sedan enligt denna riktlinje</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657AAFBD" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008408E3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Blad 2 följer förvaringspåse 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB4C725" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008408E3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Blad 3 följer förvaringspåse 2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684895FA" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008408E3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Blad 4 patientens exemplar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43AE9939" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2676" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C38EDC9" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">Vid upprättandet undertecknas förteckningen av två personal samtidigt närvarande. Om patienten saknar kläder, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve"> vid akuta ambulanstransporter dokumenteras detta i patientjournalen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F06F5D6" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="_Toc256000131"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc256000110"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc256000089"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc256000068"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc232836320"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc333928356"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc377712802"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc377735843"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc256000005"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc256000026"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc256000047"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc503352444"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc256000152"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc534723890"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc256000173"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc256000195"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc256000217"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc256000239"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Tillhörigheter som förvaras på vårdenheten</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
-    </w:p>
-[...166 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
+    </w:p>
+    <w:p w14:paraId="5911E6F6" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Patienten ansvarar för att p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ntkl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>h tillhör</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r fö</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>i l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>sb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">rt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>p på</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>n. V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r som inte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>fö</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>s på</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>lning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ll</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r i p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ntens sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>rt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>nli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>t bes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>riven rutin ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>n.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED64B81" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="_Toc256000132"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc256000111"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc256000090"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc256000069"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc232836321"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc333928357"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc377712803"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc377735844"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc256000006"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc256000027"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc256000048"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc503352445"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc256000153"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc534723891"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc256000174"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc256000196"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc256000218"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc256000240"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Värdesaker som inte ska förvaras på vårdenheten</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
-    </w:p>
-[...118 lines deleted...]
-        </w:rPr>
+      <w:bookmarkEnd w:id="110"/>
+    </w:p>
+    <w:p w14:paraId="1E1B4911" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00CA7345" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">Värdesaker, som ska förvaras på annan plats än på vårdenheten, läggs i </w:t>
+      </w:r>
+      <w:r>
+        <w:t>förvaringspåse 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve"> (rekvireras från Marknadsplatsen [2]) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7345">
+        <w:t>som sedan försluts. Blanketten patienttillhörigheter (4 sidor) används</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17CEC34E" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00CA7345" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2676" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6901CCF6" w14:textId="7C2A307A" w:rsidR="008408E3" w:rsidRPr="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7345">
+        <w:t>OBS! Hela blankettsetet skall medföras vid inlämning av förvaringspåse 1 till trygghetscentralen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0520E74A" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>SÄS Borås</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A55C744" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Den enhet som initialt tar hand om värdesaker ansvarar också</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00280165">
-        <w:t>i l</w:t>
-[...64 lines deleted...]
-        </w:rPr>
+        <w:t>för att</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00280165">
-        <w:t>v</w:t>
-[...82 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">de lämnas in till </w:t>
+      </w:r>
+      <w:r>
+        <w:t>trygghetscentralen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ankn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00280165">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00280165">
-        <w:t>ska</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>1275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>, som</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00280165">
-        <w:t>fö</w:t>
-[...118 lines deleted...]
-        </w:rPr>
+        <w:t>förvarar värdesakerna i ett kassaskåp. Inlämningen kan ske</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00280165">
-        <w:t>o</w:t>
-[...40 lines deleted...]
-        </w:rPr>
+        <w:t>dygnet runt.</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00280165">
-        <w:rPr>
-[...35 lines deleted...]
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="00CC695D" w:rsidRDefault="00280165" w14:paraId="00B5FC32" w14:textId="77777777">
+        <w:t>Kvittering ska göras på samtliga exemplar av</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">blanketten varav </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00520674">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>blad 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00520674">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>förvaras tillsammans med värdesakerna</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CA5D30" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3036"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3050" w:right="0" w:hanging="357"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1965B9FB" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="009C5185" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5185">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Blad 1 (originalet) följer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>patienten/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5185">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">journalen </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>under vårdtillfället och hanteras sedan enligt denna riktlinje</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E9C86DB" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="009C5185" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5185">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Blad 2 följer förvaringspåse 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05EE7400" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="009C5185" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5185">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Blad 3 följer förvaringspåse 2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E4E1F8" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="009C5185" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5185">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Blad 4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>patientens exemplar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12BDA2E4" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00C44382" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3036"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3050" w:right="0" w:hanging="357"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="101EB65C" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="004F0F5B" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Utlämning_av_värdesaker/tillhörighe" w:history="1">
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>För utlämning, se nedan</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004F0F5B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05469D60" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3036"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3050" w:right="0" w:hanging="357"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="011016F7" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000132" w:id="110"/>
-[...21 lines deleted...]
-      <w:bookmarkEnd w:id="110"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>SÄS Skene</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614D9FDA" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Vårdenheten förvarar värdesakerna i låst utrymme.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">Värdesakerna läggs i </w:t>
+      </w:r>
+      <w:r>
+        <w:t>förvaringspåse 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve"> (art nr</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 112 449 715</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>) och</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">blankett </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">patienttillhörigheter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">(art nr </w:t>
+      </w:r>
+      <w:r>
+        <w:t>113 899 041</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">) fylls i. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79FA48C8" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="004F0F5B" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Utlämning_av_värdesaker/tillhörighe" w:history="1">
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>För utl</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>ä</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>mning, se nedan</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004F0F5B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C71D1E" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3036"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3053" w:right="0" w:hanging="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EB4B023" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00E91FA4" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="_Toc256000133"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc256000112"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc256000091"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc256000070"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc333928358"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc377712804"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc377735845"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc256000007"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc256000028"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc256000049"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc503352446"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc256000154"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc534723892"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc256000175"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc256000197"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc256000219"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc256000241"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc215639391"/>
+      <w:r w:rsidRPr="00E91FA4">
+        <w:t>Omhändertagande av värdesaker och tillhörigheter frå</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A6746">
+        <w:t xml:space="preserve">n patient på akutmottagningen, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91FA4">
+        <w:t>SÄS Borås</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
     </w:p>
-    <w:p w:rsidRPr="00CA7345" w:rsidR="00A14032" w:rsidP="00CC695D" w:rsidRDefault="00280165" w14:paraId="70716B35" w14:textId="563AA078">
-[...69 lines deleted...]
-    <w:p w:rsidR="00D56F61" w:rsidP="00CC695D" w:rsidRDefault="00280165" w14:paraId="40BBF5DB" w14:textId="77777777">
+    <w:p w14:paraId="14D5F6F3" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00BD3513" w:rsidRDefault="008408E3" w:rsidP="008408E3">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:r w:rsidRPr="00280165">
-[...66 lines deleted...]
-      <w:r w:rsidRPr="00520674" w:rsidR="0027220E">
+      <w:r w:rsidRPr="00BD3513">
+        <w:t>Vid akutmottagningen gäller följande för avliden patient</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F6F7FA6" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...31 lines deleted...]
-      <w:pPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">Omhändertagna värdesaker lämnas till </w:t>
+      </w:r>
+      <w:r>
+        <w:t>trygghetscentralen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve"> i förslutningsbar påse</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (förvaringspåse 1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve"> som sedan förvaras i kassaskåp. Vid överlämnandet ska kvittering göras på samtliga exemplar av blanketten varav </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009C5185">
+        <w:t>blad 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
+        <w:t xml:space="preserve"> förvaras tillsammans med värdesakerna, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Blad 1 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C5185" w:rsidR="00E83E7B">
+        <w:t xml:space="preserve">blad 1 </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">(originalet) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C5185">
+        <w:t xml:space="preserve">följer patienten/journalen under vårdtillfället och hanteras enligt denna riktlinje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">följer </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D3090">
+        <w:t>och</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>patienten/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C5185">
+        <w:t xml:space="preserve"> blad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">journalen </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D3090">
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>under vårdtillfället och hanteras sedan enligt denna riktlinje</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="009C5185" w:rsidR="00C439FC" w:rsidP="009C5185" w:rsidRDefault="003679D3" w14:paraId="68425E20" w14:textId="77777777">
+        <w:t>är patientens exemplar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2380E610" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="007D0BF0">
+        <w:t xml:space="preserve">Blad 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(förvaringspåse 2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">följer den avlidne till </w:t>
+      </w:r>
+      <w:r>
+        <w:t>bårhuset/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>obduktionsavdelningen, där tillhörigheterna förvaras i särskilt skåp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2306B6E0" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00BD3513" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD3513">
+        <w:t>Vid akutmottagningen gäller följande för pat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
+        <w:t xml:space="preserve">ient som </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>inte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
+        <w:t xml:space="preserve"> flyttas till </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD3513">
+        <w:t xml:space="preserve">ansvarig </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD3513">
+        <w:t>bakavdelning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD3513">
+        <w:t xml:space="preserve"> (tex, IVA):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A278A7" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C5185">
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">Omhändertagna värdesaker lämnas till </w:t>
+      </w:r>
+      <w:r>
+        <w:t>trygghetscentralen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve"> i förslutningsbar påse</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (förvaringspåse 1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve"> som sedan förvaras i kassaskåp. Vid överlämnandet ska kvittering göras på samtliga exemplar av blanketten </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
+        <w:t xml:space="preserve">varav </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Blad 2 följer </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C5185" w:rsidR="00C439FC">
+        <w:t>blad 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
+        <w:t xml:space="preserve"> förvaras tillsammans med värdesakerna, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>förvaringspåse 1</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">blad 1 </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009C5185">
+        <w:t xml:space="preserve">följer patienten/journalen under vårdtillfället och hanteras enligt denna riktlinje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>B</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C5185" w:rsidR="00392FEC">
+        <w:t>och</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>lad 3 följer förvaringspåse 2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C5185" w:rsidR="00657CE6">
+        <w:t xml:space="preserve"> blad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...166 lines deleted...]
-    <w:p w:rsidRPr="00E91FA4" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00280165" w14:paraId="5D3A6A1B" w14:textId="4D6F1D19">
+        <w:t>är patientens exemplar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AFB913C" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Patienttillhörigheter (förvaringspåse 2) lämnas på ansvarig </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bakavdelning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och kvitteras av mottagande personal på samtliga förteckningar (blad 1, 3 &amp; 4). Blad 3 förvaras med förvaringspåse 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFF7A39" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r>
+        <w:t>Blad 1 &amp; blad 4 lämnas till enhet där patienten fysiskt befinner sig.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4700A4DD" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00D30D59" w:rsidRDefault="008408E3" w:rsidP="008408E3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000133" w:id="129"/>
-[...24 lines deleted...]
-        <w:t>SÄS Borås</w:t>
+      <w:bookmarkStart w:id="129" w:name="_Toc256000134"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc256000113"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc256000092"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc256000071"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc232836322"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc333928359"/>
+      <w:bookmarkStart w:id="135" w:name="_Toc377712805"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc377735846"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc256000008"/>
+      <w:bookmarkStart w:id="138" w:name="_Toc256000029"/>
+      <w:bookmarkStart w:id="139" w:name="_Toc256000050"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc503352447"/>
+      <w:bookmarkStart w:id="141" w:name="_Toc256000155"/>
+      <w:bookmarkStart w:id="142" w:name="_Toc534723893"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc256000176"/>
+      <w:bookmarkStart w:id="144" w:name="_Toc256000198"/>
+      <w:bookmarkStart w:id="145" w:name="_Toc256000220"/>
+      <w:bookmarkStart w:id="146" w:name="_Toc256000242"/>
+      <w:bookmarkStart w:id="147" w:name="_Toc215639392"/>
+      <w:r w:rsidRPr="00D30D59">
+        <w:t>Vid byte av vårdenhet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
-    </w:p>
-[...12 lines deleted...]
-      <w:pPr>
+      <w:bookmarkEnd w:id="147"/>
+    </w:p>
+    <w:p w14:paraId="7EC1890C" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Vid patientförflyttning mellan enheter ska kontroll av tillvaratagna tillhörig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:softHyphen/>
+        <w:t xml:space="preserve">heter ske genom kvittens av mottagande personal på samtliga </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
+        <w:t xml:space="preserve">förteckningar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...73 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>(blad 1, 3 &amp; 4).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0BF0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0BF0" w:rsidR="00E65C9D">
-[...119 lines deleted...]
-        <w:t xml:space="preserve">Omhändertagna värdesaker lämnas till </w:t>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">Kvittensen på inlämnade </w:t>
       </w:r>
       <w:r>
-        <w:t>trygghetscentralen</w:t>
-[...102 lines deleted...]
-    <w:p w:rsidRPr="00D30D59" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00280165" w14:paraId="6E264ACC" w14:textId="77777777">
+        <w:t xml:space="preserve">patienttillhörigheter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ska följa patienten under vårdtiden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B39E99" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00555933" w:rsidRDefault="008408E3" w:rsidP="008408E3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000134" w:id="147"/>
-[...21 lines deleted...]
-      <w:bookmarkEnd w:id="147"/>
+      <w:bookmarkStart w:id="148" w:name="_Utlämning_av_värdesaker/tillhörighe"/>
+      <w:bookmarkStart w:id="149" w:name="_Toc256000135"/>
+      <w:bookmarkStart w:id="150" w:name="_Toc256000114"/>
+      <w:bookmarkStart w:id="151" w:name="_Toc256000093"/>
+      <w:bookmarkStart w:id="152" w:name="_Toc256000072"/>
+      <w:bookmarkStart w:id="153" w:name="_Toc232836323"/>
+      <w:bookmarkStart w:id="154" w:name="_Toc333928360"/>
+      <w:bookmarkStart w:id="155" w:name="_Toc377712806"/>
+      <w:bookmarkStart w:id="156" w:name="_Toc377735847"/>
+      <w:bookmarkStart w:id="157" w:name="_Toc256000009"/>
+      <w:bookmarkStart w:id="158" w:name="_Toc256000030"/>
+      <w:bookmarkStart w:id="159" w:name="_Toc256000051"/>
+      <w:bookmarkStart w:id="160" w:name="_Toc503352448"/>
+      <w:bookmarkStart w:id="161" w:name="_Toc256000156"/>
+      <w:bookmarkStart w:id="162" w:name="_Toc534723894"/>
+      <w:bookmarkStart w:id="163" w:name="_Toc256000177"/>
+      <w:bookmarkStart w:id="164" w:name="_Toc256000199"/>
+      <w:bookmarkStart w:id="165" w:name="_Toc256000221"/>
+      <w:bookmarkStart w:id="166" w:name="_Toc256000243"/>
+      <w:bookmarkStart w:id="167" w:name="_Toc215639393"/>
       <w:bookmarkEnd w:id="148"/>
+      <w:r w:rsidRPr="00555933">
+        <w:t>Utlämning av värdesaker/tillhörigheter</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
       <w:bookmarkEnd w:id="159"/>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
-    </w:p>
-[...7 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="166"/>
+      <w:bookmarkEnd w:id="167"/>
+    </w:p>
+    <w:p w14:paraId="42D83C8F" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="007D0BF0" w:rsidRDefault="008408E3" w:rsidP="008408E3">
       <w:r w:rsidRPr="007D0BF0">
-        <w:t xml:space="preserve">förteckningar </w:t>
-      </w:r>
+        <w:t>Värdesaker (förvaringspåse 1) lämnas ut av väktare/ordningsvakt till personal med behörighetskort (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D0BF0">
+        <w:t>tjänste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D0BF0">
+        <w:t xml:space="preserve"> ID+) innehållande foto. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C97FFC7" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="007D0BF0" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="007D0BF0">
+        <w:t xml:space="preserve">Vid utlämning av förvaringspåse 1 från trygghetscentralen SÄS, ska kvittering göras på blad 1. Om endast delar av tillvaratagna värdesaker/tillhörigheter lämnas ut, upprättas en ny förteckning och en ny förslutningsbar påse tas i bruk. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3C8095" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="007D0BF0" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r>
+        <w:t xml:space="preserve">Vid utskrivning från SÄS Borås kvitterar patienten ut tillvaratagna värdesaker/patienttillhörigheter på originalblanketten, som därefter hanteras enligt denna riktlinje. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221DC7BF" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Utlämnande av värdesaker från sjukhus/avdelning kan ske till:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B84A85A" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="009C5185" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5185">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>patient med legitimation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B3B66DA" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="009C5185" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5185">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ombud med legitimation/behörighetskort och fullmakt från patient/närstående</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E5913D" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5185">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bouppteckningsman, se nedan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5201950B" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Utlämnande av värdesaker</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; patienttillhörigheter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till patient sker från: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21BFB691" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
         <w:rPr>
           <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SÄS Borås</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB7165">
+        <w:rPr>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007D0BF0" w:rsidR="000E302D">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vårdenhet</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007D0BF0" w:rsidR="00842046">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...51 lines deleted...]
-      <w:bookmarkEnd w:id="167"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">SÄS Skene - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vårdenhet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52CB9DE9" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="168" w:name="_Toc256000136"/>
+      <w:bookmarkStart w:id="169" w:name="_Toc256000115"/>
+      <w:bookmarkStart w:id="170" w:name="_Toc256000094"/>
+      <w:bookmarkStart w:id="171" w:name="_Toc256000073"/>
+      <w:bookmarkStart w:id="172" w:name="_Toc232836324"/>
+      <w:bookmarkStart w:id="173" w:name="_Toc333928361"/>
+      <w:bookmarkStart w:id="174" w:name="_Toc377712807"/>
+      <w:bookmarkStart w:id="175" w:name="_Toc377735848"/>
+      <w:bookmarkStart w:id="176" w:name="_Toc256000010"/>
+      <w:bookmarkStart w:id="177" w:name="_Toc256000031"/>
+      <w:bookmarkStart w:id="178" w:name="_Toc256000052"/>
+      <w:bookmarkStart w:id="179" w:name="_Toc503352449"/>
+      <w:bookmarkStart w:id="180" w:name="_Toc256000157"/>
+      <w:bookmarkStart w:id="181" w:name="_Toc534723895"/>
+      <w:bookmarkStart w:id="182" w:name="_Toc256000178"/>
+      <w:bookmarkStart w:id="183" w:name="_Toc256000200"/>
+      <w:bookmarkStart w:id="184" w:name="_Toc256000222"/>
+      <w:bookmarkStart w:id="185" w:name="_Toc256000244"/>
+    </w:p>
+    <w:p w14:paraId="6875C730" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Om patienten avlidit</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
       <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
     </w:p>
-    <w:p w:rsidRPr="007D0BF0" w:rsidR="00F037CF" w:rsidP="009C5185" w:rsidRDefault="00280165" w14:paraId="622E0CD4" w14:textId="2D949BA4">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="007D0BF0" w:rsidR="00861467">
+    <w:p w14:paraId="09676A96" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>inns enli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>t ovan i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>rson up</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">iven som </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>hö</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>rig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0BF0" w:rsidR="00500B86">
-[...30 lines deleted...]
-      <w:r w:rsidRPr="007D0BF0" w:rsidR="00333299">
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ll</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>rs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>åe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>h d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">t inte </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>nt att den</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0BF0">
-[...9 lines deleted...]
-    <w:p w:rsidRPr="007D0BF0" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00280165" w14:paraId="51F85CEC" w14:textId="14B3D4E4">
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>lidne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>tillhörde</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:lastRenderedPageBreak/>
+        <w:t>hu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>lls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>mens</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">p som, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>nli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>t Är</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">lkens </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Vid </w:t>
-[...122 lines deleted...]
-        <w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>, h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">r </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>tt ta h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>nd om eg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ndomen, ska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>la döds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>fa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ll</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>t till so</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ialn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>mnden i d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>vlidn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>s h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">mkommun. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>inns d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>t inte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>on som s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>lun</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>tar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>nd om den dö</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ndom, b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ialn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>tt tin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>tt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>n fö</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r nå</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>on som tar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">nd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>m dödsbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">t, och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">tt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>tt utkvitt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>n fö</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ndomen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F70B06A" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00B411F3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B411F3">
+        <w:t>Under jourtid</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012CCDFE" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00B411F3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00B411F3">
+        <w:t>Om visning och avsked i avskedsrummet sker under jourtid, kan personal från sjukhuskyrkan lämna ut värdesaker och tillhörigheter till patientens anhöriga.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EE749F0" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="002C59F8" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="186" w:name="_Toc232836325"/>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>Ansv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>rso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>l f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>rå</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>n s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>ukhus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>n, som s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>r till att visning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>i avskeds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:softHyphen/>
+        <w:t>rummet kommer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>till stånd, k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>n då</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>mta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>blank</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t xml:space="preserve">tt (blad 1 på blankettsetet patienttillhörigheter) på enhet där patienten avlidit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>h s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>n kvitte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>ut vä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>r hos v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>kta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>. Kvitt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>ri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t xml:space="preserve">g </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>v v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>r s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t xml:space="preserve">r </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>nl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>ordin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>rie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>rutin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>r m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>d b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>öri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>tsk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>rt o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>h n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>mnte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>knin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C59F8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A0C4CA9" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="320" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2676" w:right="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="20"/>
-[...67 lines deleted...]
-        <w:t>Om patienten avlidit</w:t>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="187" w:name="_Toc256000137"/>
+      <w:bookmarkStart w:id="188" w:name="_Toc256000116"/>
+      <w:bookmarkStart w:id="189" w:name="_Toc256000095"/>
+      <w:bookmarkStart w:id="190" w:name="_Toc256000074"/>
+      <w:bookmarkStart w:id="191" w:name="_Toc333928362"/>
+      <w:bookmarkStart w:id="192" w:name="_Toc377712808"/>
+      <w:bookmarkStart w:id="193" w:name="_Toc377735849"/>
+      <w:bookmarkStart w:id="194" w:name="_Toc256000011"/>
+      <w:bookmarkStart w:id="195" w:name="_Toc256000032"/>
+      <w:bookmarkStart w:id="196" w:name="_Toc256000053"/>
+      <w:bookmarkStart w:id="197" w:name="_Toc503352450"/>
+      <w:bookmarkStart w:id="198" w:name="_Toc256000158"/>
+      <w:bookmarkStart w:id="199" w:name="_Toc534723896"/>
+      <w:bookmarkStart w:id="200" w:name="_Toc256000179"/>
+      <w:bookmarkStart w:id="201" w:name="_Toc256000201"/>
+      <w:bookmarkStart w:id="202" w:name="_Toc256000223"/>
+      <w:bookmarkStart w:id="203" w:name="_Toc256000245"/>
+    </w:p>
+    <w:p w14:paraId="44E5D7E2" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="204" w:name="_Toc215639394"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Blanketter och förvaringspåsar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="186"/>
       <w:bookmarkEnd w:id="187"/>
       <w:bookmarkEnd w:id="188"/>
       <w:bookmarkEnd w:id="189"/>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00280165" w14:paraId="43ECEC81" w14:textId="65BDE22F">
-[...93 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4097CB4C" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Följande blanketter och påsar för dokumentation och förvaring kan rekvireras från Marknadsplatsen [2]:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5F066B" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">Blankett för </w:t>
+      </w:r>
+      <w:r>
+        <w:t>patienttillhörigheter.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00280165">
-        <w:rPr>
-[...94 lines deleted...]
-        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">art nr </w:t>
+      </w:r>
+      <w:r>
+        <w:t>113 899 041</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A85E840" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">Värdesakspåse, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>förvaringspåse 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00280165">
-        <w:rPr>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">art nr </w:t>
+      </w:r>
+      <w:r>
+        <w:t>112 449 715</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E2BADA1" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="205" w:name="_Toc256000138"/>
+      <w:bookmarkStart w:id="206" w:name="_Toc256000117"/>
+      <w:bookmarkStart w:id="207" w:name="_Toc256000096"/>
+      <w:bookmarkStart w:id="208" w:name="_Toc256000075"/>
+      <w:bookmarkStart w:id="209" w:name="_Toc232836326"/>
+      <w:bookmarkStart w:id="210" w:name="_Toc333928363"/>
+      <w:bookmarkStart w:id="211" w:name="_Toc377712809"/>
+      <w:bookmarkStart w:id="212" w:name="_Toc377735850"/>
+      <w:bookmarkStart w:id="213" w:name="_Toc256000012"/>
+      <w:bookmarkStart w:id="214" w:name="_Toc256000033"/>
+      <w:bookmarkStart w:id="215" w:name="_Toc256000054"/>
+      <w:bookmarkStart w:id="216" w:name="_Toc503352451"/>
+      <w:bookmarkStart w:id="217" w:name="_Toc256000159"/>
+      <w:bookmarkStart w:id="218" w:name="_Toc534723897"/>
+      <w:bookmarkStart w:id="219" w:name="_Toc256000180"/>
+      <w:bookmarkStart w:id="220" w:name="_Toc256000202"/>
+      <w:bookmarkStart w:id="221" w:name="_Toc256000224"/>
+      <w:bookmarkStart w:id="222" w:name="_Toc256000246"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">Påse för kläder, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>förvaringspåse 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00280165">
-        <w:t>tillhörde</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">art nr </w:t>
+      </w:r>
+      <w:r>
+        <w:t>112 449 780</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB0ACD1" w14:textId="77777777" w:rsidR="008408E3" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="223" w:name="_Toc215639395"/>
+      <w:r>
+        <w:t>Arkivering</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="223"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00280165">
-[...203 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="60E291A9" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00C31AC2" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r>
+        <w:t xml:space="preserve">Kvarstående blanketter ska efter avslutat vårdtillfälle hanteras enligt dokumenthanteringsplan. De skickas till Trygghetscentralen SÄS, huvudentrén för arkivering. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EFAE206" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00756756" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="224" w:name="_Toc215639396"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Förvaring av upphittade och/eller kvarglömda </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00756756">
+        <w:t>värdesaker</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00280165">
-[...158 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00756756">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00280165">
-[...1017 lines deleted...]
-        <w:t>Blanketter och förvaringspåsar</w:t>
+      <w:r w:rsidRPr="00756756">
+        <w:t>tillhörigheter med okänd ägare</w:t>
       </w:r>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
       <w:bookmarkEnd w:id="216"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
-      <w:bookmarkEnd w:id="223"/>
-[...152 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="224"/>
+    </w:p>
+    <w:p w14:paraId="29BDF405" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="225" w:name="_Toc256000139"/>
+      <w:bookmarkStart w:id="226" w:name="_Toc256000118"/>
+      <w:bookmarkStart w:id="227" w:name="_Toc256000097"/>
+      <w:bookmarkStart w:id="228" w:name="_Toc256000076"/>
+      <w:bookmarkStart w:id="229" w:name="_Toc232836327"/>
+      <w:bookmarkStart w:id="230" w:name="_Toc333928364"/>
+      <w:bookmarkStart w:id="231" w:name="_Toc377712810"/>
+      <w:bookmarkStart w:id="232" w:name="_Toc377735851"/>
+      <w:bookmarkStart w:id="233" w:name="_Toc256000013"/>
+      <w:bookmarkStart w:id="234" w:name="_Toc256000034"/>
+      <w:bookmarkStart w:id="235" w:name="_Toc256000055"/>
+      <w:bookmarkStart w:id="236" w:name="_Toc503352452"/>
+      <w:bookmarkStart w:id="237" w:name="_Toc256000160"/>
+      <w:bookmarkStart w:id="238" w:name="_Toc534723898"/>
+      <w:bookmarkStart w:id="239" w:name="_Toc256000181"/>
+      <w:bookmarkStart w:id="240" w:name="_Toc256000203"/>
+      <w:bookmarkStart w:id="241" w:name="_Toc256000225"/>
+      <w:bookmarkStart w:id="242" w:name="_Toc256000247"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>SÄS Borås</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00280165" w14:paraId="1C3C5792" w14:textId="77777777">
+    <w:p w14:paraId="774736C2" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Upphittade värdesaker samt kvarglömda tillhörigheter/kläder lämnas inom</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tre dagar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve"> till informationsdisken vid huvudentrén. Värdesaker lämnas vidare till polisens hittegodsavdelning inom en vecka. Kläder och dylikt sparas vid informationsdisken i huvudentrén i tre månader varefter de kasseras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="020CB39B" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000139" w:id="243"/>
-[...19 lines deleted...]
-        <w:t>SÄS Borås</w:t>
+      <w:bookmarkStart w:id="243" w:name="_Toc256000140"/>
+      <w:bookmarkStart w:id="244" w:name="_Toc256000119"/>
+      <w:bookmarkStart w:id="245" w:name="_Toc256000098"/>
+      <w:bookmarkStart w:id="246" w:name="_Toc256000077"/>
+      <w:bookmarkStart w:id="247" w:name="_Toc232836328"/>
+      <w:bookmarkStart w:id="248" w:name="_Toc333928365"/>
+      <w:bookmarkStart w:id="249" w:name="_Toc377712811"/>
+      <w:bookmarkStart w:id="250" w:name="_Toc377735852"/>
+      <w:bookmarkStart w:id="251" w:name="_Toc256000014"/>
+      <w:bookmarkStart w:id="252" w:name="_Toc256000035"/>
+      <w:bookmarkStart w:id="253" w:name="_Toc256000056"/>
+      <w:bookmarkStart w:id="254" w:name="_Toc503352453"/>
+      <w:bookmarkStart w:id="255" w:name="_Toc256000161"/>
+      <w:bookmarkStart w:id="256" w:name="_Toc534723899"/>
+      <w:bookmarkStart w:id="257" w:name="_Toc256000182"/>
+      <w:bookmarkStart w:id="258" w:name="_Toc256000204"/>
+      <w:bookmarkStart w:id="259" w:name="_Toc256000226"/>
+      <w:bookmarkStart w:id="260" w:name="_Toc256000248"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>SÄS Skene</w:t>
       </w:r>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
       <w:bookmarkEnd w:id="255"/>
       <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
       <w:bookmarkEnd w:id="258"/>
       <w:bookmarkEnd w:id="259"/>
       <w:bookmarkEnd w:id="260"/>
+    </w:p>
+    <w:p w14:paraId="3C52EFFD" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Upphittade</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>värdesaker lämnas till receptionen i huvudentrén som lämnar dessa vidare till polisen. Kvarglömda tillhörigheter/kläder förvaras på respektive vårdenhet i tre månader, varefter de kasseras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54CD9CF8" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="261" w:name="_Toc256000141"/>
+      <w:bookmarkStart w:id="262" w:name="_Toc256000120"/>
+      <w:bookmarkStart w:id="263" w:name="_Toc256000099"/>
+      <w:bookmarkStart w:id="264" w:name="_Toc256000078"/>
+      <w:bookmarkStart w:id="265" w:name="_Toc232836329"/>
+      <w:bookmarkStart w:id="266" w:name="_Toc333928366"/>
+      <w:bookmarkStart w:id="267" w:name="_Toc377712812"/>
+      <w:bookmarkStart w:id="268" w:name="_Toc377735853"/>
+      <w:bookmarkStart w:id="269" w:name="_Toc256000015"/>
+      <w:bookmarkStart w:id="270" w:name="_Toc256000036"/>
+      <w:bookmarkStart w:id="271" w:name="_Toc256000057"/>
+      <w:bookmarkStart w:id="272" w:name="_Toc503352454"/>
+      <w:bookmarkStart w:id="273" w:name="_Toc256000162"/>
+      <w:bookmarkStart w:id="274" w:name="_Toc534723900"/>
+      <w:bookmarkStart w:id="275" w:name="_Toc256000183"/>
+      <w:bookmarkStart w:id="276" w:name="_Toc256000205"/>
+      <w:bookmarkStart w:id="277" w:name="_Toc256000227"/>
+      <w:bookmarkStart w:id="278" w:name="_Toc256000249"/>
+      <w:bookmarkStart w:id="279" w:name="_Toc215639397"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Stöld</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="261"/>
-    </w:p>
-[...36 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="262"/>
       <w:bookmarkEnd w:id="263"/>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:bookmarkEnd w:id="266"/>
       <w:bookmarkEnd w:id="267"/>
       <w:bookmarkEnd w:id="268"/>
       <w:bookmarkEnd w:id="269"/>
       <w:bookmarkEnd w:id="270"/>
       <w:bookmarkEnd w:id="271"/>
       <w:bookmarkEnd w:id="272"/>
       <w:bookmarkEnd w:id="273"/>
       <w:bookmarkEnd w:id="274"/>
       <w:bookmarkEnd w:id="275"/>
       <w:bookmarkEnd w:id="276"/>
       <w:bookmarkEnd w:id="277"/>
       <w:bookmarkEnd w:id="278"/>
       <w:bookmarkEnd w:id="279"/>
+    </w:p>
+    <w:p w14:paraId="6F0BC1B0" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Vid stöld ska handläggning ske enligt gällande rutiner för avvikelsehantering [</w:t>
+      </w:r>
+      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>] samt polisanmälas göras till polisen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311276D9" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="004F0F5B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">telefon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F0F5B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>114 14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C662AB1" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="004F0F5B" w:rsidRDefault="008408E3" w:rsidP="004F0F5B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>eller via internet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>https://polisen.se/Utsatt-for-brott/Gor-en-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>nmalan/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="66808331" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="280" w:name="_Toc256000142"/>
+      <w:bookmarkStart w:id="281" w:name="_Toc256000121"/>
+      <w:bookmarkStart w:id="282" w:name="_Toc256000100"/>
+      <w:bookmarkStart w:id="283" w:name="_Toc256000079"/>
+      <w:bookmarkStart w:id="284" w:name="_Toc333928367"/>
+      <w:bookmarkStart w:id="285" w:name="_Toc377712813"/>
+      <w:bookmarkStart w:id="286" w:name="_Toc377735854"/>
+      <w:bookmarkStart w:id="287" w:name="_Toc256000016"/>
+      <w:bookmarkStart w:id="288" w:name="_Toc256000037"/>
+      <w:bookmarkStart w:id="289" w:name="_Toc256000058"/>
+      <w:bookmarkStart w:id="290" w:name="_Toc503352455"/>
+      <w:bookmarkStart w:id="291" w:name="_Toc256000163"/>
+      <w:bookmarkStart w:id="292" w:name="_Toc534723901"/>
+      <w:bookmarkStart w:id="293" w:name="_Toc256000184"/>
+      <w:bookmarkStart w:id="294" w:name="_Toc256000206"/>
+      <w:bookmarkStart w:id="295" w:name="_Toc256000228"/>
+      <w:bookmarkStart w:id="296" w:name="_Toc256000250"/>
+      <w:bookmarkStart w:id="297" w:name="_Toc215639398"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Försvunna, borttappade eller förstörda personliga tillhörigheter</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="280"/>
-    </w:p>
-[...40 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="281"/>
       <w:bookmarkEnd w:id="282"/>
       <w:bookmarkEnd w:id="283"/>
       <w:bookmarkEnd w:id="284"/>
       <w:bookmarkEnd w:id="285"/>
       <w:bookmarkEnd w:id="286"/>
       <w:bookmarkEnd w:id="287"/>
       <w:bookmarkEnd w:id="288"/>
       <w:bookmarkEnd w:id="289"/>
       <w:bookmarkEnd w:id="290"/>
       <w:bookmarkEnd w:id="291"/>
       <w:bookmarkEnd w:id="292"/>
       <w:bookmarkEnd w:id="293"/>
       <w:bookmarkEnd w:id="294"/>
       <w:bookmarkEnd w:id="295"/>
       <w:bookmarkEnd w:id="296"/>
       <w:bookmarkEnd w:id="297"/>
-      <w:bookmarkEnd w:id="298"/>
-[...13 lines deleted...]
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00280165" w14:paraId="4BB83581" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="6B35E629" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="004F0F5B">
+      <w:r w:rsidRPr="00280165">
+        <w:t>SÄS ansvarar endast för patienttillhörigheter som tillvaratagits och förvaras i värdesakspåse och lämnats in till</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCB9A4D" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="004F0F5B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00280165">
-        <w:t xml:space="preserve">telefon </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidRPr="009C5185" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00280165" w14:paraId="74E96A61" w14:textId="77777777">
+        <w:t>SÄS Borås: Väktare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56EB228F" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00855601" w:rsidRDefault="008408E3" w:rsidP="004F0F5B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:rPr>
-[...19 lines deleted...]
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00280165" w14:paraId="39A3073F" w14:textId="77777777">
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>SÄS Skene: Vårdenhetens låsta utrymme.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="298" w:name="_Toc534723902"/>
+      <w:bookmarkStart w:id="299" w:name="_Toc256000185"/>
+      <w:bookmarkStart w:id="300" w:name="_Toc256000207"/>
+      <w:bookmarkStart w:id="301" w:name="_Toc256000229"/>
+      <w:bookmarkStart w:id="302" w:name="_Toc256000251"/>
+    </w:p>
+    <w:p w14:paraId="1599B6B2" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00855B3B" w:rsidRDefault="008408E3" w:rsidP="008408E3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000142" w:id="300"/>
-[...19 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="303" w:name="_Toc215639399"/>
+      <w:r w:rsidRPr="00855B3B">
+        <w:t>Personligt förskrivna hjälpmedel som försvinner under vårdtiden på sjukhuset och ersättningsansvar</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="298"/>
+      <w:bookmarkEnd w:id="299"/>
       <w:bookmarkEnd w:id="300"/>
       <w:bookmarkEnd w:id="301"/>
       <w:bookmarkEnd w:id="302"/>
       <w:bookmarkEnd w:id="303"/>
+    </w:p>
+    <w:p w14:paraId="45028FF9" w14:textId="06679FE1" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">Hjälpmedel, och ibland tillbehör till dessa, förskrivs till patienten som ett lån med nyttjanderätt så länge behovet finns kvar och kriterier för förskrivning enligt </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Handbok för förskrivning av personlig</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> hjälpmedel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve"> uppfylls. Enligt handboken ansvarar patienten för att hjälpmedlen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:lastRenderedPageBreak/>
+        <w:t>hanteras enligt bruksanvisning samt de råd och instruktioner som ges vid förskrivning och leverans.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5A1DF9" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Patienten kan bli ersättningsskyldig om:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323C9D1E" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="004F0F5B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>hjälpmedlet inte hanteras enligt bruksanvisning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A64628F" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="004F0F5B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>hjälpmedlet skadas utöver normal förslitning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5825FFE9" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="004F0F5B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>hjälpmedlet förloras på grund av oaktsamhet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D76011" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="004F0F5B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>hjälpmedlet förändras genom exempelvis att klistra på märken eller skumgummi, måla eller montera på krokar och liknande</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="158D3E86" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="004F0F5B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>hjälpmedlet inte återlämnas efter uppmaning från vårdgivare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A4660E" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>När patienten ligger på sjukhus är det, av olika orsaker, svårt eller omöjligt för hen att ta ovanstående ansvar för sitt hjälpmedel. Har patienten personligt förskrivna hjälpmedel under den tid hen ligger på sjukhus är det respektive avdelning som övertar ansvaret. Detta innebär att avdelningen blir ersättningsskyldig om något hjälpmedel försvinner eller blir skadat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D822C86" w14:textId="284E14BE" w:rsidR="009A32ED" w:rsidRPr="005218AA" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Vid ersättningskrav tar primärvårdens hjälpmedelsenhet, eller kostnadsansvarig i berörd kommun, kontakt med aktuell vårdavdelning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F2C9B3" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Uppföljning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE4F6B2" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Rutinen följs fortlöpande upp och ändras vid behov dock med längsta revideringsintervall enligt sjukhusets principer för styrdokument.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F80C1F" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="304" w:name="_Toc100327194"/>
+      <w:bookmarkStart w:id="305" w:name="_Toc181866763"/>
+      <w:bookmarkStart w:id="306" w:name="_Toc215639400"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Arbetsgrupp</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:bookmarkEnd w:id="306"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78758C45" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="004F0F5B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>För innehållet svarar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509334B1" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Peter Ljungblad, säkerhetssamordnare, lokal- och säkerhetsavdelning, SÄS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Merja Kekäläinen, hjälpmedelssamordnare, SÄS (avsnitt Personligt förskrivna hjälpmedel)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A594D6E" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="004F0F5B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="307" w:name="_Toc149035757"/>
+      <w:bookmarkStart w:id="308" w:name="_Toc149978547"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Remissinstanser</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="307"/>
       <w:bookmarkEnd w:id="308"/>
+    </w:p>
+    <w:p w14:paraId="0EFC5AB8" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Olof Johansson, controller, ekonomienheten, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29CA8973" w14:textId="0BAC2A07" w:rsidR="008408E3" w:rsidRPr="004F0F5B" w:rsidRDefault="008408E3" w:rsidP="004F0F5B">
+      <w:r w:rsidRPr="00280165">
+        <w:t>Utgivningsdatum, utgåva 1</w:t>
+      </w:r>
+      <w:r w:rsidR="004F0F5B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1995-12-04</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188AE2C8" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="309" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="310" w:name="_Toc181866764"/>
+      <w:bookmarkStart w:id="311" w:name="_Toc215639401"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:lastRenderedPageBreak/>
+        <w:t>Källförteckning</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="309"/>
       <w:bookmarkEnd w:id="310"/>
       <w:bookmarkEnd w:id="311"/>
+    </w:p>
+    <w:p w14:paraId="766EA54A" w14:textId="11C9977E" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Regionservice/område inköp via marknadsplatsen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>https://insidan.vgregion.se/sodra-alvsborgs-sjukhus/marknadsplatsen</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0DC8088A" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Dokumenthanteringsplan för Västra Götalandsregionen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DFC44F6" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>SFS 1958:637, Ärvdabalken, 18 kap 2 §. Svensk författningssam</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="312" w:name="_Toc232836332"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>ling</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="312"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Sveriges Riksdag</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00280165">
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>http://www.riksd</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>gen.se</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00280165">
+        <w:t xml:space="preserve"> under rubrik </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5185">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Dokument &amp; lagar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61EE7F5C" w14:textId="152CC28C" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Avvikelsehantering, SÄS. Sjukhusövergripande riktlinje, SÄS</w:t>
+      </w:r>
+      <w:r w:rsidR="004F0F5B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F0F5B">
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="004F0F5B" w:rsidRPr="007D0C98">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00280165">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1598DF24" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3"/>
+    <w:p w14:paraId="24B51F14" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="00280165" w:rsidRDefault="008408E3" w:rsidP="008408E3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="313" w:name="_Toc256000147"/>
+      <w:bookmarkStart w:id="314" w:name="_Toc256000126"/>
+      <w:bookmarkStart w:id="315" w:name="_Toc256000105"/>
+      <w:bookmarkStart w:id="316" w:name="_Toc256000084"/>
+      <w:bookmarkStart w:id="317" w:name="_Toc333928370"/>
+      <w:bookmarkStart w:id="318" w:name="_Toc377712817"/>
+      <w:bookmarkStart w:id="319" w:name="_Toc377735858"/>
+      <w:bookmarkStart w:id="320" w:name="_Toc256000021"/>
+      <w:bookmarkStart w:id="321" w:name="_Toc256000042"/>
+      <w:bookmarkStart w:id="322" w:name="_Toc256000063"/>
+      <w:bookmarkStart w:id="323" w:name="_Toc503352459"/>
+      <w:bookmarkStart w:id="324" w:name="_Toc256000167"/>
+      <w:bookmarkStart w:id="325" w:name="_Toc534723906"/>
+      <w:bookmarkStart w:id="326" w:name="_Toc256000189"/>
+      <w:bookmarkStart w:id="327" w:name="_Toc256000211"/>
+      <w:bookmarkStart w:id="328" w:name="_Toc256000233"/>
+      <w:bookmarkStart w:id="329" w:name="_Toc256000255"/>
+      <w:bookmarkStart w:id="330" w:name="_Toc215639402"/>
+      <w:r w:rsidRPr="00280165">
+        <w:t>Länkförteckning</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="313"/>
       <w:bookmarkEnd w:id="314"/>
       <w:bookmarkEnd w:id="315"/>
       <w:bookmarkEnd w:id="316"/>
       <w:bookmarkEnd w:id="317"/>
-    </w:p>
-[...52 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="318"/>
       <w:bookmarkEnd w:id="319"/>
       <w:bookmarkEnd w:id="320"/>
       <w:bookmarkEnd w:id="321"/>
       <w:bookmarkEnd w:id="322"/>
       <w:bookmarkEnd w:id="323"/>
-    </w:p>
-[...104 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="324"/>
       <w:bookmarkEnd w:id="325"/>
       <w:bookmarkEnd w:id="326"/>
       <w:bookmarkEnd w:id="327"/>
       <w:bookmarkEnd w:id="328"/>
       <w:bookmarkEnd w:id="329"/>
       <w:bookmarkEnd w:id="330"/>
-      <w:bookmarkEnd w:id="331"/>
-[...253 lines deleted...]
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00280165" w14:paraId="21AD201C" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="5376022E" w14:textId="77777777" w:rsidR="008408E3" w:rsidRPr="009C5185" w:rsidRDefault="008408E3" w:rsidP="008408E3">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00280165">
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5185">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Polisen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5185">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId19">
-[...5 lines deleted...]
-          <w:t>http://intra.vgregion.se/marknadsplatsen</w:t>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>https://polisen.se/utsatt-for-brott/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>p</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F0F5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>olisanmalan/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00280165" w:rsidR="00280165" w:rsidP="009C5185" w:rsidRDefault="00280165" w14:paraId="09B59456" w14:textId="77777777">
-[...182 lines deleted...]
-    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="006543BC">
+    <w:p w14:paraId="40AA233F" w14:textId="4C70B206" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait" w:code="9"/>
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="743" w:gutter="0"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00856810" w:rsidRDefault="00856810" w14:paraId="0A0575CE" w14:textId="77777777">
+    <w:p w14:paraId="6DDCB0CD" w14:textId="77777777" w:rsidR="007D657F" w:rsidRDefault="007D657F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00856810" w:rsidRDefault="00856810" w14:paraId="2311AC6D" w14:textId="77777777">
+    <w:p w14:paraId="745B8B86" w14:textId="77777777" w:rsidR="007D657F" w:rsidRDefault="007D657F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00856810" w:rsidRDefault="00856810" w14:paraId="2E43AAC3" w14:textId="77777777">
+    <w:p w14:paraId="05793920" w14:textId="77777777" w:rsidR="007D657F" w:rsidRDefault="007D657F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...26 lines deleted...]
-            <w:szCs w:val="16"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...1 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00856810" w:rsidRDefault="00856810" w14:paraId="7985655C" w14:textId="77777777"/>
+    <w:p w14:paraId="7FE34A73" w14:textId="77777777" w:rsidR="007D657F" w:rsidRDefault="007D657F"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00856810" w:rsidRDefault="00856810" w14:paraId="2C3452C5" w14:textId="77777777">
+    <w:p w14:paraId="5D43AC4F" w14:textId="77777777" w:rsidR="007D657F" w:rsidRDefault="007D657F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00856810" w:rsidRDefault="00856810" w14:paraId="453103DC" w14:textId="77777777">
+    <w:p w14:paraId="22968D74" w14:textId="77777777" w:rsidR="007D657F" w:rsidRDefault="007D657F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="22E1A2A8">
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+          <w:pict>
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4667250" cy="323850"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:wrapNone/>
+              <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4667250" cy="323850"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="5969A8E7">
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+          <w:pict>
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
-    </w:r>
-[...85 lines deleted...]
-      <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF88"/>
-[...16 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="033D60DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE045720"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="119D5C40"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="77B60812"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="11563325"/>
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D573A68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD0E7BFC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24806D57"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4F66C08"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DDE4C30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1FF2CDF2"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9335,2694 +8241,2629 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="301E2E8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F56E9D4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="313045A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A36A9B98"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CFB24E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="60B68E2E"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4145421C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFC27DD6"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49127581"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6096CF20"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7702544D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFA6B26C"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="300379573">
+  <w:num w:numId="1" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1280868239">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1420566503">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="256527698">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1090539201">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1846439597">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="832377757">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="254632817">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="634986681">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1534421184">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="23" w16cid:durableId="459687042">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2092313585">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="24" w16cid:durableId="1852141569">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="198277608">
-[...110 lines deleted...]
-  <w:num w:numId="14" w16cid:durableId="1683165249">
+  <w:num w:numId="25" w16cid:durableId="1683165249">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="2061325301">
+  <w:num w:numId="26" w16cid:durableId="2061325301">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="702874478">
+  <w:num w:numId="27" w16cid:durableId="702874478">
     <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1089236714">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="640305103">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1247347192">
+    <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:attachedTemplate r:id="rId1"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="0002435C"/>
-    <w:rsid w:val="00025A84"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
-    <w:rsid w:val="000453BB"/>
-    <w:rsid w:val="00046C87"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
-    <w:rsid w:val="00062B59"/>
-    <w:rsid w:val="00064DDA"/>
+    <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
-    <w:rsid w:val="0009244B"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
-    <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
-    <w:rsid w:val="000B0E49"/>
     <w:rsid w:val="000B12D9"/>
-    <w:rsid w:val="000B22B0"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
-    <w:rsid w:val="000D3090"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000E302D"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
-    <w:rsid w:val="00111224"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
-    <w:rsid w:val="00135639"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
-    <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
-    <w:rsid w:val="00164E9B"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="001902DD"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
-    <w:rsid w:val="001A7317"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001B672D"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
-    <w:rsid w:val="001C55F1"/>
     <w:rsid w:val="001C5FEF"/>
-    <w:rsid w:val="001C75A6"/>
-    <w:rsid w:val="001E48D2"/>
+    <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="002273C9"/>
     <w:rsid w:val="00235B57"/>
-    <w:rsid w:val="002417B8"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
-    <w:rsid w:val="00260A7D"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
-    <w:rsid w:val="00271994"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00280165"/>
+    <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
-    <w:rsid w:val="002C59F8"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
-    <w:rsid w:val="002E48C1"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
-    <w:rsid w:val="00302F2A"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
-    <w:rsid w:val="00333299"/>
     <w:rsid w:val="00337F99"/>
-    <w:rsid w:val="0034148B"/>
+    <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
-    <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
-    <w:rsid w:val="003679D3"/>
     <w:rsid w:val="00367D19"/>
-    <w:rsid w:val="00370EF6"/>
     <w:rsid w:val="00371BED"/>
-    <w:rsid w:val="00383E98"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
-    <w:rsid w:val="00386844"/>
     <w:rsid w:val="0039118E"/>
-    <w:rsid w:val="00392FEC"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
-    <w:rsid w:val="00421D5A"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="004350CB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
-    <w:rsid w:val="00457241"/>
+    <w:rsid w:val="004602E1"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
-    <w:rsid w:val="00481F69"/>
     <w:rsid w:val="004876F6"/>
-    <w:rsid w:val="004910E9"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004B3644"/>
-[...3 lines deleted...]
-    <w:rsid w:val="004C7350"/>
+    <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004F0F5B"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
-    <w:rsid w:val="00500B86"/>
-    <w:rsid w:val="005012A4"/>
     <w:rsid w:val="00501433"/>
-    <w:rsid w:val="0051123A"/>
     <w:rsid w:val="00511CC4"/>
-    <w:rsid w:val="005137B6"/>
-    <w:rsid w:val="00520674"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00536A5A"/>
-    <w:rsid w:val="005411B3"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
-    <w:rsid w:val="00555933"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
-    <w:rsid w:val="00581814"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005826FA"/>
-    <w:rsid w:val="00591AC9"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="005A2E3B"/>
-    <w:rsid w:val="005A39DF"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
-    <w:rsid w:val="005F2DCB"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
-    <w:rsid w:val="00614270"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
-    <w:rsid w:val="006323AC"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006543BC"/>
     <w:rsid w:val="0065595B"/>
-    <w:rsid w:val="00657CE6"/>
+    <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
-    <w:rsid w:val="006603FE"/>
-    <w:rsid w:val="006628EB"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
-    <w:rsid w:val="006773D5"/>
-    <w:rsid w:val="0069131A"/>
+    <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
-    <w:rsid w:val="006A6377"/>
-    <w:rsid w:val="006A6746"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
-    <w:rsid w:val="006F1F8D"/>
-    <w:rsid w:val="00701311"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="00725816"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
-    <w:rsid w:val="007339BC"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
-    <w:rsid w:val="00756756"/>
-    <w:rsid w:val="007579C5"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
-    <w:rsid w:val="007720DF"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
-    <w:rsid w:val="007D0BF0"/>
+    <w:rsid w:val="007B51FE"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007D657F"/>
+    <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
-    <w:rsid w:val="00807EE4"/>
     <w:rsid w:val="00821A1B"/>
-    <w:rsid w:val="00822703"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
-    <w:rsid w:val="00835B3C"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
-    <w:rsid w:val="008376E5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00842046"/>
+    <w:rsid w:val="008408E3"/>
     <w:rsid w:val="00843F48"/>
-    <w:rsid w:val="008478BD"/>
     <w:rsid w:val="00851423"/>
-    <w:rsid w:val="0085450A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00856810"/>
+    <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
-    <w:rsid w:val="00861467"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
-    <w:rsid w:val="00873E01"/>
+    <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
-    <w:rsid w:val="00884A0E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00891962"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
-    <w:rsid w:val="008D1398"/>
+    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
-    <w:rsid w:val="008F2ED9"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
-    <w:rsid w:val="00910ED5"/>
+    <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
-    <w:rsid w:val="0092642A"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
-    <w:rsid w:val="00986DFD"/>
+    <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
-    <w:rsid w:val="009C237E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009C7915"/>
+    <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
-    <w:rsid w:val="00A11544"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A21714"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
-    <w:rsid w:val="00A7041D"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
-    <w:rsid w:val="00AA1233"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
-    <w:rsid w:val="00AD4C6E"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
-    <w:rsid w:val="00AF1138"/>
+    <w:rsid w:val="00AF0631"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
-    <w:rsid w:val="00B40AD5"/>
-    <w:rsid w:val="00B411F3"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
-    <w:rsid w:val="00B7019E"/>
     <w:rsid w:val="00B75EDE"/>
+    <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
-    <w:rsid w:val="00B93262"/>
+    <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
-    <w:rsid w:val="00BB4E7B"/>
     <w:rsid w:val="00BB69DB"/>
-    <w:rsid w:val="00BB7165"/>
-    <w:rsid w:val="00BB73F7"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
-    <w:rsid w:val="00BC7D38"/>
-    <w:rsid w:val="00BD3513"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
-    <w:rsid w:val="00BF6198"/>
-    <w:rsid w:val="00C03065"/>
+    <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
-    <w:rsid w:val="00C21D31"/>
-    <w:rsid w:val="00C31AC2"/>
     <w:rsid w:val="00C4115D"/>
-    <w:rsid w:val="00C439FC"/>
     <w:rsid w:val="00C43BDD"/>
-    <w:rsid w:val="00C44382"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
-    <w:rsid w:val="00C60303"/>
+    <w:rsid w:val="00C57DEC"/>
     <w:rsid w:val="00C70E19"/>
-    <w:rsid w:val="00C70F4E"/>
-    <w:rsid w:val="00C7214A"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
-    <w:rsid w:val="00C8243C"/>
-    <w:rsid w:val="00C82710"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
-    <w:rsid w:val="00CA7345"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
-    <w:rsid w:val="00CC19C8"/>
     <w:rsid w:val="00CC52D9"/>
-    <w:rsid w:val="00CC695D"/>
-    <w:rsid w:val="00CC6C0B"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
-    <w:rsid w:val="00CE6AC5"/>
     <w:rsid w:val="00CF70BB"/>
-    <w:rsid w:val="00D04070"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
-    <w:rsid w:val="00D16709"/>
-    <w:rsid w:val="00D30D59"/>
+    <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
-    <w:rsid w:val="00D412D0"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
-    <w:rsid w:val="00D56BA9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D76A72"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
-    <w:rsid w:val="00D915FB"/>
-    <w:rsid w:val="00D951A2"/>
     <w:rsid w:val="00DA299D"/>
-    <w:rsid w:val="00DA6596"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DC086A"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
-    <w:rsid w:val="00E1093F"/>
     <w:rsid w:val="00E11853"/>
-    <w:rsid w:val="00E17228"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E508B0"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
-    <w:rsid w:val="00E61005"/>
     <w:rsid w:val="00E61294"/>
-    <w:rsid w:val="00E65C9D"/>
     <w:rsid w:val="00E7237C"/>
-    <w:rsid w:val="00E77A9D"/>
     <w:rsid w:val="00E77C46"/>
-    <w:rsid w:val="00E8173E"/>
-    <w:rsid w:val="00E83E7B"/>
     <w:rsid w:val="00E86CE8"/>
-    <w:rsid w:val="00E90E6A"/>
     <w:rsid w:val="00E90E82"/>
-    <w:rsid w:val="00E91FA4"/>
-    <w:rsid w:val="00E951C3"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
-    <w:rsid w:val="00EC1F39"/>
-    <w:rsid w:val="00EC487A"/>
+    <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
-    <w:rsid w:val="00ED0247"/>
-    <w:rsid w:val="00ED1359"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
-    <w:rsid w:val="00EE05E3"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
-    <w:rsid w:val="00EE3B1B"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F04670"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
-    <w:rsid w:val="00F25EB6"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F62C3F"/>
+    <w:rsid w:val="00F524C4"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
-    <w:rsid w:val="00F976C4"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
-    <w:rsid w:val="00FD3B4E"/>
+    <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
-    <w:rsid w:val="00FD76E7"/>
     <w:rsid w:val="00FE12D8"/>
-    <w:rsid w:val="00FF644C"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="1C02FE03"/>
-[...5 lines deleted...]
-    <w:rsid w:val="614052BB"/>
     <w:rsid w:val="647B2B65"/>
-    <w:rsid w:val="669D5297"/>
     <w:rsid w:val="6B2CF8ED"/>
-    <w:rsid w:val="7353550A"/>
-    <w:rsid w:val="7C8795BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12047,75 +10888,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -12150,57 +10991,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -12258,790 +11099,752 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...43 lines deleted...]
-      <w:iCs/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00280165"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
-      <w:ind w:left="240"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+      </w:tabs>
+      <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
@@ -13084,609 +11887,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -13695,94 +12498,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -13791,496 +12594,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -14347,177 +13150,192 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
-[...29 lines deleted...]
-  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00280165"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:rsid w:val="00280165"/>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:spacing w:after="80"/>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numreradlista">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00280165"/>
-[...6 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00B97D4E"/>
+    <w:rPr>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00672EC3"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
-    <w:rsid w:val="009C5185"/>
+    <w:rsid w:val="008408E3"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
-      <w:spacing w:after="160"/>
+      <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
-    <w:rsid w:val="009C5185"/>
+    <w:rsid w:val="008408E3"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="121657028">
+    <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -14525,114 +13343,61 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1304851724">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/hjalpmedel/handbok-for-forskrivig-av-personliga-hjalpmedel/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/10137?a=false&amp;guest=true" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polisen.se/Utsatt-for-brott/Gor-en-anmalan/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/arvdabalk-1958637_sfs-1958-637" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://intra.vgregion.se/marknadsplatsen" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polisen.se/utsatt-for-brott/polisanmalan/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="Rcbf7265199994d50" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="R4c9425dc889a4529" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="R42e1f88b0d5d4bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R666375c07b8b4039" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardsamverkan.se/omraden/hjalpmedel-i-vastra-gotaland/handbok-for-personliga-hjalpmedel-inom-halso-och-sjukvard/" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polisen.se/Utsatt-for-brott/Gor-en-anmalan/" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polisen.se/utsatt-for-brott/polisanmalan/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/arvdabalk-1958637_sfs-1958-637" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/system-a-o/marknadsplatsen-2.0" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...40 lines deleted...]
-</w:glossaryDocument>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -14912,53 +13677,74 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...11 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>10</Pages>
+  <Words>2330</Words>
+  <Characters>12351</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>102</Lines>
+  <Paragraphs>29</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>14652</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Värdesaker och patienttillhörigheter</dc:title>
   <dc:subject/>
-  <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
+  <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Mona Johansson</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2022-11-15T09:47:00.0000000Z</lastPrinted>
+  <lastModifiedBy/>
+  <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>