--- v0 (2026-02-18)
+++ v1 (2026-03-31)
@@ -3053,63 +3053,69 @@
       <w:r w:rsidR="00C656CB" w:rsidRPr="00A36689">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Istället</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> fokus på att sätta en </w:t>
       </w:r>
       <w:r w:rsidR="00F64575" w:rsidRPr="00A36689">
         <w:t xml:space="preserve">tydlig struktur om hur frågor ska hanteras.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73394F38" w14:textId="13F2C86C" w:rsidR="00F244B7" w:rsidRDefault="00DB7328" w:rsidP="00DB7328">
       <w:pPr>
         <w:pStyle w:val="GITSanteckning"/>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Under dialogen lyfts också följande synpunkter från gruppen:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57CA409C" w14:textId="1CA38FB4" w:rsidR="00F244B7" w:rsidRDefault="00F244B7" w:rsidP="00DB7328">
+    <w:p w14:paraId="57CA409C" w14:textId="0B44BBF8" w:rsidR="00F244B7" w:rsidRDefault="00F244B7" w:rsidP="00DB7328">
       <w:pPr>
         <w:pStyle w:val="GITSanteckning"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Kopplat till nya hälso- och sjukvårdslagen, där ska vi revidera dokument</w:t>
+        <w:t>Kopplat till nya hälso- och sjukvårds</w:t>
+      </w:r>
+      <w:r w:rsidR="0057389F">
+        <w:t>avtalet</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, där ska vi revidera dokument</w:t>
       </w:r>
       <w:r w:rsidR="00FC2E03">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Har GITS synkat med gruppen som arbetar ned implementeringen? Så att vi inte arbetar dubbelt? Förändringar i det ena dokumentet påverkar det andra. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F61E3CD" w14:textId="06BBD0D6" w:rsidR="00DB7328" w:rsidRDefault="00DB7328" w:rsidP="00DB7328">
       <w:pPr>
         <w:pStyle w:val="GITSanteckning"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Svar: Viktigt att beakta skillnaderna mellan </w:t>
       </w:r>
       <w:r w:rsidR="003F5CAC">
         <w:t>rutiner som faller inom gruppens ansvar och andra styrdokument som överenskommelser och riktlinjer. Med det sagt finns ingen synk i nuläget, men GITS bevakar såklart beslutsgången för nya avtalet.</w:t>
       </w:r>
     </w:p>
@@ -7826,51 +7832,51 @@
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1686906392">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1933080758">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="258215978">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="2011373357">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="884373261">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1270503320">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -8244,50 +8250,51 @@
     <w:rsid w:val="001D79BC"/>
     <w:rsid w:val="001E04C6"/>
     <w:rsid w:val="001E2CC0"/>
     <w:rsid w:val="001E2EF3"/>
     <w:rsid w:val="001E4173"/>
     <w:rsid w:val="001E6774"/>
     <w:rsid w:val="001E6F1B"/>
     <w:rsid w:val="001F0085"/>
     <w:rsid w:val="001F0445"/>
     <w:rsid w:val="001F0633"/>
     <w:rsid w:val="001F2129"/>
     <w:rsid w:val="001F479D"/>
     <w:rsid w:val="001F47B2"/>
     <w:rsid w:val="001F53D0"/>
     <w:rsid w:val="001F6973"/>
     <w:rsid w:val="0020026C"/>
     <w:rsid w:val="002009F7"/>
     <w:rsid w:val="00201139"/>
     <w:rsid w:val="00201370"/>
     <w:rsid w:val="002018D7"/>
     <w:rsid w:val="00202B11"/>
     <w:rsid w:val="00202B15"/>
     <w:rsid w:val="00203353"/>
     <w:rsid w:val="00203E98"/>
     <w:rsid w:val="002057B3"/>
+    <w:rsid w:val="002065DC"/>
     <w:rsid w:val="00206B72"/>
     <w:rsid w:val="00207588"/>
     <w:rsid w:val="0021025B"/>
     <w:rsid w:val="00210DD4"/>
     <w:rsid w:val="00210E67"/>
     <w:rsid w:val="00211319"/>
     <w:rsid w:val="00211FB0"/>
     <w:rsid w:val="00212CAB"/>
     <w:rsid w:val="00213570"/>
     <w:rsid w:val="002144CB"/>
     <w:rsid w:val="002148A0"/>
     <w:rsid w:val="0021643D"/>
     <w:rsid w:val="00216EF7"/>
     <w:rsid w:val="00216F4E"/>
     <w:rsid w:val="00217A18"/>
     <w:rsid w:val="00217C90"/>
     <w:rsid w:val="0022019C"/>
     <w:rsid w:val="00222AF3"/>
     <w:rsid w:val="0022344C"/>
     <w:rsid w:val="00223A0A"/>
     <w:rsid w:val="00223C8F"/>
     <w:rsid w:val="00223CC8"/>
     <w:rsid w:val="00223F89"/>
     <w:rsid w:val="00224388"/>
     <w:rsid w:val="00224A25"/>
@@ -8940,50 +8947,51 @@
     <w:rsid w:val="00555161"/>
     <w:rsid w:val="00555DDE"/>
     <w:rsid w:val="00556401"/>
     <w:rsid w:val="0055672B"/>
     <w:rsid w:val="0056059E"/>
     <w:rsid w:val="00560E2F"/>
     <w:rsid w:val="0056175F"/>
     <w:rsid w:val="00562DC4"/>
     <w:rsid w:val="00562FAC"/>
     <w:rsid w:val="0056324D"/>
     <w:rsid w:val="0056336C"/>
     <w:rsid w:val="005635BE"/>
     <w:rsid w:val="00563DDF"/>
     <w:rsid w:val="00564BB0"/>
     <w:rsid w:val="005650CA"/>
     <w:rsid w:val="00566164"/>
     <w:rsid w:val="00567791"/>
     <w:rsid w:val="00567C93"/>
     <w:rsid w:val="00567DFA"/>
     <w:rsid w:val="0057189A"/>
     <w:rsid w:val="00572231"/>
     <w:rsid w:val="00572491"/>
     <w:rsid w:val="00572B89"/>
     <w:rsid w:val="00572E84"/>
     <w:rsid w:val="00572F00"/>
+    <w:rsid w:val="0057389F"/>
     <w:rsid w:val="00573A30"/>
     <w:rsid w:val="00573F58"/>
     <w:rsid w:val="00575841"/>
     <w:rsid w:val="00575A4A"/>
     <w:rsid w:val="005762DD"/>
     <w:rsid w:val="00576570"/>
     <w:rsid w:val="00576945"/>
     <w:rsid w:val="00580688"/>
     <w:rsid w:val="00580866"/>
     <w:rsid w:val="005812EC"/>
     <w:rsid w:val="00581977"/>
     <w:rsid w:val="00581FC1"/>
     <w:rsid w:val="00582B02"/>
     <w:rsid w:val="00583449"/>
     <w:rsid w:val="00583AD5"/>
     <w:rsid w:val="00584C34"/>
     <w:rsid w:val="00584ED8"/>
     <w:rsid w:val="00585B2E"/>
     <w:rsid w:val="005862D2"/>
     <w:rsid w:val="0058778A"/>
     <w:rsid w:val="00587FE9"/>
     <w:rsid w:val="005908B8"/>
     <w:rsid w:val="00590BC7"/>
     <w:rsid w:val="005913F1"/>
     <w:rsid w:val="00591863"/>
@@ -13377,67 +13385,67 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>1957</Words>
-  <Characters>11205</Characters>
+  <Characters>11207</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>269</Lines>
   <Paragraphs>126</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2026-01-30 Mötesanteckningar Referensgrupp SHVO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13145</CharactersWithSpaces>
+  <CharactersWithSpaces>13147</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>2026-01-28 Mötesanteckningar Referensgrupp SHVO</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy>Krister Bergqvist</lastModifiedBy>
-  <revision>4</revision>
+  <revision>5</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>