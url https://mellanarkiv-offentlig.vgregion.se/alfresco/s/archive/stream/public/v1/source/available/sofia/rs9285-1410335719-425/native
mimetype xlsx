--- v0 (2025-12-03)
+++ v1 (2025-12-23)
@@ -6,53 +6,53 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\RS.RK.DataoAnalys\Regional vårdanalys\Registrering och beskrivningssystem\DRG\Viktlista 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3D634D37-F04A-49B2-8FAE-1C769EEDB6A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{23F4C263-71FF-496E-B960-BEA6DC6383B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="51840" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Långtext" sheetId="2" r:id="rId1"/>
     <sheet name="Korttext" sheetId="1" r:id="rId2"/>
     <sheet name="Blad3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Korttext!$A$1:$E$779</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Långtext!$A$8:$C$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -7643,72 +7643,72 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D818"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F22" sqref="F22"/>
+      <selection activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.5703125" customWidth="1"/>
     <col min="2" max="2" width="90.28515625" customWidth="1"/>
     <col min="3" max="3" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>1870</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>1871</v>
       </c>
       <c r="C2" s="6">
-        <v>45971</v>
+        <v>45999</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>1872</v>
       </c>
       <c r="B3" s="5"/>
     </row>
     <row r="4" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="4"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" s="5" t="s">
         <v>2386</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B6" s="5" t="s">
         <v>1873</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
@@ -7893,54 +7893,54 @@
         <v>1275000</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>34</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C21" s="1">
         <v>2.7753999999999999</v>
       </c>
       <c r="D21" s="2">
         <v>670000</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>37</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C22" s="1">
-        <v>1.0076000000000001</v>
+        <v>0.94599999999999995</v>
       </c>
       <c r="D22" s="2">
-        <v>117000</v>
+        <v>109000</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>1890</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>1891</v>
       </c>
       <c r="C23" s="1">
         <v>3.5790000000000002</v>
       </c>
       <c r="D23" s="2">
         <v>624000</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>1892</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>1893</v>
       </c>
       <c r="C24" s="1">
         <v>1.6924999999999999</v>
@@ -7977,54 +7977,54 @@
         <v>365000</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>46</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C27" s="1">
         <v>2.2128999999999999</v>
       </c>
       <c r="D27" s="2">
         <v>303000</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>49</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C28" s="1">
-        <v>0.65539999999999998</v>
+        <v>0.76300000000000001</v>
       </c>
       <c r="D28" s="2">
-        <v>212000</v>
+        <v>198000</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>52</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>1874</v>
       </c>
       <c r="C29" s="1">
         <v>3.5884</v>
       </c>
       <c r="D29" s="2">
         <v>1028000</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>53</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>1876</v>
       </c>
       <c r="C30" s="1">
         <v>1.7551000000000001</v>
@@ -8677,51 +8677,51 @@
         <v>197000</v>
       </c>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>171</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>1886</v>
       </c>
       <c r="C77" s="1">
         <v>0.94040000000000001</v>
       </c>
       <c r="D77" s="2">
         <v>197000</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>172</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C78" s="1">
-        <v>0</v>
+        <v>1.4802999999999999</v>
       </c>
       <c r="D78" s="2">
         <v>20000000</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>175</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C79" s="1">
         <v>0.46089999999999998</v>
       </c>
       <c r="D79" s="2">
         <v>111000</v>
       </c>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>177</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>178</v>
@@ -8873,110 +8873,110 @@
         <v>258000</v>
       </c>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>205</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>206</v>
       </c>
       <c r="C91" s="1">
         <v>0.89249999999999996</v>
       </c>
       <c r="D91" s="2">
         <v>150000</v>
       </c>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>2301</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>2350</v>
       </c>
       <c r="C92" s="1">
-        <v>1.5860000000000001</v>
+        <v>1.393</v>
       </c>
       <c r="D92" s="2">
-        <v>436000</v>
+        <v>407000</v>
       </c>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>2349</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>2351</v>
       </c>
       <c r="C93" s="1">
-        <v>2.3616999999999999</v>
+        <v>2.1164999999999998</v>
       </c>
       <c r="D93" s="2">
         <v>20000000</v>
       </c>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
         <v>208</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>209</v>
       </c>
       <c r="C94" s="1">
         <v>2.1717</v>
       </c>
       <c r="D94" s="2">
         <v>390000</v>
       </c>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
         <v>211</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>2316</v>
       </c>
       <c r="C95" s="1">
         <v>0.94089999999999996</v>
       </c>
       <c r="D95" s="2">
         <v>234000</v>
       </c>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
         <v>212</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C96" s="1">
-        <v>0.65649999999999997</v>
+        <v>0.65280000000000005</v>
       </c>
       <c r="D96" s="2">
-        <v>143000</v>
+        <v>134000</v>
       </c>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
         <v>215</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>216</v>
       </c>
       <c r="C97" s="1">
         <v>0.98329999999999995</v>
       </c>
       <c r="D97" s="2">
         <v>185000</v>
       </c>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
         <v>218</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C98" s="1">
         <v>0.5988</v>
@@ -10035,54 +10035,54 @@
         <v>1111000</v>
       </c>
     </row>
     <row r="174" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
         <v>414</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>2214</v>
       </c>
       <c r="C174" s="1">
         <v>3.7441</v>
       </c>
       <c r="D174" s="2">
         <v>562000</v>
       </c>
     </row>
     <row r="175" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
         <v>415</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>416</v>
       </c>
       <c r="C175" s="1">
-        <v>4.3377999999999997</v>
+        <v>4.0490000000000004</v>
       </c>
       <c r="D175" s="2">
-        <v>756000</v>
+        <v>705000</v>
       </c>
     </row>
     <row r="176" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
         <v>418</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>419</v>
       </c>
       <c r="C176" s="1">
         <v>4.798</v>
       </c>
       <c r="D176" s="2">
         <v>850000</v>
       </c>
     </row>
     <row r="177" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
         <v>421</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>422</v>
       </c>
       <c r="C177" s="1">
         <v>3.2766999999999999</v>
@@ -10273,54 +10273,54 @@
         <v>662000</v>
       </c>
     </row>
     <row r="191" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
         <v>439</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C191" s="1">
         <v>1.3781000000000001</v>
       </c>
       <c r="D191" s="2">
         <v>321000</v>
       </c>
     </row>
     <row r="192" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
         <v>442</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C192" s="1">
-        <v>0.79579999999999995</v>
+        <v>0.88049999999999995</v>
       </c>
       <c r="D192" s="2">
-        <v>132000</v>
+        <v>123000</v>
       </c>
     </row>
     <row r="193" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
         <v>2225</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>2226</v>
       </c>
       <c r="C193" s="1">
         <v>3.6227</v>
       </c>
       <c r="D193" s="2">
         <v>1000000</v>
       </c>
     </row>
     <row r="194" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
         <v>2227</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>2228</v>
       </c>
       <c r="C194" s="1">
         <v>1.9478</v>
@@ -11799,54 +11799,54 @@
         <v>105000</v>
       </c>
     </row>
     <row r="300" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
         <v>692</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>693</v>
       </c>
       <c r="C300" s="1">
         <v>15.052199999999999</v>
       </c>
       <c r="D300" s="2">
         <v>1840000</v>
       </c>
     </row>
     <row r="301" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
         <v>694</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>695</v>
       </c>
       <c r="C301" s="1">
-        <v>24.132200000000001</v>
+        <v>21.5091</v>
       </c>
       <c r="D301" s="2">
-        <v>2765000</v>
+        <v>2579000</v>
       </c>
     </row>
     <row r="302" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
         <v>697</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>698</v>
       </c>
       <c r="C302" s="1">
         <v>6.9599000000000002</v>
       </c>
       <c r="D302" s="2">
         <v>1442000</v>
       </c>
     </row>
     <row r="303" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
         <v>700</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>701</v>
       </c>
       <c r="C303" s="1">
         <v>3.8729</v>
@@ -11897,68 +11897,68 @@
         <v>370000</v>
       </c>
     </row>
     <row r="307" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
         <v>712</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>713</v>
       </c>
       <c r="C307" s="1">
         <v>1.7689999999999999</v>
       </c>
       <c r="D307" s="2">
         <v>370000</v>
       </c>
     </row>
     <row r="308" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
         <v>715</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>716</v>
       </c>
       <c r="C308" s="1">
-        <v>2.3996</v>
+        <v>2.1674000000000002</v>
       </c>
       <c r="D308" s="2">
-        <v>655000</v>
+        <v>611000</v>
       </c>
     </row>
     <row r="309" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A309" t="s">
         <v>718</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>719</v>
       </c>
       <c r="C309" s="1">
-        <v>1.7476</v>
+        <v>1.6768000000000001</v>
       </c>
       <c r="D309" s="2">
-        <v>310000</v>
+        <v>289000</v>
       </c>
     </row>
     <row r="310" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A310" t="s">
         <v>721</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>722</v>
       </c>
       <c r="C310" s="1">
         <v>3.1884000000000001</v>
       </c>
       <c r="D310" s="2">
         <v>636000</v>
       </c>
     </row>
     <row r="311" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A311" t="s">
         <v>724</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>725</v>
       </c>
       <c r="C311" s="1">
         <v>2.2294999999999998</v>
@@ -12667,54 +12667,54 @@
         <v>175000</v>
       </c>
     </row>
     <row r="362" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A362" t="s">
         <v>862</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>863</v>
       </c>
       <c r="C362" s="1">
         <v>0.88600000000000001</v>
       </c>
       <c r="D362" s="2">
         <v>134000</v>
       </c>
     </row>
     <row r="363" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A363" t="s">
         <v>864</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>865</v>
       </c>
       <c r="C363" s="1">
-        <v>2.2280000000000002</v>
+        <v>2.0385</v>
       </c>
       <c r="D363" s="2">
-        <v>546000</v>
+        <v>509000</v>
       </c>
     </row>
     <row r="364" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A364" t="s">
         <v>867</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>868</v>
       </c>
       <c r="C364" s="1">
         <v>1.3338000000000001</v>
       </c>
       <c r="D364" s="2">
         <v>209000</v>
       </c>
     </row>
     <row r="365" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A365" t="s">
         <v>870</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>2334</v>
       </c>
       <c r="C365" s="1">
         <v>1.5483</v>
@@ -12863,54 +12863,54 @@
         <v>442000</v>
       </c>
     </row>
     <row r="376" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A376" t="s">
         <v>898</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>899</v>
       </c>
       <c r="C376" s="1">
         <v>1.0547</v>
       </c>
       <c r="D376" s="2">
         <v>198000</v>
       </c>
     </row>
     <row r="377" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A377" t="s">
         <v>901</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>902</v>
       </c>
       <c r="C377" s="1">
-        <v>5.9996</v>
+        <v>6.5304000000000002</v>
       </c>
       <c r="D377" s="2">
-        <v>2383000</v>
+        <v>2222000</v>
       </c>
     </row>
     <row r="378" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A378" t="s">
         <v>904</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>905</v>
       </c>
       <c r="C378" s="1">
         <v>3.0695999999999999</v>
       </c>
       <c r="D378" s="2">
         <v>793000</v>
       </c>
     </row>
     <row r="379" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A379" t="s">
         <v>907</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>908</v>
       </c>
       <c r="C379" s="1">
         <v>2.0417999999999998</v>
@@ -12933,54 +12933,54 @@
         <v>436000</v>
       </c>
     </row>
     <row r="381" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A381" t="s">
         <v>913</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>914</v>
       </c>
       <c r="C381" s="1">
         <v>0.92290000000000005</v>
       </c>
       <c r="D381" s="2">
         <v>153000</v>
       </c>
     </row>
     <row r="382" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A382" t="s">
         <v>916</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>917</v>
       </c>
       <c r="C382" s="1">
-        <v>1.9895</v>
+        <v>1.9346000000000001</v>
       </c>
       <c r="D382" s="2">
-        <v>680000</v>
+        <v>634000</v>
       </c>
     </row>
     <row r="383" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A383" t="s">
         <v>919</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>920</v>
       </c>
       <c r="C383" s="1">
         <v>1.0861000000000001</v>
       </c>
       <c r="D383" s="2">
         <v>255000</v>
       </c>
     </row>
     <row r="384" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A384" t="s">
         <v>922</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>923</v>
       </c>
       <c r="C384" s="1">
         <v>3.0125999999999999</v>
@@ -13521,54 +13521,54 @@
         <v>220000</v>
       </c>
     </row>
     <row r="423" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A423" t="s">
         <v>1018</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="C423" s="1">
         <v>0.6986</v>
       </c>
       <c r="D423" s="2">
         <v>158000</v>
       </c>
     </row>
     <row r="424" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A424" t="s">
         <v>1021</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="C424" s="1">
-        <v>0.61299999999999999</v>
+        <v>0.74950000000000006</v>
       </c>
       <c r="D424" s="2">
-        <v>159000</v>
+        <v>149000</v>
       </c>
     </row>
     <row r="425" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A425" t="s">
         <v>1023</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="C425" s="1">
         <v>0.51970000000000005</v>
       </c>
       <c r="D425" s="2">
         <v>110000</v>
       </c>
     </row>
     <row r="426" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A426" t="s">
         <v>1025</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="C426" s="1">
         <v>1.1223000000000001</v>
@@ -13591,54 +13591,54 @@
         <v>119000</v>
       </c>
     </row>
     <row r="428" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A428" t="s">
         <v>1031</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="C428" s="1">
         <v>2.7031000000000001</v>
       </c>
       <c r="D428" s="2">
         <v>619000</v>
       </c>
     </row>
     <row r="429" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A429" t="s">
         <v>1034</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="C429" s="1">
-        <v>1.605</v>
+        <v>1.4096</v>
       </c>
       <c r="D429" s="2">
-        <v>659000</v>
+        <v>615000</v>
       </c>
     </row>
     <row r="430" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A430" t="s">
         <v>1037</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="C430" s="1">
         <v>0.84379999999999999</v>
       </c>
       <c r="D430" s="2">
         <v>148000</v>
       </c>
     </row>
     <row r="431" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A431" t="s">
         <v>1040</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="C431" s="1">
         <v>0.77200000000000002</v>
@@ -14095,124 +14095,124 @@
         <v>159000</v>
       </c>
     </row>
     <row r="464" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A464" t="s">
         <v>1119</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="C464" s="1">
         <v>2.3071999999999999</v>
       </c>
       <c r="D464" s="2">
         <v>472000</v>
       </c>
     </row>
     <row r="465" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A465" t="s">
         <v>1122</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="C465" s="1">
-        <v>2.0752999999999999</v>
+        <v>2.3212999999999999</v>
       </c>
       <c r="D465" s="2">
-        <v>558000</v>
+        <v>520000</v>
       </c>
     </row>
     <row r="466" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A466" t="s">
         <v>1125</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="C466" s="1">
         <v>1.9759</v>
       </c>
       <c r="D466" s="2">
         <v>389000</v>
       </c>
     </row>
     <row r="467" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A467" t="s">
         <v>1128</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="C467" s="1">
-        <v>1.0421</v>
+        <v>1.1373</v>
       </c>
       <c r="D467" s="2">
-        <v>669000</v>
+        <v>624000</v>
       </c>
     </row>
     <row r="468" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A468" t="s">
         <v>1131</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="C468" s="1">
         <v>0.87680000000000002</v>
       </c>
       <c r="D468" s="2">
         <v>134000</v>
       </c>
     </row>
     <row r="469" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A469" t="s">
         <v>1134</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="C469" s="1">
         <v>0.85070000000000001</v>
       </c>
       <c r="D469" s="2">
         <v>120000</v>
       </c>
     </row>
     <row r="470" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A470" t="s">
         <v>1137</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>2359</v>
       </c>
       <c r="C470" s="1">
-        <v>1.3574999999999999</v>
+        <v>1.2224999999999999</v>
       </c>
       <c r="D470" s="2">
-        <v>137000</v>
+        <v>128000</v>
       </c>
     </row>
     <row r="471" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A471" t="s">
         <v>1139</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="C471" s="1">
         <v>0.89770000000000005</v>
       </c>
       <c r="D471" s="2">
         <v>134000</v>
       </c>
     </row>
     <row r="472" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A472" t="s">
         <v>1142</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="C472" s="1">
         <v>0.82789999999999997</v>
@@ -14249,54 +14249,54 @@
         <v>125000</v>
       </c>
     </row>
     <row r="475" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A475" t="s">
         <v>1151</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="C475" s="1">
         <v>2.3969999999999998</v>
       </c>
       <c r="D475" s="2">
         <v>554000</v>
       </c>
     </row>
     <row r="476" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A476" t="s">
         <v>1154</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="C476" s="1">
-        <v>0.95630000000000004</v>
+        <v>0.97819999999999996</v>
       </c>
       <c r="D476" s="2">
-        <v>443000</v>
+        <v>413000</v>
       </c>
     </row>
     <row r="477" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A477" t="s">
         <v>2263</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>2264</v>
       </c>
       <c r="C477" s="1">
         <v>1.5466</v>
       </c>
       <c r="D477" s="2">
         <v>424000</v>
       </c>
     </row>
     <row r="478" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A478" t="s">
         <v>2265</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>2266</v>
       </c>
       <c r="C478" s="1">
         <v>0.88790000000000002</v>
@@ -14641,54 +14641,54 @@
         <v>124000</v>
       </c>
     </row>
     <row r="503" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A503" t="s">
         <v>2059</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>2061</v>
       </c>
       <c r="C503" s="1">
         <v>0.82909999999999995</v>
       </c>
       <c r="D503" s="2">
         <v>178000</v>
       </c>
     </row>
     <row r="504" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A504" t="s">
         <v>1211</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="C504" s="1">
-        <v>2.4140999999999999</v>
+        <v>2.1758000000000002</v>
       </c>
       <c r="D504" s="2">
-        <v>1180000</v>
+        <v>1101000</v>
       </c>
     </row>
     <row r="505" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A505" t="s">
         <v>1214</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="C505" s="1">
         <v>1.4608000000000001</v>
       </c>
       <c r="D505" s="2">
         <v>336000</v>
       </c>
     </row>
     <row r="506" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A506" t="s">
         <v>1217</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>1218</v>
       </c>
       <c r="C506" s="1">
         <v>1.4608000000000001</v>
@@ -14725,54 +14725,54 @@
         <v>250000</v>
       </c>
     </row>
     <row r="509" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A509" t="s">
         <v>1226</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="C509" s="1">
         <v>0.59370000000000001</v>
       </c>
       <c r="D509" s="2">
         <v>145000</v>
       </c>
     </row>
     <row r="510" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A510" t="s">
         <v>1229</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>2338</v>
       </c>
       <c r="C510" s="1">
-        <v>0.9708</v>
+        <v>0.89400000000000002</v>
       </c>
       <c r="D510" s="2">
-        <v>242000</v>
+        <v>226000</v>
       </c>
     </row>
     <row r="511" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A511" t="s">
         <v>1230</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="C511" s="1">
         <v>1.6476999999999999</v>
       </c>
       <c r="D511" s="2">
         <v>422000</v>
       </c>
     </row>
     <row r="512" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A512" t="s">
         <v>1233</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="C512" s="1">
         <v>0.82969999999999999</v>
@@ -14879,54 +14879,54 @@
         <v>146000</v>
       </c>
     </row>
     <row r="520" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A520" t="s">
         <v>1257</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>1258</v>
       </c>
       <c r="C520" s="1">
         <v>0.49070000000000003</v>
       </c>
       <c r="D520" s="2">
         <v>102000</v>
       </c>
     </row>
     <row r="521" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A521" t="s">
         <v>1260</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>1261</v>
       </c>
       <c r="C521" s="1">
-        <v>0.58179999999999998</v>
+        <v>0.56340000000000001</v>
       </c>
       <c r="D521" s="2">
-        <v>156000</v>
+        <v>145000</v>
       </c>
     </row>
     <row r="522" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A522" t="s">
         <v>1262</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>2361</v>
       </c>
       <c r="C522" s="1">
         <v>1.1238999999999999</v>
       </c>
       <c r="D522" s="2">
         <v>258000</v>
       </c>
     </row>
     <row r="523" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A523" t="s">
         <v>1264</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>2362</v>
       </c>
       <c r="C523" s="1">
         <v>0.70440000000000003</v>
@@ -14977,68 +14977,68 @@
         <v>254000</v>
       </c>
     </row>
     <row r="527" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A527" t="s">
         <v>1272</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>1273</v>
       </c>
       <c r="C527" s="1">
         <v>0.66700000000000004</v>
       </c>
       <c r="D527" s="2">
         <v>100000</v>
       </c>
     </row>
     <row r="528" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A528" t="s">
         <v>1275</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>2130</v>
       </c>
       <c r="C528" s="1">
-        <v>0.92620000000000002</v>
+        <v>0.9304</v>
       </c>
       <c r="D528" s="2">
-        <v>242000</v>
+        <v>226000</v>
       </c>
     </row>
     <row r="529" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A529" t="s">
         <v>1276</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>2132</v>
       </c>
       <c r="C529" s="1">
-        <v>0.90839999999999999</v>
+        <v>0.84309999999999996</v>
       </c>
       <c r="D529" s="2">
-        <v>161000</v>
+        <v>150000</v>
       </c>
     </row>
     <row r="530" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A530" t="s">
         <v>1277</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="C530" s="1">
         <v>1.1234999999999999</v>
       </c>
       <c r="D530" s="2">
         <v>217000</v>
       </c>
     </row>
     <row r="531" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A531" t="s">
         <v>1280</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>1281</v>
       </c>
       <c r="C531" s="1">
         <v>0.64859999999999995</v>
@@ -15061,82 +15061,82 @@
         <v>188000</v>
       </c>
     </row>
     <row r="533" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A533" t="s">
         <v>1285</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="C533" s="1">
         <v>0.78310000000000002</v>
       </c>
       <c r="D533" s="2">
         <v>134000</v>
       </c>
     </row>
     <row r="534" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A534" t="s">
         <v>1287</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>2134</v>
       </c>
       <c r="C534" s="1">
-        <v>0.83930000000000005</v>
+        <v>0.81710000000000005</v>
       </c>
       <c r="D534" s="2">
-        <v>60000</v>
+        <v>56000</v>
       </c>
     </row>
     <row r="535" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A535" t="s">
         <v>1288</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>2136</v>
       </c>
       <c r="C535" s="1">
-        <v>3.7839</v>
+        <v>3.3420999999999998</v>
       </c>
       <c r="D535" s="2">
-        <v>246000</v>
+        <v>229000</v>
       </c>
     </row>
     <row r="536" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A536" t="s">
         <v>1289</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>2138</v>
       </c>
       <c r="C536" s="1">
-        <v>1.1825000000000001</v>
+        <v>1.1195999999999999</v>
       </c>
       <c r="D536" s="2">
-        <v>100000</v>
+        <v>93000</v>
       </c>
     </row>
     <row r="537" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A537" t="s">
         <v>1290</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>2140</v>
       </c>
       <c r="C537" s="1">
         <v>0.57110000000000005</v>
       </c>
       <c r="D537" s="2">
         <v>119000</v>
       </c>
     </row>
     <row r="538" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A538" t="s">
         <v>1291</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>2142</v>
       </c>
       <c r="C538" s="1">
         <v>1.3198000000000001</v>
@@ -15383,54 +15383,54 @@
         <v>160000</v>
       </c>
     </row>
     <row r="556" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A556" t="s">
         <v>1320</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>2394</v>
       </c>
       <c r="C556" s="1">
         <v>0.89119999999999999</v>
       </c>
       <c r="D556" s="2">
         <v>148000</v>
       </c>
     </row>
     <row r="557" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A557" t="s">
         <v>1321</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>2395</v>
       </c>
       <c r="C557" s="1">
-        <v>1.0845</v>
+        <v>0.92520000000000002</v>
       </c>
       <c r="D557" s="2">
-        <v>102000</v>
+        <v>95000</v>
       </c>
     </row>
     <row r="558" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A558" t="s">
         <v>1322</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>2164</v>
       </c>
       <c r="C558" s="1">
         <v>0.47699999999999998</v>
       </c>
       <c r="D558" s="2">
         <v>80000</v>
       </c>
     </row>
     <row r="559" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A559" t="s">
         <v>1323</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>2166</v>
       </c>
       <c r="C559" s="1">
         <v>0.47699999999999998</v>
@@ -16895,208 +16895,208 @@
         <v>155000</v>
       </c>
     </row>
     <row r="664" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A664" t="s">
         <v>1900</v>
       </c>
       <c r="B664" s="1" t="s">
         <v>1901</v>
       </c>
       <c r="C664" s="1">
         <v>1.1915</v>
       </c>
       <c r="D664" s="2">
         <v>155000</v>
       </c>
     </row>
     <row r="665" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A665" t="s">
         <v>1902</v>
       </c>
       <c r="B665" s="1" t="s">
         <v>1903</v>
       </c>
       <c r="C665" s="1">
-        <v>0.85260000000000002</v>
+        <v>0.81599999999999995</v>
       </c>
       <c r="D665" s="2">
-        <v>146000</v>
+        <v>136000</v>
       </c>
     </row>
     <row r="666" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A666" t="s">
         <v>1904</v>
       </c>
       <c r="B666" s="1" t="s">
         <v>1905</v>
       </c>
       <c r="C666" s="1">
-        <v>0.85260000000000002</v>
+        <v>0.81599999999999995</v>
       </c>
       <c r="D666" s="2">
-        <v>207000</v>
+        <v>193000</v>
       </c>
     </row>
     <row r="667" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A667" t="s">
         <v>1906</v>
       </c>
       <c r="B667" s="1" t="s">
         <v>2367</v>
       </c>
       <c r="C667" s="1">
-        <v>0.94510000000000005</v>
+        <v>0.97609999999999997</v>
       </c>
       <c r="D667" s="2">
-        <v>183000</v>
+        <v>171000</v>
       </c>
     </row>
     <row r="668" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A668" t="s">
         <v>1907</v>
       </c>
       <c r="B668" s="1" t="s">
         <v>2368</v>
       </c>
       <c r="C668" s="1">
-        <v>0.51719999999999999</v>
+        <v>0.4803</v>
       </c>
       <c r="D668" s="2">
-        <v>181000</v>
+        <v>169000</v>
       </c>
     </row>
     <row r="669" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A669" t="s">
         <v>1908</v>
       </c>
       <c r="B669" s="1" t="s">
         <v>1909</v>
       </c>
       <c r="C669" s="1">
-        <v>1.3408</v>
+        <v>1.3327</v>
       </c>
       <c r="D669" s="2">
-        <v>371000</v>
+        <v>346000</v>
       </c>
     </row>
     <row r="670" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A670" t="s">
         <v>1910</v>
       </c>
       <c r="B670" s="1" t="s">
         <v>1911</v>
       </c>
       <c r="C670" s="1">
-        <v>0.90720000000000001</v>
+        <v>0.90539999999999998</v>
       </c>
       <c r="D670" s="2">
-        <v>297000</v>
+        <v>277000</v>
       </c>
     </row>
     <row r="671" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A671" t="s">
         <v>1912</v>
       </c>
       <c r="B671" s="1" t="s">
         <v>1913</v>
       </c>
       <c r="C671" s="1">
-        <v>0.78580000000000005</v>
+        <v>0.74639999999999995</v>
       </c>
       <c r="D671" s="2">
-        <v>276000</v>
+        <v>258000</v>
       </c>
     </row>
     <row r="672" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A672" t="s">
         <v>1914</v>
       </c>
       <c r="B672" s="1" t="s">
         <v>1915</v>
       </c>
       <c r="C672" s="1">
         <v>0.58340000000000003</v>
       </c>
       <c r="D672" s="2">
         <v>142000</v>
       </c>
     </row>
     <row r="673" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A673" t="s">
         <v>1916</v>
       </c>
       <c r="B673" s="1" t="s">
         <v>1917</v>
       </c>
       <c r="C673" s="1">
         <v>0.41210000000000002</v>
       </c>
       <c r="D673" s="2">
         <v>86000</v>
       </c>
     </row>
     <row r="674" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A674" t="s">
         <v>1918</v>
       </c>
       <c r="B674" s="1" t="s">
         <v>1919</v>
       </c>
       <c r="C674" s="1">
-        <v>0.64759999999999995</v>
+        <v>0.66320000000000001</v>
       </c>
       <c r="D674" s="2">
-        <v>491000</v>
+        <v>458000</v>
       </c>
     </row>
     <row r="675" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A675" t="s">
         <v>1920</v>
       </c>
       <c r="B675" s="1" t="s">
         <v>1921</v>
       </c>
       <c r="C675" s="1">
-        <v>0.60970000000000002</v>
+        <v>0.5665</v>
       </c>
       <c r="D675" s="2">
-        <v>209000</v>
+        <v>195000</v>
       </c>
     </row>
     <row r="676" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A676" t="s">
         <v>1922</v>
       </c>
       <c r="B676" s="1" t="s">
         <v>1923</v>
       </c>
       <c r="C676" s="1">
-        <v>0.58630000000000004</v>
+        <v>0.57279999999999998</v>
       </c>
       <c r="D676" s="2">
-        <v>167000</v>
+        <v>155000</v>
       </c>
     </row>
     <row r="677" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A677" t="s">
         <v>1924</v>
       </c>
       <c r="B677" s="1" t="s">
         <v>1925</v>
       </c>
       <c r="C677" s="1">
         <v>0.40079999999999999</v>
       </c>
       <c r="D677" s="2">
         <v>69000</v>
       </c>
     </row>
     <row r="678" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A678" t="s">
         <v>1926</v>
       </c>
       <c r="B678" s="1" t="s">
         <v>1927</v>
       </c>
       <c r="C678" s="1">
         <v>0.84179999999999999</v>
@@ -17105,68 +17105,68 @@
         <v>189000</v>
       </c>
     </row>
     <row r="679" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A679" t="s">
         <v>1928</v>
       </c>
       <c r="B679" s="1" t="s">
         <v>1929</v>
       </c>
       <c r="C679" s="1">
         <v>0.74419999999999997</v>
       </c>
       <c r="D679" s="2">
         <v>184000</v>
       </c>
     </row>
     <row r="680" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A680" t="s">
         <v>1930</v>
       </c>
       <c r="B680" s="1" t="s">
         <v>1931</v>
       </c>
       <c r="C680" s="1">
-        <v>1.1802999999999999</v>
+        <v>1.0541</v>
       </c>
       <c r="D680" s="2">
-        <v>225000</v>
+        <v>210000</v>
       </c>
     </row>
     <row r="681" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A681" t="s">
         <v>1932</v>
       </c>
       <c r="B681" s="1" t="s">
         <v>1933</v>
       </c>
       <c r="C681" s="1">
-        <v>0.81140000000000001</v>
+        <v>0.8337</v>
       </c>
       <c r="D681" s="2">
-        <v>118000</v>
+        <v>110000</v>
       </c>
     </row>
     <row r="682" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A682" t="s">
         <v>1934</v>
       </c>
       <c r="B682" s="1" t="s">
         <v>2340</v>
       </c>
       <c r="C682" s="1">
         <v>1.3489</v>
       </c>
       <c r="D682" s="2">
         <v>268000</v>
       </c>
     </row>
     <row r="683" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A683" t="s">
         <v>1594</v>
       </c>
       <c r="B683" s="1" t="s">
         <v>2342</v>
       </c>
       <c r="C683" s="1">
         <v>1.1194999999999999</v>
@@ -17175,236 +17175,236 @@
         <v>262000</v>
       </c>
     </row>
     <row r="684" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A684" t="s">
         <v>1595</v>
       </c>
       <c r="B684" s="1" t="s">
         <v>2344</v>
       </c>
       <c r="C684" s="1">
         <v>0.9647</v>
       </c>
       <c r="D684" s="2">
         <v>241000</v>
       </c>
     </row>
     <row r="685" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A685" t="s">
         <v>1596</v>
       </c>
       <c r="B685" s="1" t="s">
         <v>1597</v>
       </c>
       <c r="C685" s="1">
-        <v>2.1722999999999999</v>
+        <v>1.3545</v>
       </c>
       <c r="D685" s="2">
-        <v>530000</v>
+        <v>495000</v>
       </c>
     </row>
     <row r="686" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A686" t="s">
         <v>1935</v>
       </c>
       <c r="B686" s="1" t="s">
         <v>1936</v>
       </c>
       <c r="C686" s="1">
-        <v>0.59179999999999999</v>
+        <v>0.74119999999999997</v>
       </c>
       <c r="D686" s="2">
-        <v>113000</v>
+        <v>106000</v>
       </c>
     </row>
     <row r="687" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A687" t="s">
         <v>1937</v>
       </c>
       <c r="B687" s="1" t="s">
         <v>1938</v>
       </c>
       <c r="C687" s="1">
-        <v>0.35110000000000002</v>
+        <v>0.38769999999999999</v>
       </c>
       <c r="D687" s="2">
-        <v>235000</v>
+        <v>219000</v>
       </c>
     </row>
     <row r="688" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A688" t="s">
         <v>1939</v>
       </c>
       <c r="B688" s="1" t="s">
         <v>1940</v>
       </c>
       <c r="C688" s="1">
         <v>0.83399999999999996</v>
       </c>
       <c r="D688" s="2">
         <v>147000</v>
       </c>
     </row>
     <row r="689" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A689" t="s">
         <v>1941</v>
       </c>
       <c r="B689" s="1" t="s">
         <v>1942</v>
       </c>
       <c r="C689" s="1">
         <v>0.83399999999999996</v>
       </c>
       <c r="D689" s="2">
         <v>147000</v>
       </c>
     </row>
     <row r="690" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A690" t="s">
         <v>1943</v>
       </c>
       <c r="B690" s="1" t="s">
         <v>1944</v>
       </c>
       <c r="C690" s="1">
-        <v>0.83589999999999998</v>
+        <v>0.8004</v>
       </c>
       <c r="D690" s="2">
-        <v>252000</v>
+        <v>235000</v>
       </c>
     </row>
     <row r="691" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A691" t="s">
         <v>1945</v>
       </c>
       <c r="B691" s="1" t="s">
         <v>1946</v>
       </c>
       <c r="C691" s="1">
-        <v>0.83030000000000004</v>
+        <v>0.70899999999999996</v>
       </c>
       <c r="D691" s="2">
-        <v>236000</v>
+        <v>220000</v>
       </c>
     </row>
     <row r="692" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A692" t="s">
         <v>1947</v>
       </c>
       <c r="B692" s="1" t="s">
         <v>1948</v>
       </c>
       <c r="C692" s="1">
-        <v>0.95960000000000001</v>
+        <v>1.0198</v>
       </c>
       <c r="D692" s="2">
-        <v>265000</v>
+        <v>248000</v>
       </c>
     </row>
     <row r="693" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A693" t="s">
         <v>1949</v>
       </c>
       <c r="B693" s="1" t="s">
         <v>2203</v>
       </c>
       <c r="C693" s="1">
-        <v>0.95960000000000001</v>
+        <v>1.0198</v>
       </c>
       <c r="D693" s="2">
-        <v>204000</v>
+        <v>190000</v>
       </c>
     </row>
     <row r="694" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A694" t="s">
         <v>1950</v>
       </c>
       <c r="B694" s="1" t="s">
         <v>1951</v>
       </c>
       <c r="C694" s="1">
-        <v>0.69099999999999995</v>
+        <v>0.67259999999999998</v>
       </c>
       <c r="D694" s="2">
-        <v>108000</v>
+        <v>101000</v>
       </c>
     </row>
     <row r="695" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A695" t="s">
         <v>1952</v>
       </c>
       <c r="B695" s="1" t="s">
         <v>1953</v>
       </c>
       <c r="C695" s="1">
-        <v>0.77569999999999995</v>
+        <v>0.60289999999999999</v>
       </c>
       <c r="D695" s="2">
-        <v>108000</v>
+        <v>101000</v>
       </c>
     </row>
     <row r="696" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A696" t="s">
         <v>1954</v>
       </c>
       <c r="B696" s="1" t="s">
         <v>2346</v>
       </c>
       <c r="C696" s="1">
         <v>0.96389999999999998</v>
       </c>
       <c r="D696" s="2">
         <v>249000</v>
       </c>
     </row>
     <row r="697" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A697" t="s">
         <v>1955</v>
       </c>
       <c r="B697" s="1" t="s">
         <v>2348</v>
       </c>
       <c r="C697" s="1">
         <v>0.96389999999999998</v>
       </c>
       <c r="D697" s="2">
         <v>249000</v>
       </c>
     </row>
     <row r="698" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A698" t="s">
         <v>1956</v>
       </c>
       <c r="B698" s="1" t="s">
         <v>1957</v>
       </c>
       <c r="C698" s="1">
-        <v>0.69879999999999998</v>
+        <v>0.64139999999999997</v>
       </c>
       <c r="D698" s="2">
-        <v>215000</v>
+        <v>201000</v>
       </c>
     </row>
     <row r="699" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A699" t="s">
         <v>1958</v>
       </c>
       <c r="B699" s="1" t="s">
         <v>1959</v>
       </c>
       <c r="C699" s="1">
         <v>0.50229999999999997</v>
       </c>
       <c r="D699" s="2">
         <v>111000</v>
       </c>
     </row>
     <row r="700" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A700" t="s">
         <v>1960</v>
       </c>
       <c r="B700" s="1" t="s">
         <v>1961</v>
       </c>
       <c r="C700" s="1">
         <v>0.57210000000000005</v>
@@ -17413,82 +17413,82 @@
         <v>72000</v>
       </c>
     </row>
     <row r="701" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A701" t="s">
         <v>1962</v>
       </c>
       <c r="B701" s="1" t="s">
         <v>1963</v>
       </c>
       <c r="C701" s="1">
         <v>0.57210000000000005</v>
       </c>
       <c r="D701" s="2">
         <v>72000</v>
       </c>
     </row>
     <row r="702" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A702" t="s">
         <v>1964</v>
       </c>
       <c r="B702" s="1" t="s">
         <v>1965</v>
       </c>
       <c r="C702" s="1">
-        <v>1.2862</v>
+        <v>1.2641</v>
       </c>
       <c r="D702" s="2">
-        <v>370000</v>
+        <v>345000</v>
       </c>
     </row>
     <row r="703" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A703" t="s">
         <v>1966</v>
       </c>
       <c r="B703" s="1" t="s">
         <v>1967</v>
       </c>
       <c r="C703" s="1">
         <v>0.50770000000000004</v>
       </c>
       <c r="D703" s="2">
         <v>118000</v>
       </c>
     </row>
     <row r="704" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A704" t="s">
         <v>1968</v>
       </c>
       <c r="B704" s="1" t="s">
         <v>1969</v>
       </c>
       <c r="C704" s="1">
-        <v>1.2784</v>
+        <v>1.1860999999999999</v>
       </c>
       <c r="D704" s="2">
-        <v>106000</v>
+        <v>99000</v>
       </c>
     </row>
     <row r="705" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A705" t="s">
         <v>1970</v>
       </c>
       <c r="B705" s="1" t="s">
         <v>1971</v>
       </c>
       <c r="C705" s="1">
         <v>0.2097</v>
       </c>
       <c r="D705" s="2">
         <v>38000</v>
       </c>
     </row>
     <row r="706" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A706" t="s">
         <v>1972</v>
       </c>
       <c r="B706" s="1" t="s">
         <v>1973</v>
       </c>
       <c r="C706" s="1">
         <v>0.70750000000000002</v>
@@ -18043,54 +18043,54 @@
         <v>1849000</v>
       </c>
     </row>
     <row r="746" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A746" t="s">
         <v>1678</v>
       </c>
       <c r="B746" s="1" t="s">
         <v>1679</v>
       </c>
       <c r="C746" s="1">
         <v>10.2156</v>
       </c>
       <c r="D746" s="2">
         <v>1439000</v>
       </c>
     </row>
     <row r="747" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A747" t="s">
         <v>1681</v>
       </c>
       <c r="B747" s="1" t="s">
         <v>1682</v>
       </c>
       <c r="C747" s="1">
-        <v>8.8082999999999991</v>
+        <v>8.7341999999999995</v>
       </c>
       <c r="D747" s="2">
-        <v>2722000</v>
+        <v>2538000</v>
       </c>
     </row>
     <row r="748" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A748" t="s">
         <v>1684</v>
       </c>
       <c r="B748" s="1" t="s">
         <v>1685</v>
       </c>
       <c r="C748" s="1">
         <v>10.351100000000001</v>
       </c>
       <c r="D748" s="2">
         <v>2518000</v>
       </c>
     </row>
     <row r="749" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A749" t="s">
         <v>1687</v>
       </c>
       <c r="B749" s="1" t="s">
         <v>1688</v>
       </c>
       <c r="C749" s="1">
         <v>2.7999000000000001</v>
@@ -18309,54 +18309,54 @@
         <v>164000</v>
       </c>
     </row>
     <row r="765" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A765" t="s">
         <v>1729</v>
       </c>
       <c r="B765" s="1" t="s">
         <v>1730</v>
       </c>
       <c r="C765" s="1">
         <v>0.26519999999999999</v>
       </c>
       <c r="D765" s="2">
         <v>67000</v>
       </c>
     </row>
     <row r="766" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A766" t="s">
         <v>1732</v>
       </c>
       <c r="B766" s="1" t="s">
         <v>1733</v>
       </c>
       <c r="C766" s="1">
-        <v>2.3851</v>
+        <v>1.7454000000000001</v>
       </c>
       <c r="D766" s="2">
-        <v>624000</v>
+        <v>582000</v>
       </c>
     </row>
     <row r="767" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A767" t="s">
         <v>1734</v>
       </c>
       <c r="B767" s="1" t="s">
         <v>1735</v>
       </c>
       <c r="C767" s="1">
         <v>0</v>
       </c>
       <c r="D767" s="2">
         <v>20000000</v>
       </c>
     </row>
     <row r="768" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A768" t="s">
         <v>1736</v>
       </c>
       <c r="B768" s="1" t="s">
         <v>1737</v>
       </c>
       <c r="C768" s="1">
         <v>0</v>
@@ -18617,54 +18617,54 @@
         <v>20000000</v>
       </c>
     </row>
     <row r="787" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A787" t="s">
         <v>1792</v>
       </c>
       <c r="B787" s="1" t="s">
         <v>1793</v>
       </c>
       <c r="C787" s="1">
         <v>0</v>
       </c>
       <c r="D787" s="2">
         <v>20000000</v>
       </c>
     </row>
     <row r="788" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A788" t="s">
         <v>1795</v>
       </c>
       <c r="B788" s="1" t="s">
         <v>1796</v>
       </c>
       <c r="C788" s="1">
-        <v>0.78459999999999996</v>
+        <v>0.76300000000000001</v>
       </c>
       <c r="D788" s="2">
-        <v>192000</v>
+        <v>179000</v>
       </c>
     </row>
     <row r="789" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A789" t="s">
         <v>1798</v>
       </c>
       <c r="B789" s="1" t="s">
         <v>1799</v>
       </c>
       <c r="C789" s="1">
         <v>0</v>
       </c>
       <c r="D789" s="2">
         <v>20000000</v>
       </c>
     </row>
     <row r="790" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A790" t="s">
         <v>1801</v>
       </c>
       <c r="B790" s="1" t="s">
         <v>1802</v>
       </c>
       <c r="C790" s="1">
         <v>0</v>
@@ -19057,51 +19057,51 @@
       </c>
       <c r="B818" t="s">
         <v>1998</v>
       </c>
       <c r="C818" s="1">
         <v>0</v>
       </c>
       <c r="D818" s="2">
         <v>20000000</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A9:D817">
     <sortCondition ref="A8:A817"/>
   </sortState>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:E811"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E811" sqref="E2:E811"/>
+      <selection activeCell="G1" sqref="G1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="46.7109375" customWidth="1"/>
     <col min="3" max="3" width="32.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.140625" style="2" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>2387</v>
       </c>
       <c r="B1" t="s">
         <v>2404</v>
       </c>
       <c r="C1" t="s">
         <v>2388</v>
       </c>
       <c r="D1" t="s">
         <v>2389</v>
       </c>
       <c r="E1" s="2" t="s">
@@ -19318,54 +19318,54 @@
       </c>
       <c r="B14" t="s">
         <v>36</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" s="1">
         <v>2.7753999999999999</v>
       </c>
       <c r="E14" s="2">
         <v>670000</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>37</v>
       </c>
       <c r="B15" t="s">
         <v>39</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
       <c r="D15" s="1">
-        <v>1.0076000000000001</v>
+        <v>0.94599999999999995</v>
       </c>
       <c r="E15" s="2">
-        <v>117000</v>
+        <v>109000</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>1890</v>
       </c>
       <c r="B16" t="s">
         <v>1999</v>
       </c>
       <c r="C16" t="s">
         <v>1891</v>
       </c>
       <c r="D16" s="1">
         <v>3.5790000000000002</v>
       </c>
       <c r="E16" s="2">
         <v>624000</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>1892</v>
       </c>
       <c r="B17" t="s">
         <v>2000</v>
@@ -19420,54 +19420,54 @@
       </c>
       <c r="B20" t="s">
         <v>48</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20" s="1">
         <v>2.2128999999999999</v>
       </c>
       <c r="E20" s="2">
         <v>303000</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>49</v>
       </c>
       <c r="B21" t="s">
         <v>51</v>
       </c>
       <c r="C21" t="s">
         <v>50</v>
       </c>
       <c r="D21" s="1">
-        <v>0.65539999999999998</v>
+        <v>0.76300000000000001</v>
       </c>
       <c r="E21" s="2">
-        <v>212000</v>
+        <v>198000</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>52</v>
       </c>
       <c r="B22" t="s">
         <v>1875</v>
       </c>
       <c r="C22" t="s">
         <v>1874</v>
       </c>
       <c r="D22" s="1">
         <v>3.5884</v>
       </c>
       <c r="E22" s="2">
         <v>1028000</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" t="s">
         <v>1877</v>
@@ -20270,51 +20270,51 @@
       </c>
       <c r="B70" t="s">
         <v>1887</v>
       </c>
       <c r="C70" t="s">
         <v>1886</v>
       </c>
       <c r="D70" s="1">
         <v>0.94040000000000001</v>
       </c>
       <c r="E70" s="2">
         <v>197000</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>172</v>
       </c>
       <c r="B71" t="s">
         <v>174</v>
       </c>
       <c r="C71" t="s">
         <v>173</v>
       </c>
       <c r="D71" s="1">
-        <v>0</v>
+        <v>1.4802999999999999</v>
       </c>
       <c r="E71" s="2">
         <v>20000000</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>175</v>
       </c>
       <c r="B72" t="s">
         <v>176</v>
       </c>
       <c r="C72" t="s">
         <v>176</v>
       </c>
       <c r="D72" s="1">
         <v>0.46089999999999998</v>
       </c>
       <c r="E72" s="2">
         <v>111000</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>177</v>
@@ -20508,122 +20508,122 @@
       </c>
       <c r="B84" t="s">
         <v>207</v>
       </c>
       <c r="C84" t="s">
         <v>206</v>
       </c>
       <c r="D84" s="1">
         <v>0.89249999999999996</v>
       </c>
       <c r="E84" s="2">
         <v>150000</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>2301</v>
       </c>
       <c r="B85" t="s">
         <v>2374</v>
       </c>
       <c r="C85" t="s">
         <v>2350</v>
       </c>
       <c r="D85" s="1">
-        <v>1.5860000000000001</v>
+        <v>1.393</v>
       </c>
       <c r="E85" s="2">
-        <v>436000</v>
+        <v>407000</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>2349</v>
       </c>
       <c r="B86" t="s">
         <v>2375</v>
       </c>
       <c r="C86" t="s">
         <v>2351</v>
       </c>
       <c r="D86">
-        <v>2.3616999999999999</v>
+        <v>2.1164999999999998</v>
       </c>
       <c r="E86" s="2">
         <v>20000000</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>208</v>
       </c>
       <c r="B87" t="s">
         <v>210</v>
       </c>
       <c r="C87" t="s">
         <v>209</v>
       </c>
       <c r="D87" s="1">
         <v>2.1717</v>
       </c>
       <c r="E87" s="2">
         <v>390000</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>211</v>
       </c>
       <c r="B88" t="s">
         <v>2315</v>
       </c>
       <c r="C88" t="s">
         <v>2316</v>
       </c>
       <c r="D88" s="1">
         <v>0.94089999999999996</v>
       </c>
       <c r="E88" s="2">
         <v>234000</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>212</v>
       </c>
       <c r="B89" t="s">
         <v>214</v>
       </c>
       <c r="C89" t="s">
         <v>213</v>
       </c>
       <c r="D89" s="1">
-        <v>0.65649999999999997</v>
+        <v>0.65280000000000005</v>
       </c>
       <c r="E89" s="2">
-        <v>143000</v>
+        <v>134000</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>215</v>
       </c>
       <c r="B90" t="s">
         <v>217</v>
       </c>
       <c r="C90" t="s">
         <v>216</v>
       </c>
       <c r="D90" s="1">
         <v>0.98329999999999995</v>
       </c>
       <c r="E90" s="2">
         <v>185000</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>218</v>
       </c>
       <c r="B91" t="s">
         <v>220</v>
@@ -21919,54 +21919,54 @@
       </c>
       <c r="B167" t="s">
         <v>2274</v>
       </c>
       <c r="C167" t="s">
         <v>2214</v>
       </c>
       <c r="D167" s="1">
         <v>3.7441</v>
       </c>
       <c r="E167" s="2">
         <v>562000</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
         <v>415</v>
       </c>
       <c r="B168" t="s">
         <v>417</v>
       </c>
       <c r="C168" t="s">
         <v>416</v>
       </c>
       <c r="D168" s="1">
-        <v>4.3377999999999997</v>
+        <v>4.0490000000000004</v>
       </c>
       <c r="E168" s="2">
-        <v>756000</v>
+        <v>705000</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
         <v>418</v>
       </c>
       <c r="B169" t="s">
         <v>420</v>
       </c>
       <c r="C169" t="s">
         <v>419</v>
       </c>
       <c r="D169" s="1">
         <v>4.798</v>
       </c>
       <c r="E169" s="2">
         <v>850000</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
         <v>421</v>
       </c>
       <c r="B170" t="s">
         <v>423</v>
@@ -22208,54 +22208,54 @@
       </c>
       <c r="B184" t="s">
         <v>441</v>
       </c>
       <c r="C184" t="s">
         <v>440</v>
       </c>
       <c r="D184" s="1">
         <v>1.3781000000000001</v>
       </c>
       <c r="E184" s="2">
         <v>321000</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
         <v>442</v>
       </c>
       <c r="B185" t="s">
         <v>444</v>
       </c>
       <c r="C185" t="s">
         <v>443</v>
       </c>
       <c r="D185" s="1">
-        <v>0.79579999999999995</v>
+        <v>0.88049999999999995</v>
       </c>
       <c r="E185" s="2">
-        <v>132000</v>
+        <v>123000</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
         <v>2225</v>
       </c>
       <c r="B186" t="s">
         <v>2279</v>
       </c>
       <c r="C186" t="s">
         <v>2226</v>
       </c>
       <c r="D186" s="1">
         <v>3.6227</v>
       </c>
       <c r="E186" s="2">
         <v>1000000</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
         <v>2227</v>
       </c>
       <c r="B187" t="s">
         <v>2280</v>
@@ -24061,54 +24061,54 @@
       </c>
       <c r="B293" t="s">
         <v>693</v>
       </c>
       <c r="C293" t="s">
         <v>693</v>
       </c>
       <c r="D293" s="1">
         <v>15.052199999999999</v>
       </c>
       <c r="E293" s="2">
         <v>1840000</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
         <v>694</v>
       </c>
       <c r="B294" t="s">
         <v>696</v>
       </c>
       <c r="C294" t="s">
         <v>695</v>
       </c>
       <c r="D294" s="1">
-        <v>24.132200000000001</v>
+        <v>21.5091</v>
       </c>
       <c r="E294" s="2">
-        <v>2765000</v>
+        <v>2579000</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
         <v>697</v>
       </c>
       <c r="B295" t="s">
         <v>699</v>
       </c>
       <c r="C295" t="s">
         <v>698</v>
       </c>
       <c r="D295" s="1">
         <v>6.9599000000000002</v>
       </c>
       <c r="E295" s="2">
         <v>1442000</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
         <v>700</v>
       </c>
       <c r="B296" t="s">
         <v>702</v>
@@ -24180,71 +24180,71 @@
       </c>
       <c r="B300" t="s">
         <v>714</v>
       </c>
       <c r="C300" t="s">
         <v>713</v>
       </c>
       <c r="D300" s="1">
         <v>1.7689999999999999</v>
       </c>
       <c r="E300" s="2">
         <v>370000</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
         <v>715</v>
       </c>
       <c r="B301" t="s">
         <v>717</v>
       </c>
       <c r="C301" t="s">
         <v>716</v>
       </c>
       <c r="D301" s="1">
-        <v>2.3996</v>
+        <v>2.1674000000000002</v>
       </c>
       <c r="E301" s="2">
-        <v>655000</v>
+        <v>611000</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
         <v>718</v>
       </c>
       <c r="B302" t="s">
         <v>720</v>
       </c>
       <c r="C302" t="s">
         <v>719</v>
       </c>
       <c r="D302" s="1">
-        <v>1.7476</v>
+        <v>1.6768000000000001</v>
       </c>
       <c r="E302" s="2">
-        <v>310000</v>
+        <v>289000</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
         <v>721</v>
       </c>
       <c r="B303" t="s">
         <v>723</v>
       </c>
       <c r="C303" t="s">
         <v>722</v>
       </c>
       <c r="D303" s="1">
         <v>3.1884000000000001</v>
       </c>
       <c r="E303" s="2">
         <v>636000</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
         <v>724</v>
       </c>
       <c r="B304" t="s">
         <v>726</v>
@@ -25115,54 +25115,54 @@
       </c>
       <c r="B355" t="s">
         <v>2004</v>
       </c>
       <c r="C355" t="s">
         <v>863</v>
       </c>
       <c r="D355" s="1">
         <v>0.88600000000000001</v>
       </c>
       <c r="E355" s="2">
         <v>134000</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" t="s">
         <v>864</v>
       </c>
       <c r="B356" t="s">
         <v>866</v>
       </c>
       <c r="C356" t="s">
         <v>865</v>
       </c>
       <c r="D356" s="1">
-        <v>2.2280000000000002</v>
+        <v>2.0385</v>
       </c>
       <c r="E356" s="2">
-        <v>546000</v>
+        <v>509000</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" t="s">
         <v>867</v>
       </c>
       <c r="B357" t="s">
         <v>869</v>
       </c>
       <c r="C357" t="s">
         <v>868</v>
       </c>
       <c r="D357" s="1">
         <v>1.3338000000000001</v>
       </c>
       <c r="E357" s="2">
         <v>209000</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" t="s">
         <v>870</v>
       </c>
       <c r="B358" t="s">
         <v>2310</v>
@@ -25353,54 +25353,54 @@
       </c>
       <c r="B369" t="s">
         <v>900</v>
       </c>
       <c r="C369" t="s">
         <v>899</v>
       </c>
       <c r="D369" s="1">
         <v>1.0547</v>
       </c>
       <c r="E369" s="2">
         <v>198000</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" t="s">
         <v>901</v>
       </c>
       <c r="B370" t="s">
         <v>903</v>
       </c>
       <c r="C370" t="s">
         <v>902</v>
       </c>
       <c r="D370" s="1">
-        <v>5.9996</v>
+        <v>6.5304000000000002</v>
       </c>
       <c r="E370" s="2">
-        <v>2383000</v>
+        <v>2222000</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" t="s">
         <v>904</v>
       </c>
       <c r="B371" t="s">
         <v>906</v>
       </c>
       <c r="C371" t="s">
         <v>905</v>
       </c>
       <c r="D371" s="1">
         <v>3.0695999999999999</v>
       </c>
       <c r="E371" s="2">
         <v>793000</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" t="s">
         <v>907</v>
       </c>
       <c r="B372" t="s">
         <v>909</v>
@@ -25438,54 +25438,54 @@
       </c>
       <c r="B374" t="s">
         <v>915</v>
       </c>
       <c r="C374" t="s">
         <v>914</v>
       </c>
       <c r="D374" s="1">
         <v>0.92290000000000005</v>
       </c>
       <c r="E374" s="2">
         <v>153000</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" t="s">
         <v>916</v>
       </c>
       <c r="B375" t="s">
         <v>918</v>
       </c>
       <c r="C375" t="s">
         <v>917</v>
       </c>
       <c r="D375" s="1">
-        <v>1.9895</v>
+        <v>1.9346000000000001</v>
       </c>
       <c r="E375" s="2">
-        <v>680000</v>
+        <v>634000</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" t="s">
         <v>919</v>
       </c>
       <c r="B376" t="s">
         <v>921</v>
       </c>
       <c r="C376" t="s">
         <v>920</v>
       </c>
       <c r="D376" s="1">
         <v>1.0861000000000001</v>
       </c>
       <c r="E376" s="2">
         <v>255000</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" t="s">
         <v>922</v>
       </c>
       <c r="B377" t="s">
         <v>924</v>
@@ -26152,54 +26152,54 @@
       </c>
       <c r="B416" t="s">
         <v>1020</v>
       </c>
       <c r="C416" t="s">
         <v>1019</v>
       </c>
       <c r="D416" s="1">
         <v>0.6986</v>
       </c>
       <c r="E416" s="2">
         <v>158000</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" t="s">
         <v>1021</v>
       </c>
       <c r="B417" t="s">
         <v>2117</v>
       </c>
       <c r="C417" t="s">
         <v>1022</v>
       </c>
       <c r="D417" s="1">
-        <v>0.61299999999999999</v>
+        <v>0.74950000000000006</v>
       </c>
       <c r="E417" s="2">
-        <v>159000</v>
+        <v>149000</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" t="s">
         <v>1023</v>
       </c>
       <c r="B418" t="s">
         <v>2118</v>
       </c>
       <c r="C418" t="s">
         <v>1024</v>
       </c>
       <c r="D418" s="1">
         <v>0.51970000000000005</v>
       </c>
       <c r="E418" s="2">
         <v>110000</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" t="s">
         <v>1025</v>
       </c>
       <c r="B419" t="s">
         <v>1027</v>
@@ -26237,54 +26237,54 @@
       </c>
       <c r="B421" t="s">
         <v>1033</v>
       </c>
       <c r="C421" t="s">
         <v>1032</v>
       </c>
       <c r="D421" s="1">
         <v>2.7031000000000001</v>
       </c>
       <c r="E421" s="2">
         <v>619000</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" t="s">
         <v>1034</v>
       </c>
       <c r="B422" t="s">
         <v>1036</v>
       </c>
       <c r="C422" t="s">
         <v>1035</v>
       </c>
       <c r="D422" s="1">
-        <v>1.605</v>
+        <v>1.4096</v>
       </c>
       <c r="E422" s="2">
-        <v>659000</v>
+        <v>615000</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" t="s">
         <v>1037</v>
       </c>
       <c r="B423" t="s">
         <v>1039</v>
       </c>
       <c r="C423" t="s">
         <v>1038</v>
       </c>
       <c r="D423" s="1">
         <v>0.84379999999999999</v>
       </c>
       <c r="E423" s="2">
         <v>148000</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" t="s">
         <v>1040</v>
       </c>
       <c r="B424" t="s">
         <v>1042</v>
@@ -26849,139 +26849,139 @@
       </c>
       <c r="B457" t="s">
         <v>1121</v>
       </c>
       <c r="C457" t="s">
         <v>1120</v>
       </c>
       <c r="D457" s="1">
         <v>2.3071999999999999</v>
       </c>
       <c r="E457" s="2">
         <v>472000</v>
       </c>
     </row>
     <row r="458" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A458" t="s">
         <v>1122</v>
       </c>
       <c r="B458" t="s">
         <v>1124</v>
       </c>
       <c r="C458" t="s">
         <v>1123</v>
       </c>
       <c r="D458" s="1">
-        <v>2.0752999999999999</v>
+        <v>2.3212999999999999</v>
       </c>
       <c r="E458" s="2">
-        <v>558000</v>
+        <v>520000</v>
       </c>
     </row>
     <row r="459" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A459" t="s">
         <v>1125</v>
       </c>
       <c r="B459" t="s">
         <v>1127</v>
       </c>
       <c r="C459" t="s">
         <v>1126</v>
       </c>
       <c r="D459" s="1">
         <v>1.9759</v>
       </c>
       <c r="E459" s="2">
         <v>389000</v>
       </c>
     </row>
     <row r="460" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A460" t="s">
         <v>1128</v>
       </c>
       <c r="B460" t="s">
         <v>1130</v>
       </c>
       <c r="C460" t="s">
         <v>1129</v>
       </c>
       <c r="D460" s="1">
-        <v>1.0421</v>
+        <v>1.1373</v>
       </c>
       <c r="E460" s="2">
-        <v>669000</v>
+        <v>624000</v>
       </c>
     </row>
     <row r="461" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A461" t="s">
         <v>1131</v>
       </c>
       <c r="B461" t="s">
         <v>1133</v>
       </c>
       <c r="C461" t="s">
         <v>1132</v>
       </c>
       <c r="D461" s="1">
         <v>0.87680000000000002</v>
       </c>
       <c r="E461" s="2">
         <v>134000</v>
       </c>
     </row>
     <row r="462" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A462" t="s">
         <v>1134</v>
       </c>
       <c r="B462" t="s">
         <v>1136</v>
       </c>
       <c r="C462" t="s">
         <v>1135</v>
       </c>
       <c r="D462" s="1">
         <v>0.85070000000000001</v>
       </c>
       <c r="E462" s="2">
         <v>120000</v>
       </c>
     </row>
     <row r="463" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A463" t="s">
         <v>1137</v>
       </c>
       <c r="B463" t="s">
         <v>1138</v>
       </c>
       <c r="C463" t="s">
         <v>2359</v>
       </c>
       <c r="D463" s="1">
-        <v>1.3574999999999999</v>
+        <v>1.2224999999999999</v>
       </c>
       <c r="E463" s="2">
-        <v>137000</v>
+        <v>128000</v>
       </c>
     </row>
     <row r="464" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A464" t="s">
         <v>1139</v>
       </c>
       <c r="B464" t="s">
         <v>1141</v>
       </c>
       <c r="C464" t="s">
         <v>1140</v>
       </c>
       <c r="D464" s="1">
         <v>0.89770000000000005</v>
       </c>
       <c r="E464" s="2">
         <v>134000</v>
       </c>
     </row>
     <row r="465" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A465" t="s">
         <v>1142</v>
       </c>
       <c r="B465" t="s">
         <v>1144</v>
@@ -27036,54 +27036,54 @@
       </c>
       <c r="B468" t="s">
         <v>1153</v>
       </c>
       <c r="C468" t="s">
         <v>1152</v>
       </c>
       <c r="D468" s="1">
         <v>2.3969999999999998</v>
       </c>
       <c r="E468" s="2">
         <v>554000</v>
       </c>
     </row>
     <row r="469" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A469" t="s">
         <v>1154</v>
       </c>
       <c r="B469" t="s">
         <v>1156</v>
       </c>
       <c r="C469" t="s">
         <v>1155</v>
       </c>
       <c r="D469" s="1">
-        <v>0.95630000000000004</v>
+        <v>0.97819999999999996</v>
       </c>
       <c r="E469" s="2">
-        <v>443000</v>
+        <v>413000</v>
       </c>
     </row>
     <row r="470" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A470" t="s">
         <v>2263</v>
       </c>
       <c r="B470" t="s">
         <v>2297</v>
       </c>
       <c r="C470" t="s">
         <v>2264</v>
       </c>
       <c r="D470" s="1">
         <v>1.5466</v>
       </c>
       <c r="E470" s="2">
         <v>424000</v>
       </c>
     </row>
     <row r="471" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A471" t="s">
         <v>2265</v>
       </c>
       <c r="B471" t="s">
         <v>2298</v>
@@ -27512,54 +27512,54 @@
       </c>
       <c r="B496" t="s">
         <v>2060</v>
       </c>
       <c r="C496" t="s">
         <v>2061</v>
       </c>
       <c r="D496" s="1">
         <v>0.82909999999999995</v>
       </c>
       <c r="E496" s="2">
         <v>178000</v>
       </c>
     </row>
     <row r="497" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A497" t="s">
         <v>1211</v>
       </c>
       <c r="B497" t="s">
         <v>1213</v>
       </c>
       <c r="C497" t="s">
         <v>1212</v>
       </c>
       <c r="D497" s="1">
-        <v>2.4140999999999999</v>
+        <v>2.1758000000000002</v>
       </c>
       <c r="E497" s="2">
-        <v>1180000</v>
+        <v>1101000</v>
       </c>
     </row>
     <row r="498" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A498" t="s">
         <v>1214</v>
       </c>
       <c r="B498" t="s">
         <v>1216</v>
       </c>
       <c r="C498" t="s">
         <v>1215</v>
       </c>
       <c r="D498" s="1">
         <v>1.4608000000000001</v>
       </c>
       <c r="E498" s="2">
         <v>336000</v>
       </c>
     </row>
     <row r="499" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A499" t="s">
         <v>1217</v>
       </c>
       <c r="B499" t="s">
         <v>1219</v>
@@ -27614,54 +27614,54 @@
       </c>
       <c r="B502" t="s">
         <v>1228</v>
       </c>
       <c r="C502" t="s">
         <v>1227</v>
       </c>
       <c r="D502" s="1">
         <v>0.59370000000000001</v>
       </c>
       <c r="E502" s="2">
         <v>145000</v>
       </c>
     </row>
     <row r="503" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A503" t="s">
         <v>1229</v>
       </c>
       <c r="B503" t="s">
         <v>2337</v>
       </c>
       <c r="C503" t="s">
         <v>2338</v>
       </c>
       <c r="D503" s="1">
-        <v>0.9708</v>
+        <v>0.89400000000000002</v>
       </c>
       <c r="E503" s="2">
-        <v>242000</v>
+        <v>226000</v>
       </c>
     </row>
     <row r="504" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A504" t="s">
         <v>1230</v>
       </c>
       <c r="B504" t="s">
         <v>1232</v>
       </c>
       <c r="C504" t="s">
         <v>1231</v>
       </c>
       <c r="D504" s="1">
         <v>1.6476999999999999</v>
       </c>
       <c r="E504" s="2">
         <v>422000</v>
       </c>
     </row>
     <row r="505" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A505" t="s">
         <v>1233</v>
       </c>
       <c r="B505" t="s">
         <v>1235</v>
@@ -27801,54 +27801,54 @@
       </c>
       <c r="B513" t="s">
         <v>1259</v>
       </c>
       <c r="C513" t="s">
         <v>1258</v>
       </c>
       <c r="D513" s="1">
         <v>0.49070000000000003</v>
       </c>
       <c r="E513" s="2">
         <v>102000</v>
       </c>
     </row>
     <row r="514" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A514" t="s">
         <v>1260</v>
       </c>
       <c r="B514" t="s">
         <v>1261</v>
       </c>
       <c r="C514" t="s">
         <v>1261</v>
       </c>
       <c r="D514" s="1">
-        <v>0.58179999999999998</v>
+        <v>0.56340000000000001</v>
       </c>
       <c r="E514" s="2">
-        <v>156000</v>
+        <v>145000</v>
       </c>
     </row>
     <row r="515" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A515" t="s">
         <v>1262</v>
       </c>
       <c r="B515" t="s">
         <v>1263</v>
       </c>
       <c r="C515" t="s">
         <v>2361</v>
       </c>
       <c r="D515" s="1">
         <v>1.1238999999999999</v>
       </c>
       <c r="E515" s="2">
         <v>258000</v>
       </c>
     </row>
     <row r="516" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A516" t="s">
         <v>1264</v>
       </c>
       <c r="B516" t="s">
         <v>1265</v>
@@ -27920,71 +27920,71 @@
       </c>
       <c r="B520" t="s">
         <v>1274</v>
       </c>
       <c r="C520" t="s">
         <v>1273</v>
       </c>
       <c r="D520" s="1">
         <v>0.66700000000000004</v>
       </c>
       <c r="E520" s="2">
         <v>100000</v>
       </c>
     </row>
     <row r="521" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A521" t="s">
         <v>1275</v>
       </c>
       <c r="B521" t="s">
         <v>2131</v>
       </c>
       <c r="C521" t="s">
         <v>2130</v>
       </c>
       <c r="D521" s="1">
-        <v>0.92620000000000002</v>
+        <v>0.9304</v>
       </c>
       <c r="E521" s="2">
-        <v>242000</v>
+        <v>226000</v>
       </c>
     </row>
     <row r="522" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A522" t="s">
         <v>1276</v>
       </c>
       <c r="B522" t="s">
         <v>2133</v>
       </c>
       <c r="C522" t="s">
         <v>2132</v>
       </c>
       <c r="D522" s="1">
-        <v>0.90839999999999999</v>
+        <v>0.84309999999999996</v>
       </c>
       <c r="E522" s="2">
-        <v>161000</v>
+        <v>150000</v>
       </c>
     </row>
     <row r="523" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A523" t="s">
         <v>1277</v>
       </c>
       <c r="B523" t="s">
         <v>1279</v>
       </c>
       <c r="C523" t="s">
         <v>1278</v>
       </c>
       <c r="D523" s="1">
         <v>1.1234999999999999</v>
       </c>
       <c r="E523" s="2">
         <v>217000</v>
       </c>
     </row>
     <row r="524" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A524" t="s">
         <v>1280</v>
       </c>
       <c r="B524" t="s">
         <v>1282</v>
@@ -28022,88 +28022,88 @@
       </c>
       <c r="B526" t="s">
         <v>1286</v>
       </c>
       <c r="C526" t="s">
         <v>1286</v>
       </c>
       <c r="D526" s="1">
         <v>0.78310000000000002</v>
       </c>
       <c r="E526" s="2">
         <v>134000</v>
       </c>
     </row>
     <row r="527" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A527" t="s">
         <v>1287</v>
       </c>
       <c r="B527" t="s">
         <v>2135</v>
       </c>
       <c r="C527" t="s">
         <v>2134</v>
       </c>
       <c r="D527" s="1">
-        <v>0.83930000000000005</v>
+        <v>0.81710000000000005</v>
       </c>
       <c r="E527" s="2">
-        <v>60000</v>
+        <v>56000</v>
       </c>
     </row>
     <row r="528" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A528" t="s">
         <v>1288</v>
       </c>
       <c r="B528" t="s">
         <v>2137</v>
       </c>
       <c r="C528" t="s">
         <v>2136</v>
       </c>
       <c r="D528" s="1">
-        <v>3.7839</v>
+        <v>3.3420999999999998</v>
       </c>
       <c r="E528" s="2">
-        <v>246000</v>
+        <v>229000</v>
       </c>
     </row>
     <row r="529" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A529" t="s">
         <v>1289</v>
       </c>
       <c r="B529" t="s">
         <v>2139</v>
       </c>
       <c r="C529" t="s">
         <v>2138</v>
       </c>
       <c r="D529" s="1">
-        <v>1.1825000000000001</v>
+        <v>1.1195999999999999</v>
       </c>
       <c r="E529" s="2">
-        <v>100000</v>
+        <v>93000</v>
       </c>
     </row>
     <row r="530" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A530" t="s">
         <v>1290</v>
       </c>
       <c r="B530" t="s">
         <v>2141</v>
       </c>
       <c r="C530" t="s">
         <v>2140</v>
       </c>
       <c r="D530" s="1">
         <v>0.57110000000000005</v>
       </c>
       <c r="E530" s="2">
         <v>119000</v>
       </c>
     </row>
     <row r="531" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A531" t="s">
         <v>1291</v>
       </c>
       <c r="B531" t="s">
         <v>2143</v>
@@ -28413,54 +28413,54 @@
       </c>
       <c r="B549" t="s">
         <v>2402</v>
       </c>
       <c r="C549" t="s">
         <v>2394</v>
       </c>
       <c r="D549" s="1">
         <v>0.89119999999999999</v>
       </c>
       <c r="E549" s="2">
         <v>148000</v>
       </c>
     </row>
     <row r="550" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A550" t="s">
         <v>1321</v>
       </c>
       <c r="B550" t="s">
         <v>2395</v>
       </c>
       <c r="C550" t="s">
         <v>2395</v>
       </c>
       <c r="D550" s="1">
-        <v>1.0845</v>
+        <v>0.92520000000000002</v>
       </c>
       <c r="E550" s="2">
-        <v>102000</v>
+        <v>95000</v>
       </c>
     </row>
     <row r="551" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A551" t="s">
         <v>1322</v>
       </c>
       <c r="B551" t="s">
         <v>2165</v>
       </c>
       <c r="C551" t="s">
         <v>2164</v>
       </c>
       <c r="D551" s="1">
         <v>0.47699999999999998</v>
       </c>
       <c r="E551" s="2">
         <v>80000</v>
       </c>
     </row>
     <row r="552" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A552" t="s">
         <v>1323</v>
       </c>
       <c r="B552" t="s">
         <v>2167</v>
@@ -30249,241 +30249,241 @@
       </c>
       <c r="B657" t="s">
         <v>2010</v>
       </c>
       <c r="C657" t="s">
         <v>1901</v>
       </c>
       <c r="D657" s="1">
         <v>1.1915</v>
       </c>
       <c r="E657" s="2">
         <v>155000</v>
       </c>
     </row>
     <row r="658" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A658" t="s">
         <v>1902</v>
       </c>
       <c r="B658" t="s">
         <v>2011</v>
       </c>
       <c r="C658" t="s">
         <v>1903</v>
       </c>
       <c r="D658" s="1">
-        <v>0.85260000000000002</v>
+        <v>0.81599999999999995</v>
       </c>
       <c r="E658" s="2">
-        <v>146000</v>
+        <v>136000</v>
       </c>
     </row>
     <row r="659" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A659" t="s">
         <v>1904</v>
       </c>
       <c r="B659" t="s">
         <v>2012</v>
       </c>
       <c r="C659" t="s">
         <v>1905</v>
       </c>
       <c r="D659" s="1">
-        <v>0.85260000000000002</v>
+        <v>0.81599999999999995</v>
       </c>
       <c r="E659" s="2">
-        <v>207000</v>
+        <v>193000</v>
       </c>
     </row>
     <row r="660" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A660" t="s">
         <v>1906</v>
       </c>
       <c r="B660" t="s">
         <v>2384</v>
       </c>
       <c r="C660" t="s">
         <v>2367</v>
       </c>
       <c r="D660" s="1">
-        <v>0.94510000000000005</v>
+        <v>0.97609999999999997</v>
       </c>
       <c r="E660" s="2">
-        <v>183000</v>
+        <v>171000</v>
       </c>
     </row>
     <row r="661" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A661" t="s">
         <v>1907</v>
       </c>
       <c r="B661" t="s">
         <v>2385</v>
       </c>
       <c r="C661" t="s">
         <v>2368</v>
       </c>
       <c r="D661" s="1">
-        <v>0.51719999999999999</v>
+        <v>0.4803</v>
       </c>
       <c r="E661" s="2">
-        <v>181000</v>
+        <v>169000</v>
       </c>
     </row>
     <row r="662" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A662" t="s">
         <v>1908</v>
       </c>
       <c r="B662" t="s">
         <v>2013</v>
       </c>
       <c r="C662" t="s">
         <v>1909</v>
       </c>
       <c r="D662" s="1">
-        <v>1.3408</v>
+        <v>1.3327</v>
       </c>
       <c r="E662" s="2">
-        <v>371000</v>
+        <v>346000</v>
       </c>
     </row>
     <row r="663" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A663" t="s">
         <v>1910</v>
       </c>
       <c r="B663" t="s">
         <v>2014</v>
       </c>
       <c r="C663" t="s">
         <v>1911</v>
       </c>
       <c r="D663" s="1">
-        <v>0.90720000000000001</v>
+        <v>0.90539999999999998</v>
       </c>
       <c r="E663" s="2">
-        <v>297000</v>
+        <v>277000</v>
       </c>
     </row>
     <row r="664" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A664" t="s">
         <v>1912</v>
       </c>
       <c r="B664" t="s">
         <v>2015</v>
       </c>
       <c r="C664" t="s">
         <v>1913</v>
       </c>
       <c r="D664" s="1">
-        <v>0.78580000000000005</v>
+        <v>0.74639999999999995</v>
       </c>
       <c r="E664" s="2">
-        <v>276000</v>
+        <v>258000</v>
       </c>
     </row>
     <row r="665" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A665" t="s">
         <v>1914</v>
       </c>
       <c r="B665" t="s">
         <v>2016</v>
       </c>
       <c r="C665" t="s">
         <v>1915</v>
       </c>
       <c r="D665" s="1">
         <v>0.58340000000000003</v>
       </c>
       <c r="E665" s="2">
         <v>142000</v>
       </c>
     </row>
     <row r="666" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A666" t="s">
         <v>1916</v>
       </c>
       <c r="B666" t="s">
         <v>2017</v>
       </c>
       <c r="C666" t="s">
         <v>1917</v>
       </c>
       <c r="D666" s="1">
         <v>0.41210000000000002</v>
       </c>
       <c r="E666" s="2">
         <v>86000</v>
       </c>
     </row>
     <row r="667" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A667" t="s">
         <v>1918</v>
       </c>
       <c r="B667" t="s">
         <v>2018</v>
       </c>
       <c r="C667" t="s">
         <v>1919</v>
       </c>
       <c r="D667" s="1">
-        <v>0.64759999999999995</v>
+        <v>0.66320000000000001</v>
       </c>
       <c r="E667" s="2">
-        <v>491000</v>
+        <v>458000</v>
       </c>
     </row>
     <row r="668" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A668" t="s">
         <v>1920</v>
       </c>
       <c r="B668" t="s">
         <v>2019</v>
       </c>
       <c r="C668" t="s">
         <v>1921</v>
       </c>
       <c r="D668" s="1">
-        <v>0.60970000000000002</v>
+        <v>0.5665</v>
       </c>
       <c r="E668" s="2">
-        <v>209000</v>
+        <v>195000</v>
       </c>
     </row>
     <row r="669" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A669" t="s">
         <v>1922</v>
       </c>
       <c r="B669" t="s">
         <v>2020</v>
       </c>
       <c r="C669" t="s">
         <v>1923</v>
       </c>
       <c r="D669" s="1">
-        <v>0.58630000000000004</v>
+        <v>0.57279999999999998</v>
       </c>
       <c r="E669" s="2">
-        <v>167000</v>
+        <v>155000</v>
       </c>
     </row>
     <row r="670" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A670" t="s">
         <v>1924</v>
       </c>
       <c r="B670" t="s">
         <v>2021</v>
       </c>
       <c r="C670" t="s">
         <v>1925</v>
       </c>
       <c r="D670" s="1">
         <v>0.40079999999999999</v>
       </c>
       <c r="E670" s="2">
         <v>69000</v>
       </c>
     </row>
     <row r="671" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A671" t="s">
         <v>1926</v>
       </c>
       <c r="B671" t="s">
         <v>2022</v>
@@ -30504,71 +30504,71 @@
       </c>
       <c r="B672" t="s">
         <v>2023</v>
       </c>
       <c r="C672" t="s">
         <v>1929</v>
       </c>
       <c r="D672" s="1">
         <v>0.74419999999999997</v>
       </c>
       <c r="E672" s="2">
         <v>184000</v>
       </c>
     </row>
     <row r="673" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A673" t="s">
         <v>1930</v>
       </c>
       <c r="B673" t="s">
         <v>2024</v>
       </c>
       <c r="C673" t="s">
         <v>1931</v>
       </c>
       <c r="D673" s="1">
-        <v>1.1802999999999999</v>
+        <v>1.0541</v>
       </c>
       <c r="E673" s="2">
-        <v>225000</v>
+        <v>210000</v>
       </c>
     </row>
     <row r="674" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A674" t="s">
         <v>1932</v>
       </c>
       <c r="B674" t="s">
         <v>2025</v>
       </c>
       <c r="C674" t="s">
         <v>1933</v>
       </c>
       <c r="D674" s="1">
-        <v>0.81140000000000001</v>
+        <v>0.8337</v>
       </c>
       <c r="E674" s="2">
-        <v>118000</v>
+        <v>110000</v>
       </c>
     </row>
     <row r="675" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A675" t="s">
         <v>1934</v>
       </c>
       <c r="B675" t="s">
         <v>2339</v>
       </c>
       <c r="C675" t="s">
         <v>2340</v>
       </c>
       <c r="D675" s="1">
         <v>1.3489</v>
       </c>
       <c r="E675" s="2">
         <v>268000</v>
       </c>
     </row>
     <row r="676" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A676" t="s">
         <v>1594</v>
       </c>
       <c r="B676" t="s">
         <v>2341</v>
@@ -30589,275 +30589,275 @@
       </c>
       <c r="B677" t="s">
         <v>2343</v>
       </c>
       <c r="C677" t="s">
         <v>2344</v>
       </c>
       <c r="D677" s="1">
         <v>0.9647</v>
       </c>
       <c r="E677" s="2">
         <v>241000</v>
       </c>
     </row>
     <row r="678" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A678" t="s">
         <v>1596</v>
       </c>
       <c r="B678" t="s">
         <v>1598</v>
       </c>
       <c r="C678" t="s">
         <v>1597</v>
       </c>
       <c r="D678" s="1">
-        <v>2.1722999999999999</v>
+        <v>1.3545</v>
       </c>
       <c r="E678" s="2">
-        <v>530000</v>
+        <v>495000</v>
       </c>
     </row>
     <row r="679" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A679" t="s">
         <v>1935</v>
       </c>
       <c r="B679" t="s">
         <v>2026</v>
       </c>
       <c r="C679" t="s">
         <v>1936</v>
       </c>
       <c r="D679" s="1">
-        <v>0.59179999999999999</v>
+        <v>0.74119999999999997</v>
       </c>
       <c r="E679" s="2">
-        <v>113000</v>
+        <v>106000</v>
       </c>
     </row>
     <row r="680" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A680" t="s">
         <v>1937</v>
       </c>
       <c r="B680" t="s">
         <v>2027</v>
       </c>
       <c r="C680" t="s">
         <v>1938</v>
       </c>
       <c r="D680" s="1">
-        <v>0.35110000000000002</v>
+        <v>0.38769999999999999</v>
       </c>
       <c r="E680" s="2">
-        <v>235000</v>
+        <v>219000</v>
       </c>
     </row>
     <row r="681" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A681" t="s">
         <v>1939</v>
       </c>
       <c r="B681" t="s">
         <v>2028</v>
       </c>
       <c r="C681" t="s">
         <v>1940</v>
       </c>
       <c r="D681" s="1">
         <v>0.83399999999999996</v>
       </c>
       <c r="E681" s="2">
         <v>147000</v>
       </c>
     </row>
     <row r="682" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A682" t="s">
         <v>1941</v>
       </c>
       <c r="B682" t="s">
         <v>2029</v>
       </c>
       <c r="C682" t="s">
         <v>1942</v>
       </c>
       <c r="D682" s="1">
         <v>0.83399999999999996</v>
       </c>
       <c r="E682" s="2">
         <v>147000</v>
       </c>
     </row>
     <row r="683" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A683" t="s">
         <v>1943</v>
       </c>
       <c r="B683" t="s">
         <v>2030</v>
       </c>
       <c r="C683" t="s">
         <v>1944</v>
       </c>
       <c r="D683" s="1">
-        <v>0.83589999999999998</v>
+        <v>0.8004</v>
       </c>
       <c r="E683" s="2">
-        <v>252000</v>
+        <v>235000</v>
       </c>
     </row>
     <row r="684" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A684" t="s">
         <v>1945</v>
       </c>
       <c r="B684" t="s">
         <v>2031</v>
       </c>
       <c r="C684" t="s">
         <v>1946</v>
       </c>
       <c r="D684" s="1">
-        <v>0.83030000000000004</v>
+        <v>0.70899999999999996</v>
       </c>
       <c r="E684" s="2">
-        <v>236000</v>
+        <v>220000</v>
       </c>
     </row>
     <row r="685" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A685" t="s">
         <v>1947</v>
       </c>
       <c r="B685" t="s">
         <v>2032</v>
       </c>
       <c r="C685" t="s">
         <v>1948</v>
       </c>
       <c r="D685" s="1">
-        <v>0.95960000000000001</v>
+        <v>1.0198</v>
       </c>
       <c r="E685" s="2">
-        <v>265000</v>
+        <v>248000</v>
       </c>
     </row>
     <row r="686" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A686" t="s">
         <v>1949</v>
       </c>
       <c r="B686" t="s">
         <v>2033</v>
       </c>
       <c r="C686" t="s">
         <v>2203</v>
       </c>
       <c r="D686" s="1">
-        <v>0.95960000000000001</v>
+        <v>1.0198</v>
       </c>
       <c r="E686" s="2">
-        <v>204000</v>
+        <v>190000</v>
       </c>
     </row>
     <row r="687" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A687" t="s">
         <v>1950</v>
       </c>
       <c r="B687" t="s">
         <v>2034</v>
       </c>
       <c r="C687" t="s">
         <v>1951</v>
       </c>
       <c r="D687" s="1">
-        <v>0.69099999999999995</v>
+        <v>0.67259999999999998</v>
       </c>
       <c r="E687" s="2">
-        <v>108000</v>
+        <v>101000</v>
       </c>
     </row>
     <row r="688" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A688" t="s">
         <v>1952</v>
       </c>
       <c r="B688" t="s">
         <v>2035</v>
       </c>
       <c r="C688" t="s">
         <v>1953</v>
       </c>
       <c r="D688" s="1">
-        <v>0.77569999999999995</v>
+        <v>0.60289999999999999</v>
       </c>
       <c r="E688" s="2">
-        <v>108000</v>
+        <v>101000</v>
       </c>
     </row>
     <row r="689" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A689" t="s">
         <v>1954</v>
       </c>
       <c r="B689" t="s">
         <v>2345</v>
       </c>
       <c r="C689" t="s">
         <v>2346</v>
       </c>
       <c r="D689" s="1">
         <v>0.96389999999999998</v>
       </c>
       <c r="E689" s="2">
         <v>249000</v>
       </c>
     </row>
     <row r="690" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A690" t="s">
         <v>1955</v>
       </c>
       <c r="B690" t="s">
         <v>2347</v>
       </c>
       <c r="C690" t="s">
         <v>2348</v>
       </c>
       <c r="D690" s="1">
         <v>0.96389999999999998</v>
       </c>
       <c r="E690" s="2">
         <v>249000</v>
       </c>
     </row>
     <row r="691" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A691" t="s">
         <v>1956</v>
       </c>
       <c r="B691" t="s">
         <v>2036</v>
       </c>
       <c r="C691" t="s">
         <v>1957</v>
       </c>
       <c r="D691" s="1">
-        <v>0.69879999999999998</v>
+        <v>0.64139999999999997</v>
       </c>
       <c r="E691" s="2">
-        <v>215000</v>
+        <v>201000</v>
       </c>
     </row>
     <row r="692" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A692" t="s">
         <v>1958</v>
       </c>
       <c r="B692" t="s">
         <v>2037</v>
       </c>
       <c r="C692" t="s">
         <v>1959</v>
       </c>
       <c r="D692" s="1">
         <v>0.50229999999999997</v>
       </c>
       <c r="E692" s="2">
         <v>111000</v>
       </c>
     </row>
     <row r="693" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A693" t="s">
         <v>1960</v>
       </c>
       <c r="B693" t="s">
         <v>2038</v>
@@ -30878,88 +30878,88 @@
       </c>
       <c r="B694" t="s">
         <v>2039</v>
       </c>
       <c r="C694" t="s">
         <v>1963</v>
       </c>
       <c r="D694" s="1">
         <v>0.57210000000000005</v>
       </c>
       <c r="E694" s="2">
         <v>72000</v>
       </c>
     </row>
     <row r="695" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A695" t="s">
         <v>1964</v>
       </c>
       <c r="B695" t="s">
         <v>2040</v>
       </c>
       <c r="C695" t="s">
         <v>1965</v>
       </c>
       <c r="D695" s="1">
-        <v>1.2862</v>
+        <v>1.2641</v>
       </c>
       <c r="E695" s="2">
-        <v>370000</v>
+        <v>345000</v>
       </c>
     </row>
     <row r="696" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A696" t="s">
         <v>1966</v>
       </c>
       <c r="B696" t="s">
         <v>2041</v>
       </c>
       <c r="C696" t="s">
         <v>1967</v>
       </c>
       <c r="D696" s="1">
         <v>0.50770000000000004</v>
       </c>
       <c r="E696" s="2">
         <v>118000</v>
       </c>
     </row>
     <row r="697" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A697" t="s">
         <v>1968</v>
       </c>
       <c r="B697" t="s">
         <v>2042</v>
       </c>
       <c r="C697" t="s">
         <v>1969</v>
       </c>
       <c r="D697" s="1">
-        <v>1.2784</v>
+        <v>1.1860999999999999</v>
       </c>
       <c r="E697" s="2">
-        <v>106000</v>
+        <v>99000</v>
       </c>
     </row>
     <row r="698" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A698" t="s">
         <v>1970</v>
       </c>
       <c r="B698" t="s">
         <v>2043</v>
       </c>
       <c r="C698" t="s">
         <v>1971</v>
       </c>
       <c r="D698" s="1">
         <v>0.2097</v>
       </c>
       <c r="E698" s="2">
         <v>38000</v>
       </c>
     </row>
     <row r="699" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A699" t="s">
         <v>1972</v>
       </c>
       <c r="B699" t="s">
         <v>2044</v>
@@ -31643,54 +31643,54 @@
       </c>
       <c r="B739" t="s">
         <v>1680</v>
       </c>
       <c r="C739" t="s">
         <v>1679</v>
       </c>
       <c r="D739" s="1">
         <v>10.2156</v>
       </c>
       <c r="E739" s="2">
         <v>1439000</v>
       </c>
     </row>
     <row r="740" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A740" t="s">
         <v>1681</v>
       </c>
       <c r="B740" t="s">
         <v>1683</v>
       </c>
       <c r="C740" t="s">
         <v>1682</v>
       </c>
       <c r="D740" s="1">
-        <v>8.8082999999999991</v>
+        <v>8.7341999999999995</v>
       </c>
       <c r="E740" s="2">
-        <v>2722000</v>
+        <v>2538000</v>
       </c>
     </row>
     <row r="741" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A741" t="s">
         <v>1684</v>
       </c>
       <c r="B741" t="s">
         <v>1686</v>
       </c>
       <c r="C741" t="s">
         <v>1685</v>
       </c>
       <c r="D741" s="1">
         <v>10.351100000000001</v>
       </c>
       <c r="E741" s="2">
         <v>2518000</v>
       </c>
     </row>
     <row r="742" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A742" t="s">
         <v>1687</v>
       </c>
       <c r="B742" t="s">
         <v>1689</v>
@@ -31966,54 +31966,54 @@
       </c>
       <c r="B758" t="s">
         <v>1731</v>
       </c>
       <c r="C758" t="s">
         <v>1730</v>
       </c>
       <c r="D758" s="1">
         <v>0.26519999999999999</v>
       </c>
       <c r="E758" s="2">
         <v>67000</v>
       </c>
     </row>
     <row r="759" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A759" t="s">
         <v>1732</v>
       </c>
       <c r="B759" t="s">
         <v>2198</v>
       </c>
       <c r="C759" t="s">
         <v>1733</v>
       </c>
       <c r="D759" s="1">
-        <v>2.3851</v>
+        <v>1.7454000000000001</v>
       </c>
       <c r="E759" s="2">
-        <v>624000</v>
+        <v>582000</v>
       </c>
     </row>
     <row r="760" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A760" t="s">
         <v>1734</v>
       </c>
       <c r="B760" t="s">
         <v>1735</v>
       </c>
       <c r="C760" t="s">
         <v>1735</v>
       </c>
       <c r="D760" s="1">
         <v>0</v>
       </c>
       <c r="E760" s="2">
         <v>20000000</v>
       </c>
     </row>
     <row r="761" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A761" t="s">
         <v>1736</v>
       </c>
       <c r="B761" t="s">
         <v>1738</v>
@@ -32340,54 +32340,54 @@
       </c>
       <c r="B780" t="s">
         <v>1794</v>
       </c>
       <c r="C780" t="s">
         <v>1793</v>
       </c>
       <c r="D780" s="1">
         <v>0</v>
       </c>
       <c r="E780" s="2">
         <v>20000000</v>
       </c>
     </row>
     <row r="781" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A781" t="s">
         <v>1795</v>
       </c>
       <c r="B781" t="s">
         <v>1797</v>
       </c>
       <c r="C781" t="s">
         <v>1796</v>
       </c>
       <c r="D781" s="1">
-        <v>0.78459999999999996</v>
+        <v>0.76300000000000001</v>
       </c>
       <c r="E781" s="2">
-        <v>192000</v>
+        <v>179000</v>
       </c>
     </row>
     <row r="782" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A782" t="s">
         <v>1798</v>
       </c>
       <c r="B782" t="s">
         <v>1800</v>
       </c>
       <c r="C782" t="s">
         <v>1799</v>
       </c>
       <c r="D782" s="1">
         <v>0</v>
       </c>
       <c r="E782" s="2">
         <v>20000000</v>
       </c>
     </row>
     <row r="783" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A783" t="s">
         <v>1801</v>
       </c>
       <c r="B783" t="s">
         <v>1803</v>