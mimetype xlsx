--- v0 (2025-12-03)
+++ v1 (2025-12-23)
@@ -1,61 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vicno3\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\RS.RK.DataoAnalys\Regional vårdanalys\Registrering och beskrivningssystem\DRG\Viktlista 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{461E0711-9D1E-4709-A2CF-8F0F2508157B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6F484B5D-4BC3-4954-9A20-951D98F343F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Långtext" sheetId="2" r:id="rId1"/>
     <sheet name="Korttext" sheetId="1" r:id="rId2"/>
+    <sheet name="Blad3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Korttext!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1307" uniqueCount="786">
   <si>
     <t>A15O</t>
@@ -2475,51 +2477,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="20" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2789,51 +2791,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C267"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="99.7109375" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>430</v>
       </c>
       <c r="C2" s="2">
-        <v>45971</v>
+        <v>45999</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>431</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="2"/>
     </row>
     <row r="4" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="4"/>
       <c r="C4" s="6"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B5" s="3" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B6" s="3" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B7" s="1"/>
@@ -3143,62 +3145,62 @@
         <v>452</v>
       </c>
       <c r="C35" s="5">
         <v>0.68459999999999999</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>741</v>
       </c>
       <c r="B36" t="s">
         <v>760</v>
       </c>
       <c r="C36" s="5">
         <v>0.60970000000000002</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>742</v>
       </c>
       <c r="B37" t="s">
         <v>761</v>
       </c>
       <c r="C37" s="5">
-        <v>1.1814</v>
+        <v>1.1019000000000001</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>744</v>
       </c>
       <c r="B38" t="s">
         <v>762</v>
       </c>
       <c r="C38" s="5">
-        <v>0.52049999999999996</v>
+        <v>0.48549999999999999</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>44</v>
       </c>
       <c r="B39" t="s">
         <v>453</v>
       </c>
       <c r="C39" s="5">
         <v>0.97919999999999996</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>46</v>
       </c>
       <c r="B40" t="s">
         <v>746</v>
       </c>
       <c r="C40" s="5">
         <v>0.46989999999999998</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.25">
@@ -3319,51 +3321,51 @@
         <v>750</v>
       </c>
       <c r="C51" s="5">
         <v>0.1086</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>67</v>
       </c>
       <c r="B52" t="s">
         <v>751</v>
       </c>
       <c r="C52" s="5">
         <v>6.7000000000000004E-2</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>69</v>
       </c>
       <c r="B53" t="s">
         <v>461</v>
       </c>
       <c r="C53" s="5">
-        <v>2.7900000000000001E-2</v>
+        <v>2.5999999999999999E-2</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>71</v>
       </c>
       <c r="B54" t="s">
         <v>462</v>
       </c>
       <c r="C54" s="5">
         <v>1.7899999999999999E-2</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>73</v>
       </c>
       <c r="B55" t="s">
         <v>463</v>
       </c>
       <c r="C55" s="5">
         <v>5.11E-2</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.25">
@@ -3418,51 +3420,51 @@
         <v>468</v>
       </c>
       <c r="C60" s="5">
         <v>8.0799999999999997E-2</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
         <v>84</v>
       </c>
       <c r="B61" t="s">
         <v>469</v>
       </c>
       <c r="C61" s="5">
         <v>0.2409</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>722</v>
       </c>
       <c r="B62" t="s">
         <v>470</v>
       </c>
       <c r="C62" s="5">
-        <v>2.1522000000000001</v>
+        <v>2.0072999999999999</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>87</v>
       </c>
       <c r="B63" t="s">
         <v>471</v>
       </c>
       <c r="C63" s="5">
         <v>2.0794999999999999</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>89</v>
       </c>
       <c r="B64" t="s">
         <v>472</v>
       </c>
       <c r="C64" s="5">
         <v>2.4914999999999998</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.25">
@@ -4518,51 +4520,51 @@
         <v>556</v>
       </c>
       <c r="C160" s="5">
         <v>0.19339999999999999</v>
       </c>
     </row>
     <row r="161" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
         <v>258</v>
       </c>
       <c r="B161" t="s">
         <v>557</v>
       </c>
       <c r="C161" s="5">
         <v>0.19650000000000001</v>
       </c>
     </row>
     <row r="162" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
         <v>260</v>
       </c>
       <c r="B162" t="s">
         <v>558</v>
       </c>
       <c r="C162" s="5">
-        <v>0.28420000000000001</v>
+        <v>0.2651</v>
       </c>
     </row>
     <row r="163" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
         <v>262</v>
       </c>
       <c r="B163" t="s">
         <v>559</v>
       </c>
       <c r="C163" s="5">
         <v>1.254</v>
       </c>
     </row>
     <row r="164" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
         <v>264</v>
       </c>
       <c r="B164" t="s">
         <v>560</v>
       </c>
       <c r="C164" s="5">
         <v>0.53990000000000005</v>
       </c>
     </row>
     <row r="165" spans="1:3" x14ac:dyDescent="0.25">
@@ -4595,51 +4597,51 @@
         <v>562</v>
       </c>
       <c r="C167" s="5">
         <v>0.55349999999999999</v>
       </c>
     </row>
     <row r="168" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
         <v>271</v>
       </c>
       <c r="B168" t="s">
         <v>563</v>
       </c>
       <c r="C168" s="5">
         <v>0.81640000000000001</v>
       </c>
     </row>
     <row r="169" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
         <v>273</v>
       </c>
       <c r="B169" t="s">
         <v>564</v>
       </c>
       <c r="C169" s="5">
-        <v>9.4700000000000006E-2</v>
+        <v>8.8400000000000006E-2</v>
       </c>
     </row>
     <row r="170" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
         <v>275</v>
       </c>
       <c r="B170" t="s">
         <v>565</v>
       </c>
       <c r="C170" s="5">
         <v>1.0324</v>
       </c>
     </row>
     <row r="171" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
         <v>277</v>
       </c>
       <c r="B171" t="s">
         <v>566</v>
       </c>
       <c r="C171" s="5">
         <v>0.3014</v>
       </c>
     </row>
     <row r="172" spans="1:3" x14ac:dyDescent="0.25">
@@ -4815,51 +4817,51 @@
         <v>579</v>
       </c>
       <c r="C187" s="5">
         <v>0.43340000000000001</v>
       </c>
     </row>
     <row r="188" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
         <v>306</v>
       </c>
       <c r="B188" t="s">
         <v>580</v>
       </c>
       <c r="C188" s="5">
         <v>0.22450000000000001</v>
       </c>
     </row>
     <row r="189" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
         <v>308</v>
       </c>
       <c r="B189" t="s">
         <v>695</v>
       </c>
       <c r="C189" s="5">
-        <v>0.24740000000000001</v>
+        <v>0.23080000000000001</v>
       </c>
     </row>
     <row r="190" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
         <v>309</v>
       </c>
       <c r="B190" t="s">
         <v>696</v>
       </c>
       <c r="C190" s="5">
         <v>0.30130000000000001</v>
       </c>
     </row>
     <row r="191" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
         <v>310</v>
       </c>
       <c r="B191" t="s">
         <v>697</v>
       </c>
       <c r="C191" s="5">
         <v>0.15229999999999999</v>
       </c>
     </row>
     <row r="192" spans="1:3" x14ac:dyDescent="0.25">
@@ -5123,51 +5125,51 @@
         <v>593</v>
       </c>
       <c r="C215" s="5">
         <v>0.42859999999999998</v>
       </c>
     </row>
     <row r="216" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
         <v>343</v>
       </c>
       <c r="B216" t="s">
         <v>594</v>
       </c>
       <c r="C216" s="5">
         <v>0.47510000000000002</v>
       </c>
     </row>
     <row r="217" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
         <v>345</v>
       </c>
       <c r="B217" t="s">
         <v>595</v>
       </c>
       <c r="C217" s="5">
-        <v>1.3297000000000001</v>
+        <v>1.2402</v>
       </c>
     </row>
     <row r="218" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
         <v>347</v>
       </c>
       <c r="B218" t="s">
         <v>596</v>
       </c>
       <c r="C218" s="5">
         <v>0.29010000000000002</v>
       </c>
     </row>
     <row r="219" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
         <v>349</v>
       </c>
       <c r="B219" t="s">
         <v>597</v>
       </c>
       <c r="C219" s="5">
         <v>0.1191</v>
       </c>
     </row>
     <row r="220" spans="1:3" x14ac:dyDescent="0.25">
@@ -5387,51 +5389,51 @@
         <v>617</v>
       </c>
       <c r="C239" s="5">
         <v>5.2499999999999998E-2</v>
       </c>
     </row>
     <row r="240" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
         <v>390</v>
       </c>
       <c r="B240" t="s">
         <v>779</v>
       </c>
       <c r="C240" s="5">
         <v>3.6999999999999998E-2</v>
       </c>
     </row>
     <row r="241" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
         <v>391</v>
       </c>
       <c r="B241" t="s">
         <v>618</v>
       </c>
       <c r="C241" s="5">
-        <v>0.19059999999999999</v>
+        <v>0.17780000000000001</v>
       </c>
     </row>
     <row r="242" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
         <v>393</v>
       </c>
       <c r="B242" t="s">
         <v>619</v>
       </c>
       <c r="C242" s="5">
         <v>0.1757</v>
       </c>
     </row>
     <row r="243" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
         <v>394</v>
       </c>
       <c r="B243" t="s">
         <v>620</v>
       </c>
       <c r="C243" s="5">
         <v>0.13020000000000001</v>
       </c>
     </row>
     <row r="244" spans="1:3" x14ac:dyDescent="0.25">
@@ -5519,51 +5521,51 @@
         <v>601</v>
       </c>
       <c r="C251" s="5">
         <v>0.28899999999999998</v>
       </c>
     </row>
     <row r="252" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
         <v>408</v>
       </c>
       <c r="B252" t="s">
         <v>627</v>
       </c>
       <c r="C252" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
         <v>410</v>
       </c>
       <c r="B253" t="s">
         <v>628</v>
       </c>
       <c r="C253" s="5">
-        <v>0.22070000000000001</v>
+        <v>0.20580000000000001</v>
       </c>
     </row>
     <row r="254" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
         <v>412</v>
       </c>
       <c r="B254" t="s">
         <v>629</v>
       </c>
       <c r="C254" s="5">
         <v>0.1472</v>
       </c>
     </row>
     <row r="255" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
         <v>414</v>
       </c>
       <c r="B255" t="s">
         <v>630</v>
       </c>
       <c r="C255" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:3" x14ac:dyDescent="0.25">
@@ -6119,65 +6121,65 @@
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>741</v>
       </c>
       <c r="B29" t="s">
         <v>767</v>
       </c>
       <c r="C29" t="s">
         <v>760</v>
       </c>
       <c r="D29" s="5">
         <v>0.60970000000000002</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>742</v>
       </c>
       <c r="B30" t="s">
         <v>743</v>
       </c>
       <c r="C30" t="s">
         <v>761</v>
       </c>
       <c r="D30" s="5">
-        <v>1.1814</v>
+        <v>1.1019000000000001</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>744</v>
       </c>
       <c r="B31" t="s">
         <v>745</v>
       </c>
       <c r="C31" t="s">
         <v>762</v>
       </c>
       <c r="D31" s="5">
-        <v>0.52049999999999996</v>
+        <v>0.48549999999999999</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>44</v>
       </c>
       <c r="B32" t="s">
         <v>45</v>
       </c>
       <c r="C32" t="s">
         <v>453</v>
       </c>
       <c r="D32" s="5">
         <v>0.97919999999999996</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>46</v>
       </c>
       <c r="B33" t="s">
         <v>755</v>
       </c>
       <c r="C33" t="s">
         <v>746</v>
@@ -6343,51 +6345,51 @@
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>67</v>
       </c>
       <c r="B45" t="s">
         <v>68</v>
       </c>
       <c r="C45" t="s">
         <v>751</v>
       </c>
       <c r="D45" s="5">
         <v>6.7000000000000004E-2</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>69</v>
       </c>
       <c r="B46" t="s">
         <v>70</v>
       </c>
       <c r="C46" t="s">
         <v>461</v>
       </c>
       <c r="D46" s="5">
-        <v>2.7900000000000001E-2</v>
+        <v>2.5999999999999999E-2</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>71</v>
       </c>
       <c r="B47" t="s">
         <v>72</v>
       </c>
       <c r="C47" t="s">
         <v>462</v>
       </c>
       <c r="D47" s="5">
         <v>1.7899999999999999E-2</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>73</v>
       </c>
       <c r="B48" t="s">
         <v>74</v>
       </c>
       <c r="C48" t="s">
         <v>463</v>
@@ -6469,51 +6471,51 @@
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>84</v>
       </c>
       <c r="B54" t="s">
         <v>85</v>
       </c>
       <c r="C54" t="s">
         <v>469</v>
       </c>
       <c r="D54" s="5">
         <v>0.2409</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>722</v>
       </c>
       <c r="B55" t="s">
         <v>86</v>
       </c>
       <c r="C55" t="s">
         <v>470</v>
       </c>
       <c r="D55" s="5">
-        <v>2.1522000000000001</v>
+        <v>2.0072999999999999</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>87</v>
       </c>
       <c r="B56" t="s">
         <v>88</v>
       </c>
       <c r="C56" t="s">
         <v>471</v>
       </c>
       <c r="D56" s="5">
         <v>2.0794999999999999</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>89</v>
       </c>
       <c r="B57" t="s">
         <v>90</v>
       </c>
       <c r="C57" t="s">
         <v>472</v>
@@ -7869,51 +7871,51 @@
     <row r="154" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
         <v>258</v>
       </c>
       <c r="B154" t="s">
         <v>259</v>
       </c>
       <c r="C154" t="s">
         <v>557</v>
       </c>
       <c r="D154" s="5">
         <v>0.19650000000000001</v>
       </c>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
         <v>260</v>
       </c>
       <c r="B155" t="s">
         <v>261</v>
       </c>
       <c r="C155" t="s">
         <v>558</v>
       </c>
       <c r="D155" s="5">
-        <v>0.28420000000000001</v>
+        <v>0.2651</v>
       </c>
     </row>
     <row r="156" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
         <v>262</v>
       </c>
       <c r="B156" t="s">
         <v>263</v>
       </c>
       <c r="C156" t="s">
         <v>559</v>
       </c>
       <c r="D156" s="5">
         <v>1.254</v>
       </c>
     </row>
     <row r="157" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
         <v>264</v>
       </c>
       <c r="B157" t="s">
         <v>265</v>
       </c>
       <c r="C157" t="s">
         <v>560</v>
@@ -7967,51 +7969,51 @@
     <row r="161" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
         <v>271</v>
       </c>
       <c r="B161" t="s">
         <v>272</v>
       </c>
       <c r="C161" t="s">
         <v>563</v>
       </c>
       <c r="D161" s="5">
         <v>0.81640000000000001</v>
       </c>
     </row>
     <row r="162" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
         <v>273</v>
       </c>
       <c r="B162" t="s">
         <v>274</v>
       </c>
       <c r="C162" t="s">
         <v>564</v>
       </c>
       <c r="D162" s="5">
-        <v>9.4700000000000006E-2</v>
+        <v>8.8400000000000006E-2</v>
       </c>
     </row>
     <row r="163" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
         <v>275</v>
       </c>
       <c r="B163" t="s">
         <v>276</v>
       </c>
       <c r="C163" t="s">
         <v>565</v>
       </c>
       <c r="D163" s="5">
         <v>1.0324</v>
       </c>
     </row>
     <row r="164" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
         <v>277</v>
       </c>
       <c r="B164" t="s">
         <v>278</v>
       </c>
       <c r="C164" t="s">
         <v>566</v>
@@ -8247,51 +8249,51 @@
     <row r="181" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
         <v>306</v>
       </c>
       <c r="B181" t="s">
         <v>307</v>
       </c>
       <c r="C181" t="s">
         <v>580</v>
       </c>
       <c r="D181" s="5">
         <v>0.22450000000000001</v>
       </c>
     </row>
     <row r="182" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
         <v>308</v>
       </c>
       <c r="B182" t="s">
         <v>704</v>
       </c>
       <c r="C182" t="s">
         <v>695</v>
       </c>
       <c r="D182" s="5">
-        <v>0.24740000000000001</v>
+        <v>0.23080000000000001</v>
       </c>
     </row>
     <row r="183" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
         <v>309</v>
       </c>
       <c r="B183" t="s">
         <v>705</v>
       </c>
       <c r="C183" t="s">
         <v>696</v>
       </c>
       <c r="D183" s="5">
         <v>0.30130000000000001</v>
       </c>
     </row>
     <row r="184" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
         <v>310</v>
       </c>
       <c r="B184" t="s">
         <v>715</v>
       </c>
       <c r="C184" t="s">
         <v>697</v>
@@ -8639,51 +8641,51 @@
     <row r="209" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
         <v>343</v>
       </c>
       <c r="B209" t="s">
         <v>344</v>
       </c>
       <c r="C209" t="s">
         <v>594</v>
       </c>
       <c r="D209" s="5">
         <v>0.47510000000000002</v>
       </c>
     </row>
     <row r="210" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
         <v>345</v>
       </c>
       <c r="B210" t="s">
         <v>346</v>
       </c>
       <c r="C210" t="s">
         <v>595</v>
       </c>
       <c r="D210" s="5">
-        <v>1.3297000000000001</v>
+        <v>1.2402</v>
       </c>
     </row>
     <row r="211" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
         <v>347</v>
       </c>
       <c r="B211" t="s">
         <v>348</v>
       </c>
       <c r="C211" t="s">
         <v>596</v>
       </c>
       <c r="D211" s="5">
         <v>0.29010000000000002</v>
       </c>
     </row>
     <row r="212" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
         <v>349</v>
       </c>
       <c r="B212" t="s">
         <v>350</v>
       </c>
       <c r="C212" t="s">
         <v>597</v>
@@ -8975,51 +8977,51 @@
     <row r="233" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
         <v>390</v>
       </c>
       <c r="B233" t="s">
         <v>771</v>
       </c>
       <c r="C233" t="s">
         <v>779</v>
       </c>
       <c r="D233" s="5">
         <v>3.6999999999999998E-2</v>
       </c>
     </row>
     <row r="234" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
         <v>391</v>
       </c>
       <c r="B234" t="s">
         <v>392</v>
       </c>
       <c r="C234" t="s">
         <v>618</v>
       </c>
       <c r="D234" s="5">
-        <v>0.19059999999999999</v>
+        <v>0.17780000000000001</v>
       </c>
     </row>
     <row r="235" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
         <v>393</v>
       </c>
       <c r="B235" t="s">
         <v>646</v>
       </c>
       <c r="C235" t="s">
         <v>619</v>
       </c>
       <c r="D235" s="5">
         <v>0.1757</v>
       </c>
     </row>
     <row r="236" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
         <v>394</v>
       </c>
       <c r="B236" t="s">
         <v>395</v>
       </c>
       <c r="C236" t="s">
         <v>620</v>
@@ -9143,51 +9145,51 @@
     <row r="245" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
         <v>408</v>
       </c>
       <c r="B245" t="s">
         <v>409</v>
       </c>
       <c r="C245" t="s">
         <v>627</v>
       </c>
       <c r="D245" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
         <v>410</v>
       </c>
       <c r="B246" t="s">
         <v>411</v>
       </c>
       <c r="C246" t="s">
         <v>628</v>
       </c>
       <c r="D246" s="5">
-        <v>0.22070000000000001</v>
+        <v>0.20580000000000001</v>
       </c>
     </row>
     <row r="247" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
         <v>412</v>
       </c>
       <c r="B247" t="s">
         <v>413</v>
       </c>
       <c r="C247" t="s">
         <v>629</v>
       </c>
       <c r="D247" s="5">
         <v>0.1472</v>
       </c>
     </row>
     <row r="248" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
         <v>414</v>
       </c>
       <c r="B248" t="s">
         <v>415</v>
       </c>
       <c r="C248" t="s">
         <v>630</v>
@@ -9343,69 +9345,82 @@
       <c r="B259" t="s">
         <v>721</v>
       </c>
       <c r="C259" t="s">
         <v>720</v>
       </c>
       <c r="D259" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
         <v>689</v>
       </c>
       <c r="B260" t="s">
         <v>717</v>
       </c>
       <c r="C260" t="s">
         <v>690</v>
       </c>
       <c r="D260" s="5">
         <v>0</v>
       </c>
     </row>
   </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Långtext</vt:lpstr>
       <vt:lpstr>Korttext</vt:lpstr>
+      <vt:lpstr>Blad3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Västra Götalandsregionen</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Viktlista 2026OV</dc:title>
   <dc:creator>Marcus L Edenström</dc:creator>
   <keywords/>
-  <lastModifiedBy>Victor Nordling</lastModifiedBy>
+  <lastModifiedBy>Marcus Edenström</lastModifiedBy>
   <lastPrinted>2016-11-24T15:07:59.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>