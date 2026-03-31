--- v0 (2025-10-30)
+++ v1 (2026-03-31)
@@ -1,105 +1,186 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout52.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout53.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout54.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout55.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout56.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout57.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout58.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme5.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId5"/>
+    <p:sldMasterId id="2147483670" r:id="rId6"/>
+    <p:sldMasterId id="2147483694" r:id="rId7"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId16"/>
+    <p:notesMasterId r:id="rId29"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId17"/>
+    <p:handoutMasterId r:id="rId30"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="276" r:id="rId6"/>
-[...8 lines deleted...]
-    <p:sldId id="290" r:id="rId15"/>
+    <p:sldId id="2147481518" r:id="rId8"/>
+    <p:sldId id="2147481519" r:id="rId9"/>
+    <p:sldId id="309" r:id="rId10"/>
+    <p:sldId id="2147481487" r:id="rId11"/>
+    <p:sldId id="2147481504" r:id="rId12"/>
+    <p:sldId id="2147481497" r:id="rId13"/>
+    <p:sldId id="2147481491" r:id="rId14"/>
+    <p:sldId id="296" r:id="rId15"/>
+    <p:sldId id="2147481495" r:id="rId16"/>
+    <p:sldId id="311" r:id="rId17"/>
+    <p:sldId id="265" r:id="rId18"/>
+    <p:sldId id="2147481511" r:id="rId19"/>
+    <p:sldId id="2147481510" r:id="rId20"/>
+    <p:sldId id="2147481512" r:id="rId21"/>
+    <p:sldId id="2147481513" r:id="rId22"/>
+    <p:sldId id="2147481514" r:id="rId23"/>
+    <p:sldId id="2147481493" r:id="rId24"/>
+    <p:sldId id="2147481515" r:id="rId25"/>
+    <p:sldId id="295" r:id="rId26"/>
+    <p:sldId id="297" r:id="rId27"/>
+    <p:sldId id="2147478246" r:id="rId28"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="sv-SE"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -155,98 +236,131 @@
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
+    <p:ext uri="{521415D9-36F7-43E2-AB2F-B90AF26B5E84}">
+      <p14:sectionLst xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+        <p14:section name="Instruktion till chef" id="{744CFB52-6F13-4DF0-9878-883D2F442A64}">
+          <p14:sldIdLst>
+            <p14:sldId id="2147481518"/>
+            <p14:sldId id="2147481519"/>
+          </p14:sldIdLst>
+        </p14:section>
+        <p14:section name="APT-material" id="{E1B0A56F-8586-4D5F-8E58-A70A38B26AAC}">
+          <p14:sldIdLst>
+            <p14:sldId id="309"/>
+            <p14:sldId id="2147481487"/>
+            <p14:sldId id="2147481504"/>
+            <p14:sldId id="2147481497"/>
+            <p14:sldId id="2147481491"/>
+            <p14:sldId id="296"/>
+            <p14:sldId id="2147481495"/>
+            <p14:sldId id="311"/>
+            <p14:sldId id="265"/>
+            <p14:sldId id="2147481511"/>
+            <p14:sldId id="2147481510"/>
+            <p14:sldId id="2147481512"/>
+            <p14:sldId id="2147481513"/>
+            <p14:sldId id="2147481514"/>
+            <p14:sldId id="2147481493"/>
+            <p14:sldId id="2147481515"/>
+            <p14:sldId id="295"/>
+            <p14:sldId id="297"/>
+            <p14:sldId id="2147478246"/>
+          </p14:sldIdLst>
+        </p14:section>
+      </p14:sectionLst>
+    </p:ext>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru/>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{4C678A08-0708-97C1-3D37-0425ED0C979E}" v="5" dt="2024-08-21T11:18:36.094"/>
+    <p1510:client id="{5FD39879-5EB7-4E45-81F2-A33B9B773AD5}" v="5" dt="2026-03-26T08:33:02.343"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{3B4B98B0-60AC-42C2-AFA5-B58CD77FA1E5}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Mellanmörkt format 2 - Dekorfärg 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -518,300 +632,6556 @@
     </a:lastRow>
     <a:firstRow>
       <a:tcTxStyle b="on"/>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="15620"/>
-    <p:restoredTop sz="94660"/>
+    <p:restoredLeft sz="28621" autoAdjust="0"/>
+    <p:restoredTop sz="79954" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="142" d="100"/>
-          <a:sy n="142" d="100"/>
+          <a:sx n="92" d="100"/>
+          <a:sy n="92" d="100"/>
         </p:scale>
-        <p:origin x="3204" y="114"/>
+        <p:origin x="96" y="978"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
+  <p:sorterViewPr>
+    <p:cViewPr varScale="1">
+      <p:scale>
+        <a:sx n="1" d="1"/>
+        <a:sy n="1" d="1"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml" Id="rId15" /><Relationship Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml" Id="rId14" /><Relationship Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml" Id="rId22" /></Relationships>
+<file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml" Id="rId28" /><Relationship Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml" Id="rId30" /><Relationship Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Camilla Nilsson" userId="S::camni23@vgregion.se::23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="AD" clId="Web-{4C678A08-0708-97C1-3D37-0425ED0C979E}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Camilla Nilsson" userId="S::camni23@vgregion.se::23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="AD" clId="Web-{4C678A08-0708-97C1-3D37-0425ED0C979E}" dt="2024-08-21T11:18:33.578" v="3" actId="20577"/>
+    <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}"/>
+    <pc:docChg chg="undo custSel addSld delSld modSld sldOrd modSection">
+      <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-26T08:33:21.435" v="1935" actId="207"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="Camilla Nilsson" userId="S::camni23@vgregion.se::23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="AD" clId="Web-{4C678A08-0708-97C1-3D37-0425ED0C979E}" dt="2024-08-21T11:18:33.578" v="3" actId="20577"/>
+      <pc:sldChg chg="addSp modSp mod modNotesTx">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:36:55.006" v="1505" actId="6549"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="3289012044" sldId="276"/>
+          <pc:sldMk cId="1250591816" sldId="265"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="Camilla Nilsson" userId="S::camni23@vgregion.se::23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="AD" clId="Web-{4C678A08-0708-97C1-3D37-0425ED0C979E}" dt="2024-08-21T11:18:33.578" v="3" actId="20577"/>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:35:59.918" v="1504" actId="6549"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="3289012044" sldId="276"/>
-            <ac:spMk id="13" creationId="{CFFD01B9-2FC4-5050-C31F-8AEB6A2BB377}"/>
+            <pc:sldMk cId="1250591816" sldId="265"/>
+            <ac:spMk id="4" creationId="{5535811F-E09D-3648-9CA1-0E3DB56E2FAE}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:35:31.557" v="1491" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1250591816" sldId="265"/>
+            <ac:spMk id="14" creationId="{C331D466-4FCF-8076-CAEE-87B54DE7DB68}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-    </pc:docChg>
-[...25 lines deleted...]
-        <pc:chgData name="Camilla Nilsson" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{90EDCA67-6645-4D14-BE37-283460E29D33}" dt="2024-08-21T11:18:07.284" v="4" actId="20577"/>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-26T08:33:21.435" v="1935" actId="207"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2504683606" sldId="295"/>
         </pc:sldMkLst>
-      </pc:sldChg>
-[...14 lines deleted...]
-        </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Camilla Nilsson" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{6BADAF02-3AB7-4B9D-860B-B347D16257FE}" dt="2024-03-17T18:01:17.595" v="49" actId="20577"/>
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:44:57.128" v="1845" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="3289012044" sldId="276"/>
-            <ac:spMk id="13" creationId="{CFFD01B9-2FC4-5050-C31F-8AEB6A2BB377}"/>
+            <pc:sldMk cId="2504683606" sldId="295"/>
+            <ac:spMk id="2" creationId="{D32345A1-5154-2368-FE83-C81D16E2189F}"/>
           </ac:spMkLst>
         </pc:spChg>
-      </pc:sldChg>
-[...5 lines deleted...]
-        </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Camilla Nilsson" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{6BADAF02-3AB7-4B9D-860B-B347D16257FE}" dt="2024-03-19T15:07:09.693" v="181" actId="20577"/>
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-26T08:33:21.435" v="1935" actId="207"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="67797366" sldId="277"/>
-[...15 lines deleted...]
-            <ac:spMk id="6" creationId="{78E1AE76-4DDE-821A-2BDA-430F2C92CD0D}"/>
+            <pc:sldMk cId="2504683606" sldId="295"/>
+            <ac:spMk id="3" creationId="{BE0EBF51-3544-1699-8AA1-075310487DB2}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Camilla Nilsson" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{6BADAF02-3AB7-4B9D-860B-B347D16257FE}" dt="2024-03-20T08:22:07.560" v="185" actId="14100"/>
-[...21 lines deleted...]
-        <pc:chgData name="Camilla Nilsson" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{6BADAF02-3AB7-4B9D-860B-B347D16257FE}" dt="2024-03-20T08:30:17.416" v="235" actId="403"/>
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:56:59.752" v="1264" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="4029150224" sldId="296"/>
         </pc:sldMkLst>
+        <pc:graphicFrameChg chg="modGraphic">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:56:59.752" v="1264" actId="20577"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="4029150224" sldId="296"/>
+            <ac:graphicFrameMk id="6" creationId="{B7162153-CAD9-F6FD-9B36-59041C6AF767}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:35:08.160" v="897" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2017827879" sldId="309"/>
+        </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Camilla Nilsson" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{6BADAF02-3AB7-4B9D-860B-B347D16257FE}" dt="2024-03-20T08:30:17.416" v="235" actId="403"/>
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:35:08.160" v="897" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="4029150224" sldId="296"/>
-            <ac:spMk id="3" creationId="{D61EC258-F583-DCC0-4A8C-29605DFC18EB}"/>
+            <pc:sldMk cId="2017827879" sldId="309"/>
+            <ac:spMk id="11" creationId="{E195185F-56FA-9D08-4076-DFD66111F8A2}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-04T10:36:58.402" v="3" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2017827879" sldId="309"/>
+            <ac:spMk id="13" creationId="{394D3124-2E9A-465D-D66F-142446F3980C}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp mod ord">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T12:04:17.116" v="1406"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2599912398" sldId="311"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T12:03:42.156" v="1402"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2599912398" sldId="311"/>
+            <ac:spMk id="3" creationId="{F449A9CD-2FDF-20D8-7A55-888BD556D63A}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="del mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T12:03:40.165" v="1401" actId="478"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2599912398" sldId="311"/>
+            <ac:spMk id="6" creationId="{6F5E43C2-B67E-9182-8AF0-93222C4CD3FD}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:53:05.369" v="1144" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3141663087" sldId="2147481487"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:37:01.713" v="975" actId="113"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3141663087" sldId="2147481487"/>
+            <ac:spMk id="3" creationId="{161779EE-AF7B-28B4-770D-505214B5451B}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:53:05.369" v="1144" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3141663087" sldId="2147481487"/>
+            <ac:spMk id="4" creationId="{331797F5-C8CA-80F2-BD20-9C688D8E6FF5}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:56:08.447" v="1258" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2696765015" sldId="2147481491"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:56:08.447" v="1258" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2696765015" sldId="2147481491"/>
+            <ac:spMk id="3" creationId="{5297DEFE-8FC3-1AD5-7E2A-9805D3F5363F}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:41:41.571" v="1706" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2771011542" sldId="2147481493"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:41:41.571" v="1706" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2771011542" sldId="2147481493"/>
+            <ac:spMk id="3" creationId="{A9AF4EEE-FD04-56A8-453A-0FD8E02AE139}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod ord">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T12:06:23.153" v="1464" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3842425733" sldId="2147481495"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T12:04:59.820" v="1414" actId="113"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3842425733" sldId="2147481495"/>
+            <ac:spMk id="2" creationId="{FF7745CA-3A29-228C-10C0-5A6F0D4CE37E}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T12:06:23.153" v="1464" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3842425733" sldId="2147481495"/>
+            <ac:spMk id="3" creationId="{6F047584-D1B4-5101-CA48-1A7168A5A1A5}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:54:32.525" v="1188" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2531868187" sldId="2147481497"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:54:32.525" v="1188" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2531868187" sldId="2147481497"/>
+            <ac:spMk id="3" creationId="{54A55701-2222-D9D6-CABD-50DC9527B1A4}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:53:57.284" v="1167" actId="6549"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="334827225" sldId="2147481504"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:53:17.105" v="1145" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="334827225" sldId="2147481504"/>
+            <ac:spMk id="2" creationId="{BBE54AFB-DC66-3895-B707-F4BF6800837B}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:53:57.284" v="1167" actId="6549"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="334827225" sldId="2147481504"/>
+            <ac:spMk id="20" creationId="{C60A1B70-3B33-C093-8F06-628B828B1F54}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp del mod modClrScheme chgLayout">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-26T08:33:07.649" v="1933" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1910287119" sldId="2147481505"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod ord">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:30:12.886" v="587" actId="700"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1910287119" sldId="2147481505"/>
+            <ac:spMk id="2" creationId="{4228663E-CC0F-077B-DDDB-6A0271B2D92B}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod ord">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:30:12.886" v="587" actId="700"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1910287119" sldId="2147481505"/>
+            <ac:spMk id="3" creationId="{40C27F40-6DAA-ACB2-4054-119B76DFC933}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod ord">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:30:12.886" v="587" actId="700"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1910287119" sldId="2147481505"/>
+            <ac:spMk id="4" creationId="{B1DBB9D7-6914-1DA1-E5CC-E69C264CF2D0}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp del mod">
-        <pc:chgData name="Camilla Nilsson" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{6BADAF02-3AB7-4B9D-860B-B347D16257FE}" dt="2024-03-20T08:31:26.839" v="274" actId="207"/>
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-26T08:33:08.176" v="1934" actId="47"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="3823540936" sldId="297"/>
+          <pc:sldMk cId="3391278418" sldId="2147481506"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Camilla Nilsson" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{6BADAF02-3AB7-4B9D-860B-B347D16257FE}" dt="2024-03-20T08:31:26.839" v="274" actId="207"/>
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T11:30:32.443" v="594" actId="6549"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="3823540936" sldId="297"/>
-            <ac:spMk id="3" creationId="{E1D96A70-64E7-70B3-78D7-551D778F485A}"/>
+            <pc:sldMk cId="3391278418" sldId="2147481506"/>
+            <ac:spMk id="2" creationId="{D122C2B1-0CAD-409A-562A-0EE4327598AB}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-26T08:25:19.231" v="1931" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3391278418" sldId="2147481506"/>
+            <ac:spMk id="3" creationId="{7178B61E-F998-A92A-DD90-D8D41FB0ACC3}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modNotesTx">
-        <pc:chgData name="Camilla Nilsson" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{6BADAF02-3AB7-4B9D-860B-B347D16257FE}" dt="2024-03-20T08:22:49.880" v="188" actId="20577"/>
+      <pc:sldChg chg="modSp mod modClrScheme chgLayout">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:39:26.560" v="1651" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="3788261090" sldId="298"/>
-[...6 lines deleted...]
-          <pc:sldMk cId="3629183323" sldId="299"/>
+          <pc:sldMk cId="940216240" sldId="2147481510"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Camilla Nilsson" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{6BADAF02-3AB7-4B9D-860B-B347D16257FE}" dt="2024-03-20T08:22:41.054" v="186" actId="1076"/>
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-13T10:06:35.266" v="365" actId="26606"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="3629183323" sldId="299"/>
-            <ac:spMk id="3" creationId="{8B0FE837-ACC9-063A-0E3B-EC9127092C43}"/>
+            <pc:sldMk cId="940216240" sldId="2147481510"/>
+            <ac:spMk id="2" creationId="{E557998C-8A87-9938-D97F-9012D40C47C8}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:39:26.560" v="1651" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="940216240" sldId="2147481510"/>
+            <ac:spMk id="3" creationId="{830D3078-751C-C25D-5010-A261BBE694EF}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-13T10:06:35.266" v="365" actId="26606"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="940216240" sldId="2147481510"/>
+            <ac:spMk id="4" creationId="{B0453851-3E75-4549-7D40-856DAEF8571E}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-    </pc:docChg>
-[...9 lines deleted...]
-        <pc:chgData name="Camilla Nilsson" userId="S::camni23@vgregion.se::23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="AD" clId="Web-{9CCF6916-0DDB-BB78-B3CE-E4BB8E7CAF77}" dt="2024-04-12T08:48:40.956" v="0"/>
+      <pc:sldChg chg="modSp add del mod">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:38:47.592" v="1618" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="3629183323" sldId="299"/>
+          <pc:sldMk cId="1464683317" sldId="2147481511"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:38:47.592" v="1618" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1464683317" sldId="2147481511"/>
+            <ac:spMk id="3" creationId="{847751FA-AD08-1473-8592-3B28EF8127BA}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:40:36.125" v="1678" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="491156937" sldId="2147481512"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:40:36.125" v="1678" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="491156937" sldId="2147481512"/>
+            <ac:spMk id="3" creationId="{9BD79FF6-8DDE-5E72-7608-D148C424156A}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod modClrScheme chgLayout">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:41:13.756" v="1697" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="127531065" sldId="2147481513"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-13T10:08:50.480" v="370" actId="26606"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="127531065" sldId="2147481513"/>
+            <ac:spMk id="2" creationId="{0632A99B-B736-E218-751E-6544BABF476A}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:41:13.756" v="1697" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="127531065" sldId="2147481513"/>
+            <ac:spMk id="3" creationId="{E4EF5616-49EB-7F06-24BE-8056AC2D3C83}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-13T10:08:50.480" v="370" actId="26606"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="127531065" sldId="2147481513"/>
+            <ac:spMk id="4" creationId="{8103CEA9-D973-F925-4739-1F61B5C78971}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod ord">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:43:19.094" v="1799" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3766804321" sldId="2147481514"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:43:19.094" v="1799" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3766804321" sldId="2147481514"/>
+            <ac:spMk id="3" creationId="{F01FBA32-7031-0E40-A9F3-528019EF3A07}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod modClrScheme chgLayout">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:44:31.383" v="1827" actId="6549"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1954124107" sldId="2147481515"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-13T10:06:43.209" v="366" actId="26606"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954124107" sldId="2147481515"/>
+            <ac:spMk id="2" creationId="{8370A39B-57EA-EB75-FA2A-075722FF0A98}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-25T13:44:31.383" v="1827" actId="6549"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954124107" sldId="2147481515"/>
+            <ac:spMk id="3" creationId="{6DA23521-F13D-FC8C-B6A6-AB1A194FD925}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-13T10:06:43.209" v="366" actId="26606"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954124107" sldId="2147481515"/>
+            <ac:spMk id="4" creationId="{F048306C-D56C-E6B1-E4B1-04FBE68BD18E}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-26T08:33:02.341" v="1932"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="26763474" sldId="2147481518"/>
         </pc:sldMkLst>
       </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-26T08:33:02.341" v="1932"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1967533261" sldId="2147481519"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldMasterChg chg="delSldLayout">
+        <pc:chgData name="Camilla Ahlström" userId="23b3770c-8727-4483-8fa4-d4e2843fda96" providerId="ADAL" clId="{4CB5D6A9-1E06-4375-8F93-9458665AF0DB}" dt="2026-03-13T10:05:56.679" v="358" actId="47"/>
+        <pc:sldMasterMkLst>
+          <pc:docMk/>
+          <pc:sldMasterMk cId="3768012935" sldId="2147483670"/>
+        </pc:sldMasterMkLst>
+      </pc:sldMasterChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
+<file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11200"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
+<file path=ppt/diagrams/colors2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11200"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
+<file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{1453D24E-F72A-494E-BF68-6DAF3560C6C3}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{5058AE41-A49B-4F47-B7B1-7A9B044BAB21}">
+      <dgm:prSet phldrT="[Text]" phldr="0"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE" dirty="0"/>
+            <a:t>Arbetsmiljö – säg vad du tycker!</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0FE74B71-F4B7-4BD5-8433-370E1EDA2B84}" type="parTrans" cxnId="{CAEEFB21-7A63-42B8-A18A-1EFB1C818A29}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{47E15CC8-78F4-4C95-A298-9B36F6D04FFA}" type="sibTrans" cxnId="{CAEEFB21-7A63-42B8-A18A-1EFB1C818A29}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{EA6A8A87-C300-4BD0-A0B1-36129313DD6B}">
+      <dgm:prSet phldrT="[Text]" phldr="0"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE" dirty="0"/>
+            <a:t>Verksamhet</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A20D1D75-BE9E-42A5-94EB-1A0B3A71DB0E}" type="parTrans" cxnId="{13FA1F85-414C-44B5-AB17-153DA94992C6}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8555EDC6-027A-4761-AFFC-CF04D56BB2EC}" type="sibTrans" cxnId="{13FA1F85-414C-44B5-AB17-153DA94992C6}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{927FB61E-DD5E-4018-8AF3-1D504FE5E9E6}">
+      <dgm:prSet phldrT="[Text]" phldr="0"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE" dirty="0"/>
+            <a:t>Patientsäkerhet </a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{9E6C3868-7965-495B-A129-D714A980F32E}" type="parTrans" cxnId="{CA55B69B-5B9F-4271-82B0-FD3537E0D856}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{C82E09B1-86B9-4ABC-9A15-7437231B1E60}" type="sibTrans" cxnId="{CA55B69B-5B9F-4271-82B0-FD3537E0D856}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{1D285435-593D-4488-A1E8-69FA3C5B39D0}" type="pres">
+      <dgm:prSet presAssocID="{1453D24E-F72A-494E-BF68-6DAF3560C6C3}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="7"/>
+          <dgm:chPref val="7"/>
+          <dgm:dir/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2840773B-2C85-46B3-AEA2-E4F1D80FE640}" type="pres">
+      <dgm:prSet presAssocID="{1453D24E-F72A-494E-BF68-6DAF3560C6C3}" presName="Name1" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{BE868EE8-6225-4031-B164-6E6277373D8B}" type="pres">
+      <dgm:prSet presAssocID="{1453D24E-F72A-494E-BF68-6DAF3560C6C3}" presName="cycle" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{73FD261D-9D0E-42CF-8623-AAFCE2D85A8A}" type="pres">
+      <dgm:prSet presAssocID="{1453D24E-F72A-494E-BF68-6DAF3560C6C3}" presName="srcNode" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{54BC5080-091D-4BC8-924D-296478314E1B}" type="pres">
+      <dgm:prSet presAssocID="{1453D24E-F72A-494E-BF68-6DAF3560C6C3}" presName="conn" presStyleLbl="parChTrans1D2" presStyleIdx="0" presStyleCnt="1"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{EA056699-2CCB-4907-8E47-10F67EC71CFE}" type="pres">
+      <dgm:prSet presAssocID="{1453D24E-F72A-494E-BF68-6DAF3560C6C3}" presName="extraNode" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{65019776-C83C-47F2-B5F6-FC7715E9C037}" type="pres">
+      <dgm:prSet presAssocID="{1453D24E-F72A-494E-BF68-6DAF3560C6C3}" presName="dstNode" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{213BF179-F417-4E66-9A7D-3D089CF0A84F}" type="pres">
+      <dgm:prSet presAssocID="{5058AE41-A49B-4F47-B7B1-7A9B044BAB21}" presName="text_1" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{D5455948-6657-404D-9D20-F48630428018}" type="pres">
+      <dgm:prSet presAssocID="{5058AE41-A49B-4F47-B7B1-7A9B044BAB21}" presName="accent_1" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{5DBC8935-665D-428B-80AE-0BF0525057D5}" type="pres">
+      <dgm:prSet presAssocID="{5058AE41-A49B-4F47-B7B1-7A9B044BAB21}" presName="accentRepeatNode" presStyleLbl="solidFgAcc1" presStyleIdx="0" presStyleCnt="3"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent6">
+            <a:lumMod val="60000"/>
+            <a:lumOff val="40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+    </dgm:pt>
+    <dgm:pt modelId="{324941BF-7BE9-4CDA-9412-0CD1024CE7F2}" type="pres">
+      <dgm:prSet presAssocID="{EA6A8A87-C300-4BD0-A0B1-36129313DD6B}" presName="text_2" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{55A4FB67-4789-4C4B-986B-28D73F10D067}" type="pres">
+      <dgm:prSet presAssocID="{EA6A8A87-C300-4BD0-A0B1-36129313DD6B}" presName="accent_2" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{53F4BD4F-D7C5-4D42-8EEB-0B6CA677E5E4}" type="pres">
+      <dgm:prSet presAssocID="{EA6A8A87-C300-4BD0-A0B1-36129313DD6B}" presName="accentRepeatNode" presStyleLbl="solidFgAcc1" presStyleIdx="1" presStyleCnt="3"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent6">
+            <a:lumMod val="60000"/>
+            <a:lumOff val="40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+    </dgm:pt>
+    <dgm:pt modelId="{6C8EA4D2-9F61-4332-9D68-50CDB616FBEA}" type="pres">
+      <dgm:prSet presAssocID="{927FB61E-DD5E-4018-8AF3-1D504FE5E9E6}" presName="text_3" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{F36879C3-5DBC-490D-8041-C6BFB1223E83}" type="pres">
+      <dgm:prSet presAssocID="{927FB61E-DD5E-4018-8AF3-1D504FE5E9E6}" presName="accent_3" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{C6C5E733-783B-4CD1-8E44-16E910FC1255}" type="pres">
+      <dgm:prSet presAssocID="{927FB61E-DD5E-4018-8AF3-1D504FE5E9E6}" presName="accentRepeatNode" presStyleLbl="solidFgAcc1" presStyleIdx="2" presStyleCnt="3" custLinFactNeighborX="-7661" custLinFactNeighborY="1870"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent6">
+            <a:lumMod val="60000"/>
+            <a:lumOff val="40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{CAEEFB21-7A63-42B8-A18A-1EFB1C818A29}" srcId="{1453D24E-F72A-494E-BF68-6DAF3560C6C3}" destId="{5058AE41-A49B-4F47-B7B1-7A9B044BAB21}" srcOrd="0" destOrd="0" parTransId="{0FE74B71-F4B7-4BD5-8433-370E1EDA2B84}" sibTransId="{47E15CC8-78F4-4C95-A298-9B36F6D04FFA}"/>
+    <dgm:cxn modelId="{417C8E43-8F10-4D96-A6BE-56A4896675FB}" type="presOf" srcId="{EA6A8A87-C300-4BD0-A0B1-36129313DD6B}" destId="{324941BF-7BE9-4CDA-9412-0CD1024CE7F2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{C9718172-D305-4777-B7AF-89BF5555F3C2}" type="presOf" srcId="{927FB61E-DD5E-4018-8AF3-1D504FE5E9E6}" destId="{6C8EA4D2-9F61-4332-9D68-50CDB616FBEA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{13FA1F85-414C-44B5-AB17-153DA94992C6}" srcId="{1453D24E-F72A-494E-BF68-6DAF3560C6C3}" destId="{EA6A8A87-C300-4BD0-A0B1-36129313DD6B}" srcOrd="1" destOrd="0" parTransId="{A20D1D75-BE9E-42A5-94EB-1A0B3A71DB0E}" sibTransId="{8555EDC6-027A-4761-AFFC-CF04D56BB2EC}"/>
+    <dgm:cxn modelId="{AFDFE08C-7A9B-4C2F-B9A6-CF1B7FF13B0B}" type="presOf" srcId="{1453D24E-F72A-494E-BF68-6DAF3560C6C3}" destId="{1D285435-593D-4488-A1E8-69FA3C5B39D0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{0AB23790-3D20-4E05-8B9E-8C3C6372C7CF}" type="presOf" srcId="{47E15CC8-78F4-4C95-A298-9B36F6D04FFA}" destId="{54BC5080-091D-4BC8-924D-296478314E1B}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{08C2D997-2AB8-456E-9924-A3220F5F7E96}" type="presOf" srcId="{5058AE41-A49B-4F47-B7B1-7A9B044BAB21}" destId="{213BF179-F417-4E66-9A7D-3D089CF0A84F}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{CA55B69B-5B9F-4271-82B0-FD3537E0D856}" srcId="{1453D24E-F72A-494E-BF68-6DAF3560C6C3}" destId="{927FB61E-DD5E-4018-8AF3-1D504FE5E9E6}" srcOrd="2" destOrd="0" parTransId="{9E6C3868-7965-495B-A129-D714A980F32E}" sibTransId="{C82E09B1-86B9-4ABC-9A15-7437231B1E60}"/>
+    <dgm:cxn modelId="{A45BEADF-100E-4496-8BA3-9D63D9E4044D}" type="presParOf" srcId="{1D285435-593D-4488-A1E8-69FA3C5B39D0}" destId="{2840773B-2C85-46B3-AEA2-E4F1D80FE640}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{0A049679-FE5A-4B13-9EBD-1C606983BE78}" type="presParOf" srcId="{2840773B-2C85-46B3-AEA2-E4F1D80FE640}" destId="{BE868EE8-6225-4031-B164-6E6277373D8B}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{70D89517-6136-4E2E-9A7D-B9622888F34C}" type="presParOf" srcId="{BE868EE8-6225-4031-B164-6E6277373D8B}" destId="{73FD261D-9D0E-42CF-8623-AAFCE2D85A8A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{C8248C7F-B90B-4F71-A43F-5415366D14A7}" type="presParOf" srcId="{BE868EE8-6225-4031-B164-6E6277373D8B}" destId="{54BC5080-091D-4BC8-924D-296478314E1B}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{5F245944-352C-4298-B27D-84D0F8C4DE15}" type="presParOf" srcId="{BE868EE8-6225-4031-B164-6E6277373D8B}" destId="{EA056699-2CCB-4907-8E47-10F67EC71CFE}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{E042E2E5-B9A3-4AA6-A991-8457F97E3A0F}" type="presParOf" srcId="{BE868EE8-6225-4031-B164-6E6277373D8B}" destId="{65019776-C83C-47F2-B5F6-FC7715E9C037}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{97E6134F-EEC8-44FB-9E04-584560A316DF}" type="presParOf" srcId="{2840773B-2C85-46B3-AEA2-E4F1D80FE640}" destId="{213BF179-F417-4E66-9A7D-3D089CF0A84F}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{A71A08C4-11D7-4F78-9183-ACC9D74A22C6}" type="presParOf" srcId="{2840773B-2C85-46B3-AEA2-E4F1D80FE640}" destId="{D5455948-6657-404D-9D20-F48630428018}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{1A0F36CF-EB26-47FF-9CD8-176B9B894243}" type="presParOf" srcId="{D5455948-6657-404D-9D20-F48630428018}" destId="{5DBC8935-665D-428B-80AE-0BF0525057D5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{3DC86C63-0725-43DB-9F16-C750171FE849}" type="presParOf" srcId="{2840773B-2C85-46B3-AEA2-E4F1D80FE640}" destId="{324941BF-7BE9-4CDA-9412-0CD1024CE7F2}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{AC84FEEB-E609-47EC-9D02-329B043F6D58}" type="presParOf" srcId="{2840773B-2C85-46B3-AEA2-E4F1D80FE640}" destId="{55A4FB67-4789-4C4B-986B-28D73F10D067}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{8D5F2A9E-90C2-4C3A-81C6-DF9EE27064A4}" type="presParOf" srcId="{55A4FB67-4789-4C4B-986B-28D73F10D067}" destId="{53F4BD4F-D7C5-4D42-8EEB-0B6CA677E5E4}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{04C976C0-3A12-4EC6-A7C6-1756C2FBE146}" type="presParOf" srcId="{2840773B-2C85-46B3-AEA2-E4F1D80FE640}" destId="{6C8EA4D2-9F61-4332-9D68-50CDB616FBEA}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{EC1D7D19-258D-4EBC-A39D-8AA29CE02F98}" type="presParOf" srcId="{2840773B-2C85-46B3-AEA2-E4F1D80FE640}" destId="{F36879C3-5DBC-490D-8041-C6BFB1223E83}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{A6B46085-0B78-44D4-B86B-1B7BC8A1BE6E}" type="presParOf" srcId="{F36879C3-5DBC-490D-8041-C6BFB1223E83}" destId="{C6C5E733-783B-4CD1-8E44-16E910FC1255}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId6" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{3460011A-38DB-47EF-87D7-B9A424F3ECC9}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/vList2" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{51E9DC18-7CC0-40C2-A25B-8A7E1B502B07}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2800" noProof="0" dirty="0"/>
+            <a:t>Medarbetare som är tillsvidareanställd eller visstidsanställd (ej timavlönad)</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{29D32C67-10FE-4F07-A91C-46598F2051D0}" type="parTrans" cxnId="{DF9F6520-36AB-4ABC-9C0D-6C7D6AD7B9AD}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{949D59CB-F61E-4D12-8D9C-F27B5C2006C8}" type="sibTrans" cxnId="{DF9F6520-36AB-4ABC-9C0D-6C7D6AD7B9AD}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{6854742C-FBB3-4AE4-96B8-455D112BD955}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2800" noProof="0" dirty="0"/>
+            <a:t>Medarbetare som var anställd den 30 juni 2026 och fortfarande är anställd när mätningen startar</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A91A5656-DBB8-4D32-B388-E283A259A8DF}" type="parTrans" cxnId="{DBB7068E-93D9-4129-9CD6-979B0F81B36B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D97E8BCB-B276-435D-BBE2-F34035FD4F34}" type="sibTrans" cxnId="{DBB7068E-93D9-4129-9CD6-979B0F81B36B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0ACA6340-B0C6-4AE6-A100-3AF2D419C21B}" type="pres">
+      <dgm:prSet presAssocID="{3460011A-38DB-47EF-87D7-B9A424F3ECC9}" presName="linear" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:animLvl val="lvl"/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{21286B71-2252-427D-BA42-B19583736A6E}" type="pres">
+      <dgm:prSet presAssocID="{51E9DC18-7CC0-40C2-A25B-8A7E1B502B07}" presName="parentText" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="2" custLinFactNeighborX="-37844" custLinFactNeighborY="40550">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{8DFC13E5-B5AB-49ED-8E9B-65CF132AEB98}" type="pres">
+      <dgm:prSet presAssocID="{949D59CB-F61E-4D12-8D9C-F27B5C2006C8}" presName="spacer" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{8813F61E-DFF7-479B-9B2F-B70843CA9969}" type="pres">
+      <dgm:prSet presAssocID="{6854742C-FBB3-4AE4-96B8-455D112BD955}" presName="parentText" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="2">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{DF9F6520-36AB-4ABC-9C0D-6C7D6AD7B9AD}" srcId="{3460011A-38DB-47EF-87D7-B9A424F3ECC9}" destId="{51E9DC18-7CC0-40C2-A25B-8A7E1B502B07}" srcOrd="0" destOrd="0" parTransId="{29D32C67-10FE-4F07-A91C-46598F2051D0}" sibTransId="{949D59CB-F61E-4D12-8D9C-F27B5C2006C8}"/>
+    <dgm:cxn modelId="{71BAEF3C-E043-4522-AB01-F66A7BCA7143}" type="presOf" srcId="{3460011A-38DB-47EF-87D7-B9A424F3ECC9}" destId="{0ACA6340-B0C6-4AE6-A100-3AF2D419C21B}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList2"/>
+    <dgm:cxn modelId="{6DDE335F-0799-4AA9-B283-3BEBE09FAC79}" type="presOf" srcId="{6854742C-FBB3-4AE4-96B8-455D112BD955}" destId="{8813F61E-DFF7-479B-9B2F-B70843CA9969}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList2"/>
+    <dgm:cxn modelId="{DBB7068E-93D9-4129-9CD6-979B0F81B36B}" srcId="{3460011A-38DB-47EF-87D7-B9A424F3ECC9}" destId="{6854742C-FBB3-4AE4-96B8-455D112BD955}" srcOrd="1" destOrd="0" parTransId="{A91A5656-DBB8-4D32-B388-E283A259A8DF}" sibTransId="{D97E8BCB-B276-435D-BBE2-F34035FD4F34}"/>
+    <dgm:cxn modelId="{B4F45FE8-140A-4FE1-9A5F-88F2931E93FF}" type="presOf" srcId="{51E9DC18-7CC0-40C2-A25B-8A7E1B502B07}" destId="{21286B71-2252-427D-BA42-B19583736A6E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList2"/>
+    <dgm:cxn modelId="{66708BED-7EB2-40F1-9A4D-67483184CED3}" type="presParOf" srcId="{0ACA6340-B0C6-4AE6-A100-3AF2D419C21B}" destId="{21286B71-2252-427D-BA42-B19583736A6E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList2"/>
+    <dgm:cxn modelId="{D9C43BCD-263D-4AE2-BDD7-6477CE4C5C0E}" type="presParOf" srcId="{0ACA6340-B0C6-4AE6-A100-3AF2D419C21B}" destId="{8DFC13E5-B5AB-49ED-8E9B-65CF132AEB98}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList2"/>
+    <dgm:cxn modelId="{DA225B8A-46AF-4283-ABB8-2CD1B61EA6B2}" type="presParOf" srcId="{0ACA6340-B0C6-4AE6-A100-3AF2D419C21B}" destId="{8813F61E-DFF7-479B-9B2F-B70843CA9969}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList2"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{54BC5080-091D-4BC8-924D-296478314E1B}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="-3742999" y="-574982"/>
+          <a:ext cx="4461489" cy="4461489"/>
+        </a:xfrm>
+        <a:prstGeom prst="blockArc">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 18900000"/>
+            <a:gd name="adj2" fmla="val 2700000"/>
+            <a:gd name="adj3" fmla="val 484"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:shade val="60000"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{213BF179-F417-4E66-9A7D-3D089CF0A84F}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="462036" y="331152"/>
+          <a:ext cx="5058142" cy="662304"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="525705" tIns="53340" rIns="53340" bIns="53340" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="933450">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2100" kern="1200" dirty="0"/>
+            <a:t>Arbetsmiljö – säg vad du tycker!</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="462036" y="331152"/>
+        <a:ext cx="5058142" cy="662304"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{5DBC8935-665D-428B-80AE-0BF0525057D5}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="48096" y="248364"/>
+          <a:ext cx="827881" cy="827881"/>
+        </a:xfrm>
+        <a:prstGeom prst="ellipse">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent6">
+            <a:lumMod val="60000"/>
+            <a:lumOff val="40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{324941BF-7BE9-4CDA-9412-0CD1024CE7F2}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="702784" y="1324609"/>
+          <a:ext cx="4817394" cy="662304"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="525705" tIns="53340" rIns="53340" bIns="53340" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="933450">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2100" kern="1200" dirty="0"/>
+            <a:t>Verksamhet</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="702784" y="1324609"/>
+        <a:ext cx="4817394" cy="662304"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{53F4BD4F-D7C5-4D42-8EEB-0B6CA677E5E4}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="288843" y="1241821"/>
+          <a:ext cx="827881" cy="827881"/>
+        </a:xfrm>
+        <a:prstGeom prst="ellipse">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent6">
+            <a:lumMod val="60000"/>
+            <a:lumOff val="40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{6C8EA4D2-9F61-4332-9D68-50CDB616FBEA}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="462036" y="2318067"/>
+          <a:ext cx="5058142" cy="662304"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="525705" tIns="53340" rIns="53340" bIns="53340" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="933450">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2100" kern="1200" dirty="0"/>
+            <a:t>Patientsäkerhet </a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="462036" y="2318067"/>
+        <a:ext cx="5058142" cy="662304"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{C6C5E733-783B-4CD1-8E44-16E910FC1255}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="0" y="2250760"/>
+          <a:ext cx="827881" cy="827881"/>
+        </a:xfrm>
+        <a:prstGeom prst="ellipse">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent6">
+            <a:lumMod val="60000"/>
+            <a:lumOff val="40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{21286B71-2252-427D-BA42-B19583736A6E}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="0" y="79047"/>
+          <a:ext cx="8650817" cy="1559025"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Medarbetare som är tillsvidareanställd eller visstidsanställd (ej timavlönad)</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="76105" y="155152"/>
+        <a:ext cx="8498607" cy="1406815"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{8813F61E-DFF7-479B-9B2F-B70843CA9969}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="0" y="1749363"/>
+          <a:ext cx="8650817" cy="1559025"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1244600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="2800" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Medarbetare som var anställd den 30 juni 2026 och fortfarande är anställd när mätningen startar</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="76105" y="1825468"/>
+        <a:ext cx="8498607" cy="1406815"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="list" pri="20000"/>
+  </dgm:catLst>
+  <dgm:sampData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="3">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="4" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="5" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="3">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="4">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:chMax val="7"/>
+      <dgm:chPref val="7"/>
+      <dgm:dir/>
+    </dgm:varLst>
+    <dgm:alg type="composite"/>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:constrLst>
+      <dgm:constr type="w" for="ch" refType="h" refFor="ch" op="gte" fact="0.8"/>
+    </dgm:constrLst>
+    <dgm:layoutNode name="Name1">
+      <dgm:alg type="composite"/>
+      <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+        <dgm:adjLst/>
+      </dgm:shape>
+      <dgm:choose name="Name2">
+        <dgm:if name="Name3" func="var" arg="dir" op="equ" val="norm">
+          <dgm:choose name="Name4">
+            <dgm:if name="Name5" axis="ch" ptType="node" func="cnt" op="equ" val="1">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.625"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.2253"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name6" axis="ch" ptType="node" func="cnt" op="equ" val="2">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.3571"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.2857"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.1891"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.3571"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.7143"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="h" fact="0.1891"/>
+                <dgm:constr type="l" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name7" axis="ch" ptType="node" func="cnt" op="equ" val="3">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.25"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.2"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.1526"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.25"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="h" fact="0.2253"/>
+                <dgm:constr type="l" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.25"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.8"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="h" fact="0.1526"/>
+                <dgm:constr type="l" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name8" axis="ch" ptType="node" func="cnt" op="equ" val="4">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.1538"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.1268"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.3846"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="h" fact="0.215"/>
+                <dgm:constr type="l" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.6154"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="h" fact="0.215"/>
+                <dgm:constr type="l" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.8462"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="h" fact="0.1268"/>
+                <dgm:constr type="l" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name9" axis="ch" ptType="node" func="cnt" op="equ" val="5">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.125"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.1082"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.3125"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="h" fact="0.1978"/>
+                <dgm:constr type="l" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="h" fact="0.2253"/>
+                <dgm:constr type="l" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.6875"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="h" fact="0.1978"/>
+                <dgm:constr type="l" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_5" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_5" refType="h" refFor="ch" refForName="accent_5" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_5" refType="h" fact="0.875"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_5" refType="h" fact="0.1082"/>
+                <dgm:constr type="l" for="ch" forName="text_5" refType="ctrX" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="r" for="ch" forName="text_5" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_5" refType="h" refFor="ch" refForName="text_5" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_5" refType="h" refFor="ch" refForName="accent_5" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_5" refType="ctrY" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_5" refType="w" refFor="ch" refForName="accent_5" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name10" axis="ch" ptType="node" func="cnt" op="equ" val="6">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.1053"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.0943"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.2632"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="h" fact="0.1809"/>
+                <dgm:constr type="l" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.4211"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="h" fact="0.2205"/>
+                <dgm:constr type="l" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.5789"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="h" fact="0.2205"/>
+                <dgm:constr type="l" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_5" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_5" refType="h" refFor="ch" refForName="accent_5" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_5" refType="h" fact="0.7368"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_5" refType="h" fact="0.1809"/>
+                <dgm:constr type="l" for="ch" forName="text_5" refType="ctrX" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="r" for="ch" forName="text_5" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_5" refType="h" refFor="ch" refForName="text_5" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_5" refType="h" refFor="ch" refForName="accent_5" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_5" refType="ctrY" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_5" refType="w" refFor="ch" refForName="accent_5" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_6" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_6" refType="h" refFor="ch" refForName="accent_6" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_6" refType="h" fact="0.8947"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_6" refType="h" fact="0.0943"/>
+                <dgm:constr type="l" for="ch" forName="text_6" refType="ctrX" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="r" for="ch" forName="text_6" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_6" refType="h" refFor="ch" refForName="text_6" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_6" refType="h" refFor="ch" refForName="accent_6" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_6" refType="ctrY" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_6" refType="w" refFor="ch" refForName="accent_6" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:else name="Name11">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.0909"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.0835"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.2273"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="h" fact="0.1658"/>
+                <dgm:constr type="l" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.3636"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="h" fact="0.2109"/>
+                <dgm:constr type="l" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="h" fact="0.2253"/>
+                <dgm:constr type="l" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_5" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_5" refType="h" refFor="ch" refForName="accent_5" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_5" refType="h" fact="0.6364"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_5" refType="h" fact="0.2109"/>
+                <dgm:constr type="l" for="ch" forName="text_5" refType="ctrX" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="r" for="ch" forName="text_5" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_5" refType="h" refFor="ch" refForName="text_5" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_5" refType="h" refFor="ch" refForName="accent_5" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_5" refType="ctrY" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_5" refType="w" refFor="ch" refForName="accent_5" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_6" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_6" refType="h" refFor="ch" refForName="accent_6" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_6" refType="h" fact="0.7727"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_6" refType="h" fact="0.1658"/>
+                <dgm:constr type="l" for="ch" forName="text_6" refType="ctrX" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="r" for="ch" forName="text_6" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_6" refType="h" refFor="ch" refForName="text_6" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_6" refType="h" refFor="ch" refForName="accent_6" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_6" refType="ctrY" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_6" refType="w" refFor="ch" refForName="accent_6" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_7" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_7" refType="h" refFor="ch" refForName="accent_7" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_7" refType="h" fact="0.9091"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_7" refType="h" fact="0.0835"/>
+                <dgm:constr type="l" for="ch" forName="text_7" refType="ctrX" refFor="ch" refForName="accent_7"/>
+                <dgm:constr type="r" for="ch" forName="text_7" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_7" refType="h" refFor="ch" refForName="text_7" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_7" refType="h" refFor="ch" refForName="accent_7" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_7" refType="ctrY" refFor="ch" refForName="accent_7"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_7" refType="w" refFor="ch" refForName="accent_7" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:else>
+          </dgm:choose>
+        </dgm:if>
+        <dgm:else name="Name12">
+          <dgm:choose name="Name13">
+            <dgm:if name="Name14" axis="ch" ptType="node" func="cnt" op="equ" val="1">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.625"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.2253"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name15" axis="ch" ptType="node" func="cnt" op="equ" val="2">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.3571"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.2857"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.1891"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.3571"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.7143"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_2" refType="h" fact="-0.1891"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rOff" for="ch" forName="text_2" refType="ctrXOff" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="l" for="ch" forName="text_2"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name16" axis="ch" ptType="node" func="cnt" op="equ" val="3">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.25"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.2"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.1526"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.25"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_2" refType="h" fact="-0.2253"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rOff" for="ch" forName="text_2" refType="ctrXOff" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="l" for="ch" forName="text_2"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.25"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.8"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_3" refType="h" fact="-0.1526"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rOff" for="ch" forName="text_3" refType="ctrXOff" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="l" for="ch" forName="text_3"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="equ" val="4">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.1538"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.1268"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.3846"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_2" refType="h" fact="-0.215"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rOff" for="ch" forName="text_2" refType="ctrXOff" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="l" for="ch" forName="text_2"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.6154"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_3" refType="h" fact="-0.215"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rOff" for="ch" forName="text_3" refType="ctrXOff" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="l" for="ch" forName="text_3"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.8462"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_4" refType="h" fact="-0.1268"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rOff" for="ch" forName="text_4" refType="ctrXOff" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="l" for="ch" forName="text_4"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name18" axis="ch" ptType="node" func="cnt" op="equ" val="5">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.125"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.1082"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.3125"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_2" refType="h" fact="-0.1978"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rOff" for="ch" forName="text_2" refType="ctrXOff" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="l" for="ch" forName="text_2"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_3" refType="h" fact="-0.2253"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rOff" for="ch" forName="text_3" refType="ctrXOff" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="l" for="ch" forName="text_3"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.6875"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_4" refType="h" fact="-0.1978"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rOff" for="ch" forName="text_4" refType="ctrXOff" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="l" for="ch" forName="text_4"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_5" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_5" refType="h" refFor="ch" refForName="accent_5" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_5" refType="h" fact="0.875"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_5" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_5" refType="h" fact="-0.1082"/>
+                <dgm:constr type="r" for="ch" forName="text_5" refType="ctrX" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="rOff" for="ch" forName="text_5" refType="ctrXOff" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="l" for="ch" forName="text_5"/>
+                <dgm:constr type="w" for="ch" forName="text_5" refType="h" refFor="ch" refForName="text_5" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_5" refType="h" refFor="ch" refForName="accent_5" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_5" refType="ctrY" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_5" refType="w" refFor="ch" refForName="accent_5" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name19" axis="ch" ptType="node" func="cnt" op="equ" val="6">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.1053"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.0943"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.2632"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_2" refType="h" fact="-0.1809"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rOff" for="ch" forName="text_2" refType="ctrXOff" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="l" for="ch" forName="text_2"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.4211"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_3" refType="h" fact="-0.2205"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rOff" for="ch" forName="text_3" refType="ctrXOff" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="l" for="ch" forName="text_3"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.5789"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_4" refType="h" fact="-0.2205"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rOff" for="ch" forName="text_4" refType="ctrXOff" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="l" for="ch" forName="text_4"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_5" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_5" refType="h" refFor="ch" refForName="accent_5" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_5" refType="h" fact="0.7368"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_5" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_5" refType="h" fact="-0.1809"/>
+                <dgm:constr type="r" for="ch" forName="text_5" refType="ctrX" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="rOff" for="ch" forName="text_5" refType="ctrXOff" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="l" for="ch" forName="text_5"/>
+                <dgm:constr type="w" for="ch" forName="text_5" refType="h" refFor="ch" refForName="text_5" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_5" refType="h" refFor="ch" refForName="accent_5" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_5" refType="ctrY" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_5" refType="w" refFor="ch" refForName="accent_5" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_6" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_6" refType="h" refFor="ch" refForName="accent_6" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_6" refType="h" fact="0.8947"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_6" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_6" refType="h" fact="-0.0943"/>
+                <dgm:constr type="r" for="ch" forName="text_6" refType="ctrX" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="rOff" for="ch" forName="text_6" refType="ctrXOff" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="l" for="ch" forName="text_6"/>
+                <dgm:constr type="w" for="ch" forName="text_6" refType="h" refFor="ch" refForName="text_6" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_6" refType="h" refFor="ch" refForName="accent_6" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_6" refType="ctrY" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_6" refType="w" refFor="ch" refForName="accent_6" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:else name="Name20">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.0909"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.0835"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.2273"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_2" refType="h" fact="-0.1658"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rOff" for="ch" forName="text_2" refType="ctrXOff" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="l" for="ch" forName="text_2"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.3636"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_3" refType="h" fact="-0.2109"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rOff" for="ch" forName="text_3" refType="ctrXOff" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="l" for="ch" forName="text_3"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_4" refType="h" fact="-0.2253"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rOff" for="ch" forName="text_4" refType="ctrXOff" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="l" for="ch" forName="text_4"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_5" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_5" refType="h" refFor="ch" refForName="accent_5" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_5" refType="h" fact="0.6364"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_5" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_5" refType="h" fact="-0.2109"/>
+                <dgm:constr type="r" for="ch" forName="text_5" refType="ctrX" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="rOff" for="ch" forName="text_5" refType="ctrXOff" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="l" for="ch" forName="text_5"/>
+                <dgm:constr type="w" for="ch" forName="text_5" refType="h" refFor="ch" refForName="text_5" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_5" refType="h" refFor="ch" refForName="accent_5" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_5" refType="ctrY" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_5" refType="w" refFor="ch" refForName="accent_5" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_6" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_6" refType="h" refFor="ch" refForName="accent_6" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_6" refType="h" fact="0.7727"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_6" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_6" refType="h" fact="-0.1658"/>
+                <dgm:constr type="r" for="ch" forName="text_6" refType="ctrX" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="rOff" for="ch" forName="text_6" refType="ctrXOff" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="l" for="ch" forName="text_6"/>
+                <dgm:constr type="w" for="ch" forName="text_6" refType="h" refFor="ch" refForName="text_6" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_6" refType="h" refFor="ch" refForName="accent_6" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_6" refType="ctrY" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_6" refType="w" refFor="ch" refForName="accent_6" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_7" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_7" refType="h" refFor="ch" refForName="accent_7" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_7" refType="h" fact="0.9091"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_7" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_7" refType="h" fact="-0.0835"/>
+                <dgm:constr type="r" for="ch" forName="text_7" refType="ctrX" refFor="ch" refForName="accent_7"/>
+                <dgm:constr type="rOff" for="ch" forName="text_7" refType="ctrXOff" refFor="ch" refForName="accent_7"/>
+                <dgm:constr type="l" for="ch" forName="text_7"/>
+                <dgm:constr type="w" for="ch" forName="text_7" refType="h" refFor="ch" refForName="text_7" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_7" refType="h" refFor="ch" refForName="accent_7" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_7" refType="ctrY" refFor="ch" refForName="accent_7"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_7" refType="w" refFor="ch" refForName="accent_7" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:else>
+          </dgm:choose>
+        </dgm:else>
+      </dgm:choose>
+      <dgm:layoutNode name="cycle">
+        <dgm:choose name="Name21">
+          <dgm:if name="Name22" func="var" arg="dir" op="equ" val="norm">
+            <dgm:alg type="cycle">
+              <dgm:param type="stAng" val="45"/>
+              <dgm:param type="spanAng" val="90"/>
+            </dgm:alg>
+          </dgm:if>
+          <dgm:else name="Name23">
+            <dgm:alg type="cycle">
+              <dgm:param type="stAng" val="225"/>
+              <dgm:param type="spanAng" val="90"/>
+            </dgm:alg>
+          </dgm:else>
+        </dgm:choose>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst>
+          <dgm:constr type="w" for="ch" val="1"/>
+          <dgm:constr type="h" for="ch" val="1"/>
+          <dgm:constr type="diam" for="ch" forName="conn" refType="diam"/>
+        </dgm:constrLst>
+        <dgm:layoutNode name="srcNode">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="conn" styleLbl="parChTrans1D2">
+          <dgm:alg type="conn">
+            <dgm:param type="connRout" val="curve"/>
+            <dgm:param type="srcNode" val="srcNode"/>
+            <dgm:param type="dstNode" val="dstNode"/>
+            <dgm:param type="begPts" val="ctr"/>
+            <dgm:param type="endPts" val="ctr"/>
+            <dgm:param type="endSty" val="noArr"/>
+          </dgm:alg>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="conn" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="sibTrans" hideLastTrans="0" st="0" cnt="1"/>
+          <dgm:constrLst>
+            <dgm:constr type="begPad"/>
+            <dgm:constr type="endPad"/>
+          </dgm:constrLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="extraNode">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="dstNode">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+        </dgm:layoutNode>
+      </dgm:layoutNode>
+      <dgm:forEach name="wrapper" axis="self" ptType="parTrans">
+        <dgm:forEach name="wrapper2" axis="self" ptType="sibTrans" st="2">
+          <dgm:forEach name="accentRepeat" axis="self">
+            <dgm:layoutNode name="accentRepeatNode" styleLbl="solidFgAcc1">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="ellipse" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:forEach>
+      <dgm:forEach name="Name24" axis="ch" ptType="node" cnt="1">
+        <dgm:layoutNode name="text_1" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name25">
+            <dgm:if name="Name26" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name27">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_1">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name28" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+      <dgm:forEach name="Name29" axis="ch" ptType="node" st="2" cnt="1">
+        <dgm:layoutNode name="text_2" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name30">
+            <dgm:if name="Name31" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name32">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_2">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name33" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+      <dgm:forEach name="Name34" axis="ch" ptType="node" st="3" cnt="1">
+        <dgm:layoutNode name="text_3" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name35">
+            <dgm:if name="Name36" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name37">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_3">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name38" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+      <dgm:forEach name="Name39" axis="ch" ptType="node" st="4" cnt="1">
+        <dgm:layoutNode name="text_4" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name40">
+            <dgm:if name="Name41" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name42">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_4">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name43" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+      <dgm:forEach name="Name44" axis="ch" ptType="node" st="5" cnt="1">
+        <dgm:layoutNode name="text_5" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name45">
+            <dgm:if name="Name46" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name47">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_5">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name48" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+      <dgm:forEach name="Name49" axis="ch" ptType="node" st="6" cnt="1">
+        <dgm:layoutNode name="text_6" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name50">
+            <dgm:if name="Name51" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name52">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_6">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name53" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+      <dgm:forEach name="Name54" axis="ch" ptType="node" st="7" cnt="1">
+        <dgm:layoutNode name="text_7" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name55">
+            <dgm:if name="Name56" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name57">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_7">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name58" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+    </dgm:layoutNode>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=ppt/diagrams/layout2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/vList2">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="list" pri="3000"/>
+    <dgm:cat type="convert" pri="1000"/>
+  </dgm:catLst>
+  <dgm:sampData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="11">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="21">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="4" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="5" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="12" srcId="1" destId="11" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="23" srcId="2" destId="21" srcOrd="0" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="linear">
+    <dgm:varLst>
+      <dgm:animLvl val="lvl"/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:alg type="lin">
+      <dgm:param type="linDir" val="fromT"/>
+      <dgm:param type="vertAlign" val="mid"/>
+    </dgm:alg>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:constrLst>
+      <dgm:constr type="w" for="ch" forName="parentText" refType="w"/>
+      <dgm:constr type="h" for="ch" forName="parentText" refType="primFontSz" refFor="ch" refForName="parentText" fact="0.52"/>
+      <dgm:constr type="w" for="ch" forName="childText" refType="w"/>
+      <dgm:constr type="h" for="ch" forName="childText" refType="primFontSz" refFor="ch" refForName="parentText" fact="0.46"/>
+      <dgm:constr type="h" for="ch" forName="parentText" op="equ"/>
+      <dgm:constr type="primFontSz" for="ch" forName="parentText" op="equ" val="65"/>
+      <dgm:constr type="primFontSz" for="ch" forName="childText" refType="primFontSz" refFor="ch" refForName="parentText" op="equ"/>
+      <dgm:constr type="h" for="ch" forName="spacer" refType="primFontSz" refFor="ch" refForName="parentText" fact="0.08"/>
+    </dgm:constrLst>
+    <dgm:ruleLst>
+      <dgm:rule type="primFontSz" for="ch" forName="parentText" val="5" fact="NaN" max="NaN"/>
+    </dgm:ruleLst>
+    <dgm:forEach name="Name0" axis="ch" ptType="node">
+      <dgm:layoutNode name="parentText" styleLbl="node1">
+        <dgm:varLst>
+          <dgm:chMax val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:varLst>
+        <dgm:alg type="tx">
+          <dgm:param type="parTxLTRAlign" val="l"/>
+          <dgm:param type="parTxRTLAlign" val="r"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="self"/>
+        <dgm:constrLst>
+          <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+          <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+          <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+          <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+      </dgm:layoutNode>
+      <dgm:choose name="Name1">
+        <dgm:if name="Name2" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+          <dgm:layoutNode name="childText" styleLbl="revTx">
+            <dgm:varLst>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx">
+              <dgm:param type="stBulletLvl" val="1"/>
+              <dgm:param type="lnSpAfChP" val="20"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="des" ptType="node"/>
+            <dgm:constrLst>
+              <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+              <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+              <dgm:constr type="lMarg" refType="w" fact="0.09"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+        </dgm:if>
+        <dgm:else name="Name3">
+          <dgm:choose name="Name4">
+            <dgm:if name="Name5" axis="par ch" ptType="doc node" func="cnt" op="gte" val="2">
+              <dgm:forEach name="Name6" axis="followSib" ptType="sibTrans" cnt="1">
+                <dgm:layoutNode name="spacer">
+                  <dgm:alg type="sp"/>
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                  <dgm:presOf/>
+                  <dgm:constrLst/>
+                  <dgm:ruleLst/>
+                </dgm:layoutNode>
+              </dgm:forEach>
+            </dgm:if>
+            <dgm:else name="Name7"/>
+          </dgm:choose>
+        </dgm:else>
+      </dgm:choose>
+    </dgm:forEach>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=ppt/diagrams/quickStyle1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
+<file path=ppt/diagrams/quickStyle2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme5.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -864,51 +7234,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{85195CB1-8D9E-4D39-BD5A-3714F899CBAC}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEA470E6-6438-A282-EB64-049EBCB70A93}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -976,51 +7346,51 @@
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4105902991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:extLst>
     <p:ext uri="{56416CCD-93CA-4268-BC5B-53C4BB910035}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2880" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:handoutMaster>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -1061,51 +7431,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CD69FF5E-32DB-4A63-9882-8F301C111A15}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildobjekt 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1345,290 +7715,144 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
   <p:extLst>
     <p:ext uri="{620B2872-D7B9-4A21-9093-7833F8D536E1}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2880" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-[...15 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...41 lines deleted...]
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{055BFA82-BD73-4185-B828-63168F0B5499}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>1</a:t>
+              <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1400161064"/>
-[...83 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="421144924"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2033499983"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1638,117 +7862,81 @@
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...35 lines deleted...]
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{055BFA82-BD73-4185-B828-63168F0B5499}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2</a:t>
+              <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3710520317"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1460832795"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1758,255 +7946,165 @@
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...17 lines deleted...]
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{055BFA82-BD73-4185-B828-63168F0B5499}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>3</a:t>
+              <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2885098588"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="97708201"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...77 lines deleted...]
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{055BFA82-BD73-4185-B828-63168F0B5499}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>4</a:t>
+              <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3337629633"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2148622489"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2018,627 +8116,305 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
-              <a:t>Mätningen genom verktyg MAPS (Mätning av Arbetsmiljö och Patientsäkerhet)</a:t>
+              <a:t>HR finns också som stöd för ert arbete. </a:t>
             </a:r>
-          </a:p>
-[...72 lines deleted...]
-            <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{055BFA82-BD73-4185-B828-63168F0B5499}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>5</a:t>
-[...439 lines deleted...]
-              <a:t>9</a:t>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2726271055"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout50.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout51.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout52.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout53.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout54.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout55.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout56.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout57.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout58.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Rubrikbild">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3386,51 +9162,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för datum 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30EAE83A-8325-0375-6F9F-906487EE9F55}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A1A9ECC-DD52-4BAE-8436-3D4B0CE1438D}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för sidfot 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8810085F-04AE-F66F-8FEC-4C6A10935D99}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3558,51 +9334,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E455D0BA-9A24-0B1E-5104-31F55378AAA2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4D03C71D-D98B-401F-B2CF-6FD4D048E9D2}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för sidfot 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E6AFD7C-DEA7-9A46-2513-5293C0535394}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3636,127 +9412,127 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" noProof="0"/>
               <a:t>Ange rubrik för tillgänglighet</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4252726569"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Rubrikbild med bild">
+  <p:cSld name="Rubrikbild">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rubrik 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A258EC79-F416-4E3D-A67E-4A13E8004581}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="891539" y="1076643"/>
-            <a:ext cx="5737196" cy="2387600"/>
+            <a:ext cx="5737195" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:defRPr sz="3500" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka för att lägga till rubrik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Underrubrik 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B04F11C-8931-4F2C-862F-B58C9926FB12}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="885372" y="3761691"/>
-            <a:ext cx="5737196" cy="1683433"/>
+            <a:off x="885371" y="3761691"/>
+            <a:ext cx="5743363" cy="1683433"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:buNone/>
               <a:defRPr sz="2200"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
@@ -3765,50 +9541,870 @@
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka för att lägga till underrubrik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="10" name="Rektangel: ett hörn rundat 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E61D836-2BE6-1C11-FBD1-3BB4D68DD0CA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7517606" y="1400174"/>
+            <a:ext cx="1422400" cy="2028821"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 38328"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rektangel: ett hörn rundat 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D021E843-F0CA-3668-937E-991E960076AB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="7517606" y="380998"/>
+            <a:ext cx="1422400" cy="1019175"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C0EEC2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Rektangel: ett hörn rundat 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2779E0F7-FC36-DC8B-F70D-E1EB4B4317B7}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="8940005" y="3428996"/>
+            <a:ext cx="1439467" cy="2036754"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 37331"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C0EEC2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Rektangel: ett hörn rundat 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DC97AAD-37E8-82F9-3999-4634B50843D1}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1" flipV="1">
+            <a:off x="10350074" y="5465756"/>
+            <a:ext cx="1419222" cy="1020766"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE">
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Rektangel: ett hörn rundat 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{262A45B3-FC56-5A48-E32E-99E82C5AB24A}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="7517606" y="3428997"/>
+            <a:ext cx="1422400" cy="1019175"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Rektangel: ett hörn rundat 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BD28DEE-ADA6-15DB-766D-492D1DE78EF9}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="7517606" y="4448166"/>
+            <a:ext cx="1422400" cy="2038355"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 39961"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Rektangel: ett hörn rundat 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A1DBF60-A901-55C1-FAE0-9D2BFA62C83E}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="10379475" y="3428999"/>
+            <a:ext cx="1422000" cy="2036754"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 38328"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Rektangel: ett hörn rundat 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21E11914-6E9E-9412-96FA-D0BE87BBB319}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipV="1">
+            <a:off x="8936830" y="5465754"/>
+            <a:ext cx="1442643" cy="1020767"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE">
+              <a:solidFill>
+                <a:srgbClr val="CCDB49"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Frihandsfigur: Form 27">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{068474CD-0AF3-5001-F209-6782DA68FC1B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8951676" y="371477"/>
+            <a:ext cx="2867819" cy="3048000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2867819"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3048000"/>
+              <a:gd name="connsiteX1" fmla="*/ 2867819 w 2867819"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3048000"/>
+              <a:gd name="connsiteX2" fmla="*/ 2867819 w 2867819"/>
+              <a:gd name="connsiteY2" fmla="*/ 3048000 h 3048000"/>
+              <a:gd name="connsiteX3" fmla="*/ 567857 w 2867819"/>
+              <a:gd name="connsiteY3" fmla="*/ 3048000 h 3048000"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 2867819"/>
+              <a:gd name="connsiteY4" fmla="*/ 2480143 h 3048000"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2867819" h="3048000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2867819" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2867819" y="3048000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="567857" y="3048000"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="254238" y="3048000"/>
+                  <a:pt x="0" y="2793762"/>
+                  <a:pt x="0" y="2480143"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för datum 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30EAE83A-8325-0375-6F9F-906487EE9F55}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5A1A9ECC-DD52-4BAE-8436-3D4B0CE1438D}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för sidfot 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8810085F-04AE-F66F-8FEC-4C6A10935D99}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Logo" descr="Logotyp Västra Götalandsregionen">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D28B2158-4A36-4182-742B-2F4351ADFCCD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="390752" y="6052990"/>
+            <a:ext cx="2118361" cy="377529"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2225731472"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrikbild med bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A258EC79-F416-4E3D-A67E-4A13E8004581}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="891539" y="1076643"/>
+            <a:ext cx="5737196" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr sz="3500" b="1"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Underrubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B04F11C-8931-4F2C-862F-B58C9926FB12}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="885372" y="3761691"/>
+            <a:ext cx="5737196" cy="1683433"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka för att lägga till underrubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="27" name="Platshållare för bild 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7586333-1D24-C4E6-41D4-F849486C4252}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8927953" y="380998"/>
             <a:ext cx="2867819" cy="3048000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 2867819"/>
               <a:gd name="connsiteY0" fmla="*/ 0 h 3048000"/>
               <a:gd name="connsiteX1" fmla="*/ 2867819 w 2867819"/>
@@ -3862,86 +10458,50 @@
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent5"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka på ikonen för att lägga till en bild</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...34 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Rektangel: ett hörn rundat 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C20FB8AD-B642-E1E6-AC0D-E4A862F9B55D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7517606" y="1400174"/>
             <a:ext cx="1422400" cy="2028821"/>
           </a:xfrm>
           <a:prstGeom prst="round1Rect">
             <a:avLst>
               <a:gd name="adj" fmla="val 38328"/>
@@ -4439,95 +10999,134 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för datum 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4CBFC51-E299-C1C6-C259-2EC78776D974}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Platshållare för sidfot 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAF13055-4269-7909-D2F6-610F622CD5BE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Logo" descr="Logotyp Västra Götalandsregionen">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A981FCFA-5C74-7AA5-FAA3-DFDC35CE1D62}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="390752" y="6052990"/>
+            <a:ext cx="2118361" cy="377529"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3177692620"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2975716911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Rubrik och innehåll">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rubrik 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76B25631-0701-40C3-A2E5-991715C6245C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4617,51 +11216,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4832,61 +11431,61 @@
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2054511869"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="418567081"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Startbild">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rektangel: ett hörn rundat 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BA287CB-7B49-DD6D-11A1-EE0677F3EDC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -5098,95 +11697,95 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för datum 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBF08389-4E2E-AF65-054E-C982BA7B587E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3A473BDF-6C18-456D-B2F3-58DD8CBD1759}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för sidfot 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A5E5F6E-C97D-A4DC-263A-27783D57B08B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3601858426"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2620918759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Rubrik, innehåll och bild">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Rubrik 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877B3524-D6C4-8016-A0B9-76DB7A408CF7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5435,95 +12034,95 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3143030760"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2520631444"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Endast rubrik">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rubrik 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05571902-9019-4326-9DA4-70B9743B49ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5733,51 +12332,21139 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E0629D0-D830-BA3B-8258-4D3944A151FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7FC82E9-E70A-41D0-BC52-9CE4D8B0E8A6}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F61AD9AB-C85B-9888-3B59-C1F8A75F1D3A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2994173698"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
+  <p:cSld name="Tom">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AB1CC7E-5066-B2D6-C273-8806FB859F9B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{DA185498-67B0-4A0B-8455-9A803E3F2EDA}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för sidfot 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12B0C1A2-56EF-E81F-53A9-CC77AD52554C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="771778330"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="1_Endast helbild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för bild 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA959C0A-3CC4-CB74-4993-5594A5630A2F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="380999"/>
+            <a:ext cx="11413068" cy="6099176"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 11413068"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6099176"/>
+              <a:gd name="connsiteX1" fmla="*/ 11413068 w 11413068"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6099176"/>
+              <a:gd name="connsiteX2" fmla="*/ 11413068 w 11413068"/>
+              <a:gd name="connsiteY2" fmla="*/ 27780 h 6099176"/>
+              <a:gd name="connsiteX3" fmla="*/ 11413068 w 11413068"/>
+              <a:gd name="connsiteY3" fmla="*/ 5082626 h 6099176"/>
+              <a:gd name="connsiteX4" fmla="*/ 11413068 w 11413068"/>
+              <a:gd name="connsiteY4" fmla="*/ 5087256 h 6099176"/>
+              <a:gd name="connsiteX5" fmla="*/ 10401148 w 11413068"/>
+              <a:gd name="connsiteY5" fmla="*/ 6099176 h 6099176"/>
+              <a:gd name="connsiteX6" fmla="*/ 10396518 w 11413068"/>
+              <a:gd name="connsiteY6" fmla="*/ 6099176 h 6099176"/>
+              <a:gd name="connsiteX7" fmla="*/ 0 w 11413068"/>
+              <a:gd name="connsiteY7" fmla="*/ 6099176 h 6099176"/>
+              <a:gd name="connsiteX8" fmla="*/ 0 w 11413068"/>
+              <a:gd name="connsiteY8" fmla="*/ 27780 h 6099176"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="11413068" h="6099176">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="11413068" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11413068" y="27780"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11413068" y="5082626"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11413068" y="5087256"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="11413068" y="5646124"/>
+                  <a:pt x="10960016" y="6099176"/>
+                  <a:pt x="10401148" y="6099176"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="10396518" y="6099176"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="6099176"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="27780"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B811A044-0A2B-4335-A9C7-8233ACFF365B}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3171922575"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Svart logo/Vit bakgrund">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29CA8175-3DF2-53F0-BACA-67AB9A313412}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F6BD57B1-FF3A-4A75-8128-4AFE16604E80}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för sidfot 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E1E6669-4CF8-70B7-0D3D-C4533A8CE1F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBC57980-04DE-B396-E1BF-4CA97B5B6D50}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1100667" y="-1174484"/>
+            <a:ext cx="8642350" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0"/>
+              <a:t>Ange rubrik för tillgänglighet</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Logo" descr="Logotyp Västra Götalandsregionen">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CCD66769-9545-78A6-28AF-1D1E1EB85337}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3525520" y="2813866"/>
+            <a:ext cx="5170857" cy="921539"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2137551860"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrikbild med bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A258EC79-F416-4E3D-A67E-4A13E8004581}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="891539" y="1076643"/>
+            <a:ext cx="5737196" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr sz="3500" b="1"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Underrubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B04F11C-8931-4F2C-862F-B58C9926FB12}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="885372" y="3761691"/>
+            <a:ext cx="5737196" cy="1683433"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka för att lägga till underrubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Platshållare för bild 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7586333-1D24-C4E6-41D4-F849486C4252}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8927953" y="380998"/>
+            <a:ext cx="2867819" cy="3048000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2867819"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3048000"/>
+              <a:gd name="connsiteX1" fmla="*/ 2867819 w 2867819"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3048000"/>
+              <a:gd name="connsiteX2" fmla="*/ 2867819 w 2867819"/>
+              <a:gd name="connsiteY2" fmla="*/ 3048000 h 3048000"/>
+              <a:gd name="connsiteX3" fmla="*/ 567857 w 2867819"/>
+              <a:gd name="connsiteY3" fmla="*/ 3048000 h 3048000"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 2867819"/>
+              <a:gd name="connsiteY4" fmla="*/ 2480143 h 3048000"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2867819" h="3048000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2867819" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2867819" y="3048000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="567857" y="3048000"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="254238" y="3048000"/>
+                  <a:pt x="0" y="2793762"/>
+                  <a:pt x="0" y="2480143"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="28" name="Logo" descr="Västra Götalandsregionen, logo">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A0989A0-7A4A-9CD0-D751-D56C294A5842}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="326234" y="6030915"/>
+            <a:ext cx="2147886" cy="435093"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rektangel: ett hörn rundat 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C20FB8AD-B642-E1E6-AC0D-E4A862F9B55D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7517606" y="1400174"/>
+            <a:ext cx="1422400" cy="2028821"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 38328"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rektangel: ett hörn rundat 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1925CA5-50D6-AB2F-5E1C-EACB82AD2605}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="7517606" y="380998"/>
+            <a:ext cx="1422400" cy="1019175"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C0EEC2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rektangel: ett hörn rundat 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{369C8F7C-E029-246E-DEFE-A2F38501997B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="8940005" y="3428996"/>
+            <a:ext cx="1439467" cy="2036754"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 37331"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent6">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Rektangel: ett hörn rundat 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A1C4870-0798-1888-787F-386EAC4D3723}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1" flipV="1">
+            <a:off x="10382253" y="5465755"/>
+            <a:ext cx="1419222" cy="1020766"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rektangel: ett hörn rundat 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD86D645-4C70-7686-CEDC-C3F7E248E0F4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="7517606" y="3420119"/>
+            <a:ext cx="1422400" cy="1019175"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE">
+              <a:solidFill>
+                <a:srgbClr val="FD5930"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Rektangel: ett hörn rundat 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31C76949-D02B-332F-5982-22F450E45AEB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="7517606" y="4448166"/>
+            <a:ext cx="1422400" cy="2038355"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 39961"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Rektangel: ett hörn rundat 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{322ACDAC-1D12-98AB-7D77-C6C8ED0E6BB3}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="10379475" y="3428999"/>
+            <a:ext cx="1422000" cy="2036754"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 38328"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Rektangel: ett hörn rundat 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{078779E6-AB64-0FE7-3DCA-5727138EC16E}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipV="1">
+            <a:off x="8936830" y="5465754"/>
+            <a:ext cx="1442643" cy="1020767"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="textruta 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA71F2BA-C943-46F6-00FD-63E44941990B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="704895" y="6466008"/>
+            <a:ext cx="695282" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>TEst</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för datum 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4CBFC51-E299-C1C6-C259-2EC78776D974}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Platshållare för sidfot 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAF13055-4269-7909-D2F6-610F622CD5BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3177692620"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Vit logo/Blå bakgrund">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rektangel: ett hörn rundat 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F7839DA-DC58-9FD4-5DB7-077F9CCAC083}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="black">
+          <a:xfrm flipV="1">
+            <a:off x="389466" y="380999"/>
+            <a:ext cx="11413068" cy="6099176"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E455D0BA-9A24-0B1E-5104-31F55378AAA2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{4D03C71D-D98B-401F-B2CF-6FD4D048E9D2}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för sidfot 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E6AFD7C-DEA7-9A46-2513-5293C0535394}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65243E10-E3F1-7E93-DB4B-40905719BCB0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1100667" y="-1174484"/>
+            <a:ext cx="8642350" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0"/>
+              <a:t>Ange rubrik för tillgänglighet</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Logo" descr="Logotyp Västra Götalandsregionen">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1563DC99-AA7B-2720-35CE-EBFCC6DA8BC9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3525520" y="2813866"/>
+            <a:ext cx="5170858" cy="921539"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="330632698"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="Rubrik och innehåll på färgade kvirklar">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C55E3AAB-12A9-A04E-8260-E75A7CCE4DFB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="136800"/>
+            <a:ext cx="10046304" cy="1576800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3300"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Frihandsfigur 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1284168-8C33-D9FB-4B28-91885C0AC0D1}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389519" y="1781464"/>
+            <a:ext cx="5706481" cy="4699390"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 5706481"/>
+              <a:gd name="connsiteY0" fmla="*/ 4699390 h 4699390"/>
+              <a:gd name="connsiteX1" fmla="*/ 4672568 w 5706481"/>
+              <a:gd name="connsiteY1" fmla="*/ 4699390 h 4699390"/>
+              <a:gd name="connsiteX2" fmla="*/ 5706481 w 5706481"/>
+              <a:gd name="connsiteY2" fmla="*/ 3665477 h 4699390"/>
+              <a:gd name="connsiteX3" fmla="*/ 5706481 w 5706481"/>
+              <a:gd name="connsiteY3" fmla="*/ 2993736 h 4699390"/>
+              <a:gd name="connsiteX4" fmla="*/ 5706481 w 5706481"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4699390"/>
+              <a:gd name="connsiteX5" fmla="*/ 0 w 5706481"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4699390"/>
+              <a:gd name="connsiteX6" fmla="*/ 0 w 5706481"/>
+              <a:gd name="connsiteY6" fmla="*/ 2993736 h 4699390"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5706481" h="4699390">
+                <a:moveTo>
+                  <a:pt x="0" y="4699390"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="4672568" y="4699390"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5243582" y="4699390"/>
+                  <a:pt x="5706481" y="4236491"/>
+                  <a:pt x="5706481" y="3665477"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="5706481" y="2993736"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5706481" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2993736"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Frihandsfigur 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54438EFD-492A-32FF-62FD-AE7CE2FA82B8}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6094800" y="1781464"/>
+            <a:ext cx="5706481" cy="4699390"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 5706481"/>
+              <a:gd name="connsiteY0" fmla="*/ 4699390 h 4699390"/>
+              <a:gd name="connsiteX1" fmla="*/ 5706481 w 5706481"/>
+              <a:gd name="connsiteY1" fmla="*/ 4699390 h 4699390"/>
+              <a:gd name="connsiteX2" fmla="*/ 5706481 w 5706481"/>
+              <a:gd name="connsiteY2" fmla="*/ 1705654 h 4699390"/>
+              <a:gd name="connsiteX3" fmla="*/ 5706481 w 5706481"/>
+              <a:gd name="connsiteY3" fmla="*/ 1033913 h 4699390"/>
+              <a:gd name="connsiteX4" fmla="*/ 4672568 w 5706481"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4699390"/>
+              <a:gd name="connsiteX5" fmla="*/ 0 w 5706481"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4699390"/>
+              <a:gd name="connsiteX6" fmla="*/ 0 w 5706481"/>
+              <a:gd name="connsiteY6" fmla="*/ 1705654 h 4699390"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5706481" h="4699390">
+                <a:moveTo>
+                  <a:pt x="0" y="4699390"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="5706481" y="4699390"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5706481" y="1705654"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5706481" y="1033913"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5706481" y="462899"/>
+                  <a:pt x="5243582" y="0"/>
+                  <a:pt x="4672568" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1705654"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="C0EEC2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B425399A-86C0-B3F6-7654-19871C3B4CC3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096247" y="2290034"/>
+            <a:ext cx="4104832" cy="3311526"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D445F917-557C-D134-75C0-78BD5B68B028}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6780213" y="2290034"/>
+            <a:ext cx="4104000" cy="3311526"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för datum 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F98A9FDB-D783-93C0-3FDA-68EEFE67AA72}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08862FE1-3D22-B33D-742F-A540510F0B7D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="136525"/>
+            <a:ext cx="4125383" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="930651745"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="2" pos="4271">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="1434">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="4" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="5" orient="horz" pos="73">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="Rubrik, innehåll och ljusrosa bakgrund">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Frihandsfigur 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10365128-BE3A-9023-B089-D90E504B35E3}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="black">
+          <a:xfrm>
+            <a:off x="389262" y="380997"/>
+            <a:ext cx="11412000" cy="6099856"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6099856"/>
+              <a:gd name="connsiteX1" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6099856"/>
+              <a:gd name="connsiteX2" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY2" fmla="*/ 1400466 h 6099856"/>
+              <a:gd name="connsiteX3" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY3" fmla="*/ 3026481 h 6099856"/>
+              <a:gd name="connsiteX4" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY4" fmla="*/ 3606802 h 6099856"/>
+              <a:gd name="connsiteX5" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY5" fmla="*/ 5065943 h 6099856"/>
+              <a:gd name="connsiteX6" fmla="*/ 10378087 w 11412000"/>
+              <a:gd name="connsiteY6" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX7" fmla="*/ 5706738 w 11412000"/>
+              <a:gd name="connsiteY7" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX8" fmla="*/ 5004000 w 11412000"/>
+              <a:gd name="connsiteY8" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX9" fmla="*/ 257 w 11412000"/>
+              <a:gd name="connsiteY9" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX10" fmla="*/ 257 w 11412000"/>
+              <a:gd name="connsiteY10" fmla="*/ 3026481 h 6099856"/>
+              <a:gd name="connsiteX11" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY11" fmla="*/ 3026481 h 6099856"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="11412000" h="6099856">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="1400466"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="3026481"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="3606802"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="5065943"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="11412000" y="5636957"/>
+                  <a:pt x="10949101" y="6099856"/>
+                  <a:pt x="10378087" y="6099856"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="5706738" y="6099856"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="6099856"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="257" y="6099856"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="257" y="3026481"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3026481"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3055DF0-CE61-81D0-5CCD-066F7176304B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="921600"/>
+            <a:ext cx="10046304" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3300"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BD858AF-B70F-D693-F33B-D59915C4884E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096246" y="2098800"/>
+            <a:ext cx="10047600" cy="3311999"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CDA653E-A9D2-7B0C-271B-390806B79326}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31323E2F-62ED-EA18-5CB9-BC300697ACF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="136525"/>
+            <a:ext cx="4125383" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="949140550"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="572">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="4_Rubrik, innehåll och bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877B3524-D6C4-8016-A0B9-76DB7A408CF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096621" y="666000"/>
+            <a:ext cx="4995333" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF7DF81E-C002-909A-C891-09FF50BEF206}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096247" y="2098800"/>
+            <a:ext cx="4995333" cy="3922588"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Platshållare för bild 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63EFE71E-24F2-53D3-3A31-6073910C5016}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="28"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6797101" y="385200"/>
+            <a:ext cx="5004000" cy="3045600"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 599625 w 5004000"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX1" fmla="*/ 1545281 w 5004000"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX2" fmla="*/ 4404375 w 5004000"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX3" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX4" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY4" fmla="*/ 599625 h 3049200"/>
+              <a:gd name="connsiteX5" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY5" fmla="*/ 1104902 h 3049200"/>
+              <a:gd name="connsiteX6" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY6" fmla="*/ 2449575 h 3049200"/>
+              <a:gd name="connsiteX7" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY7" fmla="*/ 3049199 h 3049200"/>
+              <a:gd name="connsiteX8" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY8" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX9" fmla="*/ 4404375 w 5004000"/>
+              <a:gd name="connsiteY9" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX10" fmla="*/ 1545281 w 5004000"/>
+              <a:gd name="connsiteY10" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX11" fmla="*/ 599625 w 5004000"/>
+              <a:gd name="connsiteY11" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX12" fmla="*/ 599615 w 5004000"/>
+              <a:gd name="connsiteY12" fmla="*/ 3049199 h 3049200"/>
+              <a:gd name="connsiteX13" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY13" fmla="*/ 3049199 h 3049200"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY14" fmla="*/ 2449575 h 3049200"/>
+              <a:gd name="connsiteX15" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY15" fmla="*/ 1104902 h 3049200"/>
+              <a:gd name="connsiteX16" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY16" fmla="*/ 599625 h 3049200"/>
+              <a:gd name="connsiteX17" fmla="*/ 599625 w 5004000"/>
+              <a:gd name="connsiteY17" fmla="*/ 0 h 3049200"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX17" y="connsiteY17"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5004000" h="3049200">
+                <a:moveTo>
+                  <a:pt x="599625" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1545281" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4404375" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="599625"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="1104902"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="2449575"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="3049199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4404375" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1545281" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="599625" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="599615" y="3049199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3049199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2449575"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1104902"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="599625"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="268461"/>
+                  <a:pt x="268461" y="0"/>
+                  <a:pt x="599625" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="216000" tIns="216000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Platshållare för bild 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C2124B1-915B-6BD5-C703-CE8084D4BEB6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="29"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6797101" y="3430800"/>
+            <a:ext cx="5004000" cy="3045600"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX1" fmla="*/ 599625 w 5004000"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX2" fmla="*/ 3554855 w 5004000"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX3" fmla="*/ 4404375 w 5004000"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX4" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY4" fmla="*/ 599625 h 3049200"/>
+              <a:gd name="connsiteX5" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY5" fmla="*/ 1240360 h 3049200"/>
+              <a:gd name="connsiteX6" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY6" fmla="*/ 2449575 h 3049200"/>
+              <a:gd name="connsiteX7" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY7" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX8" fmla="*/ 4404375 w 5004000"/>
+              <a:gd name="connsiteY8" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX9" fmla="*/ 3554855 w 5004000"/>
+              <a:gd name="connsiteY9" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX10" fmla="*/ 599625 w 5004000"/>
+              <a:gd name="connsiteY10" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX11" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY11" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX12" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY12" fmla="*/ 2449575 h 3049200"/>
+              <a:gd name="connsiteX13" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY13" fmla="*/ 1240360 h 3049200"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY14" fmla="*/ 599625 h 3049200"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5004000" h="3049200">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="599625" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3554855" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4404375" y="0"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="4735539" y="0"/>
+                  <a:pt x="5004000" y="268461"/>
+                  <a:pt x="5004000" y="599625"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="1240360"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="2449575"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4404375" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3554855" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="599625" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2449575"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1240360"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="599625"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="180000" tIns="180000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2706926276"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="4" orient="horz" pos="414">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="Rubrik, innehåll på ljusrosa kvirkel, bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00075C3B-F843-BD60-C6D9-064BB2945B43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="136800"/>
+            <a:ext cx="10046304" cy="1576800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3300"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Frihandsfigur 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D6E51E2-D90A-D326-CE84-26EA969690C3}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="389518" y="1781464"/>
+            <a:ext cx="6408000" cy="4699390"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 6408000"/>
+              <a:gd name="connsiteY0" fmla="*/ 4699390 h 4699390"/>
+              <a:gd name="connsiteX1" fmla="*/ 6408000 w 6408000"/>
+              <a:gd name="connsiteY1" fmla="*/ 4699390 h 4699390"/>
+              <a:gd name="connsiteX2" fmla="*/ 6408000 w 6408000"/>
+              <a:gd name="connsiteY2" fmla="*/ 2493054 h 4699390"/>
+              <a:gd name="connsiteX3" fmla="*/ 6408000 w 6408000"/>
+              <a:gd name="connsiteY3" fmla="*/ 1033913 h 4699390"/>
+              <a:gd name="connsiteX4" fmla="*/ 5374087 w 6408000"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4699390"/>
+              <a:gd name="connsiteX5" fmla="*/ 0 w 6408000"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4699390"/>
+              <a:gd name="connsiteX6" fmla="*/ 0 w 6408000"/>
+              <a:gd name="connsiteY6" fmla="*/ 2493054 h 4699390"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="6408000" h="4699390">
+                <a:moveTo>
+                  <a:pt x="0" y="4699390"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="6408000" y="4699390"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6408000" y="2493054"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6408000" y="1033913"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="6408000" y="462899"/>
+                  <a:pt x="5945101" y="0"/>
+                  <a:pt x="5374087" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2493054"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDA2AC8D-7139-1E47-D883-C37A91989735}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1098000" y="2289600"/>
+            <a:ext cx="5004000" cy="3311526"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Platshållare för bild 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61CF9D42-9EBA-F194-A977-9236958C4AEF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6797517" y="1781175"/>
+            <a:ext cx="5003957" cy="4699000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 1 w 5003957"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 4699000"/>
+              <a:gd name="connsiteX1" fmla="*/ 1047501 w 5003957"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 4699000"/>
+              <a:gd name="connsiteX2" fmla="*/ 2785023 w 5003957"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 4699000"/>
+              <a:gd name="connsiteX3" fmla="*/ 3956456 w 5003957"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 4699000"/>
+              <a:gd name="connsiteX4" fmla="*/ 5003957 w 5003957"/>
+              <a:gd name="connsiteY4" fmla="*/ 1047501 h 4699000"/>
+              <a:gd name="connsiteX5" fmla="*/ 5003957 w 5003957"/>
+              <a:gd name="connsiteY5" fmla="*/ 2097768 h 4699000"/>
+              <a:gd name="connsiteX6" fmla="*/ 5003957 w 5003957"/>
+              <a:gd name="connsiteY6" fmla="*/ 3651499 h 4699000"/>
+              <a:gd name="connsiteX7" fmla="*/ 5003957 w 5003957"/>
+              <a:gd name="connsiteY7" fmla="*/ 4699000 h 4699000"/>
+              <a:gd name="connsiteX8" fmla="*/ 3956456 w 5003957"/>
+              <a:gd name="connsiteY8" fmla="*/ 4699000 h 4699000"/>
+              <a:gd name="connsiteX9" fmla="*/ 2785023 w 5003957"/>
+              <a:gd name="connsiteY9" fmla="*/ 4699000 h 4699000"/>
+              <a:gd name="connsiteX10" fmla="*/ 2218935 w 5003957"/>
+              <a:gd name="connsiteY10" fmla="*/ 4699000 h 4699000"/>
+              <a:gd name="connsiteX11" fmla="*/ 1047501 w 5003957"/>
+              <a:gd name="connsiteY11" fmla="*/ 4699000 h 4699000"/>
+              <a:gd name="connsiteX12" fmla="*/ 1 w 5003957"/>
+              <a:gd name="connsiteY12" fmla="*/ 4699000 h 4699000"/>
+              <a:gd name="connsiteX13" fmla="*/ 1 w 5003957"/>
+              <a:gd name="connsiteY13" fmla="*/ 3651518 h 4699000"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 5003957"/>
+              <a:gd name="connsiteY14" fmla="*/ 3651499 h 4699000"/>
+              <a:gd name="connsiteX15" fmla="*/ 0 w 5003957"/>
+              <a:gd name="connsiteY15" fmla="*/ 1047501 h 4699000"/>
+              <a:gd name="connsiteX16" fmla="*/ 1 w 5003957"/>
+              <a:gd name="connsiteY16" fmla="*/ 1047482 h 4699000"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5003957" h="4699000">
+                <a:moveTo>
+                  <a:pt x="1" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1047501" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2785023" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3956456" y="0"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="4534975" y="0"/>
+                  <a:pt x="5003957" y="468982"/>
+                  <a:pt x="5003957" y="1047501"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="5003957" y="2097768"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5003957" y="3651499"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5003957" y="4699000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3956456" y="4699000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2785023" y="4699000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2218935" y="4699000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1047501" y="4699000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="4699000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="3651518"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3651499"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1047501"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="1047482"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="288000" tIns="468000" rIns="612000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A68F426-1C5F-0711-6383-2CA02BF3D5B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F0A451C-1B10-0646-B9D7-74DCB23845D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="136525"/>
+            <a:ext cx="4125383" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="652634453"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1434">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="73">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="Rubrik och stor bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Frihandsfigur 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C316BF93-6E39-1789-A4DF-ACF47A8660EE}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="4921196"/>
+            <a:ext cx="11411966" cy="1555200"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 11411966"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX1" fmla="*/ 7124366 w 11411966"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX2" fmla="*/ 7691547 w 11411966"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX3" fmla="*/ 8724054 w 11411966"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX4" fmla="*/ 9698233 w 11411966"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX5" fmla="*/ 10844785 w 11411966"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX6" fmla="*/ 11411966 w 11411966"/>
+              <a:gd name="connsiteY6" fmla="*/ 567181 h 1555200"/>
+              <a:gd name="connsiteX7" fmla="*/ 11411966 w 11411966"/>
+              <a:gd name="connsiteY7" fmla="*/ 711958 h 1555200"/>
+              <a:gd name="connsiteX8" fmla="*/ 11411966 w 11411966"/>
+              <a:gd name="connsiteY8" fmla="*/ 988019 h 1555200"/>
+              <a:gd name="connsiteX9" fmla="*/ 11411966 w 11411966"/>
+              <a:gd name="connsiteY9" fmla="*/ 1555199 h 1555200"/>
+              <a:gd name="connsiteX10" fmla="*/ 10844795 w 11411966"/>
+              <a:gd name="connsiteY10" fmla="*/ 1555199 h 1555200"/>
+              <a:gd name="connsiteX11" fmla="*/ 10844785 w 11411966"/>
+              <a:gd name="connsiteY11" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX12" fmla="*/ 9698233 w 11411966"/>
+              <a:gd name="connsiteY12" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX13" fmla="*/ 8724054 w 11411966"/>
+              <a:gd name="connsiteY13" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX14" fmla="*/ 7691547 w 11411966"/>
+              <a:gd name="connsiteY14" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX15" fmla="*/ 7124366 w 11411966"/>
+              <a:gd name="connsiteY15" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX16" fmla="*/ 0 w 11411966"/>
+              <a:gd name="connsiteY16" fmla="*/ 1555200 h 1555200"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="11411966" h="1555200">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="7124366" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7691547" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8724054" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="9698233" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10844785" y="0"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="11158030" y="0"/>
+                  <a:pt x="11411966" y="253936"/>
+                  <a:pt x="11411966" y="567181"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="11411966" y="711958"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11411966" y="988019"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11411966" y="1555199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10844795" y="1555199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10844785" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="9698233" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8724054" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7691547" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7124366" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1555200"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76B25631-0701-40C3-A2E5-991715C6245C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096620" y="5174921"/>
+            <a:ext cx="9804743" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Platshållare för bild 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C866F5AF-6945-1E27-3523-937C5BA5CF62}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="27"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389262" y="380997"/>
+            <a:ext cx="11412171" cy="4540200"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 11412171"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 4540200"/>
+              <a:gd name="connsiteX1" fmla="*/ 8226418 w 11412171"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 4540200"/>
+              <a:gd name="connsiteX2" fmla="*/ 8226418 w 11412171"/>
+              <a:gd name="connsiteY2" fmla="*/ 4200 h 4540200"/>
+              <a:gd name="connsiteX3" fmla="*/ 8975361 w 11412171"/>
+              <a:gd name="connsiteY3" fmla="*/ 4200 h 4540200"/>
+              <a:gd name="connsiteX4" fmla="*/ 8975361 w 11412171"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4540200"/>
+              <a:gd name="connsiteX5" fmla="*/ 11412171 w 11412171"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4540200"/>
+              <a:gd name="connsiteX6" fmla="*/ 11412171 w 11412171"/>
+              <a:gd name="connsiteY6" fmla="*/ 610124 h 4540200"/>
+              <a:gd name="connsiteX7" fmla="*/ 11412171 w 11412171"/>
+              <a:gd name="connsiteY7" fmla="*/ 2595883 h 4540200"/>
+              <a:gd name="connsiteX8" fmla="*/ 11412171 w 11412171"/>
+              <a:gd name="connsiteY8" fmla="*/ 3934276 h 4540200"/>
+              <a:gd name="connsiteX9" fmla="*/ 10806247 w 11412171"/>
+              <a:gd name="connsiteY9" fmla="*/ 4540200 h 4540200"/>
+              <a:gd name="connsiteX10" fmla="*/ 7730495 w 11412171"/>
+              <a:gd name="connsiteY10" fmla="*/ 4540200 h 4540200"/>
+              <a:gd name="connsiteX11" fmla="*/ 7688832 w 11412171"/>
+              <a:gd name="connsiteY11" fmla="*/ 4536000 h 4540200"/>
+              <a:gd name="connsiteX12" fmla="*/ 0 w 11412171"/>
+              <a:gd name="connsiteY12" fmla="*/ 4536000 h 4540200"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="11412171" h="4540200">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="8226418" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8226418" y="4200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8975361" y="4200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8975361" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412171" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412171" y="610124"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412171" y="2595883"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412171" y="3934276"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="11412171" y="4268919"/>
+                  <a:pt x="11140890" y="4540200"/>
+                  <a:pt x="10806247" y="4540200"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7730495" y="4540200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7688832" y="4536000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="4536000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="144000" tIns="108000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för datum 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3060609736"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="414">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="2_Rubrik, innehåll och bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="55" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64F625B8-A7A1-7BE0-9DF8-7E7FE117E041}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096622" y="666000"/>
+            <a:ext cx="7200000" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3500" b="1"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49" name="Platshållare för text 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F162ADE3-0956-372F-C6D3-F1068347B53D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="26"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096621" y="2098800"/>
+            <a:ext cx="7200000" cy="3922588"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka här för att ändra format på bakgrundstexten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="Platshållare för bild 38">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{187C5245-8B47-F402-0727-52A9F0502798}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8943034" y="385199"/>
+            <a:ext cx="2858400" cy="3045601"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3045601"/>
+              <a:gd name="connsiteX1" fmla="*/ 582742 w 2858400"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3045601"/>
+              <a:gd name="connsiteX2" fmla="*/ 2275658 w 2858400"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 3045601"/>
+              <a:gd name="connsiteX3" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 3045601"/>
+              <a:gd name="connsiteX4" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY4" fmla="*/ 582742 h 3045601"/>
+              <a:gd name="connsiteX5" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY5" fmla="*/ 2347609 h 3045601"/>
+              <a:gd name="connsiteX6" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY6" fmla="*/ 2462858 h 3045601"/>
+              <a:gd name="connsiteX7" fmla="*/ 2858399 w 2858400"/>
+              <a:gd name="connsiteY7" fmla="*/ 2462868 h 3045601"/>
+              <a:gd name="connsiteX8" fmla="*/ 2858399 w 2858400"/>
+              <a:gd name="connsiteY8" fmla="*/ 3045601 h 3045601"/>
+              <a:gd name="connsiteX9" fmla="*/ 1042628 w 2858400"/>
+              <a:gd name="connsiteY9" fmla="*/ 3045601 h 3045601"/>
+              <a:gd name="connsiteX10" fmla="*/ 1042628 w 2858400"/>
+              <a:gd name="connsiteY10" fmla="*/ 3045600 h 3045601"/>
+              <a:gd name="connsiteX11" fmla="*/ 582742 w 2858400"/>
+              <a:gd name="connsiteY11" fmla="*/ 3045600 h 3045601"/>
+              <a:gd name="connsiteX12" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY12" fmla="*/ 2462858 h 3045601"/>
+              <a:gd name="connsiteX13" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY13" fmla="*/ 2347609 h 3045601"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY14" fmla="*/ 582742 h 3045601"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2858400" h="3045601">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="582742" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2275658" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="582742"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="2347609"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="2462858"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858399" y="2462868"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858399" y="3045601"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1042628" y="3045601"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1042628" y="3045600"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="582742" y="3045600"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="260902" y="3045600"/>
+                  <a:pt x="0" y="2784698"/>
+                  <a:pt x="0" y="2462858"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2347609"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="582742"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="C0EEC2"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="108000" tIns="72000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="Platshållare för bild 43">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{457125D0-9A9D-2671-96B2-99317F8C6E91}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="24"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8943035" y="3429736"/>
+            <a:ext cx="2858400" cy="3045600"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 582742 w 2858400"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3045600"/>
+              <a:gd name="connsiteX1" fmla="*/ 795936 w 2858400"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3045600"/>
+              <a:gd name="connsiteX2" fmla="*/ 2275658 w 2858400"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 3045600"/>
+              <a:gd name="connsiteX3" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 3045600"/>
+              <a:gd name="connsiteX4" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY4" fmla="*/ 582742 h 3045600"/>
+              <a:gd name="connsiteX5" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY5" fmla="*/ 1100700 h 3045600"/>
+              <a:gd name="connsiteX6" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY6" fmla="*/ 1944900 h 3045600"/>
+              <a:gd name="connsiteX7" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY7" fmla="*/ 2462858 h 3045600"/>
+              <a:gd name="connsiteX8" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY8" fmla="*/ 3045600 h 3045600"/>
+              <a:gd name="connsiteX9" fmla="*/ 2275658 w 2858400"/>
+              <a:gd name="connsiteY9" fmla="*/ 3045600 h 3045600"/>
+              <a:gd name="connsiteX10" fmla="*/ 582742 w 2858400"/>
+              <a:gd name="connsiteY10" fmla="*/ 3045600 h 3045600"/>
+              <a:gd name="connsiteX11" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY11" fmla="*/ 3045600 h 3045600"/>
+              <a:gd name="connsiteX12" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY12" fmla="*/ 2462858 h 3045600"/>
+              <a:gd name="connsiteX13" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY13" fmla="*/ 1100700 h 3045600"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY14" fmla="*/ 582742 h 3045600"/>
+              <a:gd name="connsiteX15" fmla="*/ 582742 w 2858400"/>
+              <a:gd name="connsiteY15" fmla="*/ 0 h 3045600"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2858400" h="3045600">
+                <a:moveTo>
+                  <a:pt x="582742" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="795936" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2275658" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="582742"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="1100700"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="1944900"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="2462858"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="3045600"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2275658" y="3045600"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="582742" y="3045600"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3045600"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2462858"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1100700"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="582742"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="260902"/>
+                  <a:pt x="260902" y="0"/>
+                  <a:pt x="582742" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="108000" tIns="72000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för datum 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="811363168"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="414">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="4_Rubrik och innehåll">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877B3524-D6C4-8016-A0B9-76DB7A408CF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096620" y="666000"/>
+            <a:ext cx="10047600" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Platshållare för text 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02C2E317-0642-2E46-B74D-C0670C996503}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096963" y="2098800"/>
+            <a:ext cx="4776787" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Platshållare för text 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9C71F2C-C4C5-EE5B-6B8E-25012EE2544A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6370961" y="2098800"/>
+            <a:ext cx="4776787" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Platshållare för innehåll 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{467317CB-B101-5159-5511-FFC3C4CABD5A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="25" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="388800" y="3429000"/>
+            <a:ext cx="11412537" cy="3051175"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="2808000" tIns="540000"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka på en ikon för att lägga till innehåll</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4220243204"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="4" orient="horz" pos="414">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="3_Rubrik, innehåll och bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76B25631-0701-40C3-A2E5-991715C6245C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096621" y="666000"/>
+            <a:ext cx="5760000" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för text 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E32FB49D-5F22-65E1-116A-E103227C3F28}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1099112" y="2098800"/>
+            <a:ext cx="5757509" cy="3922588"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka här för att ändra format på bakgrundstexten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå två</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå tre</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fyra</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fem</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Platshållare för bild 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{105C1370-15B7-AC02-005A-AB507144F062}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="27"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7513833" y="385197"/>
+            <a:ext cx="4287600" cy="4536000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 4536000"/>
+              <a:gd name="connsiteX1" fmla="*/ 603951 w 4287600"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 4536000"/>
+              <a:gd name="connsiteX2" fmla="*/ 1212476 w 4287600"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 4536000"/>
+              <a:gd name="connsiteX3" fmla="*/ 3683649 w 4287600"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 4536000"/>
+              <a:gd name="connsiteX4" fmla="*/ 4287599 w 4287600"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4536000"/>
+              <a:gd name="connsiteX5" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4536000"/>
+              <a:gd name="connsiteX6" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY6" fmla="*/ 603951 h 4536000"/>
+              <a:gd name="connsiteX7" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY7" fmla="*/ 3362714 h 4536000"/>
+              <a:gd name="connsiteX8" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY8" fmla="*/ 3932049 h 4536000"/>
+              <a:gd name="connsiteX9" fmla="*/ 4287599 w 4287600"/>
+              <a:gd name="connsiteY9" fmla="*/ 3932059 h 4536000"/>
+              <a:gd name="connsiteX10" fmla="*/ 4287599 w 4287600"/>
+              <a:gd name="connsiteY10" fmla="*/ 4536000 h 4536000"/>
+              <a:gd name="connsiteX11" fmla="*/ 3683649 w 4287600"/>
+              <a:gd name="connsiteY11" fmla="*/ 4536000 h 4536000"/>
+              <a:gd name="connsiteX12" fmla="*/ 1212476 w 4287600"/>
+              <a:gd name="connsiteY12" fmla="*/ 4536000 h 4536000"/>
+              <a:gd name="connsiteX13" fmla="*/ 603951 w 4287600"/>
+              <a:gd name="connsiteY13" fmla="*/ 4536000 h 4536000"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY14" fmla="*/ 3932049 h 4536000"/>
+              <a:gd name="connsiteX15" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY15" fmla="*/ 3362714 h 4536000"/>
+              <a:gd name="connsiteX16" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY16" fmla="*/ 603951 h 4536000"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="4287600" h="4536000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="603951" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1212476" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3683649" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287599" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="603951"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="3362714"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="3932049"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287599" y="3932059"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287599" y="4536000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3683649" y="4536000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1212476" y="4536000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="603951" y="4536000"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="270398" y="4536000"/>
+                  <a:pt x="0" y="4265602"/>
+                  <a:pt x="0" y="3932049"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3362714"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="603951"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="C0EEC2"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="144000" tIns="108000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Frihandsfigur 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16CBC3DE-3F59-07F4-0A63-FD475D0A55CD}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7513832" y="4921196"/>
+            <a:ext cx="4287600" cy="1555200"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 567181 w 4287600"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX1" fmla="*/ 1713733 w 4287600"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX2" fmla="*/ 3720419 w 4287600"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX3" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX4" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY4" fmla="*/ 567181 h 1555200"/>
+              <a:gd name="connsiteX5" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY5" fmla="*/ 988019 h 1555200"/>
+              <a:gd name="connsiteX6" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY6" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX7" fmla="*/ 3720419 w 4287600"/>
+              <a:gd name="connsiteY7" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX8" fmla="*/ 1713733 w 4287600"/>
+              <a:gd name="connsiteY8" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX9" fmla="*/ 567181 w 4287600"/>
+              <a:gd name="connsiteY9" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX10" fmla="*/ 567171 w 4287600"/>
+              <a:gd name="connsiteY10" fmla="*/ 1555199 h 1555200"/>
+              <a:gd name="connsiteX11" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY11" fmla="*/ 1555199 h 1555200"/>
+              <a:gd name="connsiteX12" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY12" fmla="*/ 988019 h 1555200"/>
+              <a:gd name="connsiteX13" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY13" fmla="*/ 711958 h 1555200"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY14" fmla="*/ 567181 h 1555200"/>
+              <a:gd name="connsiteX15" fmla="*/ 567181 w 4287600"/>
+              <a:gd name="connsiteY15" fmla="*/ 0 h 1555200"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="4287600" h="1555200">
+                <a:moveTo>
+                  <a:pt x="567181" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1713733" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3720419" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="567181"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="988019"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3720419" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1713733" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="567181" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="567171" y="1555199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1555199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="988019"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="711958"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="567181"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="253936"/>
+                  <a:pt x="253936" y="0"/>
+                  <a:pt x="567181" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för datum 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3825778798"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="414">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="Rubrik, innehåll och ljusgrön bakgrund">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Frihandsfigur 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E45FC93-1C41-63EC-574B-533DF6E7934F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="black">
+          <a:xfrm>
+            <a:off x="389262" y="380997"/>
+            <a:ext cx="11412000" cy="6099856"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6099856"/>
+              <a:gd name="connsiteX1" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6099856"/>
+              <a:gd name="connsiteX2" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY2" fmla="*/ 1400466 h 6099856"/>
+              <a:gd name="connsiteX3" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY3" fmla="*/ 3026481 h 6099856"/>
+              <a:gd name="connsiteX4" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY4" fmla="*/ 3606802 h 6099856"/>
+              <a:gd name="connsiteX5" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY5" fmla="*/ 5065943 h 6099856"/>
+              <a:gd name="connsiteX6" fmla="*/ 10378087 w 11412000"/>
+              <a:gd name="connsiteY6" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX7" fmla="*/ 5706738 w 11412000"/>
+              <a:gd name="connsiteY7" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX8" fmla="*/ 5004000 w 11412000"/>
+              <a:gd name="connsiteY8" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX9" fmla="*/ 257 w 11412000"/>
+              <a:gd name="connsiteY9" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX10" fmla="*/ 257 w 11412000"/>
+              <a:gd name="connsiteY10" fmla="*/ 3026481 h 6099856"/>
+              <a:gd name="connsiteX11" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY11" fmla="*/ 3026481 h 6099856"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="11412000" h="6099856">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="1400466"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="3026481"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="3606802"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="5065943"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="11412000" y="5636957"/>
+                  <a:pt x="10949101" y="6099856"/>
+                  <a:pt x="10378087" y="6099856"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="5706738" y="6099856"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="6099856"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="257" y="6099856"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="257" y="3026481"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3026481"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="C0EEC2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3055DF0-CE61-81D0-5CCD-066F7176304B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="921600"/>
+            <a:ext cx="10046304" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3300"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94CB0FC2-1D05-5EE5-C07F-D00BCBF5FC5E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096246" y="2098800"/>
+            <a:ext cx="10047600" cy="3311999"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDF25A28-EFF4-2C18-2EED-1C79B759C77F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A2D28AB-516C-20D2-77EF-C6890456F2DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="136525"/>
+            <a:ext cx="4125383" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="779199705"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="572">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrik och innehåll">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76B25631-0701-40C3-A2E5-991715C6245C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9936CC4-BC31-7B4D-38E0-EC836B72C571}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1092200" y="2113722"/>
+            <a:ext cx="8650817" cy="3311526"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka här för att ändra format på bakgrundstexten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå två</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå tre</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fyra</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fem</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för datum 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rektangel: ett hörn rundat 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73A585E4-AFD9-73B3-6228-5EC2E00562BE}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="10371138" y="380999"/>
+            <a:ext cx="1433512" cy="1019173"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 48902"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE">
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rektangel: ett hörn rundat 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5372248-D21F-8D52-3DB3-51A7B660569B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="10371138" y="1400173"/>
+            <a:ext cx="1433512" cy="2032001"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 40264"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C0EEC2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rektangel: ett hörn rundat 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10FBF7AD-460F-553E-5C7C-F85B1FC5BAEB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="10371138" y="3439316"/>
+            <a:ext cx="1433512" cy="3056098"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 40264"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2054511869"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrikbild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A258EC79-F416-4E3D-A67E-4A13E8004581}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="891539" y="1152048"/>
+            <a:ext cx="5737195" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:defRPr sz="3500" b="1"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Underrubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B04F11C-8931-4F2C-862F-B58C9926FB12}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="892514" y="3683107"/>
+            <a:ext cx="5743363" cy="1683433"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till underrubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för datum 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30EAE83A-8325-0375-6F9F-906487EE9F55}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901363" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för sidfot 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8810085F-04AE-F66F-8FEC-4C6A10935D99}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="4" name="Graphic 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D40A280-071E-DBFA-6AF0-E13AA8857AE8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks noChangeAspect="1"/>
+          </p:cNvGrpSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7517606" y="385758"/>
+            <a:ext cx="4284000" cy="6092422"/>
+            <a:chOff x="6252761" y="1586198"/>
+            <a:chExt cx="2409825" cy="3427094"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="5" name="Freeform: Shape 4">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32A4BF31-30EF-05CD-0ECC-9436B24E903B}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6252761" y="1586198"/>
+              <a:ext cx="803243" cy="571118"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 517684 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 571119 h 571118"/>
+                <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 285559 h 571118"/>
+                <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 571118"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 571118"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 571024 h 571118"/>
+                <a:gd name="connsiteX5" fmla="*/ 517684 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 571024 h 571118"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="571118">
+                  <a:moveTo>
+                    <a:pt x="517684" y="571119"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="675418" y="571119"/>
+                    <a:pt x="803243" y="443294"/>
+                    <a:pt x="803243" y="285559"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="571024"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="517684" y="571024"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:srgbClr val="E7E1DF"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="Freeform: Shape 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23B8AF72-CBDF-C926-DA6F-8DF1E2515377}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6252761" y="3299650"/>
+              <a:ext cx="803243" cy="571119"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 517684 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 571119 h 571119"/>
+                <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 285559 h 571119"/>
+                <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 571119"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 571119"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 571024 h 571119"/>
+                <a:gd name="connsiteX5" fmla="*/ 517684 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 571024 h 571119"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="571119">
+                  <a:moveTo>
+                    <a:pt x="517684" y="571119"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="675418" y="571119"/>
+                    <a:pt x="803243" y="443294"/>
+                    <a:pt x="803243" y="285559"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="571024"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="517684" y="571024"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="12" name="Freeform: Shape 11">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A10B623-1AA0-2E51-5D24-A3F8564FEF04}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7056004" y="4442174"/>
+              <a:ext cx="803243" cy="571118"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 285559 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 0 h 571118"/>
+                <a:gd name="connsiteX1" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 285560 h 571118"/>
+                <a:gd name="connsiteX2" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 571119 h 571118"/>
+                <a:gd name="connsiteX3" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 571119 h 571118"/>
+                <a:gd name="connsiteX4" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 95 h 571118"/>
+                <a:gd name="connsiteX5" fmla="*/ 285559 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 95 h 571118"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="571118">
+                  <a:moveTo>
+                    <a:pt x="285559" y="0"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="127825" y="0"/>
+                    <a:pt x="0" y="127826"/>
+                    <a:pt x="0" y="285560"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="571119"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="571119"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="95"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="285559" y="95"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="13" name="Freeform: Shape 12">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F8A131A-FAF8-9F4E-51F8-81F131118D56}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7859342" y="4442174"/>
+              <a:ext cx="803243" cy="571118"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 517684 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 0 h 571118"/>
+                <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 285560 h 571118"/>
+                <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 571119 h 571118"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 571119 h 571118"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 95 h 571118"/>
+                <a:gd name="connsiteX5" fmla="*/ 517684 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 95 h 571118"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="571118">
+                  <a:moveTo>
+                    <a:pt x="517684" y="0"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="675418" y="0"/>
+                    <a:pt x="803243" y="127826"/>
+                    <a:pt x="803243" y="285560"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="571119"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="571119"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="95"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="517684" y="95"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:srgbClr val="E7E1DF"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Freeform: Shape 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{376A0DE8-2A34-0828-4EDE-64FCAC43535A}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6252761" y="2157317"/>
+              <a:ext cx="803243" cy="1142142"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 479203 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 324041 h 1142142"/>
+                <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX5" fmla="*/ 479203 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 0 h 1142142"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="1142142">
+                  <a:moveTo>
+                    <a:pt x="479203" y="0"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="658178" y="0"/>
+                    <a:pt x="803243" y="145066"/>
+                    <a:pt x="803243" y="324041"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="1142143"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="1142143"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="479203" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Freeform: Shape 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C692DBA-433B-E1DF-76AB-28CA52F11239}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7056099" y="3299650"/>
+              <a:ext cx="803243" cy="1142142"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 479203 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 818102 h 1142142"/>
+                <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX5" fmla="*/ 479298 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 1142143 h 1142142"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="1142142">
+                  <a:moveTo>
+                    <a:pt x="479203" y="1142143"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="658178" y="1142143"/>
+                    <a:pt x="803243" y="997077"/>
+                    <a:pt x="803243" y="818102"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="1142143"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="479298" y="1142143"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:srgbClr val="E7E1DF"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Freeform: Shape 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3FE4394-782C-744B-C25C-C4C783D578EF}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6252761" y="3871055"/>
+              <a:ext cx="803243" cy="1142142"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 479203 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 818102 h 1142142"/>
+                <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX5" fmla="*/ 479203 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 1142143 h 1142142"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="1142142">
+                  <a:moveTo>
+                    <a:pt x="479203" y="1142143"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="658178" y="1142143"/>
+                    <a:pt x="803243" y="997077"/>
+                    <a:pt x="803243" y="818102"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="1142143"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="479203" y="1142143"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Freeform: Shape 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB977C97-9D07-3D8C-062B-F82C8C6D954C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7859247" y="3299746"/>
+              <a:ext cx="803243" cy="1142142"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 324040 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX1" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 324041 h 1142142"/>
+                <a:gd name="connsiteX2" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX3" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX4" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX5" fmla="*/ 324040 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 0 h 1142142"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="1142142">
+                  <a:moveTo>
+                    <a:pt x="324040" y="0"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="145066" y="0"/>
+                    <a:pt x="0" y="145066"/>
+                    <a:pt x="0" y="324041"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="1142143"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="1142143"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="324040" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18" name="Freeform: Shape 17">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71A89259-9EBE-A46A-79F6-2167FC961C03}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7056004" y="1586579"/>
+              <a:ext cx="1606486" cy="1713166"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 324040 w 1606486"/>
+                <a:gd name="connsiteY0" fmla="*/ 1713166 h 1713166"/>
+                <a:gd name="connsiteX1" fmla="*/ 0 w 1606486"/>
+                <a:gd name="connsiteY1" fmla="*/ 1389126 h 1713166"/>
+                <a:gd name="connsiteX2" fmla="*/ 0 w 1606486"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 1713166"/>
+                <a:gd name="connsiteX3" fmla="*/ 1606487 w 1606486"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 1713166"/>
+                <a:gd name="connsiteX4" fmla="*/ 1606487 w 1606486"/>
+                <a:gd name="connsiteY4" fmla="*/ 1713166 h 1713166"/>
+                <a:gd name="connsiteX5" fmla="*/ 324040 w 1606486"/>
+                <a:gd name="connsiteY5" fmla="*/ 1713166 h 1713166"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1606486" h="1713166">
+                  <a:moveTo>
+                    <a:pt x="324040" y="1713166"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="145066" y="1713166"/>
+                    <a:pt x="0" y="1568101"/>
+                    <a:pt x="0" y="1389126"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1606487" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1606487" y="1713166"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="324040" y="1713166"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="30" name="Graphic 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD5F17FD-CE6D-0742-695D-8101B55BB557}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks noChangeAspect="1"/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7517605" y="385758"/>
+            <a:ext cx="4284000" cy="6092422"/>
+            <a:chOff x="4833937" y="1810035"/>
+            <a:chExt cx="2409825" cy="3427094"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="31" name="Freeform: Shape 30">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77264C48-66E8-2088-09BC-BF0E221A53EB}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4833937" y="1810035"/>
+              <a:ext cx="803243" cy="571118"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 517684 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 571119 h 571118"/>
+                <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 285559 h 571118"/>
+                <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 571118"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 571118"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 571024 h 571118"/>
+                <a:gd name="connsiteX5" fmla="*/ 517684 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 571024 h 571118"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="571118">
+                  <a:moveTo>
+                    <a:pt x="517684" y="571119"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="675418" y="571119"/>
+                    <a:pt x="803243" y="443294"/>
+                    <a:pt x="803243" y="285559"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="571024"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="517684" y="571024"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:srgbClr val="F7BBD0"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="32" name="Freeform: Shape 31">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE9A084D-E645-B811-4393-6E4CD13ED7BE}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4833937" y="3523487"/>
+              <a:ext cx="803243" cy="571119"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 517684 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 571119 h 571119"/>
+                <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 285559 h 571119"/>
+                <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 571119"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 571119"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 571024 h 571119"/>
+                <a:gd name="connsiteX5" fmla="*/ 517684 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 571024 h 571119"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="571119">
+                  <a:moveTo>
+                    <a:pt x="517684" y="571119"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="675418" y="571119"/>
+                    <a:pt x="803243" y="443294"/>
+                    <a:pt x="803243" y="285559"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="571024"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="517684" y="571024"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="33" name="Freeform: Shape 32">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{003BF9D2-45D1-4DDA-D199-69A472870C45}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5637180" y="4666011"/>
+              <a:ext cx="803243" cy="571118"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 285559 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 0 h 571118"/>
+                <a:gd name="connsiteX1" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 285560 h 571118"/>
+                <a:gd name="connsiteX2" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 571119 h 571118"/>
+                <a:gd name="connsiteX3" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 571119 h 571118"/>
+                <a:gd name="connsiteX4" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 95 h 571118"/>
+                <a:gd name="connsiteX5" fmla="*/ 285559 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 95 h 571118"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="571118">
+                  <a:moveTo>
+                    <a:pt x="285559" y="0"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="127825" y="0"/>
+                    <a:pt x="0" y="127826"/>
+                    <a:pt x="0" y="285560"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="571119"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="571119"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="95"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="285559" y="95"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="34" name="Freeform: Shape 33">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C3BA180-5943-E50E-61A0-6621B94CCC45}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6440518" y="4666011"/>
+              <a:ext cx="803243" cy="571118"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 517684 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 0 h 571118"/>
+                <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 285560 h 571118"/>
+                <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 571119 h 571118"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 571119 h 571118"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 95 h 571118"/>
+                <a:gd name="connsiteX5" fmla="*/ 517684 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 95 h 571118"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="571118">
+                  <a:moveTo>
+                    <a:pt x="517684" y="0"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="675418" y="0"/>
+                    <a:pt x="803243" y="127826"/>
+                    <a:pt x="803243" y="285560"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="571119"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="571119"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="95"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="517684" y="95"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:srgbClr val="F7BBD0"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="35" name="Freeform: Shape 34">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E945110F-BC15-3B64-C4A4-F8CCA2360E3D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4833937" y="2381154"/>
+              <a:ext cx="803243" cy="1142142"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 479203 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 324041 h 1142142"/>
+                <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX5" fmla="*/ 479203 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 0 h 1142142"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="1142142">
+                  <a:moveTo>
+                    <a:pt x="479203" y="0"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="658178" y="0"/>
+                    <a:pt x="803243" y="145066"/>
+                    <a:pt x="803243" y="324041"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="1142143"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="1142143"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="479203" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="36" name="Freeform: Shape 35">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2988249B-2E35-E654-89B4-BEAB76D7C3BF}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5637275" y="3523487"/>
+              <a:ext cx="803243" cy="1142142"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 479203 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 818102 h 1142142"/>
+                <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX5" fmla="*/ 479298 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 1142143 h 1142142"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="1142142">
+                  <a:moveTo>
+                    <a:pt x="479203" y="1142143"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="658178" y="1142143"/>
+                    <a:pt x="803243" y="997077"/>
+                    <a:pt x="803243" y="818102"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="1142143"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="479298" y="1142143"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:srgbClr val="F7BBD0"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="37" name="Freeform: Shape 36">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB684F66-2F39-67D8-E9D8-D4BDE9278DEB}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4833937" y="4094892"/>
+              <a:ext cx="803243" cy="1142142"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 479203 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 818102 h 1142142"/>
+                <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX5" fmla="*/ 479203 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 1142143 h 1142142"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="1142142">
+                  <a:moveTo>
+                    <a:pt x="479203" y="1142143"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="658178" y="1142143"/>
+                    <a:pt x="803243" y="997077"/>
+                    <a:pt x="803243" y="818102"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="1142143"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="479203" y="1142143"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="38" name="Freeform: Shape 37">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D028113-973A-8728-7A33-42786C5BC129}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6440423" y="3523583"/>
+              <a:ext cx="803243" cy="1142142"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 324040 w 803243"/>
+                <a:gd name="connsiteY0" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX1" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY1" fmla="*/ 324041 h 1142142"/>
+                <a:gd name="connsiteX2" fmla="*/ 0 w 803243"/>
+                <a:gd name="connsiteY2" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX3" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY3" fmla="*/ 1142143 h 1142142"/>
+                <a:gd name="connsiteX4" fmla="*/ 803243 w 803243"/>
+                <a:gd name="connsiteY4" fmla="*/ 0 h 1142142"/>
+                <a:gd name="connsiteX5" fmla="*/ 324040 w 803243"/>
+                <a:gd name="connsiteY5" fmla="*/ 0 h 1142142"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="803243" h="1142142">
+                  <a:moveTo>
+                    <a:pt x="324040" y="0"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="145066" y="0"/>
+                    <a:pt x="0" y="145066"/>
+                    <a:pt x="0" y="324041"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="1142143"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="1142143"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="803243" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="324040" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="39" name="Freeform: Shape 38">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C07FB66-ACC4-6915-30C8-3F9A8A61E404}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5637180" y="1810416"/>
+              <a:ext cx="1606486" cy="1713166"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 324040 w 1606486"/>
+                <a:gd name="connsiteY0" fmla="*/ 1713166 h 1713166"/>
+                <a:gd name="connsiteX1" fmla="*/ 0 w 1606486"/>
+                <a:gd name="connsiteY1" fmla="*/ 1389126 h 1713166"/>
+                <a:gd name="connsiteX2" fmla="*/ 0 w 1606486"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 1713166"/>
+                <a:gd name="connsiteX3" fmla="*/ 1606487 w 1606486"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 1713166"/>
+                <a:gd name="connsiteX4" fmla="*/ 1606487 w 1606486"/>
+                <a:gd name="connsiteY4" fmla="*/ 1713166 h 1713166"/>
+                <a:gd name="connsiteX5" fmla="*/ 324040 w 1606486"/>
+                <a:gd name="connsiteY5" fmla="*/ 1713166 h 1713166"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1606486" h="1713166">
+                  <a:moveTo>
+                    <a:pt x="324040" y="1713166"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="145066" y="1713166"/>
+                    <a:pt x="0" y="1568101"/>
+                    <a:pt x="0" y="1389126"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1606487" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1606487" y="1713166"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="324040" y="1713166"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:ln w="9525" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Logo" descr="Logotyp Västra Götalandsregionen">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22F97C26-C38B-23E3-47CF-78892FA1D64A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="390752" y="6052990"/>
+            <a:ext cx="2118361" cy="377529"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3503436222"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrikbild med bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Platshållare för bild 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7930A342-B92A-082F-5C3D-382BD190DCD2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1">
+            <p:ph type="pic" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8945549" y="386435"/>
+            <a:ext cx="2855885" cy="3045534"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2855885"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3045534"/>
+              <a:gd name="connsiteX1" fmla="*/ 2855885 w 2855885"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3045534"/>
+              <a:gd name="connsiteX2" fmla="*/ 2855885 w 2855885"/>
+              <a:gd name="connsiteY2" fmla="*/ 3045534 h 3045534"/>
+              <a:gd name="connsiteX3" fmla="*/ 576053 w 2855885"/>
+              <a:gd name="connsiteY3" fmla="*/ 3045534 h 3045534"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 2855885"/>
+              <a:gd name="connsiteY4" fmla="*/ 2469481 h 3045534"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2855885" h="3045534">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2855885" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2855885" y="3045534"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="576053" y="3045534"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="257887" y="3045534"/>
+                  <a:pt x="0" y="2787649"/>
+                  <a:pt x="0" y="2469481"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A258EC79-F416-4E3D-A67E-4A13E8004581}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="891539" y="1152048"/>
+            <a:ext cx="5737196" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:defRPr sz="3500" b="1"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Underrubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B04F11C-8931-4F2C-862F-B58C9926FB12}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="892514" y="3683107"/>
+            <a:ext cx="5737196" cy="1683433"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till underrubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="textruta 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA71F2BA-C943-46F6-00FD-63E44941990B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="704895" y="6466008"/>
+            <a:ext cx="695282" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>TEst</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för datum 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4CBFC51-E299-C1C6-C259-2EC78776D974}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Platshållare för sidfot 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAF13055-4269-7909-D2F6-610F622CD5BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Freeform: Shape 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E421D8C7-7AE4-75A7-E72D-F2CCD5EBD1ED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7517605" y="385758"/>
+            <a:ext cx="1427943" cy="1015289"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 517684 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 571119 h 571118"/>
+              <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 285559 h 571118"/>
+              <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 571118"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 571118"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 571024 h 571118"/>
+              <a:gd name="connsiteX5" fmla="*/ 517684 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 571024 h 571118"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="571118">
+                <a:moveTo>
+                  <a:pt x="517684" y="571119"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="675418" y="571119"/>
+                  <a:pt x="803243" y="443294"/>
+                  <a:pt x="803243" y="285559"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="571024"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="517684" y="571024"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Freeform: Shape 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7135AF6C-31B5-EC1B-7596-331AF27159CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7517605" y="3431800"/>
+            <a:ext cx="1427943" cy="1015291"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 517684 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 571119 h 571119"/>
+              <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 285559 h 571119"/>
+              <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 571119"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 571119"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 571024 h 571119"/>
+              <a:gd name="connsiteX5" fmla="*/ 517684 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 571024 h 571119"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="571119">
+                <a:moveTo>
+                  <a:pt x="517684" y="571119"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="675418" y="571119"/>
+                  <a:pt x="803243" y="443294"/>
+                  <a:pt x="803243" y="285559"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="571024"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="517684" y="571024"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="Freeform: Shape 34">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3214743A-6966-8ED7-BA34-E45A379E030F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8945548" y="5462891"/>
+            <a:ext cx="1427943" cy="1015289"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 285559 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 571118"/>
+              <a:gd name="connsiteX1" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 285560 h 571118"/>
+              <a:gd name="connsiteX2" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 571119 h 571118"/>
+              <a:gd name="connsiteX3" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 571119 h 571118"/>
+              <a:gd name="connsiteX4" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 95 h 571118"/>
+              <a:gd name="connsiteX5" fmla="*/ 285559 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 95 h 571118"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="571118">
+                <a:moveTo>
+                  <a:pt x="285559" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="127825" y="0"/>
+                  <a:pt x="0" y="127826"/>
+                  <a:pt x="0" y="285560"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="571119"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="571119"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="95"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="285559" y="95"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Freeform: Shape 35">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54E9228D-01FE-98B4-466F-CE9B90DF9F7D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10373660" y="5462891"/>
+            <a:ext cx="1427943" cy="1015289"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 517684 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 571118"/>
+              <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 285560 h 571118"/>
+              <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 571119 h 571118"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 571119 h 571118"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 95 h 571118"/>
+              <a:gd name="connsiteX5" fmla="*/ 517684 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 95 h 571118"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="571118">
+                <a:moveTo>
+                  <a:pt x="517684" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="675418" y="0"/>
+                  <a:pt x="803243" y="127826"/>
+                  <a:pt x="803243" y="285560"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="571119"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="571119"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="95"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="517684" y="95"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37" name="Freeform: Shape 36">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCF49D3A-C0A5-C9B4-8C10-96910B5DF584}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7517605" y="1401049"/>
+            <a:ext cx="1427943" cy="2030411"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 479203 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 324041 h 1142142"/>
+              <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX5" fmla="*/ 479203 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 1142142"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="1142142">
+                <a:moveTo>
+                  <a:pt x="479203" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="658178" y="0"/>
+                  <a:pt x="803243" y="145066"/>
+                  <a:pt x="803243" y="324041"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="1142143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1142143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="479203" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38" name="Freeform: Shape 37">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AEC35D31-9856-2B82-F7AD-68F4A6BA881A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8945717" y="3431800"/>
+            <a:ext cx="1427943" cy="2030411"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 479203 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 818102 h 1142142"/>
+              <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX5" fmla="*/ 479298 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 1142143 h 1142142"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="1142142">
+                <a:moveTo>
+                  <a:pt x="479203" y="1142143"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="658178" y="1142143"/>
+                  <a:pt x="803243" y="997077"/>
+                  <a:pt x="803243" y="818102"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1142143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="479298" y="1142143"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="Freeform: Shape 38">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDA18A8B-463B-9AD0-703D-FA911578B30D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7517605" y="4447600"/>
+            <a:ext cx="1427943" cy="2030411"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 479203 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 818102 h 1142142"/>
+              <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX5" fmla="*/ 479203 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 1142143 h 1142142"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="1142142">
+                <a:moveTo>
+                  <a:pt x="479203" y="1142143"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="658178" y="1142143"/>
+                  <a:pt x="803243" y="997077"/>
+                  <a:pt x="803243" y="818102"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1142143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="479203" y="1142143"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40" name="Freeform: Shape 39">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C169603-4E21-C187-1A1D-38882F9232D3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10373491" y="3431971"/>
+            <a:ext cx="1427943" cy="2030411"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 324040 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX1" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 324041 h 1142142"/>
+              <a:gd name="connsiteX2" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX3" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX4" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX5" fmla="*/ 324040 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 1142142"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="1142142">
+                <a:moveTo>
+                  <a:pt x="324040" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="145066" y="0"/>
+                  <a:pt x="0" y="145066"/>
+                  <a:pt x="0" y="324041"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1142143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="1142143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="324040" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Logo" descr="Logotyp Västra Götalandsregionen">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C689E11-9A3D-1637-E77F-534FB0A76DBA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="390752" y="6052990"/>
+            <a:ext cx="2118361" cy="377529"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2747226052"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout32.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrikbild, två logotyper">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Platshållare för bild 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7930A342-B92A-082F-5C3D-382BD190DCD2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1">
+            <p:ph type="pic" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8945549" y="386435"/>
+            <a:ext cx="2855885" cy="3045534"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2855885"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3045534"/>
+              <a:gd name="connsiteX1" fmla="*/ 2855885 w 2855885"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3045534"/>
+              <a:gd name="connsiteX2" fmla="*/ 2855885 w 2855885"/>
+              <a:gd name="connsiteY2" fmla="*/ 3045534 h 3045534"/>
+              <a:gd name="connsiteX3" fmla="*/ 576053 w 2855885"/>
+              <a:gd name="connsiteY3" fmla="*/ 3045534 h 3045534"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 2855885"/>
+              <a:gd name="connsiteY4" fmla="*/ 2469481 h 3045534"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2855885" h="3045534">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2855885" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2855885" y="3045534"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="576053" y="3045534"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="257887" y="3045534"/>
+                  <a:pt x="0" y="2787649"/>
+                  <a:pt x="0" y="2469481"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A258EC79-F416-4E3D-A67E-4A13E8004581}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="891539" y="1152048"/>
+            <a:ext cx="5737196" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:defRPr sz="3500" b="1"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Underrubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B04F11C-8931-4F2C-862F-B58C9926FB12}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="892514" y="3683107"/>
+            <a:ext cx="5737196" cy="1683433"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till underrubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="textruta 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA71F2BA-C943-46F6-00FD-63E44941990B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="704895" y="6466008"/>
+            <a:ext cx="695282" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>TEst</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för datum 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4CBFC51-E299-C1C6-C259-2EC78776D974}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Platshållare för sidfot 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAF13055-4269-7909-D2F6-610F622CD5BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Freeform: Shape 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E421D8C7-7AE4-75A7-E72D-F2CCD5EBD1ED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7517605" y="385758"/>
+            <a:ext cx="1427943" cy="1015289"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 517684 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 571119 h 571118"/>
+              <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 285559 h 571118"/>
+              <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 571118"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 571118"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 571024 h 571118"/>
+              <a:gd name="connsiteX5" fmla="*/ 517684 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 571024 h 571118"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="571118">
+                <a:moveTo>
+                  <a:pt x="517684" y="571119"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="675418" y="571119"/>
+                  <a:pt x="803243" y="443294"/>
+                  <a:pt x="803243" y="285559"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="571024"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="517684" y="571024"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Freeform: Shape 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7135AF6C-31B5-EC1B-7596-331AF27159CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7517605" y="3431800"/>
+            <a:ext cx="1427943" cy="1015291"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 517684 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 571119 h 571119"/>
+              <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 285559 h 571119"/>
+              <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 571119"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 571119"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 571024 h 571119"/>
+              <a:gd name="connsiteX5" fmla="*/ 517684 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 571024 h 571119"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="571119">
+                <a:moveTo>
+                  <a:pt x="517684" y="571119"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="675418" y="571119"/>
+                  <a:pt x="803243" y="443294"/>
+                  <a:pt x="803243" y="285559"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="571024"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="517684" y="571024"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="Freeform: Shape 34">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3214743A-6966-8ED7-BA34-E45A379E030F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8945548" y="5462891"/>
+            <a:ext cx="1427943" cy="1015289"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 285559 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 571118"/>
+              <a:gd name="connsiteX1" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 285560 h 571118"/>
+              <a:gd name="connsiteX2" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 571119 h 571118"/>
+              <a:gd name="connsiteX3" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 571119 h 571118"/>
+              <a:gd name="connsiteX4" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 95 h 571118"/>
+              <a:gd name="connsiteX5" fmla="*/ 285559 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 95 h 571118"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="571118">
+                <a:moveTo>
+                  <a:pt x="285559" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="127825" y="0"/>
+                  <a:pt x="0" y="127826"/>
+                  <a:pt x="0" y="285560"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="571119"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="571119"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="95"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="285559" y="95"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Freeform: Shape 35">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54E9228D-01FE-98B4-466F-CE9B90DF9F7D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10373660" y="5462891"/>
+            <a:ext cx="1427943" cy="1015289"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 517684 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 571118"/>
+              <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 285560 h 571118"/>
+              <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 571119 h 571118"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 571119 h 571118"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 95 h 571118"/>
+              <a:gd name="connsiteX5" fmla="*/ 517684 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 95 h 571118"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="571118">
+                <a:moveTo>
+                  <a:pt x="517684" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="675418" y="0"/>
+                  <a:pt x="803243" y="127826"/>
+                  <a:pt x="803243" y="285560"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="571119"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="571119"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="95"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="517684" y="95"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37" name="Freeform: Shape 36">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCF49D3A-C0A5-C9B4-8C10-96910B5DF584}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7517605" y="1401049"/>
+            <a:ext cx="1427943" cy="2030411"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 479203 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 324041 h 1142142"/>
+              <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX5" fmla="*/ 479203 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 1142142"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="1142142">
+                <a:moveTo>
+                  <a:pt x="479203" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="658178" y="0"/>
+                  <a:pt x="803243" y="145066"/>
+                  <a:pt x="803243" y="324041"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="1142143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1142143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="479203" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38" name="Freeform: Shape 37">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AEC35D31-9856-2B82-F7AD-68F4A6BA881A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8945717" y="3431800"/>
+            <a:ext cx="1427943" cy="2030411"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 479203 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 818102 h 1142142"/>
+              <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX5" fmla="*/ 479298 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 1142143 h 1142142"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="1142142">
+                <a:moveTo>
+                  <a:pt x="479203" y="1142143"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="658178" y="1142143"/>
+                  <a:pt x="803243" y="997077"/>
+                  <a:pt x="803243" y="818102"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1142143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="479298" y="1142143"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="Freeform: Shape 38">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDA18A8B-463B-9AD0-703D-FA911578B30D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7517605" y="4447600"/>
+            <a:ext cx="1427943" cy="2030411"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 479203 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX1" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 818102 h 1142142"/>
+              <a:gd name="connsiteX2" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX5" fmla="*/ 479203 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 1142143 h 1142142"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="1142142">
+                <a:moveTo>
+                  <a:pt x="479203" y="1142143"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="658178" y="1142143"/>
+                  <a:pt x="803243" y="997077"/>
+                  <a:pt x="803243" y="818102"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1142143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="479203" y="1142143"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40" name="Freeform: Shape 39">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C169603-4E21-C187-1A1D-38882F9232D3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10373491" y="3431971"/>
+            <a:ext cx="1427943" cy="2030411"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 324040 w 803243"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX1" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY1" fmla="*/ 324041 h 1142142"/>
+              <a:gd name="connsiteX2" fmla="*/ 0 w 803243"/>
+              <a:gd name="connsiteY2" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX3" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY3" fmla="*/ 1142143 h 1142142"/>
+              <a:gd name="connsiteX4" fmla="*/ 803243 w 803243"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1142142"/>
+              <a:gd name="connsiteX5" fmla="*/ 324040 w 803243"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 1142142"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="803243" h="1142142">
+                <a:moveTo>
+                  <a:pt x="324040" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="145066" y="0"/>
+                  <a:pt x="0" y="145066"/>
+                  <a:pt x="0" y="324041"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1142143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="1142143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="803243" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="324040" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Logo" descr="Logotyp Västra Götalandsregionen">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C689E11-9A3D-1637-E77F-534FB0A76DBA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="390752" y="6052990"/>
+            <a:ext cx="2118361" cy="377529"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för bild 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4261226B-560D-B909-DF95-A5178F9E77D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4761570" y="5675314"/>
+            <a:ext cx="2312087" cy="802698"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" anchor="t" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="1720"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka för att lägga till en logotyp</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3268346557"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout33.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="1_Rubrik och innehåll">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="13" name="Graphic 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{162A0E45-E1EA-3009-8278-84D059CF6FCE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks noChangeAspect="1"/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="10373521" y="393108"/>
+            <a:ext cx="1427973" cy="6091200"/>
+            <a:chOff x="10371140" y="380999"/>
+            <a:chExt cx="1439144" cy="6138849"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Freeform: Shape 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBA227F0-F87F-B1E9-946E-B0BDB414627D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10371140" y="380999"/>
+              <a:ext cx="1439144" cy="1023084"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 511628 w 1439144"/>
+                <a:gd name="connsiteY0" fmla="*/ 1023085 h 1023084"/>
+                <a:gd name="connsiteX1" fmla="*/ 0 w 1439144"/>
+                <a:gd name="connsiteY1" fmla="*/ 511628 h 1023084"/>
+                <a:gd name="connsiteX2" fmla="*/ 0 w 1439144"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 1023084"/>
+                <a:gd name="connsiteX3" fmla="*/ 1439145 w 1439144"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 1023084"/>
+                <a:gd name="connsiteX4" fmla="*/ 1439145 w 1439144"/>
+                <a:gd name="connsiteY4" fmla="*/ 1023085 h 1023084"/>
+                <a:gd name="connsiteX5" fmla="*/ 511628 w 1439144"/>
+                <a:gd name="connsiteY5" fmla="*/ 1023085 h 1023084"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1439144" h="1023084">
+                  <a:moveTo>
+                    <a:pt x="511628" y="1023085"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="229021" y="1023085"/>
+                    <a:pt x="0" y="794064"/>
+                    <a:pt x="0" y="511628"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1439145" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1439145" y="1023085"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="511628" y="1023085"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:ln w="17009" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Freeform: Shape 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C54C73C6-9503-842F-1121-D23FB73C8F02}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10371140" y="3450423"/>
+              <a:ext cx="1439144" cy="3069424"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 858572 w 1439144"/>
+                <a:gd name="connsiteY0" fmla="*/ 3069425 h 3069424"/>
+                <a:gd name="connsiteX1" fmla="*/ 1439145 w 1439144"/>
+                <a:gd name="connsiteY1" fmla="*/ 2488852 h 3069424"/>
+                <a:gd name="connsiteX2" fmla="*/ 1439145 w 1439144"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 3069424"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 1439144"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 3069424"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 1439144"/>
+                <a:gd name="connsiteY4" fmla="*/ 3069425 h 3069424"/>
+                <a:gd name="connsiteX5" fmla="*/ 858572 w 1439144"/>
+                <a:gd name="connsiteY5" fmla="*/ 3069425 h 3069424"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1439144" h="3069424">
+                  <a:moveTo>
+                    <a:pt x="858572" y="3069425"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1179235" y="3069425"/>
+                    <a:pt x="1439145" y="2809515"/>
+                    <a:pt x="1439145" y="2488852"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="1439145" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="3069425"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="858572" y="3069425"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln w="17009" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Freeform: Shape 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47751422-DED5-3AD2-D9AD-FF0A483F29C4}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10371140" y="1404083"/>
+              <a:ext cx="1439144" cy="2046340"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 858572 w 1439144"/>
+                <a:gd name="connsiteY0" fmla="*/ 2046340 h 2046340"/>
+                <a:gd name="connsiteX1" fmla="*/ 1439145 w 1439144"/>
+                <a:gd name="connsiteY1" fmla="*/ 1465767 h 2046340"/>
+                <a:gd name="connsiteX2" fmla="*/ 1439145 w 1439144"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 2046340"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 1439144"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 2046340"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 1439144"/>
+                <a:gd name="connsiteY4" fmla="*/ 2046340 h 2046340"/>
+                <a:gd name="connsiteX5" fmla="*/ 858572 w 1439144"/>
+                <a:gd name="connsiteY5" fmla="*/ 2046340 h 2046340"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1439144" h="2046340">
+                  <a:moveTo>
+                    <a:pt x="858572" y="2046340"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1179235" y="2046340"/>
+                    <a:pt x="1439145" y="1786431"/>
+                    <a:pt x="1439145" y="1465767"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="1439145" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="2046340"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="858572" y="2046340"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:srgbClr val="F7BBD0"/>
+            </a:solidFill>
+            <a:ln w="17009" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76B25631-0701-40C3-A2E5-991715C6245C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9936CC4-BC31-7B4D-38E0-EC836B72C571}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1092200" y="2113722"/>
+            <a:ext cx="8650817" cy="3311526"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka här för att ändra format på bakgrundstexten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå två</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå tre</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fyra</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fem</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för datum 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1836055707"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout34.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Endast rubrik">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05571902-9019-4326-9DA4-70B9743B49ED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="881395" y="1424752"/>
+            <a:ext cx="8872205" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="1"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rektangel: ett hörn rundat 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED91DB15-F1E1-BAE7-F15A-075740D02714}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="10371138" y="380999"/>
+            <a:ext cx="1433512" cy="1019173"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 48902"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rektangel: ett hörn rundat 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDC94793-D876-E072-C4EC-34D17FFA5E6D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="10371138" y="1400173"/>
+            <a:ext cx="1433512" cy="2032001"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 40264"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rektangel: ett hörn rundat 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACDB7998-57D8-C839-2FED-BCA4D5257D96}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="10371138" y="3439316"/>
+            <a:ext cx="1433512" cy="3056098"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 40264"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för datum 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E0629D0-D830-BA3B-8258-4D3944A151FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F7FC82E9-E70A-41D0-BC52-9CE4D8B0E8A6}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F61AD9AB-C85B-9888-3B59-C1F8A75F1D3A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="3" name="Graphic 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07F1C480-42B9-765B-ACFA-B1528C1BCE6A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks noChangeAspect="1"/>
+          </p:cNvGrpSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="10373521" y="393108"/>
+            <a:ext cx="1427973" cy="6091200"/>
+            <a:chOff x="10371140" y="380999"/>
+            <a:chExt cx="1439144" cy="6138849"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="4" name="Freeform: Shape 3">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96561E72-BEFB-A269-7175-1BA85901BF6D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10371140" y="380999"/>
+              <a:ext cx="1439144" cy="1023084"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 511628 w 1439144"/>
+                <a:gd name="connsiteY0" fmla="*/ 1023085 h 1023084"/>
+                <a:gd name="connsiteX1" fmla="*/ 0 w 1439144"/>
+                <a:gd name="connsiteY1" fmla="*/ 511628 h 1023084"/>
+                <a:gd name="connsiteX2" fmla="*/ 0 w 1439144"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 1023084"/>
+                <a:gd name="connsiteX3" fmla="*/ 1439145 w 1439144"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 1023084"/>
+                <a:gd name="connsiteX4" fmla="*/ 1439145 w 1439144"/>
+                <a:gd name="connsiteY4" fmla="*/ 1023085 h 1023084"/>
+                <a:gd name="connsiteX5" fmla="*/ 511628 w 1439144"/>
+                <a:gd name="connsiteY5" fmla="*/ 1023085 h 1023084"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1439144" h="1023084">
+                  <a:moveTo>
+                    <a:pt x="511628" y="1023085"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="229021" y="1023085"/>
+                    <a:pt x="0" y="794064"/>
+                    <a:pt x="0" y="511628"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1439145" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1439145" y="1023085"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="511628" y="1023085"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:ln w="17009" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="Freeform: Shape 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9107C565-01FD-65F8-ABC0-DB18CF630B50}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10371140" y="3450423"/>
+              <a:ext cx="1439144" cy="3069424"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 858572 w 1439144"/>
+                <a:gd name="connsiteY0" fmla="*/ 3069425 h 3069424"/>
+                <a:gd name="connsiteX1" fmla="*/ 1439145 w 1439144"/>
+                <a:gd name="connsiteY1" fmla="*/ 2488852 h 3069424"/>
+                <a:gd name="connsiteX2" fmla="*/ 1439145 w 1439144"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 3069424"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 1439144"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 3069424"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 1439144"/>
+                <a:gd name="connsiteY4" fmla="*/ 3069425 h 3069424"/>
+                <a:gd name="connsiteX5" fmla="*/ 858572 w 1439144"/>
+                <a:gd name="connsiteY5" fmla="*/ 3069425 h 3069424"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1439144" h="3069424">
+                  <a:moveTo>
+                    <a:pt x="858572" y="3069425"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1179235" y="3069425"/>
+                    <a:pt x="1439145" y="2809515"/>
+                    <a:pt x="1439145" y="2488852"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="1439145" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="3069425"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="858572" y="3069425"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln w="17009" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Freeform: Shape 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1BDEA75-2263-56D7-5206-740AB4CC4B4E}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10371140" y="1404083"/>
+              <a:ext cx="1439144" cy="2046340"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 858572 w 1439144"/>
+                <a:gd name="connsiteY0" fmla="*/ 2046340 h 2046340"/>
+                <a:gd name="connsiteX1" fmla="*/ 1439145 w 1439144"/>
+                <a:gd name="connsiteY1" fmla="*/ 1465767 h 2046340"/>
+                <a:gd name="connsiteX2" fmla="*/ 1439145 w 1439144"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 2046340"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 1439144"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 2046340"/>
+                <a:gd name="connsiteX4" fmla="*/ 0 w 1439144"/>
+                <a:gd name="connsiteY4" fmla="*/ 2046340 h 2046340"/>
+                <a:gd name="connsiteX5" fmla="*/ 858572 w 1439144"/>
+                <a:gd name="connsiteY5" fmla="*/ 2046340 h 2046340"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1439144" h="2046340">
+                  <a:moveTo>
+                    <a:pt x="858572" y="2046340"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1179235" y="2046340"/>
+                    <a:pt x="1439145" y="1786431"/>
+                    <a:pt x="1439145" y="1465767"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="1439145" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="2046340"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="858572" y="2046340"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:srgbClr val="F7BBD0"/>
+            </a:solidFill>
+            <a:ln w="17009" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3268251222"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout35.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2_Rubrik och innehåll">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76B25631-0701-40C3-A2E5-991715C6245C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096621" y="666000"/>
+            <a:ext cx="9802252" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för text 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E32FB49D-5F22-65E1-116A-E103227C3F28}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1099112" y="2098800"/>
+            <a:ext cx="9802252" cy="3922588"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka här för att ändra format på bakgrundstexten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå två</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå tre</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fyra</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fem</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för datum 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4035295946"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="414">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout36.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="1_Rubrik, innehåll och bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877B3524-D6C4-8016-A0B9-76DB7A408CF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1100667" y="425716"/>
+            <a:ext cx="4995333" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Platshållare för innehåll 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5FF0E6C-D325-C355-90B1-214F162C31D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1092200" y="2113722"/>
+            <a:ext cx="5003800" cy="3756990"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 4919133"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3756990"/>
+              <a:gd name="connsiteX1" fmla="*/ 4919133 w 4919133"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3756990"/>
+              <a:gd name="connsiteX2" fmla="*/ 4919133 w 4919133"/>
+              <a:gd name="connsiteY2" fmla="*/ 3756990 h 3756990"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 4919133"/>
+              <a:gd name="connsiteY3" fmla="*/ 3756990 h 3756990"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="4919133" h="3756990">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="4919133" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4919133" y="3756990"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3756990"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka här för att ändra format på bakgrundstexten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå två</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå tre</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fyra</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fem</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Platshållare för bild 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1703F1CD-4B7B-907E-729A-4E87F6ADB81A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6798481" y="385758"/>
+            <a:ext cx="5002954" cy="6091200"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 5002954"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6071396"/>
+              <a:gd name="connsiteX1" fmla="*/ 5002954 w 5002954"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6071396"/>
+              <a:gd name="connsiteX2" fmla="*/ 5002954 w 5002954"/>
+              <a:gd name="connsiteY2" fmla="*/ 5059476 h 6071396"/>
+              <a:gd name="connsiteX3" fmla="*/ 3991034 w 5002954"/>
+              <a:gd name="connsiteY3" fmla="*/ 6071396 h 6071396"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 5002954"/>
+              <a:gd name="connsiteY4" fmla="*/ 6071396 h 6071396"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5002954" h="6071396">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="5002954" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5002954" y="5059476"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5002954" y="5618344"/>
+                  <a:pt x="4549902" y="6071396"/>
+                  <a:pt x="3991034" y="6071396"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="6071396"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3778639881"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout37.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2_Rubrik, innehåll och bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="55" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64F625B8-A7A1-7BE0-9DF8-7E7FE117E041}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096622" y="666000"/>
+            <a:ext cx="7200000" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3500" b="1"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49" name="Platshållare för text 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F162ADE3-0956-372F-C6D3-F1068347B53D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="26"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096621" y="2098800"/>
+            <a:ext cx="7200000" cy="3922588"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka här för att ändra format på bakgrundstexten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="Platshållare för bild 38">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{187C5245-8B47-F402-0727-52A9F0502798}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8943034" y="385199"/>
+            <a:ext cx="2858400" cy="3045601"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3045601"/>
+              <a:gd name="connsiteX1" fmla="*/ 582742 w 2858400"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3045601"/>
+              <a:gd name="connsiteX2" fmla="*/ 2275658 w 2858400"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 3045601"/>
+              <a:gd name="connsiteX3" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 3045601"/>
+              <a:gd name="connsiteX4" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY4" fmla="*/ 582742 h 3045601"/>
+              <a:gd name="connsiteX5" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY5" fmla="*/ 2347609 h 3045601"/>
+              <a:gd name="connsiteX6" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY6" fmla="*/ 2462858 h 3045601"/>
+              <a:gd name="connsiteX7" fmla="*/ 2858399 w 2858400"/>
+              <a:gd name="connsiteY7" fmla="*/ 2462868 h 3045601"/>
+              <a:gd name="connsiteX8" fmla="*/ 2858399 w 2858400"/>
+              <a:gd name="connsiteY8" fmla="*/ 3045601 h 3045601"/>
+              <a:gd name="connsiteX9" fmla="*/ 1042628 w 2858400"/>
+              <a:gd name="connsiteY9" fmla="*/ 3045601 h 3045601"/>
+              <a:gd name="connsiteX10" fmla="*/ 1042628 w 2858400"/>
+              <a:gd name="connsiteY10" fmla="*/ 3045600 h 3045601"/>
+              <a:gd name="connsiteX11" fmla="*/ 582742 w 2858400"/>
+              <a:gd name="connsiteY11" fmla="*/ 3045600 h 3045601"/>
+              <a:gd name="connsiteX12" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY12" fmla="*/ 2462858 h 3045601"/>
+              <a:gd name="connsiteX13" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY13" fmla="*/ 2347609 h 3045601"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY14" fmla="*/ 582742 h 3045601"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2858400" h="3045601">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="582742" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2275658" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="582742"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="2347609"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="2462858"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858399" y="2462868"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858399" y="3045601"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1042628" y="3045601"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1042628" y="3045600"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="582742" y="3045600"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="260902" y="3045600"/>
+                  <a:pt x="0" y="2784698"/>
+                  <a:pt x="0" y="2462858"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2347609"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="582742"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="108000" tIns="72000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="Platshållare för bild 43">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{457125D0-9A9D-2671-96B2-99317F8C6E91}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="24"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8943035" y="3429736"/>
+            <a:ext cx="2858400" cy="3045600"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 582742 w 2858400"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3045600"/>
+              <a:gd name="connsiteX1" fmla="*/ 795936 w 2858400"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3045600"/>
+              <a:gd name="connsiteX2" fmla="*/ 2275658 w 2858400"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 3045600"/>
+              <a:gd name="connsiteX3" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 3045600"/>
+              <a:gd name="connsiteX4" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY4" fmla="*/ 582742 h 3045600"/>
+              <a:gd name="connsiteX5" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY5" fmla="*/ 1100700 h 3045600"/>
+              <a:gd name="connsiteX6" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY6" fmla="*/ 1944900 h 3045600"/>
+              <a:gd name="connsiteX7" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY7" fmla="*/ 2462858 h 3045600"/>
+              <a:gd name="connsiteX8" fmla="*/ 2858400 w 2858400"/>
+              <a:gd name="connsiteY8" fmla="*/ 3045600 h 3045600"/>
+              <a:gd name="connsiteX9" fmla="*/ 2275658 w 2858400"/>
+              <a:gd name="connsiteY9" fmla="*/ 3045600 h 3045600"/>
+              <a:gd name="connsiteX10" fmla="*/ 582742 w 2858400"/>
+              <a:gd name="connsiteY10" fmla="*/ 3045600 h 3045600"/>
+              <a:gd name="connsiteX11" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY11" fmla="*/ 3045600 h 3045600"/>
+              <a:gd name="connsiteX12" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY12" fmla="*/ 2462858 h 3045600"/>
+              <a:gd name="connsiteX13" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY13" fmla="*/ 1100700 h 3045600"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 2858400"/>
+              <a:gd name="connsiteY14" fmla="*/ 582742 h 3045600"/>
+              <a:gd name="connsiteX15" fmla="*/ 582742 w 2858400"/>
+              <a:gd name="connsiteY15" fmla="*/ 0 h 3045600"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2858400" h="3045600">
+                <a:moveTo>
+                  <a:pt x="582742" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="795936" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2275658" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="582742"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="1100700"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="1944900"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="2462858"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2858400" y="3045600"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2275658" y="3045600"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="582742" y="3045600"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3045600"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2462858"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1100700"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="582742"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="260902"/>
+                  <a:pt x="260902" y="0"/>
+                  <a:pt x="582742" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="108000" tIns="72000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för datum 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3499863547"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="414">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout38.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="3_Rubrik, innehåll och bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76B25631-0701-40C3-A2E5-991715C6245C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096621" y="666000"/>
+            <a:ext cx="5760000" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för text 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E32FB49D-5F22-65E1-116A-E103227C3F28}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1099112" y="2098800"/>
+            <a:ext cx="5757509" cy="3922588"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka här för att ändra format på bakgrundstexten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå två</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå tre</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fyra</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fem</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Platshållare för bild 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{105C1370-15B7-AC02-005A-AB507144F062}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="27"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7513833" y="385197"/>
+            <a:ext cx="4287600" cy="4536000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 4536000"/>
+              <a:gd name="connsiteX1" fmla="*/ 603951 w 4287600"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 4536000"/>
+              <a:gd name="connsiteX2" fmla="*/ 1212476 w 4287600"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 4536000"/>
+              <a:gd name="connsiteX3" fmla="*/ 3683649 w 4287600"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 4536000"/>
+              <a:gd name="connsiteX4" fmla="*/ 4287599 w 4287600"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4536000"/>
+              <a:gd name="connsiteX5" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4536000"/>
+              <a:gd name="connsiteX6" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY6" fmla="*/ 603951 h 4536000"/>
+              <a:gd name="connsiteX7" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY7" fmla="*/ 3362714 h 4536000"/>
+              <a:gd name="connsiteX8" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY8" fmla="*/ 3932049 h 4536000"/>
+              <a:gd name="connsiteX9" fmla="*/ 4287599 w 4287600"/>
+              <a:gd name="connsiteY9" fmla="*/ 3932059 h 4536000"/>
+              <a:gd name="connsiteX10" fmla="*/ 4287599 w 4287600"/>
+              <a:gd name="connsiteY10" fmla="*/ 4536000 h 4536000"/>
+              <a:gd name="connsiteX11" fmla="*/ 3683649 w 4287600"/>
+              <a:gd name="connsiteY11" fmla="*/ 4536000 h 4536000"/>
+              <a:gd name="connsiteX12" fmla="*/ 1212476 w 4287600"/>
+              <a:gd name="connsiteY12" fmla="*/ 4536000 h 4536000"/>
+              <a:gd name="connsiteX13" fmla="*/ 603951 w 4287600"/>
+              <a:gd name="connsiteY13" fmla="*/ 4536000 h 4536000"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY14" fmla="*/ 3932049 h 4536000"/>
+              <a:gd name="connsiteX15" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY15" fmla="*/ 3362714 h 4536000"/>
+              <a:gd name="connsiteX16" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY16" fmla="*/ 603951 h 4536000"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="4287600" h="4536000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="603951" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1212476" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3683649" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287599" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="603951"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="3362714"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="3932049"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287599" y="3932059"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287599" y="4536000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3683649" y="4536000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1212476" y="4536000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="603951" y="4536000"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="270398" y="4536000"/>
+                  <a:pt x="0" y="4265602"/>
+                  <a:pt x="0" y="3932049"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3362714"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="603951"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="144000" tIns="108000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Frihandsfigur 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16CBC3DE-3F59-07F4-0A63-FD475D0A55CD}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7513832" y="4921196"/>
+            <a:ext cx="4287600" cy="1555200"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 567181 w 4287600"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX1" fmla="*/ 1713733 w 4287600"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX2" fmla="*/ 3720419 w 4287600"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX3" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX4" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY4" fmla="*/ 567181 h 1555200"/>
+              <a:gd name="connsiteX5" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY5" fmla="*/ 988019 h 1555200"/>
+              <a:gd name="connsiteX6" fmla="*/ 4287600 w 4287600"/>
+              <a:gd name="connsiteY6" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX7" fmla="*/ 3720419 w 4287600"/>
+              <a:gd name="connsiteY7" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX8" fmla="*/ 1713733 w 4287600"/>
+              <a:gd name="connsiteY8" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX9" fmla="*/ 567181 w 4287600"/>
+              <a:gd name="connsiteY9" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX10" fmla="*/ 567171 w 4287600"/>
+              <a:gd name="connsiteY10" fmla="*/ 1555199 h 1555200"/>
+              <a:gd name="connsiteX11" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY11" fmla="*/ 1555199 h 1555200"/>
+              <a:gd name="connsiteX12" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY12" fmla="*/ 988019 h 1555200"/>
+              <a:gd name="connsiteX13" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY13" fmla="*/ 711958 h 1555200"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 4287600"/>
+              <a:gd name="connsiteY14" fmla="*/ 567181 h 1555200"/>
+              <a:gd name="connsiteX15" fmla="*/ 567181 w 4287600"/>
+              <a:gd name="connsiteY15" fmla="*/ 0 h 1555200"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="4287600" h="1555200">
+                <a:moveTo>
+                  <a:pt x="567181" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1713733" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3720419" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="567181"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="988019"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4287600" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3720419" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1713733" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="567181" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="567171" y="1555199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1555199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="988019"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="711958"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="567181"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="253936"/>
+                  <a:pt x="253936" y="0"/>
+                  <a:pt x="567181" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för datum 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2473774685"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="414">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout39.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrik och stor bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Frihandsfigur 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C316BF93-6E39-1789-A4DF-ACF47A8660EE}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="4921196"/>
+            <a:ext cx="11411966" cy="1555200"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 11411966"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX1" fmla="*/ 7124366 w 11411966"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX2" fmla="*/ 7691547 w 11411966"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX3" fmla="*/ 8724054 w 11411966"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX4" fmla="*/ 9698233 w 11411966"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX5" fmla="*/ 10844785 w 11411966"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 1555200"/>
+              <a:gd name="connsiteX6" fmla="*/ 11411966 w 11411966"/>
+              <a:gd name="connsiteY6" fmla="*/ 567181 h 1555200"/>
+              <a:gd name="connsiteX7" fmla="*/ 11411966 w 11411966"/>
+              <a:gd name="connsiteY7" fmla="*/ 711958 h 1555200"/>
+              <a:gd name="connsiteX8" fmla="*/ 11411966 w 11411966"/>
+              <a:gd name="connsiteY8" fmla="*/ 988019 h 1555200"/>
+              <a:gd name="connsiteX9" fmla="*/ 11411966 w 11411966"/>
+              <a:gd name="connsiteY9" fmla="*/ 1555199 h 1555200"/>
+              <a:gd name="connsiteX10" fmla="*/ 10844795 w 11411966"/>
+              <a:gd name="connsiteY10" fmla="*/ 1555199 h 1555200"/>
+              <a:gd name="connsiteX11" fmla="*/ 10844785 w 11411966"/>
+              <a:gd name="connsiteY11" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX12" fmla="*/ 9698233 w 11411966"/>
+              <a:gd name="connsiteY12" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX13" fmla="*/ 8724054 w 11411966"/>
+              <a:gd name="connsiteY13" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX14" fmla="*/ 7691547 w 11411966"/>
+              <a:gd name="connsiteY14" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX15" fmla="*/ 7124366 w 11411966"/>
+              <a:gd name="connsiteY15" fmla="*/ 1555200 h 1555200"/>
+              <a:gd name="connsiteX16" fmla="*/ 0 w 11411966"/>
+              <a:gd name="connsiteY16" fmla="*/ 1555200 h 1555200"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="11411966" h="1555200">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="7124366" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7691547" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8724054" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="9698233" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10844785" y="0"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="11158030" y="0"/>
+                  <a:pt x="11411966" y="253936"/>
+                  <a:pt x="11411966" y="567181"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="11411966" y="711958"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11411966" y="988019"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11411966" y="1555199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10844795" y="1555199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10844785" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="9698233" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8724054" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7691547" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7124366" y="1555200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1555200"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76B25631-0701-40C3-A2E5-991715C6245C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096620" y="5174921"/>
+            <a:ext cx="9804743" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Platshållare för bild 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C866F5AF-6945-1E27-3523-937C5BA5CF62}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="27"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389262" y="380997"/>
+            <a:ext cx="11412171" cy="4540200"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 11412171"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 4540200"/>
+              <a:gd name="connsiteX1" fmla="*/ 8226418 w 11412171"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 4540200"/>
+              <a:gd name="connsiteX2" fmla="*/ 8226418 w 11412171"/>
+              <a:gd name="connsiteY2" fmla="*/ 4200 h 4540200"/>
+              <a:gd name="connsiteX3" fmla="*/ 8975361 w 11412171"/>
+              <a:gd name="connsiteY3" fmla="*/ 4200 h 4540200"/>
+              <a:gd name="connsiteX4" fmla="*/ 8975361 w 11412171"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4540200"/>
+              <a:gd name="connsiteX5" fmla="*/ 11412171 w 11412171"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4540200"/>
+              <a:gd name="connsiteX6" fmla="*/ 11412171 w 11412171"/>
+              <a:gd name="connsiteY6" fmla="*/ 610124 h 4540200"/>
+              <a:gd name="connsiteX7" fmla="*/ 11412171 w 11412171"/>
+              <a:gd name="connsiteY7" fmla="*/ 2595883 h 4540200"/>
+              <a:gd name="connsiteX8" fmla="*/ 11412171 w 11412171"/>
+              <a:gd name="connsiteY8" fmla="*/ 3934276 h 4540200"/>
+              <a:gd name="connsiteX9" fmla="*/ 10806247 w 11412171"/>
+              <a:gd name="connsiteY9" fmla="*/ 4540200 h 4540200"/>
+              <a:gd name="connsiteX10" fmla="*/ 7730495 w 11412171"/>
+              <a:gd name="connsiteY10" fmla="*/ 4540200 h 4540200"/>
+              <a:gd name="connsiteX11" fmla="*/ 7688832 w 11412171"/>
+              <a:gd name="connsiteY11" fmla="*/ 4536000 h 4540200"/>
+              <a:gd name="connsiteX12" fmla="*/ 0 w 11412171"/>
+              <a:gd name="connsiteY12" fmla="*/ 4536000 h 4540200"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="11412171" h="4540200">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="8226418" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8226418" y="4200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8975361" y="4200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8975361" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412171" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412171" y="610124"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412171" y="2595883"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412171" y="3934276"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="11412171" y="4268919"/>
+                  <a:pt x="11140890" y="4540200"/>
+                  <a:pt x="10806247" y="4540200"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7730495" y="4540200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7688832" y="4536000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="4536000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="144000" tIns="108000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för datum 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="934270484"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="414">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
+  <p:cSld name="Startbild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rektangel: ett hörn rundat 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BA287CB-7B49-DD6D-11A1-EE0677F3EDC5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="black">
+          <a:xfrm flipV="1">
+            <a:off x="389466" y="380999"/>
+            <a:ext cx="11413068" cy="6099176"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D6EA362-9137-45DF-BEE4-B691A8719BDE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="white">
+          <a:xfrm>
+            <a:off x="1092200" y="1752600"/>
+            <a:ext cx="10007600" cy="1614312"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="3500" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för text 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81D78077-8D23-4A9C-AD57-B41C92D6A8D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="white">
+          <a:xfrm>
+            <a:off x="1092200" y="3612268"/>
+            <a:ext cx="10024267" cy="1500187"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka för att lägga till underrubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för datum 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBF08389-4E2E-AF65-054E-C982BA7B587E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3A473BDF-6C18-456D-B2F3-58DD8CBD1759}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för sidfot 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A5E5F6E-C97D-A4DC-263A-27783D57B08B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3601858426"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout40.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="4_Rubrik, innehåll och bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877B3524-D6C4-8016-A0B9-76DB7A408CF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096621" y="666000"/>
+            <a:ext cx="4995333" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF7DF81E-C002-909A-C891-09FF50BEF206}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096247" y="2098800"/>
+            <a:ext cx="4995333" cy="3922588"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Platshållare för bild 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63EFE71E-24F2-53D3-3A31-6073910C5016}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="28"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6797101" y="385200"/>
+            <a:ext cx="5004000" cy="3045600"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 599625 w 5004000"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX1" fmla="*/ 1545281 w 5004000"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX2" fmla="*/ 4404375 w 5004000"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX3" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX4" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY4" fmla="*/ 599625 h 3049200"/>
+              <a:gd name="connsiteX5" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY5" fmla="*/ 1104902 h 3049200"/>
+              <a:gd name="connsiteX6" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY6" fmla="*/ 2449575 h 3049200"/>
+              <a:gd name="connsiteX7" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY7" fmla="*/ 3049199 h 3049200"/>
+              <a:gd name="connsiteX8" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY8" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX9" fmla="*/ 4404375 w 5004000"/>
+              <a:gd name="connsiteY9" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX10" fmla="*/ 1545281 w 5004000"/>
+              <a:gd name="connsiteY10" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX11" fmla="*/ 599625 w 5004000"/>
+              <a:gd name="connsiteY11" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX12" fmla="*/ 599615 w 5004000"/>
+              <a:gd name="connsiteY12" fmla="*/ 3049199 h 3049200"/>
+              <a:gd name="connsiteX13" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY13" fmla="*/ 3049199 h 3049200"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY14" fmla="*/ 2449575 h 3049200"/>
+              <a:gd name="connsiteX15" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY15" fmla="*/ 1104902 h 3049200"/>
+              <a:gd name="connsiteX16" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY16" fmla="*/ 599625 h 3049200"/>
+              <a:gd name="connsiteX17" fmla="*/ 599625 w 5004000"/>
+              <a:gd name="connsiteY17" fmla="*/ 0 h 3049200"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX17" y="connsiteY17"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5004000" h="3049200">
+                <a:moveTo>
+                  <a:pt x="599625" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1545281" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4404375" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="599625"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="1104902"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="2449575"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="3049199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4404375" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1545281" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="599625" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="599615" y="3049199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3049199"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2449575"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1104902"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="599625"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="268461"/>
+                  <a:pt x="268461" y="0"/>
+                  <a:pt x="599625" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="D1C4E9"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="216000" tIns="216000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Platshållare för bild 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C2124B1-915B-6BD5-C703-CE8084D4BEB6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="29"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6797101" y="3430800"/>
+            <a:ext cx="5004000" cy="3045600"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX1" fmla="*/ 599625 w 5004000"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX2" fmla="*/ 3554855 w 5004000"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX3" fmla="*/ 4404375 w 5004000"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 3049200"/>
+              <a:gd name="connsiteX4" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY4" fmla="*/ 599625 h 3049200"/>
+              <a:gd name="connsiteX5" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY5" fmla="*/ 1240360 h 3049200"/>
+              <a:gd name="connsiteX6" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY6" fmla="*/ 2449575 h 3049200"/>
+              <a:gd name="connsiteX7" fmla="*/ 5004000 w 5004000"/>
+              <a:gd name="connsiteY7" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX8" fmla="*/ 4404375 w 5004000"/>
+              <a:gd name="connsiteY8" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX9" fmla="*/ 3554855 w 5004000"/>
+              <a:gd name="connsiteY9" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX10" fmla="*/ 599625 w 5004000"/>
+              <a:gd name="connsiteY10" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX11" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY11" fmla="*/ 3049200 h 3049200"/>
+              <a:gd name="connsiteX12" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY12" fmla="*/ 2449575 h 3049200"/>
+              <a:gd name="connsiteX13" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY13" fmla="*/ 1240360 h 3049200"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 5004000"/>
+              <a:gd name="connsiteY14" fmla="*/ 599625 h 3049200"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5004000" h="3049200">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="599625" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3554855" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4404375" y="0"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="4735539" y="0"/>
+                  <a:pt x="5004000" y="268461"/>
+                  <a:pt x="5004000" y="599625"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="1240360"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="2449575"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4404375" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3554855" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="599625" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3049200"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2449575"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1240360"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="599625"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="180000" tIns="180000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2323103417"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="4" orient="horz" pos="414">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout41.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrik, bild och grå bakgrund">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rektangel 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D78EC773-34E8-0A64-E6D1-94AECF0380DA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="385758"/>
+            <a:ext cx="6409015" cy="6091200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877B3524-D6C4-8016-A0B9-76DB7A408CF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="2673041"/>
+            <a:ext cx="5279351" cy="1315278"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="4040"/>
+              </a:lnSpc>
+              <a:defRPr sz="3300" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Platshållare för bild 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1703F1CD-4B7B-907E-729A-4E87F6ADB81A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6798481" y="385758"/>
+            <a:ext cx="5004000" cy="6091200"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 5002954"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6071396"/>
+              <a:gd name="connsiteX1" fmla="*/ 5002954 w 5002954"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6071396"/>
+              <a:gd name="connsiteX2" fmla="*/ 5002954 w 5002954"/>
+              <a:gd name="connsiteY2" fmla="*/ 5059476 h 6071396"/>
+              <a:gd name="connsiteX3" fmla="*/ 3991034 w 5002954"/>
+              <a:gd name="connsiteY3" fmla="*/ 6071396 h 6071396"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 5002954"/>
+              <a:gd name="connsiteY4" fmla="*/ 6071396 h 6071396"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5002954" h="6071396">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="5002954" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5002954" y="5059476"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5002954" y="5618344"/>
+                  <a:pt x="4549902" y="6071396"/>
+                  <a:pt x="3991034" y="6071396"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="6071396"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="216000" tIns="144000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3709FC2C-3F9A-C12D-319E-6D572F25E57F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{099BDA70-47AA-46F3-EB4D-B39C3D85B4AF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="136525"/>
+            <a:ext cx="4125383" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2145042568"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout42.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrik, bild och ljusrosa bakgrund">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rektangel 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D78EC773-34E8-0A64-E6D1-94AECF0380DA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="385758"/>
+            <a:ext cx="6409015" cy="6091200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877B3524-D6C4-8016-A0B9-76DB7A408CF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="2673041"/>
+            <a:ext cx="5279351" cy="1315278"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="4040"/>
+              </a:lnSpc>
+              <a:defRPr sz="3300" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Platshållare för bild 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1703F1CD-4B7B-907E-729A-4E87F6ADB81A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6798481" y="385758"/>
+            <a:ext cx="5004000" cy="6091200"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 5002954"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6071396"/>
+              <a:gd name="connsiteX1" fmla="*/ 5002954 w 5002954"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6071396"/>
+              <a:gd name="connsiteX2" fmla="*/ 5002954 w 5002954"/>
+              <a:gd name="connsiteY2" fmla="*/ 5059476 h 6071396"/>
+              <a:gd name="connsiteX3" fmla="*/ 3991034 w 5002954"/>
+              <a:gd name="connsiteY3" fmla="*/ 6071396 h 6071396"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 5002954"/>
+              <a:gd name="connsiteY4" fmla="*/ 6071396 h 6071396"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5002954" h="6071396">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="5002954" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5002954" y="5059476"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5002954" y="5618344"/>
+                  <a:pt x="4549902" y="6071396"/>
+                  <a:pt x="3991034" y="6071396"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="6071396"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="216000" tIns="144000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0861AF48-3311-2312-F0E8-0A6800DADB1C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F969B596-DE93-ED91-4881-4C29A549C3F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="136525"/>
+            <a:ext cx="4125383" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="725219975"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout43.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrik, bild och ljuslila bakgrund">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rektangel 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D78EC773-34E8-0A64-E6D1-94AECF0380DA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="385758"/>
+            <a:ext cx="6409015" cy="6091200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D1C4E9"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877B3524-D6C4-8016-A0B9-76DB7A408CF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="2673041"/>
+            <a:ext cx="5279351" cy="1315278"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="4040"/>
+              </a:lnSpc>
+              <a:defRPr sz="3300" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Platshållare för bild 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1703F1CD-4B7B-907E-729A-4E87F6ADB81A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6798481" y="385758"/>
+            <a:ext cx="5004000" cy="6091200"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 5002954"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6071396"/>
+              <a:gd name="connsiteX1" fmla="*/ 5002954 w 5002954"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6071396"/>
+              <a:gd name="connsiteX2" fmla="*/ 5002954 w 5002954"/>
+              <a:gd name="connsiteY2" fmla="*/ 5059476 h 6071396"/>
+              <a:gd name="connsiteX3" fmla="*/ 3991034 w 5002954"/>
+              <a:gd name="connsiteY3" fmla="*/ 6071396 h 6071396"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 5002954"/>
+              <a:gd name="connsiteY4" fmla="*/ 6071396 h 6071396"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5002954" h="6071396">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="5002954" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5002954" y="5059476"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5002954" y="5618344"/>
+                  <a:pt x="4549902" y="6071396"/>
+                  <a:pt x="3991034" y="6071396"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="6071396"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="216000" tIns="144000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB55E4B9-CA64-49AC-70D0-009F5886304A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB9037F4-083D-C6F2-F211-9833751C1A1F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="136525"/>
+            <a:ext cx="4125383" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2972150166"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout44.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
+  <p:cSld name="Startbild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rektangel: ett hörn rundat 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BA287CB-7B49-DD6D-11A1-EE0677F3EDC5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="black">
+          <a:xfrm flipV="1">
+            <a:off x="389262" y="380999"/>
+            <a:ext cx="11412000" cy="6091200"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D6EA362-9137-45DF-BEE4-B691A8719BDE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="white">
+          <a:xfrm>
+            <a:off x="1092200" y="1747837"/>
+            <a:ext cx="10007600" cy="1614312"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="3500" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för text 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81D78077-8D23-4A9C-AD57-B41C92D6A8D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="white">
+          <a:xfrm>
+            <a:off x="1092200" y="3559879"/>
+            <a:ext cx="10024267" cy="1500187"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till underrubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för datum 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBF08389-4E2E-AF65-054E-C982BA7B587E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3A473BDF-6C18-456D-B2F3-58DD8CBD1759}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för sidfot 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A5E5F6E-C97D-A4DC-263A-27783D57B08B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2287345409"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout45.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrik, innehåll och ljusrosa bakgrund">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Frihandsfigur 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10365128-BE3A-9023-B089-D90E504B35E3}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="black">
+          <a:xfrm>
+            <a:off x="389262" y="380997"/>
+            <a:ext cx="11412000" cy="6099856"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6099856"/>
+              <a:gd name="connsiteX1" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6099856"/>
+              <a:gd name="connsiteX2" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY2" fmla="*/ 1400466 h 6099856"/>
+              <a:gd name="connsiteX3" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY3" fmla="*/ 3026481 h 6099856"/>
+              <a:gd name="connsiteX4" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY4" fmla="*/ 3606802 h 6099856"/>
+              <a:gd name="connsiteX5" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY5" fmla="*/ 5065943 h 6099856"/>
+              <a:gd name="connsiteX6" fmla="*/ 10378087 w 11412000"/>
+              <a:gd name="connsiteY6" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX7" fmla="*/ 5706738 w 11412000"/>
+              <a:gd name="connsiteY7" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX8" fmla="*/ 5004000 w 11412000"/>
+              <a:gd name="connsiteY8" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX9" fmla="*/ 257 w 11412000"/>
+              <a:gd name="connsiteY9" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX10" fmla="*/ 257 w 11412000"/>
+              <a:gd name="connsiteY10" fmla="*/ 3026481 h 6099856"/>
+              <a:gd name="connsiteX11" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY11" fmla="*/ 3026481 h 6099856"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="11412000" h="6099856">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="1400466"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="3026481"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="3606802"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="5065943"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="11412000" y="5636957"/>
+                  <a:pt x="10949101" y="6099856"/>
+                  <a:pt x="10378087" y="6099856"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="5706738" y="6099856"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="6099856"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="257" y="6099856"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="257" y="3026481"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3026481"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3055DF0-CE61-81D0-5CCD-066F7176304B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="921600"/>
+            <a:ext cx="10046304" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3300"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BD858AF-B70F-D693-F33B-D59915C4884E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096246" y="2098800"/>
+            <a:ext cx="10047600" cy="3311999"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CDA653E-A9D2-7B0C-271B-390806B79326}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31323E2F-62ED-EA18-5CB9-BC300697ACF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="136525"/>
+            <a:ext cx="4125383" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1279667064"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="572">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout46.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrik, innehåll och ljuslila bakgrund">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Frihandsfigur 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E45FC93-1C41-63EC-574B-533DF6E7934F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="black">
+          <a:xfrm>
+            <a:off x="389262" y="380997"/>
+            <a:ext cx="11412000" cy="6099856"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6099856"/>
+              <a:gd name="connsiteX1" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6099856"/>
+              <a:gd name="connsiteX2" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY2" fmla="*/ 1400466 h 6099856"/>
+              <a:gd name="connsiteX3" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY3" fmla="*/ 3026481 h 6099856"/>
+              <a:gd name="connsiteX4" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY4" fmla="*/ 3606802 h 6099856"/>
+              <a:gd name="connsiteX5" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY5" fmla="*/ 5065943 h 6099856"/>
+              <a:gd name="connsiteX6" fmla="*/ 10378087 w 11412000"/>
+              <a:gd name="connsiteY6" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX7" fmla="*/ 5706738 w 11412000"/>
+              <a:gd name="connsiteY7" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX8" fmla="*/ 5004000 w 11412000"/>
+              <a:gd name="connsiteY8" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX9" fmla="*/ 257 w 11412000"/>
+              <a:gd name="connsiteY9" fmla="*/ 6099856 h 6099856"/>
+              <a:gd name="connsiteX10" fmla="*/ 257 w 11412000"/>
+              <a:gd name="connsiteY10" fmla="*/ 3026481 h 6099856"/>
+              <a:gd name="connsiteX11" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY11" fmla="*/ 3026481 h 6099856"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="11412000" h="6099856">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="1400466"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="3026481"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="3606802"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="5065943"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="11412000" y="5636957"/>
+                  <a:pt x="10949101" y="6099856"/>
+                  <a:pt x="10378087" y="6099856"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="5706738" y="6099856"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5004000" y="6099856"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="257" y="6099856"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="257" y="3026481"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3026481"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="D1C4E9"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3055DF0-CE61-81D0-5CCD-066F7176304B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="921600"/>
+            <a:ext cx="10046304" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3300"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94CB0FC2-1D05-5EE5-C07F-D00BCBF5FC5E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096246" y="2098800"/>
+            <a:ext cx="10047600" cy="3311999"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDF25A28-EFF4-2C18-2EED-1C79B759C77F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A2D28AB-516C-20D2-77EF-C6890456F2DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="136525"/>
+            <a:ext cx="4125383" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="692216096"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="572">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout47.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="3_Rubrik och innehåll">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{050E4984-72D7-4301-01B4-DD9D8D47E634}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="136800"/>
+            <a:ext cx="10046304" cy="1576800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3300"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Platshållare för innehåll 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4B41505-5F42-3231-B20D-EBA3B666EBA0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="26" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389262" y="1781464"/>
+            <a:ext cx="11412000" cy="4690734"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 4690734"/>
+              <a:gd name="connsiteX1" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 4690734"/>
+              <a:gd name="connsiteX2" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY2" fmla="*/ 315623 h 4690734"/>
+              <a:gd name="connsiteX3" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY3" fmla="*/ 2796646 h 4690734"/>
+              <a:gd name="connsiteX4" fmla="*/ 11412000 w 11412000"/>
+              <a:gd name="connsiteY4" fmla="*/ 3679296 h 4690734"/>
+              <a:gd name="connsiteX5" fmla="*/ 10400562 w 11412000"/>
+              <a:gd name="connsiteY5" fmla="*/ 4690734 h 4690734"/>
+              <a:gd name="connsiteX6" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY6" fmla="*/ 4690734 h 4690734"/>
+              <a:gd name="connsiteX7" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY7" fmla="*/ 3902492 h 4690734"/>
+              <a:gd name="connsiteX8" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY8" fmla="*/ 2796646 h 4690734"/>
+              <a:gd name="connsiteX9" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY9" fmla="*/ 1327061 h 4690734"/>
+              <a:gd name="connsiteX10" fmla="*/ 0 w 11412000"/>
+              <a:gd name="connsiteY10" fmla="*/ 315623 h 4690734"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="11412000" h="4690734">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="315623"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="2796646"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11412000" y="3679296"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="11412000" y="4237898"/>
+                  <a:pt x="10959164" y="4690734"/>
+                  <a:pt x="10400562" y="4690734"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="4690734"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3902492"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2796646"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1327061"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="315623"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="2520000" tIns="1188000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka på en ikon för att lägga till innehåll</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="97116799"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1117">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="4" orient="horz" pos="73">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout48.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrik och innehåll på färgade kvirklar">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C55E3AAB-12A9-A04E-8260-E75A7CCE4DFB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="136800"/>
+            <a:ext cx="10046304" cy="1576800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3300"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Frihandsfigur 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1284168-8C33-D9FB-4B28-91885C0AC0D1}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389519" y="1781464"/>
+            <a:ext cx="5706481" cy="4699390"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 5706481"/>
+              <a:gd name="connsiteY0" fmla="*/ 4699390 h 4699390"/>
+              <a:gd name="connsiteX1" fmla="*/ 4672568 w 5706481"/>
+              <a:gd name="connsiteY1" fmla="*/ 4699390 h 4699390"/>
+              <a:gd name="connsiteX2" fmla="*/ 5706481 w 5706481"/>
+              <a:gd name="connsiteY2" fmla="*/ 3665477 h 4699390"/>
+              <a:gd name="connsiteX3" fmla="*/ 5706481 w 5706481"/>
+              <a:gd name="connsiteY3" fmla="*/ 2993736 h 4699390"/>
+              <a:gd name="connsiteX4" fmla="*/ 5706481 w 5706481"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4699390"/>
+              <a:gd name="connsiteX5" fmla="*/ 0 w 5706481"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4699390"/>
+              <a:gd name="connsiteX6" fmla="*/ 0 w 5706481"/>
+              <a:gd name="connsiteY6" fmla="*/ 2993736 h 4699390"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5706481" h="4699390">
+                <a:moveTo>
+                  <a:pt x="0" y="4699390"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="4672568" y="4699390"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5243582" y="4699390"/>
+                  <a:pt x="5706481" y="4236491"/>
+                  <a:pt x="5706481" y="3665477"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="5706481" y="2993736"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5706481" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2993736"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Frihandsfigur 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54438EFD-492A-32FF-62FD-AE7CE2FA82B8}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6094800" y="1781464"/>
+            <a:ext cx="5706481" cy="4699390"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 5706481"/>
+              <a:gd name="connsiteY0" fmla="*/ 4699390 h 4699390"/>
+              <a:gd name="connsiteX1" fmla="*/ 5706481 w 5706481"/>
+              <a:gd name="connsiteY1" fmla="*/ 4699390 h 4699390"/>
+              <a:gd name="connsiteX2" fmla="*/ 5706481 w 5706481"/>
+              <a:gd name="connsiteY2" fmla="*/ 1705654 h 4699390"/>
+              <a:gd name="connsiteX3" fmla="*/ 5706481 w 5706481"/>
+              <a:gd name="connsiteY3" fmla="*/ 1033913 h 4699390"/>
+              <a:gd name="connsiteX4" fmla="*/ 4672568 w 5706481"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4699390"/>
+              <a:gd name="connsiteX5" fmla="*/ 0 w 5706481"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4699390"/>
+              <a:gd name="connsiteX6" fmla="*/ 0 w 5706481"/>
+              <a:gd name="connsiteY6" fmla="*/ 1705654 h 4699390"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5706481" h="4699390">
+                <a:moveTo>
+                  <a:pt x="0" y="4699390"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="5706481" y="4699390"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5706481" y="1705654"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5706481" y="1033913"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5706481" y="462899"/>
+                  <a:pt x="5243582" y="0"/>
+                  <a:pt x="4672568" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1705654"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="D1C4E9"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B425399A-86C0-B3F6-7654-19871C3B4CC3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096247" y="2290034"/>
+            <a:ext cx="4104832" cy="3311526"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D445F917-557C-D134-75C0-78BD5B68B028}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6780213" y="2290034"/>
+            <a:ext cx="4104000" cy="3311526"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för datum 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F98A9FDB-D783-93C0-3FDA-68EEFE67AA72}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08862FE1-3D22-B33D-742F-A540510F0B7D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="136525"/>
+            <a:ext cx="4125383" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2925212730"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="2" pos="4271">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="1434">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="4" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="5" orient="horz" pos="73">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout49.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrik, innehåll på ljusrosa kvirkel, bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00075C3B-F843-BD60-C6D9-064BB2945B43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="136800"/>
+            <a:ext cx="10046304" cy="1576800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3300"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Frihandsfigur 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D6E51E2-D90A-D326-CE84-26EA969690C3}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="389518" y="1781464"/>
+            <a:ext cx="6408000" cy="4699390"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 6408000"/>
+              <a:gd name="connsiteY0" fmla="*/ 4699390 h 4699390"/>
+              <a:gd name="connsiteX1" fmla="*/ 6408000 w 6408000"/>
+              <a:gd name="connsiteY1" fmla="*/ 4699390 h 4699390"/>
+              <a:gd name="connsiteX2" fmla="*/ 6408000 w 6408000"/>
+              <a:gd name="connsiteY2" fmla="*/ 2493054 h 4699390"/>
+              <a:gd name="connsiteX3" fmla="*/ 6408000 w 6408000"/>
+              <a:gd name="connsiteY3" fmla="*/ 1033913 h 4699390"/>
+              <a:gd name="connsiteX4" fmla="*/ 5374087 w 6408000"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4699390"/>
+              <a:gd name="connsiteX5" fmla="*/ 0 w 6408000"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4699390"/>
+              <a:gd name="connsiteX6" fmla="*/ 0 w 6408000"/>
+              <a:gd name="connsiteY6" fmla="*/ 2493054 h 4699390"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="6408000" h="4699390">
+                <a:moveTo>
+                  <a:pt x="0" y="4699390"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="6408000" y="4699390"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6408000" y="2493054"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6408000" y="1033913"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="6408000" y="462899"/>
+                  <a:pt x="5945101" y="0"/>
+                  <a:pt x="5374087" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2493054"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för innehåll 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDA2AC8D-7139-1E47-D883-C37A91989735}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1098000" y="2289600"/>
+            <a:ext cx="5004000" cy="3311526"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Platshållare för bild 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61CF9D42-9EBA-F194-A977-9236958C4AEF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6797517" y="1781175"/>
+            <a:ext cx="5003957" cy="4699000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 1 w 5003957"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 4699000"/>
+              <a:gd name="connsiteX1" fmla="*/ 1047501 w 5003957"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 4699000"/>
+              <a:gd name="connsiteX2" fmla="*/ 2785023 w 5003957"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 4699000"/>
+              <a:gd name="connsiteX3" fmla="*/ 3956456 w 5003957"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 4699000"/>
+              <a:gd name="connsiteX4" fmla="*/ 5003957 w 5003957"/>
+              <a:gd name="connsiteY4" fmla="*/ 1047501 h 4699000"/>
+              <a:gd name="connsiteX5" fmla="*/ 5003957 w 5003957"/>
+              <a:gd name="connsiteY5" fmla="*/ 2097768 h 4699000"/>
+              <a:gd name="connsiteX6" fmla="*/ 5003957 w 5003957"/>
+              <a:gd name="connsiteY6" fmla="*/ 3651499 h 4699000"/>
+              <a:gd name="connsiteX7" fmla="*/ 5003957 w 5003957"/>
+              <a:gd name="connsiteY7" fmla="*/ 4699000 h 4699000"/>
+              <a:gd name="connsiteX8" fmla="*/ 3956456 w 5003957"/>
+              <a:gd name="connsiteY8" fmla="*/ 4699000 h 4699000"/>
+              <a:gd name="connsiteX9" fmla="*/ 2785023 w 5003957"/>
+              <a:gd name="connsiteY9" fmla="*/ 4699000 h 4699000"/>
+              <a:gd name="connsiteX10" fmla="*/ 2218935 w 5003957"/>
+              <a:gd name="connsiteY10" fmla="*/ 4699000 h 4699000"/>
+              <a:gd name="connsiteX11" fmla="*/ 1047501 w 5003957"/>
+              <a:gd name="connsiteY11" fmla="*/ 4699000 h 4699000"/>
+              <a:gd name="connsiteX12" fmla="*/ 1 w 5003957"/>
+              <a:gd name="connsiteY12" fmla="*/ 4699000 h 4699000"/>
+              <a:gd name="connsiteX13" fmla="*/ 1 w 5003957"/>
+              <a:gd name="connsiteY13" fmla="*/ 3651518 h 4699000"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 5003957"/>
+              <a:gd name="connsiteY14" fmla="*/ 3651499 h 4699000"/>
+              <a:gd name="connsiteX15" fmla="*/ 0 w 5003957"/>
+              <a:gd name="connsiteY15" fmla="*/ 1047501 h 4699000"/>
+              <a:gd name="connsiteX16" fmla="*/ 1 w 5003957"/>
+              <a:gd name="connsiteY16" fmla="*/ 1047482 h 4699000"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5003957" h="4699000">
+                <a:moveTo>
+                  <a:pt x="1" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1047501" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2785023" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3956456" y="0"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="4534975" y="0"/>
+                  <a:pt x="5003957" y="468982"/>
+                  <a:pt x="5003957" y="1047501"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="5003957" y="2097768"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5003957" y="3651499"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5003957" y="4699000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3956456" y="4699000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2785023" y="4699000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2218935" y="4699000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1047501" y="4699000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="4699000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="3651518"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3651499"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1047501"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="1047482"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="288000" tIns="468000" rIns="612000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A68F426-1C5F-0711-6383-2CA02BF3D5B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F0A451C-1B10-0646-B9D7-74DCB23845D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="136525"/>
+            <a:ext cx="4125383" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="656255859"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1434">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="73">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Rubrik, innehåll och bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877B3524-D6C4-8016-A0B9-76DB7A408CF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1100667" y="425716"/>
+            <a:ext cx="4995333" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Platshållare för innehåll 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5FF0E6C-D325-C355-90B1-214F162C31D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1092200" y="2113722"/>
+            <a:ext cx="5003800" cy="3756990"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 4919133"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3756990"/>
+              <a:gd name="connsiteX1" fmla="*/ 4919133 w 4919133"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3756990"/>
+              <a:gd name="connsiteX2" fmla="*/ 4919133 w 4919133"/>
+              <a:gd name="connsiteY2" fmla="*/ 3756990 h 3756990"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 4919133"/>
+              <a:gd name="connsiteY3" fmla="*/ 3756990 h 3756990"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="4919133" h="3756990">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="4919133" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4919133" y="3756990"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3756990"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka här för att ändra format på bakgrundstexten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå två</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå tre</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fyra</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fem</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Platshållare för bild 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1703F1CD-4B7B-907E-729A-4E87F6ADB81A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6801696" y="380998"/>
+            <a:ext cx="5002954" cy="6071396"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 5002954"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6071396"/>
+              <a:gd name="connsiteX1" fmla="*/ 5002954 w 5002954"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6071396"/>
+              <a:gd name="connsiteX2" fmla="*/ 5002954 w 5002954"/>
+              <a:gd name="connsiteY2" fmla="*/ 5059476 h 6071396"/>
+              <a:gd name="connsiteX3" fmla="*/ 3991034 w 5002954"/>
+              <a:gd name="connsiteY3" fmla="*/ 6071396 h 6071396"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 5002954"/>
+              <a:gd name="connsiteY4" fmla="*/ 6071396 h 6071396"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5002954" h="6071396">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="5002954" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5002954" y="5059476"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5002954" y="5618344"/>
+                  <a:pt x="4549902" y="6071396"/>
+                  <a:pt x="3991034" y="6071396"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="6071396"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3143030760"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout50.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="4_Rubrik och innehåll">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877B3524-D6C4-8016-A0B9-76DB7A408CF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096620" y="666000"/>
+            <a:ext cx="10047600" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Platshållare för text 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02C2E317-0642-2E46-B74D-C0670C996503}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096963" y="2098800"/>
+            <a:ext cx="4776787" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Platshållare för text 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9C71F2C-C4C5-EE5B-6B8E-25012EE2544A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6370961" y="2098800"/>
+            <a:ext cx="4776787" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Platshållare för innehåll 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{467317CB-B101-5159-5511-FFC3C4CABD5A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="25" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="388800" y="3429000"/>
+            <a:ext cx="11412537" cy="3051175"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="2808000" tIns="540000"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka på en ikon för att lägga till innehåll</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4066282212"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="4" orient="horz" pos="414">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout51.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="5_Rubrik och innehåll">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877B3524-D6C4-8016-A0B9-76DB7A408CF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096620" y="666000"/>
+            <a:ext cx="10047600" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Platshållare för text 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02C2E317-0642-2E46-B74D-C0670C996503}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096963" y="2098800"/>
+            <a:ext cx="4776787" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Platshållare för innehåll 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{467317CB-B101-5159-5511-FFC3C4CABD5A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="25" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096620" y="3429000"/>
+            <a:ext cx="4776787" cy="3051175"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="216000" tIns="180000"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka på en ikon för att lägga till innehåll</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Platshållare för text 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9C71F2C-C4C5-EE5B-6B8E-25012EE2544A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6370961" y="2098800"/>
+            <a:ext cx="4776787" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för innehåll 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDC121DB-0C79-5D9A-022E-0A8CA4FB648D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="28" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6368531" y="3429000"/>
+            <a:ext cx="4776787" cy="3051175"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="216000" tIns="180000"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka på en ikon för att lägga till innehåll</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för sidfot 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2597313321"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1321">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="688">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="4" orient="horz" pos="414">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="5" pos="4021">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout52.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Endast helbild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för bild 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA959C0A-3CC4-CB74-4993-5594A5630A2F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389262" y="380999"/>
+            <a:ext cx="11412000" cy="6091200"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 11413068"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6099176"/>
+              <a:gd name="connsiteX1" fmla="*/ 11413068 w 11413068"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6099176"/>
+              <a:gd name="connsiteX2" fmla="*/ 11413068 w 11413068"/>
+              <a:gd name="connsiteY2" fmla="*/ 27780 h 6099176"/>
+              <a:gd name="connsiteX3" fmla="*/ 11413068 w 11413068"/>
+              <a:gd name="connsiteY3" fmla="*/ 5082626 h 6099176"/>
+              <a:gd name="connsiteX4" fmla="*/ 11413068 w 11413068"/>
+              <a:gd name="connsiteY4" fmla="*/ 5087256 h 6099176"/>
+              <a:gd name="connsiteX5" fmla="*/ 10401148 w 11413068"/>
+              <a:gd name="connsiteY5" fmla="*/ 6099176 h 6099176"/>
+              <a:gd name="connsiteX6" fmla="*/ 10396518 w 11413068"/>
+              <a:gd name="connsiteY6" fmla="*/ 6099176 h 6099176"/>
+              <a:gd name="connsiteX7" fmla="*/ 0 w 11413068"/>
+              <a:gd name="connsiteY7" fmla="*/ 6099176 h 6099176"/>
+              <a:gd name="connsiteX8" fmla="*/ 0 w 11413068"/>
+              <a:gd name="connsiteY8" fmla="*/ 27780 h 6099176"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="11413068" h="6099176">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="11413068" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11413068" y="27780"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11413068" y="5082626"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11413068" y="5087256"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="11413068" y="5646124"/>
+                  <a:pt x="10960016" y="6099176"/>
+                  <a:pt x="10401148" y="6099176"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="10396518" y="6099176"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="6099176"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="27780"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="144000" tIns="144000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{21A4A846-428D-495E-A55C-A66F11C8B8FF}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3904505110"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout53.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="1_Rubrik och bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för bild 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA959C0A-3CC4-CB74-4993-5594A5630A2F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389262" y="380999"/>
+            <a:ext cx="11412000" cy="6091200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="2808000" tIns="3420000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Platshållare för text 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D155C8E-9723-8B1E-7B00-DA8246853816}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="388938" y="381001"/>
+            <a:ext cx="5210351" cy="2039938"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="360000" tIns="180000" rIns="360000" bIns="180000" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="3300" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{21A4A846-428D-495E-A55C-A66F11C8B8FF}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3220115346"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout54.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2_Rubrik och bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för bild 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA959C0A-3CC4-CB74-4993-5594A5630A2F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389262" y="380999"/>
+            <a:ext cx="11412000" cy="6091200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="2808000" tIns="3420000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Platshållare för text 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D155C8E-9723-8B1E-7B00-DA8246853816}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="388938" y="381001"/>
+            <a:ext cx="5210351" cy="2039938"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F7BBD0"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="360000" tIns="180000" rIns="360000" bIns="180000" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="3300" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{21A4A846-428D-495E-A55C-A66F11C8B8FF}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="249728216"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout55.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="3_Rubrik och bild">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för bild 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA959C0A-3CC4-CB74-4993-5594A5630A2F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389262" y="380999"/>
+            <a:ext cx="11412000" cy="6091200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="2808000" tIns="3420000">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka på ikonen för att lägga till en bild</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Platshållare för text 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D155C8E-9723-8B1E-7B00-DA8246853816}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="388938" y="381001"/>
+            <a:ext cx="5210351" cy="2039938"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D1C4E9"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="360000" tIns="180000" rIns="360000" bIns="180000" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="3300" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{21A4A846-428D-495E-A55C-A66F11C8B8FF}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4115206061"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout56.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
+  <p:cSld name="Tom">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AB1CC7E-5066-B2D6-C273-8806FB859F9B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{DA185498-67B0-4A0B-8455-9A803E3F2EDA}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för sidfot 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12B0C1A2-56EF-E81F-53A9-CC77AD52554C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1941044611"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout57.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Svart logo/Vit bakgrund">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29CA8175-3DF2-53F0-BACA-67AB9A313412}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F6BD57B1-FF3A-4A75-8128-4AFE16604E80}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för sidfot 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E1E6669-4CF8-70B7-0D3D-C4533A8CE1F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBC57980-04DE-B396-E1BF-4CA97B5B6D50}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1100667" y="-1174484"/>
+            <a:ext cx="8642350" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Ange rubrik för tillgänglighet</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Logo" descr="Logotyp Västra Götalandsregionen">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42697743-9DAC-94BC-2C4F-FF0484264222}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3525520" y="2813866"/>
+            <a:ext cx="5170857" cy="921539"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2076452387"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout58.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Vit logo/Blå bakgrund">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rektangel: ett hörn rundat 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7A2F3AF-A7F1-9416-5F97-03314F7E417D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="black">
+          <a:xfrm flipV="1">
+            <a:off x="389262" y="380999"/>
+            <a:ext cx="11412000" cy="6091200"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E455D0BA-9A24-0B1E-5104-31F55378AAA2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{4D03C71D-D98B-401F-B2CF-6FD4D048E9D2}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Platshållare för sidfot 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E6AFD7C-DEA7-9A46-2513-5293C0535394}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65243E10-E3F1-7E93-DB4B-40905719BCB0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1100667" y="-1174484"/>
+            <a:ext cx="8642350" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Ange rubrik för tillgänglighet</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Logo" descr="Logotyp Västra Götalandsregionen">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3084B2C6-FDAB-8038-F2B9-1494EC0573F9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3525520" y="2813866"/>
+            <a:ext cx="5170858" cy="921539"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2845670996"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Endast rubrik">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05571902-9019-4326-9DA4-70B9743B49ED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="881395" y="1424752"/>
+            <a:ext cx="8872205" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="1"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rektangel: ett hörn rundat 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED91DB15-F1E1-BAE7-F15A-075740D02714}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="10371138" y="380999"/>
+            <a:ext cx="1433512" cy="1019173"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 48902"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rektangel: ett hörn rundat 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDC94793-D876-E072-C4EC-34D17FFA5E6D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="10371138" y="1400173"/>
+            <a:ext cx="1433512" cy="2032001"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 40264"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C0EEC2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rektangel: ett hörn rundat 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACDB7998-57D8-C839-2FED-BCA4D5257D96}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="10371138" y="3439316"/>
+            <a:ext cx="1433512" cy="3056098"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 40264"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för datum 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E0629D0-D830-BA3B-8258-4D3944A151FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F7FC82E9-E70A-41D0-BC52-9CE4D8B0E8A6}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F61AD9AB-C85B-9888-3B59-C1F8A75F1D3A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5833,51 +33520,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AB1CC7E-5066-B2D6-C273-8806FB859F9B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DA185498-67B0-4A0B-8455-9A803E3F2EDA}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12B0C1A2-56EF-E81F-53A9-CC77AD52554C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6050,51 +33737,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B811A044-0A2B-4335-A9C7-8233ACFF365B}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6170,51 +33857,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29CA8175-3DF2-53F0-BACA-67AB9A313412}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F6BD57B1-FF3A-4A75-8128-4AFE16604E80}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E1E6669-4CF8-70B7-0D3D-C4533A8CE1F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6253,50 +33940,58 @@
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" noProof="0"/>
               <a:t>Ange rubrik för tillgänglighet</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="492405024"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout37.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout42.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout47.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout55.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout50.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout36.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout41.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout46.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout54.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout45.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout49.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout58.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout40.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout53.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout44.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout52.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout57.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout39.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout48.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout38.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout43.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout51.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout56.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -6421,51 +34116,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901363" y="136525"/>
             <a:ext cx="908050" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Platshållare för sidfot 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F44A19D-54A3-346E-3AA1-C94C6D945439}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -6811,2289 +34506,5736 @@
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="8" orient="horz" pos="164" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="13" orient="horz" pos="3793" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="14" pos="7439" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{152683E2-9A31-4B47-ACFE-390B6E0AF714}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1100667" y="425716"/>
+            <a:ext cx="8642350" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för text 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81C0710F-3CB3-4F01-9977-A1A69928F1E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1111250" y="2044700"/>
+            <a:ext cx="8642350" cy="3311526"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå tre</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fyra</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Nivå fem</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Platshållare för datum 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94798039-E5C4-7804-7509-501B9DE7B0C6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901363" y="136525"/>
+            <a:ext cx="908050" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Platshållare för sidfot 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F44A19D-54A3-346E-3AA1-C94C6D945439}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="136525"/>
+            <a:ext cx="4125383" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3768012935"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483671" r:id="rId1"/>
+    <p:sldLayoutId id="2147483672" r:id="rId2"/>
+    <p:sldLayoutId id="2147483673" r:id="rId3"/>
+    <p:sldLayoutId id="2147483674" r:id="rId4"/>
+    <p:sldLayoutId id="2147483675" r:id="rId5"/>
+    <p:sldLayoutId id="2147483676" r:id="rId6"/>
+    <p:sldLayoutId id="2147483677" r:id="rId7"/>
+    <p:sldLayoutId id="2147483678" r:id="rId8"/>
+    <p:sldLayoutId id="2147483679" r:id="rId9"/>
+    <p:sldLayoutId id="2147483680" r:id="rId10"/>
+    <p:sldLayoutId id="2147483681" r:id="rId11"/>
+    <p:sldLayoutId id="2147483683" r:id="rId12"/>
+    <p:sldLayoutId id="2147483685" r:id="rId13"/>
+    <p:sldLayoutId id="2147483687" r:id="rId14"/>
+    <p:sldLayoutId id="2147483688" r:id="rId15"/>
+    <p:sldLayoutId id="2147483689" r:id="rId16"/>
+    <p:sldLayoutId id="2147483691" r:id="rId17"/>
+    <p:sldLayoutId id="2147483692" r:id="rId18"/>
+    <p:sldLayoutId id="2147483693" r:id="rId19"/>
+  </p:sldLayoutIdLst>
+  <p:hf sldNum="0" hdr="0" ftr="0"/>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3300" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="+mj-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="269875" indent="-269875" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="130000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2200" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="533400" indent="-266700" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="130000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="812800" indent="-279400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="130000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1079500" indent="-266700" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="130000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:tabLst>
+          <a:tab pos="812800" algn="l"/>
+        </a:tabLst>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1346200" indent="-266700" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="130000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="1400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="sv-SE"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+  <p:extLst>
+    <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="234">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="8" orient="horz" pos="164">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="13" orient="horz" pos="3793">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="14" pos="7439">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slideMasters/slideMaster3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{152683E2-9A31-4B47-ACFE-390B6E0AF714}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1100667" y="425716"/>
+            <a:ext cx="8642350" cy="1047750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Klicka för att lägga till rubrik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för text 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81C0710F-3CB3-4F01-9977-A1A69928F1E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1111250" y="2044700"/>
+            <a:ext cx="8642350" cy="3311526"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Skriv text här</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Nivå tre</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Nivå fyra</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Nivå fem</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Platshållare för datum 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94798039-E5C4-7804-7509-501B9DE7B0C6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Platshållare för sidfot 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F44A19D-54A3-346E-3AA1-C94C6D945439}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389466" y="136525"/>
+            <a:ext cx="4125383" cy="141687"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="729551709"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483695" r:id="rId1"/>
+    <p:sldLayoutId id="2147483696" r:id="rId2"/>
+    <p:sldLayoutId id="2147483697" r:id="rId3"/>
+    <p:sldLayoutId id="2147483698" r:id="rId4"/>
+    <p:sldLayoutId id="2147483699" r:id="rId5"/>
+    <p:sldLayoutId id="2147483700" r:id="rId6"/>
+    <p:sldLayoutId id="2147483701" r:id="rId7"/>
+    <p:sldLayoutId id="2147483702" r:id="rId8"/>
+    <p:sldLayoutId id="2147483703" r:id="rId9"/>
+    <p:sldLayoutId id="2147483704" r:id="rId10"/>
+    <p:sldLayoutId id="2147483705" r:id="rId11"/>
+    <p:sldLayoutId id="2147483706" r:id="rId12"/>
+    <p:sldLayoutId id="2147483707" r:id="rId13"/>
+    <p:sldLayoutId id="2147483708" r:id="rId14"/>
+    <p:sldLayoutId id="2147483709" r:id="rId15"/>
+    <p:sldLayoutId id="2147483710" r:id="rId16"/>
+    <p:sldLayoutId id="2147483711" r:id="rId17"/>
+    <p:sldLayoutId id="2147483712" r:id="rId18"/>
+    <p:sldLayoutId id="2147483713" r:id="rId19"/>
+    <p:sldLayoutId id="2147483714" r:id="rId20"/>
+    <p:sldLayoutId id="2147483715" r:id="rId21"/>
+    <p:sldLayoutId id="2147483716" r:id="rId22"/>
+    <p:sldLayoutId id="2147483717" r:id="rId23"/>
+    <p:sldLayoutId id="2147483718" r:id="rId24"/>
+    <p:sldLayoutId id="2147483719" r:id="rId25"/>
+    <p:sldLayoutId id="2147483720" r:id="rId26"/>
+    <p:sldLayoutId id="2147483721" r:id="rId27"/>
+    <p:sldLayoutId id="2147483722" r:id="rId28"/>
+    <p:sldLayoutId id="2147483723" r:id="rId29"/>
+  </p:sldLayoutIdLst>
+  <p:hf sldNum="0" hdr="0" ftr="0"/>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="110000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3300" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="+mj-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="269875" indent="-269875" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="130000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2200" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="533400" indent="-266700" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="130000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="812800" indent="-279400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="130000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1079500" indent="-266700" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="130000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:tabLst>
+          <a:tab pos="812800" algn="l"/>
+        </a:tabLst>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1346200" indent="-266700" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="130000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="1400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="sv-SE"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+  <p:extLst>
+    <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="234">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="8" orient="horz" pos="164">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="13" orient="horz" pos="3793">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="14" pos="7434">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldMaster>
+</file>
+
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/MAPS-matning-av-och-arbete-med-arbetsmiljo-och-patientsakerhet/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/koncernkontoret/stod-och-tjanster/system-a-o/maps/informationsmaterial-om-maps/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/MAPS-matning-av-och-arbete-med-arbetsmiljo-och-patientsakerhet/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout57.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/hot-och-vald-otillaten-paverkan/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/MAPS-matning-av-och-arbete-med-arbetsmiljo-och-patientsakerhet/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Rubrik 11">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20216728-80B6-529A-48C8-0D7B66138A98}"/>
+          <p:cNvPr id="3" name="Platshållare för innehåll 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40C27F40-6DAA-ACB2-4054-119B76DFC933}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ctrTitle"/>
+            <p:ph sz="quarter" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="2057964"/>
+            <a:ext cx="10047600" cy="4526845"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Var med och påverka!</a:t>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Under perioden 14 oktober - 4 november 2026 genomförs Västra Götalandsregionens medarbetarundersökning</a:t>
             </a:r>
-            <a:br>
-[...1 lines deleted...]
-            </a:br>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2400"/>
-              <a:t>Medarbetarundersökning 2024</a:t>
+              <a:rPr lang="sv-SE" sz="1600" b="1" dirty="0"/>
+              <a:t>Inför mätningen: </a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE"/>
-[...8 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFFD01B9-2FC4-5050-C31F-8AEB6A2BB377}"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="346075" indent="-342900">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0"/>
+              <a:t>Titta igenom resultatet från 2024 och arbetsgruppens aktuella handlingsplan tillsammans med HR: Vad är viktiga frågor att följa och jobba med i samband med höstens mätning?  </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="346075" indent="-342900">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0"/>
+              <a:t>Använd det här materialet på arbetsplatsträffar(APT)/möten (APM). Planera när du visar detta material </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>[datum före den 14 oktober]. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0"/>
+              <a:t>Vid mötet är det bra att ha 2024 års resultat och er befintlig handlingsplan för ert systematiska arbetsmiljöarbete tillgängligt för dialog. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="346075" indent="-342900">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0"/>
+              <a:t>Förbered dig genom att tillsammans med HR välja ut bilder som är relevanta att använda utifrån era möjligheter att kunna avsätta tid. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" dirty="0"/>
+              <a:t>Använd </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>Guide – MAPS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" dirty="0"/>
+              <a:t> för planering av hur ni bäst arbetar med resultatet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" dirty="0"/>
+              <a:t>Planera dels för vid vilket APT som ni ska visa resultatet </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>[datum i nära anslutning efter 9 november när resultatet finns tillgängligt] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" dirty="0"/>
+              <a:t>och dels vilka efterföljande möten ni ska arbeta med resultatet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="sv-SE" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1DBB9D7-6914-1DA1-E5CC-E69C264CF2D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="subTitle" idx="1"/>
+            <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...51 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1212E419-F67C-291D-81F6-F9DA98760C9F}"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr kumimoji="0" lang="sv-SE" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Verdana"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Verdana"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4228663E-CC0F-077B-DDDB-6A0271B2D92B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="14"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{825A8FCE-3AC7-4034-B459-9C55ED8D5E8F}" type="datetime1">
-[...42 lines deleted...]
-      </p:pic>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2800" dirty="0"/>
+              <a:t>Till dig som chef, del 1: </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="2800" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1800" dirty="0"/>
+              <a:t>Gör en plan för ert arbete med medarbetarundersökningen</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="1800" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="sv-SE" sz="2800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3289012044"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="26763474"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Platshållare för datum 1">
-[...31 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AE72F34-CDF3-7C5D-43A1-0552294FA896}"/>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEE5BC63-2792-41CF-25D5-C92D874C01BC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Avslutning</a:t>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Hur redovisas resultatet i rapporterna?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B830A973-9F42-B4BC-C313-D0E34E38BAE7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rektangel: rundade hörn 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F449A9CD-2FDF-20D8-7A55-888BD556D63A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="947208" y="1774236"/>
+            <a:ext cx="8187556" cy="4152001"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent6">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="76200">
+            <a:solidFill>
+              <a:schemeClr val="accent6"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr defTabSz="1074738"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>0–6 svarande	Inga svar. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="1074738"/>
+            <a:endParaRPr lang="sv-SE" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="1074738"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>7–11 svarande 	Enbart positiva resultat redovisas. De två 			”bästa” svarsalternativen slås samman. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="1074738"/>
+            <a:endParaRPr lang="sv-SE" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="1074738"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>12–49 svarande	Resultatet redovisas till största del på en 			tregradig skala. Frågor med fyra 				svarsalternativ slås inte samman i den 			tregradiga rapporten. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="1074738"/>
+            <a:endParaRPr lang="sv-SE" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="1074738"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>50+ svarande 	Alla fem svarsalternativ redovisas, inklusive 			svaren om utsatthet (kränkande 				särbehandling, diskriminering, hot och hot om 		våld samt otillåten påverkan.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3801270367"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2599912398"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BD9395C-ADB5-F524-4C6C-9CA580CD750D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096621" y="666000"/>
+            <a:ext cx="5760000" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Frågeområden i mätningen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C331D466-4FCF-8076-CAEE-87B54DE7DB68}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1099112" y="1309511"/>
+            <a:ext cx="5757509" cy="4711877"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Arbetsorganisation och krav i arbetet</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Resurser och stöd i arbetet</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Arbetstid och återhämtning</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Kränkande särbehandling, diskriminering, sexuella trakasserier, hot och våld samt otillåten påverkan</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Motivation, välbefinnande och hälsa</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Helhetsbedömning av effektivitet, kvalitet och arbetssituation</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Västra Götalandsregionen som arbetsgivare</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Bakgrundsfrågor</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Hållbart säkerhetsengagemang</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>En fråga om arbetspendling efter medarbetar-undersökningens frågor</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för datum 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A6F150E-B4AE-F646-251D-2803ACE9F6C9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:pPr>
+                <a:spcAft>
+                  <a:spcPts val="600"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för bild 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17C06DE2-38EF-5936-499C-919192254469}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="27"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="textruta 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5535811F-E09D-3648-9CA1-0E3DB56E2FAE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7739615" y="5171986"/>
+            <a:ext cx="3838975" cy="1015663"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Frågan om arbetspendling följs upp regionövergripande av hållbarhetsavdelningen. Det innebär att du som chef inte behöver arbeta vidare med dina medarbetares svar på den frågan. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1250591816"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F15323C-5C1F-1762-8F91-9ACCDD583903}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0497A4B-7126-F557-7B1F-3E1693DB6E58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="3600" dirty="0"/>
+              <a:t>Arbetsorganisation och krav i arbetet</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för innehåll 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{847751FA-AD08-1473-8592-3B28EF8127BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Frågorna om arbetsorganisation och krav i arbetet fångar medarbetarnas upplevelse av den organisatoriska arbetsmiljön på arbetsplatsen. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Frågorna beskriver arbetsbelastning, tydlighet i mål och roller samt om medarbetarna upplever att det är rimligt att förstå och klara kraven i arbetet. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Med krav i arbetet menas hur fysiskt och psykiska belastande arbetet är vad gäller arbetsmängd, personalresurser, tidspress, känslomässigt engagemang och eventuella konflikter på arbetsplatsen.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC41D845-1407-CB5E-8F32-BC0700A9DD97}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1464683317"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E557998C-8A87-9938-D97F-9012D40C47C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="921600"/>
+            <a:ext cx="10046304" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Resurser och stöd i arbetet</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för innehåll 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{830D3078-751C-C25D-5010-A261BBE694EF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096246" y="2098800"/>
+            <a:ext cx="10047600" cy="3311999"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1700" dirty="0"/>
+              <a:t>Detta område handlar om de förutsättningar som finns för att hantera kraven i arbetet i form av olika resurser och stödfunktioner. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="1700" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1700" dirty="0"/>
+              <a:t>Följande resurser och stödfunktioner har särskild betydelse för hälsa och engagemang:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1700" dirty="0"/>
+              <a:t>Socialt stöd från kollegor, chefer samt organisatoriska stödresurser</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1700" dirty="0"/>
+              <a:t>Rättvisa</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1700" dirty="0"/>
+              <a:t>Utvecklingsmöjligheter</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1700" dirty="0"/>
+              <a:t>Erkännande för arbetsinsatser</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1700" dirty="0"/>
+              <a:t>Tydliga roller och organisationsstruktur samt att arbetet är förutsättbart</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="1700" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0453851-3E75-4549-7D40-856DAEF8571E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:pPr>
+                <a:spcAft>
+                  <a:spcPts val="600"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="940216240"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31E49022-361F-71E4-F484-4C9E1798C19E}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9F3E26C-D58C-DB95-A417-B6559FC30360}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="3600" dirty="0"/>
+              <a:t>Arbetstid och återhämtning</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för innehåll 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BD79FF6-8DDE-5E72-7608-D148C424156A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096246" y="2098800"/>
+            <a:ext cx="10047600" cy="3837600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1800" dirty="0"/>
+              <a:t>Frågorna om arbetstid och återhämtning fångar möjligheten att påverka arbetstider och/eller arbetsscheman samt möjligheten till återhämtning och reflektion. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="1800" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1800" dirty="0"/>
+              <a:t>Perioder av stress behöver varvas med återhämtning. Det handlar om schemaläggning och raster, men även tid för reflektion, variation, kreativitet och ett gott socialt klimat. Balans i vardagen och en god sömn har också stor betydelse. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="1800" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1800" dirty="0"/>
+              <a:t>Återhämtning handlar om sömn och vila mellan arbetspassen. Det behövs också tillfällen till pauser och raster under arbetets gång för att orka med och fungera i sitt arbete.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F3C6761-A133-1AA6-E9F6-2BE454A81CBC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="491156937"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{750F40C5-5C56-FEA5-445A-BCBB589D9AEC}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0632A99B-B736-E218-751E-6544BABF476A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="921600"/>
+            <a:ext cx="10046304" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Motivation, välbefinnande och hälsa</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för innehåll 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4EF5616-49EB-7F06-24BE-8056AC2D3C83}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096246" y="2098800"/>
+            <a:ext cx="10047600" cy="3311999"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Frågorna berör områden som påverkar motivation, välbefinnande och den upplevda hälsan i arbetet och på fritiden.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Medarbetare som kan se mening i sitt arbete mår i allmänhet bättre och det är mer sannolikt att de väljer att stanna på arbetsplatsen.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Motivation, välbefinnande och hälsa påverkas av den organisatoriska och sociala arbetsmiljön. Att sakna mening i arbetet är en känd stressfaktor, men det är främst relevant i förhållande till självkänsla, engagemang och arbetstillfredsställelse. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8103CEA9-D973-F925-4739-1F61B5C78971}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:pPr>
+                <a:spcAft>
+                  <a:spcPts val="600"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="127531065"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78357E51-AEB2-A62A-680B-E5D3109EFEEA}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12252F9D-FF1B-A1F0-1F74-6BD8E614673E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2400" dirty="0"/>
+              <a:t>Helhetsbedömning av effektivitet, kvalitet, arbetssituation och Västra Götalandsregionen som arbetsgivare</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för innehåll 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F01FBA32-7031-0E40-A9F3-528019EF3A07}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Frågorna om effektivitet och kvalitet fångar hur nöjda medarbetarna är när det gäller att kunna utföra sina arbetsuppgifter effektivt och med kvalitet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Frågorna om arbetssituation fångar hur nöjda medarbetarna är med sin nuvarande arbetssituation. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Frågorna om huruvida medarbetarna skulle rekommendera andra att arbeta inom Västra Götalandsregionen eller på sin arbetsplats fångar hur nöjda medarbetarna är med Västra Götalandsregionen som arbetsgivare och med sin arbetsplats.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA30CE29-4878-FF1A-2615-DCDD5B5217BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3766804321"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4208774-963B-862E-34E1-3BA81373D946}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Kränkande särbehandling, diskriminering, trakasserier, hot och våld, otillåten påverkan</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för innehåll 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9AF4EEE-FD04-56A8-453A-0FD8E02AE139}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Kränkande särbehandling, diskriminering, trakasserier, hot och våld samt otillåten påverkan accepteras inte i verksamheten. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Kontakta i första hand din chef eller HR om du har blivit utsatt för något av detta. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="sv-SE" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Du kan också be din fackliga organisation, ditt skyddsombud eller företagshälsovården om hjälp.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>På frågorna om huruvida du varit utsatt krävs minst 50 svar för att resultat ska redovisas. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för datum 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D54367CE-AB47-97D3-017C-894572CDE583}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Platshållare för bild 4" descr="En bild som visar utomhus, moln, himmel, person&#10;&#10;Automatiskt genererad beskrivning">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97D017AB-9CB7-7EAE-5B90-6589A4DAB5F3}"/>
+          <p:cNvPr id="6" name="Platshållare för bild 6" descr="En bild som visar utomhus, moln, himmel, person&#10;&#10;Automatiskt genererad beskrivning">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3448D0ED-37ED-CEF5-7726-43A7DC89EF45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="14460" r="14460"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6797675" y="1781175"/>
+            <a:ext cx="5003800" cy="4699000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 5002954"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6071396"/>
+              <a:gd name="connsiteX1" fmla="*/ 5002954 w 5002954"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6071396"/>
+              <a:gd name="connsiteX2" fmla="*/ 5002954 w 5002954"/>
+              <a:gd name="connsiteY2" fmla="*/ 5059476 h 6071396"/>
+              <a:gd name="connsiteX3" fmla="*/ 3991034 w 5002954"/>
+              <a:gd name="connsiteY3" fmla="*/ 6071396 h 6071396"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 5002954"/>
+              <a:gd name="connsiteY4" fmla="*/ 6071396 h 6071396"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5002954" h="6071396">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="5002954" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5002954" y="5059476"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5002954" y="5618344"/>
+                  <a:pt x="4549902" y="6071396"/>
+                  <a:pt x="3991034" y="6071396"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="6071396"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2771011542"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8370A39B-57EA-EB75-FA2A-075722FF0A98}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="921600"/>
+            <a:ext cx="10046304" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Hållbart säkerhetsengagemang</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för innehåll 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DA23521-F13D-FC8C-B6A6-AB1A194FD925}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096246" y="2098800"/>
+            <a:ext cx="10047600" cy="3311999"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Hållbart säkerhetsengagemang (HSE) är ett verktyg som Löf (regionernas ömsesidiga försäkringsbolag) tagit fram. HSE innehåller elva frågeställningar som är viktiga i arbetet för en säkrare vård. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Frågeställningarna kompletterar övriga frågor i medarbetarundersökningen vad gäller en ökad systematisk uppföljning och återkoppling till verksamheterna, både från arbetsmiljö- och säkerhetsperspektiv. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F048306C-D56C-E6B1-E4B1-04FBE68BD18E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:pPr>
+                <a:spcAft>
+                  <a:spcPts val="600"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1954124107"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D32345A1-5154-2368-FE83-C81D16E2189F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Vad händer efter vi har svarat? </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för innehåll 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE0EBF51-3544-1699-8AA1-075310487DB2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1092200" y="1863351"/>
+            <a:ext cx="8650817" cy="3311526"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Vi som arbetsgrupp tittar på resultatet tillsammans vid APT </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>[datum].</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Vi som arbetsgrupp funderar tillsammans över våra styrkor och förbättringsområden vi ska att fokusera på framöver. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Vi riskbedömer vilka åtgärder som behöver prioriteras. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Vi stämmer av förslag på åtgärder utifrån vår befintliga  handlingsplan för arbetsmiljöarbetet. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Vi lägger upp en plan för när vi ska arbeta med olika åtgärder och när de ska följas upp. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51A43A85-46D3-FE6F-FC52-FD4977652BEA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2504683606"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24C5F8D7-4197-3E8F-98EE-3415A99EE974}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D122C2B1-0CAD-409A-562A-0EE4327598AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2800" dirty="0"/>
+              <a:t>Till dig som chef, del 2: </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="2800" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1800" dirty="0"/>
+              <a:t>Gör en plan för ert arbete med medarbetarundersökningen</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="2800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för innehåll 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7178B61E-F998-A92A-DD90-D8D41FB0ACC3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097554" y="2141453"/>
+            <a:ext cx="10047600" cy="3627155"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" b="1" dirty="0"/>
+              <a:t>Under mätningen: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="609600" lvl="1" indent="-342900">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0"/>
+              <a:t>Finns förutsättningar för dina medarbetare att kunna svara på mätningen? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="609600" lvl="1" indent="-342900">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0"/>
+              <a:t>Medarbetare som inte är i tjänst men ändå ska delta i mätningen kan göra det genom åtkomst av VGR-mail på privat enhet. Instruktion för detta finns </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>här.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="609600" lvl="1" indent="-342900">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0"/>
+              <a:t>Du kan följa svarsfrekvensen under mätningen via mailutskick varje tisdag och via en länk till en svarsfrekvensrapport. Du får länken via HR på din förvaltning. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" b="1" dirty="0"/>
+              <a:t>Efter mätningen:  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="609600" lvl="1" indent="-342900">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0"/>
+              <a:t>Arbetsgruppen får ta del av resultatet vid APT den </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>[datum efter 9 november då resultatet finns tillgängligt]. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="609600" lvl="1" indent="-342900">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0"/>
+              <a:t>Undersök om alla i gruppen kan delta vid detta tillfälle eller om resultatet behöver visas vid fler tillfällen. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="609600" lvl="1" indent="-342900">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1400" dirty="0"/>
+              <a:t>Planera också in vid vilka kommande APT som ni arbetar med handlingsplanen, riskbedömning, åtgärder och uppföljning. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76B443A3-6B30-7006-A64E-801099D469A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr kumimoji="0" lang="sv-SE" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Verdana"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Verdana"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1967533261"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFAC9469-08CD-BC4F-E4A6-B67897F51344}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="856948" y="463413"/>
+            <a:ext cx="5474304" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Här finns mer information</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för innehåll 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1D96A70-64E7-70B3-78D7-551D778F485A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="856948" y="2113722"/>
+            <a:ext cx="5003800" cy="3756990"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Stöd för att arbeta med förberedelser, genomförande och resultatet:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Guide – MAPS</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360045" indent="-360045"/>
+            <a:r>
+              <a:rPr lang="sv-SE">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>[Här kan du också komplettera eller ersätta med förvaltnings/bolagsspecifik länk]</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="50000"/>
+                  <a:lumOff val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360045" indent="-360045"/>
+            <a:r>
+              <a:rPr lang="sv-SE">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vår lokala samordnare:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för datum 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFB38290-394B-91A5-89A8-53D83B9365C2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Platshållare för bild 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D5BC050-7B60-DE3A-389B-90C2B3FFD4F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...6 lines deleted...]
-          <a:srcRect t="9974" b="9974"/>
+          <a:blip r:embed="rId4"/>
+          <a:srcRect t="30" b="30"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr/>
+        <p:spPr>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
       </p:pic>
-      <p:sp>
-[...4 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14B893AB-B376-B6D2-780A-1BF449D34B75}"/>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3823540936"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39456113-6586-E9FC-9C63-DD3BBB82C680}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="14"/>
+            <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{B811A044-0A2B-4335-A9C7-8233ACFF365B}" type="datetime1">
-[...35 lines deleted...]
-            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="0"/>
+                <a:spcPts val="0"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
               <a:buNone/>
-              <a:defRPr sz="3300" kern="1200">
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{F6BD57B1-FF3A-4A75-8128-4AFE16604E80}" type="datetime1">
+              <a:rPr kumimoji="0" lang="sv-SE" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:prstClr val="black"/>
                 </a:solidFill>
-                <a:latin typeface="+mj-lt"/>
-[...14 lines deleted...]
-            </a:r>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Verdana"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Verdana"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rubrik 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5020BFCA-0346-1580-6B45-B65E8600BCD6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1970408826"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3800066718"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Rubrik 1">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{932D3C48-E79E-23D0-6490-8032E956D9A3}"/>
+          <p:cNvPr id="11" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E195185F-56FA-9D08-4076-DFD66111F8A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="891539" y="1076643"/>
+            <a:ext cx="5737196" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Vilka frågor kommer att ställas?</a:t>
+              <a:rPr lang="sv-SE" sz="2400" dirty="0"/>
+              <a:t>Medarbetarundersökningen 2026</a:t>
             </a:r>
-          </a:p>
-[...7 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6B22095-5D43-DF28-610A-4798E0571399}"/>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="2400" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="3600" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>Tillsammans </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>spelar vi roll för en bättre arbetsmiljö!</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Subtitle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{394D3124-2E9A-465D-D66F-142446F3980C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="quarter" idx="14"/>
+            <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1092200" y="1636888"/>
-            <a:ext cx="5308600" cy="5074356"/>
+            <a:off x="885372" y="3761691"/>
+            <a:ext cx="5737196" cy="1683433"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800"/>
-              <a:t>Många frågor är de samma som tidigare år, men några justeringar har gjorts:</a:t>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t>APT-material för hälso- och sjukvårdsförvaltningar</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" indent="-342900">
-[...2 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800"/>
-              <a:t>Frågor om otillåten påverkan har lagts till. Svaren på frågorna redovisas när det finns 50 eller fler svarande. </a:t>
+              <a:rPr lang="sv-SE" noProof="0" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" indent="-342900">
-[...2 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800"/>
-[...20 lines deleted...]
-              <a:t>Efter medarbetarundersökningens frågor kommer enbart en fråga om resvanor. Den följs enbart upp på övergripande nivå. </a:t>
+              <a:rPr lang="sv-SE" sz="1600" noProof="0" dirty="0"/>
+              <a:t>Uppdaterat mars 2026</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Platshållare för bild 6" descr="En bild som visar utomhus, moln, himmel, person&#10;&#10;Automatiskt genererad beskrivning">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01E21CF5-5636-AABE-4537-D693CB7A81D8}"/>
+          <p:cNvPr id="6" name="Platshållare för bild 4" descr="En bild som visar utomhus, moln, himmel, person&#10;&#10;Automatiskt genererad beskrivning">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1ED72ED-F190-9C91-FDF7-FFFDD34EB5F9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="26694" t="331" r="18318" b="-331"/>
-          <a:stretch/>
+          <a:srcRect l="19432" r="17765" b="2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6801696" y="380998"/>
-            <a:ext cx="5002954" cy="6071396"/>
+            <a:off x="8927953" y="380998"/>
+            <a:ext cx="2867819" cy="3048000"/>
           </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2867819"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3048000"/>
+              <a:gd name="connsiteX1" fmla="*/ 2867819 w 2867819"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3048000"/>
+              <a:gd name="connsiteX2" fmla="*/ 2867819 w 2867819"/>
+              <a:gd name="connsiteY2" fmla="*/ 3048000 h 3048000"/>
+              <a:gd name="connsiteX3" fmla="*/ 567857 w 2867819"/>
+              <a:gd name="connsiteY3" fmla="*/ 3048000 h 3048000"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 2867819"/>
+              <a:gd name="connsiteY4" fmla="*/ 2480143 h 3048000"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2867819" h="3048000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2867819" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2867819" y="3048000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="567857" y="3048000"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="254238" y="3048000"/>
+                  <a:pt x="0" y="2793762"/>
+                  <a:pt x="0" y="2480143"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2637349-5DFE-FAD8-25DB-49246D32D6DD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A704D7B1-D974-80FC-8CA4-069738903BFC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="15"/>
+            <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
-[...1 lines deleted...]
-          <a:bodyPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901363" y="136525"/>
+            <a:ext cx="908050" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
-[...1 lines deleted...]
-              <a:t>2024-08-21</a:t>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
+              <a:rPr kumimoji="0" lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="600"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2026-03-26</a:t>
             </a:fld>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="740075938"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2017827879"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rubrik 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98400184-89E9-A597-7B6E-A5C30753DC12}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26BD0197-848F-9FDA-A529-A881A8F2F1A4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Vad är otillåten påverkan?</a:t>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Syftet med medarbetarundersökningen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för innehåll 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B0FE837-ACC9-063A-0E3B-EC9127092C43}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161779EE-AF7B-28B4-770D-505214B5451B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="quarter" idx="13"/>
+            <p:ph sz="quarter" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2400"/>
-[...12 lines deleted...]
-              <a:t>Stöd i frågan finns i </a:t>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Medarbetarundersökningen är en del av det </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2400">
-[...2 lines deleted...]
-              <a:t>Guide - Hot och våld, Otillåten påverkan</a:t>
+              <a:rPr lang="sv-SE" sz="1600" b="1" dirty="0"/>
+              <a:t>systematiska arbetsmiljöarbetet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Den syftar till att kartlägga medarbetarnas upplevelse av  arbetsmiljön och </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2400"/>
-              <a:t> </a:t>
+              <a:rPr lang="sv-SE" sz="1600" b="1" dirty="0"/>
+              <a:t>underlag för dialog om vilka åtgärder och förbättringar</a:t>
             </a:r>
-          </a:p>
-[...7 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56861ADB-79DF-8DC1-134A-CA556A0F1A40}"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t> som kan behöva genomföras på arbetsplatsen. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Det handlar också om att få syn på det som </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" b="1" dirty="0"/>
+              <a:t>fungerar bra </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>för att bevara goda förutsättningar. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för innehåll 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{331797F5-C8CA-80F2-BD20-9C688D8E6FF5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="14"/>
+            <p:ph sz="quarter" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>De flesta frågorna är utarbetade utifrån Arbetsmiljöverkets föreskrift om </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" b="1" dirty="0"/>
+              <a:t>organisatorisk och social arbetsmiljö. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>Frågorna om </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" b="1" dirty="0"/>
+              <a:t>patientsäkerhet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t> är en del av Västra Götalandsregionens systematiska förbättringsarbete av patientsäkerheten för ökad patientsäkerhet. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för datum 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B966F4DC-45D3-B124-05D2-1408AEC85FA5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3629183323"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3141663087"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Rubrik 11">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D2D3D57-B725-0DE0-A53C-AAACCA89022B}"/>
+          <p:cNvPr id="2" name="Rubrik 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBE54AFB-DC66-3895-B707-F4BF6800837B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Så här fungerar mätningen</a:t>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Ditt svar är viktigt - tillsammans spelar vi roll för en bättre arbetsmiljö!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...4 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8299AC6-32FE-B2DF-788B-DAA9F59436C0}"/>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Platshållare för innehåll 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A938E9E3-F98E-75E6-B77E-CB8E460BDB70}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="17"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="136137042"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1096963" y="2098675"/>
+          <a:ext cx="5563481" cy="3311525"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för datum 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{459B747E-410C-DD84-33E3-45502DD11955}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="quarter" idx="13"/>
+            <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="360045" indent="-360045">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:t>2026-03-26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Bild 9" descr="Chattbubbla med hel fyllning">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9393B21-F195-8C12-A595-6595BC093F42}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId8"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1266615" y="2509848"/>
+            <a:ext cx="570088" cy="570088"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Bild 11" descr="Sjukhus med hel fyllning">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8EF08B5-13E7-7A76-BD15-5EB9EA3D85BB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId10"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1551659" y="3429642"/>
+            <a:ext cx="570088" cy="570088"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Bild 15" descr="Sköld bockmärke med hel fyllning">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76DAEC01-8D95-4947-ACBB-FB6FFEDDED01}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId11">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1176624" y="4419920"/>
+            <a:ext cx="660080" cy="660080"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Höger klammerparentes 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8EE9F4E-FDFE-BBFA-6940-34B09567E8A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7115140" y="2230053"/>
+            <a:ext cx="936978" cy="3050822"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightBrace">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="47625"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Rektangel: rundade hörn 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{211F46FD-5AE9-690B-5B83-4C17888F6D70}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8228157" y="3054536"/>
+            <a:ext cx="2673207" cy="1459651"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Underlag för systematiskt förbättringsarbete</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="textruta 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C60A1B70-3B33-C093-8F06-628B828B1F54}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1096962" y="5410200"/>
+            <a:ext cx="10327393" cy="923330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2400">
-[...2 lines deleted...]
-              <a:t>Webbenkät via verktyget MAPS</a:t>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Med hjälp av resultatet arbetar tillsammans med att förbättra arbetsmiljön och patientsäkerheten.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="360045" indent="-360045">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2400">
-[...2 lines deleted...]
-              <a:t>Du får svara på arbetstid</a:t>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Ju fler som svarar, desto bättre blir underlaget för vårt förbättringsarbete. </a:t>
             </a:r>
-          </a:p>
-[...89 lines deleted...]
-            <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="67797366"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="334827225"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Title 1">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{958CB769-675D-8620-AE4D-D59617A043D8}"/>
+          <p:cNvPr id="3" name="Platshållare för text 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54A55701-2222-D9D6-CABD-50DC9527B1A4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1100667" y="425716"/>
-            <a:ext cx="4995333" cy="1047750"/>
+            <a:off x="1096620" y="5174921"/>
+            <a:ext cx="9804743" cy="1047750"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Ditt svar är viktigt – var med och påverka!</a:t>
+              <a:rPr lang="sv-SE" sz="3200" dirty="0"/>
+              <a:t>Enkäten öppnar den 14 oktober och är öppen i tre veckor. Svara senast den 4 november!</a:t>
             </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Platshållare för bild 6" descr="En bild som visar utomhus, moln, himmel, person&#10;&#10;Automatiskt genererad beskrivning">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FF45CC3-DFA9-10EF-CDB3-E7B9761E8651}"/>
+          <p:cNvPr id="8" name="Platshållare för innehåll 7" descr="En bild som visar utomhus, moln, himmel, person&#10;&#10;AI-genererat innehåll kan vara felaktigt.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E89FAA71-97BC-467A-A2E1-712E1DD4F785}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
-            <p:ph type="pic" sz="quarter" idx="13"/>
+            <p:ph type="pic" sz="quarter" idx="27"/>
           </p:nvPr>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+        <p:blipFill>
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="-56" t="-682" r="49129" b="8097"/>
-          <a:stretch/>
+          <a:srcRect t="30500" r="-1" b="9898"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6801696" y="380998"/>
-            <a:ext cx="5002954" cy="6071396"/>
+            <a:off x="389262" y="380997"/>
+            <a:ext cx="11412171" cy="4540200"/>
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Platshållare för datum 4">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD7AD3D4-5B42-BE8D-5334-CC396D803334}"/>
+          <p:cNvPr id="6" name="Platshållare för datum 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{915C4824-D69E-DDE1-52BA-7329F92C5413}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="15"/>
+            <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10901363" y="136525"/>
-            <a:ext cx="908050" cy="141687"/>
+            <a:off x="10901364" y="136525"/>
+            <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr>
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
               </a:pPr>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
-          </a:p>
-[...598 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3788261090"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2531868187"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rubrik 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D32345A1-5154-2368-FE83-C81D16E2189F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BBFB2CE-DB85-35AB-914B-52B783B7DB27}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Efter resultatet</a:t>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Så här fungerar mätningen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för innehåll 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE0EBF51-3544-1699-8AA1-075310487DB2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5297DEFE-8FC3-1AD5-7E2A-9805D3F5363F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="quarter" idx="13"/>
+            <p:ph sz="quarter" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="360045" indent="-360045">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Vi funderar tillsammans över styrkor och förbättringsområden att fokusera på </a:t>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Webbenkät via verktyget MAPS</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr marL="360045" indent="-360045">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Vi riskbedömer vilka åtgärder som behöver prioriteras </a:t>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Du kan svara på arbetstid</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr marL="360045" indent="-360045">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Vi tar gemensamt fram en handlingsplan/eller fortsätter på en påbörjad</a:t>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Mätningen genomförs med start den 14 oktober</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr marL="360045" indent="-360045">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Chefen följer upp arbetet med handlingsplanen och återkopplar till medarbetarna</a:t>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Du får enkäten via mejl</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr marL="360045" indent="-360045">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Ledningsgrupperna summerar och beslutar om övergripande åtgärder </a:t>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Även påminnelser kommer att skickas ut via mejl</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sv-SE"/>
-[...8 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51A43A85-46D3-FE6F-FC52-FD4977652BEA}"/>
+            <a:pPr marL="360045" indent="-360045">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Sista svarsdag är 4 november</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360045" indent="-360045">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Enkäten består av cirka 80 frågor som tar cirka 25 minuter att svara</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för bild 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66C95AB4-E926-7BA6-BF76-C2F341FBCEC3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="14"/>
+            <p:ph type="pic" sz="quarter" idx="28"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för bild 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D344ACD-1A7A-A064-B091-50E2704C796D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="29"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för datum 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5A46797-8E04-0A4B-78C8-C7CBAE525EA0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2504683606"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2696765015"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rubrik 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E571E4C0-78D3-7CAF-DD60-2E3A64D1741A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
-[...1 lines deleted...]
-          <a:bodyPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1100667" y="425716"/>
+            <a:ext cx="8642350" cy="1047750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Vem får svara på medarbetarundersökningen?</a:t>
             </a:r>
-          </a:p>
-[...58 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C55FAE5-992F-13C5-55EA-E3F8D4A1FEEA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
-[...1 lines deleted...]
-          <a:bodyPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10901363" y="136525"/>
+            <a:ext cx="908050" cy="141687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:pPr>
+                <a:spcAft>
+                  <a:spcPts val="600"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="6" name="Platshållare för innehåll 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7162153-CAD9-F6FD-9B36-59041C6AF767}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="13"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1188131944"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1092200" y="2113722"/>
+          <a:ext cx="8650817" cy="3311526"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4029150224"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rubrik 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFAC9469-08CD-BC4F-E4A6-B67897F51344}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF7745CA-3A29-228C-10C0-5A6F0D4CE37E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Här finns mer information</a:t>
+              <a:rPr lang="sv-SE" b="0" dirty="0"/>
+              <a:t>Hur syns mina svar?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Platshållare för innehåll 2">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1D96A70-64E7-70B3-78D7-551D778F485A}"/>
+          <p:cNvPr id="3" name="Platshållare för text 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F047584-D1B4-5101-CA48-1A7168A5A1A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="quarter" idx="14"/>
+            <p:ph type="body" idx="26"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-              <a:t>Stöd för att arbeta med förberedelser, genomförande och resultatet:</a:t>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Varken din chef eller någon annan i förvaltningen kan inte se vad du har svarat.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE">
-[...2 lines deleted...]
-              <a:t>Guide – MAPS</a:t>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Det finns olika rapporter beroende på hur många som har svarat, se nästa bild. </a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE"/>
-[...2 lines deleted...]
-            <a:pPr marL="360045" indent="-360045"/>
+          </a:p>
+          <a:p>
             <a:r>
-              <a:rPr lang="sv-SE">
-[...7 lines deleted...]
-              <a:t>[Här kan du också komplettera eller ersätta med förvaltnings/bolagsspecifik länk]</a:t>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Bakgrundsfrågorna kön och ålder redovisas inte i rapporterna.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE">
-[...30 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFB38290-394B-91A5-89A8-53D83B9365C2}"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för bild 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{820B98D3-62A6-104C-8FA6-BF4B5E0E726B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="15"/>
+            <p:ph type="pic" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Platshållare för bild 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C9E5AE2-D0A9-5B7B-8D74-19C3E0996CA2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="24"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för datum 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC8193EA-55BE-5F06-44D8-C581C6E0BCCB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2024-08-21</a:t>
+              <a:t>2026-03-26</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3823540936"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3842425733"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="VGR">
   <a:themeElements>
     <a:clrScheme name="VGR_Grunden_Färg">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E1DF"/>
       </a:lt2>
@@ -9339,50 +40481,611 @@
     <a:custClr>
       <a:srgbClr val="EFF4C6"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="C0EEC2"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="FECCBF"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="B3EBF2"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="E7E1DF"/>
     </a:custClr>
   </a:custClrLst>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Presentation grå-rosa-grön" id="{6D6AEEEB-30EE-EB43-9A97-67DDBA796F09}" vid="{3F719864-F88E-A44F-8ADF-92F32415BEBC}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_VGR">
+  <a:themeElements>
+    <a:clrScheme name="VGR_Grunden_Färg">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="000000"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E1DF"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="37474F"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="9575CD"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A1887F"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="1A9FB3"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="ED5F8C"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="43A447"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="1A9FB3"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="919191"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="VGR Typsnitt">
+      <a:majorFont>
+        <a:latin typeface="Verdana"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Verdana"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </a:spPr>
+      <a:bodyPr rtlCol="0" anchor="ctr"/>
+      <a:lstStyle>
+        <a:defPPr algn="ctr">
+          <a:defRPr dirty="0"/>
+        </a:defPPr>
+      </a:lstStyle>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="50000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:txDef>
+      <a:spPr>
+        <a:noFill/>
+      </a:spPr>
+      <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+        <a:spAutoFit/>
+      </a:bodyPr>
+      <a:lstStyle>
+        <a:defPPr algn="l">
+          <a:defRPr dirty="0"/>
+        </a:defPPr>
+      </a:lstStyle>
+    </a:txDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:custClrLst>
+    <a:custClr>
+      <a:srgbClr val="FFC107"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="CCDB49"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="FD5930"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="FFECB3"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="F7BBD0"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="D1C4E9"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="EFF4C6"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="C0EEC2"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="FECCBF"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="B3EBF2"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="E7E1DF"/>
+    </a:custClr>
+  </a:custClrLst>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Mall MAPS" id="{92A2FE5D-3C7B-4452-A133-51C00A5347D6}" vid="{1282DBC1-EF62-4D78-9717-F5C74E820C22}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="2_VGR">
+  <a:themeElements>
+    <a:clrScheme name="VGR_Grunden_Färg">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="000000"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E1DF"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="37474F"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="9575CD"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A1887F"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="1A9FB3"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="ED5F8C"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="43A447"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="1A9FB3"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="919191"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="VGR Typsnitt">
+      <a:majorFont>
+        <a:latin typeface="Verdana"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Verdana"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </a:spPr>
+      <a:bodyPr rtlCol="0" anchor="ctr"/>
+      <a:lstStyle>
+        <a:defPPr algn="ctr">
+          <a:defRPr dirty="0"/>
+        </a:defPPr>
+      </a:lstStyle>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="50000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:txDef>
+      <a:spPr>
+        <a:noFill/>
+      </a:spPr>
+      <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+        <a:spAutoFit/>
+      </a:bodyPr>
+      <a:lstStyle>
+        <a:defPPr algn="l">
+          <a:lnSpc>
+            <a:spcPct val="130000"/>
+          </a:lnSpc>
+          <a:defRPr dirty="0"/>
+        </a:defPPr>
+      </a:lstStyle>
+    </a:txDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:custClrLst>
+    <a:custClr>
+      <a:srgbClr val="FFC107"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="CCDB49"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="FD5930"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="FFECB3"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="F7BBD0"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="D1C4E9"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="EFF4C6"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="C0EEC2"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="FECCBF"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="B3EBF2"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="E7E1DF"/>
+    </a:custClr>
+  </a:custClrLst>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="P2631 HR-mallar likabehandling_ny mall" id="{E56B1843-0B8D-4B8C-8546-67C3060B3A46}" vid="{CD875A09-A566-4BF7-B33B-CB0F6A992A36}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme4.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VGR | Sjukvård | Färger">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E1DF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="005B89"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="1A9FB3"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="EE6492"/>
       </a:accent3>
       <a:accent4>
@@ -9539,51 +41242,51 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/theme/theme5.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VGR | Sjukvård | Färger">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E1DF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="005B89"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="1A9FB3"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="EE6492"/>
       </a:accent3>
       <a:accent4>
@@ -9744,85 +41447,107 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Presentation grå-rosa-grön</Template>
   <TotalTime></TotalTime>
-  <Words>1296</Words>
+  <Words>1512</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bredbild</PresentationFormat>
-  <Paragraphs>116</Paragraphs>
-[...1 lines deleted...]
-  <Notes>10</Notes>
+  <Paragraphs>140</Paragraphs>
+  <Slides>21</Slides>
+  <Notes>5</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Använt teckensnitt</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>10</vt:i4>
+        <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="11" baseType="lpstr">
+    <vt:vector size="27" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Verdana</vt:lpstr>
       <vt:lpstr>VGR</vt:lpstr>
-      <vt:lpstr>Var med och påverka! Medarbetarundersökning 2024</vt:lpstr>
+      <vt:lpstr>1_VGR</vt:lpstr>
+      <vt:lpstr>2_VGR</vt:lpstr>
+      <vt:lpstr>Till dig som chef, del 1:  Gör en plan för ert arbete med medarbetarundersökningen </vt:lpstr>
+      <vt:lpstr>Till dig som chef, del 2:  Gör en plan för ert arbete med medarbetarundersökningen</vt:lpstr>
+      <vt:lpstr>Medarbetarundersökningen 2026  Tillsammans spelar vi roll för en bättre arbetsmiljö!</vt:lpstr>
+      <vt:lpstr>Syftet med medarbetarundersökningen</vt:lpstr>
+      <vt:lpstr>Ditt svar är viktigt - tillsammans spelar vi roll för en bättre arbetsmiljö!</vt:lpstr>
+      <vt:lpstr>Enkäten öppnar den 14 oktober och är öppen i tre veckor. Svara senast den 4 november!</vt:lpstr>
+      <vt:lpstr>Så här fungerar mätningen</vt:lpstr>
+      <vt:lpstr>Vem får svara på medarbetarundersökningen?</vt:lpstr>
+      <vt:lpstr>Hur syns mina svar?</vt:lpstr>
+      <vt:lpstr>Hur redovisas resultatet i rapporterna?</vt:lpstr>
+      <vt:lpstr>Frågeområden i mätningen</vt:lpstr>
+      <vt:lpstr>Arbetsorganisation och krav i arbetet</vt:lpstr>
+      <vt:lpstr>Resurser och stöd i arbetet</vt:lpstr>
+      <vt:lpstr>Arbetstid och återhämtning</vt:lpstr>
+      <vt:lpstr>Motivation, välbefinnande och hälsa</vt:lpstr>
+      <vt:lpstr>Helhetsbedömning av effektivitet, kvalitet, arbetssituation och Västra Götalandsregionen som arbetsgivare</vt:lpstr>
+      <vt:lpstr>Kränkande särbehandling, diskriminering, trakasserier, hot och våld, otillåten påverkan</vt:lpstr>
+      <vt:lpstr>Hållbart säkerhetsengagemang</vt:lpstr>
+      <vt:lpstr>Vad händer efter vi har svarat? </vt:lpstr>
+      <vt:lpstr>Här finns mer information</vt:lpstr>
       <vt:lpstr>PowerPoint-presentation</vt:lpstr>
-      <vt:lpstr>Vilka frågor kommer att ställas?</vt:lpstr>
-[...6 lines deleted...]
-      <vt:lpstr>Avslutning</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>APT-material 2024 Hälso- och sjukvårdsförvaltningar</dc:title>
+  <dc:title>APT-material 2026 Hälso- och sjukvårdsförvaltningar</dc:title>
   <dc:creator>Camilla Nilsson</dc:creator>
   <keywords/>
-  <lastModifiedBy>Camilla Nilsson</lastModifiedBy>
-  <revision>4</revision>
+  <lastModifiedBy>Camilla Ahlström</lastModifiedBy>
+  <revision>6</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <category>puls- och uppföljnignsmätningar</category>
 </coreProperties>
 </file>