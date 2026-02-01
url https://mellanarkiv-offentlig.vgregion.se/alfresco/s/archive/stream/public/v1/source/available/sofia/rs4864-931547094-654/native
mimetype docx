--- v0 (2025-10-31)
+++ v1 (2026-02-01)
@@ -5,51 +5,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6422616B" w14:textId="77777777" w:rsidR="00D35D9F" w:rsidRPr="00B01888" w:rsidRDefault="00D35D9F" w:rsidP="00520E51">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50440460" w14:textId="77777777" w:rsidR="00593FBC" w:rsidRPr="00B01888" w:rsidRDefault="00593FBC" w:rsidP="00520E51">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09C48194" w14:textId="4CBB64CB" w:rsidR="00CD0BA8" w:rsidRPr="00B01888" w:rsidRDefault="00520E51" w:rsidP="00520E51">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
@@ -11690,77 +11690,77 @@
       <w:r w:rsidRPr="00B01888">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Lycka till!</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00065A01" w:rsidRPr="00B01888" w:rsidSect="0055237F">
       <w:headerReference w:type="even" r:id="rId31"/>
       <w:footerReference w:type="default" r:id="rId32"/>
       <w:headerReference w:type="first" r:id="rId33"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="643" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34C82A56" w14:textId="77777777" w:rsidR="00A67951" w:rsidRDefault="00A67951">
+    <w:p w14:paraId="713E8566" w14:textId="77777777" w:rsidR="008B7C35" w:rsidRDefault="008B7C35">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5013634C" w14:textId="77777777" w:rsidR="00A67951" w:rsidRDefault="00A67951">
+    <w:p w14:paraId="6FC91DC7" w14:textId="77777777" w:rsidR="008B7C35" w:rsidRDefault="008B7C35">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="18892E9B" w14:textId="77777777" w:rsidR="00A67951" w:rsidRDefault="00A67951">
+    <w:p w14:paraId="37954406" w14:textId="77777777" w:rsidR="008B7C35" w:rsidRDefault="008B7C35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -11785,149 +11785,149 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="813917209"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="7102FE1C" w14:textId="0D546F5E" w:rsidR="36FE38EC" w:rsidRDefault="003509CB" w:rsidP="00326FC8">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7863C967" w14:textId="77777777" w:rsidR="00A67951" w:rsidRDefault="00A67951">
+    <w:p w14:paraId="5262466A" w14:textId="77777777" w:rsidR="008B7C35" w:rsidRDefault="008B7C35">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5651C244" w14:textId="77777777" w:rsidR="00A67951" w:rsidRDefault="00A67951">
+    <w:p w14:paraId="2F496A01" w14:textId="77777777" w:rsidR="008B7C35" w:rsidRDefault="008B7C35">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3F4AAFF4" w14:textId="77777777" w:rsidR="00A67951" w:rsidRDefault="00A67951">
+    <w:p w14:paraId="46A29757" w14:textId="77777777" w:rsidR="008B7C35" w:rsidRDefault="008B7C35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="245650F3" w14:textId="77777777" w:rsidR="00FB491F" w:rsidRDefault="00FB491F" w:rsidP="007C6623">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1E6C3433" w14:textId="77777777" w:rsidR="00FB491F" w:rsidRDefault="00FB491F" w:rsidP="007F2BCC">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18E024F0" w14:textId="6FE91D51" w:rsidR="00FB491F" w:rsidRDefault="00163F24" w:rsidP="0009716D">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:right="-285"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66C89C1B" wp14:editId="08279F30">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4444365</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-158115</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1619250" cy="581025"/>
           <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="1" name="Bildobjekt 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -12021,51 +12021,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="59267652"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE62AC30"/>
     <w:lvl w:ilvl="0" w:tplc="9990D4C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -17265,54 +17265,53 @@
   <w:num w:numId="44" w16cid:durableId="1338382866">
     <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="762645364">
     <w:abstractNumId w:val="48"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="59594626">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="19010741">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1703440549">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="582958616">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1344866678">
     <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -17729,50 +17728,51 @@
     <w:rsid w:val="00417EB2"/>
     <w:rsid w:val="0042091C"/>
     <w:rsid w:val="00424918"/>
     <w:rsid w:val="00427FDE"/>
     <w:rsid w:val="004309FA"/>
     <w:rsid w:val="00431C86"/>
     <w:rsid w:val="00432896"/>
     <w:rsid w:val="00434273"/>
     <w:rsid w:val="004357C0"/>
     <w:rsid w:val="00442545"/>
     <w:rsid w:val="0044291D"/>
     <w:rsid w:val="004445A5"/>
     <w:rsid w:val="00444A3C"/>
     <w:rsid w:val="00447311"/>
     <w:rsid w:val="00452D7A"/>
     <w:rsid w:val="0045381E"/>
     <w:rsid w:val="00453ED3"/>
     <w:rsid w:val="004552C0"/>
     <w:rsid w:val="00455454"/>
     <w:rsid w:val="00456752"/>
     <w:rsid w:val="00461831"/>
     <w:rsid w:val="004632B6"/>
     <w:rsid w:val="004637C8"/>
     <w:rsid w:val="004657E8"/>
     <w:rsid w:val="004659B2"/>
+    <w:rsid w:val="00466F81"/>
     <w:rsid w:val="0046765B"/>
     <w:rsid w:val="00470366"/>
     <w:rsid w:val="00470A88"/>
     <w:rsid w:val="00470B9E"/>
     <w:rsid w:val="00471BDE"/>
     <w:rsid w:val="00471F28"/>
     <w:rsid w:val="004726A3"/>
     <w:rsid w:val="00473B66"/>
     <w:rsid w:val="00474846"/>
     <w:rsid w:val="00477329"/>
     <w:rsid w:val="0048103A"/>
     <w:rsid w:val="0048211B"/>
     <w:rsid w:val="00482766"/>
     <w:rsid w:val="004833E6"/>
     <w:rsid w:val="00485759"/>
     <w:rsid w:val="004902D3"/>
     <w:rsid w:val="00490999"/>
     <w:rsid w:val="0049101B"/>
     <w:rsid w:val="00495E6F"/>
     <w:rsid w:val="00497182"/>
     <w:rsid w:val="00497D32"/>
     <w:rsid w:val="004A1362"/>
     <w:rsid w:val="004A45E1"/>
     <w:rsid w:val="004A4C5F"/>
     <w:rsid w:val="004B00CA"/>
@@ -17811,50 +17811,51 @@
     <w:rsid w:val="004F0147"/>
     <w:rsid w:val="004F1241"/>
     <w:rsid w:val="004F2CE3"/>
     <w:rsid w:val="004F4BC1"/>
     <w:rsid w:val="004F6918"/>
     <w:rsid w:val="00500866"/>
     <w:rsid w:val="005019A3"/>
     <w:rsid w:val="005045C5"/>
     <w:rsid w:val="005049A7"/>
     <w:rsid w:val="00507B3E"/>
     <w:rsid w:val="00514425"/>
     <w:rsid w:val="00514F83"/>
     <w:rsid w:val="00516618"/>
     <w:rsid w:val="00516669"/>
     <w:rsid w:val="00520E51"/>
     <w:rsid w:val="005210A3"/>
     <w:rsid w:val="00523099"/>
     <w:rsid w:val="005260E4"/>
     <w:rsid w:val="00526C6A"/>
     <w:rsid w:val="00530AEA"/>
     <w:rsid w:val="00531477"/>
     <w:rsid w:val="005350EA"/>
     <w:rsid w:val="005362DD"/>
     <w:rsid w:val="0054033F"/>
     <w:rsid w:val="00540588"/>
+    <w:rsid w:val="00542252"/>
     <w:rsid w:val="005445B4"/>
     <w:rsid w:val="005510B3"/>
     <w:rsid w:val="00551699"/>
     <w:rsid w:val="0055237F"/>
     <w:rsid w:val="00553D3C"/>
     <w:rsid w:val="0055410A"/>
     <w:rsid w:val="005566F1"/>
     <w:rsid w:val="00557143"/>
     <w:rsid w:val="00557587"/>
     <w:rsid w:val="005607BB"/>
     <w:rsid w:val="00564D7E"/>
     <w:rsid w:val="0056519F"/>
     <w:rsid w:val="0057092E"/>
     <w:rsid w:val="00572039"/>
     <w:rsid w:val="00573930"/>
     <w:rsid w:val="00575012"/>
     <w:rsid w:val="0057620D"/>
     <w:rsid w:val="00577ECE"/>
     <w:rsid w:val="005816FD"/>
     <w:rsid w:val="00583024"/>
     <w:rsid w:val="005835EF"/>
     <w:rsid w:val="00583BA8"/>
     <w:rsid w:val="005856B5"/>
     <w:rsid w:val="005922D1"/>
     <w:rsid w:val="00593FBC"/>
@@ -17901,50 +17902,51 @@
     <w:rsid w:val="0060088B"/>
     <w:rsid w:val="006015FC"/>
     <w:rsid w:val="00601D5E"/>
     <w:rsid w:val="00603CFC"/>
     <w:rsid w:val="00603DA6"/>
     <w:rsid w:val="006048B3"/>
     <w:rsid w:val="00604D82"/>
     <w:rsid w:val="00605F6A"/>
     <w:rsid w:val="00607E2A"/>
     <w:rsid w:val="006110C5"/>
     <w:rsid w:val="00611722"/>
     <w:rsid w:val="00612846"/>
     <w:rsid w:val="006131D0"/>
     <w:rsid w:val="0061544B"/>
     <w:rsid w:val="006165F6"/>
     <w:rsid w:val="00616B22"/>
     <w:rsid w:val="006207EE"/>
     <w:rsid w:val="00620AE5"/>
     <w:rsid w:val="006219B0"/>
     <w:rsid w:val="00622E7F"/>
     <w:rsid w:val="00625D9F"/>
     <w:rsid w:val="00633643"/>
     <w:rsid w:val="00636791"/>
     <w:rsid w:val="00636E35"/>
     <w:rsid w:val="00636F3E"/>
+    <w:rsid w:val="00637104"/>
     <w:rsid w:val="006376CC"/>
     <w:rsid w:val="0063772E"/>
     <w:rsid w:val="00637A9F"/>
     <w:rsid w:val="00637ABC"/>
     <w:rsid w:val="006413A1"/>
     <w:rsid w:val="006424EA"/>
     <w:rsid w:val="006429CB"/>
     <w:rsid w:val="00642DEA"/>
     <w:rsid w:val="006431DE"/>
     <w:rsid w:val="006443FE"/>
     <w:rsid w:val="00644B9B"/>
     <w:rsid w:val="006459FE"/>
     <w:rsid w:val="0065249C"/>
     <w:rsid w:val="00652E3B"/>
     <w:rsid w:val="006535B1"/>
     <w:rsid w:val="00655DD0"/>
     <w:rsid w:val="006565A8"/>
     <w:rsid w:val="006627F6"/>
     <w:rsid w:val="00663CDD"/>
     <w:rsid w:val="00665694"/>
     <w:rsid w:val="0066745C"/>
     <w:rsid w:val="0067016E"/>
     <w:rsid w:val="00670553"/>
     <w:rsid w:val="00672E0D"/>
     <w:rsid w:val="00673ACA"/>
@@ -18010,50 +18012,51 @@
     <w:rsid w:val="007309AB"/>
     <w:rsid w:val="007324B9"/>
     <w:rsid w:val="007326E3"/>
     <w:rsid w:val="00732ADD"/>
     <w:rsid w:val="007345BE"/>
     <w:rsid w:val="00734EBC"/>
     <w:rsid w:val="00735FD7"/>
     <w:rsid w:val="00737D26"/>
     <w:rsid w:val="00740D60"/>
     <w:rsid w:val="0074256B"/>
     <w:rsid w:val="00744AB8"/>
     <w:rsid w:val="0074537A"/>
     <w:rsid w:val="007534DB"/>
     <w:rsid w:val="00753FDB"/>
     <w:rsid w:val="0075503E"/>
     <w:rsid w:val="00755DB2"/>
     <w:rsid w:val="0076044A"/>
     <w:rsid w:val="00760D11"/>
     <w:rsid w:val="00763A1D"/>
     <w:rsid w:val="00763D46"/>
     <w:rsid w:val="007642A6"/>
     <w:rsid w:val="007665DF"/>
     <w:rsid w:val="007725A6"/>
     <w:rsid w:val="00776F32"/>
     <w:rsid w:val="007773B9"/>
+    <w:rsid w:val="00777951"/>
     <w:rsid w:val="00777E33"/>
     <w:rsid w:val="00782FBA"/>
     <w:rsid w:val="0078314E"/>
     <w:rsid w:val="00792276"/>
     <w:rsid w:val="00793FFF"/>
     <w:rsid w:val="00794054"/>
     <w:rsid w:val="00794A7F"/>
     <w:rsid w:val="00795E05"/>
     <w:rsid w:val="00796F7E"/>
     <w:rsid w:val="00796FAC"/>
     <w:rsid w:val="00797B3E"/>
     <w:rsid w:val="007A0014"/>
     <w:rsid w:val="007A0369"/>
     <w:rsid w:val="007A0536"/>
     <w:rsid w:val="007A2D3D"/>
     <w:rsid w:val="007A2D7D"/>
     <w:rsid w:val="007A3C9C"/>
     <w:rsid w:val="007A4A26"/>
     <w:rsid w:val="007A4BB9"/>
     <w:rsid w:val="007A65C5"/>
     <w:rsid w:val="007A683F"/>
     <w:rsid w:val="007A7042"/>
     <w:rsid w:val="007A70BF"/>
     <w:rsid w:val="007B029F"/>
     <w:rsid w:val="007B03A3"/>
@@ -18122,50 +18125,51 @@
     <w:rsid w:val="00872434"/>
     <w:rsid w:val="008736A3"/>
     <w:rsid w:val="008746F1"/>
     <w:rsid w:val="0087579F"/>
     <w:rsid w:val="008826C8"/>
     <w:rsid w:val="00885C4D"/>
     <w:rsid w:val="00886865"/>
     <w:rsid w:val="00890701"/>
     <w:rsid w:val="0089071F"/>
     <w:rsid w:val="0089096D"/>
     <w:rsid w:val="00891D44"/>
     <w:rsid w:val="00891ED5"/>
     <w:rsid w:val="00892BA8"/>
     <w:rsid w:val="008938D8"/>
     <w:rsid w:val="008A165D"/>
     <w:rsid w:val="008A1670"/>
     <w:rsid w:val="008A4B3F"/>
     <w:rsid w:val="008A7D32"/>
     <w:rsid w:val="008B0285"/>
     <w:rsid w:val="008B0784"/>
     <w:rsid w:val="008B0DDD"/>
     <w:rsid w:val="008B0F91"/>
     <w:rsid w:val="008B45F2"/>
     <w:rsid w:val="008B74D6"/>
     <w:rsid w:val="008B7B42"/>
+    <w:rsid w:val="008B7C35"/>
     <w:rsid w:val="008C2677"/>
     <w:rsid w:val="008C40DB"/>
     <w:rsid w:val="008C77A6"/>
     <w:rsid w:val="008C7E08"/>
     <w:rsid w:val="008D0DC1"/>
     <w:rsid w:val="008D245A"/>
     <w:rsid w:val="008D3AC3"/>
     <w:rsid w:val="008D4ADF"/>
     <w:rsid w:val="008D4B4A"/>
     <w:rsid w:val="008D5170"/>
     <w:rsid w:val="008D538C"/>
     <w:rsid w:val="008D7DE6"/>
     <w:rsid w:val="008E2F58"/>
     <w:rsid w:val="008E38DE"/>
     <w:rsid w:val="008E440E"/>
     <w:rsid w:val="008E4AF9"/>
     <w:rsid w:val="008E5A45"/>
     <w:rsid w:val="008E60B6"/>
     <w:rsid w:val="008E6C5D"/>
     <w:rsid w:val="008F07A9"/>
     <w:rsid w:val="008F253E"/>
     <w:rsid w:val="008F337C"/>
     <w:rsid w:val="008F382A"/>
     <w:rsid w:val="008F38A0"/>
     <w:rsid w:val="008F606E"/>
@@ -18588,50 +18592,51 @@
     <w:rsid w:val="00DA4726"/>
     <w:rsid w:val="00DA5420"/>
     <w:rsid w:val="00DA5528"/>
     <w:rsid w:val="00DA57A5"/>
     <w:rsid w:val="00DA5F73"/>
     <w:rsid w:val="00DA6855"/>
     <w:rsid w:val="00DA6E81"/>
     <w:rsid w:val="00DA724B"/>
     <w:rsid w:val="00DB1608"/>
     <w:rsid w:val="00DB3D7E"/>
     <w:rsid w:val="00DB522F"/>
     <w:rsid w:val="00DB5CA2"/>
     <w:rsid w:val="00DB6808"/>
     <w:rsid w:val="00DB7824"/>
     <w:rsid w:val="00DC5D2F"/>
     <w:rsid w:val="00DC5D32"/>
     <w:rsid w:val="00DC6802"/>
     <w:rsid w:val="00DD0D89"/>
     <w:rsid w:val="00DD11BF"/>
     <w:rsid w:val="00DD27C9"/>
     <w:rsid w:val="00DD488A"/>
     <w:rsid w:val="00DE125C"/>
     <w:rsid w:val="00DE357E"/>
     <w:rsid w:val="00DE557A"/>
     <w:rsid w:val="00DE6453"/>
+    <w:rsid w:val="00DE7D25"/>
     <w:rsid w:val="00DF557A"/>
     <w:rsid w:val="00DF5DE9"/>
     <w:rsid w:val="00DF6415"/>
     <w:rsid w:val="00DF6845"/>
     <w:rsid w:val="00DF6E7C"/>
     <w:rsid w:val="00DF7C16"/>
     <w:rsid w:val="00E0095F"/>
     <w:rsid w:val="00E03391"/>
     <w:rsid w:val="00E03B53"/>
     <w:rsid w:val="00E05D37"/>
     <w:rsid w:val="00E11278"/>
     <w:rsid w:val="00E1149F"/>
     <w:rsid w:val="00E11535"/>
     <w:rsid w:val="00E13229"/>
     <w:rsid w:val="00E13458"/>
     <w:rsid w:val="00E17C56"/>
     <w:rsid w:val="00E20898"/>
     <w:rsid w:val="00E217F7"/>
     <w:rsid w:val="00E22F18"/>
     <w:rsid w:val="00E2578D"/>
     <w:rsid w:val="00E321DC"/>
     <w:rsid w:val="00E332E4"/>
     <w:rsid w:val="00E34C2B"/>
     <w:rsid w:val="00E37AF7"/>
     <w:rsid w:val="00E4060B"/>
@@ -18837,55 +18842,56 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="787C343A"/>
+  <w15:docId w15:val="{AE1F5BE7-8748-4426-9A22-DDEC78EB62C7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -19784,56 +19790,56 @@
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C8722A"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009C385A"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs4864-931547094-581/surrogate/Instruktioner%20f%c3%b6r%20Stramas%20sj%c3%a4lvdeklaration%202024.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs4864-931547094-647/surrogate/Individuell%20antibiotikastatistik%20fr%c3%a5n%20Medrave_2025.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sarsmart.se/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/for-primarvard/patientfall/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs4864-931547094-645/surrogate/Prim%c3%a4rv%c3%a5rdskvalitet%202025%20anvisningar.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.antibiotikasmart.se/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs4864-931547094-646/surrogate/S%c3%a4ker%20i%20statistiken%202025.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs4864-931547094-635/surrogate/H%c3%a4mta%20individuell%20f%c3%b6rskrivardata%20fr%c3%a5n%20E-h%c3%a4lsomyndigheten.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/sjalvdeklaration/filmer-for-intern-undervisning/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/utbildning/strama-quiz/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/sjalvdeklaration/filmer-for-intern-undervisning/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/for-primarvard/patientfall/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/vard/min-forskrivning/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/sjalvdeklaration/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/for-primarvard/presentationer-och-filmer-for-intern-undervisning-strama/powerpoints-for-intern-undervisning/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sbu.se/sv/publikationer/skrifter-och-faktablad/interaktiva-fall-om-otiter-oroninflammationer/otoskopi/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/kontakt/" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId35" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs4864-931547094-581/surrogate/Instruktioner%20f%c3%b6r%20Stramas%20sj%c3%a4lvdeklaration%202024.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs4864-931547094-647/surrogate/Individuell%20antibiotikastatistik%20fr%c3%a5n%20Medrave_2025.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sarsmart.se/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/for-primarvard/patientfall/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs4864-931547094-645/surrogate/Prim%c3%a4rv%c3%a5rdskvalitet%202025%20anvisningar.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.antibiotikasmart.se/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs4864-931547094-646/surrogate/S%c3%a4ker%20i%20statistiken%202025.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs4864-931547094-635/surrogate/H%c3%a4mta%20individuell%20f%c3%b6rskrivardata%20fr%c3%a5n%20E-h%c3%a4lsomyndigheten.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/sjalvdeklaration/filmer-for-intern-undervisning/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/utbildning/strama-quiz/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/sjalvdeklaration/filmer-for-intern-undervisning/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/for-primarvard/patientfall/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/vard/min-forskrivning/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/sjalvdeklaration/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/for-primarvard/presentationer-och-filmer-for-intern-undervisning-strama/powerpoints-for-intern-undervisning/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sbu.se/sv/publikationer/skrifter-och-faktablad/interaktiva-fall-om-otiter-oroninflammationer/otoskopi/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/kontakt/" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -20062,75 +20068,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2841</Words>
-  <Characters>15061</Characters>
+  <Words>2249</Words>
+  <Characters>13107</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>125</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>352</Lines>
+  <Paragraphs>208</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Manual Stramas självdeklaration 2024 med anteckningsmöjlighet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17867</CharactersWithSpaces>
+  <CharactersWithSpaces>15183</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="42" baseType="variant">
       <vt:variant>
         <vt:i4>3342415</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:linda.dyrendahl@vgregion.se</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3211352</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -20230,33 +20236,33 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/strama/for-primarvard/patientfall/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Manual Stramas självdeklaration 2025 med anteckningsmöjlighet</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Maria Hess-Wargbaner</lastModifiedBy>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <category/>
   <contentStatus/>
 </coreProperties>
 </file>