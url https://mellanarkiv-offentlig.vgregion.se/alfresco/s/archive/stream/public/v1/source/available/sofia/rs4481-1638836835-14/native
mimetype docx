--- v0 (2025-11-21)
+++ v1 (2026-03-07)
@@ -1,57 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
+  <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
+  <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
+</Relationships>
+
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="008D5BDC" w:rsidRPr="001C2E3B" w:rsidRDefault="008D5BDC" w:rsidP="00D150CC">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Formulär för prövning </w:t>
       </w:r>
       <w:r w:rsidR="00D150CC">
         <w:t xml:space="preserve">och analys </w:t>
       </w:r>
       <w:r>
         <w:t>av barnets bästa</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D5BDC" w:rsidRPr="008D5BDC" w:rsidRDefault="008D5BDC" w:rsidP="008D5BDC">
       <w:pPr>
         <w:pStyle w:val="IngresstextVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="008D5BDC">
@@ -6892,51 +6906,52 @@
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00914B6B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/webbutbildning-barnratt" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/barnkonventionen" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/regional-utveckling/verksamhetsomraden/manskliga-rattigheter/barnets-manskliga-rattigheter---barnkonventionen/genomforande-av-barnkonventionen-i-vgr/barnkonsekvensanalys/" TargetMode="External" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/webbutbildning-barnratt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/barnkonventionen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/regional-utveckling/verksamhetsomraden/manskliga-rattigheter/barnets-manskliga-rattigheter---barnkonventionen/genomforande-av-barnkonventionen-i-vgr/barnkonsekvensanalys/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/>
 </Relationships>
 
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/>
 </Relationships>
 
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/>
 </Relationships>
 
 </file>
@@ -7931,50 +7946,622 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/>
+</Relationships>
+
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="VGR Dokument RS" ma:contentTypeID="0x01010006EBECDF67F89F4D8BC5FAF3B8FA559B0200D9AAF21C6D51F241A6D7802D00E6DE47" ma:contentTypeVersion="6" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="113ce1e81ecd7e0a87f0638161c51d3d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="edd9df84-53bc-4cd0-b5cf-20deb130260c" xmlns:ns3="597d7713-8a3d-4bd2-ae30-edced55b2c1b" xmlns:ns6="4552c23f-a756-462f-8287-3ff35245ed68" xmlns:ns7="96c78637-e623-4ab8-9925-90fff1fffed3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="69cf5274bd860f8428d8e6bfef7f054b" ns2:_="" ns3:_="" ns6:_="" ns7:_="">
+    <xsd:import namespace="edd9df84-53bc-4cd0-b5cf-20deb130260c"/>
+    <xsd:import namespace="597d7713-8a3d-4bd2-ae30-edced55b2c1b"/>
+    <xsd:import namespace="4552c23f-a756-462f-8287-3ff35245ed68"/>
+    <xsd:import namespace="96c78637-e623-4ab8-9925-90fff1fffed3"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:m534ae9efef34a1ab5a1291502fec5e5" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
+                <xsd:element ref="ns3:a7144f27c6ef407e8fb4465121afbe2b" minOccurs="0"/>
+                <xsd:element ref="ns3:ec6953a5eee3424faece5c2353cf0721" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_EgenAmnesindelning" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxKeywordTaxHTField" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_DokBeskrivning" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_TillgangligFran" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_TillgangligTill" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_AtkomstRatt" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_Sekretess" minOccurs="0"/>
+                <xsd:element ref="ns3:i1597c54c9084fe5ae9163fac681e86b" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_PubliceratAv" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_PubliceratDatum" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_DokStatus" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_DokStatusMessage" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_DokItemId" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_MellanarkivId" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_MellanarkivUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_MellanarkivWebbUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_ArkivDatum" minOccurs="0"/>
+                <xsd:element ref="ns3:VGR_Gallras" minOccurs="0"/>
+                <xsd:element ref="ns6:iff0133ac3934f858b1ec890ab98b185" minOccurs="0"/>
+                <xsd:element ref="ns7:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns7:MediaServiceFastMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="edd9df84-53bc-4cd0-b5cf-20deb130260c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Dokument-ID-värde" ma:description="Värdet för dokument-ID som tilldelats till det här objektet." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Dokument-ID" ma:description="Permanent länk till det här dokumentet." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Spara ID" ma:description="Behåll ID vid tillägg." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{1dbdd968-59a2-4373-bdb2-882f732c56db}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="edd9df84-53bc-4cd0-b5cf-20deb130260c">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAllLabel" ma:index="13" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:hidden="true" ma:list="{1dbdd968-59a2-4373-bdb2-882f732c56db}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="edd9df84-53bc-4cd0-b5cf-20deb130260c">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Företagsnyckelord" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="5c300478-92f1-4a1e-b2db-7f8c75821d37" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="597d7713-8a3d-4bd2-ae30-edced55b2c1b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="m534ae9efef34a1ab5a1291502fec5e5" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="m534ae9efef34a1ab5a1291502fec5e5" ma:taxonomyFieldName="VGR_SkapatEnhet" ma:displayName="Upprättad av enhet" ma:default="" ma:fieldId="{6534ae9e-fef3-4a1a-b5a1-291502fec5e5}" ma:sspId="5c300478-92f1-4a1e-b2db-7f8c75821d37" ma:termSetId="9cea25d0-9008-4d39-abcf-763a6009e600" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="a7144f27c6ef407e8fb4465121afbe2b" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="a7144f27c6ef407e8fb4465121afbe2b" ma:taxonomyFieldName="VGR_UpprattadForEnheter" ma:displayName="Upprättad för enhet" ma:default="" ma:fieldId="{a7144f27-c6ef-407e-8fb4-465121afbe2b}" ma:taxonomyMulti="true" ma:sspId="5c300478-92f1-4a1e-b2db-7f8c75821d37" ma:termSetId="9cea25d0-9008-4d39-abcf-763a6009e600" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="ec6953a5eee3424faece5c2353cf0721" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="ec6953a5eee3424faece5c2353cf0721" ma:taxonomyFieldName="VGR_AmnesIndelning" ma:displayName="Regional ämnesindelning" ma:default="" ma:fieldId="{ec6953a5-eee3-424f-aece-5c2353cf0721}" ma:taxonomyMulti="true" ma:sspId="5c300478-92f1-4a1e-b2db-7f8c75821d37" ma:termSetId="66c52c7a-5036-4d83-ab03-8b3f33605b60" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="VGR_EgenAmnesindelning" ma:index="19" nillable="true" ma:displayName="Egen ämnesindelning" ma:description="Används för att samla upprättade handlingar utifrån egna ämnesindelningar. Flera ämnen separeras med kommatecken. Används vid publicering på webben." ma:hidden="true" ma:internalName="VGR_EgenAmnesindelning">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VGR_DokBeskrivning" ma:index="22" nillable="true" ma:displayName="Dokumentbeskrivning" ma:description="Kort beskrivning av innehållet i handlingen." ma:internalName="VGR_DokBeskrivning">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VGR_TillgangligFran" ma:index="23" nillable="true" ma:displayName="Tillgänglig från" ma:description="Tidpunkt när den upprättade handlingen blir publik och därmed nås från söktjänster och eventuella websidor." ma:format="DateTime" ma:hidden="true" ma:internalName="VGR_TillgangligFran" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VGR_TillgangligTill" ma:index="24" nillable="true" ma:displayName="Tillgänglig till" ma:description="Tidpunkt när den upprättade handlingen inte längre är publik och inte längre nås från söktjänster och eventuella websidor." ma:format="DateTime" ma:hidden="true" ma:internalName="VGR_TillgangligTill" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VGR_AtkomstRatt" ma:index="25" nillable="true" ma:displayName="Åtkomsträtt (värde)" ma:default="0" ma:description="Vilken spridning den upprättade handlingen ska ha. Vilka som ska kunna komma åt handlingen från mellanarkivet, söktjänster och eventuella websidor." ma:format="Dropdown" ma:hidden="true" ma:internalName="VGR_AtkomstRatt" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="0"/>
+          <xsd:enumeration value="1"/>
+          <xsd:enumeration value="2"/>
+          <xsd:enumeration value="3"/>
+          <xsd:enumeration value="4"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VGR_Sekretess" ma:index="26" nillable="true" ma:displayName="Skyddskod" ma:default="Allmän handling - Offentlig" ma:description="Skyddsbehov av informationen i den upprättade handlingen. Vid sekretess eller känsliga personuppgifter ska detta anges." ma:format="Dropdown" ma:hidden="true" ma:internalName="VGR_Sekretess" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Allmän handling - Offentlig"/>
+          <xsd:enumeration value="Sekretess - Allmän handling - skyddad enligt sekretess"/>
+          <xsd:enumeration value="GDPR - Allmän handling - skyddad enligt GDPR"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="i1597c54c9084fe5ae9163fac681e86b" ma:index="27" nillable="true" ma:taxonomy="true" ma:internalName="i1597c54c9084fe5ae9163fac681e86b" ma:taxonomyFieldName="VGR_Lagparagraf" ma:displayName="Lagparagraf" ma:default="" ma:fieldId="{21597c54-c908-4fe5-ae91-63fac681e86b}" ma:sspId="5c300478-92f1-4a1e-b2db-7f8c75821d37" ma:termSetId="ddb163ed-d655-4cf1-bb2c-a91ec57f9ce0" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="VGR_PubliceratAv" ma:index="29" nillable="true" ma:displayName="Upprättad av" ma:description="Inloggad person som upprättat dokumentet" ma:hidden="true" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="VGR_PubliceratAv" ma:readOnly="true" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="VGR_PubliceratDatum" ma:index="30" nillable="true" ma:displayName="Upprättad datum" ma:description="Tidpunkt när dokumentet upprättades och levererades som allmän handling till mellanarkivet" ma:format="DateTime" ma:hidden="true" ma:internalName="VGR_PubliceratDatum" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VGR_DokStatus" ma:index="31" nillable="true" ma:displayName="Mellanarkivstatus" ma:default="Arbetsmaterial" ma:description="Statusmärkning för dokument som beskriver var i processen dokumentet finns." ma:format="Dropdown" ma:hidden="true" ma:internalName="VGR_DokStatus" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Arbetsmaterial"/>
+          <xsd:enumeration value="Väntar på allmän handling"/>
+          <xsd:enumeration value="Allmän handling"/>
+          <xsd:enumeration value="Fel vid allmän handling"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VGR_DokStatusMessage" ma:index="34" nillable="true" ma:displayName="Dokumentlogg" ma:hidden="true" ma:internalName="VGR_DokStatusMessage" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="62000"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VGR_DokItemId" ma:index="35" nillable="true" ma:displayName="DokItemId" ma:hidden="true" ma:internalName="VGR_DokItemId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VGR_MellanarkivId" ma:index="36" nillable="true" ma:displayName="MellanarkivId" ma:hidden="true" ma:internalName="VGR_MellanarkivId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VGR_MellanarkivUrl" ma:index="37" nillable="true" ma:displayName="Arkivlänk" ma:format="Hyperlink" ma:hidden="true" ma:internalName="VGR_MellanarkivUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="VGR_MellanarkivWebbUrl" ma:index="38" nillable="true" ma:displayName="Arkivlänk för webben" ma:hidden="true" ma:internalName="VGR_MellanarkivWebbUrl" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VGR_ArkivDatum" ma:index="39" nillable="true" ma:displayName="ArkivDatum" ma:format="DateTime" ma:hidden="true" ma:internalName="VGR_ArkivDatum" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VGR_Gallras" ma:index="40" nillable="true" ma:displayName="Gallras" ma:description="" ma:hidden="true" ma:internalName="VGR_Gallras" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4552c23f-a756-462f-8287-3ff35245ed68" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="iff0133ac3934f858b1ec890ab98b185" ma:index="44" nillable="true" ma:taxonomy="true" ma:internalName="iff0133ac3934f858b1ec890ab98b185" ma:taxonomyFieldName="Handlingstyp_RS" ma:displayName="Handlingstyp RS" ma:fieldId="{2ff0133a-c393-4f85-8b1e-c890ab98b185}" ma:sspId="5c300478-92f1-4a1e-b2db-7f8c75821d37" ma:termSetId="de4697c2-9f06-477d-bb71-fe748a59b617" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="96c78637-e623-4ab8-9925-90fff1fffed3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="46" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="47" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <ec6953a5eee3424faece5c2353cf0721 xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </ec6953a5eee3424faece5c2353cf0721>
+    <VGR_DokBeskrivning xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b" xsi:nil="true"/>
+    <VGR_EgenAmnesindelning xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b" xsi:nil="true"/>
+    <iff0133ac3934f858b1ec890ab98b185 xmlns="4552c23f-a756-462f-8287-3ff35245ed68">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Presentationsbilder av tillfällig eller ringa betydelse</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">94ac529d-65de-4952-b5bd-f811fbdbd069</TermId>
+        </TermInfo>
+      </Terms>
+    </iff0133ac3934f858b1ec890ab98b185>
+    <a7144f27c6ef407e8fb4465121afbe2b xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Västra Götalandsregionen</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">4d2df4ef-426d-4ad7-b9ae-30c86e709bec</TermId>
+        </TermInfo>
+      </Terms>
+    </a7144f27c6ef407e8fb4465121afbe2b>
+    <TaxKeywordTaxHTField xmlns="edd9df84-53bc-4cd0-b5cf-20deb130260c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </TaxKeywordTaxHTField>
+    <i1597c54c9084fe5ae9163fac681e86b xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </i1597c54c9084fe5ae9163fac681e86b>
+    <m534ae9efef34a1ab5a1291502fec5e5 xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Avdelning social hållbarhet</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ca70d8d0-b39f-44ed-8132-9fba1f0f5792</TermId>
+        </TermInfo>
+      </Terms>
+    </m534ae9efef34a1ab5a1291502fec5e5>
+    <TaxCatchAll xmlns="edd9df84-53bc-4cd0-b5cf-20deb130260c">
+      <Value>4</Value>
+      <Value>2</Value>
+      <Value>1</Value>
+    </TaxCatchAll>
+    <_dlc_DocId xmlns="edd9df84-53bc-4cd0-b5cf-20deb130260c">RS4481-1638836835-14</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="edd9df84-53bc-4cd0-b5cf-20deb130260c">
+      <Url>https://vgregion.sharepoint.com/sites/sy-rs-barnets-rattigheter-i-vgr/_layouts/15/DocIdRedir.aspx?ID=RS4481-1638836835-14</Url>
+      <Description>RS4481-1638836835-14</Description>
+    </_dlc_DocIdUrl>
+    <VGR_Sekretess xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">Allmän handling - Offentlig</VGR_Sekretess>
+    <VGR_AtkomstRatt xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">1</VGR_AtkomstRatt>
+    <VGR_DokStatus xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">Väntar på allmän handling</VGR_DokStatus>
+    <VGR_TillgangligFran xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">2020-06-29T07:41:48+00:00</VGR_TillgangligFran>
+    <VGR_TillgangligTill xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">2024-02-07T15:33:27+00:00</VGR_TillgangligTill>
+    <VGR_PubliceratAv xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">
+      <UserInfo>
+        <DisplayName>Emma Konkell</DisplayName>
+        <AccountId>19</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </VGR_PubliceratAv>
+    <VGR_PubliceratDatum xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">2020-06-29T07:41:48+00:00</VGR_PubliceratDatum>
+    <VGR_DokStatusMessage xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">
+2022-02-07 16:33:31: Migrerad (PublishDocument) - Skapad av: emmha42, Migrerad av: majan5, Upprättad av: emmha42, KällId: workspace://SpacesStore/b04fc304-4c22-4944-a8ff-4ba10638cf66, KällVersion: 0.2
+2022-02-07 16:33:36: Låst för arkivering
+2022-02-07 16:36:25: Väntar på arkivering</VGR_DokStatusMessage>
+    <VGR_Gallras xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">Vid inaktualitet</VGR_Gallras>
+    <VGR_DokItemId xmlns="597d7713-8a3d-4bd2-ae30-edced55b2c1b">62babf43-059f-4247-9eb1-8178945e29cb</VGR_DokItemId>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAC48129-AC6A-4378-B4BD-D721BC760965}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{259BCBCB-12B3-490C-AB84-02284ACADE96}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{247B484A-4414-4655-9EC1-FFC8C1647FAE}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94790ECE-49AC-48B1-AA9F-D76DA3B6224C}"/>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92B066EF-026F-4B65-B725-464CAEEFA38F}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Info_ld_1sp_red</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>351</Words>
   <Characters>1863</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
@@ -8017,36 +8604,211 @@
         <vt:i4>1310834</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>-1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>2066</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>VGRsv</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Formulär prövning av barnets bästa 200527</dc:title>
   <dc:creator>Emma Konkell</dc:creator>
-  <keywords/>
-[...2 lines deleted...]
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="DC.identifier.checksum">
+    <vt:lpwstr>b7814518e7ad832db4817aacac763aca</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DC.contributor.acceptedby.freetext">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="DC.contributor.acceptedby.unit.freetext">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="DC.identifier.checksum.native">
+    <vt:lpwstr>067f4411002f67ba484464ed3aac6f44</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="DC.title.filename.native">
+    <vt:lpwstr>Formulär prövning av barnets bästa 200527.docx</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="DC.identifier">
+    <vt:lpwstr>https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/workspace/SpacesStore/8535d199-8a2a-4b97-b5eb-44f8bd6043d5?a=false&amp;guest=true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="DC.type.templatename">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="DC.contributor.controlledby.role">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="DC.source.origin">
+    <vt:lpwstr>Alfresco</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="DC.relation.isversionof">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="DC.contributor.controlledby.unit.freetext">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="DC.date.availablefrom">
+    <vt:lpwstr>2020-06-29</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="DC.type.document.structure.id">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="DC.type.document">
+    <vt:lpwstr>Information</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="DC.identifier.version">
+    <vt:lpwstr>0.2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="DC.type.document.id">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="DC.format.extent.mimetype">
+    <vt:lpwstr>application/pdf</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="nodeRef">
+    <vt:lpwstr>b04fc304-4c22-4944-a8ff-4ba10638cf66</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="updated">
+    <vt:lpwstr>2020-10-21</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="DC.format.extension.native">
+    <vt:lpwstr>docx</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="DC.publisher.id">
+    <vt:lpwstr>emmha42</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="DC.date.issued">
+    <vt:lpwstr>2020-06-29</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="DC.rights.accessrights">
+    <vt:lpwstr>[Internet]</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="DC.title.filename">
+    <vt:lpwstr>Formulär prövning av barnets bästa 200527.pdf</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="DC.publisher.forunit.id">
+    <vt:lpwstr>[SE2321000131-E000000000001]</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="DC.identifier.diarie.id">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="DC.publisher">
+    <vt:lpwstr>Emma Konkell (emmha42) VGR/Org/Regionstyrelsen/Koncernkontoret/Koncernstab Kommunikation och Externa relationer/Kommunikation koncernkontoret</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="DC.contributor.acceptedby.role">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="DC.source.documentid">
+    <vt:lpwstr>workspace://SpacesStore/8535d199-8a2a-4b97-b5eb-44f8bd6043d5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="DC.contributor.savedby.id">
+    <vt:lpwstr>emmha42</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="DC.type.document.structure">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="DC.format.extent.mimetype.native">
+    <vt:lpwstr>application/vnd.openxmlformats-officedocument.wordprocessingml.document</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="VGR.status.document">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="DC.creator.function">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="DC.contributor.controlledby.freetext">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="summary">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="DC.source">
+    <vt:lpwstr>https://alfresco.vgregion.se/share/page/site/dokument-vgr/document-details?nodeRef=workspace://SpacesStore/8535d199-8a2a-4b97-b5eb-44f8bd6043d5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="DC.identifier.documentid">
+    <vt:lpwstr>workspace://SpacesStore/b04fc304-4c22-4944-a8ff-4ba10638cf66</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="DC.creator.freetext">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="dcterms.created">
+    <vt:lpwstr>2020-06-29</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="DC.contributor.savedby">
+    <vt:lpwstr>Emma Konkell (emmha42) VGR/Org/Regionstyrelsen/Koncernkontoret/Koncernstab Kommunikation och Externa relationer/Kommunikation koncernkontoret</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="DC.type.record.id">
+    <vt:lpwstr>51465413</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="44" name="DC.language">
+    <vt:lpwstr>[Svenska]</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="45" name="DC.format.extension">
+    <vt:lpwstr>pdf</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="46" name="DC.type.record">
+    <vt:lpwstr>Ospecificerat</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="47" name="DC.date.saved">
+    <vt:lpwstr>2020-06-29</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="48" name="DC.publisher.forunit">
+    <vt:lpwstr>[Västra Götalandsregionen]</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="49" name="DC.creator.project-assignment">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="50" name="DC.identifier.native">
+    <vt:lpwstr>https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/workspace/SpacesStore/8535d199-8a2a-4b97-b5eb-44f8bd6043d5?a=false&amp;guest=true&amp;native=true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="51" name="ContentTypeId">
+    <vt:lpwstr>0x01010006EBECDF67F89F4D8BC5FAF3B8FA559B0200D9AAF21C6D51F241A6D7802D00E6DE47</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="52" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>f27c23ad-b6cb-4428-a7cf-3b6907d145de</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="53" name="VGR_AmnesIndelning">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="54" name="TaxKeyword">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="55" name="Handlingstyp_RS">
+    <vt:lpwstr>4;#Presentationsbilder av tillfällig eller ringa betydelse|94ac529d-65de-4952-b5bd-f811fbdbd069</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="56" name="VGR_SkapatEnhet">
+    <vt:lpwstr>1;#Avdelning social hållbarhet|ca70d8d0-b39f-44ed-8132-9fba1f0f5792</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="57" name="VGR_UpprattadForEnheter">
+    <vt:lpwstr>2;#Västra Götalandsregionen|4d2df4ef-426d-4ad7-b9ae-30c86e709bec</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="58" name="VGR_Lagparagraf">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>