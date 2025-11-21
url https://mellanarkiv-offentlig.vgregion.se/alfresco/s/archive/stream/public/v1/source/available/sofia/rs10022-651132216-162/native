--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -6,125 +6,134 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
         <w:tblCaption w:val="Information om dokument och handläggare"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="3430"/>
       </w:tblGrid>
       <w:tr w:rsidR="07977C46" w14:paraId="6EFB378D" w14:textId="77777777" w:rsidTr="3F58EFC3">
         <w:trPr>
           <w:trHeight w:val="910"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72AD278E" w14:textId="53B575F8" w:rsidR="07977C46" w:rsidRDefault="00041303" w:rsidP="07977C46">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Ägardirektiv</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BB4A09B" w14:textId="70E2BD8E" w:rsidR="07977C46" w:rsidRDefault="07977C46" w:rsidP="07977C46">
+          <w:p w14:paraId="7BB4A09B" w14:textId="3F31DDA8" w:rsidR="07977C46" w:rsidRDefault="07977C46" w:rsidP="07977C46">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Diarienummer: </w:t>
             </w:r>
-            <w:r w:rsidR="00683AA8" w:rsidRPr="00683AA8">
-              <w:t>RS 2023-00183</w:t>
+            <w:r w:rsidR="00412A6F" w:rsidRPr="00412A6F">
+              <w:t>RS 2024-03263</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5446F1E6" w14:textId="4D5173F2" w:rsidR="07977C46" w:rsidRDefault="07977C46" w:rsidP="07977C46">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="07977C46">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Västra Götalandsregionen</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="492B7140" w14:textId="0EA160ED" w:rsidR="07977C46" w:rsidRPr="009F392A" w:rsidRDefault="00CC0314" w:rsidP="00AA1F6A">
+          <w:p w14:paraId="492B7140" w14:textId="7D7FEFB7" w:rsidR="07977C46" w:rsidRPr="009F392A" w:rsidRDefault="00CC0314" w:rsidP="00AA1F6A">
             <w:pPr>
               <w:pStyle w:val="Antaget"/>
             </w:pPr>
             <w:r>
-              <w:t>antaget av regionfullmäktige den 14 februari 2023, §7</w:t>
+              <w:t xml:space="preserve">antaget av regionfullmäktige den </w:t>
+            </w:r>
+            <w:r w:rsidR="00E14D9C">
+              <w:t>3 december 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, §</w:t>
+            </w:r>
+            <w:r w:rsidR="00E14D9C">
+              <w:t>228</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="63CA1907" w14:textId="62E6CAC2" w:rsidR="00CD0BA8" w:rsidRDefault="00041303" w:rsidP="00572039">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ägardirektiv </w:t>
       </w:r>
       <w:r w:rsidR="00900101">
         <w:t xml:space="preserve">för </w:t>
       </w:r>
       <w:r w:rsidR="00994874" w:rsidRPr="00994874">
         <w:t>Göteborgsoperan AB</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B2B21DE" w14:textId="22C808E5" w:rsidR="005C6321" w:rsidRDefault="005C6321" w:rsidP="00DB77AF">
       <w:r>
         <w:t>Dokumentet består av tre delar. Först en allmän översiktlig beskrivning regionens styrsystem (A-delen) och därefter en generell del (B-delen) som innehåller bestämmelser som gäller för samtliga bolagsstyrelser och en specifik del (C-delen) som beskriver bolagsspecifika direktiv.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="111CF6E0" w14:textId="41ECE6CF" w:rsidR="005C6321" w:rsidRDefault="005C6321" w:rsidP="005C6321">
@@ -1853,171 +1862,145 @@
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>C.</w:t>
       </w:r>
       <w:r w:rsidR="00633C2D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bolagsspecifikt direktiv </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="650F08FB" w14:textId="1A02D17C" w:rsidR="00994874" w:rsidRDefault="00994874" w:rsidP="00994874">
       <w:pPr>
         <w:pStyle w:val="Formatmall-ListaFrstaraden0cmEfter6pt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00994874">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>GöteborgsOperan</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>GöteborgsOperan ska bedriva opera-, musikal- och dansverksamhet med hög internationell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00994874">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ska bedriva opera-, musikal- och dansverksamhet med hög internationell</w:t>
+        <w:t>konstnärlig kvalitet för en bred publik. Bolagets orkester ska också bedriva konsertverksamhet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792B3931" w14:textId="77777777" w:rsidR="00994874" w:rsidRPr="00994874" w:rsidRDefault="00994874" w:rsidP="00994874">
+      <w:pPr>
+        <w:pStyle w:val="Formatmall-ListaFrstaraden0cmEfter6pt"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="649CB105" w14:textId="5EF308C1" w:rsidR="00994874" w:rsidRDefault="00994874" w:rsidP="00994874">
+      <w:pPr>
+        <w:pStyle w:val="Formatmall-ListaFrstaraden0cmEfter6pt"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00994874">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bolaget ska upprätthålla och utveckla sin nationella och internationella position som ett av</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00994874">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>konstnärlig kvalitet för en bred publik. Bolagets orkester ska också bedriva konsertverksamhet.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="792B3931" w14:textId="77777777" w:rsidR="00994874" w:rsidRPr="00994874" w:rsidRDefault="00994874" w:rsidP="00994874">
+        <w:t>norra Europas intressantaste operahus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA3B599" w14:textId="77777777" w:rsidR="00994874" w:rsidRPr="00994874" w:rsidRDefault="00994874" w:rsidP="00994874">
       <w:pPr>
         <w:pStyle w:val="Formatmall-ListaFrstaraden0cmEfter6pt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="649CB105" w14:textId="5EF308C1" w:rsidR="00994874" w:rsidRDefault="00994874" w:rsidP="00994874">
+    <w:p w14:paraId="16B53CA5" w14:textId="17860357" w:rsidR="00994874" w:rsidRDefault="00EB5708" w:rsidP="00994874">
       <w:pPr>
         <w:pStyle w:val="Formatmall-ListaFrstaraden0cmEfter6pt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00994874">
-[...69 lines deleted...]
-        <w:t>och/eller social bakgrund.</w:t>
+      <w:r w:rsidRPr="00EB5708">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bolaget ska utifrån operahuset i Göteborg och scener runt om i Västra Götaland, samt genom turnéer, gästspel och digital media, nå invånarna i Västra Götaland oavsett ålder, kön och/eller social bakgrund.</w:t>
+      </w:r>
+      <w:r w:rsidR="00994874" w:rsidRPr="00994874">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE33D2E" w14:textId="77777777" w:rsidR="00994874" w:rsidRPr="00994874" w:rsidRDefault="00994874" w:rsidP="00994874">
       <w:pPr>
         <w:pStyle w:val="Formatmall-ListaFrstaraden0cmEfter6pt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A703B91" w14:textId="2184ADA2" w:rsidR="00994874" w:rsidRDefault="00994874" w:rsidP="00994874">
       <w:pPr>
         <w:pStyle w:val="Formatmall-ListaFrstaraden0cmEfter6pt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -2079,148 +2062,148 @@
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00633C2D" w:rsidRPr="00F34365" w:rsidSect="003A0736">
       <w:headerReference w:type="even" r:id="rId13"/>
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="even" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1797" w:right="1418" w:bottom="851" w:left="1701" w:header="709" w:footer="643" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1832FBC1" w14:textId="77777777" w:rsidR="00124A00" w:rsidRDefault="00124A00">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="13935618" w14:textId="77777777" w:rsidR="00124A00" w:rsidRDefault="00124A00">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="2AFE6BA1" w14:textId="77777777" w:rsidR="00124A00" w:rsidRDefault="00124A00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72ECF44E" w14:textId="77777777" w:rsidR="00AA1F6A" w:rsidRDefault="00AA1F6A">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2929"/>
       <w:gridCol w:w="2929"/>
       <w:gridCol w:w="2929"/>
     </w:tblGrid>
     <w:tr w:rsidR="36FE38EC" w14:paraId="27F3F8FB" w14:textId="77777777" w:rsidTr="36FE38EC">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2929" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="1B894BAD" w14:textId="73618CE5" w:rsidR="36FE38EC" w:rsidRDefault="36FE38EC" w:rsidP="36FE38EC">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
@@ -2234,135 +2217,135 @@
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2929" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="233BFCDA" w14:textId="437B99F6" w:rsidR="36FE38EC" w:rsidRDefault="36FE38EC" w:rsidP="36FE38EC">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="7102FE1C" w14:textId="0B401E27" w:rsidR="36FE38EC" w:rsidRDefault="36FE38EC" w:rsidP="36FE38EC">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="52C86224" w14:textId="77777777" w:rsidR="00AA1F6A" w:rsidRDefault="00AA1F6A">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1E9093DC" w14:textId="77777777" w:rsidR="00124A00" w:rsidRDefault="00124A00">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2F2A762C" w14:textId="77777777" w:rsidR="00124A00" w:rsidRDefault="00124A00">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="3B891097" w14:textId="77777777" w:rsidR="00124A00" w:rsidRDefault="00124A00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="245650F3" w14:textId="77777777" w:rsidR="00FB491F" w:rsidRDefault="00FB491F" w:rsidP="007C6623">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1E6C3433" w14:textId="77777777" w:rsidR="00FB491F" w:rsidRDefault="00FB491F" w:rsidP="007F2BCC">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="05AFA467" w14:textId="45DAEC4A" w:rsidR="36FE38EC" w:rsidRPr="00D4628E" w:rsidRDefault="00D4628E" w:rsidP="00D4628E">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r w:rsidRPr="00D4628E">
       <w:t>Ägardirektiv för Göteborgsoperan AB antaget av regionfullmäktige den 14 februari 2023, §7</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18E024F0" w14:textId="77777777" w:rsidR="00FB491F" w:rsidRDefault="00FB491F" w:rsidP="005947FD">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44485D48" wp14:editId="31607617">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>504190</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2415540" cy="487680"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bild 2">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -2402,51 +2385,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="59267652"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FE62AC30"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -5883,53 +5866,52 @@
   <w:num w:numId="36" w16cid:durableId="1182166851">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="705985242">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="2134788000">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="675376828">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1186552880">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1103765401">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1607349744">
     <w:abstractNumId w:val="30"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -6061,50 +6043,51 @@
     <w:rsid w:val="00383734"/>
     <w:rsid w:val="00390B97"/>
     <w:rsid w:val="00392706"/>
     <w:rsid w:val="003931B9"/>
     <w:rsid w:val="003931BB"/>
     <w:rsid w:val="00396CF9"/>
     <w:rsid w:val="003A0736"/>
     <w:rsid w:val="003A094F"/>
     <w:rsid w:val="003A3153"/>
     <w:rsid w:val="003A4F0D"/>
     <w:rsid w:val="003B4DE5"/>
     <w:rsid w:val="003B5AA7"/>
     <w:rsid w:val="003B78E0"/>
     <w:rsid w:val="003C679C"/>
     <w:rsid w:val="003D064B"/>
     <w:rsid w:val="003D173F"/>
     <w:rsid w:val="003D2FD2"/>
     <w:rsid w:val="003D72C5"/>
     <w:rsid w:val="003E0A51"/>
     <w:rsid w:val="003E1DE3"/>
     <w:rsid w:val="003E3297"/>
     <w:rsid w:val="003F0656"/>
     <w:rsid w:val="003F2999"/>
     <w:rsid w:val="003F7D4D"/>
     <w:rsid w:val="004052B7"/>
+    <w:rsid w:val="00412A6F"/>
     <w:rsid w:val="00420E04"/>
     <w:rsid w:val="00424922"/>
     <w:rsid w:val="00435FCE"/>
     <w:rsid w:val="00442545"/>
     <w:rsid w:val="00445259"/>
     <w:rsid w:val="00447F86"/>
     <w:rsid w:val="00453ED3"/>
     <w:rsid w:val="00455454"/>
     <w:rsid w:val="00455877"/>
     <w:rsid w:val="00461831"/>
     <w:rsid w:val="004637C8"/>
     <w:rsid w:val="004657E8"/>
     <w:rsid w:val="0048103A"/>
     <w:rsid w:val="00485759"/>
     <w:rsid w:val="004869E1"/>
     <w:rsid w:val="00487532"/>
     <w:rsid w:val="0049101B"/>
     <w:rsid w:val="00495E6F"/>
     <w:rsid w:val="00497182"/>
     <w:rsid w:val="004B02CA"/>
     <w:rsid w:val="004B22B2"/>
     <w:rsid w:val="004C017A"/>
     <w:rsid w:val="004C0539"/>
     <w:rsid w:val="004C172C"/>
     <w:rsid w:val="004E2F3C"/>
@@ -6277,50 +6260,51 @@
     <w:rsid w:val="00957059"/>
     <w:rsid w:val="00957FB0"/>
     <w:rsid w:val="00961AA9"/>
     <w:rsid w:val="0096281A"/>
     <w:rsid w:val="009642E5"/>
     <w:rsid w:val="00965DED"/>
     <w:rsid w:val="00966769"/>
     <w:rsid w:val="00966DDF"/>
     <w:rsid w:val="009704B3"/>
     <w:rsid w:val="009714CE"/>
     <w:rsid w:val="0098777A"/>
     <w:rsid w:val="009919E1"/>
     <w:rsid w:val="00991C1F"/>
     <w:rsid w:val="00994874"/>
     <w:rsid w:val="00997A26"/>
     <w:rsid w:val="009A45AD"/>
     <w:rsid w:val="009A500F"/>
     <w:rsid w:val="009A73ED"/>
     <w:rsid w:val="009B67EE"/>
     <w:rsid w:val="009C204E"/>
     <w:rsid w:val="009C5763"/>
     <w:rsid w:val="009C5D6E"/>
     <w:rsid w:val="009C7946"/>
     <w:rsid w:val="009D10CC"/>
     <w:rsid w:val="009E2577"/>
+    <w:rsid w:val="009E3808"/>
     <w:rsid w:val="009E61FC"/>
     <w:rsid w:val="009E706B"/>
     <w:rsid w:val="009E7C1E"/>
     <w:rsid w:val="009F392A"/>
     <w:rsid w:val="009F6AC2"/>
     <w:rsid w:val="00A00F3A"/>
     <w:rsid w:val="00A01F1C"/>
     <w:rsid w:val="00A07ED3"/>
     <w:rsid w:val="00A12D5E"/>
     <w:rsid w:val="00A14A5A"/>
     <w:rsid w:val="00A2372E"/>
     <w:rsid w:val="00A24441"/>
     <w:rsid w:val="00A31842"/>
     <w:rsid w:val="00A3295C"/>
     <w:rsid w:val="00A33030"/>
     <w:rsid w:val="00A3541B"/>
     <w:rsid w:val="00A46992"/>
     <w:rsid w:val="00A5507D"/>
     <w:rsid w:val="00A564A6"/>
     <w:rsid w:val="00A627F0"/>
     <w:rsid w:val="00A707A1"/>
     <w:rsid w:val="00A75EF2"/>
     <w:rsid w:val="00A766AC"/>
     <w:rsid w:val="00A76CE2"/>
     <w:rsid w:val="00A812AE"/>
@@ -6339,50 +6323,51 @@
     <w:rsid w:val="00AA5987"/>
     <w:rsid w:val="00AB3589"/>
     <w:rsid w:val="00AD3FCA"/>
     <w:rsid w:val="00AE43BC"/>
     <w:rsid w:val="00AF1A35"/>
     <w:rsid w:val="00B062B8"/>
     <w:rsid w:val="00B10482"/>
     <w:rsid w:val="00B13948"/>
     <w:rsid w:val="00B14E16"/>
     <w:rsid w:val="00B24ACE"/>
     <w:rsid w:val="00B25347"/>
     <w:rsid w:val="00B325CA"/>
     <w:rsid w:val="00B34BAA"/>
     <w:rsid w:val="00B351FE"/>
     <w:rsid w:val="00B4270C"/>
     <w:rsid w:val="00B428DE"/>
     <w:rsid w:val="00B4631B"/>
     <w:rsid w:val="00B46606"/>
     <w:rsid w:val="00B50143"/>
     <w:rsid w:val="00B52103"/>
     <w:rsid w:val="00B561D9"/>
     <w:rsid w:val="00B62C89"/>
     <w:rsid w:val="00B72C0C"/>
     <w:rsid w:val="00B80F37"/>
     <w:rsid w:val="00BA45FB"/>
+    <w:rsid w:val="00BA70F7"/>
     <w:rsid w:val="00BC4422"/>
     <w:rsid w:val="00BD1588"/>
     <w:rsid w:val="00BE41A1"/>
     <w:rsid w:val="00BE5FC1"/>
     <w:rsid w:val="00BE7055"/>
     <w:rsid w:val="00BF1C34"/>
     <w:rsid w:val="00C02B55"/>
     <w:rsid w:val="00C03923"/>
     <w:rsid w:val="00C041EF"/>
     <w:rsid w:val="00C104E1"/>
     <w:rsid w:val="00C10B13"/>
     <w:rsid w:val="00C10BF9"/>
     <w:rsid w:val="00C21916"/>
     <w:rsid w:val="00C33DD2"/>
     <w:rsid w:val="00C42266"/>
     <w:rsid w:val="00C4609F"/>
     <w:rsid w:val="00C50DE3"/>
     <w:rsid w:val="00C518CD"/>
     <w:rsid w:val="00C5400D"/>
     <w:rsid w:val="00C5548A"/>
     <w:rsid w:val="00C56185"/>
     <w:rsid w:val="00C60E48"/>
     <w:rsid w:val="00C63FF4"/>
     <w:rsid w:val="00C739C2"/>
     <w:rsid w:val="00C83785"/>
@@ -6426,76 +6411,78 @@
     <w:rsid w:val="00D6658A"/>
     <w:rsid w:val="00D71D34"/>
     <w:rsid w:val="00D76376"/>
     <w:rsid w:val="00D85166"/>
     <w:rsid w:val="00D85AED"/>
     <w:rsid w:val="00D8790C"/>
     <w:rsid w:val="00D90F04"/>
     <w:rsid w:val="00D92209"/>
     <w:rsid w:val="00D92FFA"/>
     <w:rsid w:val="00DA0210"/>
     <w:rsid w:val="00DA3DF6"/>
     <w:rsid w:val="00DA4726"/>
     <w:rsid w:val="00DA57A5"/>
     <w:rsid w:val="00DA724B"/>
     <w:rsid w:val="00DB1608"/>
     <w:rsid w:val="00DB77AF"/>
     <w:rsid w:val="00DC5D2F"/>
     <w:rsid w:val="00DC6802"/>
     <w:rsid w:val="00DD27C9"/>
     <w:rsid w:val="00DD2ED7"/>
     <w:rsid w:val="00DD488A"/>
     <w:rsid w:val="00DD7157"/>
     <w:rsid w:val="00DE0DF6"/>
     <w:rsid w:val="00DF7C16"/>
     <w:rsid w:val="00E13229"/>
+    <w:rsid w:val="00E14D9C"/>
     <w:rsid w:val="00E157AB"/>
     <w:rsid w:val="00E20898"/>
     <w:rsid w:val="00E217F7"/>
     <w:rsid w:val="00E3733A"/>
     <w:rsid w:val="00E4060B"/>
     <w:rsid w:val="00E422E3"/>
     <w:rsid w:val="00E4564E"/>
     <w:rsid w:val="00E5041D"/>
     <w:rsid w:val="00E5184F"/>
     <w:rsid w:val="00E54B31"/>
     <w:rsid w:val="00E614EB"/>
     <w:rsid w:val="00E620ED"/>
     <w:rsid w:val="00E65D11"/>
     <w:rsid w:val="00E719D9"/>
     <w:rsid w:val="00E82B9B"/>
     <w:rsid w:val="00E83AC9"/>
     <w:rsid w:val="00E83B1E"/>
     <w:rsid w:val="00E96E6D"/>
     <w:rsid w:val="00EA1229"/>
     <w:rsid w:val="00EA1D31"/>
     <w:rsid w:val="00EA4ED0"/>
     <w:rsid w:val="00EA7480"/>
     <w:rsid w:val="00EB0100"/>
     <w:rsid w:val="00EB1FEE"/>
     <w:rsid w:val="00EB3C0B"/>
     <w:rsid w:val="00EB3F4C"/>
+    <w:rsid w:val="00EB5708"/>
     <w:rsid w:val="00EB66E6"/>
     <w:rsid w:val="00EC466A"/>
     <w:rsid w:val="00EC6721"/>
     <w:rsid w:val="00EC6CF2"/>
     <w:rsid w:val="00ED66A8"/>
     <w:rsid w:val="00EE067F"/>
     <w:rsid w:val="00EE2B1B"/>
     <w:rsid w:val="00EF3CBF"/>
     <w:rsid w:val="00F00FEF"/>
     <w:rsid w:val="00F05B67"/>
     <w:rsid w:val="00F10E7E"/>
     <w:rsid w:val="00F1154E"/>
     <w:rsid w:val="00F17B5D"/>
     <w:rsid w:val="00F204C0"/>
     <w:rsid w:val="00F235CA"/>
     <w:rsid w:val="00F239AC"/>
     <w:rsid w:val="00F24F5A"/>
     <w:rsid w:val="00F27A48"/>
     <w:rsid w:val="00F32A2F"/>
     <w:rsid w:val="00F34365"/>
     <w:rsid w:val="00F37473"/>
     <w:rsid w:val="00F40E76"/>
     <w:rsid w:val="00F43974"/>
     <w:rsid w:val="00F44FE4"/>
     <w:rsid w:val="00F6238A"/>
@@ -6814,51 +6801,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="787C343A"/>
   <w15:docId w15:val="{164E01EE-D4DF-40B7-86C1-164039F12334}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7268,51 +7255,50 @@
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C60E48"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
@@ -7814,51 +7800,51 @@
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00633C2D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1163275421">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1623725127">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8227,72 +8213,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1949</Words>
-  <Characters>13109</Characters>
+  <Words>1952</Words>
+  <Characters>13125</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>109</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>VGRIT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15028</CharactersWithSpaces>
+  <CharactersWithSpaces>15047</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Ägardirektiv GöteborgsOperan</dc:title>
   <dc:subject/>
   <dc:creator>Patrik Johansson</dc:creator>
   <keywords/>
   <lastModifiedBy>Katrin Urbäck</lastModifiedBy>
-  <revision>4</revision>
+  <revision>7</revision>
   <lastPrinted>2022-09-27T07:14:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>