--- v0 (2025-11-13)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="06828E89" w14:textId="77777777" w:rsidR="008612F4" w:rsidRDefault="006835FA" w:rsidP="687922C5">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve">Åtgärdsplan då </w:t>
       </w:r>
       <w:r w:rsidR="00F226B2">
         <w:rPr>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve">ST-läkare </w:t>
       </w:r>
       <w:r w:rsidR="008A60CE">
         <w:rPr>
@@ -330,102 +330,114 @@
       </w:r>
       <w:r w:rsidR="003B433E" w:rsidRPr="003B433E">
         <w:t>tt ST-läkare riskerar att inte up</w:t>
       </w:r>
       <w:r w:rsidR="003E7E1F">
         <w:t>pnå</w:t>
       </w:r>
       <w:r w:rsidR="003B433E" w:rsidRPr="003B433E">
         <w:t xml:space="preserve"> kompetenskraven</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49D20BF6" w14:textId="77777777" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="000C2C7E">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Underlag samlas in </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A21B54F" w14:textId="54E50F8E" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="006A0A49" w:rsidP="003B433E">
+    <w:p w14:paraId="1A21B54F" w14:textId="789FFA25" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="006A0A49" w:rsidP="003B433E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Underlag samlas in </w:t>
       </w:r>
       <w:r w:rsidR="003B433E" w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>av handledare i samråd med chef för att få oron bekräftad eller avskriven.</w:t>
       </w:r>
+      <w:r w:rsidR="004F1133">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6695D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Gemensamt möte kan redan nu övervägas med ST-läkare, handledare och chef samt eventuellt också studierektor.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="314A7034" w14:textId="7C03EAF4" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="000C2C7E">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Fastställ</w:t>
       </w:r>
       <w:r w:rsidR="00B77B8B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> kompetens</w:t>
       </w:r>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>områden</w:t>
       </w:r>
       <w:r w:rsidR="00B77B8B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> med bristfällig utveckling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBF4A8B" w14:textId="23CEE3A1" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="6B9D6DEB">
+    <w:p w14:paraId="0FBF4A8B" w14:textId="6421C490" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="6B9D6DEB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6B9D6DEB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Det är viktigt att tydliggöra inom vilka </w:t>
       </w:r>
       <w:r w:rsidR="000E6B2F" w:rsidRPr="6B9D6DEB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>kompetens</w:t>
       </w:r>
       <w:r w:rsidRPr="6B9D6DEB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">områden som </w:t>
       </w:r>
       <w:r w:rsidR="00AB3163" w:rsidRPr="6B9D6DEB">
         <w:rPr>
@@ -525,50 +537,62 @@
       </w:r>
       <w:r w:rsidR="00AC11F7" w:rsidRPr="6B9D6DEB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> bilaga 1 för beskrivning av </w:t>
       </w:r>
       <w:r w:rsidRPr="6B9D6DEB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">kompetensområden samt </w:t>
       </w:r>
       <w:r w:rsidR="00461790" w:rsidRPr="6B9D6DEB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>förslag på kompetensbedömningar</w:t>
       </w:r>
       <w:r w:rsidRPr="6B9D6DEB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="00C6695D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Gemensamt möte med ST-läkare, handledare och chef samt studierektor</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6695D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> behöver oftast genomföras.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6E0D4E2E" w14:textId="6CD562A6" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="000C2C7E">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Kartlägg </w:t>
       </w:r>
       <w:r w:rsidR="001D2547">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">orsaker </w:t>
       </w:r>
       <w:r w:rsidR="000D7892">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">till </w:t>
@@ -582,61 +606,67 @@
       <w:r w:rsidR="00B60796">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00F0166A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>ter</w:t>
       </w:r>
       <w:r w:rsidR="00B60796">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D7892">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>i kompetensutvecklingen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507E0972" w14:textId="77777777" w:rsidR="003B433E" w:rsidRDefault="003B433E" w:rsidP="003B433E">
-[...9 lines deleted...]
-        <w:t>Görs vid ett gemensamt möte med handledare, chef, ST-läkare samt studierektor.</w:t>
+    <w:p w14:paraId="507E0972" w14:textId="4B36DDA4" w:rsidR="003B433E" w:rsidRDefault="005E20CB" w:rsidP="003B433E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Kartläggning g</w:t>
+      </w:r>
+      <w:r w:rsidR="003B433E" w:rsidRPr="003B433E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>örs vid ett gemensamt möte med handledare, chef, ST-läkare samt studierektor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="395FF545" w14:textId="747EC960" w:rsidR="009E18F2" w:rsidRDefault="009E18F2" w:rsidP="009E18F2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ST-läkares egen </w:t>
       </w:r>
       <w:r w:rsidR="00445D4D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">värdering och </w:t>
       </w:r>
       <w:r w:rsidRPr="003B433E">
@@ -979,111 +1009,117 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> Löpande vid stödåtgärder eller efter att hela åtgärdsplanen slutförts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EF79FFD" w14:textId="76F1D280" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="006B1CA4" w:rsidP="003B433E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Bestäm t</w:t>
       </w:r>
       <w:r w:rsidR="003B433E" w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>idpunkt för utvärdering av åtgärdsplanen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CC18627" w14:textId="6C59823B" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="003B433E">
+    <w:p w14:paraId="0CC18627" w14:textId="59BB88A6" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="003B433E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Beakta </w:t>
       </w:r>
       <w:r w:rsidR="0029688F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>om</w:t>
       </w:r>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve"> HR, FHV</w:t>
+        <w:t xml:space="preserve"> HR, F</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67927">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>öretagshälsovård</w:t>
       </w:r>
       <w:r w:rsidR="0029688F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>, språkstöd</w:t>
       </w:r>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> samt ev</w:t>
       </w:r>
       <w:r w:rsidR="005A67F7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>entuellt</w:t>
       </w:r>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> fackförbund behöver kopplas in och klarlägg ansvarsområden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A86B65D" w14:textId="77777777" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="000C2C7E">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Dokumentation av genomförda moment i åtgärdsplanen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D0F0765" w14:textId="04672565" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="00EF14B7" w:rsidP="003B433E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Utse en a</w:t>
       </w:r>
       <w:r w:rsidR="003B433E" w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">nsvarig person </w:t>
       </w:r>
       <w:r w:rsidR="0020190B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
@@ -1101,74 +1137,99 @@
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Utvärdering av åtgärdsplanen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47157CC7" w14:textId="77777777" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="003B433E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Utifrån utvärderingen beslutas om:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E60B476" w14:textId="77777777" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="003B433E">
+    <w:p w14:paraId="1E60B476" w14:textId="77777777" w:rsidR="003B433E" w:rsidRDefault="003B433E" w:rsidP="003B433E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>-åtgärdsplanen kan avslutas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF7E85B" w14:textId="77777777" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="003B433E">
+    <w:p w14:paraId="70B51A22" w14:textId="07CD8934" w:rsidR="005A61B7" w:rsidRPr="003B433E" w:rsidRDefault="005A61B7" w:rsidP="003B433E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>- justering av IUP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF7E85B" w14:textId="6DA10653" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="003B433E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>-ny justerad åtgärdsplan upprättas med ännu tydligare krav på ST-läkarens insatser</w:t>
+        <w:t>-ny justerad åtgärdsplan upprättas med ännu tydligare krav på ST-läkarens</w:t>
+      </w:r>
+      <w:r w:rsidR="005A61B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller andra aktörers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B433E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> insatser</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0799F4EE" w14:textId="77777777" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="003B433E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>-avslut av ST- kontrakt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38560A54" w14:textId="77777777" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="003B433E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57D71760" w14:textId="77777777" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="000C2C7E">
@@ -1242,61 +1303,97 @@
       <w:r w:rsidR="004135AB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00752898">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004135AB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>utbild</w:t>
       </w:r>
       <w:r w:rsidR="003B433E" w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>ningschef fatta beslut om att avsluta ST-kontraktet. Beslutet ska diarieföras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B91DBFF" w14:textId="5FADDD19" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="003B433E">
+    <w:p w14:paraId="6B91DBFF" w14:textId="0A7D2B7C" w:rsidR="003B433E" w:rsidRPr="003B433E" w:rsidRDefault="003B433E" w:rsidP="003B433E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B433E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Om olika uppfattningar föreligger mellan ovan nämnda parter (verksamhetschef, handledare och studierektor) kontaktas Koncernkontoret.</w:t>
+        <w:t>Om olika uppfattningar föreligger mellan nämnda parter (verksamhetschef, handledare</w:t>
+      </w:r>
+      <w:r w:rsidR="005A61B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B433E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> studierektor</w:t>
+      </w:r>
+      <w:r w:rsidR="005A61B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och utbildningschef</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B433E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>) kontaktas Koncernkontoret</w:t>
+      </w:r>
+      <w:r w:rsidR="005A61B7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för vidare beslut</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B433E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E607902" w14:textId="77777777" w:rsidR="003B433E" w:rsidRDefault="003B433E" w:rsidP="003B433E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62E4E147" w14:textId="0B4843DF" w:rsidR="00425776" w:rsidRPr="00425776" w:rsidRDefault="00425776" w:rsidP="00425776">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00425776">
@@ -1355,62 +1452,60 @@
       </w:r>
       <w:r>
         <w:t>öd</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="211F2241" w14:textId="37548497" w:rsidR="007B0A58" w:rsidRDefault="007B0A58" w:rsidP="00FB5BE1">
       <w:r>
         <w:t>Bilaga 2</w:t>
       </w:r>
       <w:r w:rsidR="008141EC">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00083FCD">
         <w:t xml:space="preserve">Exempel på </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">olika moment </w:t>
       </w:r>
       <w:r w:rsidR="00083FCD">
         <w:t>som kan ingå i en</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> åtgärdsplan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C53A06F" w14:textId="2DBFA77C" w:rsidR="007B0A58" w:rsidRPr="00FB5BE1" w:rsidRDefault="008141EC" w:rsidP="00FB5BE1">
+    <w:p w14:paraId="6E78A6D5" w14:textId="744F81DF" w:rsidR="008141EC" w:rsidRDefault="008141EC" w:rsidP="00FB5BE1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:t>Bilaga 3: Åtgärdsplan för ST-läkare i allmänmedicin</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="4DA1E641" w14:textId="77777777" w:rsidR="008141EC" w:rsidRDefault="008141EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C9385AB" w14:textId="22379F70" w:rsidR="00F21753" w:rsidRDefault="00F21753" w:rsidP="0013630D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Bilaga 1</w:t>
@@ -1628,82 +1723,94 @@
       <w:r w:rsidR="00FB5BE1" w:rsidRPr="0016064F">
         <w:t>(Medicinskt Omdöme</w:t>
       </w:r>
       <w:r w:rsidR="00FB5BE1" w:rsidRPr="008E4484">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F6CB5DE" w14:textId="5894A896" w:rsidR="00FB5BE1" w:rsidRPr="006D1401" w:rsidRDefault="00FB5BE1" w:rsidP="003F5840">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1401">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Kommer utifrån erfarenhetsnivå fram till rimliga diagnoser och differentialdiagnoser och föreslår adekvat utredning och behandling.</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1401">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4889D393" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
+    <w:p w14:paraId="4889D393" w14:textId="1EFD20ED" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
-        <w:t xml:space="preserve">Individer med problem här kan svara på faktafrågor, men har svårt att smala av och rikta in sin status och anamnes och får således med mycket oviktig information som man måste sålla i. Beställer för mycket prover/undersökning och överutreder. Har svårt att prioritera mellan </w:t>
+        <w:t>Individer med problem här kan svara på faktafrågor, men har svårt att smal</w:t>
+      </w:r>
+      <w:r w:rsidR="00432218">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="218E02A1">
+        <w:t xml:space="preserve">a av och rikta in sin status och anamnes och får således med mycket oviktig information som man måste sålla i. Beställer för mycket prover/undersökning och överutreder. Har svårt att prioritera mellan </w:t>
       </w:r>
       <w:r w:rsidRPr="218E02A1">
         <w:lastRenderedPageBreak/>
         <w:t>olika differentialdiagnoser och kan inte riskvärdera. Kan inte anpassa behandlingar/utredningar till individen. Kan inte se behandlingsstrategier/interventioner ur ett mer långsiktigt perspektiv</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8684A4" w14:textId="750DA9D4" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
+    <w:p w14:paraId="6A8684A4" w14:textId="1A772BE0" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="008E4484">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bedömningsförslag:</w:t>
       </w:r>
       <w:r w:rsidRPr="218E02A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Mini Cex, DOPS, Specialistkollegium, CBD, Journalgranskning</w:t>
+        <w:t xml:space="preserve">Mini Cex, </w:t>
+      </w:r>
+      <w:r w:rsidR="006D0D00">
+        <w:t xml:space="preserve">Allmänmedicinsk kompetens, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>DOPS, Specialistkollegium, CBD, Journalgranskning</w:t>
       </w:r>
       <w:r w:rsidR="008E4484">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="66BF92B5" w14:textId="74566769" w:rsidR="008E4484" w:rsidRDefault="00FB5BE1" w:rsidP="008E4484">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016064F">
         <w:t>Organisationsförmåga</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A094B15" w14:textId="27E3BC67" w:rsidR="00FB5BE1" w:rsidRPr="008E4484" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="992"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
@@ -1802,70 +1909,76 @@
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidRPr="218E02A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68E6C3A8" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="992"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3745B447" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
         <w:t>Har bra kunskaper och organisationsförmåga, men kan inte leverera en muntlig presentation. Klarar skriftliga examinationer, men kan trots detta inte svara på frågor. Svårt att formulera och ställa adekvata frågor och kan inte förklara för patienterna. Har svårt att förmedla allvarlighetsgrad och hur brådskande en uppgift är. Kan behöva gå tillbaka till patienten för att få mer information och har en större andel med patienter med dålig compliance. (Här hamnar även individer med annat modersmål, som har svårt att nå adekvat kommunikation på grund av språkförbistring)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0821D87F" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
+    <w:p w14:paraId="0821D87F" w14:textId="32F9FBB6" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="008E4484">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bedömningsförslag:</w:t>
       </w:r>
       <w:r w:rsidRPr="218E02A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Konsultationsmall, Specialistkollegium, Teambaserad feedback, Bedömningsmall presentation</w:t>
+        <w:t xml:space="preserve">Konsultationsmall, </w:t>
+      </w:r>
+      <w:r w:rsidR="006D0D00">
+        <w:t xml:space="preserve">Allmänmedicinsk kompetens, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Specialistkollegium, Teambaserad feedback, Bedömningsmall presentation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57E4964D" w14:textId="77777777" w:rsidR="005C119D" w:rsidRDefault="005C119D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="23A63AFC" w14:textId="75CC4F06" w:rsidR="005C119D" w:rsidRDefault="00376502" w:rsidP="005C119D">
       <w:pPr>
@@ -1902,76 +2015,86 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3052D869" w14:textId="55B5345A" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C119D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Kan identifiera etiska problem och analysera dessa samt ta etiska beslut. Kan hantera värdekonflikter i det dagliga arbetet. Bemöter människor som individer och med respekt, oberoende av kön, könsöverskridande identitet eller uttryck, etnisk tillhörighet, religion eller annan trosuppfattning, funktionsnedsättning, sexuell läggning eller ålder. Pålitlig, tar ansvar</w:t>
       </w:r>
       <w:r w:rsidRPr="218E02A1">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7544FB06" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
+    <w:p w14:paraId="7544FB06" w14:textId="3B3A44FE" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
-        <w:t>Brister i patient-läkar­relationen. Respektlös gentemot patienter och kollegor, använder medicinsk jargong när hen pratar med patienter. Kommer ofta sent och är opålitlig, oärlig och lat. Kan inte etablera mer långvariga relationer med patienter eller kollegor. Försöker ofta lämpa sitt arbete på andra.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="725F0EEF" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
+        <w:t>Brister i patient-läkarrelationen. Respektlös gentemot patienter och kollegor, använder medicinsk jargong när hen pratar med patienter. Kommer ofta sent och är opålitlig, oärlig och lat. Kan inte etablera mer långvariga relationer med patienter eller kollegor. Försöker ofta lämpa sitt arbete på andra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725F0EEF" w14:textId="30B09F5F" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="005C119D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bedömningsförslag:</w:t>
       </w:r>
       <w:r w:rsidRPr="218E02A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="006D0D00" w:rsidRPr="006D0D00">
+        <w:t>Allmänmedicinsk kompetens,</w:t>
+      </w:r>
+      <w:r w:rsidR="006D0D00">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:t>Konsultationsmall, Mini C</w:t>
       </w:r>
       <w:r w:rsidRPr="218E02A1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ex</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="218E02A1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Specialistkollegium, Teambaserad feedback</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ADB6BC8" w14:textId="4BD2E152" w:rsidR="005C119D" w:rsidRDefault="00376502" w:rsidP="005C119D">
@@ -1999,70 +2122,73 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C119D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Är lyhörd, har förmåga att lyssna in, ge tydlig information, koordinera och leda ett team, se och uppskatta andras bidrag.</w:t>
       </w:r>
       <w:r w:rsidRPr="218E02A1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65298ED6" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
         <w:t>Har svårt att fungera i team. Uppstår ofta konflikter med andra individer och skuldbelägger då andra parten. Är oflexibel och kan inte samverka med andra och komma till lösningar. Förstår inte sociala signaler. Förstår inte teamets roll, vanligt att individen endera inte kan delegera och vill göra allt själv alternativt att hen förväntar sig att andra ska göra hela jobbet. Kan vara nedlåtande i kontakt med andra professioner och medarbetare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06599212" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
+    <w:p w14:paraId="06599212" w14:textId="4719E50B" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="005C119D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bedömningsförslag:</w:t>
       </w:r>
       <w:r w:rsidRPr="218E02A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Specialistkollegium, Teambaserad feedback</w:t>
+      </w:r>
+      <w:r w:rsidR="006D0D00">
+        <w:t>, Allmänmedicinsk kompetens.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="055973F8" w14:textId="72C21EBC" w:rsidR="005C119D" w:rsidRDefault="00376502" w:rsidP="005C119D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00FB5BE1" w:rsidRPr="0016064F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Egen reflektion och utveckling</w:t>
       </w:r>
@@ -2095,162 +2221,181 @@
       </w:pPr>
       <w:r w:rsidRPr="005C119D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Tar ansvar för sin eg</w:t>
       </w:r>
       <w:r w:rsidR="005C119D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="005C119D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> kompetensutveckling, ser sina begränsningar och tar stöd. Ser risker och systemfel och bidrar i att påtala dem/hitta lösningar. Har ett vetenskapligt kritiskt förhållningssätt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="028D181F" w14:textId="7CF9CBB1" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
+        <w:lastRenderedPageBreak/>
         <w:t>Driver inte och tar inte ansvar för sin eg</w:t>
       </w:r>
       <w:r w:rsidR="005C119D">
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="218E02A1">
-        <w:t xml:space="preserve"> utveckling. Kan inte identifiera sina brister eller göra en plan för hur dessa ska åtgärdas. </w:t>
-[...6 lines deleted...]
-    <w:p w14:paraId="79E32185" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
+        <w:t xml:space="preserve"> utveckling. Kan inte identifiera sina brister eller göra en plan för hur dessa ska åtgärdas. Verkar inte studera. Har svårt att sätta mål, inte bara avseende sitt eget lärande, utan även för patientens vård. Noterar inte risker och driver inte kvalitetsutveckling, använder sig inte av de verktyg som finns för systemutveckling och förstår inte principerna. Går i försvar vid återkoppling och feedback. Förstår inte sina begränsningar och ber inte om hjälp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E32185" w14:textId="5681BA37" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="005C119D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bedömningsförslag:</w:t>
       </w:r>
       <w:r w:rsidRPr="218E02A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Specialistkollegium, Teambaserad feedback, Mini Cex</w:t>
+        <w:t xml:space="preserve">Specialistkollegium, Teambaserad feedback, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60E2E">
+        <w:t xml:space="preserve">Allmänmedicinsk kompetens, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Mini Cex</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E3B81B" w14:textId="25778BA9" w:rsidR="005C119D" w:rsidRDefault="00376502" w:rsidP="005C119D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00FB5BE1" w:rsidRPr="0016064F">
         <w:t>Att verka i systemet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5817F8DB" w14:textId="3A009869" w:rsidR="00FB5BE1" w:rsidRPr="005C119D" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C119D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Samarbetar väl med andra professioner och aktörer, är mån om patienterna, tar ansvar för dokumentation och administration, använder resurser effektivt (tid, utredningar och behandlingar)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AB2BCE1" w14:textId="71D1493D" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
+    <w:p w14:paraId="2AB2BCE1" w14:textId="0E2CEF48" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
-        <w:t>Tar inte tillvara på andra professioners kompetens och tar inte in input från andra. Förstår inte och verkar inte i systemet, använder inte tillgängliga resurser. Tänker inte på kostnader och väger inte in risk- vs nyttavärdering i sitt arbete. Driver inte patientens sak och ser inte till att patienter får tillgång till tillgänglig hjälp. Förstår inte vikten av att överrapportera och lämna över patienten till nästa instans.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="421B9617" w14:textId="3759CC85" w:rsidR="00C9259E" w:rsidRDefault="00FB5BE1" w:rsidP="005C119D">
+        <w:t>Tar inte tillvara på andra professioners kompetens och tar inte in input från andra. Förstår inte och verkar inte i systemet, använder inte tillgängliga resurser. Tänker inte på kostnader och väger inte in risk- vs nytt</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60E2E">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="218E02A1">
+        <w:t>värdering i sitt arbete. Driver inte patientens sak och ser inte till att patienter får tillgång till tillgänglig hjälp. Förstår inte vikten av att överrapportera och lämna över patienten till nästa instans.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421B9617" w14:textId="2C741D8C" w:rsidR="00C9259E" w:rsidRDefault="00FB5BE1" w:rsidP="005C119D">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="005C119D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bedömningsförslag:</w:t>
       </w:r>
       <w:r w:rsidRPr="218E02A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Specialistkollegium, Teambaserad feedback, Mini Cex</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0A757AF5" w14:textId="08CD2BF2" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="005C119D">
+        <w:t xml:space="preserve">Specialistkollegium, Teambaserad feedback, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60E2E">
+        <w:t xml:space="preserve">Allmänmedicinsk kompetens, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Mini Cex</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F6DE23" w14:textId="25FB7668" w:rsidR="00BC1A45" w:rsidRDefault="00FB5BE1" w:rsidP="00BC1A45">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="218E02A1">
+        <w:t>Andra informationskällor</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A757AF5" w14:textId="7D1140FB" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="005C119D">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="218E02A1">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>: Rapportering från sidotjänstgöringar, kursgivare. Tidigare handledare och arbetsgivare.</w:t>
+        <w:t>Rapportering från sidotjänstgöringar, kursgivare. Tidigare handledare och arbetsgivare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E399F2A" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="239BD01F" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B8C0224" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:sz w:val="40"/>
@@ -2284,56 +2429,56 @@
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Bilaga 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79ADD142" w14:textId="79402FF5" w:rsidR="00FB5BE1" w:rsidRDefault="00D352D3" w:rsidP="00C95FAB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Exempel på </w:t>
       </w:r>
       <w:r w:rsidR="00FB5BE1" w:rsidRPr="218E02A1">
         <w:t xml:space="preserve">olika moment </w:t>
       </w:r>
       <w:r w:rsidR="003F4196">
         <w:t>som kan ingå i en</w:t>
       </w:r>
       <w:r w:rsidR="00FB5BE1" w:rsidRPr="218E02A1">
         <w:t xml:space="preserve"> åtgärdsplan</w:t>
       </w:r>
       <w:r w:rsidR="00C95FAB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C41C724" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
+    <w:p w14:paraId="1C41C724" w14:textId="658D9BEF" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
-        <w:t>1 Medicinsk kunskap</w:t>
+        <w:t>Medicinsk kunskap</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="228174CA" w14:textId="2DEA14FF" w:rsidR="00FB5BE1" w:rsidRPr="002F4A9A" w:rsidRDefault="00FB5BE1" w:rsidP="002F4A9A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F4A9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiera </w:t>
       </w:r>
       <w:r w:rsidR="00C15EA6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>hur kunskaper inhämtas</w:t>
       </w:r>
@@ -2406,56 +2551,56 @@
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F4A9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Utökat medicinskt innehåll på läkarmöten med genomgång medicinska riktlinjer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5846367F" w14:textId="407CCF2F" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="002F4A9A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
         <w:t>AT-skrivning, Kunskapsprov (tredje land), Specialistexamen (skrivning), Progressionstest Medibas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C3C4A4" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
+    <w:p w14:paraId="20C3C4A4" w14:textId="2684B714" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
-        <w:t>2 Kliniska färdigheter</w:t>
+        <w:t>Kliniska färdigheter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="115B865F" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="002F4A9A" w:rsidRDefault="00FB5BE1" w:rsidP="002F4A9A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F4A9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Utökad kompetensutvecklingstid för att läsa in alternativt se videoinspelningar för olika praktiska moment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F3EA63A" w14:textId="7EB36AD3" w:rsidR="00FB5BE1" w:rsidRPr="002F4A9A" w:rsidRDefault="00C03BC5" w:rsidP="002F4A9A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2492,56 +2637,56 @@
       <w:r w:rsidR="00FB5BE1" w:rsidRPr="002F4A9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> kliniska färdigheter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="217BF65C" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="002F4A9A" w:rsidRDefault="00FB5BE1" w:rsidP="002F4A9A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F4A9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Justeringar i schema för att träna mer specifika moment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C256FD9" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
+    <w:p w14:paraId="3C256FD9" w14:textId="09D65E53" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
-        <w:t>3 Kliniskt resonemang och bedömningsförmåga</w:t>
+        <w:t>Kliniskt resonemang och bedömningsförmåga</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03409FD8" w14:textId="16082F1A" w:rsidR="00FB5BE1" w:rsidRPr="002F4A9A" w:rsidRDefault="00FB5BE1" w:rsidP="002F4A9A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F4A9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Utökad handledningstid med krav på ST-läkaren att själv presentera differentialdiagnoser och förslag på handläggning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6140C3EF" w14:textId="5303BE34" w:rsidR="00FB5BE1" w:rsidRPr="002F4A9A" w:rsidRDefault="00FB5BE1" w:rsidP="002F4A9A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2623,57 +2768,57 @@
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="002F4A9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>tentor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="295B878D" w14:textId="512B2653" w:rsidR="008141EC" w:rsidRDefault="008141EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="410189F1" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
+    <w:p w14:paraId="410189F1" w14:textId="4CDB1AE9" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
         <w:lastRenderedPageBreak/>
-        <w:t>4 Organisationsförmåga</w:t>
+        <w:t>Organisationsförmåga</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7315AB87" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="002F4A9A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
         <w:t>Utökad handledningstid med medsittning även under administration liksom sit-outs vid administration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2162571A" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="002F4A9A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
         <w:t>Genomgång “Grön doktorn/ Gröna öar”</w:t>
       </w:r>
@@ -2695,202 +2840,214 @@
     </w:p>
     <w:p w14:paraId="21246BCE" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="002F4A9A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
         <w:t>Stresshantering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D487835" w14:textId="7A35F9FF" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="002F4A9A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
         <w:t>Tydliggöra vad som åligger en arbetstagare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B5BA2A0" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
+    <w:p w14:paraId="7B5BA2A0" w14:textId="13663DBD" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
-        <w:t>5 Kommunikation</w:t>
+        <w:t>Kommunikation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="057AC4D2" w14:textId="2407DC8C" w:rsidR="00FB5BE1" w:rsidRPr="00C17834" w:rsidRDefault="00FB5BE1" w:rsidP="00C17834">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Utökad handledningstid med medsittning/videoinspelning och </w:t>
       </w:r>
       <w:r w:rsidR="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>sit</w:t>
       </w:r>
       <w:r w:rsidR="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>outs vid patientbesök</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51DD66F5" w14:textId="7E3FB789" w:rsidR="00FB5BE1" w:rsidRPr="00C17834" w:rsidRDefault="00FB5BE1" w:rsidP="00C17834">
+    <w:p w14:paraId="51DD66F5" w14:textId="26D70509" w:rsidR="00FB5BE1" w:rsidRPr="00C17834" w:rsidRDefault="00FB5BE1" w:rsidP="00C17834">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Språkstöd ev</w:t>
       </w:r>
       <w:r w:rsidR="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>entuellt</w:t>
       </w:r>
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> via VGR </w:t>
       </w:r>
       <w:r w:rsidR="00C9787A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>folkhögskola</w:t>
       </w:r>
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="002F4A9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">VGR akademin </w:t>
+        <w:t xml:space="preserve">VGR </w:t>
+      </w:r>
+      <w:r w:rsidR="001D5361">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4A9A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kademin </w:t>
       </w:r>
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Plusprogram</w:t>
       </w:r>
       <w:r w:rsidR="002F4A9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C3A776" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="00C17834" w:rsidRDefault="00FB5BE1" w:rsidP="00C17834">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Logopedkontakt vid svårigheter med uttal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DFC2745" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="00C17834" w:rsidRDefault="00FB5BE1" w:rsidP="00C17834">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ytterligare kurs i konsultationsteknik</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E681D23" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
+    <w:p w14:paraId="3E681D23" w14:textId="4A4016F9" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
-        <w:t>6 Professionalism (inklusive etik och bemötande)</w:t>
+        <w:t>Professionalism (inklusive etik och bemötande)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B32A47A" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="00C17834" w:rsidRDefault="00FB5BE1" w:rsidP="00C17834">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Medvetandegöra beteenden med filmning av konsultationer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20DCB137" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="00C17834" w:rsidRDefault="00FB5BE1" w:rsidP="00C17834">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2939,56 +3096,56 @@
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Företagshälsovård/beteendeterapeut</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EEB2505" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="00C17834" w:rsidRDefault="00FB5BE1" w:rsidP="00C17834">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>HR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF77522" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
+    <w:p w14:paraId="6DF77522" w14:textId="733F92BF" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
-        <w:t>7 Sociala färdigheter och teamarbete</w:t>
+        <w:t>Sociala färdigheter och teamarbete</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="093DC414" w14:textId="77777777" w:rsidR="00C17834" w:rsidRPr="00C17834" w:rsidRDefault="00FB5BE1" w:rsidP="00C17834">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Medvetandegöra beteenden</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DF8F3A1" w14:textId="77777777" w:rsidR="00C17834" w:rsidRPr="00C17834" w:rsidRDefault="00FB5BE1" w:rsidP="00C17834">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -3052,57 +3209,57 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17834">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>HR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4613D67D" w14:textId="7E7761D8" w:rsidR="008141EC" w:rsidRDefault="008141EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02184757" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
+    <w:p w14:paraId="02184757" w14:textId="7F87637F" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
         <w:lastRenderedPageBreak/>
-        <w:t>8 Egen reflektion och utveckling (inklusive patientsäkerhet och vetenskap)</w:t>
+        <w:t>Egen reflektion och utveckling (inklusive patientsäkerhet och vetenskap)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7875847B" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="0083110B" w:rsidRDefault="00FB5BE1" w:rsidP="0083110B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083110B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Uppmuntra att alltid ge egna förslag vilka kunskaper/färdigheter som behöver inhämtas vid diskussioner</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F686583" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0083110B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -3115,56 +3272,56 @@
       <w:r w:rsidRPr="0083110B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Uppmuntra att reflektera över risker att det kan vara/gå fel och hur man kan minimera dessa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06564F51" w14:textId="6340D463" w:rsidR="001976AC" w:rsidRPr="0083110B" w:rsidRDefault="001976AC" w:rsidP="0083110B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Uppmuntra att vid medsittningar/videoinspelningar alltid själv reflektera över vad som gick bra och vad som kan utvecklas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3E9A73" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
+    <w:p w14:paraId="0D3E9A73" w14:textId="299E1AF0" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
-        <w:t>9 Att verka i systemet</w:t>
+        <w:t>Att verka i systemet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35B7DF75" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="0083110B" w:rsidRDefault="00FB5BE1" w:rsidP="0083110B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083110B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kontinuerlig dialog med handledare vid inkommande, utgåenderemisser, intygsskrivande.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A044F63" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="0083110B" w:rsidRDefault="00FB5BE1" w:rsidP="0083110B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -3195,56 +3352,56 @@
       <w:r w:rsidRPr="0083110B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Schemalagd tid för samarbete mellan professioner </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="702AE500" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="0083110B" w:rsidRDefault="00FB5BE1" w:rsidP="0083110B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083110B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Utföra mer fallbaserad diskussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="739AF47F" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
+    <w:p w14:paraId="739AF47F" w14:textId="07D01D19" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
-        <w:t xml:space="preserve">10 Mentalt mående </w:t>
+        <w:t xml:space="preserve">Mentalt mående </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AA2B3C2" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="0083110B" w:rsidRDefault="00FB5BE1" w:rsidP="0083110B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083110B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Företagshälsovård</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ED6EA9F" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="0083110B" w:rsidRDefault="00FB5BE1" w:rsidP="0083110B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -3257,56 +3414,56 @@
       <w:r w:rsidRPr="0083110B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Justeringar av schema</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45F3CB19" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRPr="0083110B" w:rsidRDefault="00FB5BE1" w:rsidP="0083110B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083110B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Utökad handledningstid</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47ABAC67" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
+    <w:p w14:paraId="47ABAC67" w14:textId="4C21B5C6" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0064027D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
-        <w:t>11 Utbildningsmiljön</w:t>
+        <w:t>Utbildningsmiljön</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2001C7CF" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="0083110B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="218E02A1">
         <w:t>Justering av tjänstgöringsschema</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C6E6719" w14:textId="632E8406" w:rsidR="00AD032F" w:rsidRDefault="00B91512" w:rsidP="0083110B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Avgränsat arbetsuppdrag, anpassning av patientlista</w:t>
       </w:r>
@@ -3376,54 +3533,53 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14375C5C" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="232397ED" w14:textId="77777777" w:rsidR="00FD4C14" w:rsidRDefault="008141EC" w:rsidP="00FD4C14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CCFAE4A" w14:textId="7B55BC3E" w:rsidR="0013630D" w:rsidRDefault="0013630D" w:rsidP="00FD4C14">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="992"/>
+    <w:p w14:paraId="4CCFAE4A" w14:textId="7B55BC3E" w:rsidR="0013630D" w:rsidRDefault="0013630D" w:rsidP="005A61B7">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Bilaga 3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AF5F8AA" w14:textId="34055D0E" w:rsidR="00FB5BE1" w:rsidRDefault="00C95FAB" w:rsidP="00C95FAB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Åtgärdsplan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49519C73" w14:textId="6D056FCE" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6B9D6DEB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
@@ -4109,141 +4265,119 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A52DF4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
         <w:t>Datum:</w:t>
       </w:r>
       <w:r w:rsidR="005F6D05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15041039" w14:textId="03EEDFF2" w:rsidR="00FB5BE1" w:rsidRDefault="005106A5" w:rsidP="00FB5BE1">
+    <w:p w14:paraId="15041039" w14:textId="40DCA9DD" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="00FB5BE1" w:rsidRPr="0D77421E">
+      <w:r w:rsidRPr="0D77421E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ST-läkare </w:t>
-      </w:r>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">Verksamhetschef </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0D77421E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Handledare </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2AE54D" w14:textId="77777777" w:rsidR="00FB5BE1" w:rsidRDefault="00FB5BE1" w:rsidP="00FB5BE1">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
       <w:r w:rsidRPr="6B9D6DEB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
+        <w:t xml:space="preserve">Verksamhetschef </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="6B9D6DEB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
         <w:t>Studierektor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="548706D1" w14:textId="77777777" w:rsidR="00917274" w:rsidRDefault="00917274" w:rsidP="00917274">
+    <w:p w14:paraId="701FB84E" w14:textId="77777777" w:rsidR="00B266F3" w:rsidRPr="00312CB7" w:rsidRDefault="00917274" w:rsidP="00B266F3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00312CB7">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Utvärdering av åtgärdsplanen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548706D1" w14:textId="33F243CC" w:rsidR="00917274" w:rsidRDefault="00917274" w:rsidP="00917274">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE7D96">
-[...15 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="000E1C2C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(Kan åtgärdsplanen avslutas? Behöver en ny plan upprättas? Är det aktuellt med avslut av ST-kontrakt?)</w:t>
       </w:r>
       <w:r w:rsidRPr="000E1C2C">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18F1D50D" w14:textId="77777777" w:rsidR="00117ED4" w:rsidRDefault="00117ED4" w:rsidP="00917274">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -4382,77 +4516,77 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Studierektor</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BE37E5" w:rsidRPr="00473EF7" w:rsidSect="00330F6A">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F201A85" w14:textId="77777777" w:rsidR="00CD13D6" w:rsidRDefault="00CD13D6">
+    <w:p w14:paraId="703CD6FF" w14:textId="77777777" w:rsidR="005C28A9" w:rsidRDefault="005C28A9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44F3C77E" w14:textId="77777777" w:rsidR="00CD13D6" w:rsidRDefault="00CD13D6">
+    <w:p w14:paraId="4B7F22FD" w14:textId="77777777" w:rsidR="005C28A9" w:rsidRDefault="005C28A9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="405DF69D" w14:textId="77777777" w:rsidR="00CD13D6" w:rsidRDefault="00CD13D6">
+    <w:p w14:paraId="074FB6BA" w14:textId="77777777" w:rsidR="005C28A9" w:rsidRDefault="005C28A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4508,89 +4642,89 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="2D4C1147" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -4619,51 +4753,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -4697,73 +4831,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3183D08C" w14:textId="77777777" w:rsidR="00CD13D6" w:rsidRDefault="00CD13D6"/>
+    <w:p w14:paraId="13A8317B" w14:textId="77777777" w:rsidR="005C28A9" w:rsidRDefault="005C28A9"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AB632B1" w14:textId="77777777" w:rsidR="00CD13D6" w:rsidRDefault="00CD13D6">
+    <w:p w14:paraId="3DC993A7" w14:textId="77777777" w:rsidR="005C28A9" w:rsidRDefault="005C28A9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5DED1257" w14:textId="77777777" w:rsidR="00CD13D6" w:rsidRDefault="00CD13D6">
+    <w:p w14:paraId="1B0A7F96" w14:textId="77777777" w:rsidR="005C28A9" w:rsidRDefault="005C28A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -4801,91 +4935,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="5C36AAEB" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -5007,92 +5141,92 @@
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8992,54 +9126,53 @@
   <w:num w:numId="29" w16cid:durableId="1560748712">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="2071926108">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="778568054">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="644897488">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1740978615">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1143230707">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1193148533">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -9118,98 +9251,100 @@
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00156FEB"/>
     <w:rsid w:val="00157C59"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="0016064F"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00163000"/>
     <w:rsid w:val="00164BBB"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00167730"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="00190452"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001976AC"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D2547"/>
+    <w:rsid w:val="001D5361"/>
     <w:rsid w:val="001E3ABC"/>
     <w:rsid w:val="0020190B"/>
     <w:rsid w:val="00206B40"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250A95"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="00264EC8"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="0027086D"/>
     <w:rsid w:val="002775FB"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="0029688F"/>
     <w:rsid w:val="002A0F3A"/>
     <w:rsid w:val="002A1B3B"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A59EE"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B213B"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002C647A"/>
     <w:rsid w:val="002C698D"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F4A9A"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
+    <w:rsid w:val="00312CB7"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="003276D4"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00347BA5"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="003545BA"/>
     <w:rsid w:val="00354D3F"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="0037192C"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00376502"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
@@ -9219,159 +9354,165 @@
     <w:rsid w:val="003B433E"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D418A"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E1FC3"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E7438"/>
     <w:rsid w:val="003E7E1F"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F1E0C"/>
     <w:rsid w:val="003F4196"/>
     <w:rsid w:val="003F5840"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="004135AB"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00414DA6"/>
     <w:rsid w:val="00416FB5"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="00425776"/>
     <w:rsid w:val="0043167E"/>
+    <w:rsid w:val="00432218"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00444F59"/>
     <w:rsid w:val="00445D4D"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00461790"/>
     <w:rsid w:val="00463A91"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004731DE"/>
     <w:rsid w:val="00473EF7"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="0048268D"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004951FE"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B5BFB"/>
     <w:rsid w:val="004C25B7"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004C5971"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F10B4"/>
+    <w:rsid w:val="004F1133"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00505E0B"/>
     <w:rsid w:val="005106A5"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00543114"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="0054747D"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="005814A8"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A0F3A"/>
     <w:rsid w:val="005A4502"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
+    <w:rsid w:val="005A61B7"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005A67F7"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C119D"/>
+    <w:rsid w:val="005C28A9"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D74AC"/>
     <w:rsid w:val="005D7573"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E20CB"/>
     <w:rsid w:val="005E245B"/>
     <w:rsid w:val="005F6D05"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00607032"/>
     <w:rsid w:val="006076B4"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00616E6A"/>
     <w:rsid w:val="006170C1"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00634673"/>
     <w:rsid w:val="0064027D"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="006704FB"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="0068142B"/>
     <w:rsid w:val="006835FA"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00687B4C"/>
     <w:rsid w:val="006940B2"/>
     <w:rsid w:val="006A0A49"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B1CA4"/>
     <w:rsid w:val="006C117B"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
+    <w:rsid w:val="006D0D00"/>
     <w:rsid w:val="006D1401"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D6320"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F5066"/>
     <w:rsid w:val="006F6BE9"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00731653"/>
     <w:rsid w:val="00731F0C"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736429"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00752898"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="0075770D"/>
     <w:rsid w:val="00760038"/>
@@ -9401,50 +9542,51 @@
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="0083055C"/>
     <w:rsid w:val="0083110B"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00842336"/>
     <w:rsid w:val="00843C32"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00844BB7"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008612F4"/>
     <w:rsid w:val="00864CC5"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A60CE"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B230E"/>
     <w:rsid w:val="008C1F52"/>
+    <w:rsid w:val="008C4406"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D0C6F"/>
     <w:rsid w:val="008D5719"/>
     <w:rsid w:val="008E2CF5"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E4484"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="008F6B0B"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00917274"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00935925"/>
     <w:rsid w:val="00942257"/>
@@ -9502,195 +9644,202 @@
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A83757"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA36D4"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AA7B23"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB3163"/>
     <w:rsid w:val="00AB4AD7"/>
     <w:rsid w:val="00AC11F7"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD032F"/>
     <w:rsid w:val="00AD4A04"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF6F9F"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B266F3"/>
     <w:rsid w:val="00B3023B"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B415B1"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B60796"/>
     <w:rsid w:val="00B60C6C"/>
+    <w:rsid w:val="00B60E2E"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77B8B"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B91512"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B93F2F"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB35EC"/>
     <w:rsid w:val="00BB69DB"/>
+    <w:rsid w:val="00BC1A45"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC363E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE37E5"/>
     <w:rsid w:val="00BE6D2A"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF17EC"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C03BC5"/>
     <w:rsid w:val="00C03E3E"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C15EA6"/>
     <w:rsid w:val="00C17834"/>
     <w:rsid w:val="00C2423F"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5249D"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C57E0A"/>
     <w:rsid w:val="00C65FDD"/>
+    <w:rsid w:val="00C6695D"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C8303D"/>
     <w:rsid w:val="00C848C5"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C90DD0"/>
     <w:rsid w:val="00C9259E"/>
     <w:rsid w:val="00C95FAB"/>
     <w:rsid w:val="00C9787A"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB106A"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD13D6"/>
     <w:rsid w:val="00CD53F8"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE10F8"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D07D63"/>
     <w:rsid w:val="00D124B9"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D206D7"/>
+    <w:rsid w:val="00D30CF4"/>
     <w:rsid w:val="00D352D3"/>
     <w:rsid w:val="00D36D5A"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D51CA0"/>
     <w:rsid w:val="00D663A8"/>
     <w:rsid w:val="00D67BF8"/>
     <w:rsid w:val="00D70773"/>
     <w:rsid w:val="00D76F44"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D86A35"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA5315"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DC7ED4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E235B5"/>
     <w:rsid w:val="00E422A9"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E67927"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E876E4"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB17F3"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC573C"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE51CD"/>
     <w:rsid w:val="00EE7D96"/>
     <w:rsid w:val="00EF14B7"/>
     <w:rsid w:val="00F0127A"/>
     <w:rsid w:val="00F0166A"/>
     <w:rsid w:val="00F11293"/>
     <w:rsid w:val="00F13F22"/>
     <w:rsid w:val="00F21753"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F226B2"/>
+    <w:rsid w:val="00F24ABA"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F56444"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F92C74"/>
     <w:rsid w:val="00F9501F"/>
     <w:rsid w:val="00FA0022"/>
     <w:rsid w:val="00FA7630"/>
     <w:rsid w:val="00FB18E4"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB5BE1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC1D78"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FC51A3"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD4C14"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
@@ -9742,51 +9891,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12210,51 +12359,51 @@
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="004C5971"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12648,56 +12797,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>1856</Words>
-  <Characters>12556</Characters>
+  <Words>1920</Words>
+  <Characters>12929</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>369</Lines>
+  <Paragraphs>190</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14384</CharactersWithSpaces>
+  <CharactersWithSpaces>14659</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Åtgärdsplan då ST-läkare i allmänmedicin riskerar att inte  uppfylla kompetenskraven i målbeskrivningen</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy>Linda-Marie Karlsson</lastModifiedBy>
-  <revision>252</revision>
+  <revision>266</revision>
   <lastPrinted>2024-02-23T14:27:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>