--- v0 (2025-10-31)
+++ v1 (2026-03-19)
@@ -8,65 +8,68 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1148895465"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Cover Pages"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="7AECBEE5" w14:textId="7CD61EF4" w:rsidR="00D24DBA" w:rsidRPr="00B37193" w:rsidRDefault="003C7014" w:rsidP="006769DD">
+        <w:p w14:paraId="7AECBEE5" w14:textId="136F6D77" w:rsidR="00D24DBA" w:rsidRDefault="003C7014" w:rsidP="0015768B">
           <w:pPr>
             <w:pStyle w:val="Omslagstext"/>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="3968"/>
+            </w:tabs>
           </w:pPr>
           <w:r w:rsidRPr="004A39FF">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665407" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A4A5B37" wp14:editId="0A417B50">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>544195</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>9788525</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2213610" cy="395605"/>
                 <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="1469251769" name="Logo" descr="Logotyp Västra Götalandsregionen">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                       <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A0989A0-7A4A-9CD0-D751-D56C294A5842}"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
@@ -114,553 +117,4234 @@
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Ämne"/>
               <w:tag w:val=""/>
               <w:id w:val="-1305535365"/>
               <w:placeholder>
                 <w:docPart w:val="C040D185A95D4181851232B363E0710B"/>
               </w:placeholder>
               <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:subject[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="00753723">
-[...3 lines deleted...]
-                <w:t xml:space="preserve"> VGR</w:t>
+              <w:r w:rsidR="00B11540">
+                <w:t>Primärvårdens utbildningsenhet</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
+          <w:r w:rsidR="0015768B">
+            <w:tab/>
+          </w:r>
         </w:p>
-        <w:p w14:paraId="676457C4" w14:textId="192F5604" w:rsidR="007547F2" w:rsidRPr="00B37193" w:rsidRDefault="003C7014" w:rsidP="006769DD">
+        <w:p w14:paraId="676457C4" w14:textId="796D3A64" w:rsidR="007547F2" w:rsidRPr="00B37193" w:rsidRDefault="00C45C68" w:rsidP="00C45C68">
           <w:pPr>
             <w:pStyle w:val="Omslagstext"/>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="3968"/>
+            </w:tabs>
           </w:pPr>
+          <w:r>
+            <w:t>2026-03-18</w:t>
+          </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:alias w:val="Titel"/>
         <w:tag w:val=""/>
         <w:id w:val="1046871469"/>
         <w:placeholder>
           <w:docPart w:val="EDAF36A5CF7542458CE460E1B0583C58"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="0F87EEB8" w14:textId="3BC655FB" w:rsidR="005B2591" w:rsidRDefault="0058146B" w:rsidP="005B2591">
+        <w:p w14:paraId="0F87EEB8" w14:textId="03F41481" w:rsidR="005B2591" w:rsidRDefault="0058146B" w:rsidP="005B2591">
           <w:pPr>
             <w:pStyle w:val="Rubrik1"/>
           </w:pPr>
-          <w:r>
-            <w:t>Slutbedömning tjänstgöringsperiod BT</w:t>
+          <w:r w:rsidRPr="00B11540">
+            <w:rPr>
+              <w:sz w:val="36"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>Slutbedömning</w:t>
+          </w:r>
+          <w:r w:rsidR="004C44B6">
+            <w:rPr>
+              <w:sz w:val="36"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00B11540">
+            <w:rPr>
+              <w:sz w:val="36"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>tjänstgöringsperiod</w:t>
+          </w:r>
+          <w:r w:rsidR="00C45C68">
+            <w:rPr>
+              <w:sz w:val="36"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> primärvård</w:t>
+          </w:r>
+          <w:r w:rsidR="00B11540" w:rsidRPr="00B11540">
+            <w:rPr>
+              <w:sz w:val="36"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> inom bastjänstgöring</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="149A545A" w14:textId="675F48BD" w:rsidR="00B50598" w:rsidRDefault="00B50598" w:rsidP="00753723">
+    <w:p w14:paraId="6CDDCDA0" w14:textId="22138CAF" w:rsidR="00397151" w:rsidRDefault="00397151" w:rsidP="00B11540"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Listtabell3"/>
+        <w:tblW w:w="8642" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0480" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8642"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006D17F6" w14:paraId="69343089" w14:textId="77777777" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="737"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D7EED8" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB33070" w14:textId="77777777" w:rsidR="006D17F6" w:rsidRPr="00C5706A" w:rsidRDefault="006D17F6" w:rsidP="00C5706A">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5706A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Namn:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CA536CC" w14:textId="06F43865" w:rsidR="006D17F6" w:rsidRDefault="006D17F6" w:rsidP="00B11540"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D17F6" w14:paraId="5E028919" w14:textId="77777777" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:trHeight w:val="737"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D7EED8" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="325D610A" w14:textId="2BCAA086" w:rsidR="006D17F6" w:rsidRPr="00C5706A" w:rsidRDefault="006D17F6" w:rsidP="00C5706A">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5706A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Aktuell placering</w:t>
+            </w:r>
+            <w:r w:rsidR="00B501BE">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5706A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>(Typ av placering och klinik/enhet)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B501BE">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1236DE80" w14:textId="20E0DB3C" w:rsidR="006D17F6" w:rsidRDefault="006D17F6" w:rsidP="00B11540"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D17F6" w14:paraId="4FDB1686" w14:textId="77777777" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="737"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D7EED8" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="154A488B" w14:textId="450E8003" w:rsidR="006D17F6" w:rsidRPr="00C5706A" w:rsidRDefault="006D17F6" w:rsidP="00C5706A">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5706A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Handledare placering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5706A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>(Namn, specialitet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2252718E" w14:textId="64EC0766" w:rsidR="006D17F6" w:rsidRDefault="006D17F6" w:rsidP="00B11540"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D17F6" w14:paraId="34C78656" w14:textId="77777777" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:trHeight w:val="737"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D7EED8" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="24CB201E" w14:textId="11459E14" w:rsidR="006D17F6" w:rsidRPr="00C5706A" w:rsidRDefault="006D17F6" w:rsidP="00C5706A">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5706A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Huvudhandledare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5706A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>(Namn, klinik)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22FBE687" w14:textId="59013B16" w:rsidR="006D17F6" w:rsidRDefault="006D17F6" w:rsidP="00B11540"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D17F6" w14:paraId="7BA6B1F9" w14:textId="77777777" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="737"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D7EED8" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="31BCD779" w14:textId="77777777" w:rsidR="006D17F6" w:rsidRPr="00C5706A" w:rsidRDefault="006D17F6" w:rsidP="00C5706A">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5706A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Datum tjänstgöringsperiod:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65795B0B" w14:textId="27086A4B" w:rsidR="006D17F6" w:rsidRDefault="006D17F6" w:rsidP="00B11540"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D17F6" w14:paraId="29B8AFB2" w14:textId="77777777" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:trHeight w:val="737"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D7EED8" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="071B4D46" w14:textId="77777777" w:rsidR="006D17F6" w:rsidRPr="00C5706A" w:rsidRDefault="006D17F6" w:rsidP="00C5706A">
+            <w:r w:rsidRPr="00C5706A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Har uppnått målen för aktuell tjänstgöringsperiod: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45069CC3" w14:textId="191CF623" w:rsidR="006D17F6" w:rsidRDefault="006D17F6" w:rsidP="006D17F6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1140"/>
+              </w:tabs>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">JA </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="193353621"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:t xml:space="preserve"> NEJ </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="22673349"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="18FE665B" w14:textId="77777777" w:rsidR="00B11540" w:rsidRDefault="00B11540" w:rsidP="00B11540"/>
+    <w:p w14:paraId="19F7FF8F" w14:textId="33876621" w:rsidR="00B11540" w:rsidRDefault="00B11540" w:rsidP="00B11540">
       <w:pPr>
-        <w:pStyle w:val="FaktarutaText"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B11540">
+        <w:t>De allra flesta BT-mål är aktuella på samtliga BT-placeringar. Kryssa för de mål som har berörts under placeringen:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Listtabell6frgstarkdekorfrg5"/>
+        <w:tblW w:w="8647" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0480" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="389"/>
+        <w:gridCol w:w="621"/>
+        <w:gridCol w:w="2818"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="3544"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B11540" w:rsidRPr="00E0694F" w14:paraId="045D537C" w14:textId="77777777" w:rsidTr="00B11540">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="402956870"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                <w:tcW w:w="389" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="72F34B0D" w14:textId="7073A038" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A933824" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2818" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CDDB82F" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Akut, icke-akut sjukdom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1946456748"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="425" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="60EFCDB2" w14:textId="19C06A85" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="006D17F6" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                  <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB311C9" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BE29FA" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Samarbeta och leda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B11540" w:rsidRPr="00E0694F" w14:paraId="68A52699" w14:textId="77777777" w:rsidTr="00B11540">
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1515060463"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                <w:tcW w:w="389" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0B5872AC" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B33F3EB" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2818" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73216A7D" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Psykisk sjukdom/ohälsa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="2039939684"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="425" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="63FF41BB" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52899ABE" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="040255E0" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Presentera, förklara</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B11540" w:rsidRPr="00E0694F" w14:paraId="1A0DB96A" w14:textId="77777777" w:rsidTr="00B11540">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1494793057"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                <w:tcW w:w="389" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="22C6AC93" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD759F2" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2818" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72A26AE2" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Lagar, författningar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1382281664"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="425" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="5BEB555D" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                  <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E36B4F6" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C93BF3" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Barn och ungdomar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B11540" w:rsidRPr="00E0694F" w14:paraId="357ADE69" w14:textId="77777777" w:rsidTr="00B11540">
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1702050381"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                <w:tcW w:w="389" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="1B8ECCB6" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5050143E" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2818" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B257C38" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Sjukvårdens organisation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-54478823"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="425" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="581B472F" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2986C3EC" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3216F327" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Vårdhygien, smittskydd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B11540" w:rsidRPr="00E0694F" w14:paraId="6C216CDE" w14:textId="77777777" w:rsidTr="00B11540">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1254172203"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                <w:tcW w:w="389" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="45B3214F" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0411B243" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2818" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F070A8" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Vårddokumentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1004270708"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="425" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="641EBF56" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                  <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A9F2C13" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="176A829D" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Hälsofrämjande</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B11540" w:rsidRPr="00E0694F" w14:paraId="54C34D4A" w14:textId="77777777" w:rsidTr="00B11540">
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1836262591"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                <w:tcW w:w="389" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="595A6474" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCC8DE1" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2818" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="716BE579" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Kvalitetsarbete</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1913038027"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="425" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="534F5329" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25361DA5" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="281BFCF0" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Läkemedel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B11540" w:rsidRPr="00E0694F" w14:paraId="15968806" w14:textId="77777777" w:rsidTr="00B11540">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-242257590"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                <w:tcW w:w="389" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="6379025F" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="345CE555" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2818" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD6BA27" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Vetenskap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1099254688"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="425" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4AB066EC" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                  <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C695635" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="201D0D5E" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Försäkringsmedicin/intyg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B11540" w:rsidRPr="00E0694F" w14:paraId="62A3040C" w14:textId="77777777" w:rsidTr="00B11540">
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1601291740"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                <w:tcW w:w="389" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4AECFC7C" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="009F04A1" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2818" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F815752" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Etik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="808434601"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="425" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4FFFE5E4" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27234002" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E5B60F3" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Palliativ vård</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B11540" w:rsidRPr="00E0694F" w14:paraId="28424AC8" w14:textId="77777777" w:rsidTr="00B11540">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1923096124"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                <w:tcW w:w="389" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="22DF1BED" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="643F0539" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2818" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B84966" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Bemötande</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-201558558"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="425" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="18E4CB43" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+                <w:pPr>
+                  <w:spacing w:line="276" w:lineRule="auto"/>
+                  <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00E0694F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C5690D3" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>BT18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FFEAD11" w14:textId="77777777" w:rsidR="00B11540" w:rsidRPr="00E0694F" w:rsidRDefault="00B11540" w:rsidP="00B11540">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0694F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Dödsbevis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="451287DF" w14:textId="77777777" w:rsidR="00B11540" w:rsidRDefault="00B11540" w:rsidP="00B11540"/>
+    <w:p w14:paraId="43CEE9A3" w14:textId="68BC91FF" w:rsidR="003C7014" w:rsidRDefault="00C5706A" w:rsidP="00C5706A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
       <w:r>
-        <w:t>Namn:</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Hur har </w:t>
+      </w:r>
+      <w:r w:rsidR="00B501BE">
+        <w:t xml:space="preserve">bedömningen av </w:t>
+      </w:r>
+      <w:r>
+        <w:t>de berörda BT-målen skett?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32828F26" w14:textId="0CD5B935" w:rsidR="00753723" w:rsidRDefault="00753723" w:rsidP="00753723">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Listtabell3"/>
+        <w:tblW w:w="8642" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0480" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8642"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B501BE" w14:paraId="67B846A6" w14:textId="77777777" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25988879" w14:textId="38B4E581" w:rsidR="00B501BE" w:rsidRPr="00C5706A" w:rsidRDefault="00B501BE" w:rsidP="00C5706A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5706A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Genomförda kompetensbedömningar (ex mini-CEX, DOPS, CBD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B501BE" w14:paraId="38ECAFB6" w14:textId="77777777" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:trHeight w:val="1134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="477D9C94" w14:textId="2265DBFB" w:rsidR="00B501BE" w:rsidRPr="00C5706A" w:rsidRDefault="00B501BE" w:rsidP="00C5706A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5706A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Handledning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>ens utformning:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5C9DA41F" w14:textId="77777777" w:rsidR="00C5706A" w:rsidRDefault="00C5706A" w:rsidP="003C7014"/>
+    <w:p w14:paraId="0FD29D04" w14:textId="1E07AC3F" w:rsidR="00C5706A" w:rsidRDefault="00C5706A" w:rsidP="00F83241">
       <w:pPr>
-        <w:pStyle w:val="FaktarutaText"/>
+        <w:pStyle w:val="Rubrik4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Aktuell </w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t>Beskriv den professionella utvecklingen i relation till vad som kan förväntas av någon som har uppnått baskompetens:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB63BD4" w14:textId="2B4846FC" w:rsidR="00753723" w:rsidRDefault="00753723" w:rsidP="00753723">
-[...75 lines deleted...]
-    <w:p w14:paraId="40CFF5B0" w14:textId="77777777" w:rsidR="003C7014" w:rsidRPr="003C7014" w:rsidRDefault="003C7014" w:rsidP="003C7014"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Listtabell1ljusdekorfrg5"/>
+        <w:tblW w:w="8647" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4820"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2126"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="13671FD5" w14:textId="4A6C5172" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="750"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55D702E2" w14:textId="552696C1" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34966B46" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Som förväntat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="099E27BC" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Behöver förbättras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="7F1BEAC6" w14:textId="3BD040B8" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="763CDB42" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Teoretiska kunskaper, uppvisar och använder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17B46B9D" w14:textId="0897C1D7" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="447903020"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F912A97" w14:textId="142685D4" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="1146711645"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="0F6C481F" w14:textId="6BC0A85A" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0A9AF3" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Praktiska färdigheter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE74135" w14:textId="62F685AC" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="155977320"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24BD5B82" w14:textId="74E7568C" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="219955153"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="4E5B0AF1" w14:textId="0D911F30" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48178216" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Förmåga att dokumentera/skriva journal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48E66201" w14:textId="75D0E9BD" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="1675767469"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="494A9C4D" w14:textId="7F027A6A" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="-509137811"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="6F323899" w14:textId="52E4D8DB" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15BF98A5" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Förmåga att göra kliniska bedömningar och fatta beslut</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="724FA44A" w14:textId="5DDA8165" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="1683172390"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="745EAD7B" w14:textId="7B078662" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="222021964"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="02974ECA" w14:textId="773743D0" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74B23B97" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Hävdar och litar på sig själv</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74A5135A" w14:textId="642470E8" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="1077561250"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE45B81" w14:textId="128C2EF0" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="1617940368"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="761F8546" w14:textId="6B9AD492" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01B656A8" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Känner sina begränsningar och konsulterar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B271225" w14:textId="672CE2E5" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="-196550677"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34EFFF3D" w14:textId="215BFBDC" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="-1794593117"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="5576792B" w14:textId="1B7E6A60" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3248BE86" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Patient/anhörigkontakt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC1EA54" w14:textId="4CB18259" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="-1362512948"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49477594" w14:textId="165FF356" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="-187914862"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="2A82E43B" w14:textId="79092E41" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D134E9F" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Pedagogisk förmåga</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28BC0819" w14:textId="7B895AE9" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="1585411046"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="508F74DB" w14:textId="3E339739" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="-1526555768"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="58FE6B6C" w14:textId="710468FD" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A7A69C5" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Ledarskap, handledarskap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4538AF90" w14:textId="42FB343A" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="-53242213"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB4110A" w14:textId="252819F7" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="622885411"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="3B0B1247" w14:textId="1C2306FB" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="336BF051" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Vetenskapligt/kritiskt förhållningssätt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EEF2459" w14:textId="768031F0" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="-2097926769"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47524AC4" w14:textId="31F93E85" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="92833093"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="33A46182" w14:textId="62D5F892" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32C8F5CD" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Samarbetsförmåga</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="628A824D" w14:textId="642ED8B6" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="-1954540555"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76B5B317" w14:textId="05DF3077" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="-599796064"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="0ECEA868" w14:textId="3C1A89E6" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="443D7E49" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Ansvarsförmåga</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="062289FE" w14:textId="155B7E79" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="16354850"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76149615" w14:textId="06766990" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="513503107"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="4C66141A" w14:textId="7D75B314" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="291F4C2A" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Arbetskapacitet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30B9AB72" w14:textId="43B6B8F3" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="992688794"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF2F321" w14:textId="3CEA1ED0" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="-2131082775"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="266B5E0E" w14:textId="444D5046" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="031DFE7E" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Förmåga att hantera stress</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30B8E178" w14:textId="630278A4" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="2067607149"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FAE8D31" w14:textId="7113F7E6" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="1538081468"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="62E1126B" w14:textId="4D6DBD2E" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0003FCFB" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Jour/nattarbete</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="340CDE02" w14:textId="1FACEA93" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="1271821997"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CADCEBD" w14:textId="781A6874" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="631989710"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F83241" w:rsidRPr="00E0694F" w14:paraId="3431C749" w14:textId="313A4926" w:rsidTr="00B501BE">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8C8EBA" w14:textId="77777777" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="00F83241" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Övergripande skattning </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4C5912" w14:textId="52AA8032" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="1187098377"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52021022" w14:textId="579C3412" w:rsidR="00F83241" w:rsidRPr="00F83241" w:rsidRDefault="004C44B6" w:rsidP="00F83241">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="sv-SE"/>
+                </w:rPr>
+                <w:id w:val="1407881315"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F83241" w:rsidRPr="00F83241">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:eastAsia="sv-SE"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="105FE371" w14:textId="77777777" w:rsidR="00C5706A" w:rsidRDefault="00C5706A" w:rsidP="003C7014"/>
+    <w:p w14:paraId="533DF4BF" w14:textId="77777777" w:rsidR="00B501BE" w:rsidRDefault="00B501BE" w:rsidP="003C7014"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="8642" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7927"/>
+        <w:gridCol w:w="8642"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00241185" w14:paraId="78540608" w14:textId="77777777" w:rsidTr="00241185">
-[...4 lines deleted...]
-          <w:p w14:paraId="2AE6EE63" w14:textId="423FF5C9" w:rsidR="00241185" w:rsidRDefault="00241185" w:rsidP="003C7014">
+      <w:tr w:rsidR="00241185" w14:paraId="2A293A65" w14:textId="77777777" w:rsidTr="00B11540">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8642" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FD1C09" w14:textId="6159054A" w:rsidR="00241185" w:rsidRDefault="00241185" w:rsidP="00241185">
             <w:pPr>
               <w:pStyle w:val="Rubrik4"/>
             </w:pPr>
             <w:r>
-              <w:t>Mål för aktuell tjänstgöringsperiod (välj ut lämpliga delar av målbeskrivningen eller andra mål):</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Beskriv den professionella utvecklingen under placeringen:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00241185" w14:paraId="05E1F021" w14:textId="77777777" w:rsidTr="00241185">
+      <w:tr w:rsidR="00241185" w14:paraId="6AA5376E" w14:textId="77777777" w:rsidTr="00B11540">
         <w:trPr>
           <w:trHeight w:val="1984"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7927" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="7927" w:type="dxa"/>
+            <w:tcW w:w="8642" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0AB20638" w14:textId="77777777" w:rsidR="00241185" w:rsidRDefault="00241185" w:rsidP="004635D6"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="607A6844" w14:textId="77777777" w:rsidR="00E84CDE" w:rsidRDefault="00E84CDE" w:rsidP="00753723">
       <w:pPr>
         <w:pStyle w:val="Rubrik4"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="8642" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7927"/>
+        <w:gridCol w:w="8642"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00241185" w14:paraId="3E9056D0" w14:textId="77777777" w:rsidTr="00241185">
-[...2 lines deleted...]
-            <w:tcW w:w="7927" w:type="dxa"/>
+      <w:tr w:rsidR="00241185" w14:paraId="3E9056D0" w14:textId="77777777" w:rsidTr="00B11540">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8642" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D248F0A" w14:textId="4AF4D663" w:rsidR="00241185" w:rsidRDefault="00241185" w:rsidP="00753723">
             <w:pPr>
               <w:pStyle w:val="Rubrik4"/>
             </w:pPr>
             <w:r>
               <w:t>Beskriv vilka kunskaper som behöver utvecklas ytterligare för att nå målen och rekommendationer för hur detta kan göras:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00241185" w14:paraId="5AD201CA" w14:textId="77777777" w:rsidTr="00241185">
+      <w:tr w:rsidR="00241185" w14:paraId="5AD201CA" w14:textId="77777777" w:rsidTr="00B11540">
         <w:trPr>
           <w:trHeight w:val="1984"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7927" w:type="dxa"/>
+            <w:tcW w:w="8642" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="425F3DC8" w14:textId="77777777" w:rsidR="00241185" w:rsidRDefault="00241185" w:rsidP="00753723">
             <w:pPr>
               <w:pStyle w:val="Rubrik4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="19FEB533" w14:textId="77777777" w:rsidR="00E84CDE" w:rsidRDefault="00E84CDE" w:rsidP="00753723">
+    <w:p w14:paraId="4F7F9D41" w14:textId="77777777" w:rsidR="00C206BD" w:rsidRDefault="00C206BD" w:rsidP="00C206BD"/>
+    <w:p w14:paraId="4A51318D" w14:textId="77777777" w:rsidR="00C206BD" w:rsidRDefault="00C206BD" w:rsidP="00C206BD"/>
+    <w:p w14:paraId="5AB277B1" w14:textId="20529219" w:rsidR="00C206BD" w:rsidRDefault="00C206BD" w:rsidP="00C206BD">
       <w:pPr>
-        <w:pStyle w:val="Rubrik4"/>
+        <w:pStyle w:val="FaktarutaText"/>
+        <w:ind w:right="-427"/>
       </w:pPr>
+      <w:r>
+        <w:t>Datum:</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3ABE5D1B" w14:textId="77777777" w:rsidR="00E84CDE" w:rsidRDefault="00E84CDE" w:rsidP="00753723"/>
-    <w:p w14:paraId="7A7426F5" w14:textId="77777777" w:rsidR="00753723" w:rsidRDefault="00753723" w:rsidP="00753723">
+    <w:p w14:paraId="7A7426F5" w14:textId="77777777" w:rsidR="00753723" w:rsidRDefault="00753723" w:rsidP="00C206BD">
       <w:pPr>
         <w:pStyle w:val="FaktarutaText"/>
+        <w:ind w:right="-427"/>
       </w:pPr>
       <w:r>
         <w:t>Underskrift BT-läkare:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55076BE1" w14:textId="77777777" w:rsidR="00753723" w:rsidRDefault="00753723" w:rsidP="00753723"/>
-    <w:p w14:paraId="1CF48C57" w14:textId="18C27FB7" w:rsidR="00753723" w:rsidRPr="00753723" w:rsidRDefault="00753723" w:rsidP="00753723">
+    <w:p w14:paraId="1CF48C57" w14:textId="18C27FB7" w:rsidR="00753723" w:rsidRPr="00753723" w:rsidRDefault="00753723" w:rsidP="00C206BD">
       <w:pPr>
         <w:pStyle w:val="FaktarutaText"/>
+        <w:ind w:right="-427"/>
       </w:pPr>
       <w:r>
         <w:t>Underskrift handledare placering:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00753723" w:rsidRPr="00753723" w:rsidSect="006F7778">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="2268" w:bottom="1985" w:left="1701" w:header="652" w:footer="652" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="263733D9" w14:textId="77777777" w:rsidR="000E3454" w:rsidRDefault="000E3454" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="7A4B08F3" w14:textId="77777777" w:rsidR="00241EA6" w:rsidRDefault="00241EA6" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00B1616B" w14:textId="77777777" w:rsidR="000E3454" w:rsidRDefault="000E3454" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="30784ED9" w14:textId="77777777" w:rsidR="00241EA6" w:rsidRDefault="00241EA6" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4AE243A1" w14:textId="77777777" w:rsidR="000E3454" w:rsidRDefault="000E3454" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="0ACC7756" w14:textId="77777777" w:rsidR="00241EA6" w:rsidRDefault="00241EA6" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47F5BE5F" w14:textId="77777777" w:rsidR="000E3454" w:rsidRDefault="000E3454" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="78418452" w14:textId="77777777" w:rsidR="00241EA6" w:rsidRDefault="00241EA6" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="53418DB4" w14:textId="6BC06980" w:rsidR="009E3DC3" w:rsidRPr="00F25BAC" w:rsidRDefault="003C7014" w:rsidP="00F25BAC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="53418DB4" w14:textId="2FE4B0E6" w:rsidR="009E3DC3" w:rsidRPr="00F25BAC" w:rsidRDefault="004C44B6" w:rsidP="00F25BAC">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Ämne"/>
         <w:tag w:val=""/>
         <w:id w:val="1908038087"/>
         <w:placeholder>
           <w:docPart w:val="BCA6A4BB60ED48EFAF8C26933393788F"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:subject[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00734EEF">
-          <w:t>Övergripande BT-studierektorer VGR</w:t>
+        <w:r w:rsidR="00B11540">
+          <w:t>Primärvårdens utbildningsenhet</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="009E3DC3">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="009E3DC3" w:rsidRPr="00F25BAC">
       <w:t>Sida</w:t>
     </w:r>
     <w:r w:rsidR="009E3DC3">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="009E3DC3">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="009E3DC3">
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="009E3DC3">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009E3DC3">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="009E3DC3">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="048F0072" w14:textId="77777777" w:rsidR="00D72E6D" w:rsidRDefault="00D72E6D"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="609737A6" w14:textId="6DF2BBEB" w:rsidR="003C7014" w:rsidRDefault="003C7014">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="252095" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="14201C63" wp14:editId="31F7D20F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>594360</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>423545</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="6457315" cy="1263015"/>
           <wp:effectExtent l="0" t="0" r="635" b="0"/>
           <wp:wrapTopAndBottom/>
           <wp:docPr id="1292110988" name="Bildobjekt 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
@@ -698,51 +4382,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6457315" cy="1263015"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EB743FF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="CBB46122"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -1692,52 +5376,53 @@
   <w:num w:numId="25" w16cid:durableId="792141459">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1138382439">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1971742603">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="2061635304">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="226116407">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1763452637">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="606280447">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -1754,165 +5439,173 @@
     <w:rsid w:val="000709A6"/>
     <w:rsid w:val="00081E07"/>
     <w:rsid w:val="00083807"/>
     <w:rsid w:val="000879D1"/>
     <w:rsid w:val="00090F07"/>
     <w:rsid w:val="000927CE"/>
     <w:rsid w:val="00095753"/>
     <w:rsid w:val="00095F81"/>
     <w:rsid w:val="000A259F"/>
     <w:rsid w:val="000A37F0"/>
     <w:rsid w:val="000C60F9"/>
     <w:rsid w:val="000D29F7"/>
     <w:rsid w:val="000D36E2"/>
     <w:rsid w:val="000D4286"/>
     <w:rsid w:val="000D787A"/>
     <w:rsid w:val="000E136F"/>
     <w:rsid w:val="000E3454"/>
     <w:rsid w:val="000F3B55"/>
     <w:rsid w:val="0010206C"/>
     <w:rsid w:val="00104807"/>
     <w:rsid w:val="00106E6E"/>
     <w:rsid w:val="001105A7"/>
     <w:rsid w:val="0011207E"/>
     <w:rsid w:val="00136C6B"/>
     <w:rsid w:val="00142663"/>
+    <w:rsid w:val="0015768B"/>
     <w:rsid w:val="00167F2D"/>
     <w:rsid w:val="00182C4D"/>
     <w:rsid w:val="0019680D"/>
     <w:rsid w:val="001A7D3F"/>
     <w:rsid w:val="001B2002"/>
     <w:rsid w:val="001B4BB9"/>
     <w:rsid w:val="001C03AE"/>
     <w:rsid w:val="00220B93"/>
+    <w:rsid w:val="00226740"/>
     <w:rsid w:val="00227810"/>
     <w:rsid w:val="0023309C"/>
     <w:rsid w:val="002346A2"/>
     <w:rsid w:val="00235637"/>
     <w:rsid w:val="00237D8B"/>
     <w:rsid w:val="00241185"/>
+    <w:rsid w:val="00241EA6"/>
     <w:rsid w:val="002506A7"/>
     <w:rsid w:val="00251B44"/>
     <w:rsid w:val="00257988"/>
     <w:rsid w:val="002611BD"/>
     <w:rsid w:val="00267E76"/>
     <w:rsid w:val="002A0EBB"/>
     <w:rsid w:val="002A223C"/>
     <w:rsid w:val="002A56DD"/>
     <w:rsid w:val="002B3334"/>
     <w:rsid w:val="002D6BE7"/>
     <w:rsid w:val="002E6307"/>
     <w:rsid w:val="002F7366"/>
     <w:rsid w:val="0030373E"/>
     <w:rsid w:val="00324BC6"/>
     <w:rsid w:val="0035044E"/>
     <w:rsid w:val="0036067A"/>
     <w:rsid w:val="003848CD"/>
     <w:rsid w:val="00384E26"/>
     <w:rsid w:val="00397151"/>
     <w:rsid w:val="003977E2"/>
     <w:rsid w:val="003A0FEC"/>
     <w:rsid w:val="003A4BEC"/>
     <w:rsid w:val="003C45A3"/>
     <w:rsid w:val="003C7014"/>
     <w:rsid w:val="003D1AD5"/>
     <w:rsid w:val="003F0854"/>
     <w:rsid w:val="003F0BD7"/>
     <w:rsid w:val="00411FB3"/>
     <w:rsid w:val="004333A3"/>
     <w:rsid w:val="004457CA"/>
     <w:rsid w:val="004477B4"/>
     <w:rsid w:val="004539FA"/>
     <w:rsid w:val="004579C9"/>
     <w:rsid w:val="004635D6"/>
     <w:rsid w:val="00463F60"/>
     <w:rsid w:val="00466ABB"/>
     <w:rsid w:val="00472FE4"/>
     <w:rsid w:val="00476DDD"/>
     <w:rsid w:val="00481060"/>
     <w:rsid w:val="00483F66"/>
     <w:rsid w:val="004A7D28"/>
     <w:rsid w:val="004B1A1F"/>
     <w:rsid w:val="004C2B36"/>
+    <w:rsid w:val="004C44B6"/>
+    <w:rsid w:val="004D6452"/>
     <w:rsid w:val="004E08FC"/>
     <w:rsid w:val="004E0B05"/>
     <w:rsid w:val="004F2653"/>
     <w:rsid w:val="004F6E9F"/>
     <w:rsid w:val="00502996"/>
     <w:rsid w:val="005241A4"/>
     <w:rsid w:val="00531996"/>
     <w:rsid w:val="005377E7"/>
     <w:rsid w:val="005537A8"/>
     <w:rsid w:val="0056637A"/>
     <w:rsid w:val="00575871"/>
     <w:rsid w:val="0058146B"/>
     <w:rsid w:val="005861D0"/>
     <w:rsid w:val="005866BE"/>
     <w:rsid w:val="00586919"/>
     <w:rsid w:val="00594D98"/>
     <w:rsid w:val="005A403A"/>
     <w:rsid w:val="005A6F62"/>
     <w:rsid w:val="005B2591"/>
     <w:rsid w:val="005C4A0C"/>
     <w:rsid w:val="005C6423"/>
     <w:rsid w:val="005C738E"/>
     <w:rsid w:val="005E0CDB"/>
     <w:rsid w:val="005E31ED"/>
     <w:rsid w:val="005F29FB"/>
     <w:rsid w:val="00604B03"/>
     <w:rsid w:val="00606B0F"/>
     <w:rsid w:val="006137D6"/>
     <w:rsid w:val="00622230"/>
     <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00684AB4"/>
     <w:rsid w:val="00693ED8"/>
     <w:rsid w:val="00696DF2"/>
     <w:rsid w:val="00697C2E"/>
     <w:rsid w:val="006A60A8"/>
     <w:rsid w:val="006A6286"/>
     <w:rsid w:val="006B3AC6"/>
     <w:rsid w:val="006C0636"/>
     <w:rsid w:val="006C20B8"/>
     <w:rsid w:val="006C4DA1"/>
+    <w:rsid w:val="006D17F6"/>
     <w:rsid w:val="006E43A5"/>
     <w:rsid w:val="006E6496"/>
     <w:rsid w:val="006F4189"/>
     <w:rsid w:val="006F7778"/>
     <w:rsid w:val="00734EEF"/>
     <w:rsid w:val="00737193"/>
     <w:rsid w:val="00742CAC"/>
     <w:rsid w:val="00753723"/>
     <w:rsid w:val="007547F2"/>
     <w:rsid w:val="00766BEC"/>
     <w:rsid w:val="00772B6E"/>
     <w:rsid w:val="007829D2"/>
     <w:rsid w:val="00783074"/>
     <w:rsid w:val="0078522D"/>
     <w:rsid w:val="007A0B53"/>
     <w:rsid w:val="007B634A"/>
     <w:rsid w:val="007C1E39"/>
     <w:rsid w:val="007C5139"/>
     <w:rsid w:val="007E16FA"/>
+    <w:rsid w:val="007E5A40"/>
     <w:rsid w:val="007F6E5A"/>
     <w:rsid w:val="00801BBF"/>
     <w:rsid w:val="008065F9"/>
     <w:rsid w:val="00812DE2"/>
     <w:rsid w:val="00816FA9"/>
     <w:rsid w:val="008215CB"/>
     <w:rsid w:val="00822A22"/>
     <w:rsid w:val="00826C8A"/>
     <w:rsid w:val="00834506"/>
     <w:rsid w:val="00834E7E"/>
     <w:rsid w:val="00853F45"/>
     <w:rsid w:val="00854FCB"/>
     <w:rsid w:val="008574B7"/>
     <w:rsid w:val="00870403"/>
     <w:rsid w:val="00875CBE"/>
     <w:rsid w:val="008A525C"/>
     <w:rsid w:val="008C5285"/>
     <w:rsid w:val="008D4F31"/>
     <w:rsid w:val="008F437E"/>
     <w:rsid w:val="008F46D6"/>
     <w:rsid w:val="00910C25"/>
     <w:rsid w:val="0091229C"/>
     <w:rsid w:val="009255D9"/>
     <w:rsid w:val="00934D21"/>
     <w:rsid w:val="00947BCD"/>
@@ -1931,157 +5624,167 @@
     <w:rsid w:val="009E7B9D"/>
     <w:rsid w:val="009E7F82"/>
     <w:rsid w:val="00A076D6"/>
     <w:rsid w:val="00A16575"/>
     <w:rsid w:val="00A17AEC"/>
     <w:rsid w:val="00A17B37"/>
     <w:rsid w:val="00A2125B"/>
     <w:rsid w:val="00A23320"/>
     <w:rsid w:val="00A273A8"/>
     <w:rsid w:val="00A51CEF"/>
     <w:rsid w:val="00A6449E"/>
     <w:rsid w:val="00A711E8"/>
     <w:rsid w:val="00A74ACF"/>
     <w:rsid w:val="00A80C68"/>
     <w:rsid w:val="00A87B49"/>
     <w:rsid w:val="00A96DA2"/>
     <w:rsid w:val="00AA2ABA"/>
     <w:rsid w:val="00AA3A34"/>
     <w:rsid w:val="00AA5C9A"/>
     <w:rsid w:val="00AB167A"/>
     <w:rsid w:val="00AB24CA"/>
     <w:rsid w:val="00AB57E2"/>
     <w:rsid w:val="00AD354E"/>
     <w:rsid w:val="00AD5832"/>
     <w:rsid w:val="00AF5B57"/>
+    <w:rsid w:val="00B11540"/>
     <w:rsid w:val="00B1580D"/>
     <w:rsid w:val="00B30455"/>
     <w:rsid w:val="00B32309"/>
     <w:rsid w:val="00B37193"/>
     <w:rsid w:val="00B40283"/>
     <w:rsid w:val="00B4285A"/>
     <w:rsid w:val="00B462CC"/>
+    <w:rsid w:val="00B501BE"/>
     <w:rsid w:val="00B50598"/>
     <w:rsid w:val="00B6416A"/>
     <w:rsid w:val="00B71B19"/>
     <w:rsid w:val="00BB48AC"/>
     <w:rsid w:val="00BB7B8B"/>
     <w:rsid w:val="00BC4E87"/>
+    <w:rsid w:val="00BD0722"/>
     <w:rsid w:val="00BE0327"/>
     <w:rsid w:val="00BE3F3D"/>
     <w:rsid w:val="00BE75E3"/>
     <w:rsid w:val="00BF2DAB"/>
     <w:rsid w:val="00BF46DE"/>
     <w:rsid w:val="00C02681"/>
     <w:rsid w:val="00C079B5"/>
     <w:rsid w:val="00C12ADF"/>
     <w:rsid w:val="00C13434"/>
+    <w:rsid w:val="00C206BD"/>
     <w:rsid w:val="00C27044"/>
     <w:rsid w:val="00C312B6"/>
     <w:rsid w:val="00C4216C"/>
     <w:rsid w:val="00C459F7"/>
+    <w:rsid w:val="00C45C68"/>
+    <w:rsid w:val="00C54F07"/>
+    <w:rsid w:val="00C5706A"/>
     <w:rsid w:val="00C63DA4"/>
     <w:rsid w:val="00C76DDB"/>
     <w:rsid w:val="00C86DF2"/>
     <w:rsid w:val="00C914ED"/>
     <w:rsid w:val="00CC149C"/>
     <w:rsid w:val="00CC3124"/>
     <w:rsid w:val="00CC3657"/>
     <w:rsid w:val="00CE048D"/>
     <w:rsid w:val="00CE4E3C"/>
+    <w:rsid w:val="00CE61C6"/>
     <w:rsid w:val="00D02A34"/>
     <w:rsid w:val="00D070FF"/>
     <w:rsid w:val="00D2298A"/>
     <w:rsid w:val="00D24DBA"/>
     <w:rsid w:val="00D313D3"/>
     <w:rsid w:val="00D4779E"/>
     <w:rsid w:val="00D72E6D"/>
     <w:rsid w:val="00D75DCF"/>
     <w:rsid w:val="00DC17BD"/>
     <w:rsid w:val="00DF0444"/>
     <w:rsid w:val="00DF19B1"/>
     <w:rsid w:val="00DF28E1"/>
     <w:rsid w:val="00DF42CC"/>
     <w:rsid w:val="00E0329D"/>
     <w:rsid w:val="00E05BFC"/>
     <w:rsid w:val="00E15D2C"/>
     <w:rsid w:val="00E33025"/>
     <w:rsid w:val="00E339A3"/>
     <w:rsid w:val="00E47380"/>
     <w:rsid w:val="00E50040"/>
     <w:rsid w:val="00E63ED2"/>
     <w:rsid w:val="00E66CA0"/>
     <w:rsid w:val="00E84CDE"/>
     <w:rsid w:val="00EB1E30"/>
     <w:rsid w:val="00EB60E6"/>
     <w:rsid w:val="00EC5EB1"/>
     <w:rsid w:val="00ED6C6F"/>
     <w:rsid w:val="00EF58B6"/>
     <w:rsid w:val="00F20B41"/>
     <w:rsid w:val="00F25BAC"/>
     <w:rsid w:val="00F4778E"/>
     <w:rsid w:val="00F5205D"/>
     <w:rsid w:val="00F54922"/>
     <w:rsid w:val="00F61558"/>
     <w:rsid w:val="00F61F0E"/>
     <w:rsid w:val="00F6408C"/>
+    <w:rsid w:val="00F83241"/>
     <w:rsid w:val="00FC6F9F"/>
+    <w:rsid w:val="00FE394D"/>
     <w:rsid w:val="08E61EA5"/>
     <w:rsid w:val="0DDCFE36"/>
     <w:rsid w:val="72D02BB1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5426E0F4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{36143F29-DD74-419D-B0C7-9F31A4F84BED}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="2" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1"/>
@@ -3720,102 +7423,494 @@
     <w:rsid w:val="00BC4E87"/>
     <w:pPr>
       <w:spacing w:before="960" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalifigur">
     <w:name w:val="Normal i figur"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="12"/>
     <w:qFormat/>
     <w:rsid w:val="00BC4E87"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Listtabell6frgstarkdekorfrg5">
+    <w:name w:val="List Table 6 Colorful Accent 5"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="00B11540"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="327A35" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="43A447" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="43A447" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="43A447" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="43A447" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7EED8" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7EED8" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listtabell3">
+    <w:name w:val="List Table 3"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="00B11540"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listtabell1ljusdekorfrg5">
+    <w:name w:val="List Table 1 Light Accent 5"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="00F83241"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="87CE8A" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="87CE8A" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7EED8" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7EED8" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Rutntstabell7frgstarkdekorfrg6">
+    <w:name w:val="Grid Table 7 Colorful Accent 6"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="00F83241"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="6840B0" w:themeColor="accent6" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFACE1" w:themeColor="accent6" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFACE1" w:themeColor="accent6" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFACE1" w:themeColor="accent6" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFACE1" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFACE1" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFACE1" w:themeColor="accent6" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E9E3F5" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E9E3F5" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFACE1" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFACE1" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="BFACE1" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="BFACE1" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="143855029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="852376865">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C040D185A95D4181851232B363E0710B"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9B3D52D6-3144-4FCE-9132-0AAE257710AF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005D1A19" w:rsidRDefault="00DD17F9">
           <w:pPr>
             <w:pStyle w:val="C040D185A95D4181851232B363E0710B"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
@@ -3865,166 +7960,190 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9D41A043-2DE3-4BE4-B826-7EC561FB3050}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005D1A19" w:rsidRDefault="00DD17F9">
           <w:pPr>
             <w:pStyle w:val="BCA6A4BB60ED48EFAF8C26933393788F"/>
           </w:pPr>
           <w:r w:rsidRPr="0083460A">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka eller tryck här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005D1A19"/>
     <w:rsid w:val="00006BD7"/>
+    <w:rsid w:val="00226740"/>
     <w:rsid w:val="00233B7C"/>
     <w:rsid w:val="005D1A19"/>
     <w:rsid w:val="00926A0B"/>
+    <w:rsid w:val="00BD0722"/>
+    <w:rsid w:val="00BD76B5"/>
     <w:rsid w:val="00DD17F9"/>
     <w:rsid w:val="00F215B3"/>
+    <w:rsid w:val="00FE394D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4428,51 +8547,51 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C040D185A95D4181851232B363E0710B">
     <w:name w:val="C040D185A95D4181851232B363E0710B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EDAF36A5CF7542458CE460E1B0583C58">
     <w:name w:val="EDAF36A5CF7542458CE460E1B0583C58"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BCA6A4BB60ED48EFAF8C26933393788F">
     <w:name w:val="BCA6A4BB60ED48EFAF8C26933393788F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="VGR_Sjukvården">
   <a:themeElements>
     <a:clrScheme name="VGR | Sjukvård | Färger">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E1DF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="005B89"/>
       </a:accent1>
       <a:accent2>
@@ -4715,58 +8834,73 @@
       <a:srgbClr val="EFF4C6"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="C0EEC2"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="FECCBF"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="B3EBF2"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="E7E1DF"/>
     </a:custClr>
   </a:custClrLst>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="VGR_Sjukvården" id="{B24F6CA7-2423-4FB2-9094-FE53A7DE6252}" vid="{B1C5D169-6E56-4B35-A41D-6A65C9B3563D}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>612</Characters>
+  <Pages>3</Pages>
+  <Words>331</Words>
+  <Characters>1759</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Slutbedömning tjänstgöringsperiod inom bastjänstgöring</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>726</CharactersWithSpaces>
+  <CharactersWithSpaces>2086</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Slutbedömning tjänstgöringsperiod BT</dc:title>
-  <dc:subject>Övergripande BT-studierektorer VGR</dc:subject>
+  <dc:title>Slutbedömning tjänstgöringsperiod primärvård inom bastjänstgöring</dc:title>
+  <dc:subject>Primärvårdens utbildningsenhet</dc:subject>
   <dc:creator>Elin Werner</dc:creator>
   <keywords/>
   <dc:description/>
   <lastModifiedBy>Josefine Erlandsson</lastModifiedBy>
-  <revision>5</revision>
+  <revision>4</revision>
   <lastPrinted>2022-11-24T12:38:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>