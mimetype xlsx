--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vgregion.sharepoint.com/sites/sy-rhs-savgr-sortimentradet-hemsida/Delade dokument/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="136" documentId="13_ncr:1_{0CFE926C-62AB-4E46-B5E8-2533E60556E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A75A5814-54D4-4158-9550-BF682BF44F07}"/>
+  <xr:revisionPtr revIDLastSave="140" documentId="13_ncr:1_{0CFE926C-62AB-4E46-B5E8-2533E60556E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8EBF2789-E063-492B-9A5B-5C992A419AE7}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{04F772C4-CFDB-456C-ADDC-3E5D78C9AF9C}"/>
   </bookViews>
   <sheets>
     <sheet name="Regiongemensamma licenser VGR " sheetId="2" r:id="rId1"/>
     <sheet name="Blad1" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Regiongemensamma licenser VGR '!$A$3:$L$13</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -3701,51 +3701,51 @@
   <si>
     <t>20x2,5 ml</t>
   </si>
   <si>
     <t>Ventolin lösning för nebulisator 5mg/ml</t>
   </si>
   <si>
     <t>GlaxoSmithKline AG</t>
   </si>
   <si>
     <t>Schweiz</t>
   </si>
   <si>
     <t>20 ml</t>
   </si>
   <si>
     <t>Särskilt tillstånd att expediera recept när generell licens finns</t>
   </si>
   <si>
     <t>Salbutamol Viatris 5mg/2,5ml</t>
   </si>
   <si>
     <t>Viatris Sante</t>
   </si>
   <si>
-    <t>Uppdaterad 2025-10-10</t>
+    <t>Uppdaterad 2026-01-21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -4441,70 +4441,70 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="2" xr:uid="{57CDF7A7-3340-4860-9F4B-DFF80A3A864A}"/>
     <cellStyle name="Hyperlänk" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="22">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
@@ -5100,55 +5100,55 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-498/native/SPC%20Ventoline%201mg_ml%20l%c3%b6sning%20f%c3%b6r%20nebulisator%20vnr%20846658.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-480/native/SPC%20Ventolin%20l%c3%b6%20f%20neb%205%20mg-ml%20vnr%20848460%20%20GlaxoSmithKline%20AG%20CH.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-471/native/SPC%20pms-Salbutamol%20l%c3%b6sning%20f%c3%b6r%20nebulisator%202mg_ml%20vnr%20748766.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-583/native/SPC%20Salbutamol%20l%c3%b6sning%20f%c3%b6r%20nebulisator%205mg_2%2c5ml%20Medovia%20vnr%20780490.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-487/native/SPC%20FLUTIDE%20MITE%2050MCG%20GLAXOSMITHKLINE%20847411.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/behandling-och-forskrivning/forskrivning/tillstand-for-utlamnande-vid-generell-licens" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-184/native/SPC%20Diazepam%20injektionsv%c3%a4tska%2010mg_2ml%20842356.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-573/native/Regiongemensamma%20licenser%20%c3%b6vriga%20best%c3%a4llare%20leverant%c3%b6r%20Medovia.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-378/native/SPC%20Scandonest%203%25%20780557.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-507/native/SPC%20Fucithalmic%20%c3%b6gondroppar%20Kanada%20vnr%20848349.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-472/native/SPC%20quantalan-cheplapharm%20744527.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-537/native/SPC%20IS%205%20mono-ratiopharm%2060mg%20vnr%20746008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{46A1973F-B685-4E38-A56C-84A2FF73808C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S427"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="3" ySplit="3" topLeftCell="D4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="B22" sqref="B21:B22"/>
+      <selection pane="bottomRight" activeCell="L8" sqref="L8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.85546875" customWidth="1"/>
     <col min="2" max="2" width="33.140625" customWidth="1"/>
     <col min="3" max="3" width="16.140625" customWidth="1"/>
     <col min="4" max="4" width="49" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="53" customWidth="1"/>
     <col min="6" max="7" width="17" customWidth="1"/>
     <col min="8" max="8" width="16" style="1" customWidth="1"/>
     <col min="9" max="9" width="17.42578125" style="2" customWidth="1"/>
     <col min="10" max="10" width="22.7109375" customWidth="1"/>
     <col min="11" max="11" width="19.140625" customWidth="1"/>
     <col min="12" max="12" width="27.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="60.42578125" style="3" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="15.140625" style="3" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="13.42578125" style="3" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="15.28515625" style="3" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="10.7109375" style="3" hidden="1" customWidth="1"/>
     <col min="18" max="18" width="7" style="3" hidden="1" customWidth="1"/>
     <col min="19" max="19" width="15.5703125" style="3" hidden="1" customWidth="1"/>
     <col min="20" max="20" width="9.140625" style="3" customWidth="1"/>
     <col min="21" max="16384" width="9.140625" style="3"/>
   </cols>
@@ -5299,51 +5299,51 @@
       <c r="D5" s="58" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="64" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="64" t="s">
         <v>34</v>
       </c>
       <c r="G5" s="65" t="s">
         <v>35</v>
       </c>
       <c r="H5" s="15">
         <v>847411</v>
       </c>
       <c r="I5" s="66">
         <v>46249</v>
       </c>
       <c r="J5" s="67" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="68">
         <v>2025800876</v>
       </c>
       <c r="L5" s="69">
-        <v>46053</v>
+        <v>46265</v>
       </c>
       <c r="M5" s="3" t="str">
         <f t="shared" ref="M5:M6" si="2">A5</f>
         <v>flutikasonpropionat</v>
       </c>
       <c r="N5" s="3">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O5" s="3" cm="1">
         <f t="array" ref="O5">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>2</v>
       </c>
       <c r="P5" s="3" t="b">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>1</v>
       </c>
       <c r="Q5" s="3" t="b">
         <f t="shared" ref="Q5" si="3">(ISBLANK(H5))</f>
         <v>0</v>
       </c>
       <c r="R5" s="3">
         <f>ROW()</f>
         <v>5</v>
       </c>
@@ -5365,51 +5365,51 @@
       <c r="D6" s="59" t="s">
         <v>38</v>
       </c>
       <c r="E6" s="39" t="s">
         <v>39</v>
       </c>
       <c r="F6" s="15" t="s">
         <v>40</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>41</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I6" s="16">
         <v>46252</v>
       </c>
       <c r="J6" s="45" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="54">
         <v>2025801126</v>
       </c>
       <c r="L6" s="50">
-        <v>46053</v>
+        <v>46142</v>
       </c>
       <c r="M6" s="3" t="str">
         <f t="shared" si="2"/>
         <v>fusidinsyra</v>
       </c>
       <c r="N6" s="3">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O6" s="3" cm="1">
         <f t="array" ref="O6">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>3</v>
       </c>
       <c r="P6" s="3" t="b">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>0</v>
       </c>
       <c r="Q6" s="3" t="b">
         <f t="shared" ref="Q6" si="4">(ISBLANK(H6))</f>
         <v>0</v>
       </c>
       <c r="R6" s="3">
         <f>ROW()</f>
         <v>6</v>
       </c>
@@ -5494,53 +5494,51 @@
       </c>
       <c r="D8" s="23" t="s">
         <v>53</v>
       </c>
       <c r="E8" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F8" s="15" t="s">
         <v>55</v>
       </c>
       <c r="G8" s="15" t="s">
         <v>48</v>
       </c>
       <c r="H8" s="15">
         <v>751058</v>
       </c>
       <c r="I8" s="16">
         <v>46254</v>
       </c>
       <c r="J8" s="45" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="54">
         <v>2025801197</v>
       </c>
-      <c r="L8" s="50">
-[...1 lines deleted...]
-      </c>
+      <c r="L8" s="50"/>
       <c r="M8" s="3" t="str">
         <f t="shared" ref="M8" si="5">A8</f>
         <v>kolestyramin</v>
       </c>
       <c r="N8" s="3">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O8" s="3" t="e" cm="1">
         <f t="array" ref="O8">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P8" s="3" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q8" s="3" t="b">
         <f t="shared" ref="Q8" si="6">(ISBLANK(H8))</f>
         <v>0</v>
       </c>
       <c r="R8" s="3">
         <f>ROW()</f>
         <v>8</v>
       </c>
       <c r="S8" s="3">
@@ -5591,54 +5589,54 @@
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>#REF!</v>
       </c>
       <c r="O9" s="3" t="e" cm="1">
         <f t="array" ref="O9">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P9" s="3" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q9" s="3" t="b">
         <f t="shared" ref="Q9" si="7">(ISBLANK(H9))</f>
         <v>0</v>
       </c>
       <c r="R9" s="3">
         <f>ROW()</f>
         <v>9</v>
       </c>
       <c r="S9" s="3">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="84" t="s">
+      <c r="A10" s="85" t="s">
         <v>62</v>
       </c>
-      <c r="B10" s="86" t="s">
+      <c r="B10" s="87" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="24" t="s">
         <v>64</v>
       </c>
       <c r="D10" s="25" t="s">
         <v>65</v>
       </c>
       <c r="E10" s="26" t="s">
         <v>66</v>
       </c>
       <c r="F10" s="26" t="s">
         <v>67</v>
       </c>
       <c r="G10" s="26" t="s">
         <v>68</v>
       </c>
       <c r="H10" s="26">
         <v>846658</v>
       </c>
       <c r="I10" s="27">
         <v>46249</v>
       </c>
       <c r="J10" s="47" t="s">
         <v>28</v>
@@ -5657,56 +5655,56 @@
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O10" s="3" t="e" cm="1">
         <f t="array" ref="O10">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P10" s="3" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q10" s="3" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R10" s="3">
         <f>ROW()</f>
         <v>10</v>
       </c>
       <c r="S10" s="3">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="84"/>
-[...1 lines deleted...]
-      <c r="C11" s="88" t="s">
+      <c r="A11" s="85"/>
+      <c r="B11" s="87"/>
+      <c r="C11" s="89" t="s">
         <v>69</v>
       </c>
-      <c r="D11" s="90" t="s">
+      <c r="D11" s="84" t="s">
         <v>78</v>
       </c>
       <c r="E11" s="80" t="s">
         <v>79</v>
       </c>
       <c r="F11" s="80" t="s">
         <v>26</v>
       </c>
       <c r="G11" s="80" t="s">
         <v>68</v>
       </c>
       <c r="H11" s="26">
         <v>780490</v>
       </c>
       <c r="I11" s="81">
         <v>46305</v>
       </c>
       <c r="J11" s="82" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="83">
         <v>2025809848</v>
       </c>
       <c r="L11" s="52">
         <v>46203</v>
@@ -5719,53 +5717,53 @@
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O11" s="79" t="e" cm="1">
         <f t="array" ref="O11">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P11" s="79" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q11" s="79" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R11" s="3">
         <f>ROW()</f>
         <v>11</v>
       </c>
       <c r="S11" s="79">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="84"/>
-[...1 lines deleted...]
-      <c r="C12" s="89"/>
+      <c r="A12" s="85"/>
+      <c r="B12" s="87"/>
+      <c r="C12" s="90"/>
       <c r="D12" s="28" t="s">
         <v>70</v>
       </c>
       <c r="E12" s="29" t="s">
         <v>71</v>
       </c>
       <c r="F12" s="29" t="s">
         <v>40</v>
       </c>
       <c r="G12" s="29" t="s">
         <v>72</v>
       </c>
       <c r="H12" s="26">
         <v>750893</v>
       </c>
       <c r="I12" s="30">
         <v>46252</v>
       </c>
       <c r="J12" s="48" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="53">
         <v>2025801200</v>
       </c>
       <c r="L12" s="52">
@@ -5779,52 +5777,52 @@
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O12" s="3" t="e" cm="1">
         <f t="array" ref="O12">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P12" s="3" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q12" s="3" t="b">
         <f>(ISBLANK(H12))</f>
         <v>0</v>
       </c>
       <c r="R12" s="3">
         <f>ROW()</f>
         <v>12</v>
       </c>
       <c r="S12" s="3">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="85"/>
-      <c r="B13" s="87"/>
+      <c r="A13" s="86"/>
+      <c r="B13" s="88"/>
       <c r="C13" s="41" t="s">
         <v>23</v>
       </c>
       <c r="D13" s="42" t="s">
         <v>73</v>
       </c>
       <c r="E13" s="43" t="s">
         <v>74</v>
       </c>
       <c r="F13" s="43" t="s">
         <v>75</v>
       </c>
       <c r="G13" s="44" t="s">
         <v>76</v>
       </c>
       <c r="H13" s="11">
         <v>848460</v>
       </c>
       <c r="I13" s="56">
         <v>46252</v>
       </c>
       <c r="J13" s="49" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="57">
@@ -6016,51 +6014,51 @@
         <v>#REF!</v>
       </c>
       <c r="P18" s="3" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q18" s="3" t="b">
         <f t="shared" ref="Q18:Q81" si="12">(ISBLANK(H17))</f>
         <v>1</v>
       </c>
       <c r="R18" s="3">
         <f>ROW()</f>
         <v>18</v>
       </c>
       <c r="S18" s="3">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A19" s="35" t="s">
         <v>80</v>
       </c>
       <c r="M19" s="3" t="str">
         <f t="shared" si="11"/>
-        <v>Uppdaterad 2025-10-10</v>
+        <v>Uppdaterad 2026-01-21</v>
       </c>
       <c r="N19" s="3">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O19" s="3" t="e" cm="1">
         <f t="array" ref="O19">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P19" s="3" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q19" s="3" t="b">
         <f t="shared" si="12"/>
         <v>1</v>
       </c>
       <c r="R19" s="3">
         <f>ROW()</f>
         <v>19</v>
       </c>
       <c r="S19" s="3">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
         <v>15</v>
       </c>
@@ -18290,91 +18288,91 @@
       </c>
       <c r="P427" s="3" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q427" s="3" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R427" s="3">
         <f>ROW()</f>
         <v>427</v>
       </c>
       <c r="S427" s="3">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A3:L13" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <mergeCells count="3">
     <mergeCell ref="A10:A13"/>
     <mergeCell ref="B10:B13"/>
     <mergeCell ref="C11:C12"/>
   </mergeCells>
-  <conditionalFormatting sqref="A9 C13:D14 I13:L14 D12:J12 C11">
+  <conditionalFormatting sqref="A9 C11 D11:J12 C13:D14 I13:L14">
     <cfRule type="expression" dxfId="12" priority="24">
       <formula>#REF!=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A7:B7">
     <cfRule type="expression" dxfId="11" priority="26">
       <formula>#REF!=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A4:L6 E7:L7 A8:L8 B9:L9 A10:J10 L10:L14 A13:L427 A11:B12 D11:J12">
+  <conditionalFormatting sqref="A4:L6 E7:L7 A8:L8 B9:L9 A10:J10 L10:L14 A11:B12 D11:J12 A13:L427">
     <cfRule type="expression" dxfId="10" priority="12">
       <formula>$P4=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A16:L16">
     <cfRule type="expression" dxfId="9" priority="19">
       <formula>$P18=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A17:L393 C11">
-[...1 lines deleted...]
-      <formula>$P12=TRUE</formula>
+  <conditionalFormatting sqref="C7">
+    <cfRule type="expression" dxfId="8" priority="2">
+      <formula>$P7=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C7">
-[...1 lines deleted...]
-      <formula>$P7=TRUE</formula>
+  <conditionalFormatting sqref="C11 A17:L393">
+    <cfRule type="expression" dxfId="7" priority="16">
+      <formula>$P12=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C13:G13 I13:L13">
     <cfRule type="expression" dxfId="6" priority="38">
       <formula>$P10=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C14:G14 I14:L14">
     <cfRule type="expression" dxfId="5" priority="18">
       <formula>$P12=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C10:J10 L10:L14 D11:J11">
+  <conditionalFormatting sqref="C10:J10 L10:L14">
     <cfRule type="expression" dxfId="4" priority="34">
       <formula>#REF!=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D6:L6">
     <cfRule type="expression" dxfId="3" priority="1">
       <formula>$P6=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I13:I14">
     <cfRule type="expression" dxfId="2" priority="15">
       <formula>$P16=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K10:K11">
     <cfRule type="expression" dxfId="1" priority="36">
       <formula>$P10=TRUE</formula>
     </cfRule>
     <cfRule type="expression" dxfId="0" priority="37">
       <formula>#REF!=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A17" r:id="rId1" xr:uid="{A3C38037-3CE0-4DB9-A002-AE3EDA69EEA5}"/>
     <hyperlink ref="D5" r:id="rId2" xr:uid="{341B55DA-D636-4854-A48B-9CC71A48B473}"/>
@@ -18425,33 +18423,33 @@
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Regiongemensamma licenser VGR </vt:lpstr>
       <vt:lpstr>Blad1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Regiongemensamma licenser övriga beställare leverantör Medovia</dc:title>
   <dc:subject/>
   <dc:creator>Sara Zimmermann</dc:creator>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Anna Golebiak</lastModifiedBy>
+  <lastModifiedBy>Maria Hager Johnsson</lastModifiedBy>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <category/>
   <contentStatus/>
 </coreProperties>
 </file>