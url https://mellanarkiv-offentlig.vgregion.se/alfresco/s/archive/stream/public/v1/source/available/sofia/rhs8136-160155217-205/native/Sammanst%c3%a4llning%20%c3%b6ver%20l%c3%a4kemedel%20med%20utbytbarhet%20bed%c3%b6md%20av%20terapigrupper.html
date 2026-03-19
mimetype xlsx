--- v0 (2025-12-25)
+++ v1 (2026-03-19)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vgregion.sharepoint.com/sites/sy-rhs-savgr-sortimentradet-hemsida/Delade dokument/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="622" documentId="8_{4107546B-F7CC-4ADD-8F56-CACD3D4BF4CD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{98C8C801-64D6-4000-8A76-74A5D783B9C1}"/>
+  <xr:revisionPtr revIDLastSave="716" documentId="8_{4107546B-F7CC-4ADD-8F56-CACD3D4BF4CD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{01F43AF8-C2B6-4D67-B7A2-78D970BD3A46}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="TG Utbyte" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TG Utbyte'!$A$3:$I$127</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TG Utbyte'!$A$3:$I$114</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'TG Utbyte'!$3:$3</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1171" uniqueCount="430">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1140" uniqueCount="435">
   <si>
     <t>A06AB02</t>
   </si>
   <si>
     <t>Bisakodyl</t>
   </si>
   <si>
     <t>Dulcolax</t>
   </si>
   <si>
     <t>Enterotablett</t>
   </si>
   <si>
     <t>5 mg</t>
   </si>
   <si>
     <t>30 tabletter</t>
   </si>
   <si>
     <t>Blister</t>
   </si>
   <si>
     <t>Utbytbar produkt: Toilax (utbytbarhet ej bedömd av Läkemedelsverket, innehåller samma substans och bedöms vara kliniskt likvärdig av TG Mage-tarm)</t>
   </si>
   <si>
@@ -254,110 +254,98 @@
   <si>
     <t>Ej utbytbart vid behandling av barn. Utbytbar produkt (för vuxna): Lantus (utbytbarhet ej bedömd av Läkemedelsverket), innehåller samma substans och bedöms vara kliniskt likvärdig av TG Diabetes</t>
   </si>
   <si>
     <t>A11CC05</t>
   </si>
   <si>
     <t>Kolekalciferol</t>
   </si>
   <si>
     <t>Divisun, tablett, 800 IE</t>
   </si>
   <si>
     <t>tablett</t>
   </si>
   <si>
     <t>800 IE</t>
   </si>
   <si>
     <t>90 tabletter</t>
   </si>
   <si>
     <t>Utbytbar produkt: Benferol, mjuka kapslar Obs annan beredningsform! (utbytbarhet ej bedömd av Läkemedelsverket, innehåller samma substans och bedöms kliniskt likvärdigt av TG Barn och ungdom samt TG Endokrinologi)</t>
   </si>
   <si>
-    <t>A11CC06</t>
-[...1 lines deleted...]
-  <si>
     <t>Tablett</t>
   </si>
   <si>
     <t>250 tabletter</t>
   </si>
   <si>
     <t>Burk</t>
   </si>
   <si>
     <t>B01AB02</t>
   </si>
   <si>
     <t>Antitrombin III</t>
   </si>
   <si>
     <t>Atenativ, pulv och vätska till inf-vätska, lösning 500 IE</t>
   </si>
   <si>
     <t>Pulver och vätska till infusionsvätska, lösning</t>
   </si>
   <si>
     <t>50 IE/ml</t>
   </si>
   <si>
     <t>500 IE</t>
   </si>
   <si>
     <t xml:space="preserve">Utbytbar produkt: Antitrombin III pulver och vätska till inj-/inf vätska, lösning (utbytbarhet ej bedömd av Läkemedelsverket, innehåller samma substans och bedöms kliniskt likvärdigt av TG Blod) </t>
   </si>
   <si>
     <t>Atenativ, pulv och vätska till inf-vätska, lösning 1000 IE</t>
   </si>
   <si>
     <t>1000 IE</t>
   </si>
   <si>
     <t>B02BB01</t>
   </si>
   <si>
     <t xml:space="preserve">Fibrinogen, humant </t>
   </si>
   <si>
-    <t>Fibryga, pulv och vätska till inj-/inf-vätska, lösning 1 g</t>
-[...1 lines deleted...]
-  <si>
     <t>Pulver och vätska till injektions-/infusionsvätska, lösning</t>
   </si>
   <si>
     <t>1 g</t>
   </si>
   <si>
-    <t>1 gram</t>
-[...4 lines deleted...]
-  <si>
     <t>B02BD01</t>
   </si>
   <si>
     <t>Koagulationsfaktor IX, II, VII och X i kombination</t>
   </si>
   <si>
     <t>Confidex, pulv och vätska till inj-vätska, lösning 500 IE</t>
   </si>
   <si>
     <t>Pulver och vätska till injektionsvätska, lösning</t>
   </si>
   <si>
     <t>20 milliliter</t>
   </si>
   <si>
     <t>Utbytbar produkt: Ocplex (utbytbarhet ej bedömd av Läkemedelsverket, innehåller samma substans och bedöms vara kliniskt likvärdig av TG blod)</t>
   </si>
   <si>
     <t>Confidex, pulv och vätska till inj-vätska, lösning 1000 IE</t>
   </si>
   <si>
     <t>40 milliliter</t>
   </si>
   <si>
     <t>B05AA01</t>
@@ -389,95 +377,83 @@
   <si>
     <t>100 milliliter</t>
   </si>
   <si>
     <t>B05BB01</t>
   </si>
   <si>
     <t>Elektrolyter</t>
   </si>
   <si>
     <t>Ringer-Acetat Baxter Viaflo, inf-vätska, lösning</t>
   </si>
   <si>
     <t>20 x 500 milliliter</t>
   </si>
   <si>
     <t>Påse</t>
   </si>
   <si>
     <t>B05XA01</t>
   </si>
   <si>
     <t>Kaliumklorid</t>
   </si>
   <si>
-    <t>Addex-Kaliumklorid, konc till inf-vätska, lösning 2 mmol/ml</t>
-[...1 lines deleted...]
-  <si>
     <t>Koncentrat till infusionsvätska, lösning</t>
   </si>
   <si>
     <t>2 mmol/ml</t>
   </si>
   <si>
-    <t>10 x 20 milliliter</t>
-[...1 lines deleted...]
-  <si>
     <t>C01CA24</t>
   </si>
   <si>
     <t>Adrenalin</t>
   </si>
   <si>
     <t>EpiPen, inj-vätska, lösning, förfylld injektionspenna 300 mikrogram Meda AB</t>
   </si>
   <si>
     <t>300 mikrogram</t>
   </si>
   <si>
     <t>1 dos(er)</t>
   </si>
   <si>
     <t>Utbytbar produkt: Emerade, Jext (utbytbarhet ej bedömd av Läkemedelsverket, innehåller samma substans och bedöms kliniskt likvärdiga av TG Allergi-Andning-ÖNH)</t>
   </si>
   <si>
     <t>EpiPen jr, inj-vätska, lösning, förfylld injektionspenna 150 mikrogram Meda A</t>
   </si>
   <si>
     <t>150 mikrogram</t>
   </si>
   <si>
     <t>1 styck</t>
   </si>
   <si>
-    <t>Emerade, inj-vätska, lösning, förfylld injektionspenna 300 mikrogram</t>
-[...4 lines deleted...]
-  <si>
     <t>J01CA04</t>
   </si>
   <si>
     <t>amoxicillin</t>
   </si>
   <si>
     <t>Amoxicillin</t>
   </si>
   <si>
     <t>pulver till oral lösning</t>
   </si>
   <si>
     <t>100mg/ml</t>
   </si>
   <si>
     <t>60 milliliter</t>
   </si>
   <si>
     <t>Flaska</t>
   </si>
   <si>
     <t>Utbytbar produkt: Amimox, granulat till oral lösning (utbytbarhet ej bedömd av Läkemedelsverket, innehåller samma substans och bedöms vara kliniskt likvärdig av TG Barn)</t>
   </si>
   <si>
     <t>J01EE01</t>
@@ -551,88 +527,50 @@
   <si>
     <t>Vaccin mot hepatit A, inaktiverat helvirusvaccin</t>
   </si>
   <si>
     <t>Vaqta, injektionsvätska, suspension, förfylld spruta 50 E</t>
   </si>
   <si>
     <t>50 E</t>
   </si>
   <si>
     <t>1 milliliter</t>
   </si>
   <si>
     <t>Vaqta, injektionsvätska, suspension, förfylld spruta 25 E</t>
   </si>
   <si>
     <t>25 E</t>
   </si>
   <si>
     <t>J07BK01</t>
   </si>
   <si>
     <t>Vaccin mot vattkoppor, levande försvagat</t>
   </si>
   <si>
-    <t>L01DB06</t>
-[...36 lines deleted...]
-  <si>
     <t>L03AA02</t>
   </si>
   <si>
     <t>Filgrastim</t>
   </si>
   <si>
     <t>Accofil, injektions- / infusionsvätska, lösning i förfylld spruta 30 ME/0,5 m</t>
   </si>
   <si>
     <t>Injektions- / infusionsvätska, lösning i förfylld spruta</t>
   </si>
   <si>
     <t>30 ME/0,5 ml</t>
   </si>
   <si>
     <t>5 styck</t>
   </si>
   <si>
     <t xml:space="preserve">Utbytbar produkt: Zarzio, Nivestim, Neupogen Novum, Ratiograstim (utbytbarhet ej bedömd av Läkemedelsverket), innehåller samma substans och bedöms vara kliniskt likvärdiga av TG Onkologi. </t>
   </si>
   <si>
     <t>Accofil, injektions- / infusionsvätska, lösning i förfylld spruta 48 ME/0,5 m</t>
   </si>
   <si>
     <t>48 ME/0,5 ml</t>
@@ -1039,53 +977,50 @@
   <si>
     <t>N05AX12</t>
   </si>
   <si>
     <t>Aripiprazol</t>
   </si>
   <si>
     <t>Aripiprazol STADA</t>
   </si>
   <si>
     <t>munsönderfallande tablett</t>
   </si>
   <si>
     <t>10mg</t>
   </si>
   <si>
     <t>28 tabletter</t>
   </si>
   <si>
     <t>Utbytbar produkt: Abilify munsönderfallande tablett (utbytbarhet ej bedömd av Läkemedelsverket, innehåller samma substans och bedöms kliniskt likvärdiga av TG Psykiatri)</t>
   </si>
   <si>
     <t>15mg</t>
   </si>
   <si>
-    <t>Utbytbara produkter: Addens-Kaliumklorid och Kaliumklorid Noridem (utbytbarhet ej bedömd av Läkemedelsverket,innehåller samma substanser och bedöms kliniskt likvärdig av TG vätskor/nutrition)</t>
-[...1 lines deleted...]
-  <si>
     <t>Önskar du se filen i Excel? Klicka här</t>
   </si>
   <si>
     <t xml:space="preserve">Utbytbar mot andra läkemedel innehållande gabapentin om beredningsformen är densamma. Utbytbarhet ej bedömd av LV, innehåller samma substans och bedöms vara kliniskt likvärdiga av TG Neurologi, TG Psykiatri och TG Smärta. </t>
   </si>
   <si>
     <t xml:space="preserve">Utbytbar mot andra läkemedel innehållande karbamazepin om beredningsformen är densamma. Utbytbarhet ej bedömd av LV, innehåller samma substans och bedöms vara kliniskt likvärdiga av TG Psykiatri och TG Neurologi. </t>
   </si>
   <si>
     <t>Ergenyl Retard, depottablett 300 mg Sanofi AB</t>
   </si>
   <si>
     <t xml:space="preserve">Utbytbar mot andra läkemedel innehållande valproinsyra om beredningsformen är densamma. Utbytbarhet ej bedömd av LV, innehåller samma substans och bedöms vara kliniskt likvärdiga av TG Psykiatri och TG Neurologi. </t>
   </si>
   <si>
     <t xml:space="preserve">Utbytbar mot andra läkemedel innehållande lamotrigin om beredningsformen är densamma. Utbytbarhet ej bedömd av LV, innehåller samma substans och bedöms vara kliniskt likvärdiga av TG Psykiatri och TG Neurologi. </t>
   </si>
   <si>
     <t xml:space="preserve">Utbytbar mot andra läkemedel innehållande topiramat om beredningsformen är densamma. Utbytbarhet ej bedömd av LV, innehåller samma substans och bedöms vara kliniskt likvärdiga av TG Neurologi. </t>
   </si>
   <si>
     <t xml:space="preserve">Utbytbar mot andra läkemedel innehållande levetiracetam om beredningsformen är densamma. Utbytbarhet ej bedömd av LV, innehåller samma substans och bedöms vara kliniskt likvärdiga av TG Neurologi. </t>
   </si>
   <si>
     <t>Zoledronic acid Mylan, konc till inf-vätska, lösning 4 mg/5 ml</t>
@@ -1102,71 +1037,59 @@
   <si>
     <t>Lamotrigin Orion, tablett 200 mg</t>
   </si>
   <si>
     <t>Lamotrigin Orion, tablett 25 mg</t>
   </si>
   <si>
     <t>Utbytbar mot andra läkemedel innehållande pramipexol om beredningsformen är densamma (utbytbarhet ej bedömd av Läkemedelsverket, innehåller samma substans och bedöms vara kliniskt likvärdigt av TG neurologi).</t>
   </si>
   <si>
     <t>Levetiracetam Actavis, oral lösning 100 mg/ml</t>
   </si>
   <si>
     <t>L04AB02</t>
   </si>
   <si>
     <t>infliximab</t>
   </si>
   <si>
     <t>069790</t>
   </si>
   <si>
     <t>055089</t>
   </si>
   <si>
-    <t>Flixabi</t>
-[...1 lines deleted...]
-  <si>
     <t>pulver till konc till inf-vätska, lösning</t>
   </si>
   <si>
-    <t>1x1 dos(er)</t>
-[...4 lines deleted...]
-  <si>
     <t>Remsima</t>
   </si>
   <si>
     <t>3x1 styck</t>
   </si>
   <si>
-    <t>Remicade</t>
-[...1 lines deleted...]
-  <si>
     <t>3 styck</t>
   </si>
   <si>
     <t>Zessly</t>
   </si>
   <si>
     <t>Utbytbar mot andra läkemedel innehållande infliximab om beredningsformen är densamma. Utbytbarhet ej bedömd av LV, bedöms vara kliniskt likvärdiga av TG Mage-tarm, TG Reumatologi och TG Hud</t>
   </si>
   <si>
     <t>L01FA01</t>
   </si>
   <si>
     <t>rituximab</t>
   </si>
   <si>
     <t>konc till inf-vätska, lösning</t>
   </si>
   <si>
     <t>Ruxience</t>
   </si>
   <si>
     <t>Utbytbar produkt: Ringer-Acetat Fresenius Kabi Freeflex (utbytbarhet ej bedömd av Läkemedelsverket, innehåller samma substanser och bedöms vara kliniskt likvärdiga av TG vätskor/nutrition)</t>
   </si>
   <si>
     <t>Utbytbar mot andra läkemedel innehållande rituximab, konc till infusionsvätska, 100 mg och 500 mg. Utbytbarhet ej bedömd av LV, bedöms vara kliniskt likvärdiga av TG Neurologi, TG Onkologi och TG Reumatologi</t>
@@ -1183,90 +1106,57 @@
   <si>
     <t>plastbehållare (Viaflo) (tillförslutande</t>
   </si>
   <si>
     <t>Utbytbar produkt: Glukos Braun 50 mg/ml med Na40 + K20 (utbytbarhet ej bedömd av Läkemedelsverket, bedöms kliniskt likvärdig av TG vätskor/nutrition). OBS! Viss skillnad i elektrolytinnehåll (se FASS)</t>
   </si>
   <si>
     <t>50 mg/ml</t>
   </si>
   <si>
     <t>Zoledronic acid Oresund Pharma, inf-vätska, lösning 4 mg/100ml</t>
   </si>
   <si>
     <t>Utbytbar produkt Zoledronsyra 4mg/100ml,OBS! annan beredningsform. (Utbytbarhet ej bedömd av Läkemedelsverket, innehåller samma substans och bedöms vara kliniskt likvärdigt enligt TG Onkologi).</t>
   </si>
   <si>
     <t>Utbytbar produkt Zoledronsyra 4mg/5 ml,OBS! annan beredningsform. (Utbytbarhet ej bedömd av Läkemedelsverket, innehåller samma substans och bedöms vara kliniskt likvärdigt enligt TG Onkologi).</t>
   </si>
   <si>
     <t>L04AC07</t>
   </si>
   <si>
     <t>Tocilizumab</t>
   </si>
   <si>
-    <t>071101</t>
-[...1 lines deleted...]
-  <si>
     <t>20mg/ml</t>
   </si>
   <si>
     <t>4 milliliter</t>
   </si>
   <si>
-    <t>4x4 milliliter</t>
-[...22 lines deleted...]
-  <si>
     <t>Utbytbar mot andra läkemedel innehållande tocilizumab, konc till infusionsvätska, lösning. Utbytbarhet ej bedömd av Läkemedelsverket, bedöms vara kliniskt likvärdiga av TG Reumatologi</t>
-  </si>
-[...4 lines deleted...]
-    <t>Utbytbar produkt: Amotaks, 500 mg (utbytbarhet ej bedömd av Läkemedelsverket). Innehåller samma aktiva substans och bedöms kliniskt likvärdig av TG Infektion</t>
   </si>
   <si>
     <t>Varilrix, pulv och vätska till inj-vätska, lösning</t>
   </si>
   <si>
     <t>Menveo, pulv och vätska till inj-vätska, lösning GlaxoSmithKline AB</t>
   </si>
   <si>
     <t xml:space="preserve">Utbytbar produkt: Nimenrix. Produkterna bedöms som kliniskt likvärdiga enligt TG Vaccin, med observandum att Nimenrix är godkänt från 6 veckors ålder och Menveo från 2 års ålder.  </t>
   </si>
   <si>
     <t>ATC-kod</t>
   </si>
   <si>
     <t>Vnr</t>
   </si>
   <si>
     <t>ATCkodtext</t>
   </si>
   <si>
     <t>Produktnamn</t>
   </si>
   <si>
     <t>Beredningsform</t>
   </si>
@@ -1328,61 +1218,184 @@
   <si>
     <t>Levaxin</t>
   </si>
   <si>
     <t>Utbytbar mot andra läkemedel innehållande levotyroxin om beredningsformen är densamma. Utbytbarhet ej bedömd av LV, innehåller samma substans och bedöms vara kliniskt likvärdig av TG Endokrinologi</t>
   </si>
   <si>
     <t>25 mikrogram</t>
   </si>
   <si>
     <t>50 mikrogram</t>
   </si>
   <si>
     <t>100 mikrogram</t>
   </si>
   <si>
     <t xml:space="preserve">Utbytbar mot andra läkemedel innehållande levotyroxin om beredningsformen är densamma. Utbytbarhet ej bedömd av LV, innehåller samma substans och bedöms vara kliniskt likvärdig av TG Endokrinologi. </t>
   </si>
   <si>
     <t>12 x 1000 ml</t>
   </si>
   <si>
     <t>12 x 1000 milliliter</t>
   </si>
   <si>
-    <t>Uppdaterad 2025-12-11</t>
+    <t>NovoRapid, inj-vätska, lösning 100 E/ml Novo Nordisk Scandinavia AB</t>
+  </si>
+  <si>
+    <t>Addens-Kaliumklorid B. Braun, konc till inf-vätska, lösning 2 mmol/ml</t>
+  </si>
+  <si>
+    <t>20 x 10 milliliter</t>
+  </si>
+  <si>
+    <t>Ampull</t>
+  </si>
+  <si>
+    <t>Utbytbara produkter: Addex-Kaliumklorid och Kaliumklorid Noridem (utbytbarhet ej bedömd av Läkemedelsverket, innehåller samma substanser och bedöms kliniskt likvärdig av TG vätskor/nutrition)</t>
+  </si>
+  <si>
+    <t>Amotaks, tablett 750 mg</t>
+  </si>
+  <si>
+    <t>750 mg</t>
+  </si>
+  <si>
+    <t>20 tabletter</t>
+  </si>
+  <si>
+    <t>Utbytbar mot andra läkemedel innehållande amoxicillin om beredningsformen är densamma. Utbytbarhet ej bedömd av LV, innehåller samma substans och bedöms vara kliniskt likvärdig av TG Infektion</t>
+  </si>
+  <si>
+    <t>Utbytbar produkt: Fibryga (utbytbarhet ej bedömd av Läkemedelsverket, innehåller samma substans och bedöms kliniskt likvärdigt av TG Blod)</t>
+  </si>
+  <si>
+    <t>Riastap, pulv och vätska till inj-/inf-vätska, lösning 1 g</t>
+  </si>
+  <si>
+    <t>20 x 20 milliliter</t>
+  </si>
+  <si>
+    <t>Utbytbar produkt: Amoxicillin Sandoz och Amimox (utbytbarhet ej bedömd av Läkemedelsverket). Innehåller samma aktiva substans och bedöms kliniskt likvärdig av TG Infektion</t>
+  </si>
+  <si>
+    <t>Amotaks,tablett 500 mg</t>
+  </si>
+  <si>
+    <t>16 styck</t>
+  </si>
+  <si>
+    <t>Avtozma, konc till inf-vätska, lösning, 20mg/ml</t>
+  </si>
+  <si>
+    <t>2 dos(er)</t>
+  </si>
+  <si>
+    <t>Uppdaterad 2026-02-25</t>
+  </si>
+  <si>
+    <t>M05BX04</t>
+  </si>
+  <si>
+    <t>Denosumab</t>
+  </si>
+  <si>
+    <t>Izamby</t>
+  </si>
+  <si>
+    <t>inj-vätska, lösning,</t>
+  </si>
+  <si>
+    <t>60mg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Förfylld spruta </t>
+  </si>
+  <si>
+    <t>Utbytbar mot andra läkemedel innehållande denosumab 60 mg. Utbytbarhet ej bedömd av Läkemedelsverket, bedöms vara kliniskt likvärdiga av TG Osteoporos.</t>
+  </si>
+  <si>
+    <t>Bomyntra</t>
+  </si>
+  <si>
+    <t>120 mg</t>
+  </si>
+  <si>
+    <t>Utbytbar mot andra läkemedel innehållande denosumab 120 mg. Utbytbarhet ej bedömd av Läkemedelsverket, bedöms vara kliniskt likvärdiga av TG Onkologi</t>
+  </si>
+  <si>
+    <t>Fördylld spruta</t>
+  </si>
+  <si>
+    <t>J06BB04</t>
+  </si>
+  <si>
+    <t>Immunglobulin mot hepatit B</t>
+  </si>
+  <si>
+    <t>Neohepatect</t>
+  </si>
+  <si>
+    <t> Infusionsvätska, lösning</t>
+  </si>
+  <si>
+    <t>50IE/ml</t>
+  </si>
+  <si>
+    <t>1 x 40 ml</t>
+  </si>
+  <si>
+    <t>Utbytbar produkt: Venbig (utbytbarhet ej bedömd av Läkemedelsverket). Innehåller samma aktiva substans och bedöms kliniskt likvärdig av TG Infektion</t>
+  </si>
+  <si>
+    <t>H01BA04</t>
+  </si>
+  <si>
+    <t>terlipressin</t>
+  </si>
+  <si>
+    <t>Terlipressin SUN</t>
+  </si>
+  <si>
+    <t>1 mg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5 styck</t>
+  </si>
+  <si>
+    <t>Utbytbar produkt: Glypressin pulver och vätska till injektionsvätska (utbytbarhet ej bedömd av Läkemedelsverket). Innehåller samma aktiva substans och bedöms kliniskt likvärdig av TG Mage Tarm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="000000"/>
   </numFmts>
-  <fonts count="27" x14ac:knownFonts="1">
+  <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -1494,82 +1507,68 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="14"/>
-[...5 lines deleted...]
-    <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
-    </font>
-[...5 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="34">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
@@ -1721,51 +1720,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="20">
+  <borders count="21">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
@@ -1962,179 +1961,191 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="20" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="20" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="42"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="23" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="42"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="22" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="43" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="43"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="43" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="20" fillId="0" borderId="10" xfId="43" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="43" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="24" fillId="0" borderId="10" xfId="43" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="10" xfId="43" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="23" fillId="0" borderId="10" xfId="43" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="43" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="10" xfId="43" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="43" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="10" xfId="43" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="43" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="14" xfId="43" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="43" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="13" xfId="43" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="33" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="33" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="33" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="33" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="33" borderId="18" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="43" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="44">
     <cellStyle name="20 % - Dekorfärg1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20 % - Dekorfärg2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20 % - Dekorfärg3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20 % - Dekorfärg4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20 % - Dekorfärg5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20 % - Dekorfärg6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40 % - Dekorfärg1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40 % - Dekorfärg2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40 % - Dekorfärg3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40 % - Dekorfärg4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40 % - Dekorfärg5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40 % - Dekorfärg6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60 % - Dekorfärg1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60 % - Dekorfärg2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60 % - Dekorfärg3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60 % - Dekorfärg4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60 % - Dekorfärg5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60 % - Dekorfärg6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Anteckning" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Beräkning" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Bra" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Dekorfärg1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Dekorfärg2" xfId="22" builtinId="33" customBuiltin="1"/>
@@ -2164,53 +2175,51 @@
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="16"/>
         <color theme="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
-        <bottom style="thin">
-[...1 lines deleted...]
-        </bottom>
+        <bottom/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
@@ -2571,54 +2580,54 @@
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{1FF72811-8046-4E4D-8D49-5C9C48651EDB}" name="Tabell1" displayName="Tabell1" ref="A3:J132" totalsRowShown="0" headerRowDxfId="13" dataDxfId="11" headerRowBorderDxfId="12" tableBorderDxfId="10">
-[...2 lines deleted...]
-    <sortCondition ref="A3:A132"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{1FF72811-8046-4E4D-8D49-5C9C48651EDB}" name="Tabell1" displayName="Tabell1" ref="A3:J129" totalsRowShown="0" headerRowDxfId="13" dataDxfId="11" headerRowBorderDxfId="12" tableBorderDxfId="10">
+  <autoFilter ref="A3:J129" xr:uid="{1FF72811-8046-4E4D-8D49-5C9C48651EDB}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:J129">
+    <sortCondition ref="A3:A129"/>
   </sortState>
   <tableColumns count="10">
     <tableColumn id="1" xr3:uid="{EC2F1F96-428D-46B7-9886-79485EC89BF1}" name="ATC-kod" dataDxfId="9"/>
     <tableColumn id="2" xr3:uid="{7532388C-9000-44F1-90DA-61204E875510}" name="Vnr" dataDxfId="8"/>
     <tableColumn id="3" xr3:uid="{4E4ED7C2-5B72-40B4-AE7B-E1D5D7104872}" name="ATCkodtext" dataDxfId="7"/>
     <tableColumn id="4" xr3:uid="{3837E5DB-8207-492A-8E68-167177C10EE3}" name="Produktnamn" dataDxfId="6"/>
     <tableColumn id="5" xr3:uid="{D37D6274-A743-4C5A-AE5E-FDD2A4C69D00}" name="Beredningsform" dataDxfId="5"/>
     <tableColumn id="6" xr3:uid="{391A6497-F9F3-4B6B-90B1-65808733FF37}" name="Styrka" dataDxfId="4"/>
     <tableColumn id="7" xr3:uid="{3E112B87-00FF-410A-9D86-388D5816D327}" name="Förpackningsstorlek" dataDxfId="3"/>
     <tableColumn id="8" xr3:uid="{6CA20848-ADEA-4575-BEA1-1EF5F805780D}" name="Förpackningstyp" dataDxfId="2"/>
     <tableColumn id="9" xr3:uid="{2A9DE218-CC3F-4CB1-8402-2D7A14980456}" name="Utbytbarhet bedömd av terapigrupper" dataDxfId="1"/>
     <tableColumn id="10" xr3:uid="{41F3866A-AEA1-47E9-8239-F593A182CB45}" name="Ersättningsvara får levereras vid restnotering" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -2888,4285 +2897,4181 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-205/native/Sammanst%c3%a4llning%20%c3%b6ver%20l%c3%a4kemedel%20med%20utbytbarhet%20bed%c3%b6md%20av%20terapigrupper.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/atcregister?atcCode=A11CC05&amp;userType=0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/atcregister?atcCode=A11CC05&amp;userType=0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-205/native/Sammanst%c3%a4llning%20%c3%b6ver%20l%c3%a4kemedel%20med%20utbytbarhet%20bed%c3%b6md%20av%20terapigrupper.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J135"/>
+  <dimension ref="A1:J133"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft" activeCell="C79" sqref="C79"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.5703125" customWidth="1"/>
     <col min="2" max="2" width="24.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35.85546875" customWidth="1"/>
     <col min="4" max="4" width="86.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="60.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="30.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="27.85546875" customWidth="1"/>
     <col min="9" max="9" width="138.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A1" s="11" t="s">
+      <c r="A1" s="10" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" s="22" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="28" t="s">
+        <v>362</v>
+      </c>
+      <c r="B3" s="29" t="s">
+        <v>363</v>
+      </c>
+      <c r="C3" s="30" t="s">
+        <v>364</v>
+      </c>
+      <c r="D3" s="30" t="s">
+        <v>365</v>
+      </c>
+      <c r="E3" s="30" t="s">
+        <v>366</v>
+      </c>
+      <c r="F3" s="30" t="s">
+        <v>367</v>
+      </c>
+      <c r="G3" s="30" t="s">
+        <v>368</v>
+      </c>
+      <c r="H3" s="30" t="s">
+        <v>369</v>
+      </c>
+      <c r="I3" s="31" t="s">
+        <v>370</v>
+      </c>
+      <c r="J3" s="32" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="23" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="4">
+        <v>420992</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="J4" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="4">
+        <v>176234</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="3"/>
+      <c r="G5" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="J5" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="4">
+        <v>6921</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="4">
+        <v>168299</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J7" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="4">
+        <v>117084</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J8" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="4">
+        <v>58290</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J9" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" s="4">
+        <v>199965</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J10" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="B11" s="4">
+        <v>468352</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J11" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" s="4">
+        <v>110313</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H12" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J12" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="4">
+        <v>6102</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J13" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="B14" s="4">
+        <v>93948</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J14" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="B15" s="4">
+        <v>7523</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J15" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" s="4">
+        <v>380881</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="J16" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="4">
+        <v>156517</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="J17" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" s="4">
+        <v>6024</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="J18" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="B19" s="4">
+        <v>1490</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="J19" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="23" t="s">
+        <v>57</v>
+      </c>
+      <c r="B20" s="4">
+        <v>138421</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="J20" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="23" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" s="4">
+        <v>78623</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="J21" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="23" t="s">
+        <v>57</v>
+      </c>
+      <c r="B22" s="4">
+        <v>89953</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="J22" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="23" t="s">
+        <v>57</v>
+      </c>
+      <c r="B23" s="4">
+        <v>90456</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H23" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="J23" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="38" t="s">
+        <v>65</v>
+      </c>
+      <c r="B24" s="4">
+        <v>48424</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="J24" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="38" t="s">
+        <v>65</v>
+      </c>
+      <c r="B25" s="4">
+        <v>94002</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I25" s="34" t="s">
+        <v>71</v>
+      </c>
+      <c r="J25" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="23" t="s">
+        <v>75</v>
+      </c>
+      <c r="B26" s="4">
+        <v>389056</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="J26" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="23" t="s">
+        <v>75</v>
+      </c>
+      <c r="B27" s="4">
+        <v>389049</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="J27" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="23" t="s">
+        <v>84</v>
+      </c>
+      <c r="B28" s="4">
+        <v>422474</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I28" s="14" t="s">
+        <v>402</v>
+      </c>
+      <c r="J28" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="B29" s="4">
+        <v>462826</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="J29" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="B30" s="4">
+        <v>134620</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="J30" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="B31" s="4">
+        <v>48015</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="J31" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="J32" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B33" s="4">
+        <v>525418</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F33" s="3"/>
+      <c r="G33" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="I33" s="34" t="s">
+        <v>343</v>
+      </c>
+      <c r="J33" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="23" t="s">
+        <v>106</v>
+      </c>
+      <c r="B34" s="4">
+        <v>174519</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F34" s="3"/>
+      <c r="G34" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="H34" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="J34" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="23" t="s">
+        <v>345</v>
+      </c>
+      <c r="B35" s="4">
+        <v>96544</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="J35" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="B36" s="17">
+        <v>535012</v>
+      </c>
+      <c r="C36" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>394</v>
+      </c>
+      <c r="E36" s="14" t="s">
+        <v>113</v>
+      </c>
+      <c r="F36" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="G36" s="16" t="s">
+        <v>404</v>
+      </c>
+      <c r="H36" s="16" t="s">
+        <v>396</v>
+      </c>
+      <c r="I36" s="14" t="s">
+        <v>397</v>
+      </c>
+      <c r="J36" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="B37" s="4">
+        <v>65822</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="J37" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="23" t="s">
+        <v>115</v>
+      </c>
+      <c r="B38" s="4">
+        <v>178945</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="J38" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="23" t="s">
+        <v>115</v>
+      </c>
+      <c r="B39" s="4">
+        <v>556156</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="J39" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="23" t="s">
+        <v>115</v>
+      </c>
+      <c r="B40" s="4">
+        <v>564373</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="J40" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="23" t="s">
+        <v>115</v>
+      </c>
+      <c r="B41" s="4">
+        <v>182343</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="J41" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="23" t="s">
+        <v>429</v>
+      </c>
+      <c r="B42" s="4">
+        <v>150336</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="J42" s="33"/>
+    </row>
+    <row r="43" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="23" t="s">
+        <v>383</v>
+      </c>
+      <c r="B43" s="4">
+        <v>2481</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="J43" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" s="15" customFormat="1" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="23" t="s">
+        <v>383</v>
+      </c>
+      <c r="B44" s="4">
+        <v>27649</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="J44" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="23" t="s">
+        <v>383</v>
+      </c>
+      <c r="B45" s="4">
+        <v>111930</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I45" s="34" t="s">
+        <v>390</v>
+      </c>
+      <c r="J45" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="23" t="s">
+        <v>383</v>
+      </c>
+      <c r="B46" s="4">
+        <v>27656</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H46" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="J46" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="23" t="s">
+        <v>383</v>
+      </c>
+      <c r="B47" s="4">
+        <v>48173</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="J47" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="B48" s="17">
+        <v>44011</v>
+      </c>
+      <c r="C48" s="14" t="s">
+        <v>126</v>
+      </c>
+      <c r="D48" s="36" t="s">
+        <v>398</v>
+      </c>
+      <c r="E48" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="F48" s="16" t="s">
+        <v>399</v>
+      </c>
+      <c r="G48" s="16" t="s">
+        <v>400</v>
+      </c>
+      <c r="H48" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="I48" s="35" t="s">
+        <v>401</v>
+      </c>
+      <c r="J48" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" s="15" customFormat="1" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B49" s="4">
+        <v>567243</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I49" s="35" t="s">
+        <v>405</v>
+      </c>
+      <c r="J49" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B50" s="4">
+        <v>14147</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="J50" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B51" s="4">
+        <v>14158</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="J51" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="23" t="s">
+        <v>132</v>
+      </c>
+      <c r="B52" s="4">
+        <v>124511</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="J52" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B53" s="4">
+        <v>38510</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="J53" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B54" s="4">
+        <v>547789</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="J54" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="23" t="s">
+        <v>422</v>
+      </c>
+      <c r="B55" s="4">
+        <v>377231</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="J55" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="24" t="s">
+        <v>145</v>
+      </c>
+      <c r="B56" s="17">
+        <v>75518</v>
+      </c>
+      <c r="C56" s="14" t="s">
+        <v>146</v>
+      </c>
+      <c r="D56" s="16" t="s">
+        <v>360</v>
+      </c>
+      <c r="E56" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="F56" s="16"/>
+      <c r="G56" s="16" t="s">
+        <v>147</v>
+      </c>
+      <c r="H56" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="I56" s="14" t="s">
+        <v>361</v>
+      </c>
+      <c r="J56" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="23" t="s">
+        <v>149</v>
+      </c>
+      <c r="B57" s="4">
+        <v>115445</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F57" s="3"/>
+      <c r="G57" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I57" s="21" t="s">
+        <v>376</v>
+      </c>
+      <c r="J57" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="23" t="s">
+        <v>154</v>
+      </c>
+      <c r="B58" s="4">
+        <v>196895</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I58" s="21" t="s">
+        <v>377</v>
+      </c>
+      <c r="J58" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="23" t="s">
+        <v>154</v>
+      </c>
+      <c r="B59" s="4">
+        <v>494667</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I59" s="21" t="s">
+        <v>377</v>
+      </c>
+      <c r="J59" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="25" t="s">
+        <v>371</v>
+      </c>
+      <c r="B60" s="19">
+        <v>560606</v>
+      </c>
+      <c r="C60" s="20" t="s">
+        <v>372</v>
+      </c>
+      <c r="D60" s="18" t="s">
+        <v>373</v>
+      </c>
+      <c r="E60" s="21" t="s">
+        <v>374</v>
+      </c>
+      <c r="F60" s="18" t="s">
+        <v>375</v>
+      </c>
+      <c r="G60" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H60" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="I60" s="21" t="s">
+        <v>379</v>
+      </c>
+      <c r="J60" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="24" t="s">
+        <v>161</v>
+      </c>
+      <c r="B61" s="17">
+        <v>442258</v>
+      </c>
+      <c r="C61" s="14" t="s">
+        <v>162</v>
+      </c>
+      <c r="D61" s="16" t="s">
+        <v>359</v>
+      </c>
+      <c r="E61" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="F61" s="16"/>
+      <c r="G61" s="16" t="s">
+        <v>147</v>
+      </c>
+      <c r="H61" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="I61" s="21" t="s">
+        <v>378</v>
+      </c>
+      <c r="J61" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="23" t="s">
+        <v>339</v>
+      </c>
+      <c r="B62" s="4">
+        <v>555963</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="J62" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="23" t="s">
+        <v>339</v>
+      </c>
+      <c r="B63" s="4">
+        <v>566176</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H63" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="J63" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B64" s="4">
+        <v>534589</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="H64" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="J64" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B65" s="4">
+        <v>569876</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="H65" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="J65" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="23" t="s">
+        <v>172</v>
+      </c>
+      <c r="B66" s="4">
+        <v>394719</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H66" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="J66" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="23" t="s">
+        <v>329</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="D67" s="3" t="s">
         <v>334</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J3" s="35" t="s">
+      <c r="E67" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H67" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="J67" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="23" t="s">
+        <v>329</v>
+      </c>
+      <c r="B68" s="4">
+        <v>395226</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="H68" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="J68" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="23" t="s">
+        <v>329</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="H69" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="J69" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="23" t="s">
+        <v>329</v>
+      </c>
+      <c r="B70" s="4">
+        <v>120407</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H70" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="J70" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="23" t="s">
+        <v>354</v>
+      </c>
+      <c r="B71" s="4">
+        <v>504206</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="H71" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="J71" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="23" t="s">
+        <v>354</v>
+      </c>
+      <c r="B72" s="4">
+        <v>597018</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="J72" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="23" t="s">
+        <v>354</v>
+      </c>
+      <c r="B73" s="4">
+        <v>456568</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H73" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="J73" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="23" t="s">
+        <v>178</v>
+      </c>
+      <c r="B74" s="4">
+        <v>15664</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="H74" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="J74" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="26" t="s">
+        <v>186</v>
+      </c>
+      <c r="B75" s="12">
+        <v>393293</v>
+      </c>
+      <c r="C75" s="11" t="s">
+        <v>187</v>
+      </c>
+      <c r="D75" s="11" t="s">
+        <v>321</v>
+      </c>
+      <c r="E75" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="F75" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="G75" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="H75" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="J75" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="23" t="s">
+        <v>186</v>
+      </c>
+      <c r="B76" s="12">
+        <v>517794</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="H76" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="J76" s="33" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="23" t="s">
+        <v>411</v>
+      </c>
+      <c r="B77" s="4">
+        <v>68946</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="J77" s="33"/>
+    </row>
+    <row r="78" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="23" t="s">
+        <v>411</v>
+      </c>
+      <c r="B78" s="4">
+        <v>583692</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H78" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="J78" s="33"/>
+    </row>
+    <row r="79" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="23" t="s">
+        <v>411</v>
+      </c>
+      <c r="B79" s="4">
+        <v>406391</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H79" s="3" t="s">
         <v>416</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F4" s="4" t="s">
+      <c r="I79" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="J79" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="27" t="s">
+        <v>190</v>
+      </c>
+      <c r="B80" s="7">
+        <v>122961</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="G80" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="I80" s="8" t="s">
+        <v>314</v>
+      </c>
+      <c r="J80" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="27" t="s">
+        <v>190</v>
+      </c>
+      <c r="B81" s="7">
+        <v>441367</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="F81" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="G81" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="H81" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="I81" s="9" t="s">
+        <v>314</v>
+      </c>
+      <c r="J81" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="23" t="s">
+        <v>190</v>
+      </c>
+      <c r="B82" s="4">
+        <v>579626</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H82" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="J82" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="23" t="s">
+        <v>200</v>
+      </c>
+      <c r="B83" s="4">
+        <v>134512</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="H83" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="J83" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="23" t="s">
+        <v>200</v>
+      </c>
+      <c r="B84" s="4">
+        <v>61354</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="H84" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="J84" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="23" t="s">
+        <v>200</v>
+      </c>
+      <c r="B85" s="4">
+        <v>128672</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="H85" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="J85" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="23" t="s">
+        <v>200</v>
+      </c>
+      <c r="B86" s="4">
+        <v>110016</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="H86" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="J86" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="23" t="s">
+        <v>200</v>
+      </c>
+      <c r="B87" s="4">
+        <v>419787</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="H87" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="J87" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="23" t="s">
+        <v>200</v>
+      </c>
+      <c r="B88" s="4">
+        <v>150916</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="H88" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="J88" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="23" t="s">
+        <v>200</v>
+      </c>
+      <c r="B89" s="4">
+        <v>46518</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="J89" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="23" t="s">
+        <v>200</v>
+      </c>
+      <c r="B90" s="4">
+        <v>442423</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="H90" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="J90" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="23" t="s">
+        <v>200</v>
+      </c>
+      <c r="B91" s="4">
+        <v>137996</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="H91" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="J91" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="23" t="s">
+        <v>219</v>
+      </c>
+      <c r="B92" s="4">
+        <v>439430</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H92" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="J92" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="23" t="s">
+        <v>219</v>
+      </c>
+      <c r="B93" s="4">
+        <v>440776</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="J93" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="23" t="s">
+        <v>219</v>
+      </c>
+      <c r="B94" s="4">
+        <v>57634</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="H94" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="J94" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="23" t="s">
+        <v>219</v>
+      </c>
+      <c r="B95" s="4">
+        <v>550962</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H95" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="J95" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="23" t="s">
+        <v>219</v>
+      </c>
+      <c r="B96" s="4">
+        <v>531939</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="H96" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="J96" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="23" t="s">
+        <v>230</v>
+      </c>
+      <c r="B97" s="4">
+        <v>442186</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="H97" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="J97" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="23" t="s">
+        <v>230</v>
+      </c>
+      <c r="B98" s="4">
+        <v>442194</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="H98" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="J98" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="23" t="s">
+        <v>235</v>
+      </c>
+      <c r="B99" s="4">
+        <v>34735</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="J99" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="23" t="s">
+        <v>235</v>
+      </c>
+      <c r="B100" s="4">
+        <v>559488</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H100" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="J100" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="23" t="s">
+        <v>235</v>
+      </c>
+      <c r="B101" s="4">
+        <v>387238</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H101" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="J101" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="23" t="s">
+        <v>235</v>
+      </c>
+      <c r="B102" s="4">
+        <v>118727</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H102" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="J102" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="23" t="s">
+        <v>238</v>
+      </c>
+      <c r="B103" s="4">
+        <v>162441</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="H103" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="J103" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="23" t="s">
+        <v>238</v>
+      </c>
+      <c r="B104" s="4">
+        <v>162397</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="H104" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="J104" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" s="13" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="23" t="s">
+        <v>238</v>
+      </c>
+      <c r="B105" s="4">
+        <v>162419</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="H105" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="J105" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="23" t="s">
+        <v>245</v>
+      </c>
+      <c r="B106" s="4">
+        <v>3064</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="J106" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="23" t="s">
+        <v>245</v>
+      </c>
+      <c r="B107" s="4">
+        <v>15108</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="J107" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="23" t="s">
+        <v>245</v>
+      </c>
+      <c r="B108" s="4">
+        <v>97173</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="H108" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="J108" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="23" t="s">
+        <v>245</v>
+      </c>
+      <c r="B109" s="4">
+        <v>379465</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H109" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="J109" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="23" t="s">
+        <v>245</v>
+      </c>
+      <c r="B110" s="4">
+        <v>41990</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H110" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="J110" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="23" t="s">
+        <v>255</v>
+      </c>
+      <c r="B111" s="4">
+        <v>575082</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I111" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="J111" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="23" t="s">
+        <v>260</v>
+      </c>
+      <c r="B112" s="4">
+        <v>436795</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I112" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="J112" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="23" t="s">
+        <v>260</v>
+      </c>
+      <c r="B113" s="4">
+        <v>118572</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="J113" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" s="15" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="23" t="s">
+        <v>260</v>
+      </c>
+      <c r="B114" s="4">
+        <v>98438</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="J114" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" s="15" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="23" t="s">
+        <v>305</v>
+      </c>
+      <c r="B115" s="4">
+        <v>96777</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I115" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="J115" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" s="15" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="23" t="s">
+        <v>305</v>
+      </c>
+      <c r="B116" s="4">
+        <v>403579</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="J116" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" s="15" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="23" t="s">
+        <v>266</v>
+      </c>
+      <c r="B117" s="4">
+        <v>93572</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="J117" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10" s="15" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="23" t="s">
+        <v>266</v>
+      </c>
+      <c r="B118" s="4">
+        <v>478450</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="D118" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="J118" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10" s="15" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="27" t="s">
+        <v>266</v>
+      </c>
+      <c r="B119" s="7">
+        <v>392342</v>
+      </c>
+      <c r="C119" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="E119" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="F119" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="G119" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="H119" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="I119" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="J119" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A120" s="27" t="s">
+        <v>266</v>
+      </c>
+      <c r="B120" s="7">
+        <v>569028</v>
+      </c>
+      <c r="C120" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="E120" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="F120" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="G4" s="4" t="s">
-[...32 lines deleted...]
-      <c r="H5" s="4" t="s">
+      <c r="G120" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="H120" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="I120" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="J120" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A121" s="27" t="s">
+        <v>275</v>
+      </c>
+      <c r="B121" s="7">
+        <v>370333</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="E121" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="F121" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="G121" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="H121" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="I121" s="8" t="s">
+        <v>280</v>
+      </c>
+      <c r="J121" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" s="15" customFormat="1" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B122" s="4">
+        <v>494648</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="D122" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="H122" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I122" s="34" t="s">
+        <v>280</v>
+      </c>
+      <c r="J122" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A123" s="23" t="s">
+        <v>275</v>
+      </c>
+      <c r="B123" s="4">
+        <v>510577</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I123" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="J123" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A124" s="23" t="s">
+        <v>284</v>
+      </c>
+      <c r="B124" s="7">
+        <v>12716</v>
+      </c>
+      <c r="C124" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="E124" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="F124" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="G124" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="H124" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="I124" s="8" t="s">
+        <v>290</v>
+      </c>
+      <c r="J124" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A125" s="23" t="s">
+        <v>284</v>
+      </c>
+      <c r="B125" s="7">
+        <v>12799</v>
+      </c>
+      <c r="C125" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="E125" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="F125" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="G125" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="H125" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="6" t="s">
-[...839 lines deleted...]
-      <c r="A32" s="24" t="s">
+      <c r="I125" s="8" t="s">
+        <v>290</v>
+      </c>
+      <c r="J125" s="33" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A126" s="23" t="s">
+        <v>284</v>
+      </c>
+      <c r="B126" s="7">
+        <v>66423</v>
+      </c>
+      <c r="C126" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="D126" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="E126" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="F126" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="G126" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="H126" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="B32" s="5">
-[...26 lines deleted...]
-      <c r="A33" s="24" t="s">
+      <c r="I126" s="8" t="s">
+        <v>290</v>
+      </c>
+      <c r="J126" s="39" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A127" s="23" t="s">
+        <v>284</v>
+      </c>
+      <c r="B127" s="7">
+        <v>12278</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="F127" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="G127" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="H127" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="B33" s="5">
-[...674 lines deleted...]
-      <c r="E54" s="22" t="s">
+      <c r="I127" s="8" t="s">
+        <v>290</v>
+      </c>
+      <c r="J127" s="39" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A128" s="23" t="s">
+        <v>296</v>
+      </c>
+      <c r="B128" s="7">
+        <v>22845</v>
+      </c>
+      <c r="C128" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="F128" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="G128" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="H128" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="I128" s="8" t="s">
+        <v>303</v>
+      </c>
+      <c r="J128" s="39" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A129" s="23" t="s">
+        <v>296</v>
+      </c>
+      <c r="B129" s="7">
+        <v>23635</v>
+      </c>
+      <c r="C129" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="E129" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="F129" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="G129" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="H129" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="I129" s="8" t="s">
+        <v>303</v>
+      </c>
+      <c r="J129" s="39" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A133" s="37" t="s">
         <v>410</v>
-      </c>
-[...2512 lines deleted...]
-        <v>429</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="18" type="noConversion"/>
   <dataValidations count="1">
-    <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I4 I38:I39 I84:I86 I95:I101" xr:uid="{7AD7173C-4EED-4FCE-823B-91486338AA41}">
+    <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I4 I82:I88 I71:I73 I35:I37" xr:uid="{7AD7173C-4EED-4FCE-823B-91486338AA41}">
       <formula1>0</formula1>
       <formula2>280</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="A23" r:id="rId1" tooltip="ATC-registret." display="https://www.fass.se/LIF/atcregister?atcCode=A11CC05&amp;userType=0" xr:uid="{C031591B-1652-41E7-8837-C8839FDE3CF5}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A1" r:id="rId3" xr:uid="{7FEAC951-E0A4-4758-BFEE-9A67BC915710}"/>
+    <hyperlink ref="A1" r:id="rId1" xr:uid="{7FEAC951-E0A4-4758-BFEE-9A67BC915710}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="32" fitToHeight="0" orientation="landscape" r:id="rId4"/>
+  <pageSetup paperSize="9" scale="32" fitToHeight="0" orientation="landscape" r:id="rId2"/>
   <tableParts count="1">
-    <tablePart r:id="rId5"/>
+    <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Namngivna områden</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>TG Utbyte</vt:lpstr>
       <vt:lpstr>'TG Utbyte'!Utskriftsrubriker</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Sammanställning över läkemedel med utbytbarhet bedömd av terapigrupper</dc:title>
   <dc:subject/>
   <dc:creator>Anna Golebiak</dc:creator>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Maria Hager Johnsson</lastModifiedBy>
+  <lastModifiedBy>Evelina Sjölin</lastModifiedBy>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <category/>
   <contentStatus/>
 </coreProperties>
 </file>