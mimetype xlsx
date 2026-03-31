--- v0 (2025-12-25)
+++ v1 (2026-03-31)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vgregion.sharepoint.com/sites/sy-rhs-savgr-sortimentradet-hemsida/Delade dokument/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="154" documentId="8_{1AAA08BB-0D6A-447E-8EA0-9F37FA78499D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{556FF0CF-FD4E-4DCD-A96F-6838E1C546F7}"/>
+  <xr:revisionPtr revIDLastSave="173" documentId="8_{1AAA08BB-0D6A-447E-8EA0-9F37FA78499D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C14D7171-8F86-4F66-87FA-B2B463DD0B37}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{EB789DAD-BB6C-4F19-AFA3-F667B4A5D994}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{EB789DAD-BB6C-4F19-AFA3-F667B4A5D994}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Blad1!$A$3:$J$3</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="521" uniqueCount="334">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="335">
   <si>
     <t>Önskar du se filen i Excel? Klicka här</t>
   </si>
   <si>
     <t>ATCKOD</t>
   </si>
   <si>
     <t>VARUNR</t>
   </si>
   <si>
     <t>PRODUKTNAMN</t>
   </si>
   <si>
     <t>STYRKAKLARTEXT</t>
   </si>
   <si>
     <t>TILLVERKARE</t>
   </si>
   <si>
     <t>KLARTEXTFRP</t>
   </si>
   <si>
     <t>FÖRPACKNINGSTYP</t>
   </si>
   <si>
@@ -106,59 +106,53 @@
   <si>
     <t>N02BE01</t>
   </si>
   <si>
     <t>Alvedon, filmdragerad tablett 500 mg</t>
   </si>
   <si>
     <t>500 mg</t>
   </si>
   <si>
     <t>GlaxoSmithKline Consumer Healthcare ApS</t>
   </si>
   <si>
     <t>50 x 1 styck</t>
   </si>
   <si>
     <t>Blister</t>
   </si>
   <si>
     <t>Filmdragerad tablett</t>
   </si>
   <si>
     <t>J01CA04</t>
   </si>
   <si>
-    <t>Amoxicillin Sandoz, Filmdragerad tablett 750 mg</t>
-[...1 lines deleted...]
-  <si>
     <t>750 mg</t>
   </si>
   <si>
-    <t>Sandoz A/S</t>
-[...1 lines deleted...]
-  <si>
     <t>30 tablett(er)</t>
   </si>
   <si>
     <t>J01CE01</t>
   </si>
   <si>
     <t>Benzylpenicillin Panpharma Pulver till injektions-/infusionsvätska, lösning</t>
   </si>
   <si>
     <t xml:space="preserve">1,2gram </t>
   </si>
   <si>
     <t>Panpharma Nordic AS</t>
   </si>
   <si>
     <t>10x1,2gram</t>
   </si>
   <si>
     <t>Injektionsflaska</t>
   </si>
   <si>
     <t>Pulver till injektions-/infusionsvätska, lösning</t>
   </si>
   <si>
     <t>H02AB01</t>
@@ -694,89 +688,77 @@
   <si>
     <t>0,4 mg/dos</t>
   </si>
   <si>
     <t>Sublingualspray</t>
   </si>
   <si>
     <t>A07AA02</t>
   </si>
   <si>
     <t>Nystatin Orifarm, oral suspension 100 000 IE/ml</t>
   </si>
   <si>
     <t>100 000 IE/ml</t>
   </si>
   <si>
     <t>100 milliliter</t>
   </si>
   <si>
     <t>Oral suspension</t>
   </si>
   <si>
     <t>N05AH03</t>
   </si>
   <si>
-    <t>Olanzapine Glenmark Europe, munsönderfallande tablett 5 mg</t>
-[...4 lines deleted...]
-  <si>
     <t>28 tablett(er)</t>
   </si>
   <si>
     <t>Munsönderfallande tablett</t>
   </si>
   <si>
     <t>A02BC01</t>
   </si>
   <si>
     <t>Omeprazol Teva, enterokapsel, hård 20 mg</t>
   </si>
   <si>
     <t>20 mg</t>
   </si>
   <si>
     <t>100 kapsel/kapslar</t>
   </si>
   <si>
     <t>Enterokapsel, hård</t>
   </si>
   <si>
     <t>A04AA01</t>
   </si>
   <si>
-    <t>Ondansetron Fresenius Kabi, inj-vätska, lösning 2 mg/ml</t>
-[...1 lines deleted...]
-  <si>
     <t>2 mg/ml</t>
   </si>
   <si>
-    <t>5 x 2 milliliter</t>
-[...1 lines deleted...]
-  <si>
     <t>N05BA04</t>
   </si>
   <si>
     <t>Oxascand, tablett 5 mg</t>
   </si>
   <si>
     <t>N02AA05</t>
   </si>
   <si>
     <t>Oxycodone Hameln, inj/inf-vätska 10mg/ml</t>
   </si>
   <si>
     <t>Mundipharma AB</t>
   </si>
   <si>
     <t>Evolan Pharma AB</t>
   </si>
   <si>
     <t>50 suppositorium/suppositorier</t>
   </si>
   <si>
     <t>R06AE05</t>
   </si>
   <si>
     <t>Postafen, tablett 25 mg</t>
@@ -799,53 +781,50 @@
   <si>
     <t>Pronaxen, tablett 500 mg</t>
   </si>
   <si>
     <t>A06AG07</t>
   </si>
   <si>
     <t>Resulax, rektallösning 8,5 g</t>
   </si>
   <si>
     <t>8,5 g</t>
   </si>
   <si>
     <t>50 styck</t>
   </si>
   <si>
     <t>B05BB01</t>
   </si>
   <si>
     <t>Ringer-Acetat Baxter Viaflo, inf-vätska, lösning</t>
   </si>
   <si>
     <t>A03AB02</t>
   </si>
   <si>
-    <t>Robinul, inj-vätska, lösning 0,2 mg/ml Meda AB</t>
-[...1 lines deleted...]
-  <si>
     <t>0,2 mg/ml</t>
   </si>
   <si>
     <t>J01CA08</t>
   </si>
   <si>
     <t>Selexid, filmdragerad tablett 200 mg Karo Pharma AB</t>
   </si>
   <si>
     <t>200 mg</t>
   </si>
   <si>
     <t>Karo Pharma AB</t>
   </si>
   <si>
     <t>Sterile Water spädningsvätska  Spädningsvätska för parenteral användning</t>
   </si>
   <si>
     <t>J05AH02</t>
   </si>
   <si>
     <t>Tamiflu Kapsel, hård</t>
   </si>
   <si>
     <t>30mg</t>
@@ -854,59 +833,50 @@
     <t>Roche AB</t>
   </si>
   <si>
     <t>10 kapslar</t>
   </si>
   <si>
     <t>75mg</t>
   </si>
   <si>
     <t>J05AB11</t>
   </si>
   <si>
     <t>Valaciclovir Actavis, filmdragerad tablett 500 mg</t>
   </si>
   <si>
     <t>Voltaren, inj-vätska, lösning 25 mg/ml Ebb Medical AB</t>
   </si>
   <si>
     <t>25 mg/ml</t>
   </si>
   <si>
     <t>Ebb Medical AB</t>
   </si>
   <si>
     <t>N01BB02</t>
-  </si>
-[...7 lines deleted...]
-    <t>10 x 10 gram</t>
   </si>
   <si>
     <t>Gel</t>
   </si>
   <si>
     <t>N05CF01</t>
   </si>
   <si>
     <t>Zopiklon Pilum, filmdragerad tablett 5 mg</t>
   </si>
   <si>
     <t>Vara / Lokalvård, disk, tvätt &amp; avfall / Avfall / Riskavfall emballage</t>
   </si>
   <si>
     <t>Smittförande avfall behållare ca 50L gul</t>
   </si>
   <si>
     <t>AB Sundplast</t>
   </si>
   <si>
     <t>Vara / Apoteksvaror (ej läkemedel)</t>
   </si>
   <si>
     <t>105251490</t>
   </si>
@@ -1007,81 +977,114 @@
     <t>Kaleorid depottablett</t>
   </si>
   <si>
     <t>Fenoximetylpenicillin EQL Pharma, filmdragerad tablett</t>
   </si>
   <si>
     <t>EQL Pharma AB</t>
   </si>
   <si>
     <t>Morfin Abcur, inj-vätska, lösning 10 mg/ml</t>
   </si>
   <si>
     <t>Abcur AB</t>
   </si>
   <si>
     <t>Oxycodone G.L. filmdragerad tablett 5 mg</t>
   </si>
   <si>
     <t>G.L. Pharma Nordic Aktiebolag</t>
   </si>
   <si>
     <t>KAF sortiment  
 läkemedel och lmnära produkter</t>
   </si>
   <si>
-    <t>Jext, inj-vätska, lösning, förfylld injektionspenna 300 mikrogram</t>
-[...4 lines deleted...]
-  <si>
     <t>PARI VORTEX med munstycke</t>
   </si>
   <si>
     <t>Timik AB</t>
   </si>
   <si>
     <t>Panodil, suppositorium 1 g</t>
   </si>
   <si>
     <t>12 x 1000 milliliter</t>
   </si>
   <si>
-    <t>Uppdaterat 2025-09-29</t>
-[...1 lines deleted...]
-  <si>
     <t>28 styck</t>
   </si>
   <si>
     <t>100 x 1 styck</t>
   </si>
   <si>
     <t>50 x 1 tablett(er)</t>
   </si>
   <si>
     <t>105 tablett(er)</t>
+  </si>
+  <si>
+    <t>044011</t>
+  </si>
+  <si>
+    <t>Amotaks, tablett 750 mg</t>
+  </si>
+  <si>
+    <t>EpiPen, inj-vätska, lösning, förfylld injektionspenna 300 mikrogram Viatris AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Glyronul inj-vätska, lösning, 0,2mg/ml </t>
+  </si>
+  <si>
+    <t>069156</t>
+  </si>
+  <si>
+    <t>Instillido, gel 20 mg/ml</t>
+  </si>
+  <si>
+    <t>20 mg/ml</t>
+  </si>
+  <si>
+    <t>FrostPharma AB</t>
+  </si>
+  <si>
+    <t>10 x 11 milliliter</t>
+  </si>
+  <si>
+    <t>Ondansetron Kalceks, inj-/inf-vätska, lösning 2 mg/ml</t>
+  </si>
+  <si>
+    <t>AS KALCEKS</t>
+  </si>
+  <si>
+    <t>10 x 2 milliliter</t>
+  </si>
+  <si>
+    <t>Zalasta, munsönderfallande tablett 5 mg</t>
+  </si>
+  <si>
+    <t>Uppdaterat 2026-03-12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="000000"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1143,51 +1146,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFill="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1206,50 +1209,57 @@
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlänk" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
@@ -1531,82 +1541,82 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-16/native" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F828087-D9EF-4B99-A091-CEFAE6E9F8EE}">
   <dimension ref="A1:J84"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A50" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3:H70"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="39.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.42578125" customWidth="1"/>
     <col min="3" max="3" width="68.42578125" customWidth="1"/>
     <col min="4" max="4" width="19" style="1" customWidth="1"/>
     <col min="5" max="5" width="38.28515625" customWidth="1"/>
     <col min="6" max="6" width="29.28515625" customWidth="1"/>
     <col min="7" max="7" width="28.7109375" customWidth="1"/>
     <col min="8" max="8" width="61.85546875" customWidth="1"/>
     <col min="10" max="10" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="4"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
     </row>
     <row r="2" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="19" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="4"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
     </row>
     <row r="3" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
@@ -1625,1981 +1635,1981 @@
         <v>15</v>
       </c>
       <c r="B4" s="9">
         <v>97644</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" t="s">
+      <c r="A5" s="24" t="s">
         <v>22</v>
       </c>
-      <c r="B5" s="9">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="B5" s="25" t="s">
+        <v>321</v>
+      </c>
+      <c r="C5" s="24" t="s">
+        <v>322</v>
+      </c>
+      <c r="D5" s="26" t="s">
         <v>23</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G5" t="s">
+      <c r="E5" s="24" t="s">
+        <v>307</v>
+      </c>
+      <c r="F5" s="24" t="s">
+        <v>58</v>
+      </c>
+      <c r="G5" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="H5" t="s">
-        <v>21</v>
+      <c r="H5" s="24" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B6" s="9">
         <v>546838</v>
       </c>
       <c r="C6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E6" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="F6" t="s">
         <v>29</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="G6" t="s">
         <v>30</v>
       </c>
-      <c r="F6" t="s">
+      <c r="H6" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B7" s="9">
         <v>8938</v>
       </c>
       <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" t="s">
         <v>35</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="F7" t="s">
         <v>36</v>
       </c>
-      <c r="E7" t="s">
+      <c r="G7" t="s">
         <v>37</v>
       </c>
-      <c r="F7" t="s">
+      <c r="H7" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B8" s="9">
         <v>7997</v>
       </c>
       <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" t="s">
+        <v>24</v>
+      </c>
+      <c r="G8" t="s">
         <v>41</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="H8" t="s">
         <v>42</v>
-      </c>
-[...10 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B9" s="9">
         <v>151233</v>
       </c>
       <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" t="s">
         <v>46</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="F9" t="s">
         <v>47</v>
       </c>
-      <c r="E9" t="s">
+      <c r="G9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B10" s="9">
         <v>90756</v>
       </c>
       <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E10" t="s">
         <v>52</v>
       </c>
-      <c r="D10" s="1" t="s">
+      <c r="F10" t="s">
         <v>53</v>
       </c>
-      <c r="E10" t="s">
+      <c r="G10" t="s">
+        <v>30</v>
+      </c>
+      <c r="H10" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B11" s="9">
         <v>45163</v>
       </c>
       <c r="C11" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F11" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G11" t="s">
         <v>20</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B12" s="9">
         <v>177543</v>
       </c>
       <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" t="s">
         <v>62</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="F12" t="s">
         <v>63</v>
       </c>
-      <c r="E12" t="s">
+      <c r="G12" t="s">
         <v>64</v>
       </c>
-      <c r="F12" t="s">
+      <c r="H12" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B13" s="9">
         <v>137794</v>
       </c>
       <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E13" t="s">
         <v>69</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="F13" t="s">
         <v>70</v>
       </c>
-      <c r="E13" t="s">
+      <c r="G13" t="s">
         <v>71</v>
       </c>
-      <c r="F13" t="s">
+      <c r="H13" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B14" s="9">
         <v>588574</v>
       </c>
       <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E14" t="s">
         <v>76</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="F14" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G14" t="s">
         <v>20</v>
       </c>
       <c r="H14" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B15" s="9">
         <v>542693</v>
       </c>
       <c r="C15" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="G15" t="s">
         <v>20</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B16" s="9">
         <v>398297</v>
       </c>
       <c r="C16" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="E16" t="s">
+        <v>85</v>
+      </c>
+      <c r="F16" t="s">
         <v>86</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E16" t="s">
+      <c r="G16" t="s">
         <v>87</v>
       </c>
-      <c r="F16" t="s">
+      <c r="H16" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B17" s="9">
         <v>463927</v>
       </c>
       <c r="C17" t="s">
+        <v>90</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="E17" t="s">
         <v>92</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="F17" t="s">
         <v>93</v>
       </c>
-      <c r="E17" t="s">
+      <c r="G17" t="s">
+        <v>41</v>
+      </c>
+      <c r="H17" t="s">
         <v>94</v>
-      </c>
-[...7 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B18" s="9">
         <v>399725</v>
       </c>
       <c r="C18" t="s">
+        <v>96</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E18" t="s">
         <v>98</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
       <c r="G18" t="s">
         <v>20</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B19" s="9">
         <v>441469</v>
       </c>
       <c r="C19" t="s">
+        <v>100</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E19" t="s">
+        <v>98</v>
+      </c>
+      <c r="F19" t="s">
         <v>102</v>
-      </c>
-[...7 lines deleted...]
-        <v>104</v>
       </c>
       <c r="G19" t="s">
         <v>20</v>
       </c>
       <c r="H19" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="B20" s="9">
-        <v>382625</v>
+        <v>564373</v>
       </c>
       <c r="C20" t="s">
-        <v>111</v>
+        <v>323</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="E20" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="F20" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="G20" t="s">
-        <v>32</v>
+        <v>106</v>
       </c>
       <c r="H20" t="s">
-        <v>33</v>
+        <v>107</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="B21" s="9">
-        <v>87094</v>
+        <v>382625</v>
       </c>
       <c r="C21" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>109</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>110</v>
       </c>
       <c r="E21" t="s">
-        <v>317</v>
+        <v>111</v>
       </c>
       <c r="F21" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="G21" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="H21" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B22" s="9">
-        <v>434486</v>
+        <v>87094</v>
       </c>
       <c r="C22" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>306</v>
+      </c>
+      <c r="D22" t="s">
+        <v>68</v>
       </c>
       <c r="E22" t="s">
-        <v>120</v>
+        <v>307</v>
       </c>
       <c r="F22" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="G22" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="H22" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="B23" s="9">
-        <v>17745</v>
+        <v>434486</v>
       </c>
       <c r="C23" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>93</v>
+        <v>17</v>
       </c>
       <c r="E23" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="F23" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="G23" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="H23" t="s">
-        <v>80</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="B24" s="9">
-        <v>420471</v>
+        <v>17745</v>
       </c>
       <c r="C24" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="E24" t="s">
+        <v>122</v>
+      </c>
+      <c r="F24" t="s">
+        <v>123</v>
+      </c>
+      <c r="G24" t="s">
+        <v>20</v>
+      </c>
+      <c r="H24" t="s">
         <v>78</v>
-      </c>
-[...7 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
+        <v>124</v>
+      </c>
+      <c r="B25" s="9">
+        <v>420471</v>
+      </c>
+      <c r="C25" t="s">
+        <v>125</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B25" s="9">
-[...7 lines deleted...]
-      </c>
       <c r="E25" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F25" t="s">
+        <v>127</v>
+      </c>
+      <c r="G25" t="s">
+        <v>128</v>
+      </c>
+      <c r="H25" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>565034</v>
+        <v>124</v>
+      </c>
+      <c r="B26" s="9">
+        <v>420497</v>
       </c>
       <c r="C26" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>0.01</v>
+        <v>130</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>131</v>
       </c>
       <c r="E26" t="s">
-        <v>136</v>
+        <v>76</v>
       </c>
       <c r="F26" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="G26" t="s">
-        <v>66</v>
+        <v>128</v>
       </c>
       <c r="H26" t="s">
-        <v>138</v>
+        <v>129</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>156528</v>
+        <v>132</v>
+      </c>
+      <c r="B27" s="10">
+        <v>565034</v>
       </c>
       <c r="C27" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>133</v>
+      </c>
+      <c r="D27" s="11">
+        <v>0.01</v>
       </c>
       <c r="E27" t="s">
-        <v>94</v>
+        <v>134</v>
       </c>
       <c r="F27" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="G27" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="H27" t="s">
-        <v>44</v>
+        <v>136</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B28" s="9">
-        <v>390849</v>
+        <v>156528</v>
       </c>
       <c r="C28" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>112</v>
+        <v>91</v>
       </c>
       <c r="E28" t="s">
-        <v>144</v>
+        <v>92</v>
       </c>
       <c r="F28" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="G28" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="H28" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
+        <v>140</v>
+      </c>
+      <c r="B29" s="9">
+        <v>390849</v>
+      </c>
+      <c r="C29" t="s">
+        <v>141</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E29" t="s">
         <v>142</v>
       </c>
-      <c r="B29" s="9">
-[...10 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="G29" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="H29" t="s">
-        <v>150</v>
+        <v>42</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="B30" s="9">
-        <v>386888</v>
+        <v>498961</v>
       </c>
       <c r="C30" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="E30" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="F30" t="s">
-        <v>107</v>
+        <v>147</v>
       </c>
       <c r="G30" t="s">
-        <v>130</v>
+        <v>37</v>
       </c>
       <c r="H30" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="B31" s="9">
-        <v>406954</v>
+        <v>386888</v>
       </c>
       <c r="C31" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="E31" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="F31" t="s">
-        <v>328</v>
+        <v>105</v>
       </c>
       <c r="G31" t="s">
-        <v>160</v>
+        <v>128</v>
       </c>
       <c r="H31" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
+        <v>154</v>
+      </c>
+      <c r="B32" s="9">
+        <v>406954</v>
+      </c>
+      <c r="C32" t="s">
+        <v>155</v>
+      </c>
+      <c r="D32" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B32" s="9">
-[...7 lines deleted...]
-      </c>
       <c r="E32" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="F32" t="s">
-        <v>165</v>
+        <v>316</v>
       </c>
       <c r="G32" t="s">
-        <v>39</v>
+        <v>158</v>
       </c>
       <c r="H32" t="s">
-        <v>40</v>
+        <v>159</v>
       </c>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="B33" s="9">
-        <v>467993</v>
+        <v>72397</v>
       </c>
       <c r="C33" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="E33" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="F33" t="s">
+        <v>163</v>
+      </c>
+      <c r="G33" t="s">
+        <v>37</v>
+      </c>
+      <c r="H33" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>170</v>
+        <v>247</v>
       </c>
       <c r="B34" s="9">
-        <v>181503</v>
+        <v>422107</v>
       </c>
       <c r="C34" t="s">
-        <v>171</v>
+        <v>324</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>172</v>
+        <v>248</v>
       </c>
       <c r="E34" t="s">
-        <v>173</v>
+        <v>307</v>
       </c>
       <c r="F34" t="s">
-        <v>174</v>
+        <v>47</v>
       </c>
       <c r="G34" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="H34" t="s">
-        <v>175</v>
+        <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="B35" s="9">
-        <v>18562</v>
+        <v>467993</v>
       </c>
       <c r="C35" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="E35" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="F35" t="s">
-        <v>177</v>
+        <v>36</v>
       </c>
       <c r="G35" t="s">
-        <v>178</v>
+        <v>37</v>
       </c>
       <c r="H35" t="s">
-        <v>179</v>
+        <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="B36" s="9">
-        <v>58290</v>
+        <v>181503</v>
       </c>
       <c r="C36" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="E36" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="F36" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="G36" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="H36" t="s">
-        <v>109</v>
+        <v>173</v>
       </c>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>105</v>
+        <v>168</v>
       </c>
       <c r="B37" s="9">
-        <v>183660</v>
+        <v>18562</v>
       </c>
       <c r="C37" t="s">
-        <v>323</v>
+        <v>174</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
       <c r="E37" t="s">
-        <v>324</v>
+        <v>171</v>
       </c>
       <c r="F37" t="s">
-        <v>107</v>
+        <v>175</v>
       </c>
       <c r="G37" t="s">
-        <v>108</v>
+        <v>176</v>
       </c>
       <c r="H37" t="s">
-        <v>109</v>
+        <v>177</v>
       </c>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A38" s="17" t="s">
-[...3 lines deleted...]
-        <v>37846</v>
+      <c r="A38" t="s">
+        <v>265</v>
+      </c>
+      <c r="B38" s="9" t="s">
+        <v>325</v>
       </c>
       <c r="C38" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>327</v>
+      </c>
+      <c r="E38" t="s">
+        <v>328</v>
       </c>
       <c r="F38" t="s">
-        <v>84</v>
+        <v>329</v>
       </c>
       <c r="G38" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="H38" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="J38" s="18"/>
+        <v>266</v>
+      </c>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="B39" s="9">
-        <v>404939</v>
+        <v>58290</v>
       </c>
       <c r="C39" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="E39" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F39" t="s">
-        <v>38</v>
+        <v>182</v>
       </c>
       <c r="G39" t="s">
-        <v>39</v>
+        <v>106</v>
       </c>
       <c r="H39" t="s">
-        <v>40</v>
+        <v>107</v>
       </c>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A40" t="s">
-        <v>190</v>
+      <c r="A40" s="17" t="s">
+        <v>183</v>
       </c>
       <c r="B40" s="9">
-        <v>592931</v>
+        <v>37846</v>
       </c>
       <c r="C40" t="s">
-        <v>191</v>
+        <v>305</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>184</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>252</v>
       </c>
       <c r="F40" t="s">
-        <v>194</v>
+        <v>82</v>
       </c>
       <c r="G40" t="s">
-        <v>178</v>
+        <v>71</v>
       </c>
       <c r="H40" t="s">
-        <v>195</v>
-      </c>
+        <v>185</v>
+      </c>
+      <c r="J40" s="18"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="B41" s="9">
-        <v>418108</v>
+        <v>404939</v>
       </c>
       <c r="C41" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>198</v>
+        <v>145</v>
       </c>
       <c r="E41" t="s">
-        <v>120</v>
+        <v>171</v>
       </c>
       <c r="F41" t="s">
-        <v>145</v>
+        <v>36</v>
       </c>
       <c r="G41" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="H41" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="42" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="B42" s="9">
-        <v>2085</v>
+        <v>592931</v>
       </c>
       <c r="C42" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>168</v>
+        <v>190</v>
       </c>
       <c r="E42" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="F42" t="s">
-        <v>49</v>
+        <v>192</v>
       </c>
       <c r="G42" t="s">
-        <v>39</v>
+        <v>176</v>
       </c>
       <c r="H42" t="s">
-        <v>150</v>
+        <v>193</v>
       </c>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="B43" s="9">
-        <v>68649</v>
+        <v>418108</v>
       </c>
       <c r="C43" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>83</v>
+        <v>196</v>
       </c>
       <c r="E43" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F43" t="s">
-        <v>104</v>
+        <v>143</v>
       </c>
       <c r="G43" t="s">
         <v>20</v>
       </c>
       <c r="H43" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="J43" s="18"/>
+        <v>42</v>
+      </c>
     </row>
     <row r="44" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>452908</v>
+        <v>197</v>
+      </c>
+      <c r="B44" s="9">
+        <v>2085</v>
       </c>
       <c r="C44" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>198</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>166</v>
       </c>
       <c r="E44" t="s">
-        <v>319</v>
+        <v>199</v>
       </c>
       <c r="F44" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G44" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="H44" t="s">
-        <v>40</v>
+        <v>148</v>
       </c>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B45" s="9">
-        <v>141856</v>
+        <v>68649</v>
       </c>
       <c r="C45" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>207</v>
+        <v>81</v>
       </c>
       <c r="E45" t="s">
-        <v>164</v>
+        <v>114</v>
       </c>
       <c r="F45" t="s">
-        <v>165</v>
+        <v>102</v>
       </c>
       <c r="G45" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="H45" t="s">
-        <v>208</v>
-      </c>
+        <v>42</v>
+      </c>
+      <c r="J45" s="18"/>
     </row>
     <row r="46" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>422162</v>
+        <v>200</v>
+      </c>
+      <c r="B46" s="10">
+        <v>452908</v>
       </c>
       <c r="C46" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>308</v>
+      </c>
+      <c r="D46" t="s">
+        <v>145</v>
       </c>
       <c r="E46" t="s">
-        <v>54</v>
+        <v>309</v>
       </c>
       <c r="F46" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="G46" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="H46" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="J46" s="18"/>
+        <v>38</v>
+      </c>
     </row>
     <row r="47" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="B47" s="9">
-        <v>497436</v>
+        <v>141856</v>
       </c>
       <c r="C47" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="E47" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F47" t="s">
-        <v>216</v>
+        <v>163</v>
       </c>
       <c r="G47" t="s">
-        <v>178</v>
+        <v>37</v>
       </c>
       <c r="H47" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
     </row>
     <row r="48" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="B48" s="9">
-        <v>522009</v>
+        <v>422162</v>
       </c>
       <c r="C48" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>83</v>
+        <v>209</v>
       </c>
       <c r="E48" t="s">
-        <v>220</v>
+        <v>52</v>
       </c>
       <c r="F48" t="s">
-        <v>221</v>
+        <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="H48" t="s">
-        <v>222</v>
-      </c>
+        <v>210</v>
+      </c>
+      <c r="J48" s="18"/>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="B49" s="9">
-        <v>399235</v>
+        <v>497436</v>
       </c>
       <c r="C49" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>225</v>
+        <v>213</v>
       </c>
       <c r="E49" t="s">
-        <v>11</v>
+        <v>114</v>
       </c>
       <c r="F49" t="s">
-        <v>226</v>
+        <v>214</v>
       </c>
       <c r="G49" t="s">
-        <v>20</v>
+        <v>176</v>
       </c>
       <c r="H49" t="s">
-        <v>227</v>
+        <v>215</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
       <c r="B50" s="9">
-        <v>60523</v>
+        <v>399235</v>
       </c>
       <c r="C50" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="E50" t="s">
-        <v>164</v>
+        <v>11</v>
       </c>
       <c r="F50" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="G50" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="H50" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="B51" s="9">
-        <v>44814</v>
+        <v>400783</v>
       </c>
       <c r="C51" t="s">
-        <v>233</v>
+        <v>330</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>83</v>
+        <v>225</v>
       </c>
       <c r="E51" t="s">
-        <v>11</v>
+        <v>331</v>
       </c>
       <c r="F51" t="s">
         <v>332</v>
       </c>
       <c r="G51" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="H51" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>100168</v>
+        <v>226</v>
+      </c>
+      <c r="B52" s="9">
+        <v>44814</v>
       </c>
       <c r="C52" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>227</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>81</v>
       </c>
       <c r="E52" t="s">
-        <v>321</v>
+        <v>11</v>
       </c>
       <c r="F52" t="s">
-        <v>330</v>
+        <v>319</v>
       </c>
       <c r="G52" t="s">
         <v>20</v>
       </c>
       <c r="H52" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>432994</v>
+        <v>228</v>
+      </c>
+      <c r="B53" s="10">
+        <v>100168</v>
       </c>
       <c r="C53" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>310</v>
+      </c>
+      <c r="D53" t="s">
+        <v>81</v>
       </c>
       <c r="E53" t="s">
-        <v>236</v>
+        <v>311</v>
       </c>
       <c r="F53" t="s">
-        <v>49</v>
+        <v>317</v>
       </c>
       <c r="G53" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="H53" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>15</v>
+        <v>228</v>
       </c>
       <c r="B54" s="9">
-        <v>510829</v>
+        <v>432994</v>
       </c>
       <c r="C54" t="s">
-        <v>327</v>
+        <v>229</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>70</v>
+        <v>145</v>
       </c>
       <c r="E54" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="F54" t="s">
-        <v>238</v>
+        <v>47</v>
       </c>
       <c r="G54" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="H54" t="s">
-        <v>96</v>
+        <v>148</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>239</v>
+        <v>15</v>
       </c>
       <c r="B55" s="9">
-        <v>165787</v>
+        <v>510829</v>
       </c>
       <c r="C55" t="s">
-        <v>240</v>
+        <v>315</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>241</v>
+        <v>68</v>
       </c>
       <c r="E55" t="s">
-        <v>242</v>
+        <v>231</v>
       </c>
       <c r="F55" t="s">
-        <v>104</v>
+        <v>232</v>
       </c>
       <c r="G55" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="H55" t="s">
-        <v>44</v>
+        <v>94</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="B56" s="9">
-        <v>141458</v>
+        <v>165787</v>
       </c>
       <c r="C56" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>83</v>
+        <v>235</v>
       </c>
       <c r="E56" t="s">
-        <v>116</v>
+        <v>236</v>
       </c>
       <c r="F56" t="s">
-        <v>333</v>
+        <v>102</v>
       </c>
       <c r="G56" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="H56" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="B57" s="9">
-        <v>197855</v>
+        <v>141458</v>
       </c>
       <c r="C57" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="E57" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="F57" t="s">
-        <v>145</v>
+        <v>320</v>
       </c>
       <c r="G57" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="H57" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>544490</v>
+        <v>239</v>
+      </c>
+      <c r="B58" s="9">
+        <v>197855</v>
       </c>
       <c r="C58" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>311</v>
+        <v>240</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>17</v>
       </c>
       <c r="E58" t="s">
-        <v>312</v>
+        <v>118</v>
       </c>
       <c r="F58" t="s">
-        <v>313</v>
+        <v>143</v>
       </c>
       <c r="G58" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="H58" t="s">
-        <v>314</v>
+        <v>42</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>434845</v>
+        <v>202</v>
+      </c>
+      <c r="B59" s="10">
+        <v>544490</v>
       </c>
       <c r="C59" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>300</v>
+      </c>
+      <c r="D59" t="s">
+        <v>301</v>
       </c>
       <c r="E59" t="s">
-        <v>71</v>
+        <v>302</v>
       </c>
       <c r="F59" t="s">
-        <v>250</v>
+        <v>303</v>
       </c>
       <c r="G59" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="H59" t="s">
-        <v>90</v>
+        <v>304</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="B60" s="9">
-        <v>174519</v>
+        <v>434845</v>
       </c>
       <c r="C60" t="s">
-        <v>252</v>
+        <v>242</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>243</v>
       </c>
       <c r="E60" t="s">
-        <v>159</v>
+        <v>69</v>
       </c>
       <c r="F60" t="s">
-        <v>328</v>
+        <v>244</v>
       </c>
       <c r="G60" t="s">
-        <v>160</v>
+        <v>64</v>
       </c>
       <c r="H60" t="s">
-        <v>161</v>
+        <v>88</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="B61" s="9">
-        <v>533489</v>
+        <v>174519</v>
       </c>
       <c r="C61" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="E61" t="s">
-        <v>71</v>
+        <v>157</v>
       </c>
       <c r="F61" t="s">
-        <v>49</v>
+        <v>316</v>
       </c>
       <c r="G61" t="s">
-        <v>39</v>
+        <v>158</v>
       </c>
       <c r="H61" t="s">
-        <v>40</v>
+        <v>159</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="B62" s="9">
         <v>458349</v>
       </c>
       <c r="C62" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="E62" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="F62" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G62" t="s">
         <v>20</v>
       </c>
       <c r="H62" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B63" s="9">
         <v>378030</v>
       </c>
       <c r="C63" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>253</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>162</v>
       </c>
       <c r="E63" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="F63" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G63" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B64" s="9">
         <v>106006</v>
       </c>
       <c r="C64" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="E64" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="F64" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="G64" t="s">
         <v>20</v>
       </c>
       <c r="H64" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="65" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B65" s="9">
         <v>79202</v>
       </c>
       <c r="C65" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="E65" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="F65" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="G65" t="s">
         <v>20</v>
       </c>
       <c r="H65" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="66" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="B66" s="9">
         <v>79484</v>
       </c>
       <c r="C66" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="G66" t="s">
         <v>20</v>
       </c>
       <c r="H66" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>9</v>
       </c>
-      <c r="B67" s="10">
+      <c r="B67" s="9">
         <v>479543</v>
       </c>
       <c r="C67" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="D67" t="s">
+        <v>299</v>
+      </c>
+      <c r="D67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>18</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67" t="s">
         <v>13</v>
       </c>
       <c r="H67" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B68" s="9">
         <v>68807</v>
       </c>
       <c r="C68" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="E68" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="F68" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="G68" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="H68" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="69" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>272</v>
+        <v>216</v>
       </c>
       <c r="B69" s="9">
-        <v>197848</v>
+        <v>114996</v>
       </c>
       <c r="C69" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>0.02</v>
+        <v>333</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>81</v>
       </c>
       <c r="E69" t="s">
-        <v>274</v>
+        <v>122</v>
       </c>
       <c r="F69" t="s">
-        <v>275</v>
+        <v>217</v>
       </c>
       <c r="G69" t="s">
-        <v>130</v>
+        <v>20</v>
       </c>
       <c r="H69" t="s">
-        <v>276</v>
+        <v>218</v>
       </c>
     </row>
     <row r="70" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="B70" s="9">
         <v>463334</v>
       </c>
       <c r="C70" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="E70" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="F70" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G70" t="s">
         <v>20</v>
       </c>
       <c r="H70" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="71" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A71" s="22" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="B71" s="16">
         <v>110193919</v>
       </c>
       <c r="C71" s="14" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="E71" s="12" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="J71" s="15"/>
     </row>
     <row r="72" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A72" s="22" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="B72" s="13" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="C72" s="14" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="E72" s="12" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="J72" s="15"/>
     </row>
     <row r="73" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A73" s="22" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="B73" s="13" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="C73" s="14" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="E73" s="12" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="J73" s="15"/>
     </row>
     <row r="74" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A74" s="22" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="B74" s="10">
         <v>103435509</v>
       </c>
       <c r="C74" s="14" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="E74" s="12" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="J74" s="15"/>
     </row>
     <row r="75" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A75" s="22" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="B75" s="13" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="C75" s="14" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="E75" s="12" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="J75" s="15"/>
     </row>
     <row r="76" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A76" s="22" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="B76" s="13" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="C76" s="14" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="E76" s="12" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="J76" s="15"/>
     </row>
     <row r="77" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A77" s="22" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="B77" s="13" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
       <c r="C77" s="14" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="E77" s="12" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="J77" s="15"/>
     </row>
     <row r="78" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A78" s="22" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="B78" s="13" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="C78" s="14" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="E78" s="12" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="J78" s="15"/>
     </row>
     <row r="79" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A79" s="22" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="B79" s="13" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="C79" s="14" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="E79" s="12" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="J79" s="15"/>
     </row>
     <row r="80" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A80" s="22" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="B80" s="13" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="C80" s="14" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="E80" s="12" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="J80" s="15"/>
     </row>
     <row r="81" spans="1:10" ht="75" x14ac:dyDescent="0.25">
       <c r="A81" s="23" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="B81" s="21">
         <v>200014177</v>
       </c>
       <c r="C81" s="20" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="D81" s="20"/>
       <c r="E81" s="20" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="J81" s="15"/>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A82" s="23" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="B82" s="21">
         <v>200019994</v>
       </c>
       <c r="C82" s="20" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="D82" s="20"/>
       <c r="E82" s="20" t="s">
-        <v>326</v>
+        <v>314</v>
       </c>
       <c r="F82" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="J82" s="15"/>
     </row>
     <row r="84" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" xr:uid="{7F013B83-4232-43CA-9F1A-43D36A1D490D}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Blad1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>KAF sortiment</dc:title>
   <dc:subject/>
   <dc:creator>Anna Golebiak</dc:creator>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Oscar Johnsson</lastModifiedBy>
+  <lastModifiedBy>Sara Zimmermann</lastModifiedBy>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <category/>
   <contentStatus/>
 </coreProperties>
 </file>