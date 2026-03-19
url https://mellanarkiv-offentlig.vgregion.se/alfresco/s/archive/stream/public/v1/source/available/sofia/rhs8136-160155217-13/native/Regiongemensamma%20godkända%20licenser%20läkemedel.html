--- v2 (2026-02-26)
+++ v3 (2026-03-19)
@@ -8,406 +8,396 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vgregion.sharepoint.com/sites/sy-rhs-savgr-sortimentradet-hemsida/Delade dokument/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3917" documentId="8_{0794A39C-4DD4-4D34-A44E-86FA2ECFD7AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{35644F87-8D12-4D25-893F-74AAC44FF799}"/>
+  <xr:revisionPtr revIDLastSave="4024" documentId="8_{0794A39C-4DD4-4D34-A44E-86FA2ECFD7AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AE09FFC6-76D2-4C70-94EC-D420A6D40BBE}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Regiongemensamma licenser VGR" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Regiongemensamma licenser VGR'!$A$3:$L$97</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Regiongemensamma licenser VGR'!$A$3:$L$87</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="M39" i="2" l="1"/>
-  <c r="N39" i="2" s="1"/>
+  <c r="M62" i="2" l="1"/>
+  <c r="N62" i="2" s="1"/>
+  <c r="Q62" i="2"/>
+  <c r="R62" i="2"/>
+  <c r="M39" i="2"/>
+  <c r="N39" i="2"/>
   <c r="Q39" i="2"/>
   <c r="R39" i="2"/>
-  <c r="M40" i="2"/>
-[...2 lines deleted...]
-  <c r="R40" i="2"/>
+  <c r="M37" i="2"/>
+  <c r="N37" i="2" s="1"/>
+  <c r="Q37" i="2"/>
+  <c r="R37" i="2"/>
   <c r="M38" i="2"/>
-  <c r="N38" i="2"/>
+  <c r="N38" i="2" s="1"/>
   <c r="Q38" i="2"/>
   <c r="R38" i="2"/>
-  <c r="M71" i="2"/>
-[...10 lines deleted...]
-  <c r="R21" i="2"/>
+  <c r="M36" i="2"/>
+  <c r="N36" i="2" s="1"/>
+  <c r="Q36" i="2"/>
+  <c r="R36" i="2"/>
   <c r="M61" i="2"/>
   <c r="N61" i="2" s="1"/>
   <c r="Q61" i="2"/>
   <c r="R61" i="2"/>
-  <c r="M70" i="2"/>
-[...6 lines deleted...]
-  <c r="N59" i="2" s="1"/>
+  <c r="M53" i="2"/>
+  <c r="N53" i="2" s="1"/>
+  <c r="Q53" i="2"/>
+  <c r="R53" i="2"/>
+  <c r="M19" i="2"/>
+  <c r="N19" i="2" s="1"/>
+  <c r="Q19" i="2"/>
+  <c r="R19" i="2"/>
+  <c r="M52" i="2"/>
+  <c r="N52" i="2" s="1"/>
+  <c r="Q52" i="2"/>
+  <c r="R52" i="2"/>
+  <c r="M60" i="2"/>
+  <c r="N60" i="2" s="1"/>
+  <c r="Q60" i="2"/>
+  <c r="R60" i="2"/>
+  <c r="R50" i="2"/>
+  <c r="Q50" i="2"/>
+  <c r="M50" i="2"/>
+  <c r="N50" i="2" s="1"/>
   <c r="R4" i="2"/>
   <c r="Q4" i="2"/>
   <c r="M4" i="2"/>
   <c r="N4" i="2" s="1"/>
-  <c r="M18" i="2"/>
-[...6 lines deleted...]
-  <c r="R88" i="2"/>
+  <c r="M16" i="2"/>
+  <c r="N16" i="2" s="1"/>
+  <c r="Q16" i="2"/>
+  <c r="R16" i="2"/>
   <c r="M78" i="2"/>
   <c r="N78" i="2" s="1"/>
   <c r="Q78" i="2"/>
   <c r="R78" i="2"/>
-  <c r="M74" i="2"/>
-[...18 lines deleted...]
-  <c r="R51" i="2"/>
+  <c r="M69" i="2"/>
+  <c r="N69" i="2" s="1"/>
+  <c r="Q69" i="2"/>
+  <c r="R69" i="2"/>
+  <c r="M65" i="2"/>
+  <c r="N65" i="2" s="1"/>
+  <c r="Q65" i="2"/>
+  <c r="R65" i="2"/>
+  <c r="M67" i="2"/>
+  <c r="N67" i="2" s="1"/>
+  <c r="Q67" i="2"/>
+  <c r="R67" i="2"/>
+  <c r="M11" i="2"/>
+  <c r="N11" i="2" s="1"/>
+  <c r="Q11" i="2"/>
+  <c r="R11" i="2"/>
+  <c r="M47" i="2"/>
+  <c r="N47" i="2" s="1"/>
+  <c r="Q47" i="2"/>
+  <c r="R47" i="2"/>
+  <c r="M43" i="2"/>
+  <c r="N43" i="2" s="1"/>
+  <c r="Q43" i="2"/>
+  <c r="R43" i="2"/>
+  <c r="M25" i="2"/>
+  <c r="N25" i="2" s="1"/>
+  <c r="Q25" i="2"/>
+  <c r="R25" i="2"/>
+  <c r="M26" i="2"/>
+  <c r="N26" i="2" s="1"/>
+  <c r="Q26" i="2"/>
+  <c r="R26" i="2"/>
   <c r="M27" i="2"/>
   <c r="N27" i="2" s="1"/>
   <c r="Q27" i="2"/>
   <c r="R27" i="2"/>
   <c r="M28" i="2"/>
   <c r="N28" i="2" s="1"/>
   <c r="Q28" i="2"/>
   <c r="R28" i="2"/>
   <c r="M29" i="2"/>
   <c r="N29" i="2" s="1"/>
   <c r="Q29" i="2"/>
   <c r="R29" i="2"/>
   <c r="M30" i="2"/>
   <c r="N30" i="2" s="1"/>
   <c r="Q30" i="2"/>
   <c r="R30" i="2"/>
-  <c r="M31" i="2"/>
-[...2 lines deleted...]
-  <c r="R31" i="2"/>
+  <c r="M94" i="2"/>
+  <c r="N94" i="2" s="1"/>
+  <c r="Q94" i="2"/>
+  <c r="R94" i="2"/>
+  <c r="R64" i="2"/>
+  <c r="Q64" i="2"/>
+  <c r="M64" i="2"/>
+  <c r="N64" i="2" s="1"/>
+  <c r="M33" i="2"/>
+  <c r="N33" i="2" s="1"/>
+  <c r="Q33" i="2"/>
+  <c r="R33" i="2"/>
   <c r="M32" i="2"/>
   <c r="N32" i="2" s="1"/>
   <c r="Q32" i="2"/>
   <c r="R32" i="2"/>
+  <c r="M34" i="2"/>
+  <c r="N34" i="2" s="1"/>
+  <c r="Q34" i="2"/>
+  <c r="R34" i="2"/>
+  <c r="M35" i="2"/>
+  <c r="N35" i="2" s="1"/>
+  <c r="Q35" i="2"/>
+  <c r="R35" i="2"/>
+  <c r="M42" i="2"/>
+  <c r="N42" i="2" s="1"/>
+  <c r="Q42" i="2"/>
+  <c r="R42" i="2"/>
+  <c r="M44" i="2"/>
+  <c r="N44" i="2" s="1"/>
+  <c r="Q44" i="2"/>
+  <c r="R44" i="2"/>
+  <c r="M45" i="2"/>
+  <c r="N45" i="2" s="1"/>
+  <c r="Q45" i="2"/>
+  <c r="R45" i="2"/>
+  <c r="M84" i="2"/>
+  <c r="N84" i="2" s="1"/>
+  <c r="Q84" i="2"/>
+  <c r="R84" i="2"/>
+  <c r="M85" i="2"/>
+  <c r="N85" i="2" s="1"/>
+  <c r="Q85" i="2"/>
+  <c r="R85" i="2"/>
+  <c r="M86" i="2"/>
+  <c r="N86" i="2" s="1"/>
+  <c r="Q86" i="2"/>
+  <c r="R86" i="2"/>
+  <c r="M21" i="2"/>
+  <c r="N21" i="2" s="1"/>
+  <c r="Q21" i="2"/>
+  <c r="R21" i="2"/>
+  <c r="M20" i="2"/>
+  <c r="N20" i="2" s="1"/>
+  <c r="Q20" i="2"/>
+  <c r="R20" i="2"/>
+  <c r="M22" i="2"/>
+  <c r="N22" i="2" s="1"/>
+  <c r="Q22" i="2"/>
+  <c r="R22" i="2"/>
+  <c r="M23" i="2"/>
+  <c r="N23" i="2" s="1"/>
+  <c r="Q23" i="2"/>
+  <c r="R23" i="2"/>
+  <c r="M75" i="2"/>
+  <c r="N75" i="2" s="1"/>
+  <c r="Q75" i="2"/>
+  <c r="R75" i="2"/>
+  <c r="M63" i="2"/>
+  <c r="N63" i="2" s="1"/>
+  <c r="Q63" i="2"/>
+  <c r="R63" i="2"/>
+  <c r="M83" i="2"/>
+  <c r="N83" i="2" s="1"/>
+  <c r="Q83" i="2"/>
+  <c r="R83" i="2"/>
   <c r="M46" i="2"/>
   <c r="N46" i="2" s="1"/>
   <c r="Q46" i="2"/>
   <c r="R46" i="2"/>
-  <c r="M104" i="2"/>
-[...82 lines deleted...]
-  <c r="R44" i="2"/>
+  <c r="M49" i="2"/>
+  <c r="N49" i="2" s="1"/>
+  <c r="Q49" i="2"/>
+  <c r="R49" i="2"/>
+  <c r="M66" i="2"/>
+  <c r="N66" i="2" s="1"/>
+  <c r="Q66" i="2"/>
+  <c r="R66" i="2"/>
+  <c r="M68" i="2"/>
+  <c r="N68" i="2" s="1"/>
+  <c r="Q68" i="2"/>
+  <c r="R68" i="2"/>
+  <c r="M70" i="2"/>
+  <c r="N70" i="2" s="1"/>
+  <c r="Q70" i="2"/>
+  <c r="R70" i="2"/>
   <c r="M58" i="2"/>
   <c r="N58" i="2" s="1"/>
   <c r="Q58" i="2"/>
   <c r="R58" i="2"/>
-  <c r="M75" i="2"/>
-[...2 lines deleted...]
-  <c r="R75" i="2"/>
+  <c r="M55" i="2"/>
+  <c r="N55" i="2" s="1"/>
+  <c r="Q55" i="2"/>
+  <c r="R55" i="2"/>
+  <c r="M56" i="2"/>
+  <c r="N56" i="2" s="1"/>
+  <c r="Q56" i="2"/>
+  <c r="R56" i="2"/>
+  <c r="M105" i="2"/>
+  <c r="N105" i="2" s="1"/>
+  <c r="Q105" i="2"/>
+  <c r="R105" i="2"/>
+  <c r="M15" i="2"/>
+  <c r="N15" i="2" s="1"/>
+  <c r="M17" i="2"/>
+  <c r="N17" i="2" s="1"/>
+  <c r="M18" i="2"/>
+  <c r="N18" i="2" s="1"/>
+  <c r="M24" i="2"/>
+  <c r="N24" i="2" s="1"/>
+  <c r="M31" i="2"/>
+  <c r="N31" i="2" s="1"/>
+  <c r="M40" i="2"/>
+  <c r="N40" i="2" s="1"/>
+  <c r="M41" i="2"/>
+  <c r="N41" i="2" s="1"/>
+  <c r="M48" i="2"/>
+  <c r="N48" i="2" s="1"/>
+  <c r="M51" i="2"/>
+  <c r="N51" i="2" s="1"/>
+  <c r="M54" i="2"/>
+  <c r="N54" i="2" s="1"/>
+  <c r="M57" i="2"/>
+  <c r="N57" i="2" s="1"/>
+  <c r="M59" i="2"/>
+  <c r="N59" i="2" s="1"/>
+  <c r="M71" i="2"/>
+  <c r="N71" i="2" s="1"/>
+  <c r="M72" i="2"/>
+  <c r="N72" i="2" s="1"/>
+  <c r="M73" i="2"/>
+  <c r="N73" i="2" s="1"/>
+  <c r="M74" i="2"/>
+  <c r="N74" i="2" s="1"/>
+  <c r="M76" i="2"/>
+  <c r="N76" i="2" s="1"/>
   <c r="M77" i="2"/>
   <c r="N77" i="2" s="1"/>
-  <c r="Q77" i="2"/>
-[...8 lines deleted...]
-  <c r="R47" i="2"/>
   <c r="M79" i="2"/>
   <c r="N79" i="2" s="1"/>
-  <c r="Q79" i="2"/>
-[...62 lines deleted...]
-  <c r="N69" i="2" s="1"/>
   <c r="M80" i="2"/>
   <c r="N80" i="2" s="1"/>
   <c r="M81" i="2"/>
   <c r="N81" i="2" s="1"/>
   <c r="M82" i="2"/>
   <c r="N82" i="2" s="1"/>
-  <c r="M83" i="2"/>
-[...2 lines deleted...]
-  <c r="N86" i="2" s="1"/>
   <c r="M87" i="2"/>
   <c r="N87" i="2" s="1"/>
+  <c r="M88" i="2"/>
+  <c r="N88" i="2" s="1"/>
   <c r="M89" i="2"/>
   <c r="N89" i="2" s="1"/>
   <c r="M90" i="2"/>
   <c r="N90" i="2" s="1"/>
   <c r="M91" i="2"/>
   <c r="N91" i="2" s="1"/>
   <c r="M92" i="2"/>
   <c r="N92" i="2" s="1"/>
+  <c r="M93" i="2"/>
+  <c r="N93" i="2" s="1"/>
+  <c r="M95" i="2"/>
+  <c r="N95" i="2" s="1"/>
+  <c r="M96" i="2"/>
+  <c r="N96" i="2" s="1"/>
   <c r="M97" i="2"/>
   <c r="N97" i="2" s="1"/>
   <c r="M98" i="2"/>
   <c r="N98" i="2" s="1"/>
   <c r="M99" i="2"/>
   <c r="N99" i="2" s="1"/>
   <c r="M100" i="2"/>
   <c r="N100" i="2" s="1"/>
   <c r="M101" i="2"/>
   <c r="N101" i="2" s="1"/>
   <c r="M102" i="2"/>
   <c r="N102" i="2" s="1"/>
   <c r="M103" i="2"/>
   <c r="N103" i="2" s="1"/>
-  <c r="M105" i="2"/>
-  <c r="N105" i="2" s="1"/>
+  <c r="M104" i="2"/>
+  <c r="N104" i="2" s="1"/>
   <c r="M106" i="2"/>
   <c r="N106" i="2" s="1"/>
   <c r="M107" i="2"/>
   <c r="N107" i="2" s="1"/>
   <c r="M108" i="2"/>
   <c r="N108" i="2" s="1"/>
   <c r="M109" i="2"/>
   <c r="N109" i="2" s="1"/>
   <c r="M110" i="2"/>
   <c r="N110" i="2" s="1"/>
   <c r="M111" i="2"/>
   <c r="N111" i="2" s="1"/>
   <c r="M112" i="2"/>
   <c r="N112" i="2" s="1"/>
   <c r="M113" i="2"/>
   <c r="N113" i="2" s="1"/>
   <c r="M114" i="2"/>
   <c r="N114" i="2" s="1"/>
+  <c r="M115" i="2"/>
+  <c r="N115" i="2" s="1"/>
   <c r="M116" i="2"/>
   <c r="N116" i="2" s="1"/>
   <c r="M117" i="2"/>
   <c r="N117" i="2" s="1"/>
   <c r="M118" i="2"/>
   <c r="N118" i="2" s="1"/>
   <c r="M119" i="2"/>
   <c r="N119" i="2" s="1"/>
   <c r="M120" i="2"/>
   <c r="N120" i="2" s="1"/>
   <c r="M121" i="2"/>
   <c r="N121" i="2" s="1"/>
   <c r="M122" i="2"/>
   <c r="N122" i="2" s="1"/>
   <c r="M123" i="2"/>
   <c r="N123" i="2" s="1"/>
   <c r="M124" i="2"/>
   <c r="N124" i="2" s="1"/>
   <c r="M125" i="2"/>
   <c r="N125" i="2" s="1"/>
   <c r="M126" i="2"/>
   <c r="N126" i="2" s="1"/>
   <c r="M127" i="2"/>
   <c r="N127" i="2" s="1"/>
   <c r="M128" i="2"/>
@@ -1166,104 +1156,94 @@
   <c r="N504" i="2" s="1"/>
   <c r="M505" i="2"/>
   <c r="N505" i="2" s="1"/>
   <c r="M506" i="2"/>
   <c r="N506" i="2" s="1"/>
   <c r="M507" i="2"/>
   <c r="N507" i="2" s="1"/>
   <c r="M508" i="2"/>
   <c r="N508" i="2" s="1"/>
   <c r="M509" i="2"/>
   <c r="N509" i="2" s="1"/>
   <c r="M510" i="2"/>
   <c r="N510" i="2" s="1"/>
   <c r="M511" i="2"/>
   <c r="N511" i="2" s="1"/>
   <c r="M512" i="2"/>
   <c r="N512" i="2" s="1"/>
   <c r="M513" i="2"/>
   <c r="N513" i="2" s="1"/>
   <c r="M514" i="2"/>
   <c r="N514" i="2" s="1"/>
   <c r="M515" i="2"/>
   <c r="N515" i="2" s="1"/>
   <c r="M516" i="2"/>
   <c r="N516" i="2" s="1"/>
-  <c r="M517" i="2"/>
-[...18 lines deleted...]
-  <c r="N526" i="2" s="1"/>
+  <c r="Q81" i="2"/>
+  <c r="R81" i="2"/>
+  <c r="Q15" i="2"/>
+  <c r="R15" i="2"/>
+  <c r="Q80" i="2"/>
+  <c r="R80" i="2"/>
+  <c r="Q82" i="2"/>
+  <c r="R82" i="2"/>
+  <c r="Q57" i="2"/>
+  <c r="Q59" i="2"/>
+  <c r="Q71" i="2"/>
+  <c r="Q72" i="2"/>
+  <c r="Q73" i="2"/>
+  <c r="Q74" i="2"/>
+  <c r="Q76" i="2"/>
+  <c r="Q77" i="2"/>
+  <c r="Q79" i="2"/>
+  <c r="Q87" i="2"/>
+  <c r="Q88" i="2"/>
+  <c r="Q89" i="2"/>
+  <c r="Q90" i="2"/>
   <c r="Q91" i="2"/>
-  <c r="R91" i="2"/>
-[...3 lines deleted...]
-  <c r="R90" i="2"/>
   <c r="Q92" i="2"/>
-  <c r="R92" i="2"/>
-[...8 lines deleted...]
-  <c r="Q89" i="2"/>
+  <c r="Q93" i="2"/>
+  <c r="Q95" i="2"/>
+  <c r="Q96" i="2"/>
   <c r="Q97" i="2"/>
   <c r="Q98" i="2"/>
   <c r="Q99" i="2"/>
   <c r="Q100" i="2"/>
   <c r="Q101" i="2"/>
   <c r="Q102" i="2"/>
   <c r="Q103" i="2"/>
-  <c r="Q105" i="2"/>
+  <c r="Q104" i="2"/>
   <c r="Q106" i="2"/>
   <c r="Q107" i="2"/>
   <c r="Q108" i="2"/>
   <c r="Q109" i="2"/>
   <c r="Q110" i="2"/>
   <c r="Q111" i="2"/>
   <c r="Q112" i="2"/>
   <c r="Q113" i="2"/>
   <c r="Q114" i="2"/>
+  <c r="Q115" i="2"/>
   <c r="Q116" i="2"/>
   <c r="Q117" i="2"/>
   <c r="Q118" i="2"/>
   <c r="Q119" i="2"/>
   <c r="Q120" i="2"/>
   <c r="Q121" i="2"/>
   <c r="Q122" i="2"/>
   <c r="Q123" i="2"/>
   <c r="Q124" i="2"/>
   <c r="Q125" i="2"/>
   <c r="Q126" i="2"/>
   <c r="Q127" i="2"/>
   <c r="Q128" i="2"/>
   <c r="Q129" i="2"/>
   <c r="Q130" i="2"/>
   <c r="Q131" i="2"/>
   <c r="Q132" i="2"/>
   <c r="Q133" i="2"/>
   <c r="Q134" i="2"/>
   <c r="Q135" i="2"/>
   <c r="Q136" i="2"/>
   <c r="Q137" i="2"/>
   <c r="Q138" i="2"/>
   <c r="Q139" i="2"/>
   <c r="Q140" i="2"/>
@@ -1621,113 +1601,87 @@
   <c r="Q492" i="2"/>
   <c r="Q493" i="2"/>
   <c r="Q494" i="2"/>
   <c r="Q495" i="2"/>
   <c r="Q496" i="2"/>
   <c r="Q497" i="2"/>
   <c r="Q498" i="2"/>
   <c r="Q499" i="2"/>
   <c r="Q500" i="2"/>
   <c r="Q501" i="2"/>
   <c r="Q502" i="2"/>
   <c r="Q503" i="2"/>
   <c r="Q504" i="2"/>
   <c r="Q505" i="2"/>
   <c r="Q506" i="2"/>
   <c r="Q507" i="2"/>
   <c r="Q508" i="2"/>
   <c r="Q509" i="2"/>
   <c r="Q510" i="2"/>
   <c r="Q511" i="2"/>
   <c r="Q512" i="2"/>
   <c r="Q513" i="2"/>
   <c r="Q514" i="2"/>
   <c r="Q515" i="2"/>
   <c r="Q516" i="2"/>
-  <c r="Q517" i="2"/>
-[...8 lines deleted...]
-  <c r="Q526" i="2"/>
   <c r="Q5" i="2"/>
+  <c r="S62" i="2" s="1"/>
   <c r="Q6" i="2"/>
   <c r="Q7" i="2"/>
   <c r="Q8" i="2"/>
   <c r="Q9" i="2"/>
   <c r="Q10" i="2"/>
-  <c r="Q11" i="2"/>
   <c r="Q12" i="2"/>
+  <c r="Q13" i="2"/>
   <c r="Q14" i="2"/>
-  <c r="Q15" i="2"/>
-[...4 lines deleted...]
-  <c r="Q33" i="2"/>
+  <c r="Q17" i="2"/>
+  <c r="Q18" i="2"/>
+  <c r="Q24" i="2"/>
+  <c r="Q31" i="2"/>
+  <c r="Q40" i="2"/>
   <c r="Q41" i="2"/>
-  <c r="Q42" i="2"/>
-[...3 lines deleted...]
-  <c r="Q64" i="2"/>
+  <c r="Q48" i="2"/>
+  <c r="Q51" i="2"/>
+  <c r="Q54" i="2"/>
   <c r="M5" i="2"/>
   <c r="N5" i="2" s="1"/>
   <c r="M6" i="2"/>
   <c r="N6" i="2" s="1"/>
   <c r="M7" i="2"/>
   <c r="N7" i="2" s="1"/>
   <c r="M8" i="2"/>
   <c r="N8" i="2" s="1"/>
   <c r="M9" i="2"/>
   <c r="N9" i="2" s="1"/>
   <c r="M10" i="2"/>
   <c r="N10" i="2" s="1"/>
-  <c r="M11" i="2"/>
-  <c r="N11" i="2" s="1"/>
   <c r="M12" i="2"/>
   <c r="N12" i="2" s="1"/>
+  <c r="M13" i="2"/>
+  <c r="N13" i="2" s="1"/>
   <c r="M14" i="2"/>
   <c r="N14" i="2" s="1"/>
-  <c r="M15" i="2"/>
-[...12 lines deleted...]
-  <c r="R517" i="2"/>
   <c r="R516" i="2"/>
   <c r="R515" i="2"/>
   <c r="R514" i="2"/>
   <c r="R513" i="2"/>
   <c r="R512" i="2"/>
   <c r="R511" i="2"/>
   <c r="R510" i="2"/>
   <c r="R509" i="2"/>
   <c r="R508" i="2"/>
   <c r="R507" i="2"/>
   <c r="R506" i="2"/>
   <c r="R505" i="2"/>
   <c r="R504" i="2"/>
   <c r="R503" i="2"/>
   <c r="R502" i="2"/>
   <c r="R501" i="2"/>
   <c r="R500" i="2"/>
   <c r="R499" i="2"/>
   <c r="R498" i="2"/>
   <c r="R497" i="2"/>
   <c r="R496" i="2"/>
   <c r="R495" i="2"/>
   <c r="R494" i="2"/>
   <c r="R493" i="2"/>
   <c r="R492" i="2"/>
@@ -2085,463 +2039,341 @@
   <c r="R140" i="2"/>
   <c r="R139" i="2"/>
   <c r="R138" i="2"/>
   <c r="R137" i="2"/>
   <c r="R136" i="2"/>
   <c r="R135" i="2"/>
   <c r="R134" i="2"/>
   <c r="R133" i="2"/>
   <c r="R132" i="2"/>
   <c r="R131" i="2"/>
   <c r="R130" i="2"/>
   <c r="R129" i="2"/>
   <c r="R128" i="2"/>
   <c r="R127" i="2"/>
   <c r="R126" i="2"/>
   <c r="R125" i="2"/>
   <c r="R124" i="2"/>
   <c r="R123" i="2"/>
   <c r="R122" i="2"/>
   <c r="R121" i="2"/>
   <c r="R120" i="2"/>
   <c r="R119" i="2"/>
   <c r="R118" i="2"/>
   <c r="R117" i="2"/>
   <c r="R116" i="2"/>
+  <c r="R115" i="2"/>
   <c r="R114" i="2"/>
   <c r="R113" i="2"/>
   <c r="R112" i="2"/>
   <c r="R111" i="2"/>
   <c r="R110" i="2"/>
   <c r="R109" i="2"/>
   <c r="R108" i="2"/>
   <c r="R107" i="2"/>
   <c r="R106" i="2"/>
-  <c r="R105" i="2"/>
+  <c r="R104" i="2"/>
   <c r="R103" i="2"/>
   <c r="R102" i="2"/>
   <c r="R101" i="2"/>
   <c r="R100" i="2"/>
   <c r="R99" i="2"/>
   <c r="R98" i="2"/>
   <c r="R97" i="2"/>
+  <c r="R96" i="2"/>
+  <c r="R95" i="2"/>
+  <c r="R93" i="2"/>
+  <c r="R92" i="2"/>
+  <c r="R91" i="2"/>
+  <c r="R90" i="2"/>
   <c r="R89" i="2"/>
+  <c r="R88" i="2"/>
   <c r="R87" i="2"/>
-  <c r="R86" i="2"/>
-[...10 lines deleted...]
-  <c r="R42" i="2"/>
+  <c r="R79" i="2"/>
+  <c r="R77" i="2"/>
+  <c r="R76" i="2"/>
+  <c r="R74" i="2"/>
+  <c r="R73" i="2"/>
+  <c r="R72" i="2"/>
+  <c r="R71" i="2"/>
+  <c r="R59" i="2"/>
+  <c r="R57" i="2"/>
+  <c r="R54" i="2"/>
+  <c r="R51" i="2"/>
+  <c r="R48" i="2"/>
   <c r="R41" i="2"/>
-  <c r="R33" i="2"/>
-[...4 lines deleted...]
-  <c r="R15" i="2"/>
+  <c r="R40" i="2"/>
+  <c r="R31" i="2"/>
+  <c r="R24" i="2"/>
+  <c r="R18" i="2"/>
+  <c r="R17" i="2"/>
   <c r="R14" i="2"/>
+  <c r="R13" i="2"/>
   <c r="R12" i="2"/>
-  <c r="R11" i="2"/>
   <c r="R10" i="2"/>
   <c r="R9" i="2"/>
   <c r="R8" i="2"/>
   <c r="R7" i="2"/>
   <c r="R6" i="2"/>
   <c r="R5" i="2"/>
   <c r="S39" i="2" l="1"/>
-  <c r="S40" i="2"/>
+  <c r="S37" i="2"/>
   <c r="S38" i="2"/>
-  <c r="S71" i="2"/>
-[...1 lines deleted...]
-  <c r="S21" i="2"/>
+  <c r="S36" i="2"/>
   <c r="S61" i="2"/>
-  <c r="S70" i="2"/>
+  <c r="S53" i="2"/>
+  <c r="S19" i="2"/>
+  <c r="S52" i="2"/>
+  <c r="S60" i="2"/>
   <c r="S4" i="2"/>
-  <c r="S59" i="2"/>
-[...1 lines deleted...]
-  <c r="S88" i="2"/>
+  <c r="S50" i="2"/>
+  <c r="S16" i="2"/>
   <c r="S78" i="2"/>
-  <c r="S74" i="2"/>
-[...3 lines deleted...]
-  <c r="S51" i="2"/>
+  <c r="S69" i="2"/>
+  <c r="S65" i="2"/>
+  <c r="S67" i="2"/>
+  <c r="S11" i="2"/>
+  <c r="S47" i="2"/>
+  <c r="S43" i="2"/>
+  <c r="S26" i="2"/>
+  <c r="S25" i="2"/>
+  <c r="S27" i="2"/>
   <c r="S28" i="2"/>
-  <c r="S27" i="2"/>
   <c r="S29" i="2"/>
   <c r="S30" i="2"/>
-  <c r="S31" i="2"/>
+  <c r="O94" i="2" a="1"/>
+  <c r="O94" i="2" s="1"/>
+  <c r="S94" i="2"/>
+  <c r="P94" i="2" s="1"/>
+  <c r="S33" i="2"/>
+  <c r="S64" i="2"/>
   <c r="S32" i="2"/>
+  <c r="S35" i="2"/>
+  <c r="S34" i="2"/>
+  <c r="S42" i="2"/>
+  <c r="S45" i="2"/>
+  <c r="S44" i="2"/>
+  <c r="S84" i="2"/>
+  <c r="S85" i="2"/>
+  <c r="S86" i="2"/>
+  <c r="S21" i="2"/>
+  <c r="S22" i="2"/>
+  <c r="S20" i="2"/>
+  <c r="S23" i="2"/>
+  <c r="S75" i="2"/>
+  <c r="S63" i="2"/>
+  <c r="S83" i="2"/>
   <c r="S46" i="2"/>
-  <c r="O104" i="2" a="1"/>
-[...23 lines deleted...]
-  <c r="S75" i="2"/>
+  <c r="S66" i="2"/>
+  <c r="S49" i="2"/>
+  <c r="S68" i="2"/>
+  <c r="S70" i="2"/>
   <c r="S58" i="2"/>
-  <c r="S77" i="2"/>
-[...22 lines deleted...]
-  <c r="P478" i="2" s="1"/>
+  <c r="S55" i="2"/>
+  <c r="S56" i="2"/>
+  <c r="S105" i="2"/>
+  <c r="P105" i="2" s="1"/>
+  <c r="S81" i="2"/>
+  <c r="S15" i="2"/>
+  <c r="S80" i="2"/>
+  <c r="S82" i="2"/>
   <c r="S515" i="2"/>
   <c r="P515" i="2" s="1"/>
-  <c r="S15" i="2"/>
-[...63 lines deleted...]
-  <c r="P281" i="2" s="1"/>
+  <c r="S482" i="2"/>
+  <c r="P482" i="2" s="1"/>
+  <c r="S468" i="2"/>
+  <c r="P468" i="2" s="1"/>
   <c r="S505" i="2"/>
   <c r="P505" i="2" s="1"/>
-  <c r="S521" i="2"/>
-[...62 lines deleted...]
-  <c r="S60" i="2"/>
+  <c r="S13" i="2"/>
+  <c r="S391" i="2"/>
+  <c r="P391" i="2" s="1"/>
   <c r="S514" i="2"/>
   <c r="P514" i="2" s="1"/>
   <c r="S499" i="2"/>
   <c r="P499" i="2" s="1"/>
   <c r="S481" i="2"/>
   <c r="P481" i="2" s="1"/>
   <c r="S466" i="2"/>
   <c r="P466" i="2" s="1"/>
-  <c r="S445" i="2"/>
-[...6 lines deleted...]
-  <c r="P185" i="2" s="1"/>
+  <c r="S451" i="2"/>
+  <c r="P451" i="2" s="1"/>
+  <c r="S423" i="2"/>
+  <c r="P423" i="2" s="1"/>
+  <c r="S387" i="2"/>
+  <c r="P387" i="2" s="1"/>
+  <c r="S259" i="2"/>
+  <c r="P259" i="2" s="1"/>
+  <c r="S115" i="2"/>
+  <c r="P115" i="2" s="1"/>
+  <c r="S467" i="2"/>
+  <c r="P467" i="2" s="1"/>
+  <c r="S452" i="2"/>
+  <c r="P452" i="2" s="1"/>
+  <c r="S127" i="2"/>
+  <c r="P127" i="2" s="1"/>
   <c r="S513" i="2"/>
   <c r="P513" i="2" s="1"/>
-  <c r="S498" i="2"/>
-  <c r="P498" i="2" s="1"/>
   <c r="S480" i="2"/>
   <c r="P480" i="2" s="1"/>
   <c r="S465" i="2"/>
   <c r="P465" i="2" s="1"/>
-  <c r="S444" i="2"/>
-  <c r="P444" i="2" s="1"/>
+  <c r="S447" i="2"/>
+  <c r="P447" i="2" s="1"/>
+  <c r="S422" i="2"/>
+  <c r="P422" i="2" s="1"/>
+  <c r="S385" i="2"/>
+  <c r="P385" i="2" s="1"/>
+  <c r="S247" i="2"/>
+  <c r="P247" i="2" s="1"/>
+  <c r="S512" i="2"/>
+  <c r="P512" i="2" s="1"/>
+  <c r="S494" i="2"/>
+  <c r="P494" i="2" s="1"/>
+  <c r="S479" i="2"/>
+  <c r="P479" i="2" s="1"/>
+  <c r="S464" i="2"/>
+  <c r="P464" i="2" s="1"/>
+  <c r="S446" i="2"/>
+  <c r="P446" i="2" s="1"/>
+  <c r="S421" i="2"/>
+  <c r="P421" i="2" s="1"/>
+  <c r="S379" i="2"/>
+  <c r="P379" i="2" s="1"/>
+  <c r="S235" i="2"/>
+  <c r="P235" i="2" s="1"/>
+  <c r="S92" i="2"/>
+  <c r="P92" i="2" s="1"/>
+  <c r="S500" i="2"/>
+  <c r="P500" i="2" s="1"/>
+  <c r="S427" i="2"/>
+  <c r="P427" i="2" s="1"/>
+  <c r="S271" i="2"/>
+  <c r="P271" i="2" s="1"/>
+  <c r="S495" i="2"/>
+  <c r="P495" i="2" s="1"/>
+  <c r="S511" i="2"/>
+  <c r="P511" i="2" s="1"/>
+  <c r="S493" i="2"/>
+  <c r="P493" i="2" s="1"/>
+  <c r="S478" i="2"/>
+  <c r="P478" i="2" s="1"/>
+  <c r="S463" i="2"/>
+  <c r="P463" i="2" s="1"/>
+  <c r="S445" i="2"/>
+  <c r="P445" i="2" s="1"/>
+  <c r="S415" i="2"/>
+  <c r="P415" i="2" s="1"/>
+  <c r="S367" i="2"/>
+  <c r="P367" i="2" s="1"/>
+  <c r="S223" i="2"/>
+  <c r="P223" i="2" s="1"/>
+  <c r="S77" i="2"/>
+  <c r="S507" i="2"/>
+  <c r="P507" i="2" s="1"/>
+  <c r="S492" i="2"/>
+  <c r="P492" i="2" s="1"/>
+  <c r="S477" i="2"/>
+  <c r="P477" i="2" s="1"/>
+  <c r="S459" i="2"/>
+  <c r="P459" i="2" s="1"/>
+  <c r="S442" i="2"/>
+  <c r="P442" i="2" s="1"/>
+  <c r="S411" i="2"/>
+  <c r="P411" i="2" s="1"/>
+  <c r="S355" i="2"/>
+  <c r="P355" i="2" s="1"/>
+  <c r="S211" i="2"/>
+  <c r="P211" i="2" s="1"/>
+  <c r="S506" i="2"/>
+  <c r="P506" i="2" s="1"/>
+  <c r="S491" i="2"/>
+  <c r="P491" i="2" s="1"/>
+  <c r="S476" i="2"/>
+  <c r="P476" i="2" s="1"/>
+  <c r="S458" i="2"/>
+  <c r="P458" i="2" s="1"/>
+  <c r="S440" i="2"/>
+  <c r="P440" i="2" s="1"/>
+  <c r="S410" i="2"/>
+  <c r="P410" i="2" s="1"/>
+  <c r="S343" i="2"/>
+  <c r="P343" i="2" s="1"/>
+  <c r="S199" i="2"/>
+  <c r="P199" i="2" s="1"/>
+  <c r="S490" i="2"/>
+  <c r="P490" i="2" s="1"/>
+  <c r="S475" i="2"/>
+  <c r="P475" i="2" s="1"/>
+  <c r="S457" i="2"/>
+  <c r="P457" i="2" s="1"/>
+  <c r="S439" i="2"/>
+  <c r="P439" i="2" s="1"/>
   <c r="S409" i="2"/>
   <c r="P409" i="2" s="1"/>
-  <c r="S317" i="2"/>
-[...73 lines deleted...]
-  <c r="P151" i="2" s="1"/>
+  <c r="S331" i="2"/>
+  <c r="P331" i="2" s="1"/>
+  <c r="S187" i="2"/>
+  <c r="P187" i="2" s="1"/>
+  <c r="S51" i="2"/>
+  <c r="S504" i="2"/>
+  <c r="P504" i="2" s="1"/>
+  <c r="S489" i="2"/>
+  <c r="P489" i="2" s="1"/>
+  <c r="S471" i="2"/>
+  <c r="P471" i="2" s="1"/>
+  <c r="S456" i="2"/>
+  <c r="P456" i="2" s="1"/>
+  <c r="S435" i="2"/>
+  <c r="P435" i="2" s="1"/>
+  <c r="S403" i="2"/>
+  <c r="P403" i="2" s="1"/>
+  <c r="S319" i="2"/>
+  <c r="P319" i="2" s="1"/>
+  <c r="S175" i="2"/>
+  <c r="P175" i="2" s="1"/>
+  <c r="S503" i="2"/>
+  <c r="P503" i="2" s="1"/>
+  <c r="S488" i="2"/>
+  <c r="P488" i="2" s="1"/>
+  <c r="S470" i="2"/>
+  <c r="P470" i="2" s="1"/>
+  <c r="S455" i="2"/>
+  <c r="P455" i="2" s="1"/>
+  <c r="S434" i="2"/>
+  <c r="P434" i="2" s="1"/>
+  <c r="S399" i="2"/>
+  <c r="P399" i="2" s="1"/>
+  <c r="S307" i="2"/>
+  <c r="P307" i="2" s="1"/>
   <c r="S163" i="2"/>
   <c r="P163" i="2" s="1"/>
-  <c r="S175" i="2"/>
-[...51 lines deleted...]
-  <c r="P105" i="2" s="1"/>
+  <c r="S14" i="2"/>
+  <c r="S71" i="2"/>
+  <c r="S79" i="2"/>
+  <c r="S93" i="2"/>
+  <c r="P93" i="2" s="1"/>
   <c r="S116" i="2"/>
   <c r="P116" i="2" s="1"/>
   <c r="S128" i="2"/>
   <c r="P128" i="2" s="1"/>
   <c r="S140" i="2"/>
   <c r="P140" i="2" s="1"/>
   <c r="S152" i="2"/>
   <c r="P152" i="2" s="1"/>
   <c r="S164" i="2"/>
   <c r="P164" i="2" s="1"/>
   <c r="S176" i="2"/>
   <c r="P176" i="2" s="1"/>
   <c r="S188" i="2"/>
   <c r="P188" i="2" s="1"/>
   <c r="S200" i="2"/>
   <c r="P200" i="2" s="1"/>
   <c r="S212" i="2"/>
   <c r="P212" i="2" s="1"/>
   <c r="S224" i="2"/>
   <c r="P224" i="2" s="1"/>
   <c r="S236" i="2"/>
   <c r="P236" i="2" s="1"/>
   <c r="S248" i="2"/>
   <c r="P248" i="2" s="1"/>
   <c r="S260" i="2"/>
@@ -2553,55 +2385,55 @@
   <c r="S296" i="2"/>
   <c r="P296" i="2" s="1"/>
   <c r="S308" i="2"/>
   <c r="P308" i="2" s="1"/>
   <c r="S320" i="2"/>
   <c r="P320" i="2" s="1"/>
   <c r="S332" i="2"/>
   <c r="P332" i="2" s="1"/>
   <c r="S344" i="2"/>
   <c r="P344" i="2" s="1"/>
   <c r="S356" i="2"/>
   <c r="P356" i="2" s="1"/>
   <c r="S368" i="2"/>
   <c r="P368" i="2" s="1"/>
   <c r="S380" i="2"/>
   <c r="P380" i="2" s="1"/>
   <c r="S392" i="2"/>
   <c r="P392" i="2" s="1"/>
   <c r="S404" i="2"/>
   <c r="P404" i="2" s="1"/>
   <c r="S416" i="2"/>
   <c r="P416" i="2" s="1"/>
   <c r="S428" i="2"/>
   <c r="P428" i="2" s="1"/>
   <c r="S5" i="2"/>
-  <c r="S9" i="2"/>
-[...3 lines deleted...]
-  <c r="P106" i="2" s="1"/>
+  <c r="S17" i="2"/>
+  <c r="S54" i="2"/>
+  <c r="S72" i="2"/>
+  <c r="S104" i="2"/>
+  <c r="P104" i="2" s="1"/>
   <c r="S117" i="2"/>
   <c r="P117" i="2" s="1"/>
   <c r="S129" i="2"/>
   <c r="P129" i="2" s="1"/>
   <c r="S141" i="2"/>
   <c r="P141" i="2" s="1"/>
   <c r="S153" i="2"/>
   <c r="P153" i="2" s="1"/>
   <c r="S165" i="2"/>
   <c r="P165" i="2" s="1"/>
   <c r="S177" i="2"/>
   <c r="P177" i="2" s="1"/>
   <c r="S189" i="2"/>
   <c r="P189" i="2" s="1"/>
   <c r="S201" i="2"/>
   <c r="P201" i="2" s="1"/>
   <c r="S213" i="2"/>
   <c r="P213" i="2" s="1"/>
   <c r="S225" i="2"/>
   <c r="P225" i="2" s="1"/>
   <c r="S237" i="2"/>
   <c r="P237" i="2" s="1"/>
   <c r="S249" i="2"/>
   <c r="P249" i="2" s="1"/>
   <c r="S261" i="2"/>
@@ -2614,59 +2446,57 @@
   <c r="P297" i="2" s="1"/>
   <c r="S309" i="2"/>
   <c r="P309" i="2" s="1"/>
   <c r="S321" i="2"/>
   <c r="P321" i="2" s="1"/>
   <c r="S333" i="2"/>
   <c r="P333" i="2" s="1"/>
   <c r="S345" i="2"/>
   <c r="P345" i="2" s="1"/>
   <c r="S357" i="2"/>
   <c r="P357" i="2" s="1"/>
   <c r="S369" i="2"/>
   <c r="P369" i="2" s="1"/>
   <c r="S381" i="2"/>
   <c r="P381" i="2" s="1"/>
   <c r="S393" i="2"/>
   <c r="P393" i="2" s="1"/>
   <c r="S405" i="2"/>
   <c r="P405" i="2" s="1"/>
   <c r="S417" i="2"/>
   <c r="P417" i="2" s="1"/>
   <c r="S429" i="2"/>
   <c r="P429" i="2" s="1"/>
   <c r="S441" i="2"/>
   <c r="P441" i="2" s="1"/>
-  <c r="S453" i="2"/>
-  <c r="P453" i="2" s="1"/>
   <c r="S6" i="2"/>
-  <c r="S10" i="2"/>
-[...4 lines deleted...]
-  <c r="P107" i="2" s="1"/>
+  <c r="S18" i="2"/>
+  <c r="S24" i="2"/>
+  <c r="S95" i="2"/>
+  <c r="P95" i="2" s="1"/>
+  <c r="S106" i="2"/>
+  <c r="P106" i="2" s="1"/>
   <c r="S118" i="2"/>
   <c r="P118" i="2" s="1"/>
   <c r="S130" i="2"/>
   <c r="P130" i="2" s="1"/>
   <c r="S142" i="2"/>
   <c r="P142" i="2" s="1"/>
   <c r="S154" i="2"/>
   <c r="P154" i="2" s="1"/>
   <c r="S166" i="2"/>
   <c r="P166" i="2" s="1"/>
   <c r="S178" i="2"/>
   <c r="P178" i="2" s="1"/>
   <c r="S190" i="2"/>
   <c r="P190" i="2" s="1"/>
   <c r="S202" i="2"/>
   <c r="P202" i="2" s="1"/>
   <c r="S214" i="2"/>
   <c r="P214" i="2" s="1"/>
   <c r="S226" i="2"/>
   <c r="P226" i="2" s="1"/>
   <c r="S238" i="2"/>
   <c r="P238" i="2" s="1"/>
   <c r="S250" i="2"/>
   <c r="P250" i="2" s="1"/>
   <c r="S262" i="2"/>
@@ -2675,361 +2505,337 @@
   <c r="P274" i="2" s="1"/>
   <c r="S286" i="2"/>
   <c r="P286" i="2" s="1"/>
   <c r="S298" i="2"/>
   <c r="P298" i="2" s="1"/>
   <c r="S310" i="2"/>
   <c r="P310" i="2" s="1"/>
   <c r="S322" i="2"/>
   <c r="P322" i="2" s="1"/>
   <c r="S334" i="2"/>
   <c r="P334" i="2" s="1"/>
   <c r="S346" i="2"/>
   <c r="P346" i="2" s="1"/>
   <c r="S358" i="2"/>
   <c r="P358" i="2" s="1"/>
   <c r="S370" i="2"/>
   <c r="P370" i="2" s="1"/>
   <c r="S382" i="2"/>
   <c r="P382" i="2" s="1"/>
   <c r="S394" i="2"/>
   <c r="P394" i="2" s="1"/>
   <c r="S406" i="2"/>
   <c r="P406" i="2" s="1"/>
   <c r="S418" i="2"/>
   <c r="P418" i="2" s="1"/>
-  <c r="S430" i="2"/>
-[...8 lines deleted...]
-  <c r="P108" i="2" s="1"/>
+  <c r="S7" i="2"/>
+  <c r="S57" i="2"/>
+  <c r="S73" i="2"/>
+  <c r="S96" i="2"/>
+  <c r="P96" i="2" s="1"/>
+  <c r="S107" i="2"/>
+  <c r="P107" i="2" s="1"/>
   <c r="S119" i="2"/>
   <c r="P119" i="2" s="1"/>
   <c r="S131" i="2"/>
   <c r="P131" i="2" s="1"/>
   <c r="S143" i="2"/>
   <c r="P143" i="2" s="1"/>
   <c r="S155" i="2"/>
   <c r="P155" i="2" s="1"/>
   <c r="S167" i="2"/>
   <c r="P167" i="2" s="1"/>
   <c r="S179" i="2"/>
   <c r="P179" i="2" s="1"/>
   <c r="S191" i="2"/>
   <c r="P191" i="2" s="1"/>
   <c r="S203" i="2"/>
   <c r="P203" i="2" s="1"/>
   <c r="S215" i="2"/>
   <c r="P215" i="2" s="1"/>
   <c r="S227" i="2"/>
   <c r="P227" i="2" s="1"/>
   <c r="S239" i="2"/>
   <c r="P239" i="2" s="1"/>
   <c r="S251" i="2"/>
   <c r="P251" i="2" s="1"/>
   <c r="S263" i="2"/>
   <c r="P263" i="2" s="1"/>
   <c r="S275" i="2"/>
   <c r="P275" i="2" s="1"/>
   <c r="S287" i="2"/>
   <c r="P287" i="2" s="1"/>
   <c r="S299" i="2"/>
   <c r="P299" i="2" s="1"/>
   <c r="S311" i="2"/>
   <c r="P311" i="2" s="1"/>
   <c r="S323" i="2"/>
   <c r="P323" i="2" s="1"/>
   <c r="S335" i="2"/>
   <c r="P335" i="2" s="1"/>
   <c r="S347" i="2"/>
   <c r="P347" i="2" s="1"/>
   <c r="S359" i="2"/>
   <c r="P359" i="2" s="1"/>
   <c r="S371" i="2"/>
   <c r="P371" i="2" s="1"/>
   <c r="S383" i="2"/>
   <c r="P383" i="2" s="1"/>
-  <c r="S12" i="2"/>
-[...2 lines deleted...]
-  <c r="P109" i="2" s="1"/>
+  <c r="S395" i="2"/>
+  <c r="P395" i="2" s="1"/>
+  <c r="S407" i="2"/>
+  <c r="P407" i="2" s="1"/>
+  <c r="S419" i="2"/>
+  <c r="P419" i="2" s="1"/>
+  <c r="S431" i="2"/>
+  <c r="P431" i="2" s="1"/>
+  <c r="S443" i="2"/>
+  <c r="P443" i="2" s="1"/>
+  <c r="S8" i="2"/>
+  <c r="S31" i="2"/>
+  <c r="S59" i="2"/>
+  <c r="S74" i="2"/>
+  <c r="S97" i="2"/>
+  <c r="P97" i="2" s="1"/>
+  <c r="S108" i="2"/>
+  <c r="P108" i="2" s="1"/>
   <c r="S120" i="2"/>
   <c r="P120" i="2" s="1"/>
   <c r="S132" i="2"/>
   <c r="P132" i="2" s="1"/>
   <c r="S144" i="2"/>
   <c r="P144" i="2" s="1"/>
   <c r="S156" i="2"/>
   <c r="P156" i="2" s="1"/>
   <c r="S168" i="2"/>
   <c r="P168" i="2" s="1"/>
   <c r="S180" i="2"/>
   <c r="P180" i="2" s="1"/>
   <c r="S192" i="2"/>
   <c r="P192" i="2" s="1"/>
   <c r="S204" i="2"/>
   <c r="P204" i="2" s="1"/>
   <c r="S216" i="2"/>
   <c r="P216" i="2" s="1"/>
   <c r="S228" i="2"/>
   <c r="P228" i="2" s="1"/>
   <c r="S240" i="2"/>
   <c r="P240" i="2" s="1"/>
   <c r="S252" i="2"/>
   <c r="P252" i="2" s="1"/>
   <c r="S264" i="2"/>
   <c r="P264" i="2" s="1"/>
   <c r="S276" i="2"/>
   <c r="P276" i="2" s="1"/>
   <c r="S288" i="2"/>
   <c r="P288" i="2" s="1"/>
   <c r="S300" i="2"/>
   <c r="P300" i="2" s="1"/>
   <c r="S312" i="2"/>
   <c r="P312" i="2" s="1"/>
   <c r="S324" i="2"/>
   <c r="P324" i="2" s="1"/>
   <c r="S336" i="2"/>
   <c r="P336" i="2" s="1"/>
   <c r="S348" i="2"/>
   <c r="P348" i="2" s="1"/>
   <c r="S360" i="2"/>
   <c r="P360" i="2" s="1"/>
   <c r="S372" i="2"/>
   <c r="P372" i="2" s="1"/>
   <c r="S384" i="2"/>
   <c r="P384" i="2" s="1"/>
   <c r="S396" i="2"/>
   <c r="P396" i="2" s="1"/>
-  <c r="S14" i="2"/>
-  <c r="S42" i="2"/>
+  <c r="S408" i="2"/>
+  <c r="P408" i="2" s="1"/>
+  <c r="S420" i="2"/>
+  <c r="P420" i="2" s="1"/>
+  <c r="S432" i="2"/>
+  <c r="P432" i="2" s="1"/>
+  <c r="S444" i="2"/>
+  <c r="P444" i="2" s="1"/>
+  <c r="S9" i="2"/>
+  <c r="S87" i="2"/>
   <c r="S98" i="2"/>
   <c r="P98" i="2" s="1"/>
-  <c r="S110" i="2"/>
-  <c r="P110" i="2" s="1"/>
+  <c r="S109" i="2"/>
+  <c r="P109" i="2" s="1"/>
   <c r="S121" i="2"/>
   <c r="P121" i="2" s="1"/>
   <c r="S133" i="2"/>
   <c r="P133" i="2" s="1"/>
   <c r="S145" i="2"/>
   <c r="P145" i="2" s="1"/>
   <c r="S157" i="2"/>
   <c r="P157" i="2" s="1"/>
   <c r="S169" i="2"/>
   <c r="P169" i="2" s="1"/>
   <c r="S181" i="2"/>
   <c r="P181" i="2" s="1"/>
   <c r="S193" i="2"/>
   <c r="P193" i="2" s="1"/>
   <c r="S205" i="2"/>
   <c r="P205" i="2" s="1"/>
   <c r="S217" i="2"/>
   <c r="P217" i="2" s="1"/>
   <c r="S229" i="2"/>
   <c r="P229" i="2" s="1"/>
   <c r="S241" i="2"/>
   <c r="P241" i="2" s="1"/>
   <c r="S253" i="2"/>
   <c r="P253" i="2" s="1"/>
   <c r="S265" i="2"/>
   <c r="P265" i="2" s="1"/>
   <c r="S277" i="2"/>
   <c r="P277" i="2" s="1"/>
   <c r="S289" i="2"/>
   <c r="P289" i="2" s="1"/>
   <c r="S301" i="2"/>
   <c r="P301" i="2" s="1"/>
   <c r="S313" i="2"/>
   <c r="P313" i="2" s="1"/>
   <c r="S325" i="2"/>
   <c r="P325" i="2" s="1"/>
   <c r="S337" i="2"/>
   <c r="P337" i="2" s="1"/>
   <c r="S349" i="2"/>
   <c r="P349" i="2" s="1"/>
   <c r="S361" i="2"/>
   <c r="P361" i="2" s="1"/>
   <c r="S373" i="2"/>
   <c r="P373" i="2" s="1"/>
-  <c r="S385" i="2"/>
-  <c r="P385" i="2" s="1"/>
+  <c r="S10" i="2"/>
+  <c r="S40" i="2"/>
   <c r="S99" i="2"/>
   <c r="P99" i="2" s="1"/>
-  <c r="S111" i="2"/>
-  <c r="P111" i="2" s="1"/>
+  <c r="S110" i="2"/>
+  <c r="P110" i="2" s="1"/>
   <c r="S122" i="2"/>
   <c r="P122" i="2" s="1"/>
   <c r="S134" i="2"/>
   <c r="P134" i="2" s="1"/>
   <c r="S146" i="2"/>
   <c r="P146" i="2" s="1"/>
   <c r="S158" i="2"/>
   <c r="P158" i="2" s="1"/>
   <c r="S170" i="2"/>
   <c r="P170" i="2" s="1"/>
   <c r="S182" i="2"/>
   <c r="P182" i="2" s="1"/>
   <c r="S194" i="2"/>
   <c r="P194" i="2" s="1"/>
   <c r="S206" i="2"/>
   <c r="P206" i="2" s="1"/>
   <c r="S218" i="2"/>
   <c r="P218" i="2" s="1"/>
   <c r="S230" i="2"/>
   <c r="P230" i="2" s="1"/>
   <c r="S242" i="2"/>
   <c r="P242" i="2" s="1"/>
   <c r="S254" i="2"/>
   <c r="P254" i="2" s="1"/>
   <c r="S266" i="2"/>
   <c r="P266" i="2" s="1"/>
   <c r="S278" i="2"/>
   <c r="P278" i="2" s="1"/>
   <c r="S290" i="2"/>
   <c r="P290" i="2" s="1"/>
   <c r="S302" i="2"/>
   <c r="P302" i="2" s="1"/>
   <c r="S314" i="2"/>
   <c r="P314" i="2" s="1"/>
   <c r="S326" i="2"/>
   <c r="P326" i="2" s="1"/>
   <c r="S338" i="2"/>
   <c r="P338" i="2" s="1"/>
   <c r="S350" i="2"/>
   <c r="P350" i="2" s="1"/>
   <c r="S362" i="2"/>
   <c r="P362" i="2" s="1"/>
   <c r="S374" i="2"/>
   <c r="P374" i="2" s="1"/>
   <c r="S386" i="2"/>
   <c r="P386" i="2" s="1"/>
-  <c r="S398" i="2"/>
-[...21 lines deleted...]
-  <c r="S43" i="2"/>
+  <c r="S12" i="2"/>
+  <c r="S41" i="2"/>
+  <c r="S88" i="2"/>
+  <c r="P88" i="2" s="1"/>
   <c r="S100" i="2"/>
   <c r="P100" i="2" s="1"/>
-  <c r="S112" i="2"/>
-  <c r="P112" i="2" s="1"/>
+  <c r="S111" i="2"/>
+  <c r="P111" i="2" s="1"/>
   <c r="S123" i="2"/>
   <c r="P123" i="2" s="1"/>
   <c r="S135" i="2"/>
   <c r="P135" i="2" s="1"/>
   <c r="S147" i="2"/>
   <c r="P147" i="2" s="1"/>
   <c r="S159" i="2"/>
   <c r="P159" i="2" s="1"/>
   <c r="S171" i="2"/>
   <c r="P171" i="2" s="1"/>
   <c r="S183" i="2"/>
   <c r="P183" i="2" s="1"/>
   <c r="S195" i="2"/>
   <c r="P195" i="2" s="1"/>
   <c r="S207" i="2"/>
   <c r="P207" i="2" s="1"/>
   <c r="S219" i="2"/>
   <c r="P219" i="2" s="1"/>
   <c r="S231" i="2"/>
   <c r="P231" i="2" s="1"/>
   <c r="S243" i="2"/>
   <c r="P243" i="2" s="1"/>
   <c r="S255" i="2"/>
   <c r="P255" i="2" s="1"/>
   <c r="S267" i="2"/>
   <c r="P267" i="2" s="1"/>
   <c r="S279" i="2"/>
   <c r="P279" i="2" s="1"/>
   <c r="S291" i="2"/>
   <c r="P291" i="2" s="1"/>
   <c r="S303" i="2"/>
   <c r="P303" i="2" s="1"/>
   <c r="S315" i="2"/>
   <c r="P315" i="2" s="1"/>
   <c r="S327" i="2"/>
   <c r="P327" i="2" s="1"/>
   <c r="S339" i="2"/>
   <c r="P339" i="2" s="1"/>
   <c r="S351" i="2"/>
   <c r="P351" i="2" s="1"/>
   <c r="S363" i="2"/>
   <c r="P363" i="2" s="1"/>
   <c r="S375" i="2"/>
   <c r="P375" i="2" s="1"/>
-  <c r="S387" i="2"/>
-[...24 lines deleted...]
-  <c r="S86" i="2"/>
+  <c r="S89" i="2"/>
+  <c r="P89" i="2" s="1"/>
   <c r="S101" i="2"/>
   <c r="P101" i="2" s="1"/>
-  <c r="S113" i="2"/>
-  <c r="P113" i="2" s="1"/>
+  <c r="S112" i="2"/>
+  <c r="P112" i="2" s="1"/>
   <c r="S124" i="2"/>
   <c r="P124" i="2" s="1"/>
   <c r="S136" i="2"/>
   <c r="P136" i="2" s="1"/>
   <c r="S148" i="2"/>
   <c r="P148" i="2" s="1"/>
   <c r="S160" i="2"/>
   <c r="P160" i="2" s="1"/>
   <c r="S172" i="2"/>
   <c r="P172" i="2" s="1"/>
   <c r="S184" i="2"/>
   <c r="P184" i="2" s="1"/>
   <c r="S196" i="2"/>
   <c r="P196" i="2" s="1"/>
   <c r="S208" i="2"/>
   <c r="P208" i="2" s="1"/>
   <c r="S220" i="2"/>
   <c r="P220" i="2" s="1"/>
   <c r="S232" i="2"/>
   <c r="P232" i="2" s="1"/>
   <c r="S244" i="2"/>
   <c r="P244" i="2" s="1"/>
   <c r="S256" i="2"/>
   <c r="P256" i="2" s="1"/>
   <c r="S268" i="2"/>
@@ -3052,174 +2858,329 @@
   <c r="P364" i="2" s="1"/>
   <c r="S376" i="2"/>
   <c r="P376" i="2" s="1"/>
   <c r="S388" i="2"/>
   <c r="P388" i="2" s="1"/>
   <c r="S400" i="2"/>
   <c r="P400" i="2" s="1"/>
   <c r="S412" i="2"/>
   <c r="P412" i="2" s="1"/>
   <c r="S424" i="2"/>
   <c r="P424" i="2" s="1"/>
   <c r="S436" i="2"/>
   <c r="P436" i="2" s="1"/>
   <c r="S448" i="2"/>
   <c r="P448" i="2" s="1"/>
   <c r="S460" i="2"/>
   <c r="P460" i="2" s="1"/>
   <c r="S472" i="2"/>
   <c r="P472" i="2" s="1"/>
   <c r="S484" i="2"/>
   <c r="P484" i="2" s="1"/>
   <c r="S496" i="2"/>
   <c r="P496" i="2" s="1"/>
   <c r="S508" i="2"/>
   <c r="P508" i="2" s="1"/>
-  <c r="S520" i="2"/>
-[...2 lines deleted...]
-  <c r="P512" i="2" s="1"/>
+  <c r="S90" i="2"/>
+  <c r="P90" i="2" s="1"/>
+  <c r="S102" i="2"/>
+  <c r="P102" i="2" s="1"/>
+  <c r="S113" i="2"/>
+  <c r="P113" i="2" s="1"/>
+  <c r="S125" i="2"/>
+  <c r="P125" i="2" s="1"/>
+  <c r="S137" i="2"/>
+  <c r="P137" i="2" s="1"/>
+  <c r="S149" i="2"/>
+  <c r="P149" i="2" s="1"/>
+  <c r="S161" i="2"/>
+  <c r="P161" i="2" s="1"/>
+  <c r="S173" i="2"/>
+  <c r="P173" i="2" s="1"/>
+  <c r="S185" i="2"/>
+  <c r="P185" i="2" s="1"/>
+  <c r="S197" i="2"/>
+  <c r="P197" i="2" s="1"/>
+  <c r="S209" i="2"/>
+  <c r="P209" i="2" s="1"/>
+  <c r="S221" i="2"/>
+  <c r="P221" i="2" s="1"/>
+  <c r="S233" i="2"/>
+  <c r="P233" i="2" s="1"/>
+  <c r="S245" i="2"/>
+  <c r="P245" i="2" s="1"/>
+  <c r="S257" i="2"/>
+  <c r="P257" i="2" s="1"/>
+  <c r="S269" i="2"/>
+  <c r="P269" i="2" s="1"/>
+  <c r="S281" i="2"/>
+  <c r="P281" i="2" s="1"/>
+  <c r="S293" i="2"/>
+  <c r="P293" i="2" s="1"/>
+  <c r="S305" i="2"/>
+  <c r="P305" i="2" s="1"/>
+  <c r="S317" i="2"/>
+  <c r="P317" i="2" s="1"/>
+  <c r="S329" i="2"/>
+  <c r="P329" i="2" s="1"/>
+  <c r="S341" i="2"/>
+  <c r="P341" i="2" s="1"/>
+  <c r="S353" i="2"/>
+  <c r="P353" i="2" s="1"/>
+  <c r="S365" i="2"/>
+  <c r="P365" i="2" s="1"/>
+  <c r="S377" i="2"/>
+  <c r="P377" i="2" s="1"/>
+  <c r="S389" i="2"/>
+  <c r="P389" i="2" s="1"/>
+  <c r="S401" i="2"/>
+  <c r="P401" i="2" s="1"/>
+  <c r="S413" i="2"/>
+  <c r="P413" i="2" s="1"/>
+  <c r="S425" i="2"/>
+  <c r="P425" i="2" s="1"/>
+  <c r="S437" i="2"/>
+  <c r="P437" i="2" s="1"/>
+  <c r="S449" i="2"/>
+  <c r="P449" i="2" s="1"/>
+  <c r="S461" i="2"/>
+  <c r="P461" i="2" s="1"/>
+  <c r="S473" i="2"/>
+  <c r="P473" i="2" s="1"/>
+  <c r="S485" i="2"/>
+  <c r="P485" i="2" s="1"/>
   <c r="S497" i="2"/>
   <c r="P497" i="2" s="1"/>
-  <c r="S479" i="2"/>
-[...27 lines deleted...]
-  <c r="O75" i="2" l="1" a="1"/>
+  <c r="S509" i="2"/>
+  <c r="P509" i="2" s="1"/>
+  <c r="S48" i="2"/>
+  <c r="S76" i="2"/>
+  <c r="S91" i="2"/>
+  <c r="P91" i="2" s="1"/>
+  <c r="S103" i="2"/>
+  <c r="P103" i="2" s="1"/>
+  <c r="S114" i="2"/>
+  <c r="P114" i="2" s="1"/>
+  <c r="S126" i="2"/>
+  <c r="P126" i="2" s="1"/>
+  <c r="S138" i="2"/>
+  <c r="P138" i="2" s="1"/>
+  <c r="S150" i="2"/>
+  <c r="P150" i="2" s="1"/>
+  <c r="S162" i="2"/>
+  <c r="P162" i="2" s="1"/>
+  <c r="S174" i="2"/>
+  <c r="P174" i="2" s="1"/>
+  <c r="S186" i="2"/>
+  <c r="P186" i="2" s="1"/>
+  <c r="S198" i="2"/>
+  <c r="P198" i="2" s="1"/>
+  <c r="S210" i="2"/>
+  <c r="P210" i="2" s="1"/>
+  <c r="S222" i="2"/>
+  <c r="P222" i="2" s="1"/>
+  <c r="S234" i="2"/>
+  <c r="P234" i="2" s="1"/>
+  <c r="S246" i="2"/>
+  <c r="P246" i="2" s="1"/>
+  <c r="S258" i="2"/>
+  <c r="P258" i="2" s="1"/>
+  <c r="S270" i="2"/>
+  <c r="P270" i="2" s="1"/>
+  <c r="S282" i="2"/>
+  <c r="P282" i="2" s="1"/>
+  <c r="S294" i="2"/>
+  <c r="P294" i="2" s="1"/>
+  <c r="S306" i="2"/>
+  <c r="P306" i="2" s="1"/>
+  <c r="S318" i="2"/>
+  <c r="P318" i="2" s="1"/>
+  <c r="S330" i="2"/>
+  <c r="P330" i="2" s="1"/>
+  <c r="S342" i="2"/>
+  <c r="P342" i="2" s="1"/>
+  <c r="S354" i="2"/>
+  <c r="P354" i="2" s="1"/>
+  <c r="S366" i="2"/>
+  <c r="P366" i="2" s="1"/>
+  <c r="S378" i="2"/>
+  <c r="P378" i="2" s="1"/>
+  <c r="S390" i="2"/>
+  <c r="P390" i="2" s="1"/>
+  <c r="S402" i="2"/>
+  <c r="P402" i="2" s="1"/>
+  <c r="S414" i="2"/>
+  <c r="P414" i="2" s="1"/>
+  <c r="S426" i="2"/>
+  <c r="P426" i="2" s="1"/>
+  <c r="S438" i="2"/>
+  <c r="P438" i="2" s="1"/>
+  <c r="S450" i="2"/>
+  <c r="P450" i="2" s="1"/>
+  <c r="S462" i="2"/>
+  <c r="P462" i="2" s="1"/>
+  <c r="S474" i="2"/>
+  <c r="P474" i="2" s="1"/>
+  <c r="S486" i="2"/>
+  <c r="P486" i="2" s="1"/>
+  <c r="S498" i="2"/>
+  <c r="P498" i="2" s="1"/>
+  <c r="S510" i="2"/>
+  <c r="P510" i="2" s="1"/>
+  <c r="S502" i="2"/>
+  <c r="P502" i="2" s="1"/>
+  <c r="S487" i="2"/>
+  <c r="P487" i="2" s="1"/>
+  <c r="S469" i="2"/>
+  <c r="P469" i="2" s="1"/>
+  <c r="S454" i="2"/>
+  <c r="P454" i="2" s="1"/>
+  <c r="S433" i="2"/>
+  <c r="P433" i="2" s="1"/>
+  <c r="S398" i="2"/>
+  <c r="P398" i="2" s="1"/>
+  <c r="S295" i="2"/>
+  <c r="P295" i="2" s="1"/>
+  <c r="S151" i="2"/>
+  <c r="P151" i="2" s="1"/>
+  <c r="S516" i="2"/>
+  <c r="P516" i="2" s="1"/>
+  <c r="S501" i="2"/>
+  <c r="P501" i="2" s="1"/>
+  <c r="S483" i="2"/>
+  <c r="P483" i="2" s="1"/>
+  <c r="S453" i="2"/>
+  <c r="P453" i="2" s="1"/>
+  <c r="S430" i="2"/>
+  <c r="P430" i="2" s="1"/>
+  <c r="S397" i="2"/>
+  <c r="P397" i="2" s="1"/>
+  <c r="S283" i="2"/>
+  <c r="P283" i="2" s="1"/>
+  <c r="S139" i="2"/>
+  <c r="P139" i="2" s="1"/>
+  <c r="O66" i="2" l="1" a="1"/>
+  <c r="O66" i="2" s="1"/>
+  <c r="P66" i="2" l="1"/>
+  <c r="O67" i="2" a="1"/>
+  <c r="O67" i="2" s="1"/>
+  <c r="P67" i="2" l="1"/>
+  <c r="O68" i="2" l="1" a="1"/>
+  <c r="O68" i="2" s="1"/>
+  <c r="O69" i="2" s="1" a="1"/>
+  <c r="O69" i="2" s="1"/>
+  <c r="P69" i="2" s="1"/>
+  <c r="O70" i="2" l="1" a="1"/>
+  <c r="O70" i="2" s="1"/>
+  <c r="P68" i="2"/>
+  <c r="O71" i="2" l="1" a="1"/>
+  <c r="O71" i="2" s="1"/>
+  <c r="O72" i="2" s="1" a="1"/>
+  <c r="O72" i="2" s="1"/>
+  <c r="O73" i="2" s="1" a="1"/>
+  <c r="O73" i="2" s="1"/>
+  <c r="O74" i="2" s="1" a="1"/>
+  <c r="O74" i="2" s="1"/>
+  <c r="O75" i="2" s="1" a="1"/>
   <c r="O75" i="2" s="1"/>
+  <c r="P70" i="2"/>
   <c r="P75" i="2" l="1"/>
-  <c r="O76" i="2" a="1"/>
+  <c r="O76" i="2" l="1" a="1"/>
   <c r="O76" i="2" s="1"/>
-  <c r="P76" i="2" l="1"/>
-  <c r="O77" i="2" l="1" a="1"/>
+  <c r="O77" i="2" s="1" a="1"/>
   <c r="O77" i="2" s="1"/>
-  <c r="O78" i="2" s="1" a="1"/>
+  <c r="O78" i="2" l="1" a="1"/>
   <c r="O78" i="2" s="1"/>
   <c r="P78" i="2" s="1"/>
   <c r="O79" i="2" l="1" a="1"/>
   <c r="O79" i="2" s="1"/>
-  <c r="P77" i="2"/>
-  <c r="O80" i="2" l="1" a="1"/>
+  <c r="O80" i="2" s="1" a="1"/>
   <c r="O80" i="2" s="1"/>
-  <c r="O81" i="2" s="1" a="1"/>
+  <c r="P80" i="2" l="1"/>
+  <c r="O81" i="2" a="1"/>
   <c r="O81" i="2" s="1"/>
-  <c r="O82" i="2" s="1" a="1"/>
+  <c r="P81" i="2" l="1"/>
+  <c r="O82" i="2" a="1"/>
   <c r="O82" i="2" s="1"/>
-  <c r="O83" i="2" s="1" a="1"/>
+  <c r="O4" i="2" s="1" a="1"/>
+  <c r="O4" i="2" s="1"/>
+  <c r="P4" i="2" l="1"/>
+  <c r="P82" i="2"/>
+  <c r="O83" i="2" a="1"/>
   <c r="O83" i="2" s="1"/>
-  <c r="O84" i="2" s="1" a="1"/>
+  <c r="O84" i="2" l="1" a="1"/>
   <c r="O84" i="2" s="1"/>
-  <c r="P79" i="2"/>
-[...1 lines deleted...]
-  <c r="O85" i="2" l="1" a="1"/>
+  <c r="P83" i="2"/>
+  <c r="O5" i="2" l="1" a="1"/>
+  <c r="O5" i="2" s="1"/>
+  <c r="O85" i="2" a="1"/>
   <c r="O85" i="2" s="1"/>
-  <c r="O86" i="2" l="1" a="1"/>
+  <c r="P84" i="2"/>
+  <c r="O6" i="2" l="1" a="1"/>
+  <c r="O6" i="2" s="1"/>
+  <c r="P5" i="2"/>
+  <c r="P85" i="2"/>
+  <c r="O86" i="2" a="1"/>
   <c r="O86" i="2" s="1"/>
-  <c r="O87" i="2" s="1" a="1"/>
+  <c r="O7" i="2" l="1" a="1"/>
+  <c r="O7" i="2" s="1"/>
+  <c r="P6" i="2"/>
+  <c r="P86" i="2"/>
+  <c r="O87" i="2" a="1"/>
   <c r="O87" i="2" s="1"/>
-  <c r="P85" i="2"/>
-  <c r="O88" i="2" l="1" a="1"/>
+  <c r="O88" i="2" s="1" a="1"/>
   <c r="O88" i="2" s="1"/>
-  <c r="P88" i="2" s="1"/>
-  <c r="O89" i="2" l="1" a="1"/>
+  <c r="O89" i="2" s="1" a="1"/>
   <c r="O89" i="2" s="1"/>
   <c r="O90" i="2" s="1" a="1"/>
   <c r="O90" i="2" s="1"/>
-  <c r="P90" i="2" l="1"/>
-  <c r="O91" i="2" a="1"/>
+  <c r="O91" i="2" s="1" a="1"/>
   <c r="O91" i="2" s="1"/>
-  <c r="P91" i="2" l="1"/>
-  <c r="O92" i="2" a="1"/>
+  <c r="O92" i="2" s="1" a="1"/>
   <c r="O92" i="2" s="1"/>
-  <c r="O4" i="2" s="1" a="1"/>
-[...5 lines deleted...]
-  <c r="O93" i="2" a="1"/>
+  <c r="O93" i="2" s="1" a="1"/>
   <c r="O93" i="2" s="1"/>
-  <c r="O6" i="2" l="1" a="1"/>
-[...8 lines deleted...]
-  <c r="O95" i="2" a="1"/>
+  <c r="O95" i="2" s="1" a="1"/>
   <c r="O95" i="2" s="1"/>
-  <c r="P94" i="2"/>
-[...4 lines deleted...]
-  <c r="O96" i="2" a="1"/>
+  <c r="O96" i="2" s="1" a="1"/>
   <c r="O96" i="2" s="1"/>
-  <c r="O9" i="2" l="1" a="1"/>
-[...3 lines deleted...]
-  <c r="O97" i="2" a="1"/>
+  <c r="O97" i="2" s="1" a="1"/>
   <c r="O97" i="2" s="1"/>
   <c r="O98" i="2" s="1" a="1"/>
   <c r="O98" i="2" s="1"/>
   <c r="O99" i="2" s="1" a="1"/>
   <c r="O99" i="2" s="1"/>
   <c r="O100" i="2" s="1" a="1"/>
   <c r="O100" i="2" s="1"/>
   <c r="O101" i="2" s="1" a="1"/>
   <c r="O101" i="2" s="1"/>
   <c r="O102" i="2" s="1" a="1"/>
   <c r="O102" i="2" s="1"/>
   <c r="O103" i="2" s="1" a="1"/>
   <c r="O103" i="2" s="1"/>
+  <c r="O104" i="2" s="1" a="1"/>
+  <c r="O104" i="2" s="1"/>
   <c r="O105" i="2" s="1" a="1"/>
   <c r="O105" i="2" s="1"/>
   <c r="O106" i="2" s="1" a="1"/>
   <c r="O106" i="2" s="1"/>
   <c r="O107" i="2" s="1" a="1"/>
   <c r="O107" i="2" s="1"/>
   <c r="O108" i="2" s="1" a="1"/>
   <c r="O108" i="2" s="1"/>
   <c r="O109" i="2" s="1" a="1"/>
   <c r="O109" i="2" s="1"/>
   <c r="O110" i="2" s="1" a="1"/>
   <c r="O110" i="2" s="1"/>
   <c r="O111" i="2" s="1" a="1"/>
   <c r="O111" i="2" s="1"/>
   <c r="O112" i="2" s="1" a="1"/>
   <c r="O112" i="2" s="1"/>
   <c r="O113" i="2" s="1" a="1"/>
   <c r="O113" i="2" s="1"/>
   <c r="O114" i="2" s="1" a="1"/>
   <c r="O114" i="2" s="1"/>
   <c r="O115" i="2" s="1" a="1"/>
   <c r="O115" i="2" s="1"/>
   <c r="O116" i="2" s="1" a="1"/>
   <c r="O116" i="2" s="1"/>
   <c r="O117" i="2" s="1" a="1"/>
@@ -4000,301 +3961,260 @@
   <c r="O504" i="2" s="1"/>
   <c r="O505" i="2" s="1" a="1"/>
   <c r="O505" i="2" s="1"/>
   <c r="O506" i="2" s="1" a="1"/>
   <c r="O506" i="2" s="1"/>
   <c r="O507" i="2" s="1" a="1"/>
   <c r="O507" i="2" s="1"/>
   <c r="O508" i="2" s="1" a="1"/>
   <c r="O508" i="2" s="1"/>
   <c r="O509" i="2" s="1" a="1"/>
   <c r="O509" i="2" s="1"/>
   <c r="O510" i="2" s="1" a="1"/>
   <c r="O510" i="2" s="1"/>
   <c r="O511" i="2" s="1" a="1"/>
   <c r="O511" i="2" s="1"/>
   <c r="O512" i="2" s="1" a="1"/>
   <c r="O512" i="2" s="1"/>
   <c r="O513" i="2" s="1" a="1"/>
   <c r="O513" i="2" s="1"/>
   <c r="O514" i="2" s="1" a="1"/>
   <c r="O514" i="2" s="1"/>
   <c r="O515" i="2" s="1" a="1"/>
   <c r="O515" i="2" s="1"/>
   <c r="O516" i="2" s="1" a="1"/>
   <c r="O516" i="2" s="1"/>
-  <c r="O517" i="2" s="1" a="1"/>
-[...19 lines deleted...]
-  <c r="P80" i="2"/>
+  <c r="P71" i="2"/>
+  <c r="O8" i="2" l="1" a="1"/>
+  <c r="O8" i="2" s="1"/>
+  <c r="P7" i="2"/>
+  <c r="P72" i="2"/>
+  <c r="O9" i="2" l="1" a="1"/>
+  <c r="O9" i="2" s="1"/>
+  <c r="P8" i="2"/>
+  <c r="P73" i="2"/>
   <c r="O10" i="2" l="1" a="1"/>
   <c r="O10" i="2" s="1"/>
   <c r="P9" i="2"/>
-  <c r="P81" i="2"/>
+  <c r="P74" i="2"/>
   <c r="O11" i="2" l="1" a="1"/>
   <c r="O11" i="2" s="1"/>
   <c r="P10" i="2"/>
-  <c r="P82" i="2"/>
-  <c r="O12" i="2" l="1" a="1"/>
+  <c r="P76" i="2"/>
+  <c r="P11" i="2" l="1"/>
+  <c r="O12" i="2" a="1"/>
   <c r="O12" i="2" s="1"/>
-  <c r="P11" i="2"/>
-  <c r="P83" i="2"/>
+  <c r="P77" i="2"/>
   <c r="O13" i="2" l="1" a="1"/>
   <c r="O13" i="2" s="1"/>
   <c r="P12" i="2"/>
-  <c r="P86" i="2"/>
-[...1 lines deleted...]
-  <c r="O14" i="2" a="1"/>
+  <c r="P79" i="2"/>
+  <c r="O14" i="2" l="1" a="1"/>
   <c r="O14" i="2" s="1"/>
+  <c r="P13" i="2"/>
   <c r="P87" i="2"/>
+  <c r="P14" i="2" l="1"/>
   <c r="O15" i="2" l="1" a="1"/>
   <c r="O15" i="2" s="1"/>
-  <c r="P14" i="2"/>
-  <c r="P89" i="2"/>
   <c r="O16" i="2" l="1" a="1"/>
   <c r="O16" i="2" s="1"/>
   <c r="P15" i="2"/>
-  <c r="P97" i="2"/>
   <c r="P16" i="2" l="1"/>
-  <c r="O17" i="2" l="1" a="1"/>
+  <c r="O17" i="2" a="1"/>
   <c r="O17" i="2" s="1"/>
   <c r="O18" i="2" l="1" a="1"/>
   <c r="O18" i="2" s="1"/>
+  <c r="O19" i="2" s="1" a="1"/>
+  <c r="O19" i="2" s="1"/>
+  <c r="P19" i="2" s="1"/>
   <c r="P17" i="2"/>
-  <c r="P18" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="O19" i="2" s="1"/>
   <c r="O20" i="2" l="1" a="1"/>
   <c r="O20" i="2" s="1"/>
-  <c r="O21" i="2" s="1" a="1"/>
+  <c r="P18" i="2"/>
+  <c r="O65" i="2" a="1"/>
+  <c r="O65" i="2" s="1"/>
+  <c r="P65" i="2" s="1"/>
+  <c r="P20" i="2" l="1"/>
+  <c r="O21" i="2" a="1"/>
   <c r="O21" i="2" s="1"/>
-  <c r="P21" i="2" s="1"/>
-[...1 lines deleted...]
-  <c r="O22" i="2" l="1" a="1"/>
+  <c r="P21" i="2" l="1"/>
+  <c r="O22" i="2" a="1"/>
   <c r="O22" i="2" s="1"/>
-  <c r="P20" i="2"/>
-[...2 lines deleted...]
-  <c r="P74" i="2" s="1"/>
   <c r="P22" i="2" l="1"/>
   <c r="O23" i="2" a="1"/>
   <c r="O23" i="2" s="1"/>
   <c r="P23" i="2" l="1"/>
   <c r="O24" i="2" a="1"/>
   <c r="O24" i="2" s="1"/>
-  <c r="P24" i="2" l="1"/>
-  <c r="O25" i="2" a="1"/>
+  <c r="O25" i="2" l="1" a="1"/>
   <c r="O25" i="2" s="1"/>
+  <c r="P24" i="2"/>
   <c r="P25" i="2" l="1"/>
   <c r="O26" i="2" a="1"/>
   <c r="O26" i="2" s="1"/>
-  <c r="O27" i="2" l="1" a="1"/>
+  <c r="P26" i="2" l="1"/>
+  <c r="O27" i="2" a="1"/>
   <c r="O27" i="2" s="1"/>
-  <c r="P26" i="2"/>
   <c r="P27" i="2" l="1"/>
   <c r="O28" i="2" a="1"/>
   <c r="O28" i="2" s="1"/>
   <c r="P28" i="2" l="1"/>
   <c r="O29" i="2" a="1"/>
   <c r="O29" i="2" s="1"/>
   <c r="P29" i="2" l="1"/>
   <c r="O30" i="2" a="1"/>
   <c r="O30" i="2" s="1"/>
   <c r="P30" i="2" l="1"/>
   <c r="O31" i="2" a="1"/>
   <c r="O31" i="2" s="1"/>
-  <c r="P31" i="2" l="1"/>
-  <c r="O32" i="2" a="1"/>
+  <c r="O32" i="2" l="1" a="1"/>
   <c r="O32" i="2" s="1"/>
+  <c r="P31" i="2"/>
   <c r="P32" i="2" l="1"/>
   <c r="O33" i="2" a="1"/>
   <c r="O33" i="2" s="1"/>
-  <c r="O34" i="2" l="1" a="1"/>
+  <c r="P33" i="2" l="1"/>
+  <c r="O34" i="2" a="1"/>
   <c r="O34" i="2" s="1"/>
-  <c r="P33" i="2"/>
   <c r="P34" i="2" l="1"/>
   <c r="O35" i="2" a="1"/>
   <c r="O35" i="2" s="1"/>
-  <c r="P35" i="2" l="1"/>
-  <c r="O36" i="2" a="1"/>
+  <c r="O36" i="2" s="1" a="1"/>
   <c r="O36" i="2" s="1"/>
+  <c r="O37" i="2" s="1" a="1"/>
+  <c r="O37" i="2" s="1"/>
+  <c r="P37" i="2" s="1"/>
   <c r="P36" i="2" l="1"/>
-  <c r="O37" i="2" a="1"/>
-[...1 lines deleted...]
-  <c r="O38" i="2" s="1" a="1"/>
+  <c r="O38" i="2" a="1"/>
   <c r="O38" i="2" s="1"/>
-  <c r="O39" i="2" s="1" a="1"/>
+  <c r="P35" i="2"/>
+  <c r="P38" i="2" l="1"/>
+  <c r="O39" i="2" a="1"/>
   <c r="O39" i="2" s="1"/>
   <c r="P39" i="2" s="1"/>
-  <c r="P38" i="2" l="1"/>
-  <c r="O40" i="2" a="1"/>
+  <c r="O40" i="2" l="1" a="1"/>
   <c r="O40" i="2" s="1"/>
-  <c r="P40" i="2" s="1"/>
-[...1 lines deleted...]
-  <c r="O41" i="2" l="1" a="1"/>
+  <c r="O41" i="2" s="1" a="1"/>
   <c r="O41" i="2" s="1"/>
-  <c r="O42" i="2" s="1" a="1"/>
+  <c r="P41" i="2" s="1"/>
+  <c r="P40" i="2" l="1"/>
+  <c r="O42" i="2" a="1"/>
   <c r="O42" i="2" s="1"/>
-  <c r="P41" i="2" l="1"/>
+  <c r="P42" i="2" l="1"/>
   <c r="O43" i="2" a="1"/>
   <c r="O43" i="2" s="1"/>
-  <c r="P42" i="2"/>
-  <c r="O44" i="2" l="1" a="1"/>
+  <c r="P43" i="2" l="1"/>
+  <c r="O44" i="2" a="1"/>
   <c r="O44" i="2" s="1"/>
-  <c r="P43" i="2"/>
-[...1 lines deleted...]
-  <c r="O45" i="2" a="1"/>
+  <c r="O45" i="2" l="1" a="1"/>
   <c r="O45" i="2" s="1"/>
+  <c r="P44" i="2"/>
   <c r="O46" i="2" l="1" a="1"/>
   <c r="O46" i="2" s="1"/>
   <c r="P45" i="2"/>
   <c r="P46" i="2" l="1"/>
   <c r="O47" i="2" a="1"/>
   <c r="O47" i="2" s="1"/>
-  <c r="P47" i="2" l="1"/>
-  <c r="O48" i="2" a="1"/>
+  <c r="O48" i="2" l="1" a="1"/>
   <c r="O48" i="2" s="1"/>
+  <c r="P47" i="2"/>
+  <c r="P48" i="2" l="1"/>
   <c r="O49" i="2" l="1" a="1"/>
   <c r="O49" i="2" s="1"/>
-  <c r="P48" i="2"/>
   <c r="O50" i="2" l="1" a="1"/>
   <c r="O50" i="2" s="1"/>
   <c r="P49" i="2"/>
   <c r="P50" i="2" l="1"/>
   <c r="O51" i="2" a="1"/>
   <c r="O51" i="2" s="1"/>
-  <c r="P51" i="2" l="1"/>
-  <c r="O52" i="2" a="1"/>
+  <c r="O52" i="2" l="1" a="1"/>
   <c r="O52" i="2" s="1"/>
+  <c r="P51" i="2"/>
+  <c r="P52" i="2" l="1"/>
   <c r="O53" i="2" l="1" a="1"/>
   <c r="O53" i="2" s="1"/>
-  <c r="P52" i="2"/>
   <c r="P53" i="2" l="1"/>
   <c r="O54" i="2" a="1"/>
   <c r="O54" i="2" s="1"/>
   <c r="O55" i="2" l="1" a="1"/>
   <c r="O55" i="2" s="1"/>
   <c r="P54" i="2"/>
-  <c r="O56" i="2" l="1" a="1"/>
+  <c r="P55" i="2" l="1"/>
+  <c r="O56" i="2" a="1"/>
   <c r="O56" i="2" s="1"/>
-  <c r="P55" i="2"/>
-  <c r="O57" i="2" l="1" a="1"/>
+  <c r="P56" i="2" l="1"/>
+  <c r="O57" i="2" a="1"/>
   <c r="O57" i="2" s="1"/>
-  <c r="P56" i="2"/>
   <c r="O58" i="2" l="1" a="1"/>
   <c r="O58" i="2" s="1"/>
   <c r="P57" i="2"/>
   <c r="O59" i="2" l="1" a="1"/>
   <c r="O59" i="2" s="1"/>
   <c r="P58" i="2"/>
-  <c r="P59" i="2" l="1"/>
-  <c r="O60" i="2" a="1"/>
+  <c r="O60" i="2" l="1" a="1"/>
   <c r="O60" i="2" s="1"/>
+  <c r="P59" i="2"/>
   <c r="O61" i="2" l="1" a="1"/>
   <c r="O61" i="2" s="1"/>
+  <c r="O62" i="2" s="1" a="1"/>
+  <c r="O62" i="2" s="1"/>
+  <c r="P62" i="2" s="1"/>
   <c r="P60" i="2"/>
   <c r="P61" i="2" l="1"/>
-  <c r="O62" i="2" a="1"/>
-[...1 lines deleted...]
-  <c r="O63" i="2" s="1" a="1"/>
+  <c r="O63" i="2" a="1"/>
   <c r="O63" i="2" s="1"/>
-  <c r="P63" i="2" s="1"/>
-  <c r="P62" i="2" l="1"/>
+  <c r="P63" i="2" l="1"/>
   <c r="O64" i="2" a="1"/>
   <c r="O64" i="2" s="1"/>
-  <c r="O65" i="2" l="1" a="1"/>
-[...26 lines deleted...]
-  <c r="P73" i="2" s="1"/>
+  <c r="P64" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="690" uniqueCount="434">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="656" uniqueCount="414">
   <si>
     <t>Önskar du se filen i Excel? Klicka här</t>
   </si>
   <si>
     <t>Regiongemensamma licenser Sjukhusförvaltningar 
 Leverantör RGL</t>
   </si>
   <si>
     <t>Substans</t>
   </si>
   <si>
     <t>Beredningsform</t>
   </si>
   <si>
     <t>Styrka</t>
   </si>
   <si>
     <t>Läkemedelsnamn</t>
   </si>
   <si>
     <t>Tillverkare</t>
   </si>
   <si>
     <t>Land</t>
   </si>
@@ -4340,71 +4260,59 @@
   <si>
     <t>aminofyllinhydrat</t>
   </si>
   <si>
     <t>injektionsvätska</t>
   </si>
   <si>
     <t>25mg/ml</t>
   </si>
   <si>
     <t xml:space="preserve">Aminophylline hydrate </t>
   </si>
   <si>
     <t>Mercury Pharmaceuticals Limited</t>
   </si>
   <si>
     <t>Storbritannien</t>
   </si>
   <si>
     <t>10 x 10 ml</t>
   </si>
   <si>
     <t>Jacob Wulfsberg</t>
   </si>
   <si>
-    <t>amoxicillin</t>
-[...1 lines deleted...]
-  <si>
     <t>tablett</t>
   </si>
   <si>
     <t>500 mg</t>
   </si>
   <si>
-    <t>Amoxicilina Ardine 500mg</t>
-[...4 lines deleted...]
-  <si>
     <t>Spanien</t>
   </si>
   <si>
-    <t>20 tabletter</t>
-[...1 lines deleted...]
-  <si>
     <t>Lisa Blide</t>
   </si>
   <si>
     <t>30 tabletter</t>
   </si>
   <si>
     <t>cefixim</t>
   </si>
   <si>
     <t>granulat till oral suspension</t>
   </si>
   <si>
     <t>100 mg/5 ml</t>
   </si>
   <si>
     <t>InfectoOpticef 100mg/5ml</t>
   </si>
   <si>
     <t>Infectopharm</t>
   </si>
   <si>
     <t>Tyskland</t>
   </si>
   <si>
     <t>50ml flaska</t>
@@ -4733,113 +4641,83 @@
   <si>
     <t>SPC gemcitabin-accord-tyskland.pdf</t>
   </si>
   <si>
     <t>Accord Healthcare B.V</t>
   </si>
   <si>
     <t>20 ml</t>
   </si>
   <si>
     <t>10 ml</t>
   </si>
   <si>
     <t>SPC gemcitabin-accord-schweiz.pdf</t>
   </si>
   <si>
     <t>Accord Healthcare AG</t>
   </si>
   <si>
     <t>isosorbidmononitrat</t>
   </si>
   <si>
     <t>depottablett</t>
   </si>
   <si>
-    <t>30 mg</t>
-[...7 lines deleted...]
-  <si>
     <t>Danmark</t>
   </si>
   <si>
-    <t>98 styck</t>
-[...7 lines deleted...]
-  <si>
     <t>100 tabletter</t>
   </si>
   <si>
     <t>60 mg</t>
   </si>
   <si>
     <t>Imdur 60 mg</t>
   </si>
   <si>
     <t>TopRidge Pharma (Ireland)</t>
   </si>
   <si>
     <t>Grekland</t>
   </si>
   <si>
     <t>28 styck</t>
   </si>
   <si>
     <t xml:space="preserve">IS 5 mono-ratiopharm® 60mg </t>
   </si>
   <si>
     <t>100 styck</t>
   </si>
   <si>
     <t>kalciumfolinat</t>
   </si>
   <si>
     <t>injektionsvätska, lösning</t>
   </si>
   <si>
-    <t>Bendafolin 10 mg/ml</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">FOLINATO CÁLCICO TEVA </t>
   </si>
   <si>
     <t>TEVA PHARMA, S.L.U.    </t>
   </si>
   <si>
     <t>30 ml</t>
   </si>
   <si>
     <t xml:space="preserve">Folinato de Cálcico Hikma </t>
   </si>
   <si>
     <t>Hikma Farmaceutica</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t xml:space="preserve">SPC Kalsiumfolinat LumaCina Ireland </t>
   </si>
   <si>
     <t>LumaCina</t>
   </si>
   <si>
     <t>Irland</t>
@@ -4883,117 +4761,96 @@
   <si>
     <t>2 mg/2 ml</t>
   </si>
   <si>
     <t>Tavegil 2mg/ml, Gebro Pharma GmbH</t>
   </si>
   <si>
     <t>Gebro Pharma GmbH</t>
   </si>
   <si>
     <t>Österrike</t>
   </si>
   <si>
     <t xml:space="preserve">5x2ml </t>
   </si>
   <si>
     <t>klindamycin</t>
   </si>
   <si>
     <t xml:space="preserve">oral lösning </t>
   </si>
   <si>
     <t>75 mg/5 ml</t>
   </si>
   <si>
-    <t xml:space="preserve">Sobelin </t>
-[...7 lines deleted...]
-  <si>
     <t>Clindamycin Palmitate Hydrochloride</t>
   </si>
   <si>
     <t>AUROBINDO PHARMA USA, INC.</t>
   </si>
   <si>
     <t>klometiazol</t>
   </si>
   <si>
     <t>31,5 mg/ml</t>
   </si>
   <si>
     <t xml:space="preserve">CLOMETHIAZOLE </t>
   </si>
   <si>
     <t>NEON HEALTHCARE LTD.</t>
   </si>
   <si>
     <t>300 ml</t>
   </si>
   <si>
     <t>klonodinhydroklorid</t>
   </si>
   <si>
     <t>75 mkg</t>
   </si>
   <si>
     <t>Catapresan 75mkg</t>
   </si>
   <si>
     <t>Glenwood GmbH Pharmazeutiche Erzeugnisse</t>
   </si>
   <si>
     <t>Iporel 75mkg</t>
   </si>
   <si>
     <t>Bausch Health Ireland Ltd</t>
   </si>
   <si>
     <t>Polen</t>
   </si>
   <si>
     <t>50 tabletter</t>
   </si>
   <si>
     <t>klorokinfosfat</t>
-  </si>
-[...10 lines deleted...]
-    <t>20 styck</t>
   </si>
   <si>
     <t>155 mg</t>
   </si>
   <si>
     <t>Resochin tablett 155mg</t>
   </si>
   <si>
     <t>KERN PHARMA, S.L.</t>
   </si>
   <si>
     <t>50 styck</t>
   </si>
   <si>
     <t>kolestyramin</t>
   </si>
   <si>
     <t>4 g</t>
   </si>
   <si>
     <t>Quantalan zuckerfrei</t>
   </si>
   <si>
     <t>Cheplapharm Arzneimittel GmbH</t>
   </si>
@@ -5191,62 +5048,50 @@
   <si>
     <t>250 styck</t>
   </si>
   <si>
     <t>24 000 IU</t>
   </si>
   <si>
     <t>Pertzye 24 000 IU</t>
   </si>
   <si>
     <t>80 styck</t>
   </si>
   <si>
     <t>prasugrel</t>
   </si>
   <si>
     <t>Prasulan tablett 5 mg</t>
   </si>
   <si>
     <t>G.L. PHARMA GMBH</t>
   </si>
   <si>
     <t>30 st</t>
   </si>
   <si>
-    <t>propranolol</t>
-[...10 lines deleted...]
-  <si>
     <t>pyrazinamid</t>
   </si>
   <si>
     <t>500mg</t>
   </si>
   <si>
     <t>Pyrazinamid 500mg tablett</t>
   </si>
   <si>
     <t>Jenapharm</t>
   </si>
   <si>
     <t>Tebrazid</t>
   </si>
   <si>
     <t>BePharBel Manufacturing S.A.</t>
   </si>
   <si>
     <t>Belgien</t>
   </si>
   <si>
     <t>100st</t>
   </si>
   <si>
     <t>rifampicin</t>
@@ -5565,54 +5410,69 @@
   <si>
     <t>4 styck</t>
   </si>
   <si>
     <t>Särskilt tillstånd att expediera recept när generell licens finns</t>
   </si>
   <si>
     <t>iforfamid</t>
   </si>
   <si>
     <t>pulver till injektions-/infusionsvätska, lösning</t>
   </si>
   <si>
     <t>1000 mg</t>
   </si>
   <si>
     <t>2000 mg</t>
   </si>
   <si>
     <t>SPC Holoxan inj Baxter CH</t>
   </si>
   <si>
     <t>Baxter AG</t>
   </si>
   <si>
-    <t>Uppdaterad 2026-02-11</t>
-[...1 lines deleted...]
-  <si>
     <t>5 mg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Baxter </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ifosfamide 1 g </t>
+  </si>
+  <si>
+    <t>morfinhydrokloridtrihydrat</t>
+  </si>
+  <si>
+    <t>Morphin HCL Sintetica</t>
+  </si>
+  <si>
+    <t>100mg/ 10 ml</t>
+  </si>
+  <si>
+    <t>Uppdaterad 2026-03-19</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -5719,51 +5579,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor theme="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor theme="9" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="61">
+  <borders count="63">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="9" tint="0.39997558519241921"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="9" tint="0.39997558519241921"/>
       </top>
       <bottom style="thin">
         <color theme="9" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="9" tint="0.39997558519241921"/>
@@ -6463,175 +6323,186 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="medium">
-[...9 lines deleted...]
-      <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="404">
+  <cellXfs count="444">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="14" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="14" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="37" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="41" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="14" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="51" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="56" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
@@ -6669,136 +6540,117 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="11" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="38" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="14" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
@@ -6818,71 +6670,59 @@
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
@@ -6908,53 +6748,50 @@
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="11" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="11" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
@@ -6998,713 +6835,894 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="50" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="60" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="62" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="48" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="45" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="55" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...166 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="49" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
-[...105 lines deleted...]
-    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="3" xr:uid="{00000000-000B-0000-0000-000008000000}"/>
     <cellStyle name="Hyperlänk" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{A7E8B2DD-D9AE-4A34-A2CA-926CE7B9B617}"/>
   </cellStyles>
-  <dxfs count="58">
+  <dxfs count="60">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.79998168889431442"/>
@@ -8483,96 +8501,96 @@
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="9"/>
           <bgColor theme="9"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{06AC29F3-830D-4EF3-9C72-D8C8729F678E}" name="Tabell2" displayName="Tabell2" ref="A101:L114" totalsRowShown="0" headerRowDxfId="57" tableBorderDxfId="56">
-[...2 lines deleted...]
-    <sortCondition ref="A101:A114"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{06AC29F3-830D-4EF3-9C72-D8C8729F678E}" name="Tabell2" displayName="Tabell2" ref="A91:L104" totalsRowShown="0" headerRowDxfId="59" tableBorderDxfId="58">
+  <autoFilter ref="A91:L104" xr:uid="{06AC29F3-830D-4EF3-9C72-D8C8729F678E}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A92:L104">
+    <sortCondition ref="A91:A104"/>
   </sortState>
   <tableColumns count="12">
-    <tableColumn id="1" xr3:uid="{9286587E-74EB-4DD2-830A-B8FEA11C73AD}" name="Substans" dataDxfId="55"/>
-[...10 lines deleted...]
-    <tableColumn id="12" xr3:uid="{236582B9-C60F-486E-9C8C-D7772CA4478C}" name="Särskilt tillstånd från läkemedelsverket för receptförskrivning" dataDxfId="44"/>
+    <tableColumn id="1" xr3:uid="{9286587E-74EB-4DD2-830A-B8FEA11C73AD}" name="Substans" dataDxfId="57"/>
+    <tableColumn id="2" xr3:uid="{35EB218E-E379-455A-A665-8BBF1A606BEF}" name="Beredningsform" dataDxfId="56"/>
+    <tableColumn id="3" xr3:uid="{4FD3600F-C6B9-4A53-94C8-979A8AF10A7A}" name="Styrka" dataDxfId="55"/>
+    <tableColumn id="5" xr3:uid="{4ADDC79A-97D0-4FD8-932A-BBC4C1270A48}" name="Licensläkemedel" dataDxfId="54" dataCellStyle="Hyperlänk"/>
+    <tableColumn id="6" xr3:uid="{CAA82282-ACD3-47E3-8765-2E7A5422004A}" name="Tillverkare" dataDxfId="53"/>
+    <tableColumn id="7" xr3:uid="{D89AAF0A-166F-4A59-AC4E-6B31EDBDC675}" name="Land" dataDxfId="52"/>
+    <tableColumn id="8" xr3:uid="{AAF4CB5B-798A-455F-930A-DB8A0330A591}" name="Förpackning" dataDxfId="51"/>
+    <tableColumn id="9" xr3:uid="{CB1FB92B-C21B-4C17-B6CE-8ED77E18A04B}" name="Varunummer" dataDxfId="50"/>
+    <tableColumn id="10" xr3:uid="{D8894FF4-032E-434F-A597-B8ED47BA24AA}" name="Gäller tom" dataDxfId="49"/>
+    <tableColumn id="11" xr3:uid="{0CDFF84D-E9D0-411C-9E8E-38130BDB57EC}" name="Licens sökt av" dataDxfId="48"/>
+    <tableColumn id="13" xr3:uid="{815608D0-839E-4CB9-A120-07EF883FCD96}" name="Referensnummer till licensbeslut" dataDxfId="47"/>
+    <tableColumn id="12" xr3:uid="{236582B9-C60F-486E-9C8C-D7772CA4478C}" name="Särskilt tillstånd från läkemedelsverket för receptförskrivning" dataDxfId="46"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{4E22EF91-1B26-44ED-8F53-80FAC95B6C06}" name="Tabell1" displayName="Tabell1" ref="M3:S526" totalsRowShown="0" headerRowDxfId="43" dataDxfId="42">
-  <autoFilter ref="M3:S526" xr:uid="{4E22EF91-1B26-44ED-8F53-80FAC95B6C06}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{4E22EF91-1B26-44ED-8F53-80FAC95B6C06}" name="Tabell1" displayName="Tabell1" ref="M3:S516" totalsRowShown="0" headerRowDxfId="45" dataDxfId="44">
+  <autoFilter ref="M3:S516" xr:uid="{4E22EF91-1B26-44ED-8F53-80FAC95B6C06}"/>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{652DFCFF-C5E3-4FA4-9084-21D5CD46BE6C}" name="Preparatkontroll" dataDxfId="41">
+    <tableColumn id="1" xr3:uid="{652DFCFF-C5E3-4FA4-9084-21D5CD46BE6C}" name="Preparatkontroll" dataDxfId="43">
       <calculatedColumnFormula>A4</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="2" xr3:uid="{15482E22-4A57-4401-9E70-0D8A4562A7EC}" name="Nytt preparat" dataDxfId="40">
+    <tableColumn id="2" xr3:uid="{15482E22-4A57-4401-9E70-0D8A4562A7EC}" name="Nytt preparat" dataDxfId="42">
       <calculatedColumnFormula>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="3" xr3:uid="{5F47BFCD-C72B-4B74-BA84-4EC16E5FDF88}" name="Substans nr" dataDxfId="39">
+    <tableColumn id="3" xr3:uid="{5F47BFCD-C72B-4B74-BA84-4EC16E5FDF88}" name="Substans nr" dataDxfId="41">
       <calculatedColumnFormula array="1">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="4" xr3:uid="{C84EF50E-4EFD-4CE1-A3E6-453498D305D2}" name="Ska markeras" dataDxfId="38">
+    <tableColumn id="4" xr3:uid="{C84EF50E-4EFD-4CE1-A3E6-453498D305D2}" name="Ska markeras" dataDxfId="40">
       <calculatedColumnFormula>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="5" xr3:uid="{EE86C4E5-A108-4BAD-BC35-38B1B8EFEA69}" name="Tom rad" dataDxfId="37">
+    <tableColumn id="5" xr3:uid="{EE86C4E5-A108-4BAD-BC35-38B1B8EFEA69}" name="Tom rad" dataDxfId="39">
       <calculatedColumnFormula>(ISBLANK(#REF!))</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="6" xr3:uid="{3B0708EA-13B5-44E8-AD03-78075E3CE88E}" name="Rad" dataDxfId="36">
+    <tableColumn id="6" xr3:uid="{3B0708EA-13B5-44E8-AD03-78075E3CE88E}" name="Rad" dataDxfId="38">
       <calculatedColumnFormula>ROW()</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="7" xr3:uid="{34926368-B3DD-4611-9DBC-B3C0861CE568}" name="Första tomma" dataDxfId="35">
+    <tableColumn id="7" xr3:uid="{34926368-B3DD-4611-9DBC-B3C0861CE568}" name="Första tomma" dataDxfId="37">
       <calculatedColumnFormula>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
@@ -8832,19543 +8850,18980 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-181/native/SPC%20InfectoOptiCef%20granulat%20till%20oral%20l%c3%b6sning%20100mg_5ml%20778097.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-17/native/spc-Vitamin%20B6-ratiopharm%20tabl%2040%20mg.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-518/native/SPC%20AVLOCLOR%20250MG%20vnr%20848842.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-532/native/SPC%20Eptifibatide%20injektion%2075mg_100ml%20vnr%20748848.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-549/native/SPC%20Calciumfolinat%20LumaCina%20Ireland%20vnr%20xxxxxx.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-559/native/SPC%20NALOREX%20Italien%20vnr%20845103.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-582/native/SPC%20Clomethiazole%2031%2c5mg_ml%20sirap%20vnr%20843975%2c%20vnr%20850456.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-600/native/SPC%20Carnitene%20injv%c3%a4%201g-5ml%20ml%20Alfasigma%20IT%20784868.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-447/native/SPC%20Eptifibatide%2020mg_100ml%20Eugia%20vnr%20747354.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-451/native/SPC%20Legalon%20848106.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-15/native/841293%20Succicaptal.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../:b:/r/sites/sy-rhs-savgr-sortimentradet-hemsida/Delade%20dokument/SPC%20Folins%C3%A4ure%20%20inj%2010mg_ml%2050ml%20vnr%20849268.pdf?csf=1&amp;web=1&amp;e=WGeQ0E" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-541/native/SPC%20Bricanyl%20injektion%20vnr%20845824.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-545/native/SPC%20fluorouracil-sandoz%20schweiz%20vnr%20743211%20.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-566/native/SPC%20Furosemide%20Heritage%20Pharmaceuticals%20Inc%20vnr%20750157%20-%20747426.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-577/native/SPC%20Zyprexa%20Relprevv%20210mg%2c%20300mg%2c%20405mg%20%20H2Pharma%20LLC%20vnr%20850433%2c%20850434%2c%20850435.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-480/native/SPC%20Ventolin%20l%c3%b6%20f%20neb%205%20mg-ml%20vnr%20848460%20%20GlaxoSmithKline%20AG%20CH.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-602/native/SPC%20Pyrazinamid%20tabl%20500mg%20680497.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-623/native/SPC%20Resochin%20tablett%20155mg%20vnr%20848843.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-224/native/SPC%20Catapresan%20tablett%2075ug%20DE%20680658.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-180/native/SPC%20Cefixim%20tabl%20400mg%20STADA%20778086.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-521/native/SPC%20Sobelin%20granulat%20till%20oral%20l%c3%b6sning%2075mg_5ml%20vnr%20742261.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-531/native/SPC%20Zypadhera%20%20849875.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-551/native/SPC%20Calciumfolinate%20Kabi%20Deutschland%20vnr%20750027.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-563/native/SPC%20vnr%20742622%20calcium%20sandoz.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-577/native/SPC%20Zyprexa%20Relprevv%20210mg%2c%20300mg%2c%20405mg%20%20H2Pharma%20LLC%20vnr%20850433%2c%20850434%2c%20850435.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-598/native/SPC%20Methotrexat-Teva%20onco%20Inj%20inf%2025mg_ml%20%202ml%20vnr%20843230.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-487/native/SPC%20FLUTIDE%20MITE%2050MCG%20GLAXOSMITHKLINE%20847411.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-61/native/SPC%20Carbosen%20con%20Adrenalina%20vnr%20843527.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-226/native/SPC%20Ceftazidim%20Dr.Eberth%202%20g.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-184/native/SPC%20Diazepam%20injektionsv%c3%a4tska%2010mg_2ml%20842356.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-36/native/SPC%20Anticholium%20inj%202mg%20per%205ml%20750467.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../:b:/r/sites/sy-rhs-savgr-sortimentradet-hemsida/Delade%20dokument/SPC%20Bendafolin%2010%20mg%20ml%20vnr%20746866.pdf?csf=1&amp;web=1&amp;e=pvGS2P" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-528/native/SPC%20OSELTAMIVIR%20PHOSPHATE%20vnr%20849755.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-542/native/SPC%20FLUOROURACIL%20-%20fluorouracil%20injection%2c%20solution%2050mg_ml%20100%20ml%20(1).pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-556/native/SPC%20gemcitabin-accord-schweiz.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-300/native/SPC%20Amoxicilina%20Ardine%20tabl%20500%20mg%20Lab%20Reig%20Jofre%20ES%20846056.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-517/native/SPC%20Toxogonin%20inj%200%2c25g_ml%20Tyskland%20vnr%20843044.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-540/native/SPC%20Nanaltrexone%2050%20mg%20vnr%20745813.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-553/native/SPC%20Tolterodine%20Tartrate%20depotkaps%204%20mg.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-566/native/SPC%20Furosemide%20Heritage%20Pharmaceuticals%20Inc%20vnr%20750157%20-%20747426.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-565/native/SPC%20%20Furosemid%20Ratiopharm%20vnr%20849044%20-%20846344.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-581/native/SPC%20Aminophylline%20Advanz%20vnr%20750361.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-61/native/SPC%20Carbosen%20con%20Adrenalina%20vnr%20843527.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-603/native/SPC%20Etiltox%20tablett%20200mg%20taly%20746900.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-620/native/SPC%20Holoxan%20inj%20Baxter%20CH%20750850%20750852%20750853.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/behandling-och-forskrivning/forskrivning/tillstand-for-utlamnande-vid-generell-licens" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-472/native/SPC%20quantalan-cheplapharm%20744527.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-377/native/SPC%20Tebrazid.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-200/native/SPC%20Wincef%20tablett%20400mg%20745059.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-88/native/SPC%20Phentolamine%20Mesylate%20inj%20v%c3%a4%205mg%20per%20ml%20vnr%20826413.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-500/native/SPC%20Vibracina%20vnr%20845900.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-531/native/SPC%20Zypadhera%20%20849875.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-544/native/SPC%20fluorouracil-sandoz_canada%20vnr%20747874.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-458/native/SPC%20Viperfav%20%20823299.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-60/native/SPC%20Digifab%20vnr%20843722.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-397/native/SPC%20Magnesium%20Sulfate%20765112.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-536/native/SPC%20Folinato%20calcico%20teva%2010mg_ml%20inj%20vnr%20844522.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-555/native/SPC%20Tolterodine%20Tartrate%20Camber%201%20mg%20tablett.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-550/native/SPC%20Calciumfolinat%20GRY%20Teva%20vnr%20xxxxxx.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-564/native/SPC%20Furosemid%20Ratiopharm%20%20vnr%20749445%20-%20749625.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-577/native/SPC%20Zyprexa%20Relprevv%20210mg%2c%20300mg%2c%20405mg%20%20H2Pharma%20LLC%20vnr%20850433%2c%20850434%2c%20850435.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-560/native/SPC%20Eremfat%20600%20mg%20pulver%20vnr%20850207.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-599/native/SPC%20Atropinsulfat%20100mg%205x10ml%20770492.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-399/native/SPC%20Glutaferro%20orala%20droppar%20ES%20774053.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-483/native/SPC%20Pangrol%2025000%20kapsel%20798122.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-338/native/SCP%20Imdur%2060mg%20depottablett%20topridge%20pharma%20greece.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-317/native/SPC%20Neurobion%20injektionsv%c3%a4tska%20Portugal.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-227/native/SPC%20Ceftazidim%20Dr.%20Eberth%201%20g.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-572/native/SPC%20Isosorbide-mononitrate-ingenus-us_1%20vnr%20746013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-471/native/SPC%20pms-Salbutamol%20l%c3%b6sning%20f%c3%b6r%20nebulisator%202mg_ml%20vnr%20748766.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-534/native/SPC%20Clindamycin%20gran%20t%20or%20l%c3%b6%2075%20mg-5%20ml%20Aurobindo%20Pharma%20US%20vnr%20849411%20.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-538/native/SPC%20PRASULAN%205%20MG%20TABLETT%2c%2030st%20vnr%20849764%2c%20pdf.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-567/native/SPC%20Folinato%20de%20c%c3%a1lcio%20Hikma%2030%20ml%20varunummer%20xxxxxx.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-473/native/SPC%20Pertzye%20kaps%20flera%20styrkor%20Digestive%20Care%20US%20765682%20772398%20765683.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-564/native/SPC%20Furosemid%20Ratiopharm%20%20vnr%20749445%20-%20749625.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-601/native/SPC%20Suprax%20oral%20suspension%20100mg_5ml%20773618.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-13/native/Regiongemensamma%20godk&#228;nda%20licenser%20l&#228;kemedel.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-96/native/SPC%20Periactin%20tablett%204mg%20vnr%20840140.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-183/native/SPC%20Tavegil%20injektionsv%c3%a4tska%202mg_2ml%20(GebroPharma_%20DE)%20680693.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-516/native/SPC%20Propranolol%20tablett%2040mg%20vnr%20844918.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-486/native/SPC%20Nozinan%20inj%20Neuraxpharm%20771089%20758330.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-557/native/SPC%20gemcitabin-accord-tyskland.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-507/native/SPC%20Fucithalmic%20%c3%b6gondroppar%20Kanada%20vnr%20848349.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-554/native/SPC%20Tolterodine%20Tartrate%20depotkaps%202mg.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-575/native/SPC%20Ephedrin%20Sintetica%20ampoules%20vnr%20750115.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-228/native/SPC%20Ceftazidim%20Dr.Eberth%20500mg.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-259/native/SPC%20Isomex%20depottablett%2030mg%20845432.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-69/native/SPC%20Dimaval%20inj%20v%c3%a4%20250mg%20per%205ml%20vnr%20826415.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-498/native/SPC%20Ventoline%201mg_ml%20l%c3%b6sning%20f%c3%b6r%20nebulisator%20vnr%20846658.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-543/native/SPC%20Fluorouracil%20Injection%2c%20USP%20(50%20mg%20per%20mL)%20-%202.5%20g50%20mL%20.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-569/native/SPC%20Prostin%200%2c25mg_ml%20injektion%20vnr%20756040.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-473/native/SPC%20Pertzye%20kaps%20flera%20styrkor%20Digestive%20Care%20US%20765682%20772398%20765683.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-537/native/SPC%20IS%205%20mono-ratiopharm%2060mg%20vnr%20746008.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-565/native/SPC%20%20Furosemid%20Ratiopharm%20vnr%20849044%20-%20846344.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-606/native/SPC%20Iporel%20tabl%2075%20mcg%20Bausch%20Health%20PL%20vnr%20774103.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-96/native/SPC%20Periactin%20tablett%204mg%20vnr%20840140.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-183/native/SPC%20Tavegil%20injektionsv%c3%a4tska%202mg_2ml%20(GebroPharma_%20DE)%20680693.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-536/native/SPC%20Folinato%20calcico%20teva%2010mg_ml%20inj%20vnr%20844522.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-544/native/SPC%20fluorouracil-sandoz_canada%20vnr%20747874.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-564/native/SPC%20Furosemid%20Ratiopharm%20%20vnr%20749445%20-%20749625.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-577/native/SPC%20Zyprexa%20Relprevv%20210mg%2c%20300mg%2c%20405mg%20%20H2Pharma%20LLC%20vnr%20850433%2c%20850434%2c%20850435.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-399/native/SPC%20Glutaferro%20orala%20droppar%20ES%20774053.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-630/native/SPC%20Ifosfamide%201g%20Baxter%20USA%20851288.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-227/native/SPC%20Ceftazidim%20Dr.%20Eberth%201%20g.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-61/native/SPC%20Carbosen%20con%20Adrenalina%20vnr%20843527.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-498/native/SPC%20Ventoline%201mg_ml%20l%c3%b6sning%20f%c3%b6r%20nebulisator%20vnr%20846658.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-528/native/SPC%20OSELTAMIVIR%20PHOSPHATE%20vnr%20849755.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-549/native/SPC%20Calciumfolinat%20LumaCina%20Ireland%20vnr%20xxxxxx.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-559/native/SPC%20NALOREX%20Italien%20vnr%20845103.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-582/native/SPC%20Clomethiazole%2031%2c5mg_ml%20sirap%20vnr%20843975%2c%20vnr%20850456.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-600/native/SPC%20Carnitene%20injv%c3%a4%201g-5ml%20ml%20Alfasigma%20IT%20784868.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-480/native/SPC%20Ventolin%20l%c3%b6%20f%20neb%205%20mg-ml%20vnr%20848460%20%20GlaxoSmithKline%20AG%20CH.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-638/native/SPC%20Morphin%20HCL%20Sintetica%20745222.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-184/native/SPC%20Diazepam%20injektionsv%c3%a4tska%2010mg_2ml%20842356.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-69/native/SPC%20Dimaval%20inj%20v%c3%a4%20250mg%20per%205ml%20vnr%20826415.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-541/native/SPC%20Bricanyl%20injektion%20vnr%20845824.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-545/native/SPC%20fluorouracil-sandoz%20schweiz%20vnr%20743211%20.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-566/native/SPC%20Furosemide%20Heritage%20Pharmaceuticals%20Inc%20vnr%20750157%20-%20747426.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-577/native/SPC%20Zyprexa%20Relprevv%20210mg%2c%20300mg%2c%20405mg%20%20H2Pharma%20LLC%20vnr%20850433%2c%20850434%2c%20850435.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-473/native/SPC%20Pertzye%20kaps%20flera%20styrkor%20Digestive%20Care%20US%20765682%20772398%20765683.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-554/native/SPC%20Tolterodine%20Tartrate%20depotkaps%202mg.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-575/native/SPC%20Ephedrin%20Sintetica%20ampoules%20vnr%20750115.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-602/native/SPC%20Pyrazinamid%20tabl%20500mg%20680497.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-623/native/SPC%20Resochin%20tablett%20155mg%20vnr%20848843.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-487/native/SPC%20FLUTIDE%20MITE%2050MCG%20GLAXOSMITHKLINE%20847411.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-317/native/SPC%20Neurobion%20injektionsv%c3%a4tska%20Portugal.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-228/native/SPC%20Ceftazidim%20Dr.Eberth%20500mg.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-88/native/SPC%20Phentolamine%20Mesylate%20inj%20v%c3%a4%205mg%20per%20ml%20vnr%20826413.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-500/native/SPC%20Vibracina%20vnr%20845900.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-532/native/SPC%20Eptifibatide%20injektion%2075mg_100ml%20vnr%20748848.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-543/native/SPC%20Fluorouracil%20Injection%2c%20USP%20(50%20mg%20per%20mL)%20-%202.5%20g50%20mL%20.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-563/native/SPC%20vnr%20742622%20calcium%20sandoz.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-569/native/SPC%20Prostin%200%2c25mg_ml%20injektion%20vnr%20756040.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-200/native/SPC%20Wincef%20tablett%20400mg%20745059.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-534/native/SPC%20Clindamycin%20gran%20t%20or%20l%c3%b6%2075%20mg-5%20ml%20Aurobindo%20Pharma%20US%20vnr%20849411%20.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-551/native/SPC%20Calciumfolinate%20Kabi%20Deutschland%20vnr%20750027.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-565/native/SPC%20%20Furosemid%20Ratiopharm%20vnr%20849044%20-%20846344.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-577/native/SPC%20Zyprexa%20Relprevv%20210mg%2c%20300mg%2c%20405mg%20%20H2Pharma%20LLC%20vnr%20850433%2c%20850434%2c%20850435.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-598/native/SPC%20Methotrexat-Teva%20onco%20Inj%20inf%2025mg_ml%20%202ml%20vnr%20843230.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-606/native/SPC%20Iporel%20tabl%2075%20mcg%20Bausch%20Health%20PL%20vnr%20774103.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-537/native/SPC%20IS%205%20mono-ratiopharm%2060mg%20vnr%20746008.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/behandling-och-forskrivning/forskrivning/tillstand-for-utlamnande-vid-generell-licens" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-472/native/SPC%20quantalan-cheplapharm%20744527.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-226/native/SPC%20Ceftazidim%20Dr.Eberth%202%20g.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-181/native/SPC%20InfectoOptiCef%20granulat%20till%20oral%20l%c3%b6sning%20100mg_5ml%20778097.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-60/native/SPC%20Digifab%20vnr%20843722.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-486/native/SPC%20Nozinan%20inj%20Neuraxpharm%20771089%20758330.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-542/native/SPC%20FLUOROURACIL%20-%20fluorouracil%20injection%2c%20solution%2050mg_ml%20100%20ml%20(1).pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-556/native/SPC%20gemcitabin-accord-schweiz.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-451/native/SPC%20Legalon%20848106.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-471/native/SPC%20pms-Salbutamol%20l%c3%b6sning%20f%c3%b6r%20nebulisator%202mg_ml%20vnr%20748766.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-540/native/SPC%20Nanaltrexone%2050%20mg%20vnr%20745813.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-553/native/SPC%20Tolterodine%20Tartrate%20depotkaps%204%20mg.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-566/native/SPC%20Furosemide%20Heritage%20Pharmaceuticals%20Inc%20vnr%20750157%20-%20747426.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-565/native/SPC%20%20Furosemid%20Ratiopharm%20vnr%20849044%20-%20846344.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-581/native/SPC%20Aminophylline%20Advanz%20vnr%20750361.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-61/native/SPC%20Carbosen%20con%20Adrenalina%20vnr%20843527.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-603/native/SPC%20Etiltox%20tablett%20200mg%20taly%20746900.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-620/native/SPC%20Holoxan%20inj%20Baxter%20CH%20750850%20750852%20750853.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-483/native/SPC%20Pangrol%2025000%20kapsel%20798122.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-458/native/SPC%20Viperfav%20%20823299.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-377/native/SPC%20Tebrazid.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-17/native/spc-Vitamin%20B6-ratiopharm%20tabl%2040%20mg.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-531/native/SPC%20Zypadhera%20%20849875.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-517/native/SPC%20Toxogonin%20inj%200%2c25g_ml%20Tyskland%20vnr%20843044.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-555/native/SPC%20Tolterodine%20Tartrate%20Camber%201%20mg%20tablett.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-550/native/SPC%20Calciumfolinat%20GRY%20Teva%20vnr%20xxxxxx.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-599/native/SPC%20Atropinsulfat%20100mg%205x10ml%20770492.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-473/native/SPC%20Pertzye%20kaps%20flera%20styrkor%20Digestive%20Care%20US%20765682%20772398%20765683.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-560/native/SPC%20Eremfat%20600%20mg%20pulver%20vnr%20850207.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-13/native/Regiongemensamma%20godk&#228;nda%20licenser%20l&#228;kemedel.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-15/native/841293%20Succicaptal.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-180/native/SPC%20Cefixim%20tabl%20400mg%20STADA%20778086.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-531/native/SPC%20Zypadhera%20%20849875.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-538/native/SPC%20PRASULAN%205%20MG%20TABLETT%2c%2030st%20vnr%20849764%2c%20pdf.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-567/native/SPC%20Folinato%20de%20c%c3%a1lcio%20Hikma%2030%20ml%20varunummer%20xxxxxx.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-338/native/SCP%20Imdur%2060mg%20depottablett%20topridge%20pharma%20greece.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-564/native/SPC%20Furosemid%20Ratiopharm%20%20vnr%20749445%20-%20749625.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-601/native/SPC%20Suprax%20oral%20suspension%20100mg_5ml%20773618.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-224/native/SPC%20Catapresan%20tablett%2075ug%20DE%20680658.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-447/native/SPC%20Eptifibatide%2020mg_100ml%20Eugia%20vnr%20747354.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-36/native/SPC%20Anticholium%20inj%202mg%20per%205ml%20750467.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-397/native/SPC%20Magnesium%20Sulfate%20765112.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-557/native/SPC%20gemcitabin-accord-tyskland.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-507/native/SPC%20Fucithalmic%20%c3%b6gondroppar%20Kanada%20vnr%20848349.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S526"/>
+  <dimension ref="A1:S516"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="3" ySplit="3" topLeftCell="D70" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="3" topLeftCell="D4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="D84" sqref="D84"/>
+      <selection pane="bottomRight" activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.85546875" style="82" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16.140625" style="82" customWidth="1"/>
+    <col min="1" max="1" width="18.85546875" style="73" customWidth="1"/>
+    <col min="2" max="2" width="33.140625" style="73" customWidth="1"/>
+    <col min="3" max="3" width="16.140625" style="73" customWidth="1"/>
     <col min="4" max="4" width="49" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="53" style="82" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11" max="11" width="19.140625" style="82" customWidth="1"/>
+    <col min="5" max="5" width="53" style="73" customWidth="1"/>
+    <col min="6" max="7" width="17" style="73" customWidth="1"/>
+    <col min="8" max="8" width="16" style="147" customWidth="1"/>
+    <col min="9" max="9" width="17.42578125" style="123" customWidth="1"/>
+    <col min="10" max="10" width="22.7109375" style="73" customWidth="1"/>
+    <col min="11" max="11" width="19.140625" style="73" customWidth="1"/>
     <col min="12" max="12" width="27.85546875" style="11" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="60.42578125" style="4" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="15.140625" style="4" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="13.42578125" style="4" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="15.28515625" style="4" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="10.7109375" style="4" hidden="1" customWidth="1"/>
     <col min="18" max="18" width="7" style="4" hidden="1" customWidth="1"/>
     <col min="19" max="19" width="15.5703125" style="4" hidden="1" customWidth="1"/>
     <col min="20" max="20" width="9.140625" style="4" customWidth="1"/>
     <col min="21" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A1" s="240" t="s">
+      <c r="A1" s="211" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="385" t="s">
-[...3 lines deleted...]
-      <c r="C2" s="385"/>
+      <c r="A2" s="321" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="321"/>
+      <c r="C2" s="321"/>
     </row>
     <row r="3" spans="1:19" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="241" t="s">
+      <c r="A3" s="212" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="191" t="s">
+      <c r="B3" s="173" t="s">
         <v>3</v>
       </c>
-      <c r="C3" s="191" t="s">
+      <c r="C3" s="173" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E3" s="191" t="s">
+      <c r="E3" s="173" t="s">
         <v>6</v>
       </c>
-      <c r="F3" s="191" t="s">
+      <c r="F3" s="173" t="s">
         <v>7</v>
       </c>
-      <c r="G3" s="191" t="s">
+      <c r="G3" s="173" t="s">
         <v>8</v>
       </c>
-      <c r="H3" s="165" t="s">
+      <c r="H3" s="148" t="s">
         <v>9</v>
       </c>
-      <c r="I3" s="109" t="s">
+      <c r="I3" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="J3" s="109" t="s">
+      <c r="J3" s="97" t="s">
         <v>11</v>
       </c>
-      <c r="K3" s="83" t="s">
+      <c r="K3" s="74" t="s">
         <v>12</v>
       </c>
       <c r="L3" s="13" t="s">
         <v>13</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>14</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>15</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>16</v>
       </c>
       <c r="P3" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q3" s="4" t="s">
         <v>18</v>
       </c>
       <c r="R3" s="4" t="s">
         <v>19</v>
       </c>
       <c r="S3" s="4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="242" t="s">
+      <c r="A4" s="213" t="s">
         <v>21</v>
       </c>
-      <c r="B4" s="218" t="s">
+      <c r="B4" s="197" t="s">
         <v>22</v>
       </c>
-      <c r="C4" s="211" t="s">
+      <c r="C4" s="190" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="E4" s="204" t="s">
+      <c r="E4" s="184" t="s">
         <v>25</v>
       </c>
-      <c r="F4" s="166" t="s">
+      <c r="F4" s="149" t="s">
         <v>26</v>
       </c>
-      <c r="G4" s="166" t="s">
+      <c r="G4" s="149" t="s">
         <v>27</v>
       </c>
-      <c r="H4" s="166">
+      <c r="H4" s="149">
         <v>750361</v>
       </c>
-      <c r="I4" s="140">
+      <c r="I4" s="124">
         <v>46289</v>
       </c>
-      <c r="J4" s="110" t="s">
+      <c r="J4" s="98" t="s">
         <v>28</v>
       </c>
-      <c r="K4" s="84">
+      <c r="K4" s="75">
         <v>2025806927</v>
       </c>
-      <c r="L4" s="20"/>
+      <c r="L4" s="19"/>
       <c r="M4" s="4" t="str">
         <f>A4</f>
         <v>aminofyllinhydrat</v>
       </c>
       <c r="N4" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O4" s="4" cm="1">
         <f t="array" ref="O4">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>1</v>
       </c>
       <c r="P4" s="4" t="b">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>0</v>
       </c>
       <c r="Q4" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <f>ROW()</f>
         <v>4</v>
       </c>
       <c r="S4" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...12 lines deleted...]
-      <c r="D5" s="397" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="5" spans="1:19" s="54" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="333" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" s="167" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" s="167" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" s="150" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" s="150" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" s="150" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5" s="150">
+        <v>845449</v>
+      </c>
+      <c r="I5" s="125">
+        <v>46144</v>
+      </c>
+      <c r="J5" s="99" t="s">
         <v>32</v>
       </c>
-      <c r="E5" s="270" t="s">
-[...29 lines deleted...]
-      <c r="O5" s="4" cm="1">
+      <c r="K5" s="76">
+        <v>2025782715</v>
+      </c>
+      <c r="L5" s="53"/>
+      <c r="M5" s="54" t="str">
+        <f t="shared" ref="M5:M10" si="0">A5</f>
+        <v>cefixim</v>
+      </c>
+      <c r="N5" s="54">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
+      </c>
+      <c r="O5" s="54" cm="1">
         <f t="array" ref="O5">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>2</v>
       </c>
-      <c r="P5" s="4" t="b">
-[...7 lines deleted...]
-      <c r="R5" s="4">
+      <c r="P5" s="54" t="b">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v>1</v>
+      </c>
+      <c r="Q5" s="54" t="b">
+        <f t="shared" ref="Q5:Q12" si="1">(ISBLANK(H5))</f>
+        <v>0</v>
+      </c>
+      <c r="R5" s="54">
         <f>ROW()</f>
         <v>5</v>
       </c>
-      <c r="S5" s="4">
-[...21 lines deleted...]
-      <c r="M6" s="4">
+      <c r="S5" s="54">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6" spans="1:19" s="54" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="333"/>
+      <c r="B6" s="165" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" s="165" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" s="120" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" s="100" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" s="120" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" s="120">
+        <v>773618</v>
+      </c>
+      <c r="I6" s="126">
+        <v>46245</v>
+      </c>
+      <c r="J6" s="100" t="s">
+        <v>28</v>
+      </c>
+      <c r="K6" s="77">
+        <v>2025800108</v>
+      </c>
+      <c r="L6" s="21"/>
+      <c r="M6" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N6" s="4" t="str">
-[...3 lines deleted...]
-      <c r="O6" s="4" cm="1">
+      <c r="N6" s="54" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
+      </c>
+      <c r="O6" s="54" cm="1">
         <f t="array" ref="O6">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>2</v>
       </c>
-      <c r="P6" s="4" t="b">
-[...7 lines deleted...]
-      <c r="R6" s="4">
+      <c r="P6" s="54" t="b">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v>1</v>
+      </c>
+      <c r="Q6" s="54" t="b">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="R6" s="54">
         <f>ROW()</f>
         <v>6</v>
       </c>
-      <c r="S6" s="4">
-[...8 lines deleted...]
-      <c r="B7" s="185" t="s">
+      <c r="S6" s="54">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19" s="54" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="333"/>
+      <c r="B7" s="166" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="166" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" s="152" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" s="152" t="s">
         <v>39</v>
       </c>
-      <c r="C7" s="185" t="s">
-[...17 lines deleted...]
-      <c r="I7" s="141">
+      <c r="G7" s="152" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7" s="152">
+        <v>843502</v>
+      </c>
+      <c r="I7" s="127">
         <v>46144</v>
       </c>
-      <c r="J7" s="111" t="s">
-[...6 lines deleted...]
-      <c r="M7" s="59" t="str">
+      <c r="J7" s="101" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" s="78">
+        <v>2025782721</v>
+      </c>
+      <c r="L7" s="22"/>
+      <c r="M7" s="54">
         <f t="shared" si="0"/>
-        <v>cefixim</v>
-[...5 lines deleted...]
-      <c r="O7" s="59" cm="1">
+        <v>0</v>
+      </c>
+      <c r="N7" s="54" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
+      </c>
+      <c r="O7" s="54" cm="1">
         <f t="array" ref="O7">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
-        <v>3</v>
-[...5 lines deleted...]
-      <c r="Q7" s="59" t="b">
+        <v>2</v>
+      </c>
+      <c r="P7" s="54" t="b">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v>1</v>
+      </c>
+      <c r="Q7" s="54" t="b">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="R7" s="59">
+      <c r="R7" s="54">
         <f>ROW()</f>
         <v>7</v>
       </c>
-      <c r="S7" s="59">
-[...37 lines deleted...]
-      <c r="M8" s="59">
+      <c r="S7" s="54">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="334" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" s="341" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" s="191" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" s="153" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" s="153" t="s">
+        <v>39</v>
+      </c>
+      <c r="G8" s="153" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" s="153">
+        <v>785219</v>
+      </c>
+      <c r="I8" s="128">
+        <v>46109</v>
+      </c>
+      <c r="J8" s="102" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" s="79">
+        <v>2025777708</v>
+      </c>
+      <c r="L8" s="322"/>
+      <c r="M8" s="4" t="str">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...5 lines deleted...]
-      <c r="O8" s="59" cm="1">
+        <v>ceftazidim</v>
+      </c>
+      <c r="N8" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
+      </c>
+      <c r="O8" s="4" cm="1">
         <f t="array" ref="O8">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>3</v>
       </c>
-      <c r="P8" s="59" t="b">
-[...3 lines deleted...]
-      <c r="Q8" s="59" t="b">
+      <c r="P8" s="4" t="b">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v>0</v>
+      </c>
+      <c r="Q8" s="4" t="b">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="R8" s="59">
+      <c r="R8" s="4">
         <f>ROW()</f>
         <v>8</v>
       </c>
-      <c r="S8" s="59">
-[...37 lines deleted...]
-      <c r="M9" s="59">
+      <c r="S8" s="4">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="9" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="335"/>
+      <c r="B9" s="342"/>
+      <c r="C9" s="192" t="s">
+        <v>56</v>
+      </c>
+      <c r="D9" s="50" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" s="120" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" s="120" t="s">
+        <v>39</v>
+      </c>
+      <c r="G9" s="120" t="s">
+        <v>58</v>
+      </c>
+      <c r="H9" s="120">
+        <v>778240</v>
+      </c>
+      <c r="I9" s="126">
+        <v>46109</v>
+      </c>
+      <c r="J9" s="100" t="s">
+        <v>32</v>
+      </c>
+      <c r="K9" s="77">
+        <v>2025777715</v>
+      </c>
+      <c r="L9" s="323"/>
+      <c r="M9" s="4">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N9" s="59" t="str">
-[...3 lines deleted...]
-      <c r="O9" s="59" cm="1">
+      <c r="N9" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
+      </c>
+      <c r="O9" s="4" cm="1">
         <f t="array" ref="O9">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>3</v>
       </c>
-      <c r="P9" s="59" t="b">
-[...3 lines deleted...]
-      <c r="Q9" s="59" t="b">
+      <c r="P9" s="4" t="b">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v>0</v>
+      </c>
+      <c r="Q9" s="4" t="b">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="R9" s="59">
+      <c r="R9" s="4">
         <f>ROW()</f>
         <v>9</v>
       </c>
-      <c r="S9" s="59">
-[...5 lines deleted...]
-      <c r="A10" s="361" t="s">
+      <c r="S9" s="4">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="336"/>
+      <c r="B10" s="343"/>
+      <c r="C10" s="193" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" s="51" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" s="154" t="s">
         <v>54</v>
       </c>
-      <c r="B10" s="280" t="s">
-[...20 lines deleted...]
-      <c r="I10" s="144">
+      <c r="F10" s="154" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10" s="154" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" s="154">
+        <v>742287</v>
+      </c>
+      <c r="I10" s="129">
         <v>46109</v>
       </c>
-      <c r="J10" s="114" t="s">
-[...6 lines deleted...]
-      <c r="M10" s="4" t="str">
+      <c r="J10" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="K10" s="80">
+        <v>2025777721</v>
+      </c>
+      <c r="L10" s="324"/>
+      <c r="M10" s="4">
         <f t="shared" si="0"/>
-        <v>ceftazidim</v>
-[...3 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="N10" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O10" s="4" cm="1">
         <f t="array" ref="O10">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P10" s="4" t="b">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="4" t="b">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <f>ROW()</f>
         <v>10</v>
       </c>
       <c r="S10" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...8 lines deleted...]
-      <c r="D11" s="55" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="337" t="s">
         <v>61</v>
       </c>
-      <c r="E11" s="136" t="s">
-[...5 lines deleted...]
-      <c r="G11" s="136" t="s">
+      <c r="B11" s="339" t="s">
+        <v>29</v>
+      </c>
+      <c r="C11" s="411" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" s="403" t="s">
         <v>62</v>
       </c>
-      <c r="H11" s="136">
-[...20 lines deleted...]
-      <c r="O11" s="4" cm="1">
+      <c r="E11" s="405" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" s="405" t="s">
+        <v>64</v>
+      </c>
+      <c r="G11" s="405" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" s="150">
+        <v>745059</v>
+      </c>
+      <c r="I11" s="385">
+        <v>46144</v>
+      </c>
+      <c r="J11" s="347" t="s">
+        <v>32</v>
+      </c>
+      <c r="K11" s="349">
+        <v>2025782742</v>
+      </c>
+      <c r="L11" s="323"/>
+      <c r="M11" s="4" t="e">
+        <f>#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N11" s="4" t="e">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O11" s="4" t="e" cm="1">
         <f t="array" ref="O11">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
-        <v>4</v>
-[...3 lines deleted...]
-        <v>1</v>
+        <v>#REF!</v>
+      </c>
+      <c r="P11" s="4" t="e">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v>#REF!</v>
       </c>
       <c r="Q11" s="4" t="b">
-        <f t="shared" si="1"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <f>ROW()</f>
         <v>11</v>
       </c>
       <c r="S11" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...41 lines deleted...]
-      <c r="O12" s="4" cm="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="338"/>
+      <c r="B12" s="340"/>
+      <c r="C12" s="412"/>
+      <c r="D12" s="404"/>
+      <c r="E12" s="406"/>
+      <c r="F12" s="406"/>
+      <c r="G12" s="406"/>
+      <c r="H12" s="120">
+        <v>846846</v>
+      </c>
+      <c r="I12" s="407"/>
+      <c r="J12" s="348"/>
+      <c r="K12" s="350"/>
+      <c r="L12" s="324"/>
+      <c r="M12" s="4" t="str">
+        <f>A11</f>
+        <v>ceftibuten</v>
+      </c>
+      <c r="N12" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
+      </c>
+      <c r="O12" s="4" t="e" cm="1">
         <f t="array" ref="O12">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
-        <v>4</v>
-[...3 lines deleted...]
-        <v>1</v>
+        <v>#REF!</v>
+      </c>
+      <c r="P12" s="4" t="e">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v>#REF!</v>
       </c>
       <c r="Q12" s="4" t="b">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <f>ROW()</f>
         <v>12</v>
       </c>
       <c r="S12" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...12 lines deleted...]
-      <c r="D13" s="289" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="214" t="s">
         <v>66</v>
       </c>
-      <c r="E13" s="270" t="s">
+      <c r="B13" s="190" t="s">
         <v>67</v>
       </c>
-      <c r="F13" s="270" t="s">
+      <c r="C13" s="190" t="s">
         <v>68</v>
       </c>
-      <c r="G13" s="270" t="s">
+      <c r="D13" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="H13" s="167">
-[...18 lines deleted...]
-        <v>#REF!</v>
+      <c r="E13" s="149" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" s="149" t="s">
+        <v>71</v>
+      </c>
+      <c r="G13" s="149" t="s">
+        <v>72</v>
+      </c>
+      <c r="H13" s="155">
+        <v>842356</v>
+      </c>
+      <c r="I13" s="124">
+        <v>46291</v>
+      </c>
+      <c r="J13" s="98" t="s">
+        <v>32</v>
+      </c>
+      <c r="K13" s="80">
+        <v>2025807139</v>
+      </c>
+      <c r="L13" s="19"/>
+      <c r="M13" s="4" t="str">
+        <f t="shared" ref="M13:M82" si="2">A13</f>
+        <v>diazepam</v>
+      </c>
+      <c r="N13" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O13" s="4" t="e" cm="1">
         <f t="array" ref="O13">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P13" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q13" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" ref="Q13:Q54" si="3">(ISBLANK(H13))</f>
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <f>ROW()</f>
         <v>13</v>
       </c>
       <c r="S13" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="14" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="400"/>
-[...12 lines deleted...]
-      <c r="L14" s="307"/>
+      <c r="A14" s="214" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" s="190" t="s">
+        <v>74</v>
+      </c>
+      <c r="C14" s="190" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E14" s="149" t="s">
+        <v>77</v>
+      </c>
+      <c r="F14" s="149" t="s">
+        <v>78</v>
+      </c>
+      <c r="G14" s="149" t="s">
+        <v>33</v>
+      </c>
+      <c r="H14" s="149">
+        <v>746900</v>
+      </c>
+      <c r="I14" s="124">
+        <v>46140</v>
+      </c>
+      <c r="J14" s="98" t="s">
+        <v>32</v>
+      </c>
+      <c r="K14" s="75">
+        <v>2025782302</v>
+      </c>
+      <c r="L14" s="19"/>
       <c r="M14" s="4" t="str">
-        <f>A13</f>
-        <v>ceftibuten</v>
+        <f t="shared" si="2"/>
+        <v>disulfiram</v>
       </c>
       <c r="N14" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O14" s="4" t="e" cm="1">
         <f t="array" ref="O14">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P14" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q14" s="4" t="b">
-        <f t="shared" si="1"/>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <f>ROW()</f>
         <v>14</v>
       </c>
       <c r="S14" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="15" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="243" t="s">
-[...32 lines deleted...]
-      <c r="L15" s="20"/>
+      <c r="A15" s="215" t="s">
+        <v>79</v>
+      </c>
+      <c r="B15" s="194" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" s="194" t="s">
+        <v>81</v>
+      </c>
+      <c r="D15" s="47" t="s">
+        <v>82</v>
+      </c>
+      <c r="E15" s="156" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" s="156" t="s">
+        <v>31</v>
+      </c>
+      <c r="G15" s="156" t="s">
+        <v>84</v>
+      </c>
+      <c r="H15" s="156">
+        <v>845900</v>
+      </c>
+      <c r="I15" s="130">
+        <v>46367</v>
+      </c>
+      <c r="J15" s="104" t="s">
+        <v>28</v>
+      </c>
+      <c r="K15" s="81">
+        <v>2025820214</v>
+      </c>
+      <c r="L15" s="20">
+        <v>46356</v>
+      </c>
       <c r="M15" s="4" t="str">
-        <f t="shared" ref="M15:M92" si="2">A15</f>
-        <v>diazepam</v>
+        <f t="shared" si="2"/>
+        <v>doxycyklin</v>
       </c>
       <c r="N15" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O15" s="4" t="e" cm="1">
         <f t="array" ref="O15">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P15" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q15" s="4" t="b">
-        <f t="shared" ref="Q15:Q64" si="3">(ISBLANK(H15))</f>
+        <f>(ISBLANK(H15))</f>
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <f>ROW()</f>
         <v>15</v>
       </c>
       <c r="S15" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="243" t="s">
-[...32 lines deleted...]
-      <c r="L16" s="20"/>
+      <c r="A16" s="214" t="s">
+        <v>85</v>
+      </c>
+      <c r="B16" s="190" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="190" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" s="46" t="s">
+        <v>86</v>
+      </c>
+      <c r="E16" s="149" t="s">
+        <v>87</v>
+      </c>
+      <c r="F16" s="149" t="s">
+        <v>88</v>
+      </c>
+      <c r="G16" s="149" t="s">
+        <v>89</v>
+      </c>
+      <c r="H16" s="149">
+        <v>750115</v>
+      </c>
+      <c r="I16" s="124">
+        <v>46275</v>
+      </c>
+      <c r="J16" s="98" t="s">
+        <v>32</v>
+      </c>
+      <c r="K16" s="75">
+        <v>2025801891</v>
+      </c>
+      <c r="L16" s="19"/>
       <c r="M16" s="4" t="str">
-        <f t="shared" si="2"/>
-        <v>disulfiram</v>
+        <f>A16</f>
+        <v>efedrin</v>
       </c>
       <c r="N16" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O16" s="4" t="e" cm="1">
         <f t="array" ref="O16">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P16" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q16" s="4" t="b">
-        <f t="shared" si="3"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <f>ROW()</f>
         <v>16</v>
       </c>
       <c r="S16" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...38 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="332" t="s">
+        <v>90</v>
+      </c>
+      <c r="B17" s="328" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" s="195" t="s">
+        <v>92</v>
+      </c>
+      <c r="D17" s="56" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" s="174" t="s">
+        <v>94</v>
+      </c>
+      <c r="F17" s="174" t="s">
+        <v>95</v>
+      </c>
+      <c r="G17" s="174" t="s">
+        <v>96</v>
+      </c>
+      <c r="H17" s="157">
+        <v>748848</v>
+      </c>
+      <c r="I17" s="131">
+        <v>46151</v>
+      </c>
+      <c r="J17" s="105" t="s">
+        <v>32</v>
+      </c>
+      <c r="K17" s="82">
+        <v>2025782613</v>
+      </c>
+      <c r="L17" s="23"/>
       <c r="M17" s="4" t="str">
         <f t="shared" si="2"/>
-        <v>doxycyklin</v>
+        <v>eptifibatid</v>
       </c>
       <c r="N17" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O17" s="4" t="e" cm="1">
         <f t="array" ref="O17">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P17" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q17" s="4" t="b">
-        <f>(ISBLANK(H17))</f>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <f>ROW()</f>
         <v>17</v>
       </c>
       <c r="S17" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="332"/>
+      <c r="B18" s="328"/>
+      <c r="C18" s="196" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" s="60" t="s">
         <v>98</v>
       </c>
-    </row>
-[...41 lines deleted...]
-        <v>1</v>
+      <c r="E18" s="158" t="s">
+        <v>99</v>
+      </c>
+      <c r="F18" s="158" t="s">
+        <v>100</v>
+      </c>
+      <c r="G18" s="158" t="s">
+        <v>101</v>
+      </c>
+      <c r="H18" s="158">
+        <v>747354</v>
+      </c>
+      <c r="I18" s="132">
+        <v>46142</v>
+      </c>
+      <c r="J18" s="106" t="s">
+        <v>32</v>
+      </c>
+      <c r="K18" s="83">
+        <v>2025782694</v>
+      </c>
+      <c r="L18" s="22"/>
+      <c r="M18" s="4">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N18" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O18" s="4" t="e" cm="1">
         <f t="array" ref="O18">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P18" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q18" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <f>ROW()</f>
         <v>18</v>
       </c>
       <c r="S18" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...36 lines deleted...]
-      <c r="L19" s="24"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="216" t="s">
+        <v>102</v>
+      </c>
+      <c r="B19" s="64" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" s="64" t="s">
+        <v>104</v>
+      </c>
+      <c r="D19" s="63" t="s">
+        <v>105</v>
+      </c>
+      <c r="E19" s="107" t="s">
+        <v>106</v>
+      </c>
+      <c r="F19" s="107" t="s">
+        <v>31</v>
+      </c>
+      <c r="G19" s="107" t="s">
+        <v>107</v>
+      </c>
+      <c r="H19" s="159">
+        <v>846857</v>
+      </c>
+      <c r="I19" s="133">
+        <v>46367</v>
+      </c>
+      <c r="J19" s="107" t="s">
+        <v>32</v>
+      </c>
+      <c r="K19" s="84">
+        <v>2025820215</v>
+      </c>
+      <c r="L19" s="65">
+        <v>46356</v>
+      </c>
       <c r="M19" s="4" t="str">
-        <f t="shared" si="2"/>
-        <v>eptifibatid</v>
+        <f>A19</f>
+        <v>ferroglycinsulfat-komplex</v>
       </c>
       <c r="N19" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O19" s="4" t="e" cm="1">
         <f t="array" ref="O19">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P19" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q19" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R19" s="4">
         <f>ROW()</f>
         <v>19</v>
       </c>
       <c r="S19" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...39 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A20" s="325" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" s="344" t="s">
+        <v>22</v>
+      </c>
+      <c r="C20" s="408" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" s="61" t="s">
+        <v>110</v>
+      </c>
+      <c r="E20" s="160" t="s">
+        <v>111</v>
+      </c>
+      <c r="F20" s="160" t="s">
+        <v>100</v>
+      </c>
+      <c r="G20" s="160" t="s">
+        <v>112</v>
+      </c>
+      <c r="H20" s="160">
+        <v>755512</v>
+      </c>
+      <c r="I20" s="134">
+        <v>46183</v>
+      </c>
+      <c r="J20" s="108" t="s">
+        <v>32</v>
+      </c>
+      <c r="K20" s="85">
+        <v>2025789622</v>
+      </c>
+      <c r="L20" s="62"/>
+      <c r="M20" s="4" t="str">
+        <f>A20</f>
+        <v>fluorouracil</v>
+      </c>
+      <c r="N20" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O20" s="4" t="e" cm="1">
         <f t="array" ref="O20">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P20" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q20" s="4" t="b">
-        <f t="shared" si="3"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R20" s="4">
         <f>ROW()</f>
         <v>20</v>
       </c>
       <c r="S20" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...21 lines deleted...]
-      <c r="G21" s="119" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A21" s="326"/>
+      <c r="B21" s="345"/>
+      <c r="C21" s="409"/>
+      <c r="D21" s="27" t="s">
+        <v>113</v>
+      </c>
+      <c r="E21" s="161" t="s">
         <v>111</v>
       </c>
-      <c r="H21" s="176">
-[...14 lines deleted...]
-      <c r="M21" s="4" t="str">
+      <c r="F21" s="161" t="s">
+        <v>100</v>
+      </c>
+      <c r="G21" s="161" t="s">
+        <v>114</v>
+      </c>
+      <c r="H21" s="161">
+        <v>755520</v>
+      </c>
+      <c r="I21" s="135">
+        <v>46183</v>
+      </c>
+      <c r="J21" s="109" t="s">
+        <v>32</v>
+      </c>
+      <c r="K21" s="86">
+        <v>2025789624</v>
+      </c>
+      <c r="L21" s="28"/>
+      <c r="M21" s="4">
         <f>A21</f>
-        <v>ferroglycinsulfat-komplex</v>
-[...3 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="N21" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O21" s="4" t="e" cm="1">
         <f t="array" ref="O21">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P21" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q21" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R21" s="4">
         <f>ROW()</f>
         <v>21</v>
       </c>
       <c r="S21" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...3 lines deleted...]
-      <c r="A22" s="393" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="326"/>
+      <c r="B22" s="345"/>
+      <c r="C22" s="409"/>
+      <c r="D22" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="E22" s="161" t="s">
+        <v>116</v>
+      </c>
+      <c r="F22" s="161" t="s">
+        <v>88</v>
+      </c>
+      <c r="G22" s="161" t="s">
         <v>112</v>
       </c>
-      <c r="B22" s="372" t="s">
-[...20 lines deleted...]
-      <c r="I22" s="150">
+      <c r="H22" s="161">
+        <v>743211</v>
+      </c>
+      <c r="I22" s="135">
         <v>46183</v>
       </c>
-      <c r="J22" s="120" t="s">
-[...6 lines deleted...]
-      <c r="M22" s="4" t="str">
+      <c r="J22" s="109" t="s">
+        <v>32</v>
+      </c>
+      <c r="K22" s="86">
+        <v>2025789677</v>
+      </c>
+      <c r="L22" s="28"/>
+      <c r="M22" s="4">
         <f>A22</f>
-        <v>fluorouracil</v>
-[...3 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="N22" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O22" s="4" t="e" cm="1">
         <f t="array" ref="O22">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P22" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q22" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R22" s="4">
         <f>ROW()</f>
         <v>22</v>
       </c>
       <c r="S22" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...6 lines deleted...]
-      <c r="D23" s="30" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="327"/>
+      <c r="B23" s="346"/>
+      <c r="C23" s="410"/>
+      <c r="D23" s="29" t="s">
         <v>117</v>
       </c>
-      <c r="E23" s="178" t="s">
-[...5 lines deleted...]
-      <c r="G23" s="178" t="s">
+      <c r="E23" s="162" t="s">
         <v>118</v>
       </c>
-      <c r="H23" s="178">
-[...2 lines deleted...]
-      <c r="I23" s="151">
+      <c r="F23" s="162" t="s">
+        <v>44</v>
+      </c>
+      <c r="G23" s="162" t="s">
+        <v>112</v>
+      </c>
+      <c r="H23" s="162">
+        <v>747874</v>
+      </c>
+      <c r="I23" s="136">
         <v>46183</v>
       </c>
-      <c r="J23" s="121" t="s">
-[...5 lines deleted...]
-      <c r="L23" s="31"/>
+      <c r="J23" s="110" t="s">
+        <v>32</v>
+      </c>
+      <c r="K23" s="87">
+        <v>2025789678</v>
+      </c>
+      <c r="L23" s="30"/>
       <c r="M23" s="4">
         <f>A23</f>
         <v>0</v>
       </c>
       <c r="N23" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O23" s="4" t="e" cm="1">
         <f t="array" ref="O23">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P23" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q23" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R23" s="4">
         <f>ROW()</f>
         <v>23</v>
       </c>
       <c r="S23" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="394"/>
-[...2 lines deleted...]
-      <c r="D24" s="30" t="s">
+      <c r="A24" s="217" t="s">
         <v>119</v>
       </c>
-      <c r="E24" s="178" t="s">
+      <c r="B24" s="204" t="s">
         <v>120</v>
       </c>
-      <c r="F24" s="178" t="s">
-[...24 lines deleted...]
-        <v/>
+      <c r="C24" s="167" t="s">
+        <v>121</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E24" s="180" t="s">
+        <v>123</v>
+      </c>
+      <c r="F24" s="180" t="s">
+        <v>39</v>
+      </c>
+      <c r="G24" s="175" t="s">
+        <v>124</v>
+      </c>
+      <c r="H24" s="150">
+        <v>847411</v>
+      </c>
+      <c r="I24" s="125">
+        <v>46291</v>
+      </c>
+      <c r="J24" s="99" t="s">
+        <v>32</v>
+      </c>
+      <c r="K24" s="87">
+        <v>2025807693</v>
+      </c>
+      <c r="L24" s="18">
+        <v>46265</v>
+      </c>
+      <c r="M24" s="4" t="str">
+        <f t="shared" si="2"/>
+        <v>flutikasonpropionat</v>
+      </c>
+      <c r="N24" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O24" s="4" t="e" cm="1">
         <f t="array" ref="O24">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P24" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q24" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="R24" s="4">
         <f>ROW()</f>
         <v>24</v>
       </c>
       <c r="S24" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...37 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="334" t="s">
+        <v>125</v>
+      </c>
+      <c r="B25" s="329" t="s">
+        <v>126</v>
+      </c>
+      <c r="C25" s="341" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="E25" s="329" t="s">
+        <v>128</v>
+      </c>
+      <c r="F25" s="329" t="s">
+        <v>39</v>
+      </c>
+      <c r="G25" s="176" t="s">
+        <v>129</v>
+      </c>
+      <c r="H25" s="153">
+        <v>749445</v>
+      </c>
+      <c r="I25" s="353">
+        <v>46217</v>
+      </c>
+      <c r="J25" s="395" t="s">
+        <v>130</v>
+      </c>
+      <c r="K25" s="358">
+        <v>2025796781</v>
+      </c>
+      <c r="L25" s="25"/>
+      <c r="M25" s="4" t="str">
+        <f t="shared" ref="M25:M30" si="4">A25</f>
+        <v>furosemid</v>
+      </c>
+      <c r="N25" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O25" s="4" t="e" cm="1">
         <f t="array" ref="O25">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P25" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q25" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R25" s="4">
         <f>ROW()</f>
         <v>25</v>
       </c>
       <c r="S25" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...45 lines deleted...]
-        <v>1</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A26" s="335"/>
+      <c r="B26" s="330"/>
+      <c r="C26" s="342"/>
+      <c r="D26" s="27" t="s">
+        <v>131</v>
+      </c>
+      <c r="E26" s="330"/>
+      <c r="F26" s="330"/>
+      <c r="G26" s="177" t="s">
+        <v>129</v>
+      </c>
+      <c r="H26" s="120">
+        <v>849044</v>
+      </c>
+      <c r="I26" s="354"/>
+      <c r="J26" s="356"/>
+      <c r="K26" s="351"/>
+      <c r="L26" s="17"/>
+      <c r="M26" s="4">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="N26" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O26" s="4" t="e" cm="1">
         <f t="array" ref="O26">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P26" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q26" s="4" t="b">
-        <f t="shared" si="3"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R26" s="4">
         <f>ROW()</f>
         <v>26</v>
       </c>
       <c r="S26" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="27" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="361" t="s">
-[...2 lines deleted...]
-      <c r="B27" s="352" t="s">
+      <c r="A27" s="335"/>
+      <c r="B27" s="330"/>
+      <c r="C27" s="342"/>
+      <c r="D27" s="27" t="s">
+        <v>132</v>
+      </c>
+      <c r="E27" s="330"/>
+      <c r="F27" s="330"/>
+      <c r="G27" s="177" t="s">
+        <v>133</v>
+      </c>
+      <c r="H27" s="120">
+        <v>749625</v>
+      </c>
+      <c r="I27" s="354">
+        <v>46218</v>
+      </c>
+      <c r="J27" s="356" t="s">
         <v>130</v>
       </c>
-      <c r="C27" s="280" t="s">
-[...33 lines deleted...]
-        <v>1</v>
+      <c r="K27" s="351">
+        <v>2025796974</v>
+      </c>
+      <c r="L27" s="17"/>
+      <c r="M27" s="4">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="N27" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O27" s="4" t="e" cm="1">
         <f t="array" ref="O27">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P27" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q27" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R27" s="4">
         <f>ROW()</f>
         <v>27</v>
       </c>
       <c r="S27" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A28" s="362"/>
-[...7 lines deleted...]
-      <c r="G28" s="195" t="s">
+      <c r="A28" s="335"/>
+      <c r="B28" s="330"/>
+      <c r="C28" s="342"/>
+      <c r="D28" s="27" t="s">
+        <v>134</v>
+      </c>
+      <c r="E28" s="330"/>
+      <c r="F28" s="330"/>
+      <c r="G28" s="177" t="s">
         <v>133</v>
       </c>
-      <c r="H28" s="136">
-[...5 lines deleted...]
-      <c r="L28" s="18"/>
+      <c r="H28" s="120">
+        <v>846344</v>
+      </c>
+      <c r="I28" s="354"/>
+      <c r="J28" s="356"/>
+      <c r="K28" s="351"/>
+      <c r="L28" s="17"/>
       <c r="M28" s="4">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="N28" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O28" s="4" t="e" cm="1">
         <f t="array" ref="O28">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P28" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q28" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R28" s="4">
         <f>ROW()</f>
         <v>28</v>
       </c>
       <c r="S28" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="29" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="362"/>
-[...2 lines deleted...]
-      <c r="D29" s="30" t="s">
+      <c r="A29" s="335"/>
+      <c r="B29" s="330"/>
+      <c r="C29" s="342"/>
+      <c r="D29" s="413" t="s">
+        <v>135</v>
+      </c>
+      <c r="E29" s="330" t="s">
         <v>136</v>
       </c>
-      <c r="E29" s="350"/>
-[...1 lines deleted...]
-      <c r="G29" s="195" t="s">
+      <c r="F29" s="330" t="s">
+        <v>100</v>
+      </c>
+      <c r="G29" s="177" t="s">
         <v>137</v>
       </c>
-      <c r="H29" s="136">
-[...2 lines deleted...]
-      <c r="I29" s="271">
+      <c r="H29" s="120">
+        <v>747426</v>
+      </c>
+      <c r="I29" s="354">
         <v>46218</v>
       </c>
-      <c r="J29" s="317" t="s">
-[...5 lines deleted...]
-      <c r="L29" s="18"/>
+      <c r="J29" s="356" t="s">
+        <v>130</v>
+      </c>
+      <c r="K29" s="351">
+        <v>2025796788</v>
+      </c>
+      <c r="L29" s="17"/>
       <c r="M29" s="4">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="N29" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O29" s="4" t="e" cm="1">
         <f t="array" ref="O29">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P29" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q29" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R29" s="4">
         <f>ROW()</f>
         <v>29</v>
       </c>
       <c r="S29" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...6 lines deleted...]
-      <c r="D30" s="30" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="336"/>
+      <c r="B30" s="331"/>
+      <c r="C30" s="343"/>
+      <c r="D30" s="414"/>
+      <c r="E30" s="331"/>
+      <c r="F30" s="331"/>
+      <c r="G30" s="178" t="s">
         <v>138</v>
       </c>
-      <c r="E30" s="350"/>
-[...10 lines deleted...]
-      <c r="L30" s="18"/>
+      <c r="H30" s="154">
+        <v>750157</v>
+      </c>
+      <c r="I30" s="355"/>
+      <c r="J30" s="357"/>
+      <c r="K30" s="352"/>
+      <c r="L30" s="26"/>
       <c r="M30" s="4">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="N30" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O30" s="4" t="e" cm="1">
         <f t="array" ref="O30">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P30" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q30" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R30" s="4">
         <f>ROW()</f>
         <v>30</v>
       </c>
       <c r="S30" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...6 lines deleted...]
-      <c r="D31" s="353" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="213" t="s">
         <v>139</v>
       </c>
-      <c r="E31" s="350" t="s">
+      <c r="B31" s="205" t="s">
         <v>140</v>
       </c>
-      <c r="F31" s="350" t="s">
-[...2 lines deleted...]
-      <c r="G31" s="195" t="s">
+      <c r="C31" s="197">
+        <v>0.01</v>
+      </c>
+      <c r="D31" s="55" t="s">
         <v>141</v>
       </c>
-      <c r="H31" s="136">
-[...18 lines deleted...]
-        <v/>
+      <c r="E31" s="170" t="s">
+        <v>142</v>
+      </c>
+      <c r="F31" s="149" t="s">
+        <v>143</v>
+      </c>
+      <c r="G31" s="149" t="s">
+        <v>144</v>
+      </c>
+      <c r="H31" s="149">
+        <v>848349</v>
+      </c>
+      <c r="I31" s="124">
+        <v>46242</v>
+      </c>
+      <c r="J31" s="98" t="s">
+        <v>32</v>
+      </c>
+      <c r="K31" s="75">
+        <v>2025800048</v>
+      </c>
+      <c r="L31" s="19">
+        <v>46142</v>
+      </c>
+      <c r="M31" s="4" t="str">
+        <f t="shared" ref="M31:M38" si="5">A31</f>
+        <v>fusidinsyra</v>
+      </c>
+      <c r="N31" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O31" s="4" t="e" cm="1">
         <f t="array" ref="O31">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P31" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q31" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="R31" s="4">
         <f>ROW()</f>
         <v>31</v>
       </c>
       <c r="S31" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...25 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="425" t="s">
+        <v>145</v>
+      </c>
+      <c r="B32" s="426" t="s">
+        <v>146</v>
+      </c>
+      <c r="C32" s="345" t="s">
+        <v>147</v>
+      </c>
+      <c r="D32" s="365" t="s">
+        <v>148</v>
+      </c>
+      <c r="E32" s="360" t="s">
+        <v>149</v>
+      </c>
+      <c r="F32" s="360" t="s">
+        <v>39</v>
+      </c>
+      <c r="G32" s="150" t="s">
+        <v>150</v>
+      </c>
+      <c r="H32" s="150">
+        <v>750096</v>
+      </c>
+      <c r="I32" s="362">
+        <v>46200</v>
+      </c>
+      <c r="J32" s="363" t="s">
+        <v>28</v>
+      </c>
+      <c r="K32" s="364">
+        <v>2025793793</v>
+      </c>
+      <c r="L32" s="16"/>
+      <c r="M32" s="4" t="str">
+        <f t="shared" si="5"/>
+        <v>gemcitabine</v>
+      </c>
+      <c r="N32" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O32" s="4" t="e" cm="1">
         <f t="array" ref="O32">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P32" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q32" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R32" s="4">
         <f>ROW()</f>
         <v>32</v>
       </c>
       <c r="S32" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...45 lines deleted...]
-        <v>1</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="425"/>
+      <c r="B33" s="426"/>
+      <c r="C33" s="345"/>
+      <c r="D33" s="366"/>
+      <c r="E33" s="361"/>
+      <c r="F33" s="361"/>
+      <c r="G33" s="120" t="s">
+        <v>151</v>
+      </c>
+      <c r="H33" s="163">
+        <v>849803</v>
+      </c>
+      <c r="I33" s="354"/>
+      <c r="J33" s="356"/>
+      <c r="K33" s="351"/>
+      <c r="L33" s="15"/>
+      <c r="M33" s="4">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="N33" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O33" s="4" t="e" cm="1">
         <f t="array" ref="O33">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P33" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q33" s="4" t="b">
-        <f t="shared" si="3"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R33" s="4">
         <f>ROW()</f>
         <v>33</v>
       </c>
       <c r="S33" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...6 lines deleted...]
-      <c r="B34" s="265" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A34" s="425"/>
+      <c r="B34" s="426"/>
+      <c r="C34" s="345"/>
+      <c r="D34" s="428" t="s">
+        <v>152</v>
+      </c>
+      <c r="E34" s="405" t="s">
+        <v>153</v>
+      </c>
+      <c r="F34" s="361" t="s">
+        <v>88</v>
+      </c>
+      <c r="G34" s="120" t="s">
         <v>150</v>
       </c>
-      <c r="C34" s="266" t="s">
-[...17 lines deleted...]
-      <c r="I34" s="311">
+      <c r="H34" s="120">
+        <v>747156</v>
+      </c>
+      <c r="I34" s="354">
         <v>46200</v>
       </c>
-      <c r="J34" s="368" t="s">
+      <c r="J34" s="356" t="s">
         <v>28</v>
       </c>
-      <c r="K34" s="369">
-[...3 lines deleted...]
-      <c r="M34" s="4" t="str">
+      <c r="K34" s="351">
+        <v>2025793792</v>
+      </c>
+      <c r="L34" s="15"/>
+      <c r="M34" s="4">
         <f t="shared" si="5"/>
-        <v>gemcitabine</v>
-[...3 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="N34" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O34" s="4" t="e" cm="1">
         <f t="array" ref="O34">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P34" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q34" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R34" s="4">
         <f>ROW()</f>
         <v>34</v>
       </c>
       <c r="S34" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...18 lines deleted...]
-      <c r="L35" s="16"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="425"/>
+      <c r="B35" s="426"/>
+      <c r="C35" s="345"/>
+      <c r="D35" s="428"/>
+      <c r="E35" s="405"/>
+      <c r="F35" s="427"/>
+      <c r="G35" s="152" t="s">
+        <v>151</v>
+      </c>
+      <c r="H35" s="152">
+        <v>747155</v>
+      </c>
+      <c r="I35" s="387"/>
+      <c r="J35" s="375"/>
+      <c r="K35" s="359"/>
+      <c r="L35" s="70"/>
       <c r="M35" s="4">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="N35" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O35" s="4" t="e" cm="1">
         <f t="array" ref="O35">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P35" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q35" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R35" s="4">
         <f>ROW()</f>
         <v>35</v>
       </c>
       <c r="S35" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...131 lines deleted...]
-      <c r="I38" s="144">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="36" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A36" s="254" t="s">
+        <v>401</v>
+      </c>
+      <c r="B36" s="253" t="s">
+        <v>402</v>
+      </c>
+      <c r="C36" s="255" t="s">
+        <v>30</v>
+      </c>
+      <c r="D36" s="371" t="s">
+        <v>405</v>
+      </c>
+      <c r="E36" s="373" t="s">
+        <v>406</v>
+      </c>
+      <c r="F36" s="369" t="s">
+        <v>88</v>
+      </c>
+      <c r="G36" s="292" t="s">
+        <v>258</v>
+      </c>
+      <c r="H36" s="251" t="s">
+        <v>178</v>
+      </c>
+      <c r="I36" s="265">
         <v>46408</v>
       </c>
-      <c r="J38" s="114" t="s">
-[...2 lines deleted...]
-      <c r="K38" s="88">
+      <c r="J36" s="261" t="s">
+        <v>32</v>
+      </c>
+      <c r="K36" s="262">
         <v>2026824792</v>
       </c>
-      <c r="L38" s="76"/>
-      <c r="M38" s="81" t="str">
+      <c r="L36" s="264"/>
+      <c r="M36" s="72" t="str">
         <f t="shared" si="5"/>
         <v>iforfamid</v>
       </c>
-      <c r="N38" s="81">
-[...3 lines deleted...]
-      <c r="O38" s="81" t="e" cm="1">
+      <c r="N36" s="72">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
+      </c>
+      <c r="O36" s="72" t="e" cm="1">
+        <f t="array" ref="O36">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P36" s="72" t="e">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="Q36" s="72" t="b">
+        <f>(ISBLANK(#REF!))</f>
+        <v>0</v>
+      </c>
+      <c r="R36" s="4">
+        <f>ROW()</f>
+        <v>36</v>
+      </c>
+      <c r="S36" s="72">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="37" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A37" s="271"/>
+      <c r="B37" s="272"/>
+      <c r="C37" s="270" t="s">
+        <v>403</v>
+      </c>
+      <c r="D37" s="372"/>
+      <c r="E37" s="374"/>
+      <c r="F37" s="370"/>
+      <c r="G37" s="293" t="s">
+        <v>258</v>
+      </c>
+      <c r="H37" s="252" t="s">
+        <v>178</v>
+      </c>
+      <c r="I37" s="259">
+        <v>46408</v>
+      </c>
+      <c r="J37" s="260" t="s">
+        <v>32</v>
+      </c>
+      <c r="K37" s="257">
+        <v>2026824796</v>
+      </c>
+      <c r="L37" s="263"/>
+      <c r="M37" s="72">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="N37" s="72" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
+      </c>
+      <c r="O37" s="72" t="e" cm="1">
+        <f t="array" ref="O37">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P37" s="72" t="e">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="Q37" s="72" t="b">
+        <f>(ISBLANK(#REF!))</f>
+        <v>0</v>
+      </c>
+      <c r="R37" s="4">
+        <f>ROW()</f>
+        <v>37</v>
+      </c>
+      <c r="S37" s="72">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="38" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A38" s="271"/>
+      <c r="B38" s="272"/>
+      <c r="C38" s="250" t="s">
+        <v>404</v>
+      </c>
+      <c r="D38" s="372"/>
+      <c r="E38" s="374"/>
+      <c r="F38" s="370"/>
+      <c r="G38" s="294" t="s">
+        <v>258</v>
+      </c>
+      <c r="H38" s="258">
+        <v>750853</v>
+      </c>
+      <c r="I38" s="259">
+        <v>46408</v>
+      </c>
+      <c r="J38" s="260" t="s">
+        <v>32</v>
+      </c>
+      <c r="K38" s="257">
+        <v>2026824797</v>
+      </c>
+      <c r="L38" s="248"/>
+      <c r="M38" s="72">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="N38" s="72" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
+      </c>
+      <c r="O38" s="72" t="e" cm="1">
         <f t="array" ref="O38">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
-      <c r="P38" s="81" t="e">
-[...3 lines deleted...]
-      <c r="Q38" s="81" t="b">
+      <c r="P38" s="72" t="e">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="Q38" s="72" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R38" s="4">
         <f>ROW()</f>
         <v>38</v>
       </c>
-      <c r="S38" s="81">
-[...37 lines deleted...]
-      <c r="O39" s="81" t="e" cm="1">
+      <c r="S38" s="72">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="39" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="289"/>
+      <c r="B39" s="290"/>
+      <c r="C39" s="256" t="s">
+        <v>403</v>
+      </c>
+      <c r="D39" s="45" t="s">
+        <v>409</v>
+      </c>
+      <c r="E39" s="296" t="s">
+        <v>408</v>
+      </c>
+      <c r="F39" s="297" t="s">
+        <v>100</v>
+      </c>
+      <c r="G39" s="295" t="s">
+        <v>258</v>
+      </c>
+      <c r="H39" s="268">
+        <v>851288</v>
+      </c>
+      <c r="I39" s="269">
+        <v>46437</v>
+      </c>
+      <c r="J39" s="266" t="s">
+        <v>32</v>
+      </c>
+      <c r="K39" s="267">
+        <v>2026829311</v>
+      </c>
+      <c r="L39" s="249"/>
+      <c r="M39" s="72">
+        <f>A39</f>
+        <v>0</v>
+      </c>
+      <c r="N39" s="72" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
+      </c>
+      <c r="O39" s="72" t="e" cm="1">
         <f t="array" ref="O39">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
-      <c r="P39" s="81" t="e">
-[...3 lines deleted...]
-      <c r="Q39" s="81" t="b">
+      <c r="P39" s="72" t="e">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="Q39" s="72" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R39" s="4">
         <f>ROW()</f>
         <v>39</v>
       </c>
-      <c r="S39" s="81">
-[...59 lines deleted...]
-      <c r="A41" s="386" t="s">
+      <c r="S39" s="72">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="40" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="438" t="s">
+        <v>154</v>
+      </c>
+      <c r="B40" s="344" t="s">
+        <v>155</v>
+      </c>
+      <c r="C40" s="344" t="s">
         <v>158</v>
       </c>
-      <c r="B41" s="266" t="s">
+      <c r="D40" s="273" t="s">
         <v>159</v>
       </c>
-      <c r="C41" s="266" t="s">
+      <c r="E40" s="291" t="s">
         <v>160</v>
       </c>
-      <c r="D41" s="66" t="s">
+      <c r="F40" s="291" t="s">
         <v>161</v>
       </c>
-      <c r="E41" s="177" t="s">
+      <c r="G40" s="274" t="s">
         <v>162</v>
       </c>
-      <c r="F41" s="177" t="s">
-[...18 lines deleted...]
-      <c r="M41" s="4" t="str">
+      <c r="H40" s="274">
+        <v>747012</v>
+      </c>
+      <c r="I40" s="275">
+        <v>46150</v>
+      </c>
+      <c r="J40" s="276" t="s">
+        <v>130</v>
+      </c>
+      <c r="K40" s="277">
+        <v>2025783511</v>
+      </c>
+      <c r="L40" s="278"/>
+      <c r="M40" s="4" t="str">
         <f t="shared" si="2"/>
         <v>isosorbidmononitrat</v>
       </c>
-      <c r="N41" s="4">
-[...1 lines deleted...]
-        <v>1</v>
+      <c r="N40" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
+      </c>
+      <c r="O40" s="4" t="e" cm="1">
+        <f t="array" ref="O40">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P40" s="4" t="e">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="Q40" s="4" t="b">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="R40" s="4">
+        <f>ROW()</f>
+        <v>40</v>
+      </c>
+      <c r="S40" s="4">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="41" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="439"/>
+      <c r="B41" s="346"/>
+      <c r="C41" s="346"/>
+      <c r="D41" s="45" t="s">
+        <v>163</v>
+      </c>
+      <c r="E41" s="279" t="s">
+        <v>128</v>
+      </c>
+      <c r="F41" s="279" t="s">
+        <v>39</v>
+      </c>
+      <c r="G41" s="279" t="s">
+        <v>164</v>
+      </c>
+      <c r="H41" s="280">
+        <v>746008</v>
+      </c>
+      <c r="I41" s="281">
+        <v>46165</v>
+      </c>
+      <c r="J41" s="282" t="s">
+        <v>28</v>
+      </c>
+      <c r="K41" s="283">
+        <v>2025787903</v>
+      </c>
+      <c r="L41" s="284"/>
+      <c r="M41" s="4">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N41" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O41" s="4" t="e" cm="1">
         <f t="array" ref="O41">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P41" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q41" s="4" t="b">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="R41" s="4">
         <f>ROW()</f>
         <v>41</v>
       </c>
       <c r="S41" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="42" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A42" s="386"/>
-[...2 lines deleted...]
-      <c r="D42" s="15" t="s">
+      <c r="A42" s="422" t="s">
         <v>165</v>
       </c>
-      <c r="E42" s="183" t="s">
+      <c r="B42" s="382" t="s">
         <v>166</v>
       </c>
-      <c r="F42" s="183" t="s">
-[...2 lines deleted...]
-      <c r="G42" s="183" t="s">
+      <c r="C42" s="382" t="s">
+        <v>81</v>
+      </c>
+      <c r="D42" s="50" t="s">
         <v>167</v>
       </c>
-      <c r="H42" s="183">
-[...18 lines deleted...]
-        <v/>
+      <c r="E42" s="120" t="s">
+        <v>168</v>
+      </c>
+      <c r="F42" s="120" t="s">
+        <v>31</v>
+      </c>
+      <c r="G42" s="120" t="s">
+        <v>169</v>
+      </c>
+      <c r="H42" s="120">
+        <v>844522</v>
+      </c>
+      <c r="I42" s="126">
+        <v>46170</v>
+      </c>
+      <c r="J42" s="100" t="s">
+        <v>28</v>
+      </c>
+      <c r="K42" s="77">
+        <v>2025787899</v>
+      </c>
+      <c r="L42" s="17"/>
+      <c r="M42" s="4" t="str">
+        <f>A42</f>
+        <v>kalciumfolinat</v>
+      </c>
+      <c r="N42" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O42" s="4" t="e" cm="1">
         <f t="array" ref="O42">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P42" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q42" s="4" t="b">
-        <f t="shared" si="3"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R42" s="4">
         <f>ROW()</f>
         <v>42</v>
       </c>
       <c r="S42" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...8 lines deleted...]
-      <c r="D43" s="25" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="43" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A43" s="337"/>
+      <c r="B43" s="393"/>
+      <c r="C43" s="393"/>
+      <c r="D43" s="34" t="s">
+        <v>170</v>
+      </c>
+      <c r="E43" s="120" t="s">
+        <v>171</v>
+      </c>
+      <c r="F43" s="120" t="s">
+        <v>172</v>
+      </c>
+      <c r="G43" s="120" t="s">
         <v>169</v>
       </c>
-      <c r="E43" s="183" t="s">
-[...20 lines deleted...]
-      <c r="L43" s="22"/>
+      <c r="H43" s="120">
+        <v>850351</v>
+      </c>
+      <c r="I43" s="126">
+        <v>46218</v>
+      </c>
+      <c r="J43" s="100" t="s">
+        <v>130</v>
+      </c>
+      <c r="K43" s="77">
+        <v>2025796815</v>
+      </c>
+      <c r="L43" s="17"/>
       <c r="M43" s="4">
-        <f t="shared" si="2"/>
+        <f>A43</f>
         <v>0</v>
       </c>
       <c r="N43" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O43" s="4" t="e" cm="1">
         <f t="array" ref="O43">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P43" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q43" s="4" t="b">
-        <f t="shared" si="3"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R43" s="4">
         <f>ROW()</f>
         <v>43</v>
       </c>
       <c r="S43" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...6 lines deleted...]
-      <c r="D44" s="15" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="44" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A44" s="337"/>
+      <c r="B44" s="393"/>
+      <c r="C44" s="393"/>
+      <c r="D44" s="34" t="s">
         <v>173</v>
       </c>
-      <c r="E44" s="198" t="s">
-[...5 lines deleted...]
-      <c r="G44" s="198" t="s">
+      <c r="E44" s="120" t="s">
         <v>174</v>
       </c>
-      <c r="H44" s="175">
-[...11 lines deleted...]
-      <c r="L44" s="23"/>
+      <c r="F44" s="120" t="s">
+        <v>175</v>
+      </c>
+      <c r="G44" s="120" t="s">
+        <v>27</v>
+      </c>
+      <c r="H44" s="120">
+        <v>756047</v>
+      </c>
+      <c r="I44" s="126">
+        <v>46196</v>
+      </c>
+      <c r="J44" s="100" t="s">
+        <v>32</v>
+      </c>
+      <c r="K44" s="77">
+        <v>2025792547</v>
+      </c>
+      <c r="L44" s="17"/>
       <c r="M44" s="4">
-        <f t="shared" ref="M44:M54" si="6">A44</f>
+        <f>A44</f>
         <v>0</v>
       </c>
       <c r="N44" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O44" s="4" t="e" cm="1">
         <f t="array" ref="O44">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P44" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q44" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R44" s="4">
         <f>ROW()</f>
         <v>44</v>
       </c>
       <c r="S44" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...6 lines deleted...]
-      <c r="B45" s="389" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A45" s="337"/>
+      <c r="B45" s="393"/>
+      <c r="C45" s="393"/>
+      <c r="D45" s="34" t="s">
         <v>176</v>
       </c>
-      <c r="C45" s="280" t="s">
-[...2 lines deleted...]
-      <c r="D45" s="373" t="s">
+      <c r="E45" s="120" t="s">
         <v>177</v>
       </c>
-      <c r="E45" s="359" t="s">
+      <c r="F45" s="120" t="s">
+        <v>39</v>
+      </c>
+      <c r="G45" s="120" t="s">
+        <v>27</v>
+      </c>
+      <c r="H45" s="165" t="s">
         <v>178</v>
       </c>
-      <c r="F45" s="359" t="s">
-[...24 lines deleted...]
-        <v>1</v>
+      <c r="I45" s="126">
+        <v>46192</v>
+      </c>
+      <c r="J45" s="100" t="s">
+        <v>32</v>
+      </c>
+      <c r="K45" s="77">
+        <v>2025792552</v>
+      </c>
+      <c r="L45" s="17"/>
+      <c r="M45" s="4">
+        <f>A45</f>
+        <v>0</v>
+      </c>
+      <c r="N45" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O45" s="4" t="e" cm="1">
         <f t="array" ref="O45">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P45" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q45" s="4" t="b">
-        <f>(ISBLANK(H45))</f>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R45" s="4">
         <f>ROW()</f>
         <v>45</v>
       </c>
       <c r="S45" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...16 lines deleted...]
-      <c r="L46" s="309"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="338"/>
+      <c r="B46" s="394"/>
+      <c r="C46" s="394"/>
+      <c r="D46" s="35" t="s">
+        <v>179</v>
+      </c>
+      <c r="E46" s="111" t="s">
+        <v>180</v>
+      </c>
+      <c r="F46" s="111" t="s">
+        <v>39</v>
+      </c>
+      <c r="G46" s="111" t="s">
+        <v>151</v>
+      </c>
+      <c r="H46" s="154">
+        <v>850306</v>
+      </c>
+      <c r="I46" s="137">
+        <v>46199</v>
+      </c>
+      <c r="J46" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="K46" s="80">
+        <v>2025792558</v>
+      </c>
+      <c r="L46" s="26"/>
       <c r="M46" s="4">
-        <f>A46</f>
+        <f t="shared" ref="M46" si="6">A46</f>
         <v>0</v>
       </c>
       <c r="N46" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O46" s="4" t="e" cm="1">
         <f t="array" ref="O46">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P46" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q46" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R46" s="4">
         <f>ROW()</f>
         <v>46</v>
       </c>
       <c r="S46" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...25 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="218" t="s">
+        <v>181</v>
+      </c>
+      <c r="B47" s="206" t="s">
+        <v>22</v>
+      </c>
+      <c r="C47" s="190" t="s">
+        <v>182</v>
+      </c>
+      <c r="D47" s="39" t="s">
+        <v>183</v>
+      </c>
+      <c r="E47" s="112" t="s">
+        <v>184</v>
+      </c>
+      <c r="F47" s="112" t="s">
+        <v>185</v>
+      </c>
+      <c r="G47" s="112" t="s">
+        <v>186</v>
+      </c>
+      <c r="H47" s="149">
+        <v>756040</v>
+      </c>
+      <c r="I47" s="138">
+        <v>46225</v>
+      </c>
+      <c r="J47" s="112" t="s">
+        <v>32</v>
+      </c>
+      <c r="K47" s="75">
+        <v>2025797840</v>
+      </c>
+      <c r="L47" s="19"/>
+      <c r="M47" s="4" t="str">
+        <f>A47</f>
+        <v>karboprost</v>
+      </c>
+      <c r="N47" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O47" s="4" t="e" cm="1">
         <f t="array" ref="O47">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P47" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q47" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R47" s="4">
         <f>ROW()</f>
         <v>47</v>
       </c>
       <c r="S47" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...37 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="219" t="s">
+        <v>187</v>
+      </c>
+      <c r="B48" s="198" t="s">
+        <v>166</v>
+      </c>
+      <c r="C48" s="198" t="s">
+        <v>188</v>
+      </c>
+      <c r="D48" s="48" t="s">
+        <v>189</v>
+      </c>
+      <c r="E48" s="121" t="s">
+        <v>190</v>
+      </c>
+      <c r="F48" s="121" t="s">
+        <v>191</v>
+      </c>
+      <c r="G48" s="121" t="s">
+        <v>192</v>
+      </c>
+      <c r="H48" s="121">
+        <v>680693</v>
+      </c>
+      <c r="I48" s="139">
+        <v>46291</v>
+      </c>
+      <c r="J48" s="113" t="s">
+        <v>32</v>
+      </c>
+      <c r="K48" s="247">
+        <v>2025807687</v>
+      </c>
+      <c r="L48" s="24"/>
+      <c r="M48" s="4" t="str">
+        <f t="shared" si="2"/>
+        <v>klemastin</v>
+      </c>
+      <c r="N48" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O48" s="4" t="e" cm="1">
         <f t="array" ref="O48">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P48" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q48" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="R48" s="4">
         <f>ROW()</f>
         <v>48</v>
       </c>
       <c r="S48" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...23 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="49" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="243" t="s">
+        <v>193</v>
+      </c>
+      <c r="B49" s="206" t="s">
+        <v>194</v>
+      </c>
+      <c r="C49" s="206" t="s">
+        <v>195</v>
+      </c>
+      <c r="D49" s="226" t="s">
+        <v>196</v>
+      </c>
+      <c r="E49" s="285" t="s">
+        <v>197</v>
+      </c>
+      <c r="F49" s="234" t="s">
+        <v>95</v>
+      </c>
+      <c r="G49" s="234" t="s">
+        <v>112</v>
+      </c>
+      <c r="H49" s="234">
+        <v>849411</v>
+      </c>
+      <c r="I49" s="237">
+        <v>46156</v>
+      </c>
+      <c r="J49" s="286" t="s">
+        <v>32</v>
+      </c>
+      <c r="K49" s="236">
+        <v>2025785353</v>
+      </c>
+      <c r="L49" s="233"/>
+      <c r="M49" s="4" t="e">
+        <f>#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N49" s="4" t="e">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>#REF!</v>
       </c>
       <c r="O49" s="4" t="e" cm="1">
         <f t="array" ref="O49">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P49" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q49" s="4" t="b">
-        <f>(ISBLANK(H49))</f>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R49" s="4">
         <f>ROW()</f>
         <v>49</v>
       </c>
       <c r="S49" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...24 lines deleted...]
-      <c r="J50" s="112" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="50" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="219" t="s">
+        <v>198</v>
+      </c>
+      <c r="B50" s="198" t="s">
+        <v>194</v>
+      </c>
+      <c r="C50" s="198" t="s">
+        <v>199</v>
+      </c>
+      <c r="D50" s="59" t="s">
+        <v>200</v>
+      </c>
+      <c r="E50" s="185" t="s">
+        <v>201</v>
+      </c>
+      <c r="F50" s="121" t="s">
+        <v>26</v>
+      </c>
+      <c r="G50" s="121" t="s">
+        <v>202</v>
+      </c>
+      <c r="H50" s="121">
+        <v>843975</v>
+      </c>
+      <c r="I50" s="139">
+        <v>46289</v>
+      </c>
+      <c r="J50" s="114" t="s">
         <v>28</v>
       </c>
-      <c r="K50" s="86">
-[...3 lines deleted...]
-      <c r="M50" s="4">
+      <c r="K50" s="88">
+        <v>2025807190</v>
+      </c>
+      <c r="L50" s="24"/>
+      <c r="M50" s="4" t="str">
         <f>A50</f>
-        <v>0</v>
-[...3 lines deleted...]
-        <v/>
+        <v>klometiazol</v>
+      </c>
+      <c r="N50" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O50" s="4" t="e" cm="1">
         <f t="array" ref="O50">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P50" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q50" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R50" s="4">
         <f>ROW()</f>
         <v>50</v>
       </c>
       <c r="S50" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...37 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="51" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="422" t="s">
+        <v>203</v>
+      </c>
+      <c r="B51" s="377" t="s">
+        <v>29</v>
+      </c>
+      <c r="C51" s="341" t="s">
+        <v>204</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="E51" s="153" t="s">
+        <v>206</v>
+      </c>
+      <c r="F51" s="153" t="s">
+        <v>39</v>
+      </c>
+      <c r="G51" s="153" t="s">
+        <v>157</v>
+      </c>
+      <c r="H51" s="153">
+        <v>841303</v>
+      </c>
+      <c r="I51" s="128">
+        <v>46291</v>
+      </c>
+      <c r="J51" s="102" t="s">
+        <v>32</v>
+      </c>
+      <c r="K51" s="79">
+        <v>2025807688</v>
+      </c>
+      <c r="L51" s="25"/>
+      <c r="M51" s="4" t="str">
+        <f t="shared" si="2"/>
+        <v>klonodinhydroklorid</v>
+      </c>
+      <c r="N51" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O51" s="4" t="e" cm="1">
         <f t="array" ref="O51">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P51" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q51" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="R51" s="4">
         <f>ROW()</f>
         <v>51</v>
       </c>
       <c r="S51" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...30 lines deleted...]
-      <c r="L52" s="18"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="52" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="337"/>
+      <c r="B52" s="405"/>
+      <c r="C52" s="381"/>
+      <c r="D52" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="E52" s="152" t="s">
+        <v>208</v>
+      </c>
+      <c r="F52" s="152" t="s">
+        <v>209</v>
+      </c>
+      <c r="G52" s="152" t="s">
+        <v>210</v>
+      </c>
+      <c r="H52" s="152">
+        <v>774103</v>
+      </c>
+      <c r="I52" s="127">
+        <v>46365</v>
+      </c>
+      <c r="J52" s="101" t="s">
+        <v>32</v>
+      </c>
+      <c r="K52" s="78">
+        <v>2025819517</v>
+      </c>
+      <c r="L52" s="66"/>
       <c r="M52" s="4">
         <f>A52</f>
         <v>0</v>
       </c>
       <c r="N52" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O52" s="4" t="e" cm="1">
         <f t="array" ref="O52">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P52" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q52" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R52" s="4">
         <f>ROW()</f>
         <v>52</v>
       </c>
       <c r="S52" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...5 lines deleted...]
-      <c r="C53" s="297"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="53" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="243" t="s">
+        <v>211</v>
+      </c>
+      <c r="B53" s="206" t="s">
+        <v>74</v>
+      </c>
+      <c r="C53" s="287" t="s">
+        <v>212</v>
+      </c>
       <c r="D53" s="39" t="s">
-        <v>190</v>
-[...29 lines deleted...]
-        <v/>
+        <v>213</v>
+      </c>
+      <c r="E53" s="234" t="s">
+        <v>214</v>
+      </c>
+      <c r="F53" s="234" t="s">
+        <v>31</v>
+      </c>
+      <c r="G53" s="234" t="s">
+        <v>215</v>
+      </c>
+      <c r="H53" s="234">
+        <v>848843</v>
+      </c>
+      <c r="I53" s="237">
+        <v>46414</v>
+      </c>
+      <c r="J53" s="235" t="s">
+        <v>28</v>
+      </c>
+      <c r="K53" s="236">
+        <v>2026825699</v>
+      </c>
+      <c r="L53" s="233"/>
+      <c r="M53" s="4" t="e">
+        <f>#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N53" s="4" t="e">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>#REF!</v>
       </c>
       <c r="O53" s="4" t="e" cm="1">
         <f t="array" ref="O53">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P53" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q53" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R53" s="4">
         <f>ROW()</f>
         <v>53</v>
       </c>
       <c r="S53" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...37 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="54" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="220" t="s">
+        <v>216</v>
+      </c>
+      <c r="B54" s="207" t="s">
+        <v>41</v>
+      </c>
+      <c r="C54" s="199" t="s">
+        <v>217</v>
+      </c>
+      <c r="D54" s="49" t="s">
+        <v>218</v>
+      </c>
+      <c r="E54" s="155" t="s">
+        <v>219</v>
+      </c>
+      <c r="F54" s="155" t="s">
+        <v>220</v>
+      </c>
+      <c r="G54" s="155" t="s">
+        <v>164</v>
+      </c>
+      <c r="H54" s="155">
+        <v>744527</v>
+      </c>
+      <c r="I54" s="140">
+        <v>46245</v>
+      </c>
+      <c r="J54" s="115" t="s">
+        <v>32</v>
+      </c>
+      <c r="K54" s="81">
+        <v>202580102</v>
+      </c>
+      <c r="L54" s="41"/>
+      <c r="M54" s="4" t="str">
+        <f t="shared" si="2"/>
+        <v>kolestyramin</v>
+      </c>
+      <c r="N54" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O54" s="4" t="e" cm="1">
         <f t="array" ref="O54">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P54" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q54" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="R54" s="4">
         <f>ROW()</f>
         <v>54</v>
       </c>
       <c r="S54" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...34 lines deleted...]
-        <v>2025797840</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="55" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="215" t="s">
+        <v>221</v>
+      </c>
+      <c r="B55" s="194" t="s">
+        <v>166</v>
+      </c>
+      <c r="C55" s="200" t="s">
+        <v>23</v>
+      </c>
+      <c r="D55" s="47" t="s">
+        <v>222</v>
+      </c>
+      <c r="E55" s="156" t="s">
+        <v>223</v>
+      </c>
+      <c r="F55" s="156" t="s">
+        <v>71</v>
+      </c>
+      <c r="G55" s="156" t="s">
+        <v>224</v>
+      </c>
+      <c r="H55" s="156" t="s">
+        <v>225</v>
+      </c>
+      <c r="I55" s="130">
+        <v>46463</v>
+      </c>
+      <c r="J55" s="104" t="s">
+        <v>28</v>
+      </c>
+      <c r="K55" s="319">
+        <v>2026834232</v>
       </c>
       <c r="L55" s="20"/>
       <c r="M55" s="4" t="str">
         <f>A55</f>
-        <v>karboprost</v>
+        <v>levomepromazin</v>
       </c>
       <c r="N55" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O55" s="4" t="e" cm="1">
         <f t="array" ref="O55">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P55" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q55" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R55" s="4">
         <f>ROW()</f>
         <v>55</v>
       </c>
       <c r="S55" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...36 lines deleted...]
-      <c r="L56" s="26"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="56" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="218" t="s">
+        <v>226</v>
+      </c>
+      <c r="B56" s="190" t="s">
+        <v>146</v>
+      </c>
+      <c r="C56" s="190" t="s">
+        <v>227</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="E56" s="149" t="s">
+        <v>229</v>
+      </c>
+      <c r="F56" s="149" t="s">
+        <v>78</v>
+      </c>
+      <c r="G56" s="149" t="s">
+        <v>230</v>
+      </c>
+      <c r="H56" s="149">
+        <v>765112</v>
+      </c>
+      <c r="I56" s="124">
+        <v>46105</v>
+      </c>
+      <c r="J56" s="98" t="s">
+        <v>32</v>
+      </c>
+      <c r="K56" s="75">
+        <v>2025776968</v>
+      </c>
+      <c r="L56" s="19"/>
       <c r="M56" s="4" t="str">
-        <f t="shared" si="2"/>
-        <v>klemastin</v>
+        <f>A56</f>
+        <v>magnesiumsulfat</v>
       </c>
       <c r="N56" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O56" s="4" t="e" cm="1">
         <f t="array" ref="O56">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P56" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q56" s="4" t="b">
-        <f t="shared" si="3"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R56" s="4">
         <f>ROW()</f>
         <v>56</v>
       </c>
       <c r="S56" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...36 lines deleted...]
-      <c r="L57" s="308"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="57" spans="1:19" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="429" t="s">
+        <v>231</v>
+      </c>
+      <c r="B57" s="382" t="s">
+        <v>232</v>
+      </c>
+      <c r="C57" s="382" t="s">
+        <v>233</v>
+      </c>
+      <c r="D57" s="376" t="s">
+        <v>234</v>
+      </c>
+      <c r="E57" s="377" t="s">
+        <v>235</v>
+      </c>
+      <c r="F57" s="377" t="s">
+        <v>78</v>
+      </c>
+      <c r="G57" s="377" t="s">
+        <v>236</v>
+      </c>
+      <c r="H57" s="165" t="s">
+        <v>237</v>
+      </c>
+      <c r="I57" s="384">
+        <v>46129</v>
+      </c>
+      <c r="J57" s="368" t="s">
+        <v>32</v>
+      </c>
+      <c r="K57" s="367">
+        <v>2025780476</v>
+      </c>
+      <c r="L57" s="322"/>
       <c r="M57" s="4" t="str">
-        <f>A57</f>
-        <v>klindamycin</v>
+        <f t="shared" si="2"/>
+        <v>mepivakain + adrenalin</v>
       </c>
       <c r="N57" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O57" s="4" t="e" cm="1">
         <f t="array" ref="O57">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P57" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q57" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" ref="Q57:Q77" si="7">(ISBLANK(H57))</f>
         <v>0</v>
       </c>
       <c r="R57" s="4">
         <f>ROW()</f>
         <v>57</v>
       </c>
       <c r="S57" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...30 lines deleted...]
-      <c r="L58" s="323"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="58" spans="1:19" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="429"/>
+      <c r="B58" s="382"/>
+      <c r="C58" s="382"/>
+      <c r="D58" s="376"/>
+      <c r="E58" s="377"/>
+      <c r="F58" s="377"/>
+      <c r="G58" s="377"/>
+      <c r="H58" s="165">
+        <v>846194</v>
+      </c>
+      <c r="I58" s="385"/>
+      <c r="J58" s="368"/>
+      <c r="K58" s="349"/>
+      <c r="L58" s="322"/>
       <c r="M58" s="4">
         <f>A58</f>
         <v>0</v>
       </c>
       <c r="N58" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O58" s="4" t="e" cm="1">
         <f t="array" ref="O58">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P58" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q58" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R58" s="4">
         <f>ROW()</f>
         <v>58</v>
       </c>
       <c r="S58" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="59" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A59" s="251" t="s">
-[...39 lines deleted...]
-        <v>1</v>
+      <c r="A59" s="429"/>
+      <c r="B59" s="382"/>
+      <c r="C59" s="382"/>
+      <c r="D59" s="376"/>
+      <c r="E59" s="377"/>
+      <c r="F59" s="377"/>
+      <c r="G59" s="377"/>
+      <c r="H59" s="166">
+        <v>844329</v>
+      </c>
+      <c r="I59" s="385"/>
+      <c r="J59" s="368"/>
+      <c r="K59" s="349"/>
+      <c r="L59" s="322"/>
+      <c r="M59" s="4">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N59" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O59" s="4" t="e" cm="1">
         <f t="array" ref="O59">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P59" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q59" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="R59" s="4">
         <f>ROW()</f>
         <v>59</v>
       </c>
       <c r="S59" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...36 lines deleted...]
-      <c r="L60" s="28"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="60" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A60" s="436" t="s">
+        <v>238</v>
+      </c>
+      <c r="B60" s="341" t="s">
+        <v>126</v>
+      </c>
+      <c r="C60" s="341" t="s">
+        <v>239</v>
+      </c>
+      <c r="D60" s="421" t="s">
+        <v>240</v>
+      </c>
+      <c r="E60" s="415" t="s">
+        <v>241</v>
+      </c>
+      <c r="F60" s="415" t="s">
+        <v>88</v>
+      </c>
+      <c r="G60" s="415" t="s">
+        <v>242</v>
+      </c>
+      <c r="H60" s="164">
+        <v>843230</v>
+      </c>
+      <c r="I60" s="353">
+        <v>46344</v>
+      </c>
+      <c r="J60" s="395" t="s">
+        <v>32</v>
+      </c>
+      <c r="K60" s="396">
+        <v>2025815657</v>
+      </c>
+      <c r="L60" s="398"/>
       <c r="M60" s="4" t="str">
-        <f t="shared" si="2"/>
-        <v>klonodinhydroklorid</v>
+        <f>A60</f>
+        <v>metotrexat</v>
       </c>
       <c r="N60" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O60" s="4" t="e" cm="1">
         <f t="array" ref="O60">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P60" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q60" s="4" t="b">
-        <f t="shared" si="3"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R60" s="4">
         <f>ROW()</f>
         <v>60</v>
       </c>
       <c r="S60" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...30 lines deleted...]
-      <c r="L61" s="71"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="61" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="437"/>
+      <c r="B61" s="343"/>
+      <c r="C61" s="343"/>
+      <c r="D61" s="414"/>
+      <c r="E61" s="416"/>
+      <c r="F61" s="416"/>
+      <c r="G61" s="416"/>
+      <c r="H61" s="151">
+        <v>779430</v>
+      </c>
+      <c r="I61" s="355"/>
+      <c r="J61" s="357"/>
+      <c r="K61" s="397"/>
+      <c r="L61" s="399"/>
       <c r="M61" s="4">
         <f>A61</f>
         <v>0</v>
       </c>
       <c r="N61" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O61" s="4" t="e" cm="1">
         <f t="array" ref="O61">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P61" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q61" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R61" s="4">
         <f>ROW()</f>
         <v>61</v>
       </c>
       <c r="S61" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...18 lines deleted...]
-      <c r="F62" s="170" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="62" spans="1:19" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="214" t="s">
+        <v>410</v>
+      </c>
+      <c r="B62" s="315" t="s">
+        <v>166</v>
+      </c>
+      <c r="C62" s="315" t="s">
+        <v>412</v>
+      </c>
+      <c r="D62" s="46" t="s">
+        <v>411</v>
+      </c>
+      <c r="E62" s="234" t="s">
+        <v>87</v>
+      </c>
+      <c r="F62" s="234" t="s">
+        <v>88</v>
+      </c>
+      <c r="G62" s="234" t="s">
+        <v>27</v>
+      </c>
+      <c r="H62" s="315">
+        <v>745222</v>
+      </c>
+      <c r="I62" s="237">
+        <v>46463</v>
+      </c>
+      <c r="J62" s="235" t="s">
+        <v>32</v>
+      </c>
+      <c r="K62" s="320">
+        <v>2026833804</v>
+      </c>
+      <c r="L62" s="233"/>
+      <c r="M62" s="72" t="str">
+        <f>A62</f>
+        <v>morfinhydrokloridtrihydrat</v>
+      </c>
+      <c r="N62" s="72">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
+      </c>
+      <c r="O62" s="72" t="e" cm="1">
+        <f t="array" ref="O62">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P62" s="72" t="e">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="Q62" s="72" t="b">
+        <f>(ISBLANK(#REF!))</f>
+        <v>0</v>
+      </c>
+      <c r="R62" s="4">
+        <f>ROW()</f>
+        <v>62</v>
+      </c>
+      <c r="S62" s="72">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="63" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="429" t="s">
+        <v>243</v>
+      </c>
+      <c r="B63" s="382" t="s">
+        <v>244</v>
+      </c>
+      <c r="C63" s="341" t="s">
+        <v>245</v>
+      </c>
+      <c r="D63" s="312" t="s">
+        <v>246</v>
+      </c>
+      <c r="E63" s="313" t="s">
+        <v>247</v>
+      </c>
+      <c r="F63" s="313" t="s">
         <v>26</v>
       </c>
-      <c r="G62" s="170" t="s">
-[...75 lines deleted...]
-      <c r="M63" s="4">
+      <c r="G63" s="313" t="s">
+        <v>248</v>
+      </c>
+      <c r="H63" s="313">
+        <v>745813</v>
+      </c>
+      <c r="I63" s="309">
+        <v>46183</v>
+      </c>
+      <c r="J63" s="304" t="s">
+        <v>32</v>
+      </c>
+      <c r="K63" s="306">
+        <v>2025791109</v>
+      </c>
+      <c r="L63" s="298"/>
+      <c r="M63" s="4" t="str">
         <f>A63</f>
-        <v>0</v>
-[...3 lines deleted...]
-        <v/>
+        <v>naltrexon</v>
+      </c>
+      <c r="N63" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O63" s="4" t="e" cm="1">
         <f t="array" ref="O63">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P63" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q63" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R63" s="4">
         <f>ROW()</f>
         <v>63</v>
       </c>
       <c r="S63" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="64" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A64" s="252" t="s">
-[...39 lines deleted...]
-        <v>1</v>
+      <c r="A64" s="433"/>
+      <c r="B64" s="383"/>
+      <c r="C64" s="343"/>
+      <c r="D64" s="311" t="s">
+        <v>249</v>
+      </c>
+      <c r="E64" s="314" t="s">
+        <v>250</v>
+      </c>
+      <c r="F64" s="314" t="s">
+        <v>78</v>
+      </c>
+      <c r="G64" s="314" t="s">
+        <v>251</v>
+      </c>
+      <c r="H64" s="314">
+        <v>845103</v>
+      </c>
+      <c r="I64" s="310">
+        <v>46206</v>
+      </c>
+      <c r="J64" s="305" t="s">
+        <v>28</v>
+      </c>
+      <c r="K64" s="308" t="s">
+        <v>252</v>
+      </c>
+      <c r="L64" s="307"/>
+      <c r="M64" s="4">
+        <f>A64</f>
+        <v>0</v>
+      </c>
+      <c r="N64" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O64" s="4" t="e" cm="1">
         <f t="array" ref="O64">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P64" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q64" s="4" t="b">
-        <f t="shared" si="3"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R64" s="4">
         <f>ROW()</f>
         <v>64</v>
       </c>
       <c r="S64" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...43 lines deleted...]
-        <v>1</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="65" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A65" s="434" t="s">
+        <v>253</v>
+      </c>
+      <c r="B65" s="393" t="s">
+        <v>254</v>
+      </c>
+      <c r="C65" s="303" t="s">
+        <v>255</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="E65" s="299" t="s">
+        <v>257</v>
+      </c>
+      <c r="F65" s="299" t="s">
+        <v>100</v>
+      </c>
+      <c r="G65" s="299" t="s">
+        <v>258</v>
+      </c>
+      <c r="H65" s="299">
+        <v>850433</v>
+      </c>
+      <c r="I65" s="300">
+        <v>46255</v>
+      </c>
+      <c r="J65" s="301" t="s">
+        <v>32</v>
+      </c>
+      <c r="K65" s="89">
+        <v>2025802125</v>
+      </c>
+      <c r="L65" s="302"/>
+      <c r="M65" s="4" t="e">
+        <f>#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N65" s="4" t="e">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>#REF!</v>
       </c>
       <c r="O65" s="4" t="e" cm="1">
         <f t="array" ref="O65">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P65" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q65" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R65" s="4">
         <f>ROW()</f>
         <v>65</v>
       </c>
       <c r="S65" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...43 lines deleted...]
-        <v>1</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="66" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="434"/>
+      <c r="B66" s="393"/>
+      <c r="C66" s="381" t="s">
+        <v>259</v>
+      </c>
+      <c r="D66" s="42" t="s">
+        <v>256</v>
+      </c>
+      <c r="E66" s="120" t="s">
+        <v>260</v>
+      </c>
+      <c r="F66" s="120" t="s">
+        <v>261</v>
+      </c>
+      <c r="G66" s="120" t="s">
+        <v>258</v>
+      </c>
+      <c r="H66" s="120">
+        <v>849875</v>
+      </c>
+      <c r="I66" s="126">
+        <v>46154</v>
+      </c>
+      <c r="J66" s="100" t="s">
+        <v>32</v>
+      </c>
+      <c r="K66" s="90">
+        <v>2025784340</v>
+      </c>
+      <c r="L66" s="17"/>
+      <c r="M66" s="4" t="e">
+        <f>#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N66" s="4" t="e">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>#REF!</v>
       </c>
       <c r="O66" s="4" t="e" cm="1">
         <f t="array" ref="O66">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P66" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q66" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R66" s="4">
         <f>ROW()</f>
         <v>66</v>
       </c>
       <c r="S66" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...15 lines deleted...]
-      <c r="E67" s="285" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="67" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A67" s="434"/>
+      <c r="B67" s="393"/>
+      <c r="C67" s="392"/>
+      <c r="D67" s="42" t="s">
         <v>256</v>
       </c>
-      <c r="F67" s="285" t="s">
-[...2 lines deleted...]
-      <c r="G67" s="285" t="s">
+      <c r="E67" s="120" t="s">
         <v>257</v>
       </c>
-      <c r="H67" s="182" t="s">
+      <c r="F67" s="120" t="s">
+        <v>100</v>
+      </c>
+      <c r="G67" s="120" t="s">
         <v>258</v>
       </c>
-      <c r="I67" s="330">
-[...15 lines deleted...]
-        <v>1</v>
+      <c r="H67" s="120">
+        <v>850434</v>
+      </c>
+      <c r="I67" s="126">
+        <v>46255</v>
+      </c>
+      <c r="J67" s="100" t="s">
+        <v>32</v>
+      </c>
+      <c r="K67" s="90" t="s">
+        <v>262</v>
+      </c>
+      <c r="L67" s="17"/>
+      <c r="M67" s="4">
+        <f>A67</f>
+        <v>0</v>
+      </c>
+      <c r="N67" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O67" s="4" t="e" cm="1">
         <f t="array" ref="O67">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P67" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q67" s="4" t="b">
-        <f t="shared" ref="Q67:Q87" si="7">(ISBLANK(H67))</f>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R67" s="4">
         <f>ROW()</f>
         <v>67</v>
       </c>
       <c r="S67" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...23 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="68" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A68" s="434"/>
+      <c r="B68" s="393"/>
+      <c r="C68" s="381" t="s">
+        <v>263</v>
+      </c>
+      <c r="D68" s="42" t="s">
+        <v>256</v>
+      </c>
+      <c r="E68" s="120" t="s">
+        <v>260</v>
+      </c>
+      <c r="F68" s="120" t="s">
+        <v>261</v>
+      </c>
+      <c r="G68" s="120" t="s">
+        <v>258</v>
+      </c>
+      <c r="H68" s="120">
+        <v>849878</v>
+      </c>
+      <c r="I68" s="126">
+        <v>46154</v>
+      </c>
+      <c r="J68" s="100" t="s">
+        <v>32</v>
+      </c>
+      <c r="K68" s="90">
+        <v>2025784338</v>
+      </c>
+      <c r="L68" s="17"/>
+      <c r="M68" s="4" t="str">
+        <f>A65</f>
+        <v>olanzapin</v>
+      </c>
+      <c r="N68" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O68" s="4" t="e" cm="1">
         <f t="array" ref="O68">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P68" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q68" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R68" s="4">
         <f>ROW()</f>
         <v>68</v>
       </c>
       <c r="S68" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...16 lines deleted...]
-      <c r="L69" s="331"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="69" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="435"/>
+      <c r="B69" s="394"/>
+      <c r="C69" s="394"/>
+      <c r="D69" s="43" t="s">
+        <v>256</v>
+      </c>
+      <c r="E69" s="155" t="s">
+        <v>257</v>
+      </c>
+      <c r="F69" s="154" t="s">
+        <v>100</v>
+      </c>
+      <c r="G69" s="154" t="s">
+        <v>258</v>
+      </c>
+      <c r="H69" s="154">
+        <v>850435</v>
+      </c>
+      <c r="I69" s="129">
+        <v>46255</v>
+      </c>
+      <c r="J69" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="K69" s="91">
+        <v>2025802130</v>
+      </c>
+      <c r="L69" s="26"/>
       <c r="M69" s="4">
-        <f t="shared" si="2"/>
+        <f>A69</f>
         <v>0</v>
       </c>
       <c r="N69" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O69" s="4" t="e" cm="1">
         <f t="array" ref="O69">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P69" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q69" s="4" t="b">
-        <f t="shared" si="7"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R69" s="4">
         <f>ROW()</f>
         <v>69</v>
       </c>
       <c r="S69" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...36 lines deleted...]
-      <c r="L70" s="308"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="70" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="220" t="s">
+        <v>264</v>
+      </c>
+      <c r="B70" s="207" t="s">
+        <v>265</v>
+      </c>
+      <c r="C70" s="199" t="s">
+        <v>266</v>
+      </c>
+      <c r="D70" s="49" t="s">
+        <v>267</v>
+      </c>
+      <c r="E70" s="155" t="s">
+        <v>268</v>
+      </c>
+      <c r="F70" s="155" t="s">
+        <v>100</v>
+      </c>
+      <c r="G70" s="155" t="s">
+        <v>269</v>
+      </c>
+      <c r="H70" s="155">
+        <v>849755</v>
+      </c>
+      <c r="I70" s="140">
+        <v>46136</v>
+      </c>
+      <c r="J70" s="115" t="s">
+        <v>32</v>
+      </c>
+      <c r="K70" s="81">
+        <v>2025781493</v>
+      </c>
+      <c r="L70" s="41"/>
       <c r="M70" s="4" t="str">
         <f>A70</f>
-        <v>metotrexat</v>
+        <v>oseltamivir</v>
       </c>
       <c r="N70" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O70" s="4" t="e" cm="1">
         <f t="array" ref="O70">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P70" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q70" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R70" s="4">
         <f>ROW()</f>
         <v>70</v>
       </c>
       <c r="S70" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...23 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="71" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A71" s="333" t="s">
+        <v>270</v>
+      </c>
+      <c r="B71" s="198" t="s">
+        <v>265</v>
+      </c>
+      <c r="C71" s="167" t="s">
+        <v>271</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="E71" s="181" t="s">
+        <v>273</v>
+      </c>
+      <c r="F71" s="181" t="s">
+        <v>220</v>
+      </c>
+      <c r="G71" s="150" t="s">
+        <v>274</v>
+      </c>
+      <c r="H71" s="150">
+        <v>798122</v>
+      </c>
+      <c r="I71" s="125">
+        <v>46245</v>
+      </c>
+      <c r="J71" s="99" t="s">
+        <v>32</v>
+      </c>
+      <c r="K71" s="76">
+        <v>2025800094</v>
+      </c>
+      <c r="L71" s="18">
+        <v>46265</v>
+      </c>
+      <c r="M71" s="4" t="str">
+        <f t="shared" si="2"/>
+        <v>pankreaspulver</v>
+      </c>
+      <c r="N71" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O71" s="4" t="e" cm="1">
         <f t="array" ref="O71">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P71" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q71" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="R71" s="4">
         <f>ROW()</f>
         <v>71</v>
       </c>
       <c r="S71" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="72" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A72" s="346" t="s">
-[...41 lines deleted...]
-        <v>1</v>
+      <c r="A72" s="429"/>
+      <c r="B72" s="381" t="s">
+        <v>275</v>
+      </c>
+      <c r="C72" s="381" t="s">
+        <v>276</v>
+      </c>
+      <c r="D72" s="419" t="s">
+        <v>277</v>
+      </c>
+      <c r="E72" s="420" t="s">
+        <v>278</v>
+      </c>
+      <c r="F72" s="420" t="s">
+        <v>100</v>
+      </c>
+      <c r="G72" s="165" t="s">
+        <v>164</v>
+      </c>
+      <c r="H72" s="165">
+        <v>765682</v>
+      </c>
+      <c r="I72" s="387">
+        <v>46245</v>
+      </c>
+      <c r="J72" s="375" t="s">
+        <v>32</v>
+      </c>
+      <c r="K72" s="359">
+        <v>2025800099</v>
+      </c>
+      <c r="L72" s="378">
+        <v>46265</v>
+      </c>
+      <c r="M72" s="4">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N72" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O72" s="4" t="e" cm="1">
         <f t="array" ref="O72">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P72" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q72" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="R72" s="4">
         <f>ROW()</f>
         <v>72</v>
       </c>
       <c r="S72" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="73" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A73" s="282"/>
-[...28 lines deleted...]
-      </c>
+      <c r="A73" s="429"/>
+      <c r="B73" s="381"/>
+      <c r="C73" s="381"/>
+      <c r="D73" s="419"/>
+      <c r="E73" s="420"/>
+      <c r="F73" s="420"/>
+      <c r="G73" s="165" t="s">
+        <v>279</v>
+      </c>
+      <c r="H73" s="165">
+        <v>772398</v>
+      </c>
+      <c r="I73" s="362"/>
+      <c r="J73" s="375"/>
+      <c r="K73" s="359"/>
+      <c r="L73" s="379"/>
       <c r="M73" s="4">
-        <f>A73</f>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N73" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O73" s="4" t="e" cm="1">
         <f t="array" ref="O73">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P73" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q73" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="R73" s="4">
         <f>ROW()</f>
         <v>73</v>
       </c>
       <c r="S73" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="74" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A74" s="347" t="s">
-[...11 lines deleted...]
-      <c r="E74" s="170" t="s">
+      <c r="A74" s="429"/>
+      <c r="B74" s="381"/>
+      <c r="C74" s="166" t="s">
+        <v>280</v>
+      </c>
+      <c r="D74" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="E74" s="182" t="s">
         <v>278</v>
       </c>
-      <c r="F74" s="170" t="s">
-[...24 lines deleted...]
-        <v>#REF!</v>
+      <c r="F74" s="182" t="s">
+        <v>100</v>
+      </c>
+      <c r="G74" s="152" t="s">
+        <v>282</v>
+      </c>
+      <c r="H74" s="152">
+        <v>765683</v>
+      </c>
+      <c r="I74" s="127">
+        <v>46245</v>
+      </c>
+      <c r="J74" s="101" t="s">
+        <v>32</v>
+      </c>
+      <c r="K74" s="78">
+        <v>2025800096</v>
+      </c>
+      <c r="L74" s="18">
+        <v>46265</v>
+      </c>
+      <c r="M74" s="4">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N74" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O74" s="4" t="e" cm="1">
         <f t="array" ref="O74">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P74" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q74" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="R74" s="4">
         <f>ROW()</f>
         <v>74</v>
       </c>
       <c r="S74" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...6 lines deleted...]
-        <v>280</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="75" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="217" t="s">
+        <v>283</v>
+      </c>
+      <c r="B75" s="194" t="s">
+        <v>29</v>
+      </c>
+      <c r="C75" s="194" t="s">
+        <v>407</v>
       </c>
       <c r="D75" s="47" t="s">
-        <v>277</v>
-[...29 lines deleted...]
-        <v>#REF!</v>
+        <v>284</v>
+      </c>
+      <c r="E75" s="183" t="s">
+        <v>285</v>
+      </c>
+      <c r="F75" s="183" t="s">
+        <v>191</v>
+      </c>
+      <c r="G75" s="156" t="s">
+        <v>286</v>
+      </c>
+      <c r="H75" s="156">
+        <v>849764</v>
+      </c>
+      <c r="I75" s="130">
+        <v>46183</v>
+      </c>
+      <c r="J75" s="104" t="s">
+        <v>32</v>
+      </c>
+      <c r="K75" s="92">
+        <v>2025788040</v>
+      </c>
+      <c r="L75" s="20"/>
+      <c r="M75" s="4" t="str">
+        <f>A75</f>
+        <v>prasugrel</v>
+      </c>
+      <c r="N75" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O75" s="4" t="e" cm="1">
         <f t="array" ref="O75">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P75" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q75" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R75" s="4">
         <f>ROW()</f>
         <v>75</v>
       </c>
       <c r="S75" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...37 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="76" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="429" t="s">
+        <v>287</v>
+      </c>
+      <c r="B76" s="382" t="s">
+        <v>29</v>
+      </c>
+      <c r="C76" s="228" t="s">
+        <v>288</v>
+      </c>
+      <c r="D76" s="288" t="s">
+        <v>289</v>
+      </c>
+      <c r="E76" s="245" t="s">
+        <v>290</v>
+      </c>
+      <c r="F76" s="242" t="s">
+        <v>39</v>
+      </c>
+      <c r="G76" s="245" t="s">
+        <v>157</v>
+      </c>
+      <c r="H76" s="228">
+        <v>680497</v>
+      </c>
+      <c r="I76" s="230">
+        <v>46150</v>
+      </c>
+      <c r="J76" s="242" t="s">
+        <v>32</v>
+      </c>
+      <c r="K76" s="240">
+        <v>2025783599</v>
+      </c>
+      <c r="L76" s="232"/>
+      <c r="M76" s="4" t="str">
+        <f t="shared" si="2"/>
+        <v>pyrazinamid</v>
+      </c>
+      <c r="N76" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O76" s="4" t="e" cm="1">
         <f t="array" ref="O76">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P76" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q76" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="R76" s="4">
         <f>ROW()</f>
         <v>76</v>
       </c>
       <c r="S76" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...39 lines deleted...]
-        <v>1</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="77" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="433"/>
+      <c r="B77" s="383"/>
+      <c r="C77" s="229" t="s">
+        <v>288</v>
+      </c>
+      <c r="D77" s="244" t="s">
+        <v>291</v>
+      </c>
+      <c r="E77" s="246" t="s">
+        <v>292</v>
+      </c>
+      <c r="F77" s="246" t="s">
+        <v>293</v>
+      </c>
+      <c r="G77" s="246" t="s">
+        <v>294</v>
+      </c>
+      <c r="H77" s="246">
+        <v>847046</v>
+      </c>
+      <c r="I77" s="231">
+        <v>46245</v>
+      </c>
+      <c r="J77" s="239" t="s">
+        <v>28</v>
+      </c>
+      <c r="K77" s="238">
+        <v>2025800110</v>
+      </c>
+      <c r="L77" s="241"/>
+      <c r="M77" s="4">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N77" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O77" s="4" t="e" cm="1">
         <f t="array" ref="O77">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P77" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q77" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="R77" s="4">
         <f>ROW()</f>
         <v>77</v>
       </c>
       <c r="S77" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...22 lines deleted...]
-        <v>46255</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="78" spans="1:19" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="221" t="s">
+        <v>295</v>
+      </c>
+      <c r="B78" s="208" t="s">
+        <v>296</v>
+      </c>
+      <c r="C78" s="201" t="s">
+        <v>297</v>
+      </c>
+      <c r="D78" s="45" t="s">
+        <v>298</v>
+      </c>
+      <c r="E78" s="155" t="s">
+        <v>299</v>
+      </c>
+      <c r="F78" s="155" t="s">
+        <v>39</v>
+      </c>
+      <c r="G78" s="155" t="s">
+        <v>258</v>
+      </c>
+      <c r="H78" s="155">
+        <v>850207</v>
+      </c>
+      <c r="I78" s="140">
+        <v>46245</v>
       </c>
       <c r="J78" s="115" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-      <c r="M78" s="4">
+        <v>32</v>
+      </c>
+      <c r="K78" s="81">
+        <v>2025799829</v>
+      </c>
+      <c r="L78" s="40"/>
+      <c r="M78" s="4" t="str">
         <f>A78</f>
-        <v>0</v>
-[...3 lines deleted...]
-        <v/>
+        <v>rifampicin</v>
+      </c>
+      <c r="N78" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O78" s="4" t="e" cm="1">
         <f t="array" ref="O78">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P78" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q78" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R78" s="4">
         <f>ROW()</f>
         <v>78</v>
       </c>
       <c r="S78" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...36 lines deleted...]
-      <c r="L79" s="46"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="79" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A79" s="430" t="s">
+        <v>300</v>
+      </c>
+      <c r="B79" s="401" t="s">
+        <v>301</v>
+      </c>
+      <c r="C79" s="202" t="s">
+        <v>302</v>
+      </c>
+      <c r="D79" s="57" t="s">
+        <v>303</v>
+      </c>
+      <c r="E79" s="168" t="s">
+        <v>304</v>
+      </c>
+      <c r="F79" s="168" t="s">
+        <v>156</v>
+      </c>
+      <c r="G79" s="168" t="s">
+        <v>305</v>
+      </c>
+      <c r="H79" s="168">
+        <v>846658</v>
+      </c>
+      <c r="I79" s="141">
+        <v>46354</v>
+      </c>
+      <c r="J79" s="116" t="s">
+        <v>32</v>
+      </c>
+      <c r="K79" s="93">
+        <v>2025817754</v>
+      </c>
+      <c r="L79" s="44">
+        <v>46203</v>
+      </c>
       <c r="M79" s="4" t="str">
-        <f>A79</f>
-        <v>oseltamivir</v>
+        <f t="shared" si="2"/>
+        <v>salbutamol</v>
       </c>
       <c r="N79" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O79" s="4" t="e" cm="1">
         <f t="array" ref="O79">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P79" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q79" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f>(ISBLANK(H82))</f>
         <v>0</v>
       </c>
       <c r="R79" s="4">
         <f>ROW()</f>
         <v>79</v>
       </c>
       <c r="S79" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="80" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A80" s="346" t="s">
-[...23 lines deleted...]
-      <c r="I80" s="141">
+      <c r="A80" s="431"/>
+      <c r="B80" s="401"/>
+      <c r="C80" s="203" t="s">
+        <v>97</v>
+      </c>
+      <c r="D80" s="58" t="s">
+        <v>306</v>
+      </c>
+      <c r="E80" s="179" t="s">
+        <v>307</v>
+      </c>
+      <c r="F80" s="179" t="s">
+        <v>143</v>
+      </c>
+      <c r="G80" s="179" t="s">
+        <v>308</v>
+      </c>
+      <c r="H80" s="169">
+        <v>748766</v>
+      </c>
+      <c r="I80" s="142">
         <v>46245</v>
       </c>
-      <c r="J80" s="111" t="s">
-[...8 lines deleted...]
-      <c r="M80" s="4" t="str">
+      <c r="J80" s="117" t="s">
+        <v>32</v>
+      </c>
+      <c r="K80" s="94">
+        <v>2025800100</v>
+      </c>
+      <c r="L80" s="44">
+        <v>46203</v>
+      </c>
+      <c r="M80" s="4">
         <f t="shared" si="2"/>
-        <v>pankreaspulver</v>
-[...3 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="N80" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O80" s="4" t="e" cm="1">
         <f t="array" ref="O80">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P80" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q80" s="4" t="b">
-        <f t="shared" si="7"/>
+        <f>(ISBLANK(H80))</f>
         <v>0</v>
       </c>
       <c r="R80" s="4">
         <f>ROW()</f>
         <v>80</v>
       </c>
       <c r="S80" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="81" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A81" s="282"/>
-[...21 lines deleted...]
-      <c r="I81" s="272">
+      <c r="A81" s="431"/>
+      <c r="B81" s="401"/>
+      <c r="C81" s="417" t="s">
+        <v>68</v>
+      </c>
+      <c r="D81" s="380" t="s">
+        <v>309</v>
+      </c>
+      <c r="E81" s="418" t="s">
+        <v>310</v>
+      </c>
+      <c r="F81" s="418" t="s">
+        <v>88</v>
+      </c>
+      <c r="G81" s="388" t="s">
+        <v>150</v>
+      </c>
+      <c r="H81" s="152">
+        <v>848460</v>
+      </c>
+      <c r="I81" s="389">
         <v>46245</v>
       </c>
-      <c r="J81" s="318" t="s">
-[...6 lines deleted...]
-        <v>46265</v>
+      <c r="J81" s="391" t="s">
+        <v>32</v>
+      </c>
+      <c r="K81" s="400">
+        <v>2025800111</v>
+      </c>
+      <c r="L81" s="386">
+        <v>46203</v>
       </c>
       <c r="M81" s="4">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N81" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O81" s="4" t="e" cm="1">
         <f t="array" ref="O81">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P81" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q81" s="4" t="b">
-        <f t="shared" si="7"/>
+        <f>(ISBLANK(H81))</f>
         <v>0</v>
       </c>
       <c r="R81" s="4">
         <f>ROW()</f>
         <v>81</v>
       </c>
       <c r="S81" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="82" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A82" s="282"/>
-[...14 lines deleted...]
-      <c r="L82" s="309"/>
+      <c r="A82" s="432"/>
+      <c r="B82" s="402" t="s">
+        <v>301</v>
+      </c>
+      <c r="C82" s="417"/>
+      <c r="D82" s="380"/>
+      <c r="E82" s="418"/>
+      <c r="F82" s="418"/>
+      <c r="G82" s="388"/>
+      <c r="H82" s="152">
+        <v>748835</v>
+      </c>
+      <c r="I82" s="390"/>
+      <c r="J82" s="391"/>
+      <c r="K82" s="400"/>
+      <c r="L82" s="386"/>
       <c r="M82" s="4">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N82" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O82" s="4" t="e" cm="1">
         <f t="array" ref="O82">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P82" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q82" s="4" t="b">
-        <f t="shared" si="7"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R82" s="4">
         <f>ROW()</f>
         <v>82</v>
       </c>
       <c r="S82" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...41 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="83" spans="1:19" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="213" t="s">
+        <v>311</v>
+      </c>
+      <c r="B83" s="197" t="s">
+        <v>312</v>
+      </c>
+      <c r="C83" s="190" t="s">
+        <v>313</v>
+      </c>
+      <c r="D83" s="226" t="s">
+        <v>314</v>
+      </c>
+      <c r="E83" s="227" t="s">
+        <v>315</v>
+      </c>
+      <c r="F83" s="149" t="s">
+        <v>191</v>
+      </c>
+      <c r="G83" s="149" t="s">
+        <v>316</v>
+      </c>
+      <c r="H83" s="149">
+        <v>845824</v>
+      </c>
+      <c r="I83" s="124">
+        <v>46176</v>
+      </c>
+      <c r="J83" s="98" t="s">
+        <v>32</v>
+      </c>
+      <c r="K83" s="75">
+        <v>2025789161</v>
+      </c>
+      <c r="L83" s="71"/>
+      <c r="M83" s="4" t="str">
+        <f>A83</f>
+        <v>terbutalin</v>
+      </c>
+      <c r="N83" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O83" s="4" t="e" cm="1">
         <f t="array" ref="O83">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P83" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q83" s="4" t="b">
-        <f t="shared" si="7"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R83" s="4">
         <f>ROW()</f>
         <v>83</v>
       </c>
       <c r="S83" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="84" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A84" s="246" t="s">
-[...32 lines deleted...]
-      <c r="L84" s="21"/>
+      <c r="A84" s="440" t="s">
+        <v>317</v>
+      </c>
+      <c r="B84" s="209" t="s">
+        <v>29</v>
+      </c>
+      <c r="C84" s="164" t="s">
+        <v>318</v>
+      </c>
+      <c r="D84" s="10" t="s">
+        <v>319</v>
+      </c>
+      <c r="E84" s="186" t="s">
+        <v>320</v>
+      </c>
+      <c r="F84" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="G84" s="153" t="s">
+        <v>321</v>
+      </c>
+      <c r="H84" s="153">
+        <v>749076</v>
+      </c>
+      <c r="I84" s="128">
+        <v>46200</v>
+      </c>
+      <c r="J84" s="102" t="s">
+        <v>28</v>
+      </c>
+      <c r="K84" s="79">
+        <v>2025794164</v>
+      </c>
+      <c r="L84" s="67">
+        <v>46265</v>
+      </c>
       <c r="M84" s="4" t="str">
         <f>A84</f>
-        <v>prasugrel</v>
+        <v>tolterodine</v>
       </c>
       <c r="N84" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O84" s="4" t="e" cm="1">
         <f t="array" ref="O84">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P84" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q84" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R84" s="4">
         <f>ROW()</f>
         <v>84</v>
       </c>
       <c r="S84" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...31 lines deleted...]
-      <c r="M85" s="4" t="str">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="85" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A85" s="441"/>
+      <c r="B85" s="423" t="s">
+        <v>322</v>
+      </c>
+      <c r="C85" s="165" t="s">
+        <v>323</v>
+      </c>
+      <c r="D85" s="52" t="s">
+        <v>324</v>
+      </c>
+      <c r="E85" s="171" t="s">
+        <v>325</v>
+      </c>
+      <c r="F85" s="120" t="s">
+        <v>100</v>
+      </c>
+      <c r="G85" s="120" t="s">
+        <v>326</v>
+      </c>
+      <c r="H85" s="120">
+        <v>850095</v>
+      </c>
+      <c r="I85" s="126">
+        <v>46200</v>
+      </c>
+      <c r="J85" s="100" t="s">
+        <v>28</v>
+      </c>
+      <c r="K85" s="77">
+        <v>2025794168</v>
+      </c>
+      <c r="L85" s="68">
+        <v>46265</v>
+      </c>
+      <c r="M85" s="4">
         <f>A85</f>
-        <v>propranolol</v>
-[...3 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="N85" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O85" s="4" t="e" cm="1">
         <f t="array" ref="O85">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P85" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q85" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R85" s="4">
         <f>ROW()</f>
         <v>85</v>
       </c>
       <c r="S85" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="86" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A86" s="344" t="s">
-[...39 lines deleted...]
-        <v>1</v>
+      <c r="A86" s="442"/>
+      <c r="B86" s="424"/>
+      <c r="C86" s="166" t="s">
+        <v>327</v>
+      </c>
+      <c r="D86" s="36" t="s">
+        <v>328</v>
+      </c>
+      <c r="E86" s="187" t="s">
+        <v>329</v>
+      </c>
+      <c r="F86" s="152" t="s">
+        <v>100</v>
+      </c>
+      <c r="G86" s="152" t="s">
+        <v>326</v>
+      </c>
+      <c r="H86" s="152">
+        <v>850097</v>
+      </c>
+      <c r="I86" s="127">
+        <v>46203</v>
+      </c>
+      <c r="J86" s="101" t="s">
+        <v>28</v>
+      </c>
+      <c r="K86" s="78">
+        <v>2025794169</v>
+      </c>
+      <c r="L86" s="69">
+        <v>46265</v>
+      </c>
+      <c r="M86" s="4">
+        <f>A86</f>
+        <v>0</v>
+      </c>
+      <c r="N86" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O86" s="4" t="e" cm="1">
         <f t="array" ref="O86">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P86" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q86" s="4" t="b">
-        <f t="shared" si="7"/>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R86" s="4">
         <f>ROW()</f>
         <v>86</v>
       </c>
       <c r="S86" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...39 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="87" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="213" t="s">
+        <v>330</v>
+      </c>
+      <c r="B87" s="197" t="s">
+        <v>331</v>
+      </c>
+      <c r="C87" s="197"/>
+      <c r="D87" s="37" t="s">
+        <v>332</v>
+      </c>
+      <c r="E87" s="188" t="s">
+        <v>333</v>
+      </c>
+      <c r="F87" s="170" t="s">
+        <v>172</v>
+      </c>
+      <c r="G87" s="170" t="s">
+        <v>334</v>
+      </c>
+      <c r="H87" s="170">
+        <v>846474</v>
+      </c>
+      <c r="I87" s="143">
+        <v>46147</v>
+      </c>
+      <c r="J87" s="118" t="s">
+        <v>32</v>
+      </c>
+      <c r="K87" s="75">
+        <v>2025783529</v>
+      </c>
+      <c r="L87" s="38"/>
+      <c r="M87" s="4" t="str">
+        <f t="shared" ref="M87:M93" si="8">A87</f>
+        <v>vitamin B1, B6, B12</v>
+      </c>
+      <c r="N87" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O87" s="4" t="e" cm="1">
         <f t="array" ref="O87">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P87" s="4" t="e">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v>#REF!</v>
       </c>
       <c r="Q87" s="4" t="b">
-        <f t="shared" si="7"/>
+        <f t="shared" ref="Q87:Q88" si="9">(ISBLANK(H87))</f>
         <v>0</v>
       </c>
       <c r="R87" s="4">
         <f>ROW()</f>
         <v>87</v>
       </c>
       <c r="S87" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...43 lines deleted...]
-        <v>1</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="88" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="H88" s="73"/>
+      <c r="M88" s="4">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="N88" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O88" s="4" t="e" cm="1">
         <f t="array" ref="O88">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
-      <c r="P88" s="4" t="e">
-[...1 lines deleted...]
-        <v>#REF!</v>
+      <c r="P88" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
       </c>
       <c r="Q88" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
-        <v>0</v>
+        <f t="shared" si="9"/>
+        <v>1</v>
       </c>
       <c r="R88" s="4">
         <f>ROW()</f>
         <v>88</v>
       </c>
       <c r="S88" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="89" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A89" s="286" t="s">
-[...41 lines deleted...]
-        <v>1</v>
+      <c r="C89" s="95"/>
+      <c r="D89" s="4"/>
+      <c r="E89" s="95"/>
+      <c r="F89" s="95"/>
+      <c r="G89" s="95"/>
+      <c r="H89" s="95"/>
+      <c r="I89" s="144"/>
+      <c r="J89" s="95"/>
+      <c r="K89" s="95"/>
+      <c r="L89" s="12"/>
+      <c r="M89" s="4">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="N89" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O89" s="4" t="e" cm="1">
         <f t="array" ref="O89">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
-      <c r="P89" s="4" t="e">
-[...1 lines deleted...]
-        <v>#REF!</v>
+      <c r="P89" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
       </c>
       <c r="Q89" s="4" t="b">
-        <f>(ISBLANK(H92))</f>
+        <f>(ISBLANK(H79))</f>
         <v>0</v>
       </c>
       <c r="R89" s="4">
         <f>ROW()</f>
         <v>89</v>
       </c>
       <c r="S89" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...41 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="90" spans="1:19" s="5" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A90" s="222" t="s">
+        <v>335</v>
+      </c>
+      <c r="B90" s="73"/>
+      <c r="C90" s="73"/>
+      <c r="D90"/>
+      <c r="E90" s="73"/>
+      <c r="F90" s="73"/>
+      <c r="G90" s="73"/>
+      <c r="H90" s="73"/>
+      <c r="I90" s="123"/>
+      <c r="J90" s="73"/>
+      <c r="K90" s="73"/>
+      <c r="L90" s="11"/>
+      <c r="M90" s="4" t="str">
+        <f t="shared" si="8"/>
+        <v>Antidoter</v>
+      </c>
+      <c r="N90" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O90" s="4" t="e" cm="1">
         <f t="array" ref="O90">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
-      <c r="P90" s="4" t="e">
-[...1 lines deleted...]
-        <v>#REF!</v>
+      <c r="P90" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
       </c>
       <c r="Q90" s="4" t="b">
-        <f>(ISBLANK(H90))</f>
-        <v>0</v>
+        <f t="shared" ref="Q90" si="10">(ISBLANK(H90))</f>
+        <v>1</v>
       </c>
       <c r="R90" s="4">
         <f>ROW()</f>
         <v>90</v>
       </c>
       <c r="S90" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...41 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="91" spans="1:19" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A91" s="119" t="s">
+        <v>2</v>
+      </c>
+      <c r="B91" s="119" t="s">
+        <v>3</v>
+      </c>
+      <c r="C91" s="119" t="s">
+        <v>4</v>
+      </c>
+      <c r="D91" s="31" t="s">
+        <v>336</v>
+      </c>
+      <c r="E91" s="119" t="s">
+        <v>6</v>
+      </c>
+      <c r="F91" s="119" t="s">
+        <v>7</v>
+      </c>
+      <c r="G91" s="119" t="s">
+        <v>8</v>
+      </c>
+      <c r="H91" s="119" t="s">
+        <v>9</v>
+      </c>
+      <c r="I91" s="145" t="s">
+        <v>10</v>
+      </c>
+      <c r="J91" s="119" t="s">
+        <v>11</v>
+      </c>
+      <c r="K91" s="96" t="s">
+        <v>337</v>
+      </c>
+      <c r="L91" s="32" t="s">
+        <v>338</v>
+      </c>
+      <c r="M91" s="4" t="str">
+        <f t="shared" si="8"/>
+        <v>Substans</v>
+      </c>
+      <c r="N91" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O91" s="4" t="e" cm="1">
         <f t="array" ref="O91">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
-      <c r="P91" s="4" t="e">
-[...1 lines deleted...]
-        <v>#REF!</v>
+      <c r="P91" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
       </c>
       <c r="Q91" s="4" t="b">
-        <f>(ISBLANK(H91))</f>
+        <f>(ISBLANK(I91))</f>
         <v>0</v>
       </c>
       <c r="R91" s="4">
         <f>ROW()</f>
         <v>91</v>
       </c>
       <c r="S91" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...25 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="92" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A92" s="223" t="s">
+        <v>339</v>
+      </c>
+      <c r="B92" s="210" t="s">
+        <v>166</v>
+      </c>
+      <c r="C92" s="120" t="s">
+        <v>340</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="E92" s="171" t="s">
+        <v>342</v>
+      </c>
+      <c r="F92" s="171" t="s">
+        <v>39</v>
+      </c>
+      <c r="G92" s="171" t="s">
+        <v>230</v>
+      </c>
+      <c r="H92" s="165" t="s">
+        <v>343</v>
+      </c>
+      <c r="I92" s="126">
+        <v>46409</v>
+      </c>
+      <c r="J92" s="120" t="s">
+        <v>344</v>
+      </c>
+      <c r="K92" s="77">
+        <v>2026825759</v>
+      </c>
+      <c r="L92" s="33"/>
+      <c r="M92" s="4" t="str">
+        <f t="shared" si="8"/>
+        <v>atropinsulfat</v>
+      </c>
+      <c r="N92" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O92" s="4" t="e" cm="1">
         <f t="array" ref="O92">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
-      <c r="P92" s="4" t="e">
-[...1 lines deleted...]
-        <v>#REF!</v>
+      <c r="P92" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
       </c>
       <c r="Q92" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f>(ISBLANK(I92))</f>
         <v>0</v>
       </c>
       <c r="R92" s="4">
         <f>ROW()</f>
         <v>92</v>
       </c>
       <c r="S92" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...36 lines deleted...]
-      <c r="L93" s="79"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="93" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A93" s="223" t="s">
+        <v>345</v>
+      </c>
+      <c r="B93" s="210" t="s">
+        <v>29</v>
+      </c>
+      <c r="C93" s="171" t="s">
+        <v>346</v>
+      </c>
+      <c r="D93" s="9" t="s">
+        <v>347</v>
+      </c>
+      <c r="E93" s="171" t="s">
+        <v>348</v>
+      </c>
+      <c r="F93" s="171" t="s">
+        <v>78</v>
+      </c>
+      <c r="G93" s="171" t="s">
+        <v>33</v>
+      </c>
+      <c r="H93" s="120">
+        <v>840140</v>
+      </c>
+      <c r="I93" s="126">
+        <v>46409</v>
+      </c>
+      <c r="J93" s="120" t="s">
+        <v>344</v>
+      </c>
+      <c r="K93" s="77">
+        <v>2026825764</v>
+      </c>
+      <c r="L93" s="33"/>
       <c r="M93" s="4" t="str">
-        <f>A93</f>
-        <v>terbutalin</v>
+        <f t="shared" si="8"/>
+        <v xml:space="preserve">cyproheptadin-hydro-klorid </v>
       </c>
       <c r="N93" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O93" s="4" t="e" cm="1">
         <f t="array" ref="O93">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
-      <c r="P93" s="4" t="e">
-[...1 lines deleted...]
-        <v>#REF!</v>
+      <c r="P93" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
       </c>
       <c r="Q93" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f>(ISBLANK(I93))</f>
         <v>0</v>
       </c>
       <c r="R93" s="4">
         <f>ROW()</f>
         <v>93</v>
       </c>
       <c r="S93" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...12 lines deleted...]
-      <c r="D94" s="10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="94" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A94" s="223" t="s">
+        <v>349</v>
+      </c>
+      <c r="B94" s="210" t="s">
+        <v>296</v>
+      </c>
+      <c r="C94" s="120" t="s">
+        <v>350</v>
+      </c>
+      <c r="D94" s="9" t="s">
+        <v>351</v>
+      </c>
+      <c r="E94" s="171" t="s">
+        <v>352</v>
+      </c>
+      <c r="F94" s="171" t="s">
+        <v>100</v>
+      </c>
+      <c r="G94" s="171" t="s">
+        <v>353</v>
+      </c>
+      <c r="H94" s="120">
+        <v>843722</v>
+      </c>
+      <c r="I94" s="126">
+        <v>46409</v>
+      </c>
+      <c r="J94" s="120" t="s">
         <v>344</v>
       </c>
-      <c r="E94" s="207" t="s">
-[...29 lines deleted...]
-        <v>1</v>
+      <c r="K94" s="77">
+        <v>2026825765</v>
+      </c>
+      <c r="L94" s="33"/>
+      <c r="M94" s="4" t="e">
+        <f>#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N94" s="4" t="e">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>#REF!</v>
       </c>
       <c r="O94" s="4" t="e" cm="1">
         <f t="array" ref="O94">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
-      <c r="P94" s="4" t="e">
-[...1 lines deleted...]
-        <v>#REF!</v>
+      <c r="P94" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
       </c>
       <c r="Q94" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R94" s="4">
         <f>ROW()</f>
         <v>94</v>
       </c>
       <c r="S94" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...43 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="95" spans="1:19" ht="45" x14ac:dyDescent="0.25">
+      <c r="A95" s="223" t="s">
+        <v>354</v>
+      </c>
+      <c r="B95" s="210" t="s">
+        <v>265</v>
+      </c>
+      <c r="C95" s="171" t="s">
+        <v>355</v>
+      </c>
+      <c r="D95" s="9" t="s">
+        <v>356</v>
+      </c>
+      <c r="E95" s="171" t="s">
+        <v>357</v>
+      </c>
+      <c r="F95" s="171" t="s">
+        <v>71</v>
+      </c>
+      <c r="G95" s="171" t="s">
+        <v>358</v>
+      </c>
+      <c r="H95" s="120">
+        <v>841293</v>
+      </c>
+      <c r="I95" s="126">
+        <v>46409</v>
+      </c>
+      <c r="J95" s="120" t="s">
+        <v>344</v>
+      </c>
+      <c r="K95" s="77">
+        <v>2026825767</v>
+      </c>
+      <c r="L95" s="33"/>
+      <c r="M95" s="4" t="str">
+        <f>A94</f>
+        <v>digitalis-antikroppar</v>
+      </c>
+      <c r="N95" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O95" s="4" t="e" cm="1">
         <f t="array" ref="O95">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
-      <c r="P95" s="4" t="e">
-[...1 lines deleted...]
-        <v>#REF!</v>
+      <c r="P95" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
       </c>
       <c r="Q95" s="4" t="b">
         <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R95" s="4">
         <f>ROW()</f>
         <v>95</v>
       </c>
       <c r="S95" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...41 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="96" spans="1:19" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="223" t="s">
+        <v>359</v>
+      </c>
+      <c r="B96" s="210" t="s">
+        <v>22</v>
+      </c>
+      <c r="C96" s="171" t="s">
+        <v>360</v>
+      </c>
+      <c r="D96" s="9" t="s">
+        <v>361</v>
+      </c>
+      <c r="E96" s="171" t="s">
+        <v>362</v>
+      </c>
+      <c r="F96" s="171" t="s">
+        <v>39</v>
+      </c>
+      <c r="G96" s="171" t="s">
+        <v>363</v>
+      </c>
+      <c r="H96" s="120">
+        <v>826415</v>
+      </c>
+      <c r="I96" s="126">
+        <v>46409</v>
+      </c>
+      <c r="J96" s="120" t="s">
+        <v>344</v>
+      </c>
+      <c r="K96" s="77">
+        <v>2026825769</v>
+      </c>
+      <c r="L96" s="33"/>
+      <c r="M96" s="4" t="e">
+        <f>#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N96" s="4" t="e">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>#REF!</v>
       </c>
       <c r="O96" s="4" t="e" cm="1">
         <f t="array" ref="O96">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
-      <c r="P96" s="4" t="e">
-[...1 lines deleted...]
-        <v>#REF!</v>
+      <c r="P96" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
       </c>
       <c r="Q96" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
+        <f>(ISBLANK(I94))</f>
         <v>0</v>
       </c>
       <c r="R96" s="4">
         <f>ROW()</f>
         <v>96</v>
       </c>
       <c r="S96" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...34 lines deleted...]
-      <c r="L97" s="43"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="97" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A97" s="223" t="s">
+        <v>364</v>
+      </c>
+      <c r="B97" s="210" t="s">
+        <v>22</v>
+      </c>
+      <c r="C97" s="171" t="s">
+        <v>365</v>
+      </c>
+      <c r="D97" s="9" t="s">
+        <v>366</v>
+      </c>
+      <c r="E97" s="171" t="s">
+        <v>367</v>
+      </c>
+      <c r="F97" s="171" t="s">
+        <v>44</v>
+      </c>
+      <c r="G97" s="171" t="s">
+        <v>368</v>
+      </c>
+      <c r="H97" s="120">
+        <v>826413</v>
+      </c>
+      <c r="I97" s="126">
+        <v>46409</v>
+      </c>
+      <c r="J97" s="120" t="s">
+        <v>344</v>
+      </c>
+      <c r="K97" s="77">
+        <v>2026825771</v>
+      </c>
+      <c r="L97" s="33"/>
       <c r="M97" s="4" t="str">
-        <f t="shared" ref="M97:M103" si="8">A97</f>
-        <v>vitamin B1, B6, B12</v>
+        <f t="shared" ref="M97:M103" si="11">A95</f>
+        <v>dimerkapto-bärnstenssyra (dmsa)</v>
       </c>
       <c r="N97" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O97" s="4" t="e" cm="1">
         <f t="array" ref="O97">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
-      <c r="P97" s="4" t="e">
-[...1 lines deleted...]
-        <v>#REF!</v>
+      <c r="P97" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
       </c>
       <c r="Q97" s="4" t="b">
-        <f t="shared" ref="Q97:Q98" si="9">(ISBLANK(H97))</f>
+        <f>(ISBLANK(#REF!))</f>
         <v>0</v>
       </c>
       <c r="R97" s="4">
         <f>ROW()</f>
         <v>97</v>
       </c>
       <c r="S97" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...10 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="98" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A98" s="223" t="s">
+        <v>369</v>
+      </c>
+      <c r="B98" s="210" t="s">
+        <v>146</v>
+      </c>
+      <c r="C98" s="171"/>
+      <c r="D98" s="9" t="s">
+        <v>370</v>
+      </c>
+      <c r="E98" s="171" t="s">
+        <v>371</v>
+      </c>
+      <c r="F98" s="171" t="s">
+        <v>372</v>
+      </c>
+      <c r="G98" s="171" t="s">
+        <v>373</v>
+      </c>
+      <c r="H98" s="120">
+        <v>823299</v>
+      </c>
+      <c r="I98" s="126">
+        <v>46409</v>
+      </c>
+      <c r="J98" s="120" t="s">
+        <v>344</v>
+      </c>
+      <c r="K98" s="77">
+        <v>2026825810</v>
+      </c>
+      <c r="L98" s="33"/>
+      <c r="M98" s="4" t="str">
+        <f t="shared" si="11"/>
+        <v>dimerkapto-propansulfonat (dmps)</v>
+      </c>
+      <c r="N98" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O98" s="4" t="e" cm="1">
         <f t="array" ref="O98">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P98" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q98" s="4" t="b">
-        <f t="shared" si="9"/>
-        <v>1</v>
+        <f t="shared" ref="Q98:Q103" si="12">(ISBLANK(I95))</f>
+        <v>0</v>
       </c>
       <c r="R98" s="4">
         <f>ROW()</f>
         <v>98</v>
       </c>
       <c r="S98" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...19 lines deleted...]
-        <v/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="99" spans="1:19" ht="45" x14ac:dyDescent="0.25">
+      <c r="A99" s="223" t="s">
+        <v>374</v>
+      </c>
+      <c r="B99" s="210" t="s">
+        <v>375</v>
+      </c>
+      <c r="C99" s="171" t="s">
+        <v>30</v>
+      </c>
+      <c r="D99" s="52" t="s">
+        <v>376</v>
+      </c>
+      <c r="E99" s="171" t="s">
+        <v>377</v>
+      </c>
+      <c r="F99" s="171" t="s">
+        <v>39</v>
+      </c>
+      <c r="G99" s="171" t="s">
+        <v>378</v>
+      </c>
+      <c r="H99" s="171" t="s">
+        <v>379</v>
+      </c>
+      <c r="I99" s="126">
+        <v>46212</v>
+      </c>
+      <c r="J99" s="120" t="s">
+        <v>28</v>
+      </c>
+      <c r="K99" s="77">
+        <v>2025796210</v>
+      </c>
+      <c r="L99" s="33"/>
+      <c r="M99" s="4" t="str">
+        <f t="shared" si="11"/>
+        <v>fentolamin</v>
+      </c>
+      <c r="N99" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
       </c>
       <c r="O99" s="4" t="e" cm="1">
         <f t="array" ref="O99">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P99" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q99" s="4" t="b">
-        <f>(ISBLANK(H89))</f>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="R99" s="4">
         <f>ROW()</f>
         <v>99</v>
       </c>
       <c r="S99" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...16 lines deleted...]
-      <c r="L100" s="11"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="100" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A100" s="223" t="s">
+        <v>380</v>
+      </c>
+      <c r="B100" s="210" t="s">
+        <v>166</v>
+      </c>
+      <c r="C100" s="171" t="s">
+        <v>381</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E100" s="171" t="s">
+        <v>383</v>
+      </c>
+      <c r="F100" s="171" t="s">
+        <v>78</v>
+      </c>
+      <c r="G100" s="171" t="s">
+        <v>363</v>
+      </c>
+      <c r="H100" s="120">
+        <v>784868</v>
+      </c>
+      <c r="I100" s="126">
+        <v>46409</v>
+      </c>
+      <c r="J100" s="120" t="s">
+        <v>344</v>
+      </c>
+      <c r="K100" s="77">
+        <v>2026825811</v>
+      </c>
+      <c r="L100" s="33"/>
       <c r="M100" s="4" t="str">
-        <f t="shared" si="8"/>
-        <v>Antidoter</v>
+        <f t="shared" si="11"/>
+        <v>immunserum mot huggormsgift</v>
       </c>
       <c r="N100" s="4">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v>1</v>
       </c>
       <c r="O100" s="4" t="e" cm="1">
         <f t="array" ref="O100">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P100" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q100" s="4" t="b">
-        <f t="shared" ref="Q100" si="10">(ISBLANK(H100))</f>
-        <v>1</v>
+        <f t="shared" si="12"/>
+        <v>0</v>
       </c>
       <c r="R100" s="4">
         <f>ROW()</f>
         <v>100</v>
       </c>
       <c r="S100" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...38 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="101" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A101" s="223" t="s">
+        <v>384</v>
+      </c>
+      <c r="B101" s="210" t="s">
+        <v>146</v>
+      </c>
+      <c r="C101" s="171" t="s">
+        <v>385</v>
+      </c>
+      <c r="D101" s="9" t="s">
+        <v>386</v>
+      </c>
+      <c r="E101" s="171" t="s">
+        <v>387</v>
+      </c>
+      <c r="F101" s="171" t="s">
+        <v>39</v>
+      </c>
+      <c r="G101" s="171" t="s">
+        <v>224</v>
+      </c>
+      <c r="H101" s="120">
+        <v>843044</v>
+      </c>
+      <c r="I101" s="126">
+        <v>46409</v>
+      </c>
+      <c r="J101" s="120" t="s">
+        <v>344</v>
+      </c>
+      <c r="K101" s="77">
+        <v>2026825812</v>
+      </c>
+      <c r="L101" s="33"/>
       <c r="M101" s="4" t="str">
-        <f t="shared" si="8"/>
-[...636 lines deleted...]
-      <c r="M111" s="4" t="str">
         <f t="shared" si="11"/>
         <v>Kalciumkarbonat 
 Kalciumlaktoglukonat</v>
       </c>
-      <c r="N111" s="4">
-[...1 lines deleted...]
-        <v>1</v>
+      <c r="N101" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
+      </c>
+      <c r="O101" s="4" t="e" cm="1">
+        <f t="array" ref="O101">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P101" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
+      </c>
+      <c r="Q101" s="4" t="b">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="R101" s="4">
+        <f>ROW()</f>
+        <v>101</v>
+      </c>
+      <c r="S101" s="4">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="102" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A102" s="223" t="s">
+        <v>388</v>
+      </c>
+      <c r="B102" s="210" t="s">
+        <v>22</v>
+      </c>
+      <c r="C102" s="120" t="s">
+        <v>389</v>
+      </c>
+      <c r="D102" s="9" t="s">
+        <v>390</v>
+      </c>
+      <c r="E102" s="171" t="s">
+        <v>342</v>
+      </c>
+      <c r="F102" s="171" t="s">
+        <v>39</v>
+      </c>
+      <c r="G102" s="171" t="s">
+        <v>363</v>
+      </c>
+      <c r="H102" s="120">
+        <v>825583</v>
+      </c>
+      <c r="I102" s="126">
+        <v>46409</v>
+      </c>
+      <c r="J102" s="120" t="s">
+        <v>344</v>
+      </c>
+      <c r="K102" s="77">
+        <v>2026825813</v>
+      </c>
+      <c r="L102" s="33"/>
+      <c r="M102" s="4" t="str">
+        <f t="shared" si="11"/>
+        <v>levokarnitin</v>
+      </c>
+      <c r="N102" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
+      </c>
+      <c r="O102" s="4" t="e" cm="1">
+        <f t="array" ref="O102">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P102" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
+      </c>
+      <c r="Q102" s="4" t="b">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="R102" s="4">
+        <f>ROW()</f>
+        <v>102</v>
+      </c>
+      <c r="S102" s="4">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="103" spans="1:19" ht="30" x14ac:dyDescent="0.25">
+      <c r="A103" s="223" t="s">
+        <v>391</v>
+      </c>
+      <c r="B103" s="210" t="s">
+        <v>244</v>
+      </c>
+      <c r="C103" s="120" t="s">
+        <v>350</v>
+      </c>
+      <c r="D103" s="9" t="s">
+        <v>392</v>
+      </c>
+      <c r="E103" s="171" t="s">
+        <v>393</v>
+      </c>
+      <c r="F103" s="109" t="s">
+        <v>39</v>
+      </c>
+      <c r="G103" s="171" t="s">
+        <v>157</v>
+      </c>
+      <c r="H103" s="120">
+        <v>789820</v>
+      </c>
+      <c r="I103" s="126">
+        <v>46245</v>
+      </c>
+      <c r="J103" s="120" t="s">
+        <v>344</v>
+      </c>
+      <c r="K103" s="77">
+        <v>2025800114</v>
+      </c>
+      <c r="L103" s="33"/>
+      <c r="M103" s="4" t="str">
+        <f t="shared" si="11"/>
+        <v>obidoxim</v>
+      </c>
+      <c r="N103" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
+      </c>
+      <c r="O103" s="4" t="e" cm="1">
+        <f t="array" ref="O103">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P103" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
+      </c>
+      <c r="Q103" s="4" t="b">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="R103" s="4">
+        <f>ROW()</f>
+        <v>103</v>
+      </c>
+      <c r="S103" s="4">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="104" spans="1:19" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="210" t="s">
+        <v>394</v>
+      </c>
+      <c r="B104" s="210" t="s">
+        <v>395</v>
+      </c>
+      <c r="C104" s="171" t="s">
+        <v>396</v>
+      </c>
+      <c r="D104" s="9" t="s">
+        <v>397</v>
+      </c>
+      <c r="E104" s="171" t="s">
+        <v>398</v>
+      </c>
+      <c r="F104" s="171" t="s">
+        <v>88</v>
+      </c>
+      <c r="G104" s="171" t="s">
+        <v>399</v>
+      </c>
+      <c r="H104" s="316">
+        <v>848106</v>
+      </c>
+      <c r="I104" s="317">
+        <v>46183</v>
+      </c>
+      <c r="J104" s="316" t="s">
+        <v>344</v>
+      </c>
+      <c r="K104" s="318">
+        <v>2025791175</v>
+      </c>
+      <c r="L104" s="443"/>
+      <c r="M104" s="4" t="str">
+        <f t="shared" ref="M104:M148" si="13">A104</f>
+        <v>silibinin</v>
+      </c>
+      <c r="N104" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
+      </c>
+      <c r="O104" s="4" t="e" cm="1">
+        <f t="array" ref="O104">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P104" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
+      </c>
+      <c r="Q104" s="4" t="b">
+        <f>(ISBLANK(I103))</f>
+        <v>0</v>
+      </c>
+      <c r="R104" s="4">
+        <f>ROW()</f>
+        <v>104</v>
+      </c>
+      <c r="S104" s="4">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="105" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="E105" s="189"/>
+      <c r="I105" s="146"/>
+      <c r="J105" s="122"/>
+      <c r="M105" s="4">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="N105" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
+      </c>
+      <c r="O105" s="4" t="e" cm="1">
+        <f t="array" ref="O105">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P105" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
+      </c>
+      <c r="Q105" s="4" t="b">
+        <f>(ISBLANK(#REF!))</f>
+        <v>0</v>
+      </c>
+      <c r="R105" s="4">
+        <f>ROW()</f>
+        <v>105</v>
+      </c>
+      <c r="S105" s="4">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="106" spans="1:19" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A106" s="224" t="s">
+        <v>400</v>
+      </c>
+      <c r="H106" s="172"/>
+      <c r="M106" s="4" t="str">
+        <f t="shared" si="13"/>
+        <v>Särskilt tillstånd att expediera recept när generell licens finns</v>
+      </c>
+      <c r="N106" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
+      </c>
+      <c r="O106" s="4" t="e" cm="1">
+        <f t="array" ref="O106">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P106" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
+      </c>
+      <c r="Q106" s="4" t="b">
+        <f>(ISBLANK(H104))</f>
+        <v>0</v>
+      </c>
+      <c r="R106" s="4">
+        <f>ROW()</f>
+        <v>106</v>
+      </c>
+      <c r="S106" s="4">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="107" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="M107" s="4">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="N107" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
+      </c>
+      <c r="O107" s="4" t="e" cm="1">
+        <f t="array" ref="O107">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P107" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
+      </c>
+      <c r="Q107" s="4" t="b">
+        <f t="shared" ref="Q107:Q152" si="14">(ISBLANK(H106))</f>
+        <v>1</v>
+      </c>
+      <c r="R107" s="4">
+        <f>ROW()</f>
+        <v>107</v>
+      </c>
+      <c r="S107" s="4">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="108" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A108" s="225" t="s">
+        <v>413</v>
+      </c>
+      <c r="M108" s="4" t="str">
+        <f t="shared" si="13"/>
+        <v>Uppdaterad 2026-03-19</v>
+      </c>
+      <c r="N108" s="4">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v>1</v>
+      </c>
+      <c r="O108" s="4" t="e" cm="1">
+        <f t="array" ref="O108">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P108" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
+      </c>
+      <c r="Q108" s="4" t="b">
+        <f t="shared" si="14"/>
+        <v>1</v>
+      </c>
+      <c r="R108" s="4">
+        <f>ROW()</f>
+        <v>108</v>
+      </c>
+      <c r="S108" s="4">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="109" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="M109" s="4">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="N109" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
+      </c>
+      <c r="O109" s="4" t="e" cm="1">
+        <f t="array" ref="O109">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P109" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
+      </c>
+      <c r="Q109" s="4" t="b">
+        <f t="shared" si="14"/>
+        <v>1</v>
+      </c>
+      <c r="R109" s="4">
+        <f>ROW()</f>
+        <v>109</v>
+      </c>
+      <c r="S109" s="4">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="110" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="M110" s="4">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="N110" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
+      </c>
+      <c r="O110" s="4" t="e" cm="1">
+        <f t="array" ref="O110">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P110" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
+        <v/>
+      </c>
+      <c r="Q110" s="4" t="b">
+        <f t="shared" si="14"/>
+        <v>1</v>
+      </c>
+      <c r="R110" s="4">
+        <f>ROW()</f>
+        <v>110</v>
+      </c>
+      <c r="S110" s="4">
+        <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="111" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="M111" s="4">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="N111" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O111" s="4" t="e" cm="1">
         <f t="array" ref="O111">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P111" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q111" s="4" t="b">
-        <f t="shared" si="12"/>
-        <v>0</v>
+        <f t="shared" si="14"/>
+        <v>1</v>
       </c>
       <c r="R111" s="4">
         <f>ROW()</f>
         <v>111</v>
       </c>
       <c r="S111" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...43 lines deleted...]
-        <v>1</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="112" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="M112" s="4">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="N112" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O112" s="4" t="e" cm="1">
         <f t="array" ref="O112">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P112" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q112" s="4" t="b">
-        <f t="shared" si="12"/>
-        <v>0</v>
+        <f t="shared" si="14"/>
+        <v>1</v>
       </c>
       <c r="R112" s="4">
         <f>ROW()</f>
         <v>112</v>
       </c>
       <c r="S112" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...43 lines deleted...]
-        <v>1</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="113" spans="13:19" x14ac:dyDescent="0.25">
+      <c r="M113" s="4">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="N113" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O113" s="4" t="e" cm="1">
         <f t="array" ref="O113">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P113" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q113" s="4" t="b">
-        <f t="shared" si="12"/>
-        <v>0</v>
+        <f t="shared" si="14"/>
+        <v>1</v>
       </c>
       <c r="R113" s="4">
         <f>ROW()</f>
         <v>113</v>
       </c>
       <c r="S113" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...43 lines deleted...]
-        <v>1</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="114" spans="13:19" x14ac:dyDescent="0.25">
+      <c r="M114" s="4">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="N114" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O114" s="4" t="e" cm="1">
         <f t="array" ref="O114">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P114" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q114" s="4" t="b">
-        <f>(ISBLANK(I113))</f>
-        <v>0</v>
+        <f t="shared" si="14"/>
+        <v>1</v>
       </c>
       <c r="R114" s="4">
         <f>ROW()</f>
         <v>114</v>
       </c>
       <c r="S114" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...5 lines deleted...]
-      <c r="J115" s="138"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="115" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M115" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N115" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O115" s="4" t="e" cm="1">
         <f t="array" ref="O115">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P115" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q115" s="4" t="b">
-        <f>(ISBLANK(#REF!))</f>
-        <v>0</v>
+        <f t="shared" si="14"/>
+        <v>1</v>
       </c>
       <c r="R115" s="4">
         <f>ROW()</f>
         <v>115</v>
       </c>
       <c r="S115" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...7 lines deleted...]
-      <c r="M116" s="4" t="str">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="116" spans="13:19" x14ac:dyDescent="0.25">
+      <c r="M116" s="4">
         <f t="shared" si="13"/>
-        <v>Särskilt tillstånd att expediera recept när generell licens finns</v>
-[...3 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="N116" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O116" s="4" t="e" cm="1">
         <f t="array" ref="O116">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P116" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q116" s="4" t="b">
-        <f>(ISBLANK(H114))</f>
-        <v>0</v>
+        <f t="shared" si="14"/>
+        <v>1</v>
       </c>
       <c r="R116" s="4">
         <f>ROW()</f>
         <v>116</v>
       </c>
       <c r="S116" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:19" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="117" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M117" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N117" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O117" s="4" t="e" cm="1">
         <f t="array" ref="O117">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P117" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q117" s="4" t="b">
-        <f t="shared" ref="Q117:Q162" si="14">(ISBLANK(H116))</f>
+        <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R117" s="4">
         <f>ROW()</f>
         <v>117</v>
       </c>
       <c r="S117" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...6 lines deleted...]
-      <c r="M118" s="4" t="str">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="118" spans="13:19" x14ac:dyDescent="0.25">
+      <c r="M118" s="4">
         <f t="shared" si="13"/>
-        <v>Uppdaterad 2026-02-11</v>
-[...3 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="N118" s="4" t="str">
+        <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
+        <v/>
       </c>
       <c r="O118" s="4" t="e" cm="1">
         <f t="array" ref="O118">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P118" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q118" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R118" s="4">
         <f>ROW()</f>
         <v>118</v>
       </c>
       <c r="S118" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:19" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="119" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M119" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N119" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O119" s="4" t="e" cm="1">
         <f t="array" ref="O119">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P119" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q119" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R119" s="4">
         <f>ROW()</f>
         <v>119</v>
       </c>
       <c r="S119" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:19" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="120" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M120" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N120" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O120" s="4" t="e" cm="1">
         <f t="array" ref="O120">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P120" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q120" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R120" s="4">
         <f>ROW()</f>
         <v>120</v>
       </c>
       <c r="S120" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:19" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="121" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M121" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N121" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O121" s="4" t="e" cm="1">
         <f t="array" ref="O121">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P121" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q121" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R121" s="4">
         <f>ROW()</f>
         <v>121</v>
       </c>
       <c r="S121" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:19" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="122" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M122" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N122" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O122" s="4" t="e" cm="1">
         <f t="array" ref="O122">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P122" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q122" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R122" s="4">
         <f>ROW()</f>
         <v>122</v>
       </c>
       <c r="S122" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:19" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="123" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M123" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N123" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O123" s="4" t="e" cm="1">
         <f t="array" ref="O123">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P123" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q123" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R123" s="4">
         <f>ROW()</f>
         <v>123</v>
       </c>
       <c r="S123" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:19" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="124" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M124" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N124" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O124" s="4" t="e" cm="1">
         <f t="array" ref="O124">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P124" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q124" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R124" s="4">
         <f>ROW()</f>
         <v>124</v>
       </c>
       <c r="S124" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:19" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="125" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M125" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N125" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O125" s="4" t="e" cm="1">
         <f t="array" ref="O125">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P125" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q125" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R125" s="4">
         <f>ROW()</f>
         <v>125</v>
       </c>
       <c r="S125" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:19" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="126" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M126" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N126" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O126" s="4" t="e" cm="1">
         <f t="array" ref="O126">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P126" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q126" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R126" s="4">
         <f>ROW()</f>
         <v>126</v>
       </c>
       <c r="S126" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:19" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="127" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M127" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N127" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O127" s="4" t="e" cm="1">
         <f t="array" ref="O127">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P127" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q127" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R127" s="4">
         <f>ROW()</f>
         <v>127</v>
       </c>
       <c r="S127" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:19" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="128" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M128" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N128" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O128" s="4" t="e" cm="1">
         <f t="array" ref="O128">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P128" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q128" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R128" s="4">
         <f>ROW()</f>
         <v>128</v>
       </c>
       <c r="S128" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="129" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M129" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N129" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O129" s="4" t="e" cm="1">
         <f t="array" ref="O129">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P129" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q129" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R129" s="4">
         <f>ROW()</f>
         <v>129</v>
       </c>
       <c r="S129" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="130" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M130" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N130" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O130" s="4" t="e" cm="1">
         <f t="array" ref="O130">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P130" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q130" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R130" s="4">
         <f>ROW()</f>
         <v>130</v>
       </c>
       <c r="S130" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="131" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M131" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N131" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O131" s="4" t="e" cm="1">
         <f t="array" ref="O131">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P131" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q131" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R131" s="4">
         <f>ROW()</f>
         <v>131</v>
       </c>
       <c r="S131" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="132" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M132" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N132" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O132" s="4" t="e" cm="1">
         <f t="array" ref="O132">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P132" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q132" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R132" s="4">
         <f>ROW()</f>
         <v>132</v>
       </c>
       <c r="S132" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="133" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M133" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N133" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O133" s="4" t="e" cm="1">
         <f t="array" ref="O133">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P133" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q133" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R133" s="4">
         <f>ROW()</f>
         <v>133</v>
       </c>
       <c r="S133" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="134" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M134" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N134" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O134" s="4" t="e" cm="1">
         <f t="array" ref="O134">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P134" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q134" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R134" s="4">
         <f>ROW()</f>
         <v>134</v>
       </c>
       <c r="S134" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="135" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M135" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N135" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O135" s="4" t="e" cm="1">
         <f t="array" ref="O135">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P135" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q135" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R135" s="4">
         <f>ROW()</f>
         <v>135</v>
       </c>
       <c r="S135" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="136" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M136" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N136" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O136" s="4" t="e" cm="1">
         <f t="array" ref="O136">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P136" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q136" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R136" s="4">
         <f>ROW()</f>
         <v>136</v>
       </c>
       <c r="S136" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="137" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M137" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N137" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O137" s="4" t="e" cm="1">
         <f t="array" ref="O137">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P137" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q137" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R137" s="4">
         <f>ROW()</f>
         <v>137</v>
       </c>
       <c r="S137" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="138" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M138" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N138" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O138" s="4" t="e" cm="1">
         <f t="array" ref="O138">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P138" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q138" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R138" s="4">
         <f>ROW()</f>
         <v>138</v>
       </c>
       <c r="S138" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="139" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M139" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N139" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O139" s="4" t="e" cm="1">
         <f t="array" ref="O139">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P139" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q139" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R139" s="4">
         <f>ROW()</f>
         <v>139</v>
       </c>
       <c r="S139" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="140" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M140" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N140" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O140" s="4" t="e" cm="1">
         <f t="array" ref="O140">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P140" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q140" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R140" s="4">
         <f>ROW()</f>
         <v>140</v>
       </c>
       <c r="S140" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="141" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M141" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N141" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O141" s="4" t="e" cm="1">
         <f t="array" ref="O141">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P141" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q141" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R141" s="4">
         <f>ROW()</f>
         <v>141</v>
       </c>
       <c r="S141" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="142" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M142" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N142" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O142" s="4" t="e" cm="1">
         <f t="array" ref="O142">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P142" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q142" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R142" s="4">
         <f>ROW()</f>
         <v>142</v>
       </c>
       <c r="S142" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="143" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M143" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N143" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O143" s="4" t="e" cm="1">
         <f t="array" ref="O143">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P143" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q143" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R143" s="4">
         <f>ROW()</f>
         <v>143</v>
       </c>
       <c r="S143" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="144" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M144" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N144" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O144" s="4" t="e" cm="1">
         <f t="array" ref="O144">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P144" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q144" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R144" s="4">
         <f>ROW()</f>
         <v>144</v>
       </c>
       <c r="S144" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="145" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M145" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N145" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O145" s="4" t="e" cm="1">
         <f t="array" ref="O145">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P145" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q145" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R145" s="4">
         <f>ROW()</f>
         <v>145</v>
       </c>
       <c r="S145" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="146" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M146" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N146" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O146" s="4" t="e" cm="1">
         <f t="array" ref="O146">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P146" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q146" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R146" s="4">
         <f>ROW()</f>
         <v>146</v>
       </c>
       <c r="S146" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="147" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M147" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N147" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O147" s="4" t="e" cm="1">
         <f t="array" ref="O147">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P147" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q147" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R147" s="4">
         <f>ROW()</f>
         <v>147</v>
       </c>
       <c r="S147" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="148" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M148" s="4">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N148" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O148" s="4" t="e" cm="1">
         <f t="array" ref="O148">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P148" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q148" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R148" s="4">
         <f>ROW()</f>
         <v>148</v>
       </c>
       <c r="S148" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="149" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M149" s="4">
-        <f t="shared" si="13"/>
+        <f t="shared" ref="M149:M212" si="15">A149</f>
         <v>0</v>
       </c>
       <c r="N149" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O149" s="4" t="e" cm="1">
         <f t="array" ref="O149">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P149" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q149" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R149" s="4">
         <f>ROW()</f>
         <v>149</v>
       </c>
       <c r="S149" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="150" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M150" s="4">
-        <f t="shared" si="13"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N150" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O150" s="4" t="e" cm="1">
         <f t="array" ref="O150">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P150" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q150" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R150" s="4">
         <f>ROW()</f>
         <v>150</v>
       </c>
       <c r="S150" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="151" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M151" s="4">
-        <f t="shared" si="13"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N151" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O151" s="4" t="e" cm="1">
         <f t="array" ref="O151">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P151" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q151" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R151" s="4">
         <f>ROW()</f>
         <v>151</v>
       </c>
       <c r="S151" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="152" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M152" s="4">
-        <f t="shared" si="13"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N152" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O152" s="4" t="e" cm="1">
         <f t="array" ref="O152">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P152" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q152" s="4" t="b">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="R152" s="4">
         <f>ROW()</f>
         <v>152</v>
       </c>
       <c r="S152" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="153" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M153" s="4">
-        <f t="shared" si="13"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N153" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O153" s="4" t="e" cm="1">
         <f t="array" ref="O153">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P153" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q153" s="4" t="b">
-        <f t="shared" si="14"/>
+        <f t="shared" ref="Q153:Q216" si="16">(ISBLANK(H152))</f>
         <v>1</v>
       </c>
       <c r="R153" s="4">
         <f>ROW()</f>
         <v>153</v>
       </c>
       <c r="S153" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="154" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M154" s="4">
-        <f t="shared" si="13"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N154" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O154" s="4" t="e" cm="1">
         <f t="array" ref="O154">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P154" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q154" s="4" t="b">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R154" s="4">
         <f>ROW()</f>
         <v>154</v>
       </c>
       <c r="S154" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="155" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M155" s="4">
-        <f t="shared" si="13"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N155" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O155" s="4" t="e" cm="1">
         <f t="array" ref="O155">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P155" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q155" s="4" t="b">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R155" s="4">
         <f>ROW()</f>
         <v>155</v>
       </c>
       <c r="S155" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="156" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M156" s="4">
-        <f t="shared" si="13"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N156" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O156" s="4" t="e" cm="1">
         <f t="array" ref="O156">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P156" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q156" s="4" t="b">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R156" s="4">
         <f>ROW()</f>
         <v>156</v>
       </c>
       <c r="S156" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="157" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M157" s="4">
-        <f t="shared" si="13"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N157" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O157" s="4" t="e" cm="1">
         <f t="array" ref="O157">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P157" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q157" s="4" t="b">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R157" s="4">
         <f>ROW()</f>
         <v>157</v>
       </c>
       <c r="S157" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="158" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M158" s="4">
-        <f t="shared" si="13"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N158" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O158" s="4" t="e" cm="1">
         <f t="array" ref="O158">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P158" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q158" s="4" t="b">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R158" s="4">
         <f>ROW()</f>
         <v>158</v>
       </c>
       <c r="S158" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="159" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M159" s="4">
-        <f t="shared" ref="M159:M222" si="15">A159</f>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N159" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O159" s="4" t="e" cm="1">
         <f t="array" ref="O159">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P159" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q159" s="4" t="b">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R159" s="4">
         <f>ROW()</f>
         <v>159</v>
       </c>
       <c r="S159" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="160" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M160" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N160" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O160" s="4" t="e" cm="1">
         <f t="array" ref="O160">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P160" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q160" s="4" t="b">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R160" s="4">
         <f>ROW()</f>
         <v>160</v>
       </c>
       <c r="S160" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="161" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M161" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N161" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O161" s="4" t="e" cm="1">
         <f t="array" ref="O161">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P161" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q161" s="4" t="b">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R161" s="4">
         <f>ROW()</f>
         <v>161</v>
       </c>
       <c r="S161" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="162" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M162" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N162" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O162" s="4" t="e" cm="1">
         <f t="array" ref="O162">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P162" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q162" s="4" t="b">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R162" s="4">
         <f>ROW()</f>
         <v>162</v>
       </c>
       <c r="S162" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="163" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M163" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N163" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O163" s="4" t="e" cm="1">
         <f t="array" ref="O163">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P163" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q163" s="4" t="b">
-        <f t="shared" ref="Q163:Q226" si="16">(ISBLANK(H162))</f>
+        <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R163" s="4">
         <f>ROW()</f>
         <v>163</v>
       </c>
       <c r="S163" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="164" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M164" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N164" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O164" s="4" t="e" cm="1">
         <f t="array" ref="O164">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P164" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q164" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R164" s="4">
         <f>ROW()</f>
         <v>164</v>
       </c>
       <c r="S164" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="165" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M165" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N165" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O165" s="4" t="e" cm="1">
         <f t="array" ref="O165">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P165" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q165" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R165" s="4">
         <f>ROW()</f>
         <v>165</v>
       </c>
       <c r="S165" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="166" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M166" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N166" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O166" s="4" t="e" cm="1">
         <f t="array" ref="O166">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P166" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q166" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R166" s="4">
         <f>ROW()</f>
         <v>166</v>
       </c>
       <c r="S166" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="167" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M167" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N167" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O167" s="4" t="e" cm="1">
         <f t="array" ref="O167">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P167" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q167" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R167" s="4">
         <f>ROW()</f>
         <v>167</v>
       </c>
       <c r="S167" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="168" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M168" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N168" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O168" s="4" t="e" cm="1">
         <f t="array" ref="O168">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P168" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q168" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R168" s="4">
         <f>ROW()</f>
         <v>168</v>
       </c>
       <c r="S168" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="169" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M169" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N169" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O169" s="4" t="e" cm="1">
         <f t="array" ref="O169">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P169" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q169" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R169" s="4">
         <f>ROW()</f>
         <v>169</v>
       </c>
       <c r="S169" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="170" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M170" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N170" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O170" s="4" t="e" cm="1">
         <f t="array" ref="O170">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P170" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q170" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R170" s="4">
         <f>ROW()</f>
         <v>170</v>
       </c>
       <c r="S170" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="171" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M171" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N171" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O171" s="4" t="e" cm="1">
         <f t="array" ref="O171">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P171" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q171" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R171" s="4">
         <f>ROW()</f>
         <v>171</v>
       </c>
       <c r="S171" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="172" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M172" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N172" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O172" s="4" t="e" cm="1">
         <f t="array" ref="O172">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P172" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q172" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R172" s="4">
         <f>ROW()</f>
         <v>172</v>
       </c>
       <c r="S172" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="173" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M173" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N173" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O173" s="4" t="e" cm="1">
         <f t="array" ref="O173">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P173" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q173" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R173" s="4">
         <f>ROW()</f>
         <v>173</v>
       </c>
       <c r="S173" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="174" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M174" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N174" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O174" s="4" t="e" cm="1">
         <f t="array" ref="O174">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P174" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q174" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R174" s="4">
         <f>ROW()</f>
         <v>174</v>
       </c>
       <c r="S174" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="175" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M175" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N175" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O175" s="4" t="e" cm="1">
         <f t="array" ref="O175">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P175" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q175" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R175" s="4">
         <f>ROW()</f>
         <v>175</v>
       </c>
       <c r="S175" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="176" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M176" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N176" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O176" s="4" t="e" cm="1">
         <f t="array" ref="O176">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P176" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q176" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R176" s="4">
         <f>ROW()</f>
         <v>176</v>
       </c>
       <c r="S176" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="177" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M177" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N177" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O177" s="4" t="e" cm="1">
         <f t="array" ref="O177">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P177" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q177" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R177" s="4">
         <f>ROW()</f>
         <v>177</v>
       </c>
       <c r="S177" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="178" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M178" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N178" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O178" s="4" t="e" cm="1">
         <f t="array" ref="O178">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P178" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q178" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R178" s="4">
         <f>ROW()</f>
         <v>178</v>
       </c>
       <c r="S178" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="179" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M179" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N179" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O179" s="4" t="e" cm="1">
         <f t="array" ref="O179">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P179" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q179" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R179" s="4">
         <f>ROW()</f>
         <v>179</v>
       </c>
       <c r="S179" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="180" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M180" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N180" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O180" s="4" t="e" cm="1">
         <f t="array" ref="O180">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P180" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q180" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R180" s="4">
         <f>ROW()</f>
         <v>180</v>
       </c>
       <c r="S180" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="181" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M181" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N181" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O181" s="4" t="e" cm="1">
         <f t="array" ref="O181">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P181" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q181" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R181" s="4">
         <f>ROW()</f>
         <v>181</v>
       </c>
       <c r="S181" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="182" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M182" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N182" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O182" s="4" t="e" cm="1">
         <f t="array" ref="O182">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P182" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q182" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R182" s="4">
         <f>ROW()</f>
         <v>182</v>
       </c>
       <c r="S182" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="183" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M183" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N183" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O183" s="4" t="e" cm="1">
         <f t="array" ref="O183">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P183" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q183" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R183" s="4">
         <f>ROW()</f>
         <v>183</v>
       </c>
       <c r="S183" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="184" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M184" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N184" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O184" s="4" t="e" cm="1">
         <f t="array" ref="O184">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P184" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q184" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R184" s="4">
         <f>ROW()</f>
         <v>184</v>
       </c>
       <c r="S184" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="185" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M185" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N185" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O185" s="4" t="e" cm="1">
         <f t="array" ref="O185">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P185" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q185" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R185" s="4">
         <f>ROW()</f>
         <v>185</v>
       </c>
       <c r="S185" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="186" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M186" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N186" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O186" s="4" t="e" cm="1">
         <f t="array" ref="O186">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P186" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q186" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R186" s="4">
         <f>ROW()</f>
         <v>186</v>
       </c>
       <c r="S186" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="187" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M187" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N187" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O187" s="4" t="e" cm="1">
         <f t="array" ref="O187">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P187" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q187" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R187" s="4">
         <f>ROW()</f>
         <v>187</v>
       </c>
       <c r="S187" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="188" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M188" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N188" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O188" s="4" t="e" cm="1">
         <f t="array" ref="O188">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P188" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q188" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R188" s="4">
         <f>ROW()</f>
         <v>188</v>
       </c>
       <c r="S188" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="189" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M189" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N189" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O189" s="4" t="e" cm="1">
         <f t="array" ref="O189">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P189" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q189" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R189" s="4">
         <f>ROW()</f>
         <v>189</v>
       </c>
       <c r="S189" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="190" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M190" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N190" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O190" s="4" t="e" cm="1">
         <f t="array" ref="O190">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P190" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q190" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R190" s="4">
         <f>ROW()</f>
         <v>190</v>
       </c>
       <c r="S190" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="191" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M191" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N191" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O191" s="4" t="e" cm="1">
         <f t="array" ref="O191">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P191" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q191" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R191" s="4">
         <f>ROW()</f>
         <v>191</v>
       </c>
       <c r="S191" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="192" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M192" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N192" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O192" s="4" t="e" cm="1">
         <f t="array" ref="O192">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P192" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q192" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R192" s="4">
         <f>ROW()</f>
         <v>192</v>
       </c>
       <c r="S192" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="193" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M193" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N193" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O193" s="4" t="e" cm="1">
         <f t="array" ref="O193">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P193" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q193" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R193" s="4">
         <f>ROW()</f>
         <v>193</v>
       </c>
       <c r="S193" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="194" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M194" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N194" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O194" s="4" t="e" cm="1">
         <f t="array" ref="O194">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P194" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q194" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R194" s="4">
         <f>ROW()</f>
         <v>194</v>
       </c>
       <c r="S194" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="195" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M195" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N195" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O195" s="4" t="e" cm="1">
         <f t="array" ref="O195">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P195" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q195" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R195" s="4">
         <f>ROW()</f>
         <v>195</v>
       </c>
       <c r="S195" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="196" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M196" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N196" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O196" s="4" t="e" cm="1">
         <f t="array" ref="O196">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P196" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q196" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R196" s="4">
         <f>ROW()</f>
         <v>196</v>
       </c>
       <c r="S196" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="197" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M197" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N197" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O197" s="4" t="e" cm="1">
         <f t="array" ref="O197">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P197" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q197" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R197" s="4">
         <f>ROW()</f>
         <v>197</v>
       </c>
       <c r="S197" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="198" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M198" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N198" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O198" s="4" t="e" cm="1">
         <f t="array" ref="O198">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P198" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q198" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R198" s="4">
         <f>ROW()</f>
         <v>198</v>
       </c>
       <c r="S198" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="199" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M199" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N199" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O199" s="4" t="e" cm="1">
         <f t="array" ref="O199">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P199" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q199" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R199" s="4">
         <f>ROW()</f>
         <v>199</v>
       </c>
       <c r="S199" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="200" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M200" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N200" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O200" s="4" t="e" cm="1">
         <f t="array" ref="O200">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P200" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q200" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R200" s="4">
         <f>ROW()</f>
         <v>200</v>
       </c>
       <c r="S200" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="201" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M201" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N201" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O201" s="4" t="e" cm="1">
         <f t="array" ref="O201">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P201" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q201" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R201" s="4">
         <f>ROW()</f>
         <v>201</v>
       </c>
       <c r="S201" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="202" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M202" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N202" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O202" s="4" t="e" cm="1">
         <f t="array" ref="O202">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P202" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q202" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R202" s="4">
         <f>ROW()</f>
         <v>202</v>
       </c>
       <c r="S202" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="203" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M203" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N203" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O203" s="4" t="e" cm="1">
         <f t="array" ref="O203">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P203" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q203" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R203" s="4">
         <f>ROW()</f>
         <v>203</v>
       </c>
       <c r="S203" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="204" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M204" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N204" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O204" s="4" t="e" cm="1">
         <f t="array" ref="O204">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P204" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q204" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R204" s="4">
         <f>ROW()</f>
         <v>204</v>
       </c>
       <c r="S204" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="205" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M205" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N205" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O205" s="4" t="e" cm="1">
         <f t="array" ref="O205">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P205" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q205" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R205" s="4">
         <f>ROW()</f>
         <v>205</v>
       </c>
       <c r="S205" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="206" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M206" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N206" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O206" s="4" t="e" cm="1">
         <f t="array" ref="O206">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P206" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q206" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R206" s="4">
         <f>ROW()</f>
         <v>206</v>
       </c>
       <c r="S206" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="207" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M207" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N207" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O207" s="4" t="e" cm="1">
         <f t="array" ref="O207">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P207" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q207" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R207" s="4">
         <f>ROW()</f>
         <v>207</v>
       </c>
       <c r="S207" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="208" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M208" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N208" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O208" s="4" t="e" cm="1">
         <f t="array" ref="O208">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P208" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q208" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R208" s="4">
         <f>ROW()</f>
         <v>208</v>
       </c>
       <c r="S208" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="209" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M209" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N209" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O209" s="4" t="e" cm="1">
         <f t="array" ref="O209">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P209" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q209" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R209" s="4">
         <f>ROW()</f>
         <v>209</v>
       </c>
       <c r="S209" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="210" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M210" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N210" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O210" s="4" t="e" cm="1">
         <f t="array" ref="O210">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P210" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q210" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R210" s="4">
         <f>ROW()</f>
         <v>210</v>
       </c>
       <c r="S210" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="211" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M211" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N211" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O211" s="4" t="e" cm="1">
         <f t="array" ref="O211">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P211" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q211" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R211" s="4">
         <f>ROW()</f>
         <v>211</v>
       </c>
       <c r="S211" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="212" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M212" s="4">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N212" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O212" s="4" t="e" cm="1">
         <f t="array" ref="O212">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P212" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q212" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R212" s="4">
         <f>ROW()</f>
         <v>212</v>
       </c>
       <c r="S212" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="213" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M213" s="4">
-        <f t="shared" si="15"/>
+        <f t="shared" ref="M213:M276" si="17">A213</f>
         <v>0</v>
       </c>
       <c r="N213" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O213" s="4" t="e" cm="1">
         <f t="array" ref="O213">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P213" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q213" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R213" s="4">
         <f>ROW()</f>
         <v>213</v>
       </c>
       <c r="S213" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="214" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M214" s="4">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N214" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O214" s="4" t="e" cm="1">
         <f t="array" ref="O214">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P214" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q214" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R214" s="4">
         <f>ROW()</f>
         <v>214</v>
       </c>
       <c r="S214" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="215" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M215" s="4">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N215" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O215" s="4" t="e" cm="1">
         <f t="array" ref="O215">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P215" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q215" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R215" s="4">
         <f>ROW()</f>
         <v>215</v>
       </c>
       <c r="S215" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="216" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M216" s="4">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N216" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O216" s="4" t="e" cm="1">
         <f t="array" ref="O216">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P216" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q216" s="4" t="b">
         <f t="shared" si="16"/>
         <v>1</v>
       </c>
       <c r="R216" s="4">
         <f>ROW()</f>
         <v>216</v>
       </c>
       <c r="S216" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="217" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M217" s="4">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N217" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O217" s="4" t="e" cm="1">
         <f t="array" ref="O217">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P217" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q217" s="4" t="b">
-        <f t="shared" si="16"/>
+        <f t="shared" ref="Q217:Q280" si="18">(ISBLANK(H216))</f>
         <v>1</v>
       </c>
       <c r="R217" s="4">
         <f>ROW()</f>
         <v>217</v>
       </c>
       <c r="S217" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="218" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M218" s="4">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N218" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O218" s="4" t="e" cm="1">
         <f t="array" ref="O218">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P218" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q218" s="4" t="b">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R218" s="4">
         <f>ROW()</f>
         <v>218</v>
       </c>
       <c r="S218" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="219" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M219" s="4">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N219" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O219" s="4" t="e" cm="1">
         <f t="array" ref="O219">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P219" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q219" s="4" t="b">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R219" s="4">
         <f>ROW()</f>
         <v>219</v>
       </c>
       <c r="S219" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="220" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M220" s="4">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N220" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O220" s="4" t="e" cm="1">
         <f t="array" ref="O220">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P220" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q220" s="4" t="b">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R220" s="4">
         <f>ROW()</f>
         <v>220</v>
       </c>
       <c r="S220" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="221" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M221" s="4">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N221" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O221" s="4" t="e" cm="1">
         <f t="array" ref="O221">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P221" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q221" s="4" t="b">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R221" s="4">
         <f>ROW()</f>
         <v>221</v>
       </c>
       <c r="S221" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="222" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M222" s="4">
-        <f t="shared" si="15"/>
+        <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N222" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O222" s="4" t="e" cm="1">
         <f t="array" ref="O222">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P222" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q222" s="4" t="b">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R222" s="4">
         <f>ROW()</f>
         <v>222</v>
       </c>
       <c r="S222" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="223" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M223" s="4">
-        <f t="shared" ref="M223:M286" si="17">A223</f>
+        <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N223" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O223" s="4" t="e" cm="1">
         <f t="array" ref="O223">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P223" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q223" s="4" t="b">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R223" s="4">
         <f>ROW()</f>
         <v>223</v>
       </c>
       <c r="S223" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="224" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M224" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N224" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O224" s="4" t="e" cm="1">
         <f t="array" ref="O224">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P224" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q224" s="4" t="b">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R224" s="4">
         <f>ROW()</f>
         <v>224</v>
       </c>
       <c r="S224" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="225" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M225" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N225" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O225" s="4" t="e" cm="1">
         <f t="array" ref="O225">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P225" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q225" s="4" t="b">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R225" s="4">
         <f>ROW()</f>
         <v>225</v>
       </c>
       <c r="S225" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="226" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M226" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N226" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O226" s="4" t="e" cm="1">
         <f t="array" ref="O226">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P226" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q226" s="4" t="b">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R226" s="4">
         <f>ROW()</f>
         <v>226</v>
       </c>
       <c r="S226" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="227" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M227" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N227" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O227" s="4" t="e" cm="1">
         <f t="array" ref="O227">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P227" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q227" s="4" t="b">
-        <f t="shared" ref="Q227:Q290" si="18">(ISBLANK(H226))</f>
+        <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R227" s="4">
         <f>ROW()</f>
         <v>227</v>
       </c>
       <c r="S227" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="228" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M228" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N228" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O228" s="4" t="e" cm="1">
         <f t="array" ref="O228">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P228" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q228" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R228" s="4">
         <f>ROW()</f>
         <v>228</v>
       </c>
       <c r="S228" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="229" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M229" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N229" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O229" s="4" t="e" cm="1">
         <f t="array" ref="O229">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P229" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q229" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R229" s="4">
         <f>ROW()</f>
         <v>229</v>
       </c>
       <c r="S229" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="230" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M230" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N230" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O230" s="4" t="e" cm="1">
         <f t="array" ref="O230">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P230" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q230" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R230" s="4">
         <f>ROW()</f>
         <v>230</v>
       </c>
       <c r="S230" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="231" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M231" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N231" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O231" s="4" t="e" cm="1">
         <f t="array" ref="O231">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P231" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q231" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R231" s="4">
         <f>ROW()</f>
         <v>231</v>
       </c>
       <c r="S231" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="232" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M232" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N232" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O232" s="4" t="e" cm="1">
         <f t="array" ref="O232">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P232" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q232" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R232" s="4">
         <f>ROW()</f>
         <v>232</v>
       </c>
       <c r="S232" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="233" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M233" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N233" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O233" s="4" t="e" cm="1">
         <f t="array" ref="O233">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P233" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q233" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R233" s="4">
         <f>ROW()</f>
         <v>233</v>
       </c>
       <c r="S233" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="234" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M234" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N234" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O234" s="4" t="e" cm="1">
         <f t="array" ref="O234">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P234" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q234" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R234" s="4">
         <f>ROW()</f>
         <v>234</v>
       </c>
       <c r="S234" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="235" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M235" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N235" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O235" s="4" t="e" cm="1">
         <f t="array" ref="O235">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P235" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q235" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R235" s="4">
         <f>ROW()</f>
         <v>235</v>
       </c>
       <c r="S235" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="236" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M236" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N236" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O236" s="4" t="e" cm="1">
         <f t="array" ref="O236">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P236" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q236" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R236" s="4">
         <f>ROW()</f>
         <v>236</v>
       </c>
       <c r="S236" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="237" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M237" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N237" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O237" s="4" t="e" cm="1">
         <f t="array" ref="O237">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P237" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q237" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R237" s="4">
         <f>ROW()</f>
         <v>237</v>
       </c>
       <c r="S237" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="238" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M238" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N238" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O238" s="4" t="e" cm="1">
         <f t="array" ref="O238">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P238" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q238" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R238" s="4">
         <f>ROW()</f>
         <v>238</v>
       </c>
       <c r="S238" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="239" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M239" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N239" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O239" s="4" t="e" cm="1">
         <f t="array" ref="O239">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P239" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q239" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R239" s="4">
         <f>ROW()</f>
         <v>239</v>
       </c>
       <c r="S239" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="240" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M240" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N240" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O240" s="4" t="e" cm="1">
         <f t="array" ref="O240">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P240" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q240" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R240" s="4">
         <f>ROW()</f>
         <v>240</v>
       </c>
       <c r="S240" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="241" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M241" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N241" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O241" s="4" t="e" cm="1">
         <f t="array" ref="O241">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P241" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q241" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R241" s="4">
         <f>ROW()</f>
         <v>241</v>
       </c>
       <c r="S241" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="242" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M242" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N242" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O242" s="4" t="e" cm="1">
         <f t="array" ref="O242">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P242" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q242" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R242" s="4">
         <f>ROW()</f>
         <v>242</v>
       </c>
       <c r="S242" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="243" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M243" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N243" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O243" s="4" t="e" cm="1">
         <f t="array" ref="O243">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P243" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q243" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R243" s="4">
         <f>ROW()</f>
         <v>243</v>
       </c>
       <c r="S243" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="244" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M244" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N244" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O244" s="4" t="e" cm="1">
         <f t="array" ref="O244">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P244" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q244" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R244" s="4">
         <f>ROW()</f>
         <v>244</v>
       </c>
       <c r="S244" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="245" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M245" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N245" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O245" s="4" t="e" cm="1">
         <f t="array" ref="O245">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P245" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q245" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R245" s="4">
         <f>ROW()</f>
         <v>245</v>
       </c>
       <c r="S245" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="246" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M246" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N246" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O246" s="4" t="e" cm="1">
         <f t="array" ref="O246">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P246" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q246" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R246" s="4">
         <f>ROW()</f>
         <v>246</v>
       </c>
       <c r="S246" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="247" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M247" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N247" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O247" s="4" t="e" cm="1">
         <f t="array" ref="O247">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P247" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q247" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R247" s="4">
         <f>ROW()</f>
         <v>247</v>
       </c>
       <c r="S247" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="248" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M248" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N248" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O248" s="4" t="e" cm="1">
         <f t="array" ref="O248">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P248" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q248" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R248" s="4">
         <f>ROW()</f>
         <v>248</v>
       </c>
       <c r="S248" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="249" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M249" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N249" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O249" s="4" t="e" cm="1">
         <f t="array" ref="O249">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P249" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q249" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R249" s="4">
         <f>ROW()</f>
         <v>249</v>
       </c>
       <c r="S249" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="250" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M250" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N250" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O250" s="4" t="e" cm="1">
         <f t="array" ref="O250">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P250" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q250" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R250" s="4">
         <f>ROW()</f>
         <v>250</v>
       </c>
       <c r="S250" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="251" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M251" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N251" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O251" s="4" t="e" cm="1">
         <f t="array" ref="O251">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P251" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q251" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R251" s="4">
         <f>ROW()</f>
         <v>251</v>
       </c>
       <c r="S251" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="252" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M252" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N252" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O252" s="4" t="e" cm="1">
         <f t="array" ref="O252">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P252" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q252" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R252" s="4">
         <f>ROW()</f>
         <v>252</v>
       </c>
       <c r="S252" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="253" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M253" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N253" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O253" s="4" t="e" cm="1">
         <f t="array" ref="O253">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P253" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q253" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R253" s="4">
         <f>ROW()</f>
         <v>253</v>
       </c>
       <c r="S253" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="254" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M254" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N254" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O254" s="4" t="e" cm="1">
         <f t="array" ref="O254">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P254" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q254" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R254" s="4">
         <f>ROW()</f>
         <v>254</v>
       </c>
       <c r="S254" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="255" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M255" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N255" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O255" s="4" t="e" cm="1">
         <f t="array" ref="O255">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P255" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q255" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R255" s="4">
         <f>ROW()</f>
         <v>255</v>
       </c>
       <c r="S255" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="256" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M256" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N256" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O256" s="4" t="e" cm="1">
         <f t="array" ref="O256">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P256" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q256" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R256" s="4">
         <f>ROW()</f>
         <v>256</v>
       </c>
       <c r="S256" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="257" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M257" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N257" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O257" s="4" t="e" cm="1">
         <f t="array" ref="O257">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P257" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q257" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R257" s="4">
         <f>ROW()</f>
         <v>257</v>
       </c>
       <c r="S257" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="258" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M258" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N258" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O258" s="4" t="e" cm="1">
         <f t="array" ref="O258">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P258" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q258" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R258" s="4">
         <f>ROW()</f>
         <v>258</v>
       </c>
       <c r="S258" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="259" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M259" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N259" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O259" s="4" t="e" cm="1">
         <f t="array" ref="O259">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P259" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q259" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R259" s="4">
         <f>ROW()</f>
         <v>259</v>
       </c>
       <c r="S259" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="260" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M260" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N260" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O260" s="4" t="e" cm="1">
         <f t="array" ref="O260">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P260" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q260" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R260" s="4">
         <f>ROW()</f>
         <v>260</v>
       </c>
       <c r="S260" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="261" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M261" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N261" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O261" s="4" t="e" cm="1">
         <f t="array" ref="O261">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P261" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q261" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R261" s="4">
         <f>ROW()</f>
         <v>261</v>
       </c>
       <c r="S261" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="262" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M262" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N262" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O262" s="4" t="e" cm="1">
         <f t="array" ref="O262">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P262" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q262" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R262" s="4">
         <f>ROW()</f>
         <v>262</v>
       </c>
       <c r="S262" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="263" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M263" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N263" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O263" s="4" t="e" cm="1">
         <f t="array" ref="O263">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P263" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q263" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R263" s="4">
         <f>ROW()</f>
         <v>263</v>
       </c>
       <c r="S263" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="264" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M264" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N264" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O264" s="4" t="e" cm="1">
         <f t="array" ref="O264">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P264" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q264" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R264" s="4">
         <f>ROW()</f>
         <v>264</v>
       </c>
       <c r="S264" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="265" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M265" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N265" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O265" s="4" t="e" cm="1">
         <f t="array" ref="O265">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P265" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q265" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R265" s="4">
         <f>ROW()</f>
         <v>265</v>
       </c>
       <c r="S265" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="266" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M266" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N266" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O266" s="4" t="e" cm="1">
         <f t="array" ref="O266">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P266" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q266" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R266" s="4">
         <f>ROW()</f>
         <v>266</v>
       </c>
       <c r="S266" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="267" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M267" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N267" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O267" s="4" t="e" cm="1">
         <f t="array" ref="O267">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P267" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q267" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R267" s="4">
         <f>ROW()</f>
         <v>267</v>
       </c>
       <c r="S267" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="268" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M268" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N268" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O268" s="4" t="e" cm="1">
         <f t="array" ref="O268">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P268" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q268" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R268" s="4">
         <f>ROW()</f>
         <v>268</v>
       </c>
       <c r="S268" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="269" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M269" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N269" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O269" s="4" t="e" cm="1">
         <f t="array" ref="O269">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P269" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q269" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R269" s="4">
         <f>ROW()</f>
         <v>269</v>
       </c>
       <c r="S269" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="270" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M270" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N270" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O270" s="4" t="e" cm="1">
         <f t="array" ref="O270">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P270" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q270" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R270" s="4">
         <f>ROW()</f>
         <v>270</v>
       </c>
       <c r="S270" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="271" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M271" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N271" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O271" s="4" t="e" cm="1">
         <f t="array" ref="O271">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P271" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q271" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R271" s="4">
         <f>ROW()</f>
         <v>271</v>
       </c>
       <c r="S271" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="272" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M272" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N272" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O272" s="4" t="e" cm="1">
         <f t="array" ref="O272">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P272" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q272" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R272" s="4">
         <f>ROW()</f>
         <v>272</v>
       </c>
       <c r="S272" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="273" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M273" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N273" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O273" s="4" t="e" cm="1">
         <f t="array" ref="O273">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P273" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q273" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R273" s="4">
         <f>ROW()</f>
         <v>273</v>
       </c>
       <c r="S273" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="274" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M274" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N274" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O274" s="4" t="e" cm="1">
         <f t="array" ref="O274">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P274" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q274" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R274" s="4">
         <f>ROW()</f>
         <v>274</v>
       </c>
       <c r="S274" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="275" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M275" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N275" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O275" s="4" t="e" cm="1">
         <f t="array" ref="O275">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P275" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q275" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R275" s="4">
         <f>ROW()</f>
         <v>275</v>
       </c>
       <c r="S275" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="276" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M276" s="4">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="N276" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O276" s="4" t="e" cm="1">
         <f t="array" ref="O276">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P276" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q276" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R276" s="4">
         <f>ROW()</f>
         <v>276</v>
       </c>
       <c r="S276" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="277" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M277" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" ref="M277:M340" si="19">A277</f>
         <v>0</v>
       </c>
       <c r="N277" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O277" s="4" t="e" cm="1">
         <f t="array" ref="O277">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P277" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q277" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R277" s="4">
         <f>ROW()</f>
         <v>277</v>
       </c>
       <c r="S277" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="278" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M278" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N278" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O278" s="4" t="e" cm="1">
         <f t="array" ref="O278">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P278" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q278" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R278" s="4">
         <f>ROW()</f>
         <v>278</v>
       </c>
       <c r="S278" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="279" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M279" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N279" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O279" s="4" t="e" cm="1">
         <f t="array" ref="O279">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P279" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q279" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R279" s="4">
         <f>ROW()</f>
         <v>279</v>
       </c>
       <c r="S279" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="280" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M280" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N280" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O280" s="4" t="e" cm="1">
         <f t="array" ref="O280">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P280" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q280" s="4" t="b">
         <f t="shared" si="18"/>
         <v>1</v>
       </c>
       <c r="R280" s="4">
         <f>ROW()</f>
         <v>280</v>
       </c>
       <c r="S280" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="281" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M281" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N281" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O281" s="4" t="e" cm="1">
         <f t="array" ref="O281">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P281" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q281" s="4" t="b">
-        <f t="shared" si="18"/>
+        <f t="shared" ref="Q281:Q344" si="20">(ISBLANK(H280))</f>
         <v>1</v>
       </c>
       <c r="R281" s="4">
         <f>ROW()</f>
         <v>281</v>
       </c>
       <c r="S281" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="282" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M282" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N282" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O282" s="4" t="e" cm="1">
         <f t="array" ref="O282">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P282" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q282" s="4" t="b">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R282" s="4">
         <f>ROW()</f>
         <v>282</v>
       </c>
       <c r="S282" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="283" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M283" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N283" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O283" s="4" t="e" cm="1">
         <f t="array" ref="O283">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P283" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q283" s="4" t="b">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R283" s="4">
         <f>ROW()</f>
         <v>283</v>
       </c>
       <c r="S283" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="284" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M284" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N284" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O284" s="4" t="e" cm="1">
         <f t="array" ref="O284">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P284" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q284" s="4" t="b">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R284" s="4">
         <f>ROW()</f>
         <v>284</v>
       </c>
       <c r="S284" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="285" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M285" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N285" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O285" s="4" t="e" cm="1">
         <f t="array" ref="O285">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P285" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q285" s="4" t="b">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R285" s="4">
         <f>ROW()</f>
         <v>285</v>
       </c>
       <c r="S285" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="286" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M286" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N286" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O286" s="4" t="e" cm="1">
         <f t="array" ref="O286">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P286" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q286" s="4" t="b">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R286" s="4">
         <f>ROW()</f>
         <v>286</v>
       </c>
       <c r="S286" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="287" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M287" s="4">
-        <f t="shared" ref="M287:M350" si="19">A287</f>
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N287" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O287" s="4" t="e" cm="1">
         <f t="array" ref="O287">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P287" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q287" s="4" t="b">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R287" s="4">
         <f>ROW()</f>
         <v>287</v>
       </c>
       <c r="S287" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="288" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M288" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N288" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O288" s="4" t="e" cm="1">
         <f t="array" ref="O288">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P288" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q288" s="4" t="b">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R288" s="4">
         <f>ROW()</f>
         <v>288</v>
       </c>
       <c r="S288" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="289" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M289" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N289" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O289" s="4" t="e" cm="1">
         <f t="array" ref="O289">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P289" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q289" s="4" t="b">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R289" s="4">
         <f>ROW()</f>
         <v>289</v>
       </c>
       <c r="S289" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="290" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M290" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N290" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O290" s="4" t="e" cm="1">
         <f t="array" ref="O290">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P290" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q290" s="4" t="b">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R290" s="4">
         <f>ROW()</f>
         <v>290</v>
       </c>
       <c r="S290" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="291" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M291" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N291" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O291" s="4" t="e" cm="1">
         <f t="array" ref="O291">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P291" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q291" s="4" t="b">
-        <f t="shared" ref="Q291:Q354" si="20">(ISBLANK(H290))</f>
+        <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R291" s="4">
         <f>ROW()</f>
         <v>291</v>
       </c>
       <c r="S291" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="292" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M292" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N292" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O292" s="4" t="e" cm="1">
         <f t="array" ref="O292">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P292" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q292" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R292" s="4">
         <f>ROW()</f>
         <v>292</v>
       </c>
       <c r="S292" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="293" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M293" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N293" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O293" s="4" t="e" cm="1">
         <f t="array" ref="O293">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P293" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q293" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R293" s="4">
         <f>ROW()</f>
         <v>293</v>
       </c>
       <c r="S293" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="294" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M294" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N294" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O294" s="4" t="e" cm="1">
         <f t="array" ref="O294">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P294" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q294" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R294" s="4">
         <f>ROW()</f>
         <v>294</v>
       </c>
       <c r="S294" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="295" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M295" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N295" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O295" s="4" t="e" cm="1">
         <f t="array" ref="O295">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P295" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q295" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R295" s="4">
         <f>ROW()</f>
         <v>295</v>
       </c>
       <c r="S295" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="296" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M296" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N296" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O296" s="4" t="e" cm="1">
         <f t="array" ref="O296">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P296" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q296" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R296" s="4">
         <f>ROW()</f>
         <v>296</v>
       </c>
       <c r="S296" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="297" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M297" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N297" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O297" s="4" t="e" cm="1">
         <f t="array" ref="O297">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P297" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q297" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R297" s="4">
         <f>ROW()</f>
         <v>297</v>
       </c>
       <c r="S297" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="298" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M298" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N298" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O298" s="4" t="e" cm="1">
         <f t="array" ref="O298">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P298" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q298" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R298" s="4">
         <f>ROW()</f>
         <v>298</v>
       </c>
       <c r="S298" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="299" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M299" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N299" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O299" s="4" t="e" cm="1">
         <f t="array" ref="O299">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P299" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q299" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R299" s="4">
         <f>ROW()</f>
         <v>299</v>
       </c>
       <c r="S299" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="300" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M300" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N300" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O300" s="4" t="e" cm="1">
         <f t="array" ref="O300">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P300" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q300" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R300" s="4">
         <f>ROW()</f>
         <v>300</v>
       </c>
       <c r="S300" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="301" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M301" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N301" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O301" s="4" t="e" cm="1">
         <f t="array" ref="O301">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P301" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q301" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R301" s="4">
         <f>ROW()</f>
         <v>301</v>
       </c>
       <c r="S301" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="302" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M302" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N302" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O302" s="4" t="e" cm="1">
         <f t="array" ref="O302">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P302" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q302" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R302" s="4">
         <f>ROW()</f>
         <v>302</v>
       </c>
       <c r="S302" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="303" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M303" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N303" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O303" s="4" t="e" cm="1">
         <f t="array" ref="O303">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P303" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q303" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R303" s="4">
         <f>ROW()</f>
         <v>303</v>
       </c>
       <c r="S303" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="304" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M304" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N304" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O304" s="4" t="e" cm="1">
         <f t="array" ref="O304">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P304" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q304" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R304" s="4">
         <f>ROW()</f>
         <v>304</v>
       </c>
       <c r="S304" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="305" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M305" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N305" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O305" s="4" t="e" cm="1">
         <f t="array" ref="O305">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P305" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q305" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R305" s="4">
         <f>ROW()</f>
         <v>305</v>
       </c>
       <c r="S305" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="306" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M306" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N306" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O306" s="4" t="e" cm="1">
         <f t="array" ref="O306">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P306" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q306" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R306" s="4">
         <f>ROW()</f>
         <v>306</v>
       </c>
       <c r="S306" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="307" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M307" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N307" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O307" s="4" t="e" cm="1">
         <f t="array" ref="O307">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P307" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q307" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R307" s="4">
         <f>ROW()</f>
         <v>307</v>
       </c>
       <c r="S307" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="308" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M308" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N308" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O308" s="4" t="e" cm="1">
         <f t="array" ref="O308">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P308" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q308" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R308" s="4">
         <f>ROW()</f>
         <v>308</v>
       </c>
       <c r="S308" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="309" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M309" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N309" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O309" s="4" t="e" cm="1">
         <f t="array" ref="O309">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P309" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q309" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R309" s="4">
         <f>ROW()</f>
         <v>309</v>
       </c>
       <c r="S309" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="310" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M310" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N310" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O310" s="4" t="e" cm="1">
         <f t="array" ref="O310">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P310" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q310" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R310" s="4">
         <f>ROW()</f>
         <v>310</v>
       </c>
       <c r="S310" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="311" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M311" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N311" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O311" s="4" t="e" cm="1">
         <f t="array" ref="O311">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P311" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q311" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R311" s="4">
         <f>ROW()</f>
         <v>311</v>
       </c>
       <c r="S311" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="312" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M312" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N312" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O312" s="4" t="e" cm="1">
         <f t="array" ref="O312">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P312" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q312" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R312" s="4">
         <f>ROW()</f>
         <v>312</v>
       </c>
       <c r="S312" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="313" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M313" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N313" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O313" s="4" t="e" cm="1">
         <f t="array" ref="O313">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P313" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q313" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R313" s="4">
         <f>ROW()</f>
         <v>313</v>
       </c>
       <c r="S313" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="314" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M314" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N314" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O314" s="4" t="e" cm="1">
         <f t="array" ref="O314">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P314" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q314" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R314" s="4">
         <f>ROW()</f>
         <v>314</v>
       </c>
       <c r="S314" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="315" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M315" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N315" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O315" s="4" t="e" cm="1">
         <f t="array" ref="O315">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P315" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q315" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R315" s="4">
         <f>ROW()</f>
         <v>315</v>
       </c>
       <c r="S315" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="316" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M316" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N316" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O316" s="4" t="e" cm="1">
         <f t="array" ref="O316">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P316" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q316" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R316" s="4">
         <f>ROW()</f>
         <v>316</v>
       </c>
       <c r="S316" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="317" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M317" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N317" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O317" s="4" t="e" cm="1">
         <f t="array" ref="O317">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P317" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q317" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R317" s="4">
         <f>ROW()</f>
         <v>317</v>
       </c>
       <c r="S317" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="318" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M318" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N318" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O318" s="4" t="e" cm="1">
         <f t="array" ref="O318">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P318" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q318" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R318" s="4">
         <f>ROW()</f>
         <v>318</v>
       </c>
       <c r="S318" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="319" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M319" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N319" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O319" s="4" t="e" cm="1">
         <f t="array" ref="O319">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P319" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q319" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R319" s="4">
         <f>ROW()</f>
         <v>319</v>
       </c>
       <c r="S319" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="320" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M320" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N320" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O320" s="4" t="e" cm="1">
         <f t="array" ref="O320">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P320" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q320" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R320" s="4">
         <f>ROW()</f>
         <v>320</v>
       </c>
       <c r="S320" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="321" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M321" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N321" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O321" s="4" t="e" cm="1">
         <f t="array" ref="O321">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P321" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q321" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R321" s="4">
         <f>ROW()</f>
         <v>321</v>
       </c>
       <c r="S321" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="322" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M322" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N322" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O322" s="4" t="e" cm="1">
         <f t="array" ref="O322">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P322" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q322" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R322" s="4">
         <f>ROW()</f>
         <v>322</v>
       </c>
       <c r="S322" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="323" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M323" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N323" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O323" s="4" t="e" cm="1">
         <f t="array" ref="O323">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P323" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q323" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R323" s="4">
         <f>ROW()</f>
         <v>323</v>
       </c>
       <c r="S323" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="324" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M324" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N324" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O324" s="4" t="e" cm="1">
         <f t="array" ref="O324">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P324" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q324" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R324" s="4">
         <f>ROW()</f>
         <v>324</v>
       </c>
       <c r="S324" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="325" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M325" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N325" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O325" s="4" t="e" cm="1">
         <f t="array" ref="O325">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P325" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q325" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R325" s="4">
         <f>ROW()</f>
         <v>325</v>
       </c>
       <c r="S325" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="326" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M326" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N326" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O326" s="4" t="e" cm="1">
         <f t="array" ref="O326">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P326" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q326" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R326" s="4">
         <f>ROW()</f>
         <v>326</v>
       </c>
       <c r="S326" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="327" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M327" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N327" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O327" s="4" t="e" cm="1">
         <f t="array" ref="O327">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P327" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q327" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R327" s="4">
         <f>ROW()</f>
         <v>327</v>
       </c>
       <c r="S327" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="328" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M328" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N328" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O328" s="4" t="e" cm="1">
         <f t="array" ref="O328">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P328" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q328" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R328" s="4">
         <f>ROW()</f>
         <v>328</v>
       </c>
       <c r="S328" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="329" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M329" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N329" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O329" s="4" t="e" cm="1">
         <f t="array" ref="O329">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P329" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q329" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R329" s="4">
         <f>ROW()</f>
         <v>329</v>
       </c>
       <c r="S329" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="330" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M330" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N330" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O330" s="4" t="e" cm="1">
         <f t="array" ref="O330">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P330" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q330" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R330" s="4">
         <f>ROW()</f>
         <v>330</v>
       </c>
       <c r="S330" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="331" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M331" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N331" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O331" s="4" t="e" cm="1">
         <f t="array" ref="O331">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P331" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q331" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R331" s="4">
         <f>ROW()</f>
         <v>331</v>
       </c>
       <c r="S331" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="332" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M332" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N332" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O332" s="4" t="e" cm="1">
         <f t="array" ref="O332">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P332" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q332" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R332" s="4">
         <f>ROW()</f>
         <v>332</v>
       </c>
       <c r="S332" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="333" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M333" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N333" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O333" s="4" t="e" cm="1">
         <f t="array" ref="O333">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P333" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q333" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R333" s="4">
         <f>ROW()</f>
         <v>333</v>
       </c>
       <c r="S333" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="334" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M334" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N334" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O334" s="4" t="e" cm="1">
         <f t="array" ref="O334">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P334" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q334" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R334" s="4">
         <f>ROW()</f>
         <v>334</v>
       </c>
       <c r="S334" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="335" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M335" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N335" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O335" s="4" t="e" cm="1">
         <f t="array" ref="O335">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P335" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q335" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R335" s="4">
         <f>ROW()</f>
         <v>335</v>
       </c>
       <c r="S335" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="336" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M336" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N336" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O336" s="4" t="e" cm="1">
         <f t="array" ref="O336">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P336" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q336" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R336" s="4">
         <f>ROW()</f>
         <v>336</v>
       </c>
       <c r="S336" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="337" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M337" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N337" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O337" s="4" t="e" cm="1">
         <f t="array" ref="O337">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P337" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q337" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R337" s="4">
         <f>ROW()</f>
         <v>337</v>
       </c>
       <c r="S337" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="338" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M338" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N338" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O338" s="4" t="e" cm="1">
         <f t="array" ref="O338">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P338" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q338" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R338" s="4">
         <f>ROW()</f>
         <v>338</v>
       </c>
       <c r="S338" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="339" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M339" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N339" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O339" s="4" t="e" cm="1">
         <f t="array" ref="O339">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P339" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q339" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R339" s="4">
         <f>ROW()</f>
         <v>339</v>
       </c>
       <c r="S339" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="340" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M340" s="4">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="N340" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O340" s="4" t="e" cm="1">
         <f t="array" ref="O340">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P340" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q340" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R340" s="4">
         <f>ROW()</f>
         <v>340</v>
       </c>
       <c r="S340" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="341" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M341" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" ref="M341:M404" si="21">A341</f>
         <v>0</v>
       </c>
       <c r="N341" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O341" s="4" t="e" cm="1">
         <f t="array" ref="O341">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P341" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q341" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R341" s="4">
         <f>ROW()</f>
         <v>341</v>
       </c>
       <c r="S341" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="342" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M342" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N342" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O342" s="4" t="e" cm="1">
         <f t="array" ref="O342">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P342" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q342" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R342" s="4">
         <f>ROW()</f>
         <v>342</v>
       </c>
       <c r="S342" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="343" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M343" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N343" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O343" s="4" t="e" cm="1">
         <f t="array" ref="O343">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P343" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q343" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R343" s="4">
         <f>ROW()</f>
         <v>343</v>
       </c>
       <c r="S343" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="344" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M344" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N344" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O344" s="4" t="e" cm="1">
         <f t="array" ref="O344">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P344" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q344" s="4" t="b">
         <f t="shared" si="20"/>
         <v>1</v>
       </c>
       <c r="R344" s="4">
         <f>ROW()</f>
         <v>344</v>
       </c>
       <c r="S344" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="345" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M345" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N345" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O345" s="4" t="e" cm="1">
         <f t="array" ref="O345">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P345" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q345" s="4" t="b">
-        <f t="shared" si="20"/>
+        <f t="shared" ref="Q345:Q408" si="22">(ISBLANK(H344))</f>
         <v>1</v>
       </c>
       <c r="R345" s="4">
         <f>ROW()</f>
         <v>345</v>
       </c>
       <c r="S345" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="346" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M346" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N346" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O346" s="4" t="e" cm="1">
         <f t="array" ref="O346">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P346" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q346" s="4" t="b">
-        <f t="shared" si="20"/>
+        <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R346" s="4">
         <f>ROW()</f>
         <v>346</v>
       </c>
       <c r="S346" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="347" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M347" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N347" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O347" s="4" t="e" cm="1">
         <f t="array" ref="O347">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P347" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q347" s="4" t="b">
-        <f t="shared" si="20"/>
+        <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R347" s="4">
         <f>ROW()</f>
         <v>347</v>
       </c>
       <c r="S347" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="348" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M348" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N348" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O348" s="4" t="e" cm="1">
         <f t="array" ref="O348">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P348" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q348" s="4" t="b">
-        <f t="shared" si="20"/>
+        <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R348" s="4">
         <f>ROW()</f>
         <v>348</v>
       </c>
       <c r="S348" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="349" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M349" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N349" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O349" s="4" t="e" cm="1">
         <f t="array" ref="O349">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P349" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q349" s="4" t="b">
-        <f t="shared" si="20"/>
+        <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R349" s="4">
         <f>ROW()</f>
         <v>349</v>
       </c>
       <c r="S349" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="350" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M350" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N350" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O350" s="4" t="e" cm="1">
         <f t="array" ref="O350">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P350" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q350" s="4" t="b">
-        <f t="shared" si="20"/>
+        <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R350" s="4">
         <f>ROW()</f>
         <v>350</v>
       </c>
       <c r="S350" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="351" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M351" s="4">
-        <f t="shared" ref="M351:M414" si="21">A351</f>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N351" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O351" s="4" t="e" cm="1">
         <f t="array" ref="O351">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P351" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q351" s="4" t="b">
-        <f t="shared" si="20"/>
+        <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R351" s="4">
         <f>ROW()</f>
         <v>351</v>
       </c>
       <c r="S351" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="352" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M352" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N352" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O352" s="4" t="e" cm="1">
         <f t="array" ref="O352">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P352" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q352" s="4" t="b">
-        <f t="shared" si="20"/>
+        <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R352" s="4">
         <f>ROW()</f>
         <v>352</v>
       </c>
       <c r="S352" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="353" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M353" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N353" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O353" s="4" t="e" cm="1">
         <f t="array" ref="O353">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P353" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q353" s="4" t="b">
-        <f t="shared" si="20"/>
+        <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R353" s="4">
         <f>ROW()</f>
         <v>353</v>
       </c>
       <c r="S353" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="354" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M354" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N354" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O354" s="4" t="e" cm="1">
         <f t="array" ref="O354">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P354" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q354" s="4" t="b">
-        <f t="shared" si="20"/>
+        <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R354" s="4">
         <f>ROW()</f>
         <v>354</v>
       </c>
       <c r="S354" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="355" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M355" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N355" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O355" s="4" t="e" cm="1">
         <f t="array" ref="O355">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P355" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q355" s="4" t="b">
-        <f t="shared" ref="Q355:Q418" si="22">(ISBLANK(H354))</f>
+        <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R355" s="4">
         <f>ROW()</f>
         <v>355</v>
       </c>
       <c r="S355" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="356" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M356" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N356" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O356" s="4" t="e" cm="1">
         <f t="array" ref="O356">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P356" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q356" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R356" s="4">
         <f>ROW()</f>
         <v>356</v>
       </c>
       <c r="S356" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="357" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M357" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N357" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O357" s="4" t="e" cm="1">
         <f t="array" ref="O357">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P357" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q357" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R357" s="4">
         <f>ROW()</f>
         <v>357</v>
       </c>
       <c r="S357" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="358" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M358" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N358" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O358" s="4" t="e" cm="1">
         <f t="array" ref="O358">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P358" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q358" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R358" s="4">
         <f>ROW()</f>
         <v>358</v>
       </c>
       <c r="S358" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="359" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M359" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N359" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O359" s="4" t="e" cm="1">
         <f t="array" ref="O359">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P359" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q359" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R359" s="4">
         <f>ROW()</f>
         <v>359</v>
       </c>
       <c r="S359" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="360" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M360" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N360" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O360" s="4" t="e" cm="1">
         <f t="array" ref="O360">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P360" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q360" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R360" s="4">
         <f>ROW()</f>
         <v>360</v>
       </c>
       <c r="S360" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="361" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M361" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N361" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O361" s="4" t="e" cm="1">
         <f t="array" ref="O361">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P361" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q361" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R361" s="4">
         <f>ROW()</f>
         <v>361</v>
       </c>
       <c r="S361" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="362" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M362" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N362" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O362" s="4" t="e" cm="1">
         <f t="array" ref="O362">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P362" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q362" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R362" s="4">
         <f>ROW()</f>
         <v>362</v>
       </c>
       <c r="S362" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="363" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M363" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N363" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O363" s="4" t="e" cm="1">
         <f t="array" ref="O363">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P363" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q363" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R363" s="4">
         <f>ROW()</f>
         <v>363</v>
       </c>
       <c r="S363" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="364" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M364" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N364" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O364" s="4" t="e" cm="1">
         <f t="array" ref="O364">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P364" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q364" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R364" s="4">
         <f>ROW()</f>
         <v>364</v>
       </c>
       <c r="S364" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="365" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M365" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N365" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O365" s="4" t="e" cm="1">
         <f t="array" ref="O365">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P365" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q365" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R365" s="4">
         <f>ROW()</f>
         <v>365</v>
       </c>
       <c r="S365" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="366" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M366" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N366" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O366" s="4" t="e" cm="1">
         <f t="array" ref="O366">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P366" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q366" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R366" s="4">
         <f>ROW()</f>
         <v>366</v>
       </c>
       <c r="S366" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="367" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M367" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N367" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O367" s="4" t="e" cm="1">
         <f t="array" ref="O367">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P367" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q367" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R367" s="4">
         <f>ROW()</f>
         <v>367</v>
       </c>
       <c r="S367" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="368" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M368" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N368" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O368" s="4" t="e" cm="1">
         <f t="array" ref="O368">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P368" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q368" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R368" s="4">
         <f>ROW()</f>
         <v>368</v>
       </c>
       <c r="S368" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="369" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M369" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N369" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O369" s="4" t="e" cm="1">
         <f t="array" ref="O369">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P369" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q369" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R369" s="4">
         <f>ROW()</f>
         <v>369</v>
       </c>
       <c r="S369" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="370" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M370" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N370" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O370" s="4" t="e" cm="1">
         <f t="array" ref="O370">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P370" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q370" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R370" s="4">
         <f>ROW()</f>
         <v>370</v>
       </c>
       <c r="S370" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="371" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M371" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N371" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O371" s="4" t="e" cm="1">
         <f t="array" ref="O371">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P371" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q371" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R371" s="4">
         <f>ROW()</f>
         <v>371</v>
       </c>
       <c r="S371" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="372" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M372" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N372" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O372" s="4" t="e" cm="1">
         <f t="array" ref="O372">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P372" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q372" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R372" s="4">
         <f>ROW()</f>
         <v>372</v>
       </c>
       <c r="S372" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="373" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M373" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N373" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O373" s="4" t="e" cm="1">
         <f t="array" ref="O373">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P373" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q373" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R373" s="4">
         <f>ROW()</f>
         <v>373</v>
       </c>
       <c r="S373" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="374" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M374" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N374" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O374" s="4" t="e" cm="1">
         <f t="array" ref="O374">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P374" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q374" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R374" s="4">
         <f>ROW()</f>
         <v>374</v>
       </c>
       <c r="S374" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="375" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M375" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N375" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O375" s="4" t="e" cm="1">
         <f t="array" ref="O375">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P375" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q375" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R375" s="4">
         <f>ROW()</f>
         <v>375</v>
       </c>
       <c r="S375" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="376" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M376" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N376" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O376" s="4" t="e" cm="1">
         <f t="array" ref="O376">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P376" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q376" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R376" s="4">
         <f>ROW()</f>
         <v>376</v>
       </c>
       <c r="S376" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="377" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M377" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N377" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O377" s="4" t="e" cm="1">
         <f t="array" ref="O377">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P377" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q377" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R377" s="4">
         <f>ROW()</f>
         <v>377</v>
       </c>
       <c r="S377" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="378" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M378" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N378" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O378" s="4" t="e" cm="1">
         <f t="array" ref="O378">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P378" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q378" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R378" s="4">
         <f>ROW()</f>
         <v>378</v>
       </c>
       <c r="S378" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="379" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M379" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N379" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O379" s="4" t="e" cm="1">
         <f t="array" ref="O379">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P379" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q379" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R379" s="4">
         <f>ROW()</f>
         <v>379</v>
       </c>
       <c r="S379" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="380" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M380" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N380" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O380" s="4" t="e" cm="1">
         <f t="array" ref="O380">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P380" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q380" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R380" s="4">
         <f>ROW()</f>
         <v>380</v>
       </c>
       <c r="S380" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="381" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M381" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N381" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O381" s="4" t="e" cm="1">
         <f t="array" ref="O381">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P381" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q381" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R381" s="4">
         <f>ROW()</f>
         <v>381</v>
       </c>
       <c r="S381" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="382" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M382" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N382" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O382" s="4" t="e" cm="1">
         <f t="array" ref="O382">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P382" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q382" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R382" s="4">
         <f>ROW()</f>
         <v>382</v>
       </c>
       <c r="S382" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="383" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M383" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N383" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O383" s="4" t="e" cm="1">
         <f t="array" ref="O383">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P383" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q383" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R383" s="4">
         <f>ROW()</f>
         <v>383</v>
       </c>
       <c r="S383" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="384" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M384" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N384" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O384" s="4" t="e" cm="1">
         <f t="array" ref="O384">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P384" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q384" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R384" s="4">
         <f>ROW()</f>
         <v>384</v>
       </c>
       <c r="S384" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="385" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M385" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N385" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O385" s="4" t="e" cm="1">
         <f t="array" ref="O385">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P385" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q385" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R385" s="4">
         <f>ROW()</f>
         <v>385</v>
       </c>
       <c r="S385" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="386" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M386" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N386" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O386" s="4" t="e" cm="1">
         <f t="array" ref="O386">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P386" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q386" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R386" s="4">
         <f>ROW()</f>
         <v>386</v>
       </c>
       <c r="S386" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="387" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M387" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N387" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O387" s="4" t="e" cm="1">
         <f t="array" ref="O387">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P387" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q387" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R387" s="4">
         <f>ROW()</f>
         <v>387</v>
       </c>
       <c r="S387" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="388" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M388" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N388" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O388" s="4" t="e" cm="1">
         <f t="array" ref="O388">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P388" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q388" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R388" s="4">
         <f>ROW()</f>
         <v>388</v>
       </c>
       <c r="S388" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="389" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M389" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N389" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O389" s="4" t="e" cm="1">
         <f t="array" ref="O389">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P389" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q389" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R389" s="4">
         <f>ROW()</f>
         <v>389</v>
       </c>
       <c r="S389" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="390" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M390" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N390" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O390" s="4" t="e" cm="1">
         <f t="array" ref="O390">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P390" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q390" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R390" s="4">
         <f>ROW()</f>
         <v>390</v>
       </c>
       <c r="S390" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="391" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M391" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N391" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O391" s="4" t="e" cm="1">
         <f t="array" ref="O391">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P391" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q391" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R391" s="4">
         <f>ROW()</f>
         <v>391</v>
       </c>
       <c r="S391" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="392" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M392" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N392" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O392" s="4" t="e" cm="1">
         <f t="array" ref="O392">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P392" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q392" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R392" s="4">
         <f>ROW()</f>
         <v>392</v>
       </c>
       <c r="S392" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="393" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M393" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N393" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O393" s="4" t="e" cm="1">
         <f t="array" ref="O393">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P393" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q393" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R393" s="4">
         <f>ROW()</f>
         <v>393</v>
       </c>
       <c r="S393" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="394" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M394" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N394" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O394" s="4" t="e" cm="1">
         <f t="array" ref="O394">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P394" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q394" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R394" s="4">
         <f>ROW()</f>
         <v>394</v>
       </c>
       <c r="S394" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="395" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M395" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N395" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O395" s="4" t="e" cm="1">
         <f t="array" ref="O395">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P395" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q395" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R395" s="4">
         <f>ROW()</f>
         <v>395</v>
       </c>
       <c r="S395" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="396" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M396" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N396" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O396" s="4" t="e" cm="1">
         <f t="array" ref="O396">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P396" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q396" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R396" s="4">
         <f>ROW()</f>
         <v>396</v>
       </c>
       <c r="S396" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="397" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M397" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N397" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O397" s="4" t="e" cm="1">
         <f t="array" ref="O397">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P397" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q397" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R397" s="4">
         <f>ROW()</f>
         <v>397</v>
       </c>
       <c r="S397" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="398" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M398" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N398" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O398" s="4" t="e" cm="1">
         <f t="array" ref="O398">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P398" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q398" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R398" s="4">
         <f>ROW()</f>
         <v>398</v>
       </c>
       <c r="S398" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="399" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M399" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N399" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O399" s="4" t="e" cm="1">
         <f t="array" ref="O399">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P399" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q399" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R399" s="4">
         <f>ROW()</f>
         <v>399</v>
       </c>
       <c r="S399" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="400" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M400" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N400" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O400" s="4" t="e" cm="1">
         <f t="array" ref="O400">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P400" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q400" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R400" s="4">
         <f>ROW()</f>
         <v>400</v>
       </c>
       <c r="S400" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="401" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M401" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N401" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O401" s="4" t="e" cm="1">
         <f t="array" ref="O401">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P401" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q401" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R401" s="4">
         <f>ROW()</f>
         <v>401</v>
       </c>
       <c r="S401" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="402" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M402" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N402" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O402" s="4" t="e" cm="1">
         <f t="array" ref="O402">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P402" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q402" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R402" s="4">
         <f>ROW()</f>
         <v>402</v>
       </c>
       <c r="S402" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="403" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M403" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N403" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O403" s="4" t="e" cm="1">
         <f t="array" ref="O403">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P403" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q403" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R403" s="4">
         <f>ROW()</f>
         <v>403</v>
       </c>
       <c r="S403" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="404" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M404" s="4">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N404" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O404" s="4" t="e" cm="1">
         <f t="array" ref="O404">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P404" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q404" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R404" s="4">
         <f>ROW()</f>
         <v>404</v>
       </c>
       <c r="S404" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="405" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M405" s="4">
-        <f t="shared" si="21"/>
+        <f t="shared" ref="M405:M468" si="23">A405</f>
         <v>0</v>
       </c>
       <c r="N405" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O405" s="4" t="e" cm="1">
         <f t="array" ref="O405">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P405" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q405" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R405" s="4">
         <f>ROW()</f>
         <v>405</v>
       </c>
       <c r="S405" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="406" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M406" s="4">
-        <f t="shared" si="21"/>
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N406" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O406" s="4" t="e" cm="1">
         <f t="array" ref="O406">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P406" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q406" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R406" s="4">
         <f>ROW()</f>
         <v>406</v>
       </c>
       <c r="S406" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="407" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M407" s="4">
-        <f t="shared" si="21"/>
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N407" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O407" s="4" t="e" cm="1">
         <f t="array" ref="O407">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P407" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q407" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R407" s="4">
         <f>ROW()</f>
         <v>407</v>
       </c>
       <c r="S407" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="408" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M408" s="4">
-        <f t="shared" si="21"/>
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N408" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O408" s="4" t="e" cm="1">
         <f t="array" ref="O408">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P408" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q408" s="4" t="b">
         <f t="shared" si="22"/>
         <v>1</v>
       </c>
       <c r="R408" s="4">
         <f>ROW()</f>
         <v>408</v>
       </c>
       <c r="S408" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="409" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M409" s="4">
-        <f t="shared" si="21"/>
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N409" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O409" s="4" t="e" cm="1">
         <f t="array" ref="O409">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P409" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q409" s="4" t="b">
-        <f t="shared" si="22"/>
+        <f t="shared" ref="Q409:Q472" si="24">(ISBLANK(H408))</f>
         <v>1</v>
       </c>
       <c r="R409" s="4">
         <f>ROW()</f>
         <v>409</v>
       </c>
       <c r="S409" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="410" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M410" s="4">
-        <f t="shared" si="21"/>
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N410" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O410" s="4" t="e" cm="1">
         <f t="array" ref="O410">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P410" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q410" s="4" t="b">
-        <f t="shared" si="22"/>
+        <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R410" s="4">
         <f>ROW()</f>
         <v>410</v>
       </c>
       <c r="S410" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="411" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M411" s="4">
-        <f t="shared" si="21"/>
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N411" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O411" s="4" t="e" cm="1">
         <f t="array" ref="O411">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P411" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q411" s="4" t="b">
-        <f t="shared" si="22"/>
+        <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R411" s="4">
         <f>ROW()</f>
         <v>411</v>
       </c>
       <c r="S411" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="412" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M412" s="4">
-        <f t="shared" si="21"/>
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N412" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O412" s="4" t="e" cm="1">
         <f t="array" ref="O412">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P412" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q412" s="4" t="b">
-        <f t="shared" si="22"/>
+        <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R412" s="4">
         <f>ROW()</f>
         <v>412</v>
       </c>
       <c r="S412" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="413" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M413" s="4">
-        <f t="shared" si="21"/>
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N413" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O413" s="4" t="e" cm="1">
         <f t="array" ref="O413">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P413" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q413" s="4" t="b">
-        <f t="shared" si="22"/>
+        <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R413" s="4">
         <f>ROW()</f>
         <v>413</v>
       </c>
       <c r="S413" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="414" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M414" s="4">
-        <f t="shared" si="21"/>
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N414" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O414" s="4" t="e" cm="1">
         <f t="array" ref="O414">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P414" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q414" s="4" t="b">
-        <f t="shared" si="22"/>
+        <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R414" s="4">
         <f>ROW()</f>
         <v>414</v>
       </c>
       <c r="S414" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="415" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M415" s="4">
-        <f t="shared" ref="M415:M478" si="23">A415</f>
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N415" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O415" s="4" t="e" cm="1">
         <f t="array" ref="O415">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P415" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q415" s="4" t="b">
-        <f t="shared" si="22"/>
+        <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R415" s="4">
         <f>ROW()</f>
         <v>415</v>
       </c>
       <c r="S415" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="416" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M416" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N416" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O416" s="4" t="e" cm="1">
         <f t="array" ref="O416">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P416" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q416" s="4" t="b">
-        <f t="shared" si="22"/>
+        <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R416" s="4">
         <f>ROW()</f>
         <v>416</v>
       </c>
       <c r="S416" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="417" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M417" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N417" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O417" s="4" t="e" cm="1">
         <f t="array" ref="O417">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P417" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q417" s="4" t="b">
-        <f t="shared" si="22"/>
+        <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R417" s="4">
         <f>ROW()</f>
         <v>417</v>
       </c>
       <c r="S417" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="418" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M418" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N418" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O418" s="4" t="e" cm="1">
         <f t="array" ref="O418">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P418" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q418" s="4" t="b">
-        <f t="shared" si="22"/>
+        <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R418" s="4">
         <f>ROW()</f>
         <v>418</v>
       </c>
       <c r="S418" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="419" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M419" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N419" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O419" s="4" t="e" cm="1">
         <f t="array" ref="O419">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P419" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q419" s="4" t="b">
-        <f t="shared" ref="Q419:Q482" si="24">(ISBLANK(H418))</f>
+        <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R419" s="4">
         <f>ROW()</f>
         <v>419</v>
       </c>
       <c r="S419" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="420" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M420" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N420" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O420" s="4" t="e" cm="1">
         <f t="array" ref="O420">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P420" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q420" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R420" s="4">
         <f>ROW()</f>
         <v>420</v>
       </c>
       <c r="S420" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="421" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M421" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N421" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O421" s="4" t="e" cm="1">
         <f t="array" ref="O421">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P421" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q421" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R421" s="4">
         <f>ROW()</f>
         <v>421</v>
       </c>
       <c r="S421" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="422" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M422" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N422" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O422" s="4" t="e" cm="1">
         <f t="array" ref="O422">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P422" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q422" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R422" s="4">
         <f>ROW()</f>
         <v>422</v>
       </c>
       <c r="S422" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="423" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M423" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N423" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O423" s="4" t="e" cm="1">
         <f t="array" ref="O423">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P423" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q423" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R423" s="4">
         <f>ROW()</f>
         <v>423</v>
       </c>
       <c r="S423" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="424" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M424" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N424" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O424" s="4" t="e" cm="1">
         <f t="array" ref="O424">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P424" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q424" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R424" s="4">
         <f>ROW()</f>
         <v>424</v>
       </c>
       <c r="S424" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="425" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M425" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N425" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O425" s="4" t="e" cm="1">
         <f t="array" ref="O425">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P425" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q425" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R425" s="4">
         <f>ROW()</f>
         <v>425</v>
       </c>
       <c r="S425" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="426" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M426" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N426" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O426" s="4" t="e" cm="1">
         <f t="array" ref="O426">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P426" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q426" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R426" s="4">
         <f>ROW()</f>
         <v>426</v>
       </c>
       <c r="S426" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="427" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M427" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N427" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O427" s="4" t="e" cm="1">
         <f t="array" ref="O427">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P427" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q427" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R427" s="4">
         <f>ROW()</f>
         <v>427</v>
       </c>
       <c r="S427" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="428" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M428" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N428" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O428" s="4" t="e" cm="1">
         <f t="array" ref="O428">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P428" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q428" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R428" s="4">
         <f>ROW()</f>
         <v>428</v>
       </c>
       <c r="S428" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="429" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M429" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N429" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O429" s="4" t="e" cm="1">
         <f t="array" ref="O429">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P429" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q429" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R429" s="4">
         <f>ROW()</f>
         <v>429</v>
       </c>
       <c r="S429" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="430" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M430" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N430" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O430" s="4" t="e" cm="1">
         <f t="array" ref="O430">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P430" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q430" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R430" s="4">
         <f>ROW()</f>
         <v>430</v>
       </c>
       <c r="S430" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="431" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M431" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N431" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O431" s="4" t="e" cm="1">
         <f t="array" ref="O431">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P431" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q431" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R431" s="4">
         <f>ROW()</f>
         <v>431</v>
       </c>
       <c r="S431" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="432" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M432" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N432" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O432" s="4" t="e" cm="1">
         <f t="array" ref="O432">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P432" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q432" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R432" s="4">
         <f>ROW()</f>
         <v>432</v>
       </c>
       <c r="S432" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="433" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M433" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N433" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O433" s="4" t="e" cm="1">
         <f t="array" ref="O433">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P433" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q433" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R433" s="4">
         <f>ROW()</f>
         <v>433</v>
       </c>
       <c r="S433" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="434" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M434" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N434" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O434" s="4" t="e" cm="1">
         <f t="array" ref="O434">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P434" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q434" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R434" s="4">
         <f>ROW()</f>
         <v>434</v>
       </c>
       <c r="S434" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="435" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M435" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N435" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O435" s="4" t="e" cm="1">
         <f t="array" ref="O435">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P435" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q435" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R435" s="4">
         <f>ROW()</f>
         <v>435</v>
       </c>
       <c r="S435" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="436" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M436" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N436" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O436" s="4" t="e" cm="1">
         <f t="array" ref="O436">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P436" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q436" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R436" s="4">
         <f>ROW()</f>
         <v>436</v>
       </c>
       <c r="S436" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="437" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M437" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N437" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O437" s="4" t="e" cm="1">
         <f t="array" ref="O437">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P437" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q437" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R437" s="4">
         <f>ROW()</f>
         <v>437</v>
       </c>
       <c r="S437" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="438" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M438" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N438" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O438" s="4" t="e" cm="1">
         <f t="array" ref="O438">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P438" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q438" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R438" s="4">
         <f>ROW()</f>
         <v>438</v>
       </c>
       <c r="S438" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="439" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M439" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N439" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O439" s="4" t="e" cm="1">
         <f t="array" ref="O439">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P439" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q439" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R439" s="4">
         <f>ROW()</f>
         <v>439</v>
       </c>
       <c r="S439" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="440" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M440" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N440" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O440" s="4" t="e" cm="1">
         <f t="array" ref="O440">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P440" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q440" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R440" s="4">
         <f>ROW()</f>
         <v>440</v>
       </c>
       <c r="S440" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="441" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M441" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N441" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O441" s="4" t="e" cm="1">
         <f t="array" ref="O441">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P441" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q441" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R441" s="4">
         <f>ROW()</f>
         <v>441</v>
       </c>
       <c r="S441" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="442" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M442" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N442" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O442" s="4" t="e" cm="1">
         <f t="array" ref="O442">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P442" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q442" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R442" s="4">
         <f>ROW()</f>
         <v>442</v>
       </c>
       <c r="S442" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="443" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M443" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N443" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O443" s="4" t="e" cm="1">
         <f t="array" ref="O443">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P443" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q443" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R443" s="4">
         <f>ROW()</f>
         <v>443</v>
       </c>
       <c r="S443" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="444" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M444" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N444" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O444" s="4" t="e" cm="1">
         <f t="array" ref="O444">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P444" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q444" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R444" s="4">
         <f>ROW()</f>
         <v>444</v>
       </c>
       <c r="S444" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="445" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M445" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N445" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O445" s="4" t="e" cm="1">
         <f t="array" ref="O445">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P445" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q445" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R445" s="4">
         <f>ROW()</f>
         <v>445</v>
       </c>
       <c r="S445" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="446" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M446" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N446" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O446" s="4" t="e" cm="1">
         <f t="array" ref="O446">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P446" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q446" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R446" s="4">
         <f>ROW()</f>
         <v>446</v>
       </c>
       <c r="S446" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="447" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M447" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N447" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O447" s="4" t="e" cm="1">
         <f t="array" ref="O447">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P447" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q447" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R447" s="4">
         <f>ROW()</f>
         <v>447</v>
       </c>
       <c r="S447" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="448" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M448" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N448" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O448" s="4" t="e" cm="1">
         <f t="array" ref="O448">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P448" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q448" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R448" s="4">
         <f>ROW()</f>
         <v>448</v>
       </c>
       <c r="S448" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="449" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M449" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N449" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O449" s="4" t="e" cm="1">
         <f t="array" ref="O449">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P449" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q449" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R449" s="4">
         <f>ROW()</f>
         <v>449</v>
       </c>
       <c r="S449" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="450" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M450" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N450" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O450" s="4" t="e" cm="1">
         <f t="array" ref="O450">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P450" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q450" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R450" s="4">
         <f>ROW()</f>
         <v>450</v>
       </c>
       <c r="S450" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="451" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M451" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N451" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O451" s="4" t="e" cm="1">
         <f t="array" ref="O451">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P451" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q451" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R451" s="4">
         <f>ROW()</f>
         <v>451</v>
       </c>
       <c r="S451" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="452" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M452" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N452" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O452" s="4" t="e" cm="1">
         <f t="array" ref="O452">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P452" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q452" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R452" s="4">
         <f>ROW()</f>
         <v>452</v>
       </c>
       <c r="S452" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="453" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M453" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N453" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O453" s="4" t="e" cm="1">
         <f t="array" ref="O453">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P453" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q453" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R453" s="4">
         <f>ROW()</f>
         <v>453</v>
       </c>
       <c r="S453" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="454" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M454" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N454" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O454" s="4" t="e" cm="1">
         <f t="array" ref="O454">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P454" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q454" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R454" s="4">
         <f>ROW()</f>
         <v>454</v>
       </c>
       <c r="S454" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="455" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M455" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N455" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O455" s="4" t="e" cm="1">
         <f t="array" ref="O455">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P455" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q455" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R455" s="4">
         <f>ROW()</f>
         <v>455</v>
       </c>
       <c r="S455" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="456" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M456" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N456" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O456" s="4" t="e" cm="1">
         <f t="array" ref="O456">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P456" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q456" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R456" s="4">
         <f>ROW()</f>
         <v>456</v>
       </c>
       <c r="S456" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="457" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M457" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N457" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O457" s="4" t="e" cm="1">
         <f t="array" ref="O457">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P457" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q457" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R457" s="4">
         <f>ROW()</f>
         <v>457</v>
       </c>
       <c r="S457" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="458" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M458" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N458" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O458" s="4" t="e" cm="1">
         <f t="array" ref="O458">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P458" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q458" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R458" s="4">
         <f>ROW()</f>
         <v>458</v>
       </c>
       <c r="S458" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="459" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M459" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N459" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O459" s="4" t="e" cm="1">
         <f t="array" ref="O459">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P459" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q459" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R459" s="4">
         <f>ROW()</f>
         <v>459</v>
       </c>
       <c r="S459" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="460" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M460" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N460" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O460" s="4" t="e" cm="1">
         <f t="array" ref="O460">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P460" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q460" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R460" s="4">
         <f>ROW()</f>
         <v>460</v>
       </c>
       <c r="S460" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="461" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M461" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N461" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O461" s="4" t="e" cm="1">
         <f t="array" ref="O461">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P461" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q461" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R461" s="4">
         <f>ROW()</f>
         <v>461</v>
       </c>
       <c r="S461" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="462" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M462" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N462" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O462" s="4" t="e" cm="1">
         <f t="array" ref="O462">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P462" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q462" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R462" s="4">
         <f>ROW()</f>
         <v>462</v>
       </c>
       <c r="S462" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="463" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M463" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N463" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O463" s="4" t="e" cm="1">
         <f t="array" ref="O463">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P463" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q463" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R463" s="4">
         <f>ROW()</f>
         <v>463</v>
       </c>
       <c r="S463" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="464" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M464" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N464" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O464" s="4" t="e" cm="1">
         <f t="array" ref="O464">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P464" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q464" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R464" s="4">
         <f>ROW()</f>
         <v>464</v>
       </c>
       <c r="S464" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="465" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M465" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N465" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O465" s="4" t="e" cm="1">
         <f t="array" ref="O465">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P465" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q465" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R465" s="4">
         <f>ROW()</f>
         <v>465</v>
       </c>
       <c r="S465" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="466" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M466" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N466" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O466" s="4" t="e" cm="1">
         <f t="array" ref="O466">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P466" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q466" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R466" s="4">
         <f>ROW()</f>
         <v>466</v>
       </c>
       <c r="S466" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="467" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M467" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N467" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O467" s="4" t="e" cm="1">
         <f t="array" ref="O467">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P467" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q467" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R467" s="4">
         <f>ROW()</f>
         <v>467</v>
       </c>
       <c r="S467" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="468" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M468" s="4">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N468" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O468" s="4" t="e" cm="1">
         <f t="array" ref="O468">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P468" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q468" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R468" s="4">
         <f>ROW()</f>
         <v>468</v>
       </c>
       <c r="S468" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="469" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M469" s="4">
-        <f t="shared" si="23"/>
+        <f t="shared" ref="M469:M516" si="25">A469</f>
         <v>0</v>
       </c>
       <c r="N469" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O469" s="4" t="e" cm="1">
         <f t="array" ref="O469">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P469" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q469" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R469" s="4">
         <f>ROW()</f>
         <v>469</v>
       </c>
       <c r="S469" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="470" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M470" s="4">
-        <f t="shared" si="23"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N470" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O470" s="4" t="e" cm="1">
         <f t="array" ref="O470">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P470" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q470" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R470" s="4">
         <f>ROW()</f>
         <v>470</v>
       </c>
       <c r="S470" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="471" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M471" s="4">
-        <f t="shared" si="23"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N471" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O471" s="4" t="e" cm="1">
         <f t="array" ref="O471">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P471" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q471" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R471" s="4">
         <f>ROW()</f>
         <v>471</v>
       </c>
       <c r="S471" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="472" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M472" s="4">
-        <f t="shared" si="23"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N472" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O472" s="4" t="e" cm="1">
         <f t="array" ref="O472">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P472" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q472" s="4" t="b">
         <f t="shared" si="24"/>
         <v>1</v>
       </c>
       <c r="R472" s="4">
         <f>ROW()</f>
         <v>472</v>
       </c>
       <c r="S472" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="473" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M473" s="4">
-        <f t="shared" si="23"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N473" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O473" s="4" t="e" cm="1">
         <f t="array" ref="O473">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P473" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q473" s="4" t="b">
-        <f t="shared" si="24"/>
+        <f t="shared" ref="Q473:Q516" si="26">(ISBLANK(H472))</f>
         <v>1</v>
       </c>
       <c r="R473" s="4">
         <f>ROW()</f>
         <v>473</v>
       </c>
       <c r="S473" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="474" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M474" s="4">
-        <f t="shared" si="23"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N474" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O474" s="4" t="e" cm="1">
         <f t="array" ref="O474">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P474" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q474" s="4" t="b">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R474" s="4">
         <f>ROW()</f>
         <v>474</v>
       </c>
       <c r="S474" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="475" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M475" s="4">
-        <f t="shared" si="23"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N475" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O475" s="4" t="e" cm="1">
         <f t="array" ref="O475">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P475" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q475" s="4" t="b">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R475" s="4">
         <f>ROW()</f>
         <v>475</v>
       </c>
       <c r="S475" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="476" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M476" s="4">
-        <f t="shared" si="23"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N476" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O476" s="4" t="e" cm="1">
         <f t="array" ref="O476">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P476" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q476" s="4" t="b">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R476" s="4">
         <f>ROW()</f>
         <v>476</v>
       </c>
       <c r="S476" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="477" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M477" s="4">
-        <f t="shared" si="23"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N477" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O477" s="4" t="e" cm="1">
         <f t="array" ref="O477">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P477" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q477" s="4" t="b">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R477" s="4">
         <f>ROW()</f>
         <v>477</v>
       </c>
       <c r="S477" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="478" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M478" s="4">
-        <f t="shared" si="23"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N478" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O478" s="4" t="e" cm="1">
         <f t="array" ref="O478">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P478" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q478" s="4" t="b">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R478" s="4">
         <f>ROW()</f>
         <v>478</v>
       </c>
       <c r="S478" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="479" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M479" s="4">
-        <f t="shared" ref="M479:M526" si="25">A479</f>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N479" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O479" s="4" t="e" cm="1">
         <f t="array" ref="O479">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P479" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q479" s="4" t="b">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R479" s="4">
         <f>ROW()</f>
         <v>479</v>
       </c>
       <c r="S479" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="480" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M480" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N480" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O480" s="4" t="e" cm="1">
         <f t="array" ref="O480">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P480" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q480" s="4" t="b">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R480" s="4">
         <f>ROW()</f>
         <v>480</v>
       </c>
       <c r="S480" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="481" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M481" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N481" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O481" s="4" t="e" cm="1">
         <f t="array" ref="O481">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P481" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q481" s="4" t="b">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R481" s="4">
         <f>ROW()</f>
         <v>481</v>
       </c>
       <c r="S481" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="482" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M482" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N482" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O482" s="4" t="e" cm="1">
         <f t="array" ref="O482">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P482" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q482" s="4" t="b">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R482" s="4">
         <f>ROW()</f>
         <v>482</v>
       </c>
       <c r="S482" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="483" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M483" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N483" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O483" s="4" t="e" cm="1">
         <f t="array" ref="O483">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P483" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q483" s="4" t="b">
-        <f t="shared" ref="Q483:Q526" si="26">(ISBLANK(H482))</f>
+        <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R483" s="4">
         <f>ROW()</f>
         <v>483</v>
       </c>
       <c r="S483" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="484" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M484" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N484" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O484" s="4" t="e" cm="1">
         <f t="array" ref="O484">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P484" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q484" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R484" s="4">
         <f>ROW()</f>
         <v>484</v>
       </c>
       <c r="S484" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="485" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M485" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N485" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O485" s="4" t="e" cm="1">
         <f t="array" ref="O485">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P485" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q485" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R485" s="4">
         <f>ROW()</f>
         <v>485</v>
       </c>
       <c r="S485" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="486" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M486" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N486" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O486" s="4" t="e" cm="1">
         <f t="array" ref="O486">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P486" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q486" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R486" s="4">
         <f>ROW()</f>
         <v>486</v>
       </c>
       <c r="S486" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="487" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M487" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N487" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O487" s="4" t="e" cm="1">
         <f t="array" ref="O487">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P487" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q487" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R487" s="4">
         <f>ROW()</f>
         <v>487</v>
       </c>
       <c r="S487" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="488" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M488" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N488" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O488" s="4" t="e" cm="1">
         <f t="array" ref="O488">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P488" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q488" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R488" s="4">
         <f>ROW()</f>
         <v>488</v>
       </c>
       <c r="S488" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="489" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M489" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N489" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O489" s="4" t="e" cm="1">
         <f t="array" ref="O489">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P489" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q489" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R489" s="4">
         <f>ROW()</f>
         <v>489</v>
       </c>
       <c r="S489" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="490" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M490" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N490" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O490" s="4" t="e" cm="1">
         <f t="array" ref="O490">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P490" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q490" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R490" s="4">
         <f>ROW()</f>
         <v>490</v>
       </c>
       <c r="S490" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="491" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M491" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N491" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O491" s="4" t="e" cm="1">
         <f t="array" ref="O491">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P491" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q491" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R491" s="4">
         <f>ROW()</f>
         <v>491</v>
       </c>
       <c r="S491" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="492" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M492" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N492" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O492" s="4" t="e" cm="1">
         <f t="array" ref="O492">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P492" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q492" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R492" s="4">
         <f>ROW()</f>
         <v>492</v>
       </c>
       <c r="S492" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="493" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M493" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N493" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O493" s="4" t="e" cm="1">
         <f t="array" ref="O493">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P493" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q493" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R493" s="4">
         <f>ROW()</f>
         <v>493</v>
       </c>
       <c r="S493" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="494" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M494" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N494" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O494" s="4" t="e" cm="1">
         <f t="array" ref="O494">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P494" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q494" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R494" s="4">
         <f>ROW()</f>
         <v>494</v>
       </c>
       <c r="S494" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="495" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M495" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N495" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O495" s="4" t="e" cm="1">
         <f t="array" ref="O495">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P495" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q495" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R495" s="4">
         <f>ROW()</f>
         <v>495</v>
       </c>
       <c r="S495" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="496" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M496" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N496" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O496" s="4" t="e" cm="1">
         <f t="array" ref="O496">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P496" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q496" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R496" s="4">
         <f>ROW()</f>
         <v>496</v>
       </c>
       <c r="S496" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="497" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M497" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N497" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O497" s="4" t="e" cm="1">
         <f t="array" ref="O497">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P497" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q497" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R497" s="4">
         <f>ROW()</f>
         <v>497</v>
       </c>
       <c r="S497" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="498" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M498" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N498" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O498" s="4" t="e" cm="1">
         <f t="array" ref="O498">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P498" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q498" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R498" s="4">
         <f>ROW()</f>
         <v>498</v>
       </c>
       <c r="S498" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="499" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M499" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N499" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O499" s="4" t="e" cm="1">
         <f t="array" ref="O499">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P499" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q499" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R499" s="4">
         <f>ROW()</f>
         <v>499</v>
       </c>
       <c r="S499" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="500" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M500" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N500" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O500" s="4" t="e" cm="1">
         <f t="array" ref="O500">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P500" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q500" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R500" s="4">
         <f>ROW()</f>
         <v>500</v>
       </c>
       <c r="S500" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="501" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M501" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N501" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O501" s="4" t="e" cm="1">
         <f t="array" ref="O501">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P501" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q501" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R501" s="4">
         <f>ROW()</f>
         <v>501</v>
       </c>
       <c r="S501" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="502" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M502" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N502" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O502" s="4" t="e" cm="1">
         <f t="array" ref="O502">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P502" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q502" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R502" s="4">
         <f>ROW()</f>
         <v>502</v>
       </c>
       <c r="S502" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="503" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M503" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N503" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O503" s="4" t="e" cm="1">
         <f t="array" ref="O503">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P503" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q503" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R503" s="4">
         <f>ROW()</f>
         <v>503</v>
       </c>
       <c r="S503" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="504" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M504" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N504" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O504" s="4" t="e" cm="1">
         <f t="array" ref="O504">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P504" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q504" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R504" s="4">
         <f>ROW()</f>
         <v>504</v>
       </c>
       <c r="S504" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="505" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M505" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N505" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O505" s="4" t="e" cm="1">
         <f t="array" ref="O505">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P505" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q505" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R505" s="4">
         <f>ROW()</f>
         <v>505</v>
       </c>
       <c r="S505" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="506" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M506" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N506" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O506" s="4" t="e" cm="1">
         <f t="array" ref="O506">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P506" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q506" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R506" s="4">
         <f>ROW()</f>
         <v>506</v>
       </c>
       <c r="S506" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="507" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M507" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N507" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O507" s="4" t="e" cm="1">
         <f t="array" ref="O507">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P507" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q507" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R507" s="4">
         <f>ROW()</f>
         <v>507</v>
       </c>
       <c r="S507" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="508" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M508" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N508" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O508" s="4" t="e" cm="1">
         <f t="array" ref="O508">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P508" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q508" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R508" s="4">
         <f>ROW()</f>
         <v>508</v>
       </c>
       <c r="S508" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="509" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M509" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N509" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O509" s="4" t="e" cm="1">
         <f t="array" ref="O509">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P509" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q509" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R509" s="4">
         <f>ROW()</f>
         <v>509</v>
       </c>
       <c r="S509" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="510" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M510" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N510" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O510" s="4" t="e" cm="1">
         <f t="array" ref="O510">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P510" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q510" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R510" s="4">
         <f>ROW()</f>
         <v>510</v>
       </c>
       <c r="S510" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="511" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M511" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N511" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O511" s="4" t="e" cm="1">
         <f t="array" ref="O511">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P511" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q511" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R511" s="4">
         <f>ROW()</f>
         <v>511</v>
       </c>
       <c r="S511" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="512" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M512" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N512" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O512" s="4" t="e" cm="1">
         <f t="array" ref="O512">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P512" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q512" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R512" s="4">
         <f>ROW()</f>
         <v>512</v>
       </c>
       <c r="S512" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="513" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M513" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N513" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O513" s="4" t="e" cm="1">
         <f t="array" ref="O513">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P513" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q513" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R513" s="4">
         <f>ROW()</f>
         <v>513</v>
       </c>
       <c r="S513" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="514" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M514" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N514" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O514" s="4" t="e" cm="1">
         <f t="array" ref="O514">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P514" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q514" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R514" s="4">
         <f>ROW()</f>
         <v>514</v>
       </c>
       <c r="S514" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="515" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M515" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N515" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O515" s="4" t="e" cm="1">
         <f t="array" ref="O515">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P515" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q515" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R515" s="4">
         <f>ROW()</f>
         <v>515</v>
       </c>
       <c r="S515" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="516" spans="13:19" x14ac:dyDescent="0.25">
       <c r="M516" s="4">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="N516" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Preparatkontroll]]=0,"",1)</f>
         <v/>
       </c>
       <c r="O516" s="4" t="e" cm="1">
         <f t="array" ref="O516">IF(Tabell1[[#This Row],[Rad]]=4,0+Tabell1[[#This Row],[Nytt preparat]],IF(Tabell1[[#This Row],[Nytt preparat]]=1,LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr]+1),LOOKUP(Tabell1[[#This Row],[Rad]]-1,Tabell1[Rad],Tabell1[Substans nr])))</f>
         <v>#REF!</v>
       </c>
       <c r="P516" s="4" t="str">
         <f>IF(Tabell1[[#This Row],[Rad]]&gt;Tabell1[[#This Row],[Första tomma]]-1,"",IF(ISEVEN(Tabell1[[#This Row],[Substans nr]])=TRUE,TRUE,FALSE))</f>
         <v/>
       </c>
       <c r="Q516" s="4" t="b">
         <f t="shared" si="26"/>
         <v>1</v>
       </c>
       <c r="R516" s="4">
         <f>ROW()</f>
         <v>516</v>
       </c>
       <c r="S516" s="4">
         <f>_xlfn.MINIFS(Tabell1[Rad],Tabell1[Tom rad],TRUE)</f>
-        <v>98</v>
-[...299 lines deleted...]
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A3:L97" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...27 lines deleted...]
-    <mergeCell ref="K36:K37"/>
+  <autoFilter ref="A3:L87" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <mergeCells count="119">
+    <mergeCell ref="A42:A46"/>
+    <mergeCell ref="B42:B46"/>
+    <mergeCell ref="C42:C46"/>
+    <mergeCell ref="B85:B86"/>
+    <mergeCell ref="A32:A35"/>
+    <mergeCell ref="B32:B35"/>
+    <mergeCell ref="C32:C35"/>
+    <mergeCell ref="F34:F35"/>
+    <mergeCell ref="D34:D35"/>
     <mergeCell ref="E34:E35"/>
-    <mergeCell ref="F34:F35"/>
+    <mergeCell ref="A57:A59"/>
+    <mergeCell ref="A51:A52"/>
+    <mergeCell ref="A79:A82"/>
+    <mergeCell ref="A76:A77"/>
+    <mergeCell ref="A63:A64"/>
+    <mergeCell ref="A65:A69"/>
+    <mergeCell ref="A60:A61"/>
+    <mergeCell ref="E60:E61"/>
+    <mergeCell ref="F60:F61"/>
+    <mergeCell ref="A40:A41"/>
+    <mergeCell ref="A84:A86"/>
+    <mergeCell ref="A71:A74"/>
+    <mergeCell ref="G60:G61"/>
     <mergeCell ref="I34:I35"/>
-    <mergeCell ref="J34:J35"/>
-[...38 lines deleted...]
-    <mergeCell ref="A27:A32"/>
+    <mergeCell ref="C81:C82"/>
+    <mergeCell ref="E81:E82"/>
+    <mergeCell ref="F81:F82"/>
+    <mergeCell ref="D72:D73"/>
+    <mergeCell ref="B76:B77"/>
+    <mergeCell ref="B72:B74"/>
+    <mergeCell ref="E72:E73"/>
+    <mergeCell ref="F72:F73"/>
+    <mergeCell ref="B51:B52"/>
+    <mergeCell ref="C51:C52"/>
+    <mergeCell ref="B57:B59"/>
+    <mergeCell ref="B60:B61"/>
+    <mergeCell ref="B40:B41"/>
+    <mergeCell ref="C57:C59"/>
+    <mergeCell ref="I60:I61"/>
+    <mergeCell ref="C60:C61"/>
+    <mergeCell ref="D60:D61"/>
+    <mergeCell ref="J25:J26"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="F11:F12"/>
+    <mergeCell ref="G11:G12"/>
+    <mergeCell ref="I11:I12"/>
+    <mergeCell ref="C20:C23"/>
+    <mergeCell ref="C25:C30"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="E29:E30"/>
+    <mergeCell ref="F29:F30"/>
+    <mergeCell ref="E25:E28"/>
+    <mergeCell ref="F25:F28"/>
+    <mergeCell ref="D29:D30"/>
+    <mergeCell ref="L72:L73"/>
+    <mergeCell ref="D81:D82"/>
+    <mergeCell ref="C72:C73"/>
+    <mergeCell ref="C63:C64"/>
+    <mergeCell ref="B63:B64"/>
+    <mergeCell ref="I57:I59"/>
+    <mergeCell ref="G57:G59"/>
+    <mergeCell ref="F57:F59"/>
+    <mergeCell ref="L57:L59"/>
     <mergeCell ref="L81:L82"/>
-    <mergeCell ref="D91:D92"/>
-[...8 lines deleted...]
-    <mergeCell ref="K81:K82"/>
+    <mergeCell ref="K72:K73"/>
+    <mergeCell ref="I72:I73"/>
+    <mergeCell ref="J72:J73"/>
+    <mergeCell ref="G81:G82"/>
     <mergeCell ref="I81:I82"/>
     <mergeCell ref="J81:J82"/>
-    <mergeCell ref="G91:G92"/>
-[...22 lines deleted...]
-    <mergeCell ref="K31:K32"/>
+    <mergeCell ref="C66:C67"/>
+    <mergeCell ref="B65:B69"/>
+    <mergeCell ref="C68:C69"/>
+    <mergeCell ref="J60:J61"/>
+    <mergeCell ref="K60:K61"/>
+    <mergeCell ref="L60:L61"/>
+    <mergeCell ref="K81:K82"/>
+    <mergeCell ref="B79:B82"/>
+    <mergeCell ref="K34:K35"/>
+    <mergeCell ref="E32:E33"/>
+    <mergeCell ref="F32:F33"/>
+    <mergeCell ref="I32:I33"/>
+    <mergeCell ref="J32:J33"/>
+    <mergeCell ref="K32:K33"/>
+    <mergeCell ref="D32:D33"/>
+    <mergeCell ref="C40:C41"/>
+    <mergeCell ref="K57:K59"/>
+    <mergeCell ref="J57:J59"/>
+    <mergeCell ref="F36:F38"/>
+    <mergeCell ref="D36:D38"/>
+    <mergeCell ref="E36:E38"/>
+    <mergeCell ref="J34:J35"/>
+    <mergeCell ref="D57:D59"/>
+    <mergeCell ref="E57:E59"/>
+    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="L8:L10"/>
+    <mergeCell ref="A20:A23"/>
+    <mergeCell ref="B17:B18"/>
+    <mergeCell ref="B25:B30"/>
+    <mergeCell ref="A17:A18"/>
+    <mergeCell ref="A5:A7"/>
+    <mergeCell ref="A8:A10"/>
+    <mergeCell ref="A11:A12"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="B20:B23"/>
+    <mergeCell ref="A25:A30"/>
+    <mergeCell ref="J11:J12"/>
+    <mergeCell ref="K11:K12"/>
+    <mergeCell ref="L11:L12"/>
+    <mergeCell ref="K29:K30"/>
+    <mergeCell ref="I25:I26"/>
+    <mergeCell ref="I29:I30"/>
+    <mergeCell ref="J29:J30"/>
+    <mergeCell ref="K25:K26"/>
+    <mergeCell ref="J27:J28"/>
+    <mergeCell ref="K27:K28"/>
     <mergeCell ref="I27:I28"/>
-    <mergeCell ref="J48:J49"/>
-[...42 lines deleted...]
-    <mergeCell ref="A89:A92"/>
   </mergeCells>
   <phoneticPr fontId="9" type="noConversion"/>
-  <conditionalFormatting sqref="A74:B74 A105:K107 H107:H113 A108:G110 I108:K110">
-[...1 lines deleted...]
-      <formula>$P77=TRUE</formula>
+  <conditionalFormatting sqref="A62">
+    <cfRule type="expression" dxfId="36" priority="2">
+      <formula>$P62=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A4:D4 F4:L4 A5:L10 A11:K12 A15:L17 A22:I22 J22:L25 D23:I25 A27:C27 E27:L27 G28:H28 L28 G29:L29 G30:H30 L30 E31:L31 G32:H32 L32 A34:D34 A35:C35 G37:H37 L37:L40 H38:H39 G40:H40 E44:L44 A47:A53 C47:C53 H53:H55 A56:J56 L56 A57:L57 F58:K59 C72 C75 C77 C95:C96 A97:L113">
-    <cfRule type="expression" dxfId="33" priority="33">
+  <conditionalFormatting sqref="A65:B65 A95:K97 H97:H103 A98:G100 I98:K100">
+    <cfRule type="expression" dxfId="35" priority="95">
+      <formula>$P68=TRUE</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A42:C42">
+    <cfRule type="expression" dxfId="34" priority="3">
+      <formula>$P42=TRUE</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A49:C49 A53:B53">
+    <cfRule type="expression" dxfId="33" priority="125">
+      <formula>#REF!=TRUE</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A4:D4 F4:L4 A5:L8 A9:K10 A13:L15 A20:I20 J20:L23 D21:I23 A25:C25 E25:L25 G26:H26 L26 G27:L27 G28:H28 L28 E29:L29 G30:H30 L30 A32:D32 A33:C33 G35:H35 H36:H37 G38:H39 H45:H47 A48:J48 L48 F49:K50 C63 C66 C68 A70:L77 C85:C86 A87:L103">
+    <cfRule type="expression" dxfId="32" priority="45">
       <formula>$P4=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A13:G13 I13:L13 H46:H47 D48:K48 B94 A113:G113 I113:K113 A116:L492">
-[...1 lines deleted...]
-      <formula>$P14=TRUE</formula>
+  <conditionalFormatting sqref="A11:G11 I11:L11 B84 A103:G103 I103:K103 A106:L482">
+    <cfRule type="expression" dxfId="31" priority="82">
+      <formula>$P12=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A111:G112 I111:K112">
-    <cfRule type="expression" dxfId="31" priority="86">
+  <conditionalFormatting sqref="A101:G102 I101:K102">
+    <cfRule type="expression" dxfId="30" priority="98">
       <formula>#REF!=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A104:K104 A114:C114 F114 I114:L114 A115:L115">
-[...1 lines deleted...]
-      <formula>$P106=TRUE</formula>
+  <conditionalFormatting sqref="A94:K94 A104:C104 F104 I104:L104 A105:L105">
+    <cfRule type="expression" dxfId="29" priority="94">
+      <formula>$P96=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A20:L20 A34:B35 A88:C88 E88:L88 A89:L92">
-[...1 lines deleted...]
-      <formula>$P20=TRUE</formula>
+  <conditionalFormatting sqref="A18:L18 A32:B33 A78:C78 E78:L78 A79:L82">
+    <cfRule type="expression" dxfId="28" priority="23">
+      <formula>$P18=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A33:L33">
-[...1 lines deleted...]
-      <formula>$P33=TRUE</formula>
+  <conditionalFormatting sqref="A31:L31">
+    <cfRule type="expression" dxfId="27" priority="19">
+      <formula>$P31=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A45:L45 A46:F46 H46:L46">
-[...1 lines deleted...]
-      <formula>$P45=TRUE</formula>
+  <conditionalFormatting sqref="A51:L51 D52:L53 H61:H62 A54:L60">
+    <cfRule type="expression" dxfId="26" priority="20">
+      <formula>$P51=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A60:L60 D61:L61 A62:L62 D63:L63 A64:L70 H71">
-[...1 lines deleted...]
-      <formula>$P60=TRUE</formula>
+  <conditionalFormatting sqref="C81:G81 I81:L81">
+    <cfRule type="expression" dxfId="25" priority="91">
+      <formula>$P79=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C91:G91 I91:L91">
-    <cfRule type="expression" dxfId="25" priority="79">
+  <conditionalFormatting sqref="C79:K80 L79:L81 C81:D81 I81:K81">
+    <cfRule type="expression" dxfId="24" priority="80">
       <formula>$P89=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C89:K90 L89:L91 C91:D91 I91:K91">
-[...1 lines deleted...]
-      <formula>$P99=TRUE</formula>
+  <conditionalFormatting sqref="D25:D29">
+    <cfRule type="expression" dxfId="23" priority="26">
+      <formula>$P25=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D27:D31">
-[...1 lines deleted...]
-      <formula>$P27=TRUE</formula>
+  <conditionalFormatting sqref="D34:D35">
+    <cfRule type="expression" dxfId="22" priority="55">
+      <formula>$P34=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D36:D37">
-    <cfRule type="expression" dxfId="22" priority="43">
+  <conditionalFormatting sqref="D63:D65">
+    <cfRule type="expression" dxfId="21" priority="24">
+      <formula>$P63=TRUE</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D17:L17">
+    <cfRule type="expression" dxfId="20" priority="99">
+      <formula>#REF!=TRUE</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E83">
+    <cfRule type="expression" dxfId="19" priority="122">
+      <formula>$P81=TRUE</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E85">
+    <cfRule type="expression" dxfId="18" priority="110">
+      <formula>$P82=TRUE</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E86">
+    <cfRule type="expression" dxfId="17" priority="104">
+      <formula>$P82=TRUE</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E41:K41">
+    <cfRule type="expression" dxfId="16" priority="6">
+      <formula>$P41=TRUE</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E16:L16 A16:C17 A24:L24 L35:L41 A40:K40 A63:B64">
+    <cfRule type="expression" dxfId="15" priority="25">
+      <formula>$P16=TRUE</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E63:L69">
+    <cfRule type="expression" dxfId="14" priority="30">
+      <formula>$P63=TRUE</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E83:L83 A83:C84 F84:L84 E85:L86 A104:C104 F104 I104:L104 A105:L516">
+    <cfRule type="expression" dxfId="13" priority="48">
+      <formula>$P83=TRUE</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F36">
+    <cfRule type="expression" dxfId="12" priority="14">
       <formula>$P36=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D72:D74">
-[...1 lines deleted...]
-      <formula>$P72=TRUE</formula>
+  <conditionalFormatting sqref="F32:L32 G33 L33 F34:L34">
+    <cfRule type="expression" dxfId="11" priority="31">
+      <formula>$P32=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D19:L19">
-[...1 lines deleted...]
-      <formula>#REF!=TRUE</formula>
+  <conditionalFormatting sqref="G37">
+    <cfRule type="expression" dxfId="10" priority="124">
+      <formula>$P36=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E93">
-[...1 lines deleted...]
-      <formula>$P91=TRUE</formula>
+  <conditionalFormatting sqref="H11:H12">
+    <cfRule type="expression" dxfId="9" priority="22">
+      <formula>$P11=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E95">
-[...1 lines deleted...]
-      <formula>$P92=TRUE</formula>
+  <conditionalFormatting sqref="H19">
+    <cfRule type="expression" dxfId="8" priority="17">
+      <formula>$P19=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E96">
-[...1 lines deleted...]
-      <formula>$P92=TRUE</formula>
+  <conditionalFormatting sqref="H42">
+    <cfRule type="expression" dxfId="7" priority="116">
+      <formula>$P46=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E18:L18 A18:C19 A26:L26 A41:L43 A72:B73 A79:L87">
-[...1 lines deleted...]
-      <formula>$P18=TRUE</formula>
+  <conditionalFormatting sqref="K15">
+    <cfRule type="expression" dxfId="6" priority="18">
+      <formula>$P15=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E72:L78">
-[...1 lines deleted...]
-      <formula>$P72=TRUE</formula>
+  <conditionalFormatting sqref="K19">
+    <cfRule type="expression" dxfId="5" priority="16">
+      <formula>$P19=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F38">
-[...1 lines deleted...]
-      <formula>$P38=TRUE</formula>
+  <conditionalFormatting sqref="K36 K38:K39">
+    <cfRule type="expression" dxfId="4" priority="13">
+      <formula>$P36=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F34:L34 G35 L35 F36:L36">
-[...1 lines deleted...]
-      <formula>$P34=TRUE</formula>
+  <conditionalFormatting sqref="K62">
+    <cfRule type="expression" dxfId="3" priority="1">
+      <formula>$P62=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G39">
-[...1 lines deleted...]
-      <formula>$P38=TRUE</formula>
+  <conditionalFormatting sqref="K83:K86">
+    <cfRule type="expression" dxfId="2" priority="120">
+      <formula>$P93=TRUE</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="1" priority="121">
+      <formula>$P81=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H6">
-[...54 lines deleted...]
-      <formula>$P48=TRUE</formula>
+  <conditionalFormatting sqref="K92">
+    <cfRule type="expression" dxfId="0" priority="15">
+      <formula>$P94=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A116" r:id="rId1" xr:uid="{BBAB2459-8BD5-4787-94E1-5A6D92652EC2}"/>
+    <hyperlink ref="A106" r:id="rId1" xr:uid="{BBAB2459-8BD5-4787-94E1-5A6D92652EC2}"/>
     <hyperlink ref="A1" r:id="rId2" xr:uid="{CCFAED6F-523E-46D4-8C74-57933356D931}"/>
-    <hyperlink ref="D26" r:id="rId3" xr:uid="{1C9C3256-7564-461D-AC96-C88F09E8269B}"/>
-[...92 lines deleted...]
-    <hyperlink ref="D38" r:id="rId96" xr:uid="{4B5695D1-5222-4137-A9CC-0789B1E730A8}"/>
+    <hyperlink ref="D24" r:id="rId3" xr:uid="{1C9C3256-7564-461D-AC96-C88F09E8269B}"/>
+    <hyperlink ref="D71" r:id="rId4" xr:uid="{A59F60C2-B9E3-407F-87AD-FA68E3B98143}"/>
+    <hyperlink ref="D81" r:id="rId5" xr:uid="{CD8EA72D-2E0D-42A7-A3D3-BF81BF358116}"/>
+    <hyperlink ref="D54" r:id="rId6" xr:uid="{6DFACF46-97A0-4AE1-A080-409C63530462}"/>
+    <hyperlink ref="D74" r:id="rId7" xr:uid="{0D884699-FC48-43E9-A29D-E89498AE5C30}"/>
+    <hyperlink ref="D72" r:id="rId8" xr:uid="{E1E20D60-5F6B-48B8-AF5B-0678D9DF86F6}"/>
+    <hyperlink ref="D98" r:id="rId9" xr:uid="{113FB448-CBEF-4C14-A5F4-DE36181EFFB3}"/>
+    <hyperlink ref="D104" r:id="rId10" xr:uid="{03AC305C-05EC-4D06-B0B9-3910ED08041F}"/>
+    <hyperlink ref="D57" r:id="rId11" xr:uid="{08169F3B-9D46-4BE0-9223-F1211E4FB240}"/>
+    <hyperlink ref="D87" r:id="rId12" xr:uid="{34C3791D-2B12-40E4-A8A3-41DDDC8D9F2E}"/>
+    <hyperlink ref="D77" r:id="rId13" xr:uid="{0C1DA751-E7C3-4341-9D31-77BAB8D6F7E2}"/>
+    <hyperlink ref="D18" r:id="rId14" xr:uid="{AC5857D2-4CCE-4542-8779-6F5C78531EC1}"/>
+    <hyperlink ref="D9" r:id="rId15" xr:uid="{A8823B71-6396-4FE3-AD90-3A354ADD15B1}"/>
+    <hyperlink ref="D8" r:id="rId16" xr:uid="{DAAA1CFB-15DA-4C45-923D-AC1497240673}"/>
+    <hyperlink ref="D10" r:id="rId17" xr:uid="{AEAD3D1C-507E-42D4-9869-8DD849C31B10}"/>
+    <hyperlink ref="D103" r:id="rId18" xr:uid="{82C093A9-B0D2-4999-BB27-5ED5F5885A78}"/>
+    <hyperlink ref="D51" r:id="rId19" xr:uid="{0FE3E0AD-A951-43CC-B790-21388CA370BE}"/>
+    <hyperlink ref="D11" r:id="rId20" xr:uid="{ABF6F7BA-EF4C-4ECC-8BBD-4855A2C44E4D}"/>
+    <hyperlink ref="D48" r:id="rId21" xr:uid="{B4D6459C-339E-4348-97B8-0745A9DE7EEB}"/>
+    <hyperlink ref="D13" r:id="rId22" xr:uid="{A36ED8CF-A60F-46AE-8106-5817DB183D9F}"/>
+    <hyperlink ref="D5" r:id="rId23" xr:uid="{1BBC2DAD-ECB1-410E-828F-33218AD8F1AD}"/>
+    <hyperlink ref="D7" r:id="rId24" xr:uid="{E55CC6E8-4ED0-4FE2-91C5-56CC818A9EA7}"/>
+    <hyperlink ref="D97" r:id="rId25" xr:uid="{D26F9DF2-23EF-46AB-A1DA-C947ECEF35CD}"/>
+    <hyperlink ref="D93" r:id="rId26" xr:uid="{051403CB-3F3C-4327-851A-EFF5C909AC8A}"/>
+    <hyperlink ref="D96" r:id="rId27" xr:uid="{03D2997C-633F-4544-9EF1-E88463E03FB6}"/>
+    <hyperlink ref="D94" r:id="rId28" xr:uid="{BFD192D5-C1D1-41DC-8555-FEBAAE671294}"/>
+    <hyperlink ref="D95" r:id="rId29" xr:uid="{D0F7008B-A99A-456C-9946-502986858DA3}"/>
+    <hyperlink ref="D102" r:id="rId30" xr:uid="{0143C8E2-3975-433C-ADBD-480E5ECE4FC3}"/>
+    <hyperlink ref="D80" r:id="rId31" xr:uid="{43D9CF85-D9BF-4E55-B41C-8695C34DB0D2}"/>
+    <hyperlink ref="D79" r:id="rId32" xr:uid="{E8009A4A-8C91-48E9-A6A2-67E88673425A}"/>
+    <hyperlink ref="D15" r:id="rId33" xr:uid="{3CE4133A-B898-4BB0-840C-73F79DD1AC08}"/>
+    <hyperlink ref="D101" r:id="rId34" xr:uid="{917D129A-AC2C-4C35-8AA3-75A392B4C165}"/>
+    <hyperlink ref="D56" r:id="rId35" xr:uid="{C30A6DE6-292A-4F5C-9B3F-06804DB8E8BA}"/>
+    <hyperlink ref="D55" r:id="rId36" xr:uid="{995CB52F-26A9-4CB6-9718-DE0B05F7171A}"/>
+    <hyperlink ref="D70" r:id="rId37" xr:uid="{388D070E-CB50-48B3-B92A-D7FA6E00904E}"/>
+    <hyperlink ref="D17" r:id="rId38" xr:uid="{BB880495-E3E3-435F-BD68-46F6F1BAEF0A}"/>
+    <hyperlink ref="D66" r:id="rId39" xr:uid="{05500888-EE66-4616-AA5E-2DE9C206B115}"/>
+    <hyperlink ref="D68" r:id="rId40" xr:uid="{4C9A8CCB-78F1-430F-A3AA-A035AB360650}"/>
+    <hyperlink ref="D49" r:id="rId41" xr:uid="{01F2F9AC-2D93-43FA-8BE8-CD539DBD929A}"/>
+    <hyperlink ref="D42" r:id="rId42" xr:uid="{75C246AF-5A0E-479B-AD63-E8F8F8E9D7D0}"/>
+    <hyperlink ref="D83" r:id="rId43" xr:uid="{9EC4259B-BC76-46EE-A362-CA0D8B38AB7F}"/>
+    <hyperlink ref="D63" r:id="rId44" xr:uid="{73E7B814-A15A-47FD-AB87-5F13A2B67FCE}"/>
+    <hyperlink ref="D75" r:id="rId45" xr:uid="{BE79706F-9BDD-4C41-9A4D-A10D658C0AAE}"/>
+    <hyperlink ref="D21" r:id="rId46" xr:uid="{1A244879-DCE4-4FE9-8629-DC201A9833EA}"/>
+    <hyperlink ref="D23" r:id="rId47" xr:uid="{FCAE2CFC-7291-42B5-AB37-195A0143F619}"/>
+    <hyperlink ref="D22" r:id="rId48" xr:uid="{84628A4C-EC25-49FC-89B1-8ED75F2412DA}"/>
+    <hyperlink ref="D20" r:id="rId49" xr:uid="{010C059B-1035-42A6-9C20-EF96E47285D2}"/>
+    <hyperlink ref="D84" r:id="rId50" xr:uid="{FF6395A9-7D4A-4322-9EA4-5FE32FE75F27}"/>
+    <hyperlink ref="D85" r:id="rId51" xr:uid="{22FCDBE5-9407-47A1-9CC8-62D76527CB11}"/>
+    <hyperlink ref="D86" r:id="rId52" xr:uid="{B5A3297D-8AAC-4357-993E-DC80375FBA04}"/>
+    <hyperlink ref="D44" r:id="rId53" xr:uid="{52E45D9F-A73E-49D1-B9F8-8AA31088FC1A}"/>
+    <hyperlink ref="D45" r:id="rId54" xr:uid="{C35B2FC0-7921-4A51-B269-B4FC80BD36F1}"/>
+    <hyperlink ref="D46" r:id="rId55" xr:uid="{2882112D-19B1-48F1-A3BB-9F29EB283C59}"/>
+    <hyperlink ref="D32" r:id="rId56" display="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-557/native/SPC gemcitabin-accord-tyskland.pdf" xr:uid="{AF76E4FA-AC9F-4894-AFA9-DE7597D2418F}"/>
+    <hyperlink ref="D34" r:id="rId57" display="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-556/native/SPC gemcitabin-accord-schweiz.pdf" xr:uid="{9D43725C-576D-4D72-A7CF-CE5FAF1A3362}"/>
+    <hyperlink ref="D64" r:id="rId58" xr:uid="{602D47ED-822B-41A2-8796-A294829301F9}"/>
+    <hyperlink ref="D99" r:id="rId59" xr:uid="{2823FF82-683A-424B-B562-74DBF3D3ACE2}"/>
+    <hyperlink ref="D29" r:id="rId60" display="SPC Furosemide Heritage Pharmaceuticals Inc " xr:uid="{DE0C9A67-3EB3-4104-9E87-CDB0BDD3C745}"/>
+    <hyperlink ref="D25" r:id="rId61" xr:uid="{21EEE95E-9CB5-4A76-BCD8-491BD2705191}"/>
+    <hyperlink ref="D26" r:id="rId62" xr:uid="{5AE088C7-07C2-4A3B-9E9B-FCFFD28E4456}"/>
+    <hyperlink ref="D27" r:id="rId63" xr:uid="{35C8B03F-C3DA-426B-8339-D782E6528BCF}"/>
+    <hyperlink ref="D29:D30" r:id="rId64" display="Furosemide Heritage Pharmaceuticals Inc " xr:uid="{45F30190-E7F8-4E8A-BCAC-0342889B09B2}"/>
+    <hyperlink ref="D28" r:id="rId65" xr:uid="{1B5F9DB8-147C-45C7-B30D-127843415942}"/>
+    <hyperlink ref="D43" r:id="rId66" xr:uid="{5A104B84-ACB0-4287-ADC2-C3645C3E76CC}"/>
+    <hyperlink ref="D47" r:id="rId67" xr:uid="{E4105D02-FF5A-4F33-BFCE-7F144929C1FD}"/>
+    <hyperlink ref="D65" r:id="rId68" xr:uid="{98E2C708-08A6-4AB3-A4D4-CD0C94CC239C}"/>
+    <hyperlink ref="D67" r:id="rId69" xr:uid="{83411017-EB45-4F4C-9DF1-6A0B4E8101BA}"/>
+    <hyperlink ref="D69" r:id="rId70" xr:uid="{3BEDF16F-3529-411A-8C5B-E683C1EBC088}"/>
+    <hyperlink ref="D78" r:id="rId71" xr:uid="{C52DD380-232C-48A9-BC41-34BE47D7E2C7}"/>
+    <hyperlink ref="D16" r:id="rId72" xr:uid="{701D807E-B6E9-4DF8-A3DF-A70DFF2F4B08}"/>
+    <hyperlink ref="D4" r:id="rId73" xr:uid="{464D6B3B-0A66-4C68-9786-190A4C3CA506}"/>
+    <hyperlink ref="D50" r:id="rId74" xr:uid="{699C21E1-9D5D-439B-8810-AEB4A8813773}"/>
+    <hyperlink ref="D60" r:id="rId75" xr:uid="{0B128A4A-C820-44A6-91A1-A2A3B7E04C7F}"/>
+    <hyperlink ref="D92" r:id="rId76" xr:uid="{EEC829F3-0DDB-4BF4-91D6-97C86569581E}"/>
+    <hyperlink ref="D31" r:id="rId77" xr:uid="{DC92F8DA-0978-4DB7-A4A9-8F813C2D4D38}"/>
+    <hyperlink ref="D57:D59" r:id="rId78" display="Carbosen con Adrenalina 10mg/ml+5mikrogram/ml" xr:uid="{7896F5EE-F088-4488-B38F-BA6DB80D44F2}"/>
+    <hyperlink ref="D100" r:id="rId79" xr:uid="{16D408E4-0E77-4A8D-B4C3-2D9F0611ADFD}"/>
+    <hyperlink ref="D76" r:id="rId80" xr:uid="{A0350489-D956-4625-B7FD-3CDD64985B7F}"/>
+    <hyperlink ref="D14" r:id="rId81" xr:uid="{295D3297-2692-4ADE-B0A3-6C2BBCF43D11}"/>
+    <hyperlink ref="D6" r:id="rId82" xr:uid="{BE5489B7-440D-4537-A60C-090841604DA8}"/>
+    <hyperlink ref="D52" r:id="rId83" xr:uid="{13D4F2DE-78FF-4557-AD9C-D8F2C1BC1180}"/>
+    <hyperlink ref="D19" r:id="rId84" display="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs8136-160155217-399/native/SPC Glutaferro orala droppar ES 774053.pdf" xr:uid="{8695F030-4A2C-4BEA-9B81-D5FE64E0163C}"/>
+    <hyperlink ref="D53" r:id="rId85" xr:uid="{39D73DF9-BE28-4CC8-AFD3-4E81370B9DEC}"/>
+    <hyperlink ref="D36" r:id="rId86" xr:uid="{4B5695D1-5222-4137-A9CC-0789B1E730A8}"/>
+    <hyperlink ref="D40" r:id="rId87" xr:uid="{38E91B97-66EC-45E6-AF5E-7B8C042523CF}"/>
+    <hyperlink ref="D41" r:id="rId88" xr:uid="{43B3A578-292D-4043-BED0-758E610DABAD}"/>
+    <hyperlink ref="D39" r:id="rId89" xr:uid="{FBD80E30-7226-4D18-978C-79B585BC2B52}"/>
+    <hyperlink ref="D62" r:id="rId90" xr:uid="{ED93ABF2-B6F2-4C31-A7A0-7D07733474AF}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="47" orientation="landscape" r:id="rId97"/>
+  <pageSetup paperSize="9" scale="47" orientation="landscape" r:id="rId91"/>
   <tableParts count="2">
-    <tablePart r:id="rId98"/>
-    <tablePart r:id="rId99"/>
+    <tablePart r:id="rId92"/>
+    <tablePart r:id="rId93"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Regiongemensamma licenser VGR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>