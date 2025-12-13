--- v0 (2025-10-30)
+++ v1 (2025-12-13)
@@ -4104,37 +4104,37 @@
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Brevmall Regionhälsan</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1123</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Återlämning av hjälpmedel Primärvårdens hjm enhet</dc:title>
+  <dc:title>Återlämning av hjälpmedel Primärvårdens hjälpmedelsenhet 2025-01-11</dc:title>
   <dc:subject/>
   <dc:creator>Catarina Oldin Kjellberg</dc:creator>
   <keywords/>
   <dc:description/>
   <lastModifiedBy>Angélica Andersson</lastModifiedBy>
   <revision>2</revision>
   <lastPrinted>2022-11-24T12:38:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>