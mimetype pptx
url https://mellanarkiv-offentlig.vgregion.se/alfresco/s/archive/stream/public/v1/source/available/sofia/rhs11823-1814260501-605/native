--- v0 (2025-10-03)
+++ v1 (2026-03-07)
@@ -8161,34 +8161,34 @@
       <vt:lpstr>Rutin vid kränkning mot patient och närstående</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Varför en rutin vid kränkning mot patient och närstående?</vt:lpstr>
       <vt:lpstr>Varför en rutin vid kränkning mot patient och närstående?</vt:lpstr>
       <vt:lpstr>Vad omfattar kränkningar? </vt:lpstr>
       <vt:lpstr>Exempel på upplevelser av kränkningar i hälso- och sjukvården  </vt:lpstr>
       <vt:lpstr>Budskap till patienter och närstående </vt:lpstr>
       <vt:lpstr>Vad kan patienter och närstående göra? </vt:lpstr>
       <vt:lpstr>Till dig som är medarbetare </vt:lpstr>
       <vt:lpstr>Till dig som är chef</vt:lpstr>
       <vt:lpstr>Guide vid patientsamtal </vt:lpstr>
       <vt:lpstr>Formell information</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Informationsmaterial om Rutin vid kränkning mot patient och närstående</dc:title>
+  <dc:title>APT-material om Rutin vid kränkning mot patient och närstående</dc:title>
   <dc:creator>Sara Tedsjö</dc:creator>
   <keywords/>
   <revision>74</revision>
   <lastPrinted>2023-06-22T08:21:51.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>