--- v0 (2025-10-31)
+++ v1 (2025-12-25)
@@ -1,2222 +1,1752 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5D13B4CE" w14:textId="47B68AEE" w:rsidR="00CD3588" w:rsidRDefault="008512A9" w:rsidP="001064F4">
+    <w:p w14:paraId="021AA5DE" w14:textId="49EFB0AE" w:rsidR="006A70AC" w:rsidRPr="00677E1A" w:rsidRDefault="006A70AC" w:rsidP="00677E1A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677E1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Mall 13: Ansvarsbeskrivning gasansvarig (medicinsk gas på flaska)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED2ED88" w14:textId="1992A739" w:rsidR="00663688" w:rsidRPr="00677E1A" w:rsidRDefault="00136D4C" w:rsidP="00677E1A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Reviderat</w:t>
+      </w:r>
+      <w:r w:rsidR="00663688" w:rsidRPr="00677E1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> datum: </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4DF8" w:rsidRPr="00677E1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>2025-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46052">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>2-03</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CEF2A83" w14:textId="31194441" w:rsidR="00663688" w:rsidRPr="00663688" w:rsidRDefault="00663688" w:rsidP="00677E1A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00663688">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Version:</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4DF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ECF5E8F" w14:textId="7F15118C" w:rsidR="005B2591" w:rsidRDefault="2BE02806" w:rsidP="005B2591">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:r w:rsidRPr="008512A9">
-        <w:t>Ansvarsbeskrivning gasansvarig (medicinsk gas på flaska)</w:t>
+      <w:bookmarkStart w:id="0" w:name="_Hlk197339179"/>
+      <w:r w:rsidRPr="007D4DF8">
+        <w:t>Ansvars</w:t>
+      </w:r>
+      <w:r w:rsidR="7401D82F" w:rsidRPr="007D4DF8">
+        <w:t>beskrivning</w:t>
+      </w:r>
+      <w:r w:rsidR="4191C8BD" w:rsidRPr="007D4DF8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A2279" w:rsidRPr="007D4DF8">
+        <w:t>gasansvarig</w:t>
+      </w:r>
+      <w:r w:rsidR="2B2CEB29" w:rsidRPr="007D4DF8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006820F3">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="2B2CEB29" w:rsidRPr="007D4DF8">
+        <w:t>medic</w:t>
+      </w:r>
+      <w:r w:rsidR="5DADFEE8" w:rsidRPr="007D4DF8">
+        <w:t>insk gas på flaska)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D6D5EF" w14:textId="0169D91B" w:rsidR="001064F4" w:rsidRPr="001064F4" w:rsidRDefault="00DB39E9" w:rsidP="006554C4">
-[...8 lines deleted...]
-      </w:r>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="20ADC555" w14:textId="77777777" w:rsidR="00622EC8" w:rsidRPr="00770F7D" w:rsidRDefault="4191C8BD" w:rsidP="007D4DF8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D4DF8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gäller de enheter som </w:t>
+      </w:r>
+      <w:r w:rsidR="724AE3CD" w:rsidRPr="00770F7D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>använder medicinsk</w:t>
+      </w:r>
+      <w:r w:rsidR="18493BE3" w:rsidRPr="00770F7D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gas</w:t>
+      </w:r>
+      <w:r w:rsidR="724AE3CD" w:rsidRPr="00770F7D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> på flaska</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D5015B" w14:textId="77777777" w:rsidR="00AB55BC" w:rsidRPr="007D4DF8" w:rsidRDefault="00AB55BC" w:rsidP="007D4DF8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="8114" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2600"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2744"/>
+        <w:gridCol w:w="2798"/>
+        <w:gridCol w:w="1255"/>
+        <w:gridCol w:w="2643"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009E466F" w:rsidRPr="009E466F" w14:paraId="1CF589EC" w14:textId="77777777" w:rsidTr="00FB7650">
+      <w:tr w:rsidR="007B5F22" w:rsidRPr="002D0130" w14:paraId="340D6E31" w14:textId="77777777" w:rsidTr="00D3727E">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:tcW w:w="2798" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="639D088E" w14:textId="77777777" w:rsidR="009E466F" w:rsidRPr="009E466F" w:rsidRDefault="009E466F" w:rsidP="009E466F">
+          <w:p w14:paraId="7A85EC46" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRPr="002D0130" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="009E466F">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002D0130">
               <w:t>Förvaltning</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="dxa"/>
+            <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A5E1E8F" w14:textId="77777777" w:rsidR="009E466F" w:rsidRPr="009E466F" w:rsidRDefault="009E466F" w:rsidP="009E466F">
+          <w:p w14:paraId="7EC62B18" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRPr="002D0130" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="009E466F">
-[...57 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002D0130">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text8"/>
+                  <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="Text8"/>
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002D0130">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002D0130">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="dxa"/>
+            <w:tcW w:w="2643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB647FE" w14:textId="77777777" w:rsidR="009E466F" w:rsidRPr="009E466F" w:rsidRDefault="009E466F" w:rsidP="009E466F">
+          <w:p w14:paraId="137026B1" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRPr="002D0130" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="009E466F">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002D0130">
+              <w:t>Område/Verksamhet:</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5089083A" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRPr="002D0130" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0130">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text4"/>
+                  <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text4"/>
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002D0130">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009E466F">
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002D0130">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009E466F">
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B5F22" w:rsidRPr="002D0130" w14:paraId="43B5519D" w14:textId="77777777" w:rsidTr="00D3727E">
+        <w:trPr>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02490E78" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47BCBBB4" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRPr="002D0130" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0130">
+              <w:t>Enhet:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E79C561" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRPr="002D0130" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF4B4D1" w14:textId="77777777" w:rsidR="009E466F" w:rsidRPr="009E466F" w:rsidRDefault="009E466F" w:rsidP="009E466F">
+          <w:p w14:paraId="1095F4AE" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="009E466F">
-[...4 lines deleted...]
-              </w:rPr>
+          </w:p>
+          <w:p w14:paraId="63D873E7" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRPr="002D0130" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0130">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text5"/>
+                  <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text5"/>
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002D0130">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009E466F">
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002D0130">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009E466F">
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E343B5" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRPr="002D0130" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06A9219E" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRPr="002D0130" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0130">
+              <w:t>Giltighetstid fr. o. m :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="217B59FC" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRPr="002D0130" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1437C9C5" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B443BC2" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRPr="002D0130" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0130">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E466F" w:rsidRPr="009E466F" w14:paraId="2305E13B" w14:textId="77777777" w:rsidTr="00FB7650">
+      <w:tr w:rsidR="007B5F22" w:rsidRPr="002D0130" w14:paraId="3A53B6ED" w14:textId="77777777" w:rsidTr="00D3727E">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2600" w:type="dxa"/>
+            <w:tcW w:w="2798" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D368214" w14:textId="77777777" w:rsidR="009E466F" w:rsidRPr="009E466F" w:rsidRDefault="009E466F" w:rsidP="009E466F">
+          <w:p w14:paraId="7FCD6966" w14:textId="77777777" w:rsidR="00770F7D" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="009E466F">
-[...6 lines deleted...]
-              <w:t>Giltighetstid</w:t>
+            <w:r w:rsidRPr="002D0130">
+              <w:t>Årlig översyn</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t>genomförd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E08C4CF" w14:textId="55B53C6A" w:rsidR="007B5F22" w:rsidRDefault="00770F7D" w:rsidP="00D3727E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(signum + datum)</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5F22" w:rsidRPr="002D0130">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="dxa"/>
+            <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F292C5B" w14:textId="77777777" w:rsidR="009E466F" w:rsidRPr="009E466F" w:rsidRDefault="009E466F" w:rsidP="009E466F">
+          <w:p w14:paraId="4C15165A" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="009E466F">
-[...6 lines deleted...]
-              <w:t>Fr o m</w:t>
+          </w:p>
+          <w:p w14:paraId="51730BB2" w14:textId="6007532F" w:rsidR="00770F7D" w:rsidRPr="002D0130" w:rsidRDefault="00770F7D" w:rsidP="00D3727E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0130">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0130">
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="599778E5" w14:textId="4F9CBA59" w:rsidR="009E466F" w:rsidRPr="009E466F" w:rsidRDefault="00F1324D" w:rsidP="009E466F">
+          <w:p w14:paraId="459484FB" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRPr="002D0130" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r>
-[...35 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A284817" w14:textId="77777777" w:rsidR="009E466F" w:rsidRPr="009E466F" w:rsidRDefault="009E466F" w:rsidP="009E466F">
+          <w:p w14:paraId="6DBE5870" w14:textId="77777777" w:rsidR="007B5F22" w:rsidRPr="002D0130" w:rsidRDefault="007B5F22" w:rsidP="00D3727E">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="009E466F">
-[...4 lines deleted...]
-              </w:rPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6D9BE95C" w14:textId="77777777" w:rsidR="007D4DF8" w:rsidRPr="007D4DF8" w:rsidRDefault="007D4DF8" w:rsidP="007D4DF8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11546303" w14:textId="77777777" w:rsidR="00AB55BC" w:rsidRPr="007D4DF8" w:rsidRDefault="00AB55BC" w:rsidP="007D4DF8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D4DF8">
+        <w:t>Ansvarsbeskrivningen ska ses över årligen och revideras vid förändringar. Årlig översyn ska dateras och signeras på originalet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="663FBCF8" w14:textId="77777777" w:rsidR="004636EF" w:rsidRPr="003F5B3C" w:rsidRDefault="003F5B3C" w:rsidP="00F2354A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t>Ansvarsbeskrivning:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364173F9" w14:textId="77777777" w:rsidR="009551BF" w:rsidRPr="005D56E8" w:rsidRDefault="009551BF" w:rsidP="00F2354A">
+      <w:pPr>
+        <w:pStyle w:val="Numreradlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">Tillse att gasflaskor förvaras och hanteras enligt gällande regelverk </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11859" w:rsidRPr="005D56E8">
+        <w:t>inklusive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> regionala och lokala rutiner för läkemedelshantering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080AF74B" w14:textId="77777777" w:rsidR="00D02E79" w:rsidRPr="005D56E8" w:rsidRDefault="008D7568" w:rsidP="00F2354A">
+      <w:pPr>
+        <w:pStyle w:val="Numreradlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">Säkerställa </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1362" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">att </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">avläsning av gasmängd/manometer </w:t>
+      </w:r>
+      <w:r w:rsidR="00A9083B" w:rsidRPr="005D56E8">
+        <w:t>utförs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> och att </w:t>
+      </w:r>
+      <w:r w:rsidR="00A9083B" w:rsidRPr="005D56E8">
+        <w:t>hämtning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> av tomma flaskor </w:t>
+      </w:r>
+      <w:r w:rsidR="00A9083B" w:rsidRPr="005D56E8">
+        <w:t>beställs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27BDB7F0" w14:textId="77777777" w:rsidR="00B8379D" w:rsidRPr="005D56E8" w:rsidRDefault="007B1823" w:rsidP="00F2354A">
+      <w:pPr>
+        <w:pStyle w:val="Numreradlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t>Säkerställa</w:t>
+      </w:r>
+      <w:r w:rsidR="001D60EC" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005961D2" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">att </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4EA5" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">kontroller enligt </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidR="00CA4EA5" w:rsidRPr="00C14D7E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>mall 18</w:t>
+        </w:r>
+        <w:r w:rsidR="00D02E79" w:rsidRPr="00C14D7E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Förvaring och kontroll av medicinska gasflaskor</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D02E79" w:rsidRPr="00C14D7E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005961D2" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">genomförs </w:t>
+      </w:r>
+      <w:r w:rsidR="00D02E79" w:rsidRPr="005D56E8">
+        <w:t>t ex</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8379D" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1362" w:rsidRPr="005D56E8">
+        <w:t>hållbarhetskontroll</w:t>
+      </w:r>
+      <w:r w:rsidR="003C27E0" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1362" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">och </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8379D" w:rsidRPr="005D56E8">
+        <w:t>cirkul</w:t>
+      </w:r>
+      <w:r w:rsidR="000A4C3C" w:rsidRPr="005D56E8">
+        <w:t>ation av</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8379D" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> g</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1362" w:rsidRPr="005D56E8">
+        <w:t>asflaskor</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1080" w:rsidRPr="005D56E8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344634CD" w14:textId="77777777" w:rsidR="00622EC8" w:rsidRPr="005D56E8" w:rsidRDefault="00B8379D" w:rsidP="00F2354A">
+      <w:pPr>
+        <w:pStyle w:val="Numreradlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00622EC8" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">edverka vid </w:t>
+      </w:r>
+      <w:r w:rsidR="006B2A91" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">framtagande och </w:t>
+      </w:r>
+      <w:r w:rsidR="00622EC8" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">uppdatering av </w:t>
+      </w:r>
+      <w:r w:rsidR="006B2A91" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">skriftliga enhetsanpassade rutiner </w:t>
+      </w:r>
+      <w:r w:rsidR="00622EC8" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">och förankra dessa </w:t>
+      </w:r>
+      <w:r w:rsidR="009551BF" w:rsidRPr="005D56E8">
+        <w:t>hos berörd personal</w:t>
+      </w:r>
+      <w:r w:rsidR="00622EC8" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0464624F" w14:textId="77777777" w:rsidR="00DA0471" w:rsidRPr="005D56E8" w:rsidRDefault="00DA0471" w:rsidP="005D56E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A1C2F44" w14:textId="2D808DE3" w:rsidR="00CF2795" w:rsidRPr="005D56E8" w:rsidRDefault="00DA0471" w:rsidP="005D56E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">Om verksamheten </w:t>
+      </w:r>
+      <w:r w:rsidR="0075501A" w:rsidRPr="005D56E8">
+        <w:t>kompletterar med ytterligare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> ansvarsområden</w:t>
+      </w:r>
+      <w:r w:rsidR="006935BD" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002273F3" w:rsidRPr="005D56E8">
+        <w:t>är det viktigt att man beaktar</w:t>
+      </w:r>
+      <w:r w:rsidR="00584ADB" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> att aktuell person har</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6CC4" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> rätt </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4601" w:rsidRPr="005D56E8">
+        <w:t>behörighet/</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02101" w:rsidRPr="005D56E8">
+        <w:t>kompetens för uppgift</w:t>
+      </w:r>
+      <w:r w:rsidR="002C11AD" w:rsidRPr="005D56E8">
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02101" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2354A" w:rsidRPr="005D56E8">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2354A">
+        <w:t>ill exempel</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02101" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> legitimerad sjuksköterska</w:t>
+      </w:r>
+      <w:r w:rsidR="003D2B73" w:rsidRPr="005D56E8">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00665312" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464E10E1" w14:textId="77777777" w:rsidR="00CF2795" w:rsidRPr="005D56E8" w:rsidRDefault="00CF2795" w:rsidP="005D56E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BEA6506" w14:textId="77777777" w:rsidR="00DA0471" w:rsidRPr="005D56E8" w:rsidRDefault="00CF2795" w:rsidP="005D56E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D56E8">
+        <w:lastRenderedPageBreak/>
+        <w:t>För mer information se</w:t>
+      </w:r>
+      <w:r w:rsidR="00491112" w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> kapitel 12 Medicinska gaser i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00491112" w:rsidRPr="005D56E8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Regional rutin för läkemedelshantering i VGR.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="655737A6" w14:textId="77777777" w:rsidR="00CF25EB" w:rsidRPr="005D56E8" w:rsidRDefault="00CF25EB" w:rsidP="005D56E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DFEC075" w14:textId="77777777" w:rsidR="00622EC8" w:rsidRPr="005D56E8" w:rsidRDefault="00622EC8" w:rsidP="005D56E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="112A2A97" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="00984289" w:rsidRDefault="00B574E4" w:rsidP="001A53C5">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t>Jag accepterar ovanstående ansvar</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4776"/>
+        <w:gridCol w:w="1022"/>
+        <w:gridCol w:w="2139"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B574E4" w:rsidRPr="00B04A8C" w14:paraId="27A84B22" w14:textId="260C58D6" w:rsidTr="00786E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B08D6B" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t xml:space="preserve">Ort </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="252DFBF1" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70271D9F" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t xml:space="preserve">Datum </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B574E4" w:rsidRPr="007C10AA" w14:paraId="5A53ABCE" w14:textId="62599A4D" w:rsidTr="00786E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E572041" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005D56E8">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F7D53B3" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3600DE0F" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005D56E8">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B574E4" w:rsidRPr="00B04A8C" w14:paraId="538F842C" w14:textId="6AF49614" w:rsidTr="00786E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F2ED2E" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t>Namnförtydligande och yrkestitel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4081D467" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t>VGR id</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBE5353" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t>Namnteckning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B574E4" w:rsidRPr="007C10AA" w14:paraId="1E7D1E88" w14:textId="6C052022" w:rsidTr="00786E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43CE70D7" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005D56E8">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61CBAE50" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005D56E8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text1"/>
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="005D56E8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009E466F">
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="005D56E8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009E466F">
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="3070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56628C78" w14:textId="77777777" w:rsidR="009E466F" w:rsidRPr="009E466F" w:rsidRDefault="009E466F" w:rsidP="00CD3588">
+          <w:p w14:paraId="5DEB1478" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="009E466F">
-[...4 lines deleted...]
-              </w:rPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B574E4" w:rsidRPr="00B04A8C" w14:paraId="69CAF069" w14:textId="47C191A3" w:rsidTr="00786E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41090034" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t>Namnförtydligande Verksamhetschef</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD38B2" w:rsidRPr="005D56E8">
+              <w:t>/vårdenhetschef</w:t>
+            </w:r>
+            <w:r w:rsidR="00A934F3" w:rsidRPr="005D56E8">
+              <w:t>/Enhetschef</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11599898" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="353FC08F" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t>Namnteckning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B574E4" w:rsidRPr="007C10AA" w14:paraId="6971757C" w14:textId="118C6F79" w:rsidTr="00786E1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2975CA68" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005D56E8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text2"/>
+                  <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text2"/>
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="005D56E8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009E466F">
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="005D56E8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009E466F">
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D56E8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...142 lines deleted...]
-      <w:tr w:rsidR="001064F4" w:rsidRPr="001064F4" w14:paraId="44BE8435" w14:textId="77777777" w:rsidTr="001751BE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9526" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10CA297D" w14:textId="77777777" w:rsidR="007C51C4" w:rsidRPr="007C51C4" w:rsidRDefault="007C51C4" w:rsidP="007C51C4">
+          <w:p w14:paraId="26E2BE97" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
             <w:pPr>
-              <w:rPr>
-[...1105 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcW w:w="3070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42694BB1" w14:textId="77777777" w:rsidR="001064F4" w:rsidRPr="001064F4" w:rsidRDefault="001064F4" w:rsidP="001064F4">
+          <w:p w14:paraId="63B67348" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="005D56E8" w:rsidRDefault="00B574E4" w:rsidP="005D56E8">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A53C5" w:rsidRPr="005D56E8" w14:paraId="6EE37F57" w14:textId="77777777" w:rsidTr="001A53C5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB6D58B" w14:textId="77777777" w:rsidR="001A53C5" w:rsidRPr="005D56E8" w:rsidRDefault="001A53C5" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C898C42" w14:textId="77777777" w:rsidR="001064F4" w:rsidRPr="001064F4" w:rsidRDefault="001064F4" w:rsidP="001064F4">
+          <w:p w14:paraId="442AFEED" w14:textId="77777777" w:rsidR="001A53C5" w:rsidRPr="005D56E8" w:rsidRDefault="001A53C5" w:rsidP="005D56E8">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcW w:w="3070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23D69A58" w14:textId="77777777" w:rsidR="001064F4" w:rsidRPr="001064F4" w:rsidRDefault="001064F4" w:rsidP="001064F4">
+          <w:p w14:paraId="4082A43D" w14:textId="77777777" w:rsidR="001A53C5" w:rsidRPr="005D56E8" w:rsidRDefault="001A53C5" w:rsidP="005D56E8">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A53C5" w:rsidRPr="005D56E8" w14:paraId="2EC27BB9" w14:textId="77777777" w:rsidTr="001A53C5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09F43C12" w14:textId="77777777" w:rsidR="001A53C5" w:rsidRPr="005D56E8" w:rsidRDefault="001A53C5" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1370" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AEBD7B0" w14:textId="77777777" w:rsidR="001064F4" w:rsidRPr="001064F4" w:rsidRDefault="001064F4" w:rsidP="001064F4">
+          <w:p w14:paraId="79B128B8" w14:textId="77777777" w:rsidR="001A53C5" w:rsidRPr="005D56E8" w:rsidRDefault="001A53C5" w:rsidP="005D56E8">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="001064F4">
-[...16 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C74252A" w14:textId="77777777" w:rsidR="001A53C5" w:rsidRPr="005D56E8" w:rsidRDefault="001A53C5" w:rsidP="005D56E8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="305D8EDB" w14:textId="3C812A69" w:rsidR="00D109A7" w:rsidRPr="00B37193" w:rsidRDefault="00D109A7" w:rsidP="006554C4"/>
-    <w:sectPr w:rsidR="00D109A7" w:rsidRPr="00B37193" w:rsidSect="006F7778">
+    <w:p w14:paraId="40B4F834" w14:textId="77777777" w:rsidR="005D56E8" w:rsidRPr="005D56E8" w:rsidRDefault="005D56E8" w:rsidP="005D56E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F4F098B" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRDefault="00B574E4" w:rsidP="001A53C5">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D56E8">
+        <w:t>Ovanstående ansvar har upphört</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="7938" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4789"/>
+        <w:gridCol w:w="235"/>
+        <w:gridCol w:w="2914"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B574E4" w:rsidRPr="00B04A8C" w14:paraId="0D050D72" w14:textId="37C443D2" w:rsidTr="00CF5CDC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4789" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F21A874" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="004F57B0" w:rsidRDefault="00B574E4" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t xml:space="preserve">Ort </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="235" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="694837FD" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="004F57B0" w:rsidRDefault="00B574E4" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2914" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1298DA8D" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="004F57B0" w:rsidRDefault="00B574E4" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t xml:space="preserve">Datum </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B574E4" w:rsidRPr="007C10AA" w14:paraId="108C224D" w14:textId="42F70E8E" w:rsidTr="00CF5CDC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4789" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E18710" w14:textId="77777777" w:rsidR="00CF5CDC" w:rsidRPr="004F57B0" w:rsidRDefault="00CF5CDC" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F57B0">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08073095" w14:textId="77777777" w:rsidR="00A15575" w:rsidRPr="004F57B0" w:rsidRDefault="00A15575" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="235" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DF6759" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="004F57B0" w:rsidRDefault="00B574E4" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2914" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="138C830C" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="004F57B0" w:rsidRDefault="00CF5CDC" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F57B0">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B574E4" w:rsidRPr="00B04A8C" w14:paraId="0CF111BE" w14:textId="28D39371" w:rsidTr="00CF5CDC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4789" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0CADA0" w14:textId="77777777" w:rsidR="00CF5CDC" w:rsidRDefault="00B574E4" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t>Namnförtydligande</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="606DC22B" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="004F57B0" w:rsidRDefault="00B574E4" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t>Verksamhetschef</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD38B2" w:rsidRPr="003607B7">
+              <w:t>/Vårdenhetschef</w:t>
+            </w:r>
+            <w:r w:rsidR="00A934F3" w:rsidRPr="003607B7">
+              <w:t>/Enhetschef</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="235" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DBECCF3" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="004F57B0" w:rsidRDefault="00B574E4" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2914" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC9849B" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="004F57B0" w:rsidRDefault="00B574E4" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t>Namnteckning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B574E4" w:rsidRPr="007C10AA" w14:paraId="3D71DC36" w14:textId="1B725735" w:rsidTr="00CF5CDC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4789" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17425AED" w14:textId="77777777" w:rsidR="00031AB2" w:rsidRPr="004F57B0" w:rsidRDefault="00CF5CDC" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F57B0">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F57B0">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="235" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A6F2B6" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="004F57B0" w:rsidRDefault="00B574E4" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2914" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0ABA2E4D" w14:textId="77777777" w:rsidR="00CF5CDC" w:rsidRPr="004F57B0" w:rsidRDefault="00CF5CDC" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="238EEEF4" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="004F57B0" w:rsidRDefault="00B574E4" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF5CDC" w:rsidRPr="003607B7" w14:paraId="76AE1C28" w14:textId="77777777" w:rsidTr="00CF5CDC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4789" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5419C7BA" w14:textId="77777777" w:rsidR="00CF5CDC" w:rsidRPr="003607B7" w:rsidRDefault="00CF5CDC" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="235" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1008AD" w14:textId="77777777" w:rsidR="00CF5CDC" w:rsidRPr="003607B7" w:rsidRDefault="00CF5CDC" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2914" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E29DA73" w14:textId="77777777" w:rsidR="00CF5CDC" w:rsidRPr="003607B7" w:rsidRDefault="00CF5CDC" w:rsidP="00017534">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="243C23FA" w14:textId="77777777" w:rsidR="00B574E4" w:rsidRPr="00B37193" w:rsidRDefault="00B574E4" w:rsidP="00B37193"/>
+    <w:sectPr w:rsidR="00B574E4" w:rsidRPr="00B37193" w:rsidSect="006F7778">
       <w:headerReference w:type="default" r:id="rId13"/>
-      <w:headerReference w:type="first" r:id="rId14"/>
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="2268" w:bottom="1985" w:left="1701" w:header="652" w:footer="652" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76985E00" w14:textId="77777777" w:rsidR="006E6E03" w:rsidRDefault="006E6E03" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="3949359C" w14:textId="77777777" w:rsidR="002267C2" w:rsidRDefault="002267C2" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19682F8E" w14:textId="77777777" w:rsidR="006E6E03" w:rsidRDefault="006E6E03" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="68814DC5" w14:textId="77777777" w:rsidR="002267C2" w:rsidRDefault="002267C2" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="719C1CCC" w14:textId="77777777" w:rsidR="006E6E03" w:rsidRDefault="006E6E03">
+    <w:p w14:paraId="3D211B1D" w14:textId="77777777" w:rsidR="002267C2" w:rsidRDefault="002267C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2231,70 +1761,114 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1F50FDB9" w14:textId="03076B63" w:rsidR="00574FAE" w:rsidRPr="00574FAE" w:rsidRDefault="00574FAE" w:rsidP="00574FAE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="408BECE8" w14:textId="77777777" w:rsidR="005D0A1A" w:rsidRPr="001A53C5" w:rsidRDefault="00612ADB" w:rsidP="005D0A1A">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
-    <w:r w:rsidRPr="00574FAE">
-      <w:t>Original förvaras på enhete</w:t>
+    <w:r w:rsidRPr="001A53C5">
+      <w:t xml:space="preserve">Original </w:t>
     </w:r>
-    <w:r w:rsidR="00767520">
-      <w:t>n</w:t>
+    <w:r w:rsidR="006F616E" w:rsidRPr="001A53C5">
+      <w:t>förvaras på enheten</w:t>
     </w:r>
-    <w:r w:rsidRPr="00574FAE">
-      <w:t>.</w:t>
+    <w:r w:rsidR="00687D1A" w:rsidRPr="001A53C5">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00687D1A" w:rsidRPr="001A53C5">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00687D1A" w:rsidRPr="001A53C5">
+      <w:br/>
+    </w:r>
+    <w:r w:rsidR="00D40A85" w:rsidRPr="001A53C5">
+      <w:t>Arkiveras 3 år efter passerat giltighetsdatum</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="340667BA" w14:textId="47764565" w:rsidR="00A43C1A" w:rsidRDefault="00A43C1A">
+  <w:p w14:paraId="71861977" w14:textId="012EE445" w:rsidR="00687D1A" w:rsidRPr="001A53C5" w:rsidRDefault="00687D1A" w:rsidP="003742A7">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2F1F8949" w14:textId="436D1F68" w:rsidR="001A53C5" w:rsidRPr="001A53C5" w:rsidRDefault="001A53C5" w:rsidP="001A53C5">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+    <w:r w:rsidRPr="001A53C5">
+      <w:t>Original förvaras på enheten</w:t>
+    </w:r>
+    <w:r w:rsidRPr="001A53C5">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="001A53C5">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="001A53C5">
+      <w:br/>
+      <w:t>Arkiveras 3 år efter passerat giltighetsdatum</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="27F40F56" w14:textId="77777777" w:rsidR="00A52B35" w:rsidRDefault="00A43C1A">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34489468" wp14:editId="09762F5C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4581525</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-217805</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1451610" cy="259080"/>
           <wp:effectExtent l="0" t="0" r="0" b="7620"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Bild 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -2318,189 +1892,239 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1451610" cy="259080"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="322ECF1B" w14:textId="77777777" w:rsidR="006E6E03" w:rsidRDefault="006E6E03" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="3C2AEACE" w14:textId="77777777" w:rsidR="002267C2" w:rsidRDefault="002267C2" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55930FBD" w14:textId="77777777" w:rsidR="006E6E03" w:rsidRDefault="006E6E03" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="7B89DC78" w14:textId="77777777" w:rsidR="002267C2" w:rsidRDefault="002267C2" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0B31EBA3" w14:textId="77777777" w:rsidR="006E6E03" w:rsidRDefault="006E6E03">
+    <w:p w14:paraId="7B499868" w14:textId="77777777" w:rsidR="002267C2" w:rsidRDefault="002267C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="73A8ABCE" w14:textId="23565CA3" w:rsidR="009E3DC3" w:rsidRPr="00F25BAC" w:rsidRDefault="009E3DC3" w:rsidP="00D109A7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="46C0DB14" w14:textId="4CA8D6F9" w:rsidR="00CA6983" w:rsidRDefault="001A53C5" w:rsidP="00CA6983">
+    <w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:noProof/>
+        <w:lang w:eastAsia="sv-SE"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="001A53C5">
+      <w:rPr>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>Mall 13 Ansvarsbeskrivning gasansvarig (medicinsk gas på flaska)</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA6983" w:rsidRPr="00CA6983">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00CA6983">
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r w:rsidR="00CA6983" w:rsidRPr="005D0A1A">
+      <w:t xml:space="preserve">Sida </w:t>
+    </w:r>
+    <w:r w:rsidR="00CA6983" w:rsidRPr="005D0A1A">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00CA6983" w:rsidRPr="005D0A1A">
+      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00CA6983" w:rsidRPr="005D0A1A">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00CA6983">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA6983" w:rsidRPr="005D0A1A">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00CA6983" w:rsidRPr="005D0A1A">
+      <w:t>(2)</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3365F556" w14:textId="6FA16DCC" w:rsidR="001A53C5" w:rsidRPr="001A53C5" w:rsidRDefault="001A53C5" w:rsidP="001A53C5">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
-      <w:ind w:left="0"/>
+      <w:rPr>
+        <w:bCs/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="3035208F" w14:textId="6DADFC9C" w:rsidR="003F5B3C" w:rsidRDefault="009E3DC3" w:rsidP="003F5B3C">
+    <w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:noProof/>
+        <w:lang w:eastAsia="sv-SE"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00F25BAC">
-[...22 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="12706F9A" w14:textId="77777777" w:rsidR="00946D3C" w:rsidRDefault="00946D3C"/>
+  <w:p w14:paraId="12706F9A" w14:textId="2E6F1F72" w:rsidR="00687D1A" w:rsidRDefault="00687D1A">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1A0F2A61" w14:textId="77777777" w:rsidR="00D758F0" w:rsidRPr="008177FC" w:rsidRDefault="00D758F0" w:rsidP="00D758F0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="63DEC9FB" w14:textId="23911190" w:rsidR="00A52B35" w:rsidRDefault="005E779A">
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
-    <w:r w:rsidRPr="008512A9">
-[...4 lines deleted...]
-    </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...44 lines deleted...]
-      <w:t xml:space="preserve"> 6.0</w:t>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="252095" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0F5B88DF" wp14:editId="40B31D56">
+          <wp:simplePos x="1078173" y="409433"/>
+          <wp:positionH relativeFrom="page">
+            <wp:align>center</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>540385</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6480000" cy="1263600"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapTopAndBottom/>
+          <wp:docPr id="1292110988" name="Bildobjekt 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1292110988" name="Bildobjekt 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6480000" cy="1263600"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EB743FF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="CBB46122"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -2626,50 +2250,200 @@
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9932A6B8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFFFE"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E01AD060"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="*"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000001"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000001"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="432"/>
+        </w:tabs>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="576"/>
+        </w:tabs>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="864"/>
+        </w:tabs>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1008"/>
+        </w:tabs>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1152"/>
+        </w:tabs>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1296"/>
+        </w:tabs>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1584"/>
+        </w:tabs>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000002"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="00000002"/>
+    <w:name w:val="WW8Num3"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0530227A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B456EC32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
@@ -2752,51 +2526,51 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05EE1867"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C2C14CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -2865,51 +2639,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B7E0623"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2690BC3E"/>
     <w:lvl w:ilvl="0" w:tplc="E0106760">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5486F408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2978,137 +2752,168 @@
     <w:lvl w:ilvl="7" w:tplc="1B6C5A4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="757CA732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0F1E12BF"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E8A02FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DE4E0E02"/>
-    <w:lvl w:ilvl="0" w:tplc="041D000F">
+    <w:tmpl w:val="9AF8B1E0"/>
+    <w:lvl w:ilvl="0" w:tplc="870C6EF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A6A1988"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CA221EBE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -3177,51 +2982,168 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2BB21056"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA3889BC"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C894358"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C2C14CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -3290,226 +3212,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4F6817B3"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48187531"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D734A598"/>
+    <w:tmpl w:val="44DC378A"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73A67453"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="16D4075C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numreradlista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Numreradlista2"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -3583,734 +3416,1059 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="665863069">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C1A4660"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0258434E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1354303191">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="49157284">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1156533042">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1318681619">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1382902264">
+    <w:abstractNumId w:val="9"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="bullet"/>
+        <w:lvlText w:val=""/>
+        <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="283" w:hanging="283"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="983772465">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1939219027">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1787892215">
+  <w:num w:numId="8" w16cid:durableId="545138734">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="665863069">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1787892215">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="896547685">
+  <w:num w:numId="11" w16cid:durableId="896547685">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1578057768">
+  <w:num w:numId="12" w16cid:durableId="1578057768">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1760520417">
+  <w:num w:numId="13" w16cid:durableId="1760520417">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1922981694">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="14" w16cid:durableId="1922981694">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="888221406">
+  <w:num w:numId="15" w16cid:durableId="888221406">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="609505733">
+  <w:num w:numId="16" w16cid:durableId="609505733">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="345324549">
+  <w:num w:numId="17" w16cid:durableId="345324549">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="878317036">
+  <w:num w:numId="18" w16cid:durableId="878317036">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1655646443">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="19" w16cid:durableId="1655646443">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="778379140">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="20" w16cid:durableId="1305429340">
+    <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="731463305">
+  <w:num w:numId="21" w16cid:durableId="731463305">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="680936313">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="680936313">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="23" w16cid:durableId="2094425704">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="2094425704">
-[...2 lines deleted...]
-  <w:num w:numId="17" w16cid:durableId="1786805601">
+  <w:num w:numId="24" w16cid:durableId="1786805601">
     <w:abstractNumId w:val="8"/>
-  </w:num>
-[...49 lines deleted...]
-    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
+  <w:displayBackgroundShape/>
+  <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
+  <w:defaultTableStyle w:val="Normal"/>
+  <w:drawingGridHorizontalSpacing w:val="0"/>
+  <w:drawingGridVerticalSpacing w:val="0"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:drawingGridHorizontalOrigin w:val="0"/>
+  <w:drawingGridVerticalOrigin w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B026DF"/>
-    <w:rsid w:val="00007D53"/>
     <w:rsid w:val="00014ABF"/>
     <w:rsid w:val="000164F3"/>
     <w:rsid w:val="000210D9"/>
     <w:rsid w:val="000213E0"/>
     <w:rsid w:val="000226F4"/>
     <w:rsid w:val="00023CF5"/>
+    <w:rsid w:val="00026AB1"/>
     <w:rsid w:val="000304A9"/>
+    <w:rsid w:val="00031AB2"/>
     <w:rsid w:val="000322B6"/>
     <w:rsid w:val="00035827"/>
+    <w:rsid w:val="0003743F"/>
     <w:rsid w:val="000428AA"/>
-    <w:rsid w:val="00050D2E"/>
     <w:rsid w:val="0005589D"/>
-    <w:rsid w:val="00075C8B"/>
+    <w:rsid w:val="000742A8"/>
     <w:rsid w:val="00081E07"/>
     <w:rsid w:val="00083807"/>
     <w:rsid w:val="000879D1"/>
+    <w:rsid w:val="00087E5D"/>
     <w:rsid w:val="00090F07"/>
-    <w:rsid w:val="0009145C"/>
     <w:rsid w:val="000927CE"/>
     <w:rsid w:val="00095753"/>
     <w:rsid w:val="000A259F"/>
+    <w:rsid w:val="000A4C3C"/>
+    <w:rsid w:val="000C3791"/>
     <w:rsid w:val="000C60F9"/>
+    <w:rsid w:val="000D053B"/>
+    <w:rsid w:val="000D14A6"/>
     <w:rsid w:val="000D29F7"/>
     <w:rsid w:val="000D36E2"/>
     <w:rsid w:val="000D4286"/>
     <w:rsid w:val="000D787A"/>
     <w:rsid w:val="000E136F"/>
-    <w:rsid w:val="000E4DD2"/>
+    <w:rsid w:val="000E4174"/>
     <w:rsid w:val="000F3B55"/>
-    <w:rsid w:val="000F4D72"/>
+    <w:rsid w:val="000F4FAE"/>
     <w:rsid w:val="0010206C"/>
+    <w:rsid w:val="00103723"/>
     <w:rsid w:val="00104807"/>
-    <w:rsid w:val="001064F4"/>
     <w:rsid w:val="00106E6E"/>
     <w:rsid w:val="001105A7"/>
     <w:rsid w:val="0011207E"/>
+    <w:rsid w:val="00135A67"/>
     <w:rsid w:val="00136C6B"/>
+    <w:rsid w:val="00136D4C"/>
     <w:rsid w:val="00142663"/>
-    <w:rsid w:val="00163469"/>
-    <w:rsid w:val="00167077"/>
+    <w:rsid w:val="001658A3"/>
+    <w:rsid w:val="00166BC8"/>
     <w:rsid w:val="00167F2D"/>
-    <w:rsid w:val="001751BE"/>
+    <w:rsid w:val="0017662F"/>
     <w:rsid w:val="00182C4D"/>
-    <w:rsid w:val="00191393"/>
+    <w:rsid w:val="001912CF"/>
+    <w:rsid w:val="00194871"/>
     <w:rsid w:val="0019680D"/>
-    <w:rsid w:val="00196EC4"/>
+    <w:rsid w:val="001A1362"/>
+    <w:rsid w:val="001A53C5"/>
     <w:rsid w:val="001A7D3F"/>
+    <w:rsid w:val="001B1A04"/>
     <w:rsid w:val="001B2002"/>
     <w:rsid w:val="001B4BB9"/>
-    <w:rsid w:val="001E5A97"/>
+    <w:rsid w:val="001C121D"/>
+    <w:rsid w:val="001D60EC"/>
+    <w:rsid w:val="001E2946"/>
+    <w:rsid w:val="001F4627"/>
     <w:rsid w:val="001F5488"/>
+    <w:rsid w:val="00201295"/>
+    <w:rsid w:val="002014DC"/>
+    <w:rsid w:val="00206A94"/>
     <w:rsid w:val="00220B93"/>
+    <w:rsid w:val="002267C2"/>
+    <w:rsid w:val="002273F3"/>
     <w:rsid w:val="00227810"/>
-    <w:rsid w:val="00231D29"/>
+    <w:rsid w:val="002320CE"/>
     <w:rsid w:val="0023309C"/>
+    <w:rsid w:val="00234568"/>
     <w:rsid w:val="002346A2"/>
+    <w:rsid w:val="00234B6F"/>
     <w:rsid w:val="00235637"/>
+    <w:rsid w:val="0023753D"/>
     <w:rsid w:val="00237D8B"/>
+    <w:rsid w:val="00240034"/>
+    <w:rsid w:val="00247F58"/>
     <w:rsid w:val="002506A7"/>
     <w:rsid w:val="00251B44"/>
     <w:rsid w:val="00257988"/>
     <w:rsid w:val="002611BD"/>
+    <w:rsid w:val="002660A3"/>
     <w:rsid w:val="00267E76"/>
+    <w:rsid w:val="00280B56"/>
+    <w:rsid w:val="0028114C"/>
+    <w:rsid w:val="00282B8F"/>
+    <w:rsid w:val="00296AD1"/>
     <w:rsid w:val="002A0EBB"/>
+    <w:rsid w:val="002A1080"/>
     <w:rsid w:val="002A223C"/>
-    <w:rsid w:val="002A43D9"/>
+    <w:rsid w:val="002A3232"/>
+    <w:rsid w:val="002A6CA7"/>
+    <w:rsid w:val="002B5829"/>
+    <w:rsid w:val="002B697D"/>
+    <w:rsid w:val="002C11AD"/>
+    <w:rsid w:val="002C2B73"/>
+    <w:rsid w:val="002C4031"/>
     <w:rsid w:val="002D6BE7"/>
     <w:rsid w:val="002E6307"/>
+    <w:rsid w:val="002F1EC2"/>
+    <w:rsid w:val="002F36E9"/>
     <w:rsid w:val="002F7366"/>
-    <w:rsid w:val="003227AE"/>
+    <w:rsid w:val="0030293D"/>
+    <w:rsid w:val="00316C5B"/>
+    <w:rsid w:val="00316DB8"/>
     <w:rsid w:val="00324BC6"/>
     <w:rsid w:val="00334C58"/>
-    <w:rsid w:val="00343B5C"/>
     <w:rsid w:val="0035044E"/>
+    <w:rsid w:val="003562D1"/>
     <w:rsid w:val="0036067A"/>
+    <w:rsid w:val="003742A7"/>
+    <w:rsid w:val="00375D6A"/>
+    <w:rsid w:val="003818B3"/>
+    <w:rsid w:val="00382586"/>
     <w:rsid w:val="003848CD"/>
     <w:rsid w:val="00384E26"/>
+    <w:rsid w:val="00385882"/>
+    <w:rsid w:val="00386C67"/>
+    <w:rsid w:val="003955CB"/>
+    <w:rsid w:val="00396A59"/>
     <w:rsid w:val="00397151"/>
     <w:rsid w:val="003977E2"/>
     <w:rsid w:val="003A0FEC"/>
+    <w:rsid w:val="003A2C34"/>
+    <w:rsid w:val="003A3999"/>
     <w:rsid w:val="003A4BEC"/>
+    <w:rsid w:val="003B1F09"/>
+    <w:rsid w:val="003B6CC4"/>
+    <w:rsid w:val="003C27E0"/>
+    <w:rsid w:val="003C3F9D"/>
     <w:rsid w:val="003C45A3"/>
-    <w:rsid w:val="003D0D46"/>
     <w:rsid w:val="003D1AD5"/>
+    <w:rsid w:val="003D2B73"/>
+    <w:rsid w:val="003D4B8A"/>
     <w:rsid w:val="003F0854"/>
     <w:rsid w:val="003F0BD7"/>
-    <w:rsid w:val="003F2982"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00406D41"/>
+    <w:rsid w:val="003F5B3C"/>
+    <w:rsid w:val="00402A91"/>
+    <w:rsid w:val="00407F41"/>
     <w:rsid w:val="00411FB3"/>
-    <w:rsid w:val="00417024"/>
-    <w:rsid w:val="00424DAB"/>
     <w:rsid w:val="004333A3"/>
+    <w:rsid w:val="00433568"/>
     <w:rsid w:val="004457CA"/>
     <w:rsid w:val="004477B4"/>
+    <w:rsid w:val="00450BA0"/>
     <w:rsid w:val="004539FA"/>
     <w:rsid w:val="004579C9"/>
+    <w:rsid w:val="004636EF"/>
     <w:rsid w:val="00463F60"/>
     <w:rsid w:val="00466ABB"/>
     <w:rsid w:val="00472FE4"/>
-    <w:rsid w:val="00474D70"/>
+    <w:rsid w:val="00474258"/>
+    <w:rsid w:val="00474959"/>
     <w:rsid w:val="00476DDD"/>
+    <w:rsid w:val="00476E2B"/>
     <w:rsid w:val="00481060"/>
-    <w:rsid w:val="00482EB4"/>
     <w:rsid w:val="00483F66"/>
-    <w:rsid w:val="004A6FCE"/>
+    <w:rsid w:val="0049061C"/>
+    <w:rsid w:val="00491112"/>
+    <w:rsid w:val="004A28D6"/>
+    <w:rsid w:val="004A4D96"/>
     <w:rsid w:val="004B1A1F"/>
     <w:rsid w:val="004C2B36"/>
+    <w:rsid w:val="004C6441"/>
     <w:rsid w:val="004E08FC"/>
     <w:rsid w:val="004E0B05"/>
     <w:rsid w:val="004F2653"/>
-    <w:rsid w:val="004F62FD"/>
     <w:rsid w:val="004F6E9F"/>
     <w:rsid w:val="00502996"/>
+    <w:rsid w:val="00522A0B"/>
     <w:rsid w:val="005241A4"/>
     <w:rsid w:val="00524F27"/>
+    <w:rsid w:val="005276BD"/>
     <w:rsid w:val="00531996"/>
     <w:rsid w:val="0053274D"/>
+    <w:rsid w:val="00532C66"/>
     <w:rsid w:val="005377E7"/>
+    <w:rsid w:val="005449F2"/>
+    <w:rsid w:val="005521A1"/>
     <w:rsid w:val="005537A8"/>
-    <w:rsid w:val="00564597"/>
+    <w:rsid w:val="0055676B"/>
+    <w:rsid w:val="0056177E"/>
+    <w:rsid w:val="00565675"/>
     <w:rsid w:val="0056637A"/>
-    <w:rsid w:val="00574FAE"/>
     <w:rsid w:val="00575871"/>
+    <w:rsid w:val="00584ADB"/>
     <w:rsid w:val="005861D0"/>
     <w:rsid w:val="00586919"/>
+    <w:rsid w:val="00594ABA"/>
     <w:rsid w:val="00594D98"/>
     <w:rsid w:val="00595949"/>
+    <w:rsid w:val="005961D2"/>
+    <w:rsid w:val="005A1DD3"/>
     <w:rsid w:val="005A403A"/>
     <w:rsid w:val="005A6F62"/>
-    <w:rsid w:val="005A70D3"/>
+    <w:rsid w:val="005B1424"/>
+    <w:rsid w:val="005B19C4"/>
     <w:rsid w:val="005B1F50"/>
+    <w:rsid w:val="005B2346"/>
     <w:rsid w:val="005B2591"/>
-    <w:rsid w:val="005B4D91"/>
+    <w:rsid w:val="005B4976"/>
+    <w:rsid w:val="005B658E"/>
     <w:rsid w:val="005C4A0C"/>
+    <w:rsid w:val="005C4D0C"/>
     <w:rsid w:val="005C6423"/>
     <w:rsid w:val="005C738E"/>
-    <w:rsid w:val="005D0EE6"/>
+    <w:rsid w:val="005D082C"/>
+    <w:rsid w:val="005D0A1A"/>
+    <w:rsid w:val="005D56E8"/>
     <w:rsid w:val="005E0CDB"/>
     <w:rsid w:val="005E31ED"/>
+    <w:rsid w:val="005E6379"/>
     <w:rsid w:val="005E779A"/>
     <w:rsid w:val="005F29FB"/>
     <w:rsid w:val="00604B03"/>
+    <w:rsid w:val="006055B2"/>
     <w:rsid w:val="00606B0F"/>
+    <w:rsid w:val="0061249E"/>
+    <w:rsid w:val="00612ADB"/>
     <w:rsid w:val="006137D6"/>
+    <w:rsid w:val="00620351"/>
+    <w:rsid w:val="0062105D"/>
     <w:rsid w:val="00622230"/>
-    <w:rsid w:val="006419E9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006554C4"/>
+    <w:rsid w:val="00622EC8"/>
+    <w:rsid w:val="006262E6"/>
+    <w:rsid w:val="00642250"/>
+    <w:rsid w:val="006429FE"/>
+    <w:rsid w:val="00653F0A"/>
+    <w:rsid w:val="00661980"/>
     <w:rsid w:val="00663688"/>
-    <w:rsid w:val="00671218"/>
-    <w:rsid w:val="006750F7"/>
+    <w:rsid w:val="00665312"/>
     <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00677E1A"/>
+    <w:rsid w:val="006820F3"/>
+    <w:rsid w:val="00687D1A"/>
+    <w:rsid w:val="006935BD"/>
     <w:rsid w:val="00693ED8"/>
-    <w:rsid w:val="00694E23"/>
-    <w:rsid w:val="00695909"/>
     <w:rsid w:val="00696DF2"/>
     <w:rsid w:val="00697C2E"/>
-    <w:rsid w:val="006A2EC6"/>
     <w:rsid w:val="006A47C2"/>
     <w:rsid w:val="006A60A8"/>
     <w:rsid w:val="006A6286"/>
-    <w:rsid w:val="006A6A06"/>
-    <w:rsid w:val="006B0932"/>
+    <w:rsid w:val="006A70AC"/>
+    <w:rsid w:val="006B2A91"/>
     <w:rsid w:val="006B3AC6"/>
+    <w:rsid w:val="006B6581"/>
     <w:rsid w:val="006C0636"/>
     <w:rsid w:val="006C20B8"/>
     <w:rsid w:val="006C4DA1"/>
+    <w:rsid w:val="006D0406"/>
+    <w:rsid w:val="006D304B"/>
     <w:rsid w:val="006E43A5"/>
     <w:rsid w:val="006E6496"/>
-    <w:rsid w:val="006E6E03"/>
+    <w:rsid w:val="006F616E"/>
+    <w:rsid w:val="006F6507"/>
     <w:rsid w:val="006F7778"/>
+    <w:rsid w:val="0070065F"/>
     <w:rsid w:val="00706214"/>
-    <w:rsid w:val="0071791E"/>
-    <w:rsid w:val="007320C3"/>
+    <w:rsid w:val="00722FA6"/>
+    <w:rsid w:val="0072777A"/>
+    <w:rsid w:val="00733377"/>
     <w:rsid w:val="00737193"/>
     <w:rsid w:val="00742CAC"/>
     <w:rsid w:val="007547F2"/>
+    <w:rsid w:val="0075501A"/>
+    <w:rsid w:val="0075505D"/>
+    <w:rsid w:val="007661BB"/>
     <w:rsid w:val="00766BEC"/>
-    <w:rsid w:val="00767520"/>
+    <w:rsid w:val="00770F7D"/>
+    <w:rsid w:val="007726DB"/>
     <w:rsid w:val="00772B6E"/>
-    <w:rsid w:val="00781895"/>
+    <w:rsid w:val="00776251"/>
     <w:rsid w:val="007829D2"/>
     <w:rsid w:val="00783074"/>
     <w:rsid w:val="0078522D"/>
+    <w:rsid w:val="00786E1D"/>
+    <w:rsid w:val="00793191"/>
+    <w:rsid w:val="00796764"/>
     <w:rsid w:val="007A0B53"/>
+    <w:rsid w:val="007A243E"/>
+    <w:rsid w:val="007B1823"/>
+    <w:rsid w:val="007B2831"/>
+    <w:rsid w:val="007B5F22"/>
     <w:rsid w:val="007B634A"/>
+    <w:rsid w:val="007C10AA"/>
     <w:rsid w:val="007C1E39"/>
     <w:rsid w:val="007C5139"/>
-    <w:rsid w:val="007C51C4"/>
+    <w:rsid w:val="007D4DF8"/>
+    <w:rsid w:val="007D7C9C"/>
     <w:rsid w:val="007E16FA"/>
-    <w:rsid w:val="007E2F14"/>
-    <w:rsid w:val="007F2FB1"/>
+    <w:rsid w:val="007E196E"/>
+    <w:rsid w:val="007E2087"/>
+    <w:rsid w:val="007F301F"/>
     <w:rsid w:val="007F6E5A"/>
+    <w:rsid w:val="007F6FCF"/>
     <w:rsid w:val="00801BBF"/>
+    <w:rsid w:val="008058F0"/>
     <w:rsid w:val="008065F9"/>
     <w:rsid w:val="00810019"/>
     <w:rsid w:val="00812DE2"/>
-    <w:rsid w:val="00814E17"/>
     <w:rsid w:val="00816FA9"/>
-    <w:rsid w:val="008177FC"/>
     <w:rsid w:val="008215CB"/>
     <w:rsid w:val="00822A22"/>
+    <w:rsid w:val="00825699"/>
     <w:rsid w:val="00826C8A"/>
+    <w:rsid w:val="008330DC"/>
     <w:rsid w:val="00834506"/>
     <w:rsid w:val="00834E7E"/>
-    <w:rsid w:val="008415F5"/>
-    <w:rsid w:val="008512A9"/>
+    <w:rsid w:val="00834FE5"/>
     <w:rsid w:val="00853F45"/>
     <w:rsid w:val="00854FCB"/>
     <w:rsid w:val="008574B7"/>
+    <w:rsid w:val="00862332"/>
     <w:rsid w:val="00870403"/>
     <w:rsid w:val="00875CBE"/>
+    <w:rsid w:val="00877B04"/>
+    <w:rsid w:val="00881AE0"/>
+    <w:rsid w:val="00897E0E"/>
     <w:rsid w:val="008A525C"/>
-    <w:rsid w:val="008B74A2"/>
+    <w:rsid w:val="008C384A"/>
     <w:rsid w:val="008C4656"/>
     <w:rsid w:val="008C5285"/>
-    <w:rsid w:val="008C79C7"/>
     <w:rsid w:val="008D4F31"/>
+    <w:rsid w:val="008D7568"/>
+    <w:rsid w:val="008E2A77"/>
+    <w:rsid w:val="008E48DB"/>
+    <w:rsid w:val="008E6EEC"/>
+    <w:rsid w:val="008F40E9"/>
     <w:rsid w:val="008F437E"/>
     <w:rsid w:val="008F46D6"/>
-    <w:rsid w:val="00904BB6"/>
     <w:rsid w:val="00910C25"/>
     <w:rsid w:val="00911DF5"/>
     <w:rsid w:val="0091229C"/>
+    <w:rsid w:val="009151F0"/>
     <w:rsid w:val="009255D9"/>
+    <w:rsid w:val="00927C6F"/>
     <w:rsid w:val="009333E9"/>
+    <w:rsid w:val="00933EA1"/>
     <w:rsid w:val="00934D21"/>
     <w:rsid w:val="00946D3C"/>
     <w:rsid w:val="00947BCD"/>
+    <w:rsid w:val="009551BF"/>
     <w:rsid w:val="009609C9"/>
     <w:rsid w:val="00972D16"/>
     <w:rsid w:val="00973775"/>
     <w:rsid w:val="00976057"/>
+    <w:rsid w:val="00985393"/>
     <w:rsid w:val="0099293C"/>
+    <w:rsid w:val="00997A04"/>
     <w:rsid w:val="009A25E1"/>
+    <w:rsid w:val="009B2494"/>
     <w:rsid w:val="009B2791"/>
+    <w:rsid w:val="009B2D8E"/>
+    <w:rsid w:val="009B69DC"/>
+    <w:rsid w:val="009D0125"/>
     <w:rsid w:val="009D509B"/>
     <w:rsid w:val="009E3DC3"/>
     <w:rsid w:val="009E437C"/>
-    <w:rsid w:val="009E466F"/>
     <w:rsid w:val="009E5423"/>
     <w:rsid w:val="009E6EF9"/>
     <w:rsid w:val="009E7B9D"/>
     <w:rsid w:val="009E7F82"/>
     <w:rsid w:val="00A076D6"/>
+    <w:rsid w:val="00A1342C"/>
+    <w:rsid w:val="00A15575"/>
     <w:rsid w:val="00A16575"/>
     <w:rsid w:val="00A17AEC"/>
     <w:rsid w:val="00A17B37"/>
     <w:rsid w:val="00A2125B"/>
+    <w:rsid w:val="00A22984"/>
     <w:rsid w:val="00A23320"/>
-    <w:rsid w:val="00A243B0"/>
     <w:rsid w:val="00A273A8"/>
+    <w:rsid w:val="00A42AC7"/>
     <w:rsid w:val="00A43C1A"/>
     <w:rsid w:val="00A51CEF"/>
-    <w:rsid w:val="00A56F2B"/>
-    <w:rsid w:val="00A61583"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rsid w:val="00A571EF"/>
     <w:rsid w:val="00A6449E"/>
-    <w:rsid w:val="00A66CC5"/>
     <w:rsid w:val="00A711E8"/>
     <w:rsid w:val="00A80C68"/>
     <w:rsid w:val="00A87B49"/>
-    <w:rsid w:val="00A91279"/>
+    <w:rsid w:val="00A9083B"/>
+    <w:rsid w:val="00A934F3"/>
     <w:rsid w:val="00A96DA2"/>
-    <w:rsid w:val="00A978EA"/>
     <w:rsid w:val="00AA2ABA"/>
+    <w:rsid w:val="00AA39E5"/>
     <w:rsid w:val="00AA3A34"/>
     <w:rsid w:val="00AA5C9A"/>
+    <w:rsid w:val="00AA6FBE"/>
     <w:rsid w:val="00AB167A"/>
+    <w:rsid w:val="00AB1A9B"/>
     <w:rsid w:val="00AB24CA"/>
+    <w:rsid w:val="00AB55BC"/>
     <w:rsid w:val="00AB57E2"/>
-    <w:rsid w:val="00AC2122"/>
+    <w:rsid w:val="00AD1243"/>
+    <w:rsid w:val="00AD32F9"/>
     <w:rsid w:val="00AD354E"/>
-    <w:rsid w:val="00AD541D"/>
     <w:rsid w:val="00AD5832"/>
+    <w:rsid w:val="00AE3BD5"/>
+    <w:rsid w:val="00AE4D7B"/>
+    <w:rsid w:val="00AF2B6F"/>
+    <w:rsid w:val="00AF49F7"/>
     <w:rsid w:val="00AF5B57"/>
+    <w:rsid w:val="00AF6E6F"/>
     <w:rsid w:val="00B026DF"/>
-    <w:rsid w:val="00B0354E"/>
-    <w:rsid w:val="00B14799"/>
     <w:rsid w:val="00B1580D"/>
+    <w:rsid w:val="00B239A3"/>
+    <w:rsid w:val="00B2466C"/>
+    <w:rsid w:val="00B2709E"/>
     <w:rsid w:val="00B30455"/>
     <w:rsid w:val="00B32309"/>
+    <w:rsid w:val="00B34FEA"/>
     <w:rsid w:val="00B37193"/>
+    <w:rsid w:val="00B37D7C"/>
     <w:rsid w:val="00B40283"/>
     <w:rsid w:val="00B4285A"/>
     <w:rsid w:val="00B462CC"/>
-    <w:rsid w:val="00B634E7"/>
+    <w:rsid w:val="00B574E4"/>
     <w:rsid w:val="00B6416A"/>
+    <w:rsid w:val="00B648EE"/>
+    <w:rsid w:val="00B7020D"/>
     <w:rsid w:val="00B71B19"/>
-    <w:rsid w:val="00B904C2"/>
+    <w:rsid w:val="00B8379D"/>
+    <w:rsid w:val="00B915A4"/>
     <w:rsid w:val="00B9215F"/>
+    <w:rsid w:val="00B92676"/>
+    <w:rsid w:val="00B95A0D"/>
+    <w:rsid w:val="00BB4522"/>
     <w:rsid w:val="00BB48AC"/>
+    <w:rsid w:val="00BB4E1A"/>
+    <w:rsid w:val="00BB632F"/>
     <w:rsid w:val="00BB7B8B"/>
     <w:rsid w:val="00BC4E87"/>
+    <w:rsid w:val="00BD55B8"/>
     <w:rsid w:val="00BD6268"/>
     <w:rsid w:val="00BE0327"/>
     <w:rsid w:val="00BE3F3D"/>
     <w:rsid w:val="00BE75E3"/>
     <w:rsid w:val="00BF2DAB"/>
+    <w:rsid w:val="00BF32EA"/>
     <w:rsid w:val="00BF46DE"/>
-    <w:rsid w:val="00C015AC"/>
+    <w:rsid w:val="00BF650D"/>
+    <w:rsid w:val="00C00B1B"/>
     <w:rsid w:val="00C02681"/>
+    <w:rsid w:val="00C03451"/>
     <w:rsid w:val="00C079B5"/>
+    <w:rsid w:val="00C127EA"/>
     <w:rsid w:val="00C12ADF"/>
     <w:rsid w:val="00C13434"/>
+    <w:rsid w:val="00C14D7E"/>
+    <w:rsid w:val="00C176F7"/>
     <w:rsid w:val="00C27044"/>
+    <w:rsid w:val="00C301F5"/>
     <w:rsid w:val="00C312B6"/>
+    <w:rsid w:val="00C36047"/>
     <w:rsid w:val="00C4216C"/>
     <w:rsid w:val="00C459F7"/>
+    <w:rsid w:val="00C51136"/>
+    <w:rsid w:val="00C56EA9"/>
     <w:rsid w:val="00C63DA4"/>
     <w:rsid w:val="00C76DDB"/>
     <w:rsid w:val="00C8232C"/>
-    <w:rsid w:val="00CA53F1"/>
+    <w:rsid w:val="00C92002"/>
+    <w:rsid w:val="00C92231"/>
+    <w:rsid w:val="00C9421B"/>
+    <w:rsid w:val="00C976FC"/>
+    <w:rsid w:val="00CA4EA5"/>
+    <w:rsid w:val="00CA6983"/>
+    <w:rsid w:val="00CA70DE"/>
+    <w:rsid w:val="00CC0768"/>
     <w:rsid w:val="00CC149C"/>
     <w:rsid w:val="00CC3124"/>
     <w:rsid w:val="00CC3657"/>
-    <w:rsid w:val="00CD3588"/>
+    <w:rsid w:val="00CC4B0C"/>
+    <w:rsid w:val="00CC777D"/>
+    <w:rsid w:val="00CD4601"/>
     <w:rsid w:val="00CE048D"/>
+    <w:rsid w:val="00CE0C7A"/>
     <w:rsid w:val="00CE4E3C"/>
+    <w:rsid w:val="00CE6A6C"/>
+    <w:rsid w:val="00CF25EB"/>
+    <w:rsid w:val="00CF2795"/>
+    <w:rsid w:val="00CF5CDC"/>
+    <w:rsid w:val="00D02101"/>
     <w:rsid w:val="00D02A34"/>
+    <w:rsid w:val="00D02E79"/>
     <w:rsid w:val="00D070FF"/>
-    <w:rsid w:val="00D109A7"/>
-    <w:rsid w:val="00D150EF"/>
     <w:rsid w:val="00D2298A"/>
     <w:rsid w:val="00D24DBA"/>
-    <w:rsid w:val="00D2619D"/>
     <w:rsid w:val="00D313D3"/>
+    <w:rsid w:val="00D323DA"/>
+    <w:rsid w:val="00D34F15"/>
+    <w:rsid w:val="00D40A85"/>
+    <w:rsid w:val="00D415F7"/>
+    <w:rsid w:val="00D45913"/>
     <w:rsid w:val="00D4779E"/>
-    <w:rsid w:val="00D6372F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DB76C9"/>
+    <w:rsid w:val="00D551E4"/>
+    <w:rsid w:val="00D65001"/>
+    <w:rsid w:val="00D815CA"/>
+    <w:rsid w:val="00D928D0"/>
+    <w:rsid w:val="00D94559"/>
+    <w:rsid w:val="00DA0471"/>
+    <w:rsid w:val="00DA1756"/>
+    <w:rsid w:val="00DC32BB"/>
     <w:rsid w:val="00DC69AB"/>
-    <w:rsid w:val="00DE2617"/>
-    <w:rsid w:val="00DE5C62"/>
+    <w:rsid w:val="00DC74C1"/>
+    <w:rsid w:val="00DD096F"/>
+    <w:rsid w:val="00DD38B2"/>
+    <w:rsid w:val="00DE1041"/>
+    <w:rsid w:val="00DE2B5B"/>
+    <w:rsid w:val="00DE751C"/>
     <w:rsid w:val="00DF0444"/>
     <w:rsid w:val="00DF19B1"/>
     <w:rsid w:val="00DF28E1"/>
     <w:rsid w:val="00DF42CC"/>
+    <w:rsid w:val="00DF7204"/>
+    <w:rsid w:val="00E0078E"/>
     <w:rsid w:val="00E0329D"/>
+    <w:rsid w:val="00E05378"/>
     <w:rsid w:val="00E05BFC"/>
+    <w:rsid w:val="00E05DCA"/>
+    <w:rsid w:val="00E11859"/>
+    <w:rsid w:val="00E14367"/>
     <w:rsid w:val="00E15D2C"/>
+    <w:rsid w:val="00E16014"/>
+    <w:rsid w:val="00E3280A"/>
     <w:rsid w:val="00E33025"/>
-    <w:rsid w:val="00E33769"/>
     <w:rsid w:val="00E339A3"/>
+    <w:rsid w:val="00E4250E"/>
+    <w:rsid w:val="00E43924"/>
     <w:rsid w:val="00E47380"/>
     <w:rsid w:val="00E50040"/>
+    <w:rsid w:val="00E5345D"/>
+    <w:rsid w:val="00E53FEC"/>
+    <w:rsid w:val="00E56D9C"/>
+    <w:rsid w:val="00E57058"/>
     <w:rsid w:val="00E63ED2"/>
     <w:rsid w:val="00E66CA0"/>
+    <w:rsid w:val="00E8091A"/>
     <w:rsid w:val="00EA3DBA"/>
     <w:rsid w:val="00EB1E30"/>
-    <w:rsid w:val="00EB4A17"/>
+    <w:rsid w:val="00EB4C83"/>
     <w:rsid w:val="00EB60E6"/>
     <w:rsid w:val="00EC5EB1"/>
+    <w:rsid w:val="00ED2261"/>
     <w:rsid w:val="00ED6C6F"/>
-    <w:rsid w:val="00EF4901"/>
+    <w:rsid w:val="00EF5125"/>
     <w:rsid w:val="00EF58B6"/>
-    <w:rsid w:val="00F04F0E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F1324D"/>
+    <w:rsid w:val="00F13224"/>
     <w:rsid w:val="00F20B41"/>
+    <w:rsid w:val="00F2354A"/>
     <w:rsid w:val="00F25BAC"/>
-    <w:rsid w:val="00F31C4D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F41852"/>
+    <w:rsid w:val="00F27FCE"/>
+    <w:rsid w:val="00F302BA"/>
+    <w:rsid w:val="00F33152"/>
+    <w:rsid w:val="00F37F5A"/>
+    <w:rsid w:val="00F46052"/>
+    <w:rsid w:val="00F46EA5"/>
     <w:rsid w:val="00F4778E"/>
-    <w:rsid w:val="00F50886"/>
     <w:rsid w:val="00F5205D"/>
     <w:rsid w:val="00F54922"/>
-    <w:rsid w:val="00F60575"/>
     <w:rsid w:val="00F61558"/>
     <w:rsid w:val="00F61F0E"/>
     <w:rsid w:val="00F6408C"/>
-    <w:rsid w:val="00F8181B"/>
-    <w:rsid w:val="00FB7650"/>
+    <w:rsid w:val="00F71261"/>
+    <w:rsid w:val="00FB4625"/>
+    <w:rsid w:val="00FB7A32"/>
     <w:rsid w:val="00FC6F9F"/>
     <w:rsid w:val="00FC79A2"/>
-    <w:rsid w:val="00FE33F8"/>
+    <w:rsid w:val="00FF09C0"/>
     <w:rsid w:val="00FF334A"/>
-    <w:rsid w:val="00FF6ADE"/>
+    <w:rsid w:val="13C1D173"/>
+    <w:rsid w:val="18493BE3"/>
+    <w:rsid w:val="1C9A455B"/>
+    <w:rsid w:val="2B0CC20B"/>
+    <w:rsid w:val="2B2CEB29"/>
+    <w:rsid w:val="2BE02806"/>
+    <w:rsid w:val="4191C8BD"/>
+    <w:rsid w:val="44841315"/>
+    <w:rsid w:val="465C185A"/>
+    <w:rsid w:val="4D144A44"/>
+    <w:rsid w:val="56B12CBB"/>
+    <w:rsid w:val="59F5AE6F"/>
+    <w:rsid w:val="5DADFEE8"/>
+    <w:rsid w:val="61A05014"/>
+    <w:rsid w:val="676A2279"/>
+    <w:rsid w:val="6EC5FEFB"/>
+    <w:rsid w:val="70A84BF4"/>
+    <w:rsid w:val="724AE3CD"/>
+    <w:rsid w:val="732243BB"/>
+    <w:rsid w:val="7401D82F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4F86A92E"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="2" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1"/>
-    <w:lsdException w:name="footer" w:uiPriority="0"/>
     <w:lsdException w:name="index heading" w:semiHidden="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1"/>
+    <w:lsdException w:name="annotation reference" w:uiPriority="0"/>
     <w:lsdException w:name="line number" w:semiHidden="1"/>
-    <w:lsdException w:name="endnote reference" w:semiHidden="1"/>
-    <w:lsdException w:name="endnote text" w:semiHidden="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1"/>
     <w:lsdException w:name="List" w:semiHidden="1"/>
-    <w:lsdException w:name="List Bullet" w:qFormat="1"/>
-    <w:lsdException w:name="List Number" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="24" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:uiPriority="25" w:qFormat="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10"/>
+    <w:lsdException w:name="List Bullet 2" w:uiPriority="24"/>
+    <w:lsdException w:name="List Bullet 3" w:uiPriority="24"/>
+    <w:lsdException w:name="List Bullet 4" w:uiPriority="24"/>
+    <w:lsdException w:name="List Bullet 5" w:uiPriority="24"/>
+    <w:lsdException w:name="List Number 2" w:uiPriority="25"/>
+    <w:lsdException w:name="List Number 3" w:uiPriority="25"/>
+    <w:lsdException w:name="List Number 4" w:uiPriority="25"/>
+    <w:lsdException w:name="List Number 5" w:uiPriority="25"/>
+    <w:lsdException w:name="Title" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="Salutation" w:uiPriority="36"/>
+    <w:lsdException w:name="Salutation" w:uiPriority="2"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0"/>
-    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:uiPriority="98"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4549,1130 +4707,1187 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008C4656"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Rubrik"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="180"/>
+      <w:spacing w:before="480"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:spacing w:before="400"/>
+      <w:spacing w:before="400" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Rubrik3"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:spacing w:before="180" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
       <w:iCs/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Rubrik4"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
       <w:i/>
       <w:sz w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Rubrik5"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:iCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Rubrik6"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Rubrik7"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Rubrik8"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:iCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik1"/>
-[...356 lines deleted...]
-      <w:color w:val="auto"/>
+    <w:uiPriority w:val="98"/>
+    <w:rsid w:val="00C14D7E"/>
+    <w:rPr>
+      <w:color w:val="919191" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
-  </w:style>
-[...147 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9356"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-851" w:right="-851"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...9 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="18"/>
-    </w:rPr>
-[...75 lines deleted...]
-      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:styleId="Platshllartext">
+    <w:name w:val="Placeholder Text"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D551E4"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
+    <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="007D4DF8"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
-[...2 lines deleted...]
-      <w:u w:val="single"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D4DF8"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+    <w:name w:val="Kommentarer Char"/>
+    <w:link w:val="Kommentarer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00661980"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Kommentarer"/>
+    <w:next w:val="Kommentarer"/>
+    <w:link w:val="KommentarsmneChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D4DF8"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+    <w:name w:val="Kommentarsämne Char"/>
+    <w:link w:val="Kommentarsmne"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00661980"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlnk">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001912CF"/>
+    <w:rPr>
+      <w:color w:val="1A9FB3" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001912CF"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+    <w:name w:val="Rubrik 6 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+    <w:name w:val="Rubrik 7 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik8Char">
+    <w:name w:val="Rubrik 8 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:bCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="RubrikChar"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:spacing w:before="240"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="60"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="60"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Underrubrik">
+    <w:name w:val="Subtitle"/>
+    <w:aliases w:val="Enhet/nämnd"/>
+    <w:basedOn w:val="Rubrik"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="UnderrubrikChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+    <w:name w:val="Underrubrik Char"/>
+    <w:aliases w:val="Enhet/nämnd Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Underrubrik"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Stark">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="22"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Betoning">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="20"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ingetavstnd">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="IngetavstndChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:sz w:val="19"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitatChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:spacing w:before="180"/>
+      <w:ind w:left="567" w:right="567"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitatChar">
+    <w:name w:val="Citat Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Citat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Starktcitat">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="StarktcitatChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+      <w:ind w:left="936" w:right="936"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StarktcitatChar">
+    <w:name w:val="Starkt citat Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Starktcitat"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Diskretbetoning">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="19"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Starkbetoning">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="21"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Diskretreferens">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="31"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="auto"/>
+      <w:u w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Starkreferens">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="32"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="auto"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Bokenstitel">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="33"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Rubrik1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="425" w:hanging="425"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+      <w:lang w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="850" w:hanging="425"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="1276" w:hanging="425"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="1276"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1701"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="2126"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="2552"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="2977"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="3402"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidfot"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Punktlista">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="24"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
+      <w:spacing w:after="140"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Numreradlista">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="25"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="9"/>
+      </w:numPr>
+      <w:spacing w:after="140"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Fotnotstext">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FotnotstextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:pPr>
+      <w:ind w:left="142" w:hanging="142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="17"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FotnotstextChar">
+    <w:name w:val="Fotnotstext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Fotnotstext"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="17"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Numreradlista"/>
     <w:uiPriority w:val="25"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Numreradlista2"/>
     <w:uiPriority w:val="25"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Numreradlista3"/>
     <w:uiPriority w:val="25"/>
-    <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="Numreradlista4"/>
     <w:uiPriority w:val="25"/>
-    <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Punktlista"/>
     <w:uiPriority w:val="24"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Punktlista2"/>
     <w:uiPriority w:val="24"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista4">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="Punktlista3"/>
     <w:uiPriority w:val="24"/>
-    <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista5">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="Punktlista4"/>
     <w:uiPriority w:val="24"/>
-    <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Slutnotstext">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SlutnotstextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="142" w:hanging="142"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="17"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SlutnotstextChar">
     <w:name w:val="Slutnotstext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Slutnotstext"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="17"/>
-      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Slutnotsreferens">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
-    </w:rPr>
-[...9 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Adress-brev">
     <w:name w:val="envelope address"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:spacing w:after="720" w:line="264" w:lineRule="auto"/>
       <w:ind w:left="4253"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Avslutandetext">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="AvslutandetextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
-      <w:spacing w:after="800" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="800"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AvslutandetextChar">
     <w:name w:val="Avslutande text Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Avslutandetext"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Inledning">
     <w:name w:val="Salutation"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="InledningChar"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:spacing w:after="400"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="InledningChar">
     <w:name w:val="Inledning Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Inledning"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="006769DD"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
       <w:b/>
-      <w:sz w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Klla">
     <w:name w:val="Källa"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="26"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
-      <w:spacing w:before="80" w:after="320" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="80" w:after="320"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IngetavstndChar">
     <w:name w:val="Inget avstånd Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ingetavstnd"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00C76DDB"/>
-    <w:rPr>
+    <w:rsid w:val="00A52B35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="19"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGR">
     <w:name w:val="VGR"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00397151"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00A52B35"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="85" w:type="dxa"/>
         <w:left w:w="85" w:type="dxa"/>
         <w:bottom w:w="85" w:type="dxa"/>
         <w:right w:w="85" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tblPr/>
@@ -5700,260 +5915,182 @@
         <w:b/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F4F9FE"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaText">
     <w:name w:val="Faktaruta Text"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00BE75E3"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
         <w:left w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
         <w:bottom w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
         <w:right w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="C9E0F9"/>
       <w:spacing w:after="320"/>
       <w:ind w:left="301" w:right="301"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
-[...10 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagstext">
     <w:name w:val="Omslagstext"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="36"/>
     <w:qFormat/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Inbjudan">
     <w:name w:val="Inbjudan"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC4E87"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
       <w:spacing w:before="960" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalifigur">
     <w:name w:val="Normal i figur"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="12"/>
-    <w:rsid w:val="00BC4E87"/>
+    <w:rsid w:val="00A52B35"/>
     <w:pPr>
-      <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:szCs w:val="19"/>
-    </w:rPr>
-[...80 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="143855029">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="801462029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="852376865">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2022387602">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs9924-923386695-385/surrogate/Regional%20rutin%20f%C3%B6r%20l%C3%A4kemedelshantering%20i%20V%C3%A4stra%20G%C3%B6talandsregionen.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering/14.-mallar-och-blanketter/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs9924-923386695-385/surrogate/Regional%20rutin%20f%C3%B6r%20l%C3%A4kemedelshantering%20i%20V%C3%A4stra%20G%C3%B6talandsregionen.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering/14.-mallar-och-blanketter/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="VGR_Sjukvården">
   <a:themeElements>
     <a:clrScheme name="VGR | Sjukvård | Färger">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E1DF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="005B89"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="1A9FB3"/>
       </a:accent2>
       <a:accent3>
@@ -6193,72 +6330,57 @@
       <a:srgbClr val="EFF4C6"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="C0EEC2"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="FECCBF"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="B3EBF2"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="E7E1DF"/>
     </a:custClr>
   </a:custClrLst>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="VGR_Sjukvården" id="{B24F6CA7-2423-4FB2-9094-FE53A7DE6252}" vid="{B1C5D169-6E56-4B35-A41D-6A65C9B3563D}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1850</Characters>
+  <Pages>2</Pages>
+  <Words>204</Words>
+  <Characters>1444</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2195</CharactersWithSpaces>
+  <CharactersWithSpaces>1614</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Mall 13 Ansvarsbeskrivning gasansvarig (medicinsk gas på flaska)</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <dc:description/>
   <lastModifiedBy/>
   <revision>1</revision>
+  <lastPrinted>2012-11-02T04:18:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>