--- v0 (2025-10-31)
+++ v1 (2025-12-25)
@@ -5,1744 +5,2310 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5260073E" w14:textId="007269A6" w:rsidR="00DF00BF" w:rsidRPr="00DF00BF" w:rsidRDefault="00DF00BF" w:rsidP="00DF00BF">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="32A62627" w14:textId="6937CB9D" w:rsidR="00A65C4D" w:rsidRDefault="00080AF5" w:rsidP="00663688">
+      <w:pPr>
+        <w:pStyle w:val="Underrubrik"/>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB4A17">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EB4A17">
+        <w:t>Mall 5:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65C4D">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF00BF">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ansvarsbeskrivning för kontrollansvarig narkotika</w:t>
+        <w:t xml:space="preserve">Ansvarsbeskrivning </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65C4D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>för kontrollansvarig narkotika</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4902C41E" w14:textId="583B7B9E" w:rsidR="00DF00BF" w:rsidRPr="00663688" w:rsidRDefault="00DF00BF" w:rsidP="00DF00BF">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EB4A17">
+    <w:p w14:paraId="7DD18066" w14:textId="77777777" w:rsidR="00A65C4D" w:rsidRDefault="00A65C4D" w:rsidP="00663688">
+      <w:pPr>
+        <w:pStyle w:val="Underrubrik"/>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Skapat datum</w:t>
-[...3 lines deleted...]
-      </w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ED2ED88" w14:textId="0A332D2B" w:rsidR="00663688" w:rsidRPr="00663688" w:rsidRDefault="00EA38AC" w:rsidP="00663688">
+      <w:pPr>
+        <w:pStyle w:val="Underrubrik"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>2025-07-08</w:t>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reviderat </w:t>
+      </w:r>
+      <w:r w:rsidR="00663688" w:rsidRPr="00663688">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">datum: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81F32" w:rsidRPr="007F61E7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2025-</w:t>
+      </w:r>
+      <w:r w:rsidR="00753A7F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2-03</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2A90A3" w14:textId="6BAD51B8" w:rsidR="00DF00BF" w:rsidRDefault="00DF00BF" w:rsidP="00DF00BF">
+    <w:p w14:paraId="1CEF2A83" w14:textId="2623A30F" w:rsidR="00663688" w:rsidRPr="00663688" w:rsidRDefault="00663688" w:rsidP="00663688">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00663688">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Version:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F81F32">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 11.0</w:t>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65C4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81F32">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>.0</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ECF5E8F" w14:textId="11DEA391" w:rsidR="005B2591" w:rsidRDefault="003607B7" w:rsidP="005B2591">
+    <w:p w14:paraId="79F07CE0" w14:textId="2B5DEA90" w:rsidR="00F81F32" w:rsidRDefault="00091C7E" w:rsidP="00F81F32">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk196919899"/>
       <w:r w:rsidRPr="003607B7">
-        <w:t xml:space="preserve">Ansvarsbeskrivning </w:t>
-[...5 lines deleted...]
-        <w:t>g narkotika</w:t>
+        <w:t>Ansvarsbeskrivning</w:t>
+      </w:r>
+      <w:r w:rsidR="00045B8B" w:rsidRPr="003607B7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00045B8B">
+        <w:t>för</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00410672">
+        <w:t xml:space="preserve">kontrollansvarig </w:t>
+      </w:r>
+      <w:r>
+        <w:t>narkotika</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C7E91A" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="19F38F7E" w14:textId="77777777" w:rsidR="000E3538" w:rsidRDefault="009C4116" w:rsidP="00F81F32">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-          <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003607B7">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-          <w:iCs/>
         </w:rPr>
         <w:t>Läkemedelshantering enligt HSLF-FS 2017:37</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6146305B" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
+    <w:p w14:paraId="7718A1F4" w14:textId="77777777" w:rsidR="001754F1" w:rsidRPr="003607B7" w:rsidRDefault="001754F1" w:rsidP="00F81F32">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8114" w:type="dxa"/>
+        <w:tblW w:w="9294" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2798"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="8406"/>
+        <w:gridCol w:w="222"/>
+        <w:gridCol w:w="222"/>
+        <w:gridCol w:w="444"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001D116D" w:rsidRPr="002D0130" w14:paraId="689C77AA" w14:textId="77777777" w:rsidTr="00744666">
+      <w:tr w:rsidR="000E3538" w:rsidRPr="007D7EF0" w14:paraId="72E91A5B" w14:textId="06980A39" w:rsidTr="00F10463">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcW w:w="8406" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="0"/>
-          <w:p w14:paraId="2F375F5D" w14:textId="77777777" w:rsidR="001D116D" w:rsidRPr="002D0130" w:rsidRDefault="001D116D" w:rsidP="00744666">
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="8085" w:type="dxa"/>
+              <w:tblInd w:w="105" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+                <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+                <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+                <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblCellMar>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="2790"/>
+              <w:gridCol w:w="1245"/>
+              <w:gridCol w:w="2640"/>
+              <w:gridCol w:w="1410"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00F10463" w:rsidRPr="00F10463" w14:paraId="70CDCF7F" w14:textId="77777777" w:rsidTr="00710097">
+              <w:trPr>
+                <w:trHeight w:val="300"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2790" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="4B1083F3" w14:textId="77777777" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t>Förvaltning:   </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1245" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="5F1E98B9" w14:textId="50818A01" w:rsidR="001A61D0" w:rsidRPr="000D7935" w:rsidRDefault="001A61D0" w:rsidP="001A61D0">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text10"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="53A2CDEE" w14:textId="2FCC4FA4" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2640" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="27C2F655" w14:textId="77777777" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t>Område/Verksamhet:  </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1410" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="2039ECA8" w14:textId="77777777" w:rsidR="001A61D0" w:rsidRPr="000D7935" w:rsidRDefault="001A61D0" w:rsidP="001A61D0">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text10"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7D70F0AB" w14:textId="209571C2" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00F10463" w:rsidRPr="00F10463" w14:paraId="7A9C57B9" w14:textId="77777777" w:rsidTr="00710097">
+              <w:trPr>
+                <w:trHeight w:val="300"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2790" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="229E3340" w14:textId="77777777" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2A20D852" w14:textId="77777777" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t>Enhet: </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="491792DC" w14:textId="77777777" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1245" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="2869F04B" w14:textId="77777777" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="46F2F48E" w14:textId="77777777" w:rsidR="001A61D0" w:rsidRPr="000D7935" w:rsidRDefault="001A61D0" w:rsidP="001A61D0">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text10"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="03343615" w14:textId="5D5CAA02" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2640" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="050B6606" w14:textId="77777777" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2155B5F9" w14:textId="77777777" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t>Giltighetstid fr. o. m : </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7032C7FE" w14:textId="77777777" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1410" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="672F5538" w14:textId="77777777" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3E70570E" w14:textId="77777777" w:rsidR="001A61D0" w:rsidRPr="000D7935" w:rsidRDefault="001A61D0" w:rsidP="001A61D0">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text10"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1DE523D5" w14:textId="00AB15CF" w:rsidR="00F10463" w:rsidRPr="00F10463" w:rsidRDefault="00F10463" w:rsidP="00F10463">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00710097" w:rsidRPr="00F10463" w14:paraId="3A471D9D" w14:textId="77777777" w:rsidTr="00710097">
+              <w:trPr>
+                <w:trHeight w:val="300"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2790" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="455A8768" w14:textId="77777777" w:rsidR="00710097" w:rsidRDefault="00710097" w:rsidP="00710097">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t>Årlig översyn genomförd</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5ADE60FF" w14:textId="012A2F01" w:rsidR="00710097" w:rsidRPr="00F10463" w:rsidRDefault="00710097" w:rsidP="00710097">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>(signum + datum)</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t>: </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1245" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="5D3026C4" w14:textId="77777777" w:rsidR="00710097" w:rsidRDefault="00710097" w:rsidP="00710097">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:color w:val="000000"/>
+                      <w:shd w:val="clear" w:color="auto" w:fill="E1E3E6"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:color w:val="000000"/>
+                      <w:shd w:val="clear" w:color="auto" w:fill="E1E3E6"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="138EEB5F" w14:textId="77777777" w:rsidR="001A61D0" w:rsidRPr="000D7935" w:rsidRDefault="001A61D0" w:rsidP="001A61D0">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text10"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="000D7935">
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="203BFC2B" w14:textId="461AF752" w:rsidR="00710097" w:rsidRPr="00F10463" w:rsidRDefault="00710097" w:rsidP="00710097">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2640" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="3845B5D1" w14:textId="77777777" w:rsidR="00710097" w:rsidRPr="00F10463" w:rsidRDefault="00710097" w:rsidP="00710097">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1410" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="655CF59B" w14:textId="77777777" w:rsidR="00710097" w:rsidRPr="00F10463" w:rsidRDefault="00710097" w:rsidP="00710097">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:textAlignment w:val="baseline"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F10463">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+                      <w:lang w:eastAsia="sv-SE"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="717A3FCB" w14:textId="78E5A6C2" w:rsidR="000E3538" w:rsidRPr="002D0130" w:rsidRDefault="000E3538" w:rsidP="00744666">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="002D0130">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1255" w:type="dxa"/>
+            <w:tcW w:w="222" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A522DFA" w14:textId="77777777" w:rsidR="001D116D" w:rsidRPr="002D0130" w:rsidRDefault="001D116D" w:rsidP="00744666">
+          <w:p w14:paraId="79EE55B0" w14:textId="64ED265D" w:rsidR="00FB222F" w:rsidRPr="002D0130" w:rsidRDefault="00FB222F" w:rsidP="00744666"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="475A4662" w14:textId="3D619DBD" w:rsidR="000E3538" w:rsidRPr="002D0130" w:rsidRDefault="000E3538" w:rsidP="00744666">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="002D0130">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="444" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4B0AC5" w14:textId="0126824E" w:rsidR="000E3538" w:rsidRPr="002D0130" w:rsidRDefault="000E3538" w:rsidP="00744666">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2654DDD7" w14:textId="77777777" w:rsidR="00F81F32" w:rsidRPr="003607B7" w:rsidRDefault="00F81F32" w:rsidP="00F81F32">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B43DEBA" w14:textId="38EE1B58" w:rsidR="00365409" w:rsidRDefault="00593633" w:rsidP="001A61D0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003607B7">
+        <w:t>Ansvarsbeskrivningen ska ses över årligen och revideras vid förändringar. Årlig översyn ska dateras och signeras på originalet.</w:t>
+      </w:r>
+      <w:r w:rsidR="007D7EF0" w:rsidRPr="00EA7886">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="007D7EF0" w:rsidRPr="00EA7886">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="007D7EF0" w:rsidRPr="00EA7886">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="007D7EF0" w:rsidRPr="00EA7886">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="007D7EF0" w:rsidRPr="00EA7886">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="007D7EF0" w:rsidRPr="00EA7886">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="007D7EF0" w:rsidRPr="00EA7886">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="007D7EF0" w:rsidRPr="00EA7886">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="007D7EF0" w:rsidRPr="00EA7886">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="007D7EF0" w:rsidRPr="00EA7886">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="007D7EF0" w:rsidRPr="00EA7886">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="007D7EF0" w:rsidRPr="00EA7886">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="007D7EF0" w:rsidRPr="00EA7886">
+        <w:softHyphen/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382A3F2F" w14:textId="3607FB63" w:rsidR="00EB7DF5" w:rsidRPr="00EA7886" w:rsidRDefault="00E413F7" w:rsidP="00EA7886">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7886">
+        <w:t>Ansvarsbeskrivning</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7DF5" w:rsidRPr="00EA7886">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F104AEB" w14:textId="77777777" w:rsidR="004D0CC0" w:rsidRDefault="009B0444" w:rsidP="00527A44">
+      <w:pPr>
+        <w:pStyle w:val="Numreradlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7935">
+        <w:t>Kontroll</w:t>
+      </w:r>
+      <w:r w:rsidR="001862ED" w:rsidRPr="000D7935">
+        <w:t>era</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> narkotikaklassade läkemedel enligt</w:t>
+      </w:r>
+      <w:r w:rsidR="00150B01" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> enhetens</w:t>
+      </w:r>
+      <w:r w:rsidR="00C952FB" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0090343E" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve">fastställda </w:t>
+      </w:r>
+      <w:r w:rsidR="00B701AF" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve">kontrollplan </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7895" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve">för </w:t>
+      </w:r>
+      <w:r w:rsidR="00B701AF" w:rsidRPr="000D7935">
+        <w:t>narkotika</w:t>
+      </w:r>
+      <w:r w:rsidR="009F68F3" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidR="00EC7895" w:rsidRPr="000D7935">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>mall 22 Kontrollplan narkotika</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009F68F3" w:rsidRPr="000D7935">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B701AF" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B98F4CA" w14:textId="02902AD0" w:rsidR="00A0633F" w:rsidRDefault="00352414" w:rsidP="00D24FEA">
+      <w:pPr>
+        <w:pStyle w:val="Numreradlista3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00527A44">
+        <w:t>Inventering av lagersaldo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE50307" w14:textId="77777777" w:rsidR="00352414" w:rsidRDefault="00352414" w:rsidP="003D35AC">
+      <w:pPr>
+        <w:pStyle w:val="Numreradlista3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00527A44">
+        <w:t xml:space="preserve">Kontroll av </w:t>
+      </w:r>
+      <w:r w:rsidR="00480CEC" w:rsidRPr="00527A44">
+        <w:t>levererad mängd mot tillförd mängd</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152E40E3" w14:textId="118163F9" w:rsidR="00480CEC" w:rsidRPr="00527A44" w:rsidRDefault="009A3E7F" w:rsidP="003D35AC">
+      <w:pPr>
+        <w:pStyle w:val="Numreradlista3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00527A44">
+        <w:t>Stickprov mot patientjournal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7C073A" w14:textId="77777777" w:rsidR="00EB7DF5" w:rsidRPr="000D7935" w:rsidRDefault="00636932" w:rsidP="000D7935">
+      <w:pPr>
+        <w:pStyle w:val="Numreradlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7935">
+        <w:t>Dokumentera</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7B20" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> u</w:t>
+      </w:r>
+      <w:r w:rsidR="00456A80" w:rsidRPr="000D7935">
+        <w:t>tförda kontroller</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7B20" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> enligt </w:t>
+      </w:r>
+      <w:r w:rsidR="00053996" w:rsidRPr="000D7935">
+        <w:t>enhetens</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7B20" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D7935">
+        <w:t>kontrollplan narkotika</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7B20" w:rsidRPr="000D7935">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="732E0FD6" w14:textId="77777777" w:rsidR="00DB6948" w:rsidRPr="000D7935" w:rsidRDefault="009F7B20" w:rsidP="000D7935">
+      <w:pPr>
+        <w:pStyle w:val="Numreradlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7935">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00456A80" w:rsidRPr="000D7935">
+        <w:t>apportera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> avvikelser </w:t>
+      </w:r>
+      <w:r w:rsidR="00456A80" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve">omgående till </w:t>
+      </w:r>
+      <w:r w:rsidR="00B554AD" w:rsidRPr="000D7935">
+        <w:t>närmaste</w:t>
+      </w:r>
+      <w:r w:rsidR="00456A80" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> chef</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85E0B" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> enligt lokal rutin</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76AE8" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6042" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve">se </w:t>
+      </w:r>
+      <w:r w:rsidR="0034150E" w:rsidRPr="000D7935">
+        <w:t>kapitel 11.10</w:t>
+      </w:r>
+      <w:r w:rsidR="00456A80" w:rsidRPr="000D7935">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6948" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492287CB" w14:textId="77777777" w:rsidR="00EB7DF5" w:rsidRPr="000D7935" w:rsidRDefault="008C368A" w:rsidP="000D7935">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7935">
+        <w:t>Rekvirering</w:t>
+      </w:r>
+      <w:r w:rsidR="0036583B" w:rsidRPr="000D7935">
+        <w:t>/beställning</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7DF5" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> av läkemedel får ej göras av den </w:t>
+      </w:r>
+      <w:r w:rsidR="00410672" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve">person </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7DF5" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve">som är utsedd att inventera och kontrollera narkotikaklassade läkemedel på enheten. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CE2406C" w14:textId="77777777" w:rsidR="00F005A8" w:rsidRDefault="00F005A8" w:rsidP="000D7935">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CC044BF" w14:textId="5BA71487" w:rsidR="00532EC6" w:rsidRPr="000D7935" w:rsidRDefault="00532EC6" w:rsidP="000D7935">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7935">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">För mer information se kapitel 11 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0492E" w:rsidRPr="000D7935">
+        <w:t>Narkotika</w:t>
+      </w:r>
+      <w:r w:rsidR="0010025B">
+        <w:t>klassade läkemedel</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0492E" w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D7935">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="000D7935">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Regional rutin för läkemedelshantering</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009F68F3" w:rsidRPr="000D7935">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071A309A" w14:textId="77777777" w:rsidR="00F36E02" w:rsidRPr="00EA7886" w:rsidRDefault="00E413F7" w:rsidP="00EA7886">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7886">
+        <w:t>Ansvar</w:t>
+      </w:r>
+      <w:r w:rsidR="002167CF" w:rsidRPr="00EA7886">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00851DD0" w:rsidRPr="00EA7886">
+        <w:t>beskrivning gäller</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA7886">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F36E02" w:rsidRPr="00EA7886">
+        <w:t>för nedanstående person</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="460"/>
+        <w:gridCol w:w="6259"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F36E02" w14:paraId="003D86DD" w14:textId="77777777" w:rsidTr="00456A80">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C735ED" w14:textId="77777777" w:rsidR="00F36E02" w:rsidRPr="000D7935" w:rsidRDefault="00F36E02" w:rsidP="000D7935">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D7935">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kryss4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Kryss4"/>
+            <w:r w:rsidRPr="000D7935">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000D7935">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000D7935">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="000D7935">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6C7E7D" w14:textId="77777777" w:rsidR="00F36E02" w:rsidRPr="000D7935" w:rsidRDefault="00410672" w:rsidP="00F005A8">
+            <w:r w:rsidRPr="000D7935">
+              <w:t xml:space="preserve">Kontrollansvarig narkotika </w:t>
+            </w:r>
+            <w:r w:rsidR="00F36E02" w:rsidRPr="000D7935">
+              <w:t>(en ordinarie per enhet)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F36E02" w14:paraId="6A2ED223" w14:textId="77777777" w:rsidTr="00456A80">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="536B6CBA" w14:textId="77777777" w:rsidR="00F36E02" w:rsidRPr="000D7935" w:rsidRDefault="00F36E02" w:rsidP="000D7935">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D7935">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kryss5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="Kryss5"/>
+            <w:r w:rsidRPr="000D7935">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000D7935">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000D7935">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="000D7935">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B370E5C" w14:textId="77777777" w:rsidR="00F36E02" w:rsidRPr="000D7935" w:rsidRDefault="00F36E02" w:rsidP="00F005A8">
+            <w:r w:rsidRPr="000D7935">
+              <w:t xml:space="preserve">Ersättare för </w:t>
+            </w:r>
+            <w:r w:rsidR="00410672" w:rsidRPr="000D7935">
+              <w:t>kontroll</w:t>
+            </w:r>
+            <w:r w:rsidR="0036583B" w:rsidRPr="000D7935">
+              <w:t xml:space="preserve">ansvarig </w:t>
+            </w:r>
+            <w:r w:rsidR="00410672" w:rsidRPr="000D7935">
+              <w:t>narkotika</w:t>
+            </w:r>
+            <w:r w:rsidR="00410672" w:rsidRPr="000D7935" w:rsidDel="00410672">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D7935">
+              <w:t>vid dennes frånvaro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="21406614" w14:textId="77777777" w:rsidR="00391F0C" w:rsidRPr="000D7935" w:rsidRDefault="00391F0C" w:rsidP="000D7935">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E98CD2E" w14:textId="77777777" w:rsidR="00373266" w:rsidRPr="00EA7886" w:rsidRDefault="00373266" w:rsidP="00EA7886">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7886">
+        <w:t xml:space="preserve">Jag accepterar ovanstående </w:t>
+      </w:r>
+      <w:r w:rsidR="00E413F7" w:rsidRPr="00EA7886">
+        <w:t>ansvar</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4790"/>
+        <w:gridCol w:w="1031"/>
+        <w:gridCol w:w="1315"/>
+        <w:gridCol w:w="801"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00184759" w:rsidRPr="00B04A8C" w14:paraId="4DD370F8" w14:textId="77777777" w:rsidTr="00F005A8">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1338" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0704353B" w14:textId="77777777" w:rsidR="00184759" w:rsidRPr="000D7935" w:rsidRDefault="00184759" w:rsidP="00F005A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D7935">
+              <w:t xml:space="preserve">Ort </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3015" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="477AD1E7" w14:textId="77777777" w:rsidR="00184759" w:rsidRPr="000D7935" w:rsidRDefault="00184759" w:rsidP="00F005A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D7935">
+              <w:t xml:space="preserve">Datum </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D7935">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00184759" w:rsidRPr="007C10AA" w14:paraId="191CC03B" w14:textId="77777777" w:rsidTr="00F005A8">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1338" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A1C312" w14:textId="77777777" w:rsidR="00184759" w:rsidRPr="000D7935" w:rsidRDefault="00184759" w:rsidP="00F005A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002D0130">
+            <w:bookmarkStart w:id="3" w:name="Text6"/>
+            <w:r w:rsidRPr="000D7935">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="002D0130">
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="002D0130">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D0130">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D0130">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D0130">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D0130">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D0130">
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2643" w:type="dxa"/>
+            <w:tcW w:w="3015" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3DBABCB1" w14:textId="77777777" w:rsidR="001D116D" w:rsidRPr="002D0130" w:rsidRDefault="001D116D" w:rsidP="00744666">
+          <w:p w14:paraId="2FC54F60" w14:textId="77777777" w:rsidR="00184759" w:rsidRPr="000D7935" w:rsidRDefault="00184759" w:rsidP="00F005A8">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="002D0130">
-[...748 lines deleted...]
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:bookmarkStart w:id="4" w:name="Text10"/>
+            <w:r w:rsidRPr="000D7935">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
-        </w:tc>
-[...67 lines deleted...]
-          <w:p w14:paraId="7FFE5A37" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
+          <w:p w14:paraId="3F82D471" w14:textId="77777777" w:rsidR="00184759" w:rsidRPr="000D7935" w:rsidRDefault="00184759" w:rsidP="00F005A8">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003607B7" w:rsidRPr="003607B7" w14:paraId="24D1EF39" w14:textId="77777777" w:rsidTr="0099179C">
+      <w:tr w:rsidR="00373266" w:rsidRPr="00B04A8C" w14:paraId="1EF2E8E6" w14:textId="77777777" w:rsidTr="00F005A8">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcW w:w="4719" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43A3662D" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
+          <w:p w14:paraId="7F074E5A" w14:textId="77777777" w:rsidR="00373266" w:rsidRPr="000D7935" w:rsidRDefault="00373266" w:rsidP="00F005A8">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
+              <w:t>Namnförtydligande och yrkestitel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1338" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5655D85E" w14:textId="77777777" w:rsidR="00373266" w:rsidRPr="000D7935" w:rsidRDefault="00373266" w:rsidP="00F005A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D7935">
+              <w:t>VGR id</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3015" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="365A69C9" w14:textId="77777777" w:rsidR="00373266" w:rsidRPr="000D7935" w:rsidRDefault="00373266" w:rsidP="00F005A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D7935">
+              <w:t>Namnteckning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4599237A" w14:textId="77777777" w:rsidR="00184759" w:rsidRPr="000D7935" w:rsidRDefault="00184759" w:rsidP="00F005A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00625688" w:rsidRPr="007C10AA" w14:paraId="47F84BFB" w14:textId="77777777" w:rsidTr="00F005A8">
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="3015" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DD7068" w14:textId="77777777" w:rsidR="00625688" w:rsidRPr="000D7935" w:rsidRDefault="00625688" w:rsidP="00F005A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:bookmarkStart w:id="5" w:name="Text7"/>
+            <w:r w:rsidRPr="000D7935">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcW w:w="1338" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E93AF53" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
+          <w:p w14:paraId="352E301B" w14:textId="77777777" w:rsidR="00625688" w:rsidRPr="000D7935" w:rsidRDefault="00625688" w:rsidP="00F005A8">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text10"/>
+                  <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00373266" w:rsidRPr="00B04A8C" w14:paraId="215C5C25" w14:textId="77777777" w:rsidTr="00B35B6C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B87C3AA" w14:textId="77777777" w:rsidR="00373266" w:rsidRPr="000D7935" w:rsidRDefault="00373266" w:rsidP="00F005A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4269FE50" w14:textId="77777777" w:rsidR="00625688" w:rsidRPr="00625688" w:rsidRDefault="00625688" w:rsidP="006F3AD8">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D7935">
+              <w:t>Uppdragsgivare</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="774E2DAF" w14:textId="77777777" w:rsidR="00625688" w:rsidRPr="000D7935" w:rsidRDefault="00625688" w:rsidP="00F005A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D7935">
+              <w:t>Namnförtydligande Verksamhetschef/Vårdenhetschef</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5E22" w:rsidRPr="000D7935">
+              <w:t>/Enhetschef</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3070" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1338" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32BA0155" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
-[...11 lines deleted...]
-          <w:p w14:paraId="664ADED3" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
+          <w:p w14:paraId="0D3B7EA0" w14:textId="77777777" w:rsidR="00373266" w:rsidRPr="000D7935" w:rsidRDefault="00373266" w:rsidP="00F005A8">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcW w:w="3015" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61533797" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
+          <w:p w14:paraId="3E7570E7" w14:textId="77777777" w:rsidR="00625688" w:rsidRPr="000D7935" w:rsidRDefault="00625688" w:rsidP="00F005A8">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="50888E1F" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
+          <w:p w14:paraId="3A793146" w14:textId="77777777" w:rsidR="00625688" w:rsidRPr="000D7935" w:rsidRDefault="00625688" w:rsidP="00F005A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56641EB9" w14:textId="77777777" w:rsidR="00373266" w:rsidRPr="000D7935" w:rsidRDefault="00373266" w:rsidP="00F005A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D7935">
+              <w:t>Namnteckning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59FB864F" w14:textId="77777777" w:rsidR="007D7EF0" w:rsidRPr="000D7935" w:rsidRDefault="007D7EF0" w:rsidP="00F005A8">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003607B7" w:rsidRPr="003607B7" w14:paraId="2E18D5C7" w14:textId="77777777" w:rsidTr="003607B7">
+      <w:tr w:rsidR="00373266" w:rsidRPr="007C10AA" w14:paraId="38EEF76D" w14:textId="77777777" w:rsidTr="00B35B6C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcW w:w="4719" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24D33347" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
+          <w:p w14:paraId="6F47A9F1" w14:textId="77777777" w:rsidR="00373266" w:rsidRPr="000D7935" w:rsidRDefault="00373266" w:rsidP="00F005A8">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="003607B7">
-[...37 lines deleted...]
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:bookmarkStart w:id="6" w:name="Text9"/>
+            <w:r w:rsidRPr="000D7935">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003607B7">
+            <w:r w:rsidRPr="000D7935">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcW w:w="1338" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40144BF2" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
+          <w:p w14:paraId="2B4F6CBA" w14:textId="77777777" w:rsidR="00373266" w:rsidRPr="000D7935" w:rsidRDefault="00373266" w:rsidP="00F005A8">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3070" w:type="dxa"/>
+            <w:tcW w:w="3015" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65B26C1D" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
+          <w:p w14:paraId="210ADDE2" w14:textId="77777777" w:rsidR="00373266" w:rsidRPr="000D7935" w:rsidRDefault="00373266" w:rsidP="00F005A8">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="24BBA8FF" w14:textId="77777777" w:rsidR="000012AE" w:rsidRPr="003607B7" w:rsidRDefault="000012AE" w:rsidP="006854EA">
+    <w:p w14:paraId="4296DFA6" w14:textId="595E2739" w:rsidR="00391F0C" w:rsidRPr="000D7935" w:rsidRDefault="00F005A8" w:rsidP="006F3AD8">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="49B025E8" w14:textId="77777777" w:rsidR="000012AE" w:rsidRDefault="000012AE" w:rsidP="0073158F">
+    <w:p w14:paraId="310EAEFC" w14:textId="77777777" w:rsidR="00373266" w:rsidRPr="00EA7886" w:rsidRDefault="00373266" w:rsidP="00EA7886">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:r w:rsidRPr="003607B7">
-        <w:t>Ovanstående ansvar har upphört</w:t>
+      <w:r w:rsidRPr="00EA7886">
+        <w:t xml:space="preserve">Ovanstående </w:t>
+      </w:r>
+      <w:r w:rsidR="00E413F7" w:rsidRPr="00EA7886">
+        <w:t xml:space="preserve">ansvar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA7886">
+        <w:t>har upphört</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="7942" w:type="dxa"/>
-        <w:tblInd w:w="-4" w:type="dxa"/>
+        <w:tblW w:w="7938" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4789"/>
         <w:gridCol w:w="235"/>
-        <w:gridCol w:w="2918"/>
+        <w:gridCol w:w="2914"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w14:paraId="4C5A66FC" w14:textId="77777777" w:rsidTr="00E73C2D">
+      <w:tr w:rsidR="00C6556F" w:rsidRPr="00B04A8C" w14:paraId="23CA34C4" w14:textId="524D65EF" w:rsidTr="004E3064">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4789" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="566439F6" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="05024EDF" w14:textId="77777777" w:rsidR="00C6556F" w:rsidRPr="004F57B0" w:rsidRDefault="00C6556F" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk198041647"/>
             <w:r w:rsidRPr="004F57B0">
               <w:t xml:space="preserve">Ort </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E1069CF" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="44986E7E" w14:textId="77777777" w:rsidR="00C6556F" w:rsidRPr="004F57B0" w:rsidRDefault="00C6556F" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcW w:w="2914" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36B80311" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="26D3BB6E" w14:textId="77777777" w:rsidR="00C6556F" w:rsidRPr="004F57B0" w:rsidRDefault="00C6556F" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="004F57B0">
               <w:t xml:space="preserve">Datum </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w14:paraId="5837CB4A" w14:textId="77777777" w:rsidTr="00E73C2D">
+      <w:tr w:rsidR="00C6556F" w:rsidRPr="007C10AA" w14:paraId="5504048D" w14:textId="49AB3230" w:rsidTr="004E3064">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4789" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="432DBA26" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="1F5719D3" w14:textId="77777777" w:rsidR="004E3064" w:rsidRPr="004F57B0" w:rsidRDefault="004E3064" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="004F57B0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C4B0D29" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="6B86663A" w14:textId="77777777" w:rsidR="00BE7281" w:rsidRPr="004F57B0" w:rsidRDefault="00BE7281" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7644B110" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="1E0CB037" w14:textId="77777777" w:rsidR="00C6556F" w:rsidRPr="004F57B0" w:rsidRDefault="00C6556F" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcW w:w="2914" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4449A47B" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="67D0EC3E" w14:textId="77777777" w:rsidR="00C6556F" w:rsidRPr="004F57B0" w:rsidRDefault="004E3064" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="004F57B0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w14:paraId="0EEAA31A" w14:textId="77777777" w:rsidTr="00E73C2D">
+      <w:tr w:rsidR="00C6556F" w:rsidRPr="00B04A8C" w14:paraId="1FDD32EA" w14:textId="100F3038" w:rsidTr="004E3064">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4789" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="271A165F" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="162F82FF" w14:textId="77777777" w:rsidR="004E3064" w:rsidRDefault="00C6556F" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="004F57B0">
               <w:t>Namnförtydligande</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F7EB018" w14:textId="5695CD65" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="37C12816" w14:textId="77777777" w:rsidR="00C6556F" w:rsidRPr="004F57B0" w:rsidRDefault="00C6556F" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="004F57B0">
               <w:t>Verksamhetschef</w:t>
             </w:r>
             <w:r w:rsidRPr="003607B7">
-              <w:t>/Vårdenhetschef/Enhetschef</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB7FD5" w:rsidRPr="003607B7">
+              <w:t>Vårde</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003607B7">
+              <w:t>nhetschef</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5E22" w:rsidRPr="003607B7">
+              <w:t>/Enhetschef</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A367D3B" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="082B975B" w14:textId="77777777" w:rsidR="00C6556F" w:rsidRPr="004F57B0" w:rsidRDefault="00C6556F" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcW w:w="2914" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="476F2BA8" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="0B5A3CDA" w14:textId="77777777" w:rsidR="00C6556F" w:rsidRPr="004F57B0" w:rsidRDefault="00C6556F" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="004F57B0">
               <w:t>Namnteckning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w14:paraId="64347CC9" w14:textId="77777777" w:rsidTr="00E73C2D">
+      <w:tr w:rsidR="00C6556F" w:rsidRPr="007C10AA" w14:paraId="114B85F3" w14:textId="341E0DDB" w:rsidTr="004E3064">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4789" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7FD278" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="03F70BEF" w14:textId="77777777" w:rsidR="00BE7281" w:rsidRPr="004F57B0" w:rsidRDefault="004E3064" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="004F57B0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F57B0">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74BA1E02" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="379189E5" w14:textId="77777777" w:rsidR="00C6556F" w:rsidRPr="004F57B0" w:rsidRDefault="00C6556F" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcW w:w="2914" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="231E1975" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
+          <w:p w14:paraId="6563E743" w14:textId="77777777" w:rsidR="004E3064" w:rsidRPr="004F57B0" w:rsidRDefault="004E3064" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="54C3522D" w14:textId="77777777" w:rsidR="00E73C2D" w:rsidRPr="004F57B0" w:rsidRDefault="00E73C2D" w:rsidP="00070B8A">
-[...35 lines deleted...]
-          <w:p w14:paraId="08B80243" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
+          <w:p w14:paraId="44ABE3B6" w14:textId="77777777" w:rsidR="00C6556F" w:rsidRPr="004F57B0" w:rsidRDefault="00C6556F" w:rsidP="00070B8A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17CCFE60" w14:textId="77777777" w:rsidR="003607B7" w:rsidRPr="003607B7" w:rsidRDefault="003607B7" w:rsidP="003607B7">
-[...9 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:p w14:paraId="243C23FA" w14:textId="77777777" w:rsidR="00456A80" w:rsidRPr="00B37193" w:rsidRDefault="00456A80" w:rsidP="00373266"/>
+    <w:sectPr w:rsidR="00456A80" w:rsidRPr="00B37193" w:rsidSect="006F7778">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="2268" w:bottom="1985" w:left="1701" w:header="652" w:footer="652" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37928E19" w14:textId="77777777" w:rsidR="00F04F0E" w:rsidRDefault="00F04F0E" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="5E0879B3" w14:textId="77777777" w:rsidR="00085551" w:rsidRDefault="00085551" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BE01A3B" w14:textId="77777777" w:rsidR="00F04F0E" w:rsidRDefault="00F04F0E" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="38D3B68E" w14:textId="77777777" w:rsidR="00085551" w:rsidRDefault="00085551" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="611BF0F2" w14:textId="77777777" w:rsidR="00F04F0E" w:rsidRDefault="00F04F0E">
+    <w:p w14:paraId="3B20FFDE" w14:textId="77777777" w:rsidR="00085551" w:rsidRDefault="00085551">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1757,102 +2323,99 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2B0BBED3" w14:textId="77777777" w:rsidR="000D7523" w:rsidRPr="0073158F" w:rsidRDefault="000D7523" w:rsidP="000D7523">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="330D1D39" w14:textId="77777777" w:rsidR="00AE0C34" w:rsidRPr="00782B07" w:rsidRDefault="008C368A" w:rsidP="0080263C">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
-    <w:r w:rsidRPr="0073158F">
-[...4 lines deleted...]
-      <w:t>Arkiveras 3 år efter passerat giltighetsdatum</w:t>
+    <w:r w:rsidRPr="00782B07">
+      <w:t>Original förvaras på enheten</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="559E0AA8" w14:textId="77777777" w:rsidR="0085620B" w:rsidRDefault="0085620B">
+  <w:p w14:paraId="2C0ABD4E" w14:textId="1926DCEA" w:rsidR="00456A80" w:rsidRPr="0080263C" w:rsidRDefault="00AE0C34" w:rsidP="0080263C">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
+    <w:r w:rsidRPr="00782B07">
+      <w:t>Arkiveras 3 år efter passerat giltighetsdatum</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7B5C33CC" w14:textId="77777777" w:rsidR="0073158F" w:rsidRPr="0073158F" w:rsidRDefault="0073158F" w:rsidP="0073158F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5CCB5D3A" w14:textId="77777777" w:rsidR="00782B07" w:rsidRPr="00782B07" w:rsidRDefault="00782B07" w:rsidP="00782B07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
-    <w:r w:rsidRPr="0073158F">
-[...4 lines deleted...]
-      <w:t>Arkiveras 3 år efter passerat giltighetsdatum</w:t>
+    <w:r w:rsidRPr="00782B07">
+      <w:t>Original förvaras på enheten</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="340667BA" w14:textId="1F0C41E4" w:rsidR="00A43C1A" w:rsidRDefault="00A43C1A">
+  <w:p w14:paraId="10035279" w14:textId="77777777" w:rsidR="003E7473" w:rsidRDefault="00782B07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00782B07">
+      <w:t xml:space="preserve">Arkiveras 3 år efter passerat giltighetsdatum </w:t>
+    </w:r>
+    <w:r w:rsidR="00A43C1A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34489468" wp14:editId="09762F5C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4581525</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-217805</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1451610" cy="259080"/>
           <wp:effectExtent l="0" t="0" r="0" b="7620"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Bild 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Bild 1"/>
                   <pic:cNvPicPr>
@@ -1872,160 +2435,165 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1451610" cy="259080"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="795B4E8E" w14:textId="77777777" w:rsidR="00F04F0E" w:rsidRDefault="00F04F0E" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="5AFCA42B" w14:textId="77777777" w:rsidR="00085551" w:rsidRDefault="00085551" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="720FED4D" w14:textId="77777777" w:rsidR="00F04F0E" w:rsidRDefault="00F04F0E" w:rsidP="00ED6C6F">
+    <w:p w14:paraId="22684460" w14:textId="77777777" w:rsidR="00085551" w:rsidRDefault="00085551" w:rsidP="00ED6C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="02D336A1" w14:textId="77777777" w:rsidR="00F04F0E" w:rsidRDefault="00F04F0E">
+    <w:p w14:paraId="33D949C6" w14:textId="77777777" w:rsidR="00085551" w:rsidRDefault="00085551">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0C7D9CDB" w14:textId="77777777" w:rsidR="00AA79E0" w:rsidRPr="00AA79E0" w:rsidRDefault="00AA79E0" w:rsidP="00AA79E0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="73A8ABCE" w14:textId="33E69B4F" w:rsidR="009E3DC3" w:rsidRPr="009566B7" w:rsidRDefault="00FE4986" w:rsidP="00F25BAC">
     <w:pPr>
-      <w:pStyle w:val="Rubrik1"/>
-[...2 lines deleted...]
-        <w:bCs/>
+      <w:pStyle w:val="Sidhuvud"/>
+      <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00AA79E0">
-[...2 lines deleted...]
-        <w:bCs/>
+    <w:r w:rsidRPr="00513CAF">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Mall 5 Ansvarsbeskrivning för kontrollansvarig </w:t>
+      <w:t>Mall 5 Ansvarsbeskrivning</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009566B7">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> för kontrollansvarig narkotika</w:t>
+    </w:r>
+    <w:r w:rsidR="009E3DC3" w:rsidRPr="009566B7">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve">Sida </w:t>
+    </w:r>
+    <w:r w:rsidR="009E3DC3" w:rsidRPr="009566B7">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="009E3DC3" w:rsidRPr="009566B7">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="009E3DC3" w:rsidRPr="009566B7">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="009E3DC3" w:rsidRPr="009566B7">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="009E3DC3" w:rsidRPr="009566B7">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="009566B7">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>(2)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7C9B1708" w14:textId="17CF730E" w:rsidR="00C640F0" w:rsidRPr="00C640F0" w:rsidRDefault="00C640F0" w:rsidP="00C640F0">
-[...49 lines deleted...]
-  </w:p>
+  <w:p w14:paraId="12706F9A" w14:textId="77777777" w:rsidR="009B5FBA" w:rsidRDefault="009B5FBA"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="63DEC9FB" w14:textId="23911190" w:rsidR="005E779A" w:rsidRDefault="005E779A">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="63DEC9FB" w14:textId="23911190" w:rsidR="003E7473" w:rsidRDefault="005E779A">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="252095" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0F5B88DF" wp14:editId="40B31D56">
           <wp:simplePos x="1078173" y="409433"/>
           <wp:positionH relativeFrom="page">
             <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>540385</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="6480000" cy="1263600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTopAndBottom/>
           <wp:docPr id="1292110988" name="Bildobjekt 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -2062,51 +2630,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6480000" cy="1263600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EB743FF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="CBB46122"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -2242,159 +2810,159 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0530227A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B456EC32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="4287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="4647" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista3"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="5007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista4"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="5367" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista5"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="5727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="6087" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="6447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="6807" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="7167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05EE1867"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C2C14CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2472,50 +3040,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06A2223A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C4686D58"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B7E0623"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2690BC3E"/>
     <w:lvl w:ilvl="0" w:tplc="E0106760">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5486F408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2584,51 +3265,51 @@
     <w:lvl w:ilvl="7" w:tplc="1B6C5A4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="757CA732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A6A1988"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CA221EBE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -2697,51 +3378,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C894358"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C2C14CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -2810,51 +3491,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C180450"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6040DDA6"/>
     <w:lvl w:ilvl="0" w:tplc="C2A612D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5A04AC58">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2923,180 +3604,91 @@
     <w:lvl w:ilvl="7" w:tplc="7BE8D0EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="80DAAEA0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...87 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73A67453"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="16D4075C"/>
+    <w:tmpl w:val="B3AC7C16"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numreradlista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Numreradlista2"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Numreradlista3"/>
-      <w:lvlText w:val="%3."/>
+      <w:lvlText w:val="%3)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numreradlista4"/>
       <w:lvlText w:val="%4)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Numreradlista5"/>
       <w:lvlText w:val="%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3130,763 +3722,1049 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="665863069">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79C42516"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A230904A"/>
+    <w:lvl w:ilvl="0" w:tplc="020E3438">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="840000854">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="196820171">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1204974718">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="665863069">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1787892215">
+  <w:num w:numId="5" w16cid:durableId="1787892215">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="896547685">
+  <w:num w:numId="6" w16cid:durableId="896547685">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1578057768">
+  <w:num w:numId="7" w16cid:durableId="1578057768">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1760520417">
+  <w:num w:numId="8" w16cid:durableId="1760520417">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1922981694">
+  <w:num w:numId="9" w16cid:durableId="1922981694">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="888221406">
+  <w:num w:numId="10" w16cid:durableId="888221406">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="609505733">
+  <w:num w:numId="11" w16cid:durableId="609505733">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="345324549">
+  <w:num w:numId="12" w16cid:durableId="345324549">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="878317036">
+  <w:num w:numId="13" w16cid:durableId="878317036">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1655646443">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="14" w16cid:durableId="1655646443">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="778379140">
-[...2 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="1305429340">
+  <w:num w:numId="15" w16cid:durableId="1305429340">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="731463305">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="16" w16cid:durableId="731463305">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="680936313">
+  <w:num w:numId="17" w16cid:durableId="680936313">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="2094425704">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="18" w16cid:durableId="2094425704">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1786805601">
+  <w:num w:numId="19" w16cid:durableId="1786805601">
     <w:abstractNumId w:val="8"/>
-  </w:num>
-[...46 lines deleted...]
-    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B026DF"/>
-    <w:rsid w:val="000012AE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00007D53"/>
+    <w:rsid w:val="0000609C"/>
+    <w:rsid w:val="00011FE3"/>
     <w:rsid w:val="00014ABF"/>
     <w:rsid w:val="000164F3"/>
     <w:rsid w:val="000210D9"/>
     <w:rsid w:val="000213E0"/>
+    <w:rsid w:val="000215EA"/>
     <w:rsid w:val="000226F4"/>
     <w:rsid w:val="00023CF5"/>
+    <w:rsid w:val="00023D70"/>
     <w:rsid w:val="000304A9"/>
     <w:rsid w:val="000322B6"/>
     <w:rsid w:val="00035827"/>
     <w:rsid w:val="0003743F"/>
-    <w:rsid w:val="000407FB"/>
+    <w:rsid w:val="00041091"/>
     <w:rsid w:val="000428AA"/>
-    <w:rsid w:val="00050235"/>
+    <w:rsid w:val="00045B8B"/>
+    <w:rsid w:val="000508B4"/>
+    <w:rsid w:val="00053996"/>
     <w:rsid w:val="0005589D"/>
+    <w:rsid w:val="00074402"/>
+    <w:rsid w:val="00080AF5"/>
     <w:rsid w:val="00081E07"/>
+    <w:rsid w:val="00083512"/>
     <w:rsid w:val="00083807"/>
+    <w:rsid w:val="0008493D"/>
+    <w:rsid w:val="00085551"/>
+    <w:rsid w:val="0008573F"/>
     <w:rsid w:val="000879D1"/>
     <w:rsid w:val="00090F07"/>
+    <w:rsid w:val="00091C7E"/>
     <w:rsid w:val="000927CE"/>
     <w:rsid w:val="00095753"/>
-    <w:rsid w:val="000A0DA5"/>
+    <w:rsid w:val="000A21C3"/>
     <w:rsid w:val="000A259F"/>
-    <w:rsid w:val="000A5D92"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000C5073"/>
+    <w:rsid w:val="000A7C43"/>
+    <w:rsid w:val="000B1159"/>
+    <w:rsid w:val="000B5B6E"/>
+    <w:rsid w:val="000B6DEE"/>
+    <w:rsid w:val="000C32ED"/>
     <w:rsid w:val="000C60F9"/>
     <w:rsid w:val="000D29F7"/>
     <w:rsid w:val="000D36E2"/>
     <w:rsid w:val="000D4286"/>
-    <w:rsid w:val="000D7523"/>
+    <w:rsid w:val="000D4B52"/>
+    <w:rsid w:val="000D4E2F"/>
+    <w:rsid w:val="000D755D"/>
     <w:rsid w:val="000D787A"/>
+    <w:rsid w:val="000D7935"/>
     <w:rsid w:val="000E136F"/>
-    <w:rsid w:val="000E4DD2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000F0ED4"/>
+    <w:rsid w:val="000E1559"/>
+    <w:rsid w:val="000E1800"/>
+    <w:rsid w:val="000E3538"/>
+    <w:rsid w:val="000F08B2"/>
     <w:rsid w:val="000F3B55"/>
-    <w:rsid w:val="000F4D72"/>
+    <w:rsid w:val="000F530C"/>
+    <w:rsid w:val="0010025B"/>
     <w:rsid w:val="0010206C"/>
+    <w:rsid w:val="00103E93"/>
     <w:rsid w:val="00104807"/>
-    <w:rsid w:val="001064F4"/>
     <w:rsid w:val="00106E6E"/>
+    <w:rsid w:val="00107DE9"/>
+    <w:rsid w:val="001101FF"/>
     <w:rsid w:val="001105A7"/>
     <w:rsid w:val="0011207E"/>
+    <w:rsid w:val="00114662"/>
+    <w:rsid w:val="0011474A"/>
+    <w:rsid w:val="001257A5"/>
+    <w:rsid w:val="00126490"/>
+    <w:rsid w:val="00132364"/>
     <w:rsid w:val="00136C6B"/>
-    <w:rsid w:val="00137116"/>
     <w:rsid w:val="00142663"/>
-    <w:rsid w:val="00163469"/>
-    <w:rsid w:val="00167077"/>
+    <w:rsid w:val="00150B01"/>
+    <w:rsid w:val="00153ADD"/>
+    <w:rsid w:val="0016680A"/>
     <w:rsid w:val="00167F2D"/>
-    <w:rsid w:val="00175E4D"/>
+    <w:rsid w:val="001754F1"/>
+    <w:rsid w:val="00176FBA"/>
     <w:rsid w:val="00182C4D"/>
-    <w:rsid w:val="001868CD"/>
-    <w:rsid w:val="00191393"/>
+    <w:rsid w:val="0018302A"/>
+    <w:rsid w:val="00184759"/>
+    <w:rsid w:val="00184B8C"/>
+    <w:rsid w:val="001862ED"/>
     <w:rsid w:val="0019680D"/>
+    <w:rsid w:val="001A295C"/>
+    <w:rsid w:val="001A61D0"/>
     <w:rsid w:val="001A7D3F"/>
     <w:rsid w:val="001B1A04"/>
     <w:rsid w:val="001B2002"/>
     <w:rsid w:val="001B4BB9"/>
-    <w:rsid w:val="001B75C3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001D116D"/>
+    <w:rsid w:val="001D133B"/>
+    <w:rsid w:val="001D5267"/>
+    <w:rsid w:val="001F16EE"/>
     <w:rsid w:val="001F5488"/>
-    <w:rsid w:val="002119A3"/>
-    <w:rsid w:val="00212550"/>
+    <w:rsid w:val="00216175"/>
+    <w:rsid w:val="002167CF"/>
     <w:rsid w:val="00220B93"/>
+    <w:rsid w:val="00220BDC"/>
     <w:rsid w:val="00227810"/>
-    <w:rsid w:val="00231D29"/>
     <w:rsid w:val="0023309C"/>
     <w:rsid w:val="002346A2"/>
+    <w:rsid w:val="00234CA2"/>
     <w:rsid w:val="00235637"/>
+    <w:rsid w:val="00237263"/>
     <w:rsid w:val="00237D8B"/>
+    <w:rsid w:val="00240034"/>
     <w:rsid w:val="002506A7"/>
     <w:rsid w:val="00251B44"/>
     <w:rsid w:val="00257988"/>
     <w:rsid w:val="002611BD"/>
-    <w:rsid w:val="00266A45"/>
+    <w:rsid w:val="0026315B"/>
+    <w:rsid w:val="002670DE"/>
     <w:rsid w:val="00267E76"/>
-    <w:rsid w:val="00295086"/>
+    <w:rsid w:val="00293681"/>
+    <w:rsid w:val="002965A0"/>
     <w:rsid w:val="002A0EBB"/>
     <w:rsid w:val="002A223C"/>
-    <w:rsid w:val="002A43D9"/>
-    <w:rsid w:val="002B1E0F"/>
+    <w:rsid w:val="002B0A96"/>
+    <w:rsid w:val="002B1492"/>
+    <w:rsid w:val="002C0DB9"/>
+    <w:rsid w:val="002C0DFD"/>
     <w:rsid w:val="002D6BE7"/>
+    <w:rsid w:val="002D715C"/>
+    <w:rsid w:val="002E544F"/>
     <w:rsid w:val="002E6307"/>
+    <w:rsid w:val="002F3B92"/>
+    <w:rsid w:val="002F5F06"/>
     <w:rsid w:val="002F7366"/>
-    <w:rsid w:val="002F7D93"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003227AE"/>
+    <w:rsid w:val="0031302A"/>
+    <w:rsid w:val="00314F41"/>
     <w:rsid w:val="00324BC6"/>
     <w:rsid w:val="00334C58"/>
-    <w:rsid w:val="00343B5C"/>
+    <w:rsid w:val="00337781"/>
+    <w:rsid w:val="0034150E"/>
+    <w:rsid w:val="00345DAA"/>
     <w:rsid w:val="0035044E"/>
+    <w:rsid w:val="00352414"/>
+    <w:rsid w:val="003554DA"/>
     <w:rsid w:val="0036067A"/>
-    <w:rsid w:val="003607B7"/>
-    <w:rsid w:val="00375999"/>
+    <w:rsid w:val="0036161F"/>
+    <w:rsid w:val="0036200B"/>
+    <w:rsid w:val="00365409"/>
+    <w:rsid w:val="0036583B"/>
+    <w:rsid w:val="00366947"/>
+    <w:rsid w:val="00373266"/>
+    <w:rsid w:val="00380CBD"/>
     <w:rsid w:val="00382586"/>
     <w:rsid w:val="003848CD"/>
     <w:rsid w:val="00384E26"/>
-    <w:rsid w:val="003916C8"/>
+    <w:rsid w:val="00391F0C"/>
+    <w:rsid w:val="0039650B"/>
+    <w:rsid w:val="00396546"/>
     <w:rsid w:val="00397151"/>
     <w:rsid w:val="003977E2"/>
     <w:rsid w:val="003A0FEC"/>
     <w:rsid w:val="003A4BEC"/>
+    <w:rsid w:val="003B6AC8"/>
     <w:rsid w:val="003C45A3"/>
-    <w:rsid w:val="003D0D46"/>
+    <w:rsid w:val="003C7450"/>
     <w:rsid w:val="003D1AD5"/>
+    <w:rsid w:val="003D35AC"/>
+    <w:rsid w:val="003D58A5"/>
+    <w:rsid w:val="003E7473"/>
     <w:rsid w:val="003F0854"/>
     <w:rsid w:val="003F0BD7"/>
-    <w:rsid w:val="003F2982"/>
-    <w:rsid w:val="00406D41"/>
+    <w:rsid w:val="00402F41"/>
+    <w:rsid w:val="00405237"/>
+    <w:rsid w:val="00410672"/>
     <w:rsid w:val="00411FB3"/>
-    <w:rsid w:val="00417024"/>
+    <w:rsid w:val="0042176B"/>
+    <w:rsid w:val="004331A3"/>
     <w:rsid w:val="004333A3"/>
+    <w:rsid w:val="0043380C"/>
+    <w:rsid w:val="00434DDC"/>
     <w:rsid w:val="004457CA"/>
     <w:rsid w:val="004477B4"/>
     <w:rsid w:val="004539FA"/>
+    <w:rsid w:val="004568AA"/>
+    <w:rsid w:val="00456A80"/>
     <w:rsid w:val="004579C9"/>
     <w:rsid w:val="00463F60"/>
+    <w:rsid w:val="00464179"/>
     <w:rsid w:val="00466ABB"/>
-    <w:rsid w:val="00471A69"/>
+    <w:rsid w:val="0046782F"/>
     <w:rsid w:val="00472FE4"/>
+    <w:rsid w:val="00475A99"/>
     <w:rsid w:val="00476DDD"/>
+    <w:rsid w:val="0048056E"/>
+    <w:rsid w:val="00480CEC"/>
     <w:rsid w:val="00481060"/>
     <w:rsid w:val="00483F66"/>
-    <w:rsid w:val="004A6FCE"/>
+    <w:rsid w:val="004A04F1"/>
     <w:rsid w:val="004B1A1F"/>
-    <w:rsid w:val="004B231A"/>
     <w:rsid w:val="004C2B36"/>
+    <w:rsid w:val="004D0CC0"/>
     <w:rsid w:val="004E08FC"/>
     <w:rsid w:val="004E0B05"/>
+    <w:rsid w:val="004E3064"/>
     <w:rsid w:val="004F2653"/>
-    <w:rsid w:val="004F62FD"/>
     <w:rsid w:val="004F6E9F"/>
     <w:rsid w:val="00502996"/>
-    <w:rsid w:val="00511129"/>
+    <w:rsid w:val="0050635E"/>
+    <w:rsid w:val="00513CAF"/>
+    <w:rsid w:val="00514062"/>
     <w:rsid w:val="005241A4"/>
     <w:rsid w:val="00524F27"/>
+    <w:rsid w:val="00527A44"/>
     <w:rsid w:val="00531996"/>
     <w:rsid w:val="0053274D"/>
-    <w:rsid w:val="00534CAC"/>
+    <w:rsid w:val="00532EC6"/>
     <w:rsid w:val="005377E7"/>
     <w:rsid w:val="005537A8"/>
-    <w:rsid w:val="00564597"/>
+    <w:rsid w:val="00553FA2"/>
+    <w:rsid w:val="0056043E"/>
     <w:rsid w:val="0056637A"/>
-    <w:rsid w:val="00574FAE"/>
+    <w:rsid w:val="00575534"/>
     <w:rsid w:val="00575871"/>
+    <w:rsid w:val="005820B9"/>
     <w:rsid w:val="005861D0"/>
     <w:rsid w:val="00586919"/>
+    <w:rsid w:val="00593633"/>
     <w:rsid w:val="00594D98"/>
     <w:rsid w:val="00595949"/>
     <w:rsid w:val="005A403A"/>
     <w:rsid w:val="005A6F62"/>
+    <w:rsid w:val="005A7728"/>
     <w:rsid w:val="005B1F50"/>
     <w:rsid w:val="005B2591"/>
+    <w:rsid w:val="005C235C"/>
     <w:rsid w:val="005C4A0C"/>
     <w:rsid w:val="005C6423"/>
     <w:rsid w:val="005C738E"/>
-    <w:rsid w:val="005D0EE6"/>
-    <w:rsid w:val="005D2585"/>
+    <w:rsid w:val="005D12E0"/>
+    <w:rsid w:val="005D7336"/>
+    <w:rsid w:val="005E0907"/>
     <w:rsid w:val="005E0CDB"/>
+    <w:rsid w:val="005E2EE9"/>
     <w:rsid w:val="005E31ED"/>
     <w:rsid w:val="005E779A"/>
     <w:rsid w:val="005F29FB"/>
     <w:rsid w:val="00604B03"/>
     <w:rsid w:val="00606B0F"/>
-    <w:rsid w:val="00610F48"/>
+    <w:rsid w:val="00607B26"/>
+    <w:rsid w:val="006114CE"/>
     <w:rsid w:val="006137D6"/>
-    <w:rsid w:val="00616F05"/>
+    <w:rsid w:val="00621E3A"/>
     <w:rsid w:val="00622230"/>
-    <w:rsid w:val="00622CEB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006419E9"/>
+    <w:rsid w:val="00625688"/>
+    <w:rsid w:val="0063515B"/>
+    <w:rsid w:val="00636932"/>
+    <w:rsid w:val="006377A9"/>
     <w:rsid w:val="00642250"/>
-    <w:rsid w:val="00643EAB"/>
-    <w:rsid w:val="0064405D"/>
+    <w:rsid w:val="00660105"/>
     <w:rsid w:val="00663688"/>
-    <w:rsid w:val="00671218"/>
-    <w:rsid w:val="006750F7"/>
     <w:rsid w:val="006769DD"/>
-    <w:rsid w:val="0068178C"/>
-    <w:rsid w:val="006854EA"/>
+    <w:rsid w:val="00682799"/>
+    <w:rsid w:val="006829F3"/>
+    <w:rsid w:val="006840FE"/>
     <w:rsid w:val="00693ED8"/>
-    <w:rsid w:val="00694E23"/>
-    <w:rsid w:val="00695909"/>
+    <w:rsid w:val="006951C2"/>
+    <w:rsid w:val="00695381"/>
     <w:rsid w:val="00696DF2"/>
     <w:rsid w:val="00697C2E"/>
-    <w:rsid w:val="006A2EC6"/>
     <w:rsid w:val="006A47C2"/>
     <w:rsid w:val="006A60A8"/>
     <w:rsid w:val="006A6286"/>
-    <w:rsid w:val="006B0932"/>
     <w:rsid w:val="006B3AC6"/>
+    <w:rsid w:val="006B6DF6"/>
     <w:rsid w:val="006C0636"/>
-    <w:rsid w:val="006C155F"/>
     <w:rsid w:val="006C20B8"/>
-    <w:rsid w:val="006C3F01"/>
     <w:rsid w:val="006C4DA1"/>
-    <w:rsid w:val="006E3205"/>
     <w:rsid w:val="006E43A5"/>
     <w:rsid w:val="006E6496"/>
+    <w:rsid w:val="006E710C"/>
+    <w:rsid w:val="006F3AD8"/>
     <w:rsid w:val="006F7778"/>
     <w:rsid w:val="00706214"/>
-    <w:rsid w:val="00706EFC"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00736E5F"/>
+    <w:rsid w:val="00710097"/>
+    <w:rsid w:val="00712378"/>
+    <w:rsid w:val="007228A7"/>
+    <w:rsid w:val="00725BFC"/>
+    <w:rsid w:val="00726E01"/>
+    <w:rsid w:val="00731903"/>
+    <w:rsid w:val="00734404"/>
     <w:rsid w:val="00737193"/>
     <w:rsid w:val="00742CAC"/>
-    <w:rsid w:val="00745164"/>
+    <w:rsid w:val="007468D3"/>
+    <w:rsid w:val="00750B9F"/>
+    <w:rsid w:val="00750C35"/>
+    <w:rsid w:val="00753A7F"/>
     <w:rsid w:val="007547F2"/>
+    <w:rsid w:val="0075632B"/>
     <w:rsid w:val="00766BEC"/>
     <w:rsid w:val="00772B6E"/>
-    <w:rsid w:val="00781895"/>
+    <w:rsid w:val="007754FE"/>
+    <w:rsid w:val="00777BBB"/>
     <w:rsid w:val="007829D2"/>
+    <w:rsid w:val="00782B07"/>
     <w:rsid w:val="00783074"/>
     <w:rsid w:val="0078522D"/>
+    <w:rsid w:val="00797BAD"/>
     <w:rsid w:val="007A0B53"/>
+    <w:rsid w:val="007A2BDA"/>
+    <w:rsid w:val="007A4555"/>
+    <w:rsid w:val="007B2334"/>
     <w:rsid w:val="007B634A"/>
     <w:rsid w:val="007C1E39"/>
     <w:rsid w:val="007C5139"/>
+    <w:rsid w:val="007D2C7F"/>
+    <w:rsid w:val="007D40EB"/>
+    <w:rsid w:val="007D4CB6"/>
+    <w:rsid w:val="007D7EF0"/>
     <w:rsid w:val="007E16FA"/>
-    <w:rsid w:val="007E2F14"/>
-    <w:rsid w:val="007F2FB1"/>
+    <w:rsid w:val="007E300A"/>
+    <w:rsid w:val="007E6263"/>
+    <w:rsid w:val="007E6973"/>
+    <w:rsid w:val="007F61E7"/>
+    <w:rsid w:val="007F6C07"/>
     <w:rsid w:val="007F6E5A"/>
     <w:rsid w:val="00801BBF"/>
-    <w:rsid w:val="00804E7E"/>
+    <w:rsid w:val="0080263C"/>
+    <w:rsid w:val="00802E79"/>
+    <w:rsid w:val="00803B96"/>
     <w:rsid w:val="008065F9"/>
     <w:rsid w:val="00810019"/>
     <w:rsid w:val="00812DE2"/>
-    <w:rsid w:val="00815D19"/>
     <w:rsid w:val="00816FA9"/>
-    <w:rsid w:val="008177FC"/>
     <w:rsid w:val="008215CB"/>
     <w:rsid w:val="00822A22"/>
+    <w:rsid w:val="00823D71"/>
     <w:rsid w:val="00826C8A"/>
+    <w:rsid w:val="00831A60"/>
     <w:rsid w:val="00834506"/>
     <w:rsid w:val="00834E7E"/>
-    <w:rsid w:val="008415F5"/>
+    <w:rsid w:val="00851DD0"/>
     <w:rsid w:val="00853F45"/>
     <w:rsid w:val="00854FCB"/>
-    <w:rsid w:val="0085620B"/>
     <w:rsid w:val="008574B7"/>
-    <w:rsid w:val="00867342"/>
     <w:rsid w:val="00870403"/>
     <w:rsid w:val="00875CBE"/>
-    <w:rsid w:val="0089005D"/>
-    <w:rsid w:val="00893D0D"/>
+    <w:rsid w:val="00887295"/>
+    <w:rsid w:val="008A2F1E"/>
+    <w:rsid w:val="008A3C5E"/>
     <w:rsid w:val="008A525C"/>
-    <w:rsid w:val="008B74A2"/>
+    <w:rsid w:val="008B185C"/>
+    <w:rsid w:val="008B3205"/>
+    <w:rsid w:val="008B5BA4"/>
+    <w:rsid w:val="008C368A"/>
     <w:rsid w:val="008C4656"/>
     <w:rsid w:val="008C5285"/>
-    <w:rsid w:val="008C79C7"/>
+    <w:rsid w:val="008D48EA"/>
     <w:rsid w:val="008D4F31"/>
+    <w:rsid w:val="008D70B1"/>
+    <w:rsid w:val="008D723A"/>
+    <w:rsid w:val="008E17E4"/>
+    <w:rsid w:val="008E623B"/>
     <w:rsid w:val="008F437E"/>
     <w:rsid w:val="008F46D6"/>
-    <w:rsid w:val="00904BB6"/>
+    <w:rsid w:val="00902DF3"/>
+    <w:rsid w:val="0090343E"/>
+    <w:rsid w:val="00905F93"/>
+    <w:rsid w:val="00907356"/>
     <w:rsid w:val="00910C25"/>
     <w:rsid w:val="00911DF5"/>
     <w:rsid w:val="0091229C"/>
+    <w:rsid w:val="009131F4"/>
     <w:rsid w:val="009255D9"/>
-    <w:rsid w:val="00927A36"/>
+    <w:rsid w:val="009261BF"/>
     <w:rsid w:val="009333E9"/>
     <w:rsid w:val="00934D21"/>
+    <w:rsid w:val="00937B1E"/>
     <w:rsid w:val="00946D3C"/>
     <w:rsid w:val="00947BCD"/>
+    <w:rsid w:val="00955BB2"/>
+    <w:rsid w:val="009566B7"/>
+    <w:rsid w:val="00960336"/>
     <w:rsid w:val="009609C9"/>
-    <w:rsid w:val="009716F3"/>
+    <w:rsid w:val="0096658A"/>
     <w:rsid w:val="00972D16"/>
     <w:rsid w:val="00973775"/>
     <w:rsid w:val="00976057"/>
+    <w:rsid w:val="009816DC"/>
     <w:rsid w:val="0099293C"/>
+    <w:rsid w:val="0099352F"/>
+    <w:rsid w:val="009A18A1"/>
     <w:rsid w:val="009A25E1"/>
+    <w:rsid w:val="009A31EA"/>
+    <w:rsid w:val="009A3E7F"/>
+    <w:rsid w:val="009B0444"/>
     <w:rsid w:val="009B2791"/>
+    <w:rsid w:val="009B3B32"/>
+    <w:rsid w:val="009B5FBA"/>
+    <w:rsid w:val="009C4116"/>
+    <w:rsid w:val="009D3D70"/>
     <w:rsid w:val="009D509B"/>
+    <w:rsid w:val="009E34B3"/>
     <w:rsid w:val="009E3DC3"/>
     <w:rsid w:val="009E437C"/>
-    <w:rsid w:val="009E466F"/>
+    <w:rsid w:val="009E537E"/>
     <w:rsid w:val="009E5423"/>
+    <w:rsid w:val="009E6ED6"/>
     <w:rsid w:val="009E6EF9"/>
     <w:rsid w:val="009E7B9D"/>
     <w:rsid w:val="009E7F82"/>
+    <w:rsid w:val="009F1F1E"/>
+    <w:rsid w:val="009F68F3"/>
+    <w:rsid w:val="009F7B20"/>
+    <w:rsid w:val="00A02DAA"/>
+    <w:rsid w:val="00A0633F"/>
     <w:rsid w:val="00A076D6"/>
+    <w:rsid w:val="00A14F47"/>
     <w:rsid w:val="00A16575"/>
     <w:rsid w:val="00A17AEC"/>
     <w:rsid w:val="00A17B37"/>
+    <w:rsid w:val="00A20ABC"/>
     <w:rsid w:val="00A2125B"/>
     <w:rsid w:val="00A23320"/>
-    <w:rsid w:val="00A2697C"/>
+    <w:rsid w:val="00A23F5B"/>
+    <w:rsid w:val="00A24FFA"/>
     <w:rsid w:val="00A273A8"/>
+    <w:rsid w:val="00A34476"/>
+    <w:rsid w:val="00A34714"/>
     <w:rsid w:val="00A43C1A"/>
-    <w:rsid w:val="00A44763"/>
     <w:rsid w:val="00A51CEF"/>
-    <w:rsid w:val="00A56F2B"/>
-    <w:rsid w:val="00A61583"/>
     <w:rsid w:val="00A6449E"/>
-    <w:rsid w:val="00A66CC5"/>
+    <w:rsid w:val="00A65C4D"/>
     <w:rsid w:val="00A711E8"/>
-    <w:rsid w:val="00A715C3"/>
+    <w:rsid w:val="00A76AE8"/>
     <w:rsid w:val="00A80C68"/>
     <w:rsid w:val="00A87B49"/>
-    <w:rsid w:val="00A91279"/>
+    <w:rsid w:val="00A90B7F"/>
+    <w:rsid w:val="00A9251A"/>
+    <w:rsid w:val="00A9518F"/>
+    <w:rsid w:val="00A96926"/>
     <w:rsid w:val="00A96DA2"/>
-    <w:rsid w:val="00A978EA"/>
     <w:rsid w:val="00AA2ABA"/>
     <w:rsid w:val="00AA3A34"/>
     <w:rsid w:val="00AA5C9A"/>
-    <w:rsid w:val="00AA79E0"/>
+    <w:rsid w:val="00AA5E22"/>
     <w:rsid w:val="00AB167A"/>
     <w:rsid w:val="00AB24CA"/>
     <w:rsid w:val="00AB57E2"/>
-    <w:rsid w:val="00AC2122"/>
+    <w:rsid w:val="00AC45C3"/>
+    <w:rsid w:val="00AC4A48"/>
+    <w:rsid w:val="00AD1243"/>
+    <w:rsid w:val="00AD27DF"/>
     <w:rsid w:val="00AD354E"/>
     <w:rsid w:val="00AD5832"/>
-    <w:rsid w:val="00AE1D2D"/>
+    <w:rsid w:val="00AD66E3"/>
+    <w:rsid w:val="00AE0C34"/>
+    <w:rsid w:val="00AE19BE"/>
+    <w:rsid w:val="00AF3F7B"/>
+    <w:rsid w:val="00AF4406"/>
     <w:rsid w:val="00AF5B57"/>
     <w:rsid w:val="00B026DF"/>
-    <w:rsid w:val="00B10B9A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B15462"/>
+    <w:rsid w:val="00B050D5"/>
+    <w:rsid w:val="00B076C7"/>
     <w:rsid w:val="00B1580D"/>
     <w:rsid w:val="00B30455"/>
     <w:rsid w:val="00B32309"/>
-    <w:rsid w:val="00B33773"/>
+    <w:rsid w:val="00B35B6C"/>
+    <w:rsid w:val="00B3675C"/>
     <w:rsid w:val="00B37193"/>
     <w:rsid w:val="00B40283"/>
+    <w:rsid w:val="00B40E01"/>
     <w:rsid w:val="00B4285A"/>
+    <w:rsid w:val="00B4549B"/>
+    <w:rsid w:val="00B45842"/>
     <w:rsid w:val="00B462CC"/>
-    <w:rsid w:val="00B634E7"/>
+    <w:rsid w:val="00B554AD"/>
     <w:rsid w:val="00B6416A"/>
+    <w:rsid w:val="00B64C41"/>
+    <w:rsid w:val="00B701AF"/>
     <w:rsid w:val="00B71B19"/>
-    <w:rsid w:val="00B904C2"/>
+    <w:rsid w:val="00B745F0"/>
+    <w:rsid w:val="00B8134C"/>
+    <w:rsid w:val="00B865BA"/>
     <w:rsid w:val="00B9215F"/>
+    <w:rsid w:val="00BA2918"/>
     <w:rsid w:val="00BB48AC"/>
+    <w:rsid w:val="00BB53C9"/>
+    <w:rsid w:val="00BB6918"/>
     <w:rsid w:val="00BB7B8B"/>
     <w:rsid w:val="00BC4E87"/>
-    <w:rsid w:val="00BD56FB"/>
     <w:rsid w:val="00BD6268"/>
     <w:rsid w:val="00BE0327"/>
+    <w:rsid w:val="00BE16F3"/>
     <w:rsid w:val="00BE3F3D"/>
+    <w:rsid w:val="00BE7281"/>
     <w:rsid w:val="00BE75E3"/>
     <w:rsid w:val="00BE77DB"/>
     <w:rsid w:val="00BF2DAB"/>
     <w:rsid w:val="00BF46DE"/>
-    <w:rsid w:val="00C015AC"/>
+    <w:rsid w:val="00C0204F"/>
     <w:rsid w:val="00C02681"/>
     <w:rsid w:val="00C079B5"/>
+    <w:rsid w:val="00C10FD9"/>
     <w:rsid w:val="00C127EA"/>
     <w:rsid w:val="00C12ADF"/>
     <w:rsid w:val="00C13434"/>
+    <w:rsid w:val="00C209F7"/>
     <w:rsid w:val="00C27044"/>
     <w:rsid w:val="00C301F5"/>
     <w:rsid w:val="00C312B6"/>
+    <w:rsid w:val="00C3623F"/>
+    <w:rsid w:val="00C3642C"/>
+    <w:rsid w:val="00C36F0C"/>
     <w:rsid w:val="00C4216C"/>
+    <w:rsid w:val="00C43E83"/>
     <w:rsid w:val="00C459F7"/>
+    <w:rsid w:val="00C47D77"/>
+    <w:rsid w:val="00C5093D"/>
+    <w:rsid w:val="00C62CFF"/>
     <w:rsid w:val="00C63DA4"/>
-    <w:rsid w:val="00C640F0"/>
+    <w:rsid w:val="00C6556F"/>
     <w:rsid w:val="00C76DDB"/>
     <w:rsid w:val="00C8232C"/>
-    <w:rsid w:val="00C932CE"/>
-    <w:rsid w:val="00CA53F1"/>
+    <w:rsid w:val="00C85E0B"/>
+    <w:rsid w:val="00C867CE"/>
+    <w:rsid w:val="00C917C7"/>
+    <w:rsid w:val="00C952FB"/>
+    <w:rsid w:val="00C97445"/>
+    <w:rsid w:val="00CA634E"/>
+    <w:rsid w:val="00CB09B6"/>
+    <w:rsid w:val="00CB4106"/>
     <w:rsid w:val="00CC149C"/>
     <w:rsid w:val="00CC3124"/>
     <w:rsid w:val="00CC3657"/>
-    <w:rsid w:val="00CC6A95"/>
-    <w:rsid w:val="00CD3588"/>
     <w:rsid w:val="00CE048D"/>
     <w:rsid w:val="00CE4E3C"/>
+    <w:rsid w:val="00CF684A"/>
     <w:rsid w:val="00D02A34"/>
+    <w:rsid w:val="00D04EFC"/>
     <w:rsid w:val="00D070FF"/>
-    <w:rsid w:val="00D07895"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D15191"/>
+    <w:rsid w:val="00D129C9"/>
+    <w:rsid w:val="00D16F3C"/>
     <w:rsid w:val="00D2298A"/>
+    <w:rsid w:val="00D2371C"/>
+    <w:rsid w:val="00D24457"/>
     <w:rsid w:val="00D24DBA"/>
+    <w:rsid w:val="00D24FEA"/>
+    <w:rsid w:val="00D271B4"/>
     <w:rsid w:val="00D313D3"/>
-    <w:rsid w:val="00D37843"/>
+    <w:rsid w:val="00D438B2"/>
+    <w:rsid w:val="00D43C4A"/>
+    <w:rsid w:val="00D44C3B"/>
     <w:rsid w:val="00D4779E"/>
-    <w:rsid w:val="00D6372F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DC3141"/>
+    <w:rsid w:val="00D66BA4"/>
+    <w:rsid w:val="00D67F3C"/>
+    <w:rsid w:val="00D72CCA"/>
+    <w:rsid w:val="00D7403B"/>
+    <w:rsid w:val="00D7531B"/>
+    <w:rsid w:val="00D7799F"/>
+    <w:rsid w:val="00D91B4B"/>
+    <w:rsid w:val="00D944D1"/>
+    <w:rsid w:val="00D96B6F"/>
+    <w:rsid w:val="00DA2BED"/>
+    <w:rsid w:val="00DA610C"/>
+    <w:rsid w:val="00DB6948"/>
+    <w:rsid w:val="00DB7FD5"/>
+    <w:rsid w:val="00DC15DE"/>
     <w:rsid w:val="00DC69AB"/>
-    <w:rsid w:val="00DE2617"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DF00BF"/>
+    <w:rsid w:val="00DD3B0E"/>
+    <w:rsid w:val="00DD48A1"/>
+    <w:rsid w:val="00DE4B89"/>
     <w:rsid w:val="00DF0444"/>
     <w:rsid w:val="00DF19B1"/>
     <w:rsid w:val="00DF28E1"/>
     <w:rsid w:val="00DF42CC"/>
     <w:rsid w:val="00E0329D"/>
+    <w:rsid w:val="00E0492E"/>
     <w:rsid w:val="00E05BFC"/>
     <w:rsid w:val="00E15D2C"/>
-    <w:rsid w:val="00E25445"/>
+    <w:rsid w:val="00E172D1"/>
+    <w:rsid w:val="00E20ECF"/>
+    <w:rsid w:val="00E2489B"/>
     <w:rsid w:val="00E33025"/>
     <w:rsid w:val="00E339A3"/>
-    <w:rsid w:val="00E44C1D"/>
+    <w:rsid w:val="00E413F7"/>
+    <w:rsid w:val="00E43B03"/>
     <w:rsid w:val="00E47380"/>
     <w:rsid w:val="00E50040"/>
-    <w:rsid w:val="00E50219"/>
+    <w:rsid w:val="00E5058C"/>
+    <w:rsid w:val="00E51AC5"/>
+    <w:rsid w:val="00E5345D"/>
     <w:rsid w:val="00E63ED2"/>
     <w:rsid w:val="00E66CA0"/>
-    <w:rsid w:val="00E73C2D"/>
+    <w:rsid w:val="00E84CB0"/>
+    <w:rsid w:val="00E947A8"/>
+    <w:rsid w:val="00E94ED0"/>
+    <w:rsid w:val="00EA2D7E"/>
+    <w:rsid w:val="00EA38AC"/>
+    <w:rsid w:val="00EA3954"/>
+    <w:rsid w:val="00EA3D3F"/>
     <w:rsid w:val="00EA3DBA"/>
+    <w:rsid w:val="00EA7886"/>
+    <w:rsid w:val="00EB1412"/>
     <w:rsid w:val="00EB1E30"/>
-    <w:rsid w:val="00EB4A17"/>
-    <w:rsid w:val="00EB5EEB"/>
     <w:rsid w:val="00EB60E6"/>
+    <w:rsid w:val="00EB6AE2"/>
+    <w:rsid w:val="00EB7DF5"/>
+    <w:rsid w:val="00EC06C0"/>
     <w:rsid w:val="00EC5EB1"/>
+    <w:rsid w:val="00EC7895"/>
+    <w:rsid w:val="00ED6A3F"/>
     <w:rsid w:val="00ED6C6F"/>
-    <w:rsid w:val="00EF4901"/>
+    <w:rsid w:val="00EE5C4F"/>
+    <w:rsid w:val="00EE6042"/>
     <w:rsid w:val="00EF58B6"/>
-    <w:rsid w:val="00F04F0E"/>
-    <w:rsid w:val="00F122C1"/>
+    <w:rsid w:val="00F005A8"/>
+    <w:rsid w:val="00F05400"/>
+    <w:rsid w:val="00F062FA"/>
+    <w:rsid w:val="00F10463"/>
+    <w:rsid w:val="00F10A95"/>
+    <w:rsid w:val="00F1710F"/>
     <w:rsid w:val="00F20B41"/>
     <w:rsid w:val="00F25BAC"/>
-    <w:rsid w:val="00F31C4D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F41852"/>
+    <w:rsid w:val="00F36E02"/>
+    <w:rsid w:val="00F37373"/>
+    <w:rsid w:val="00F41B64"/>
+    <w:rsid w:val="00F4407D"/>
+    <w:rsid w:val="00F455A9"/>
     <w:rsid w:val="00F4778E"/>
-    <w:rsid w:val="00F50886"/>
+    <w:rsid w:val="00F511ED"/>
     <w:rsid w:val="00F5205D"/>
     <w:rsid w:val="00F54922"/>
-    <w:rsid w:val="00F60575"/>
     <w:rsid w:val="00F61558"/>
     <w:rsid w:val="00F61F0E"/>
     <w:rsid w:val="00F6408C"/>
-    <w:rsid w:val="00F8181B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FC67C0"/>
+    <w:rsid w:val="00F72F2A"/>
+    <w:rsid w:val="00F81F32"/>
+    <w:rsid w:val="00F847D8"/>
+    <w:rsid w:val="00FA0487"/>
+    <w:rsid w:val="00FB222F"/>
+    <w:rsid w:val="00FB3E27"/>
+    <w:rsid w:val="00FC4888"/>
+    <w:rsid w:val="00FC5974"/>
     <w:rsid w:val="00FC6F9F"/>
     <w:rsid w:val="00FC79A2"/>
-    <w:rsid w:val="00FE33F8"/>
+    <w:rsid w:val="00FE4986"/>
+    <w:rsid w:val="00FF1998"/>
     <w:rsid w:val="00FF334A"/>
-    <w:rsid w:val="00FF6ADE"/>
+    <w:rsid w:val="07E7B10D"/>
+    <w:rsid w:val="0912E46F"/>
+    <w:rsid w:val="0DF755DD"/>
+    <w:rsid w:val="262D0A9E"/>
+    <w:rsid w:val="2BBE3436"/>
+    <w:rsid w:val="2D1CB163"/>
+    <w:rsid w:val="4A86867C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4F86A92E"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="2" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0"/>
     <w:lsdException w:name="line number" w:semiHidden="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1"/>
     <w:lsdException w:name="List" w:semiHidden="1"/>
-    <w:lsdException w:name="List Bullet" w:qFormat="1"/>
-    <w:lsdException w:name="List Number" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="24" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:uiPriority="25" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:uiPriority="24" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:uiPriority="24" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:uiPriority="24" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:uiPriority="24" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:uiPriority="25" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:uiPriority="25" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:uiPriority="25" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:uiPriority="25" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="Salutation" w:uiPriority="36"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:uiPriority="98"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4145,64 +5023,63 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008C4656"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Rubrik"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="180"/>
+      <w:spacing w:before="480" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:before="400"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
@@ -4227,1058 +5104,1142 @@
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Rubrik3"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:before="180" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Rubrik4"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:bCs w:val="0"/>
-      <w:i/>
+      <w:b w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:sz w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Rubrik5"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:bCs/>
-      <w:iCs w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Rubrik6"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:iCs/>
+      <w:iCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Rubrik7"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:bCs w:val="0"/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Rubrik8"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:iCs w:val="0"/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006769DD"/>
+    <w:uiPriority w:val="98"/>
+    <w:rsid w:val="003D35AC"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="919191" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-[...121 lines deleted...]
-    <w:name w:val="caption"/>
+  <w:style w:type="paragraph" w:styleId="Punktlista">
+    <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...15 lines deleted...]
-    <w:rsid w:val="004C2B36"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="24"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="9"/>
+      </w:numPr>
+      <w:spacing w:before="120"/>
+      <w:ind w:right="284"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...20 lines deleted...]
-    <w:rsid w:val="00622230"/>
+  <w:style w:type="paragraph" w:styleId="Punktlista2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="24"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
+        <w:numId w:val="9"/>
       </w:numPr>
-      <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="0"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
-[...4 lines deleted...]
-    <w:rsid w:val="00622230"/>
+  <w:style w:type="character" w:styleId="Hyperlnk">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Stark">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="22"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Betoning">
-[...285 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:pos="9356"/>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="-851" w:right="-851"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-[...11 lines deleted...]
-      <w:sz w:val="18"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00F81F32"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="KommentarerChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F81F32"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+    <w:name w:val="Kommentarer Char"/>
+    <w:link w:val="Kommentarer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F36E02"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Kommentarer"/>
+    <w:next w:val="Kommentarer"/>
+    <w:link w:val="KommentarsmneChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F81F32"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+    <w:name w:val="Kommentarsämne Char"/>
+    <w:link w:val="Kommentarsmne"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0026315B"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0099352F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+    <w:name w:val="Rubrik 6 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+    <w:name w:val="Rubrik 7 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik8Char">
+    <w:name w:val="Rubrik 8 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:bCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="RubrikChar"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:spacing w:before="240"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="60"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="60"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Underrubrik">
+    <w:name w:val="Subtitle"/>
+    <w:aliases w:val="Enhet/nämnd"/>
+    <w:basedOn w:val="Rubrik"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="UnderrubrikChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+    <w:name w:val="Underrubrik Char"/>
+    <w:aliases w:val="Enhet/nämnd Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Underrubrik"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Betoning">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="20"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ingetavstnd">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="IngetavstndChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:sz w:val="19"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitatChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:spacing w:before="180"/>
+      <w:ind w:left="567" w:right="567"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitatChar">
+    <w:name w:val="Citat Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Citat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Starktcitat">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="StarktcitatChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+      <w:ind w:left="936" w:right="936"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StarktcitatChar">
+    <w:name w:val="Starkt citat Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Starktcitat"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Diskretbetoning">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="19"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Starkbetoning">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="21"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Diskretreferens">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="31"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="auto"/>
+      <w:u w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Starkreferens">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="32"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="auto"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Bokenstitel">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="33"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Rubrik1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="425" w:hanging="425"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="850" w:hanging="425"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="1276" w:hanging="425"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="1276"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1701"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="2126"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="2552"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="2977"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003E7473"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="3402"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:kern w:val="28"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="18"/>
     </w:rPr>
-  </w:style>
-[...13 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="25"/>
     <w:qFormat/>
-    <w:rsid w:val="001F5488"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="22"/>
+        <w:numId w:val="4"/>
       </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="360"/>
+      </w:tabs>
       <w:spacing w:after="140"/>
-      <w:ind w:left="357" w:hanging="357"/>
+      <w:ind w:left="0" w:firstLine="0"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fotnotstext">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FotnotstextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="142" w:hanging="142"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="17"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FotnotstextChar">
     <w:name w:val="Fotnotstext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Fotnotstext"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="17"/>
-      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="006769DD"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="003E7473"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
-[...8 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Numreradlista"/>
     <w:uiPriority w:val="25"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="360"/>
+      </w:tabs>
+      <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Numreradlista2"/>
     <w:uiPriority w:val="25"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Numreradlista3"/>
     <w:uiPriority w:val="25"/>
     <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="Numreradlista4"/>
     <w:uiPriority w:val="25"/>
     <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista2">
-[...9 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Punktlista2"/>
     <w:uiPriority w:val="24"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
+      <w:spacing w:after="140"/>
+      <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista4">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="Punktlista3"/>
     <w:uiPriority w:val="24"/>
     <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista5">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="Punktlista4"/>
     <w:uiPriority w:val="24"/>
     <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Slutnotstext">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SlutnotstextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="142" w:hanging="142"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="17"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SlutnotstextChar">
     <w:name w:val="Slutnotstext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Slutnotstext"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="17"/>
-      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Slutnotsreferens">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:rPr>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Adress-brev">
     <w:name w:val="envelope address"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:spacing w:after="720" w:line="264" w:lineRule="auto"/>
       <w:ind w:left="4253"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Avslutandetext">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="AvslutandetextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
-      <w:spacing w:after="800" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="800"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AvslutandetextChar">
     <w:name w:val="Avslutande text Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Avslutandetext"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Inledning">
     <w:name w:val="Salutation"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="InledningChar"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:spacing w:after="400"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="InledningChar">
     <w:name w:val="Inledning Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Inledning"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
       <w:b/>
-      <w:sz w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Klla">
     <w:name w:val="Källa"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="26"/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
-      <w:spacing w:before="80" w:after="320" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="80" w:after="320"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IngetavstndChar">
     <w:name w:val="Inget avstånd Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ingetavstnd"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00C76DDB"/>
+    <w:rsid w:val="003E7473"/>
     <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="19"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGR">
     <w:name w:val="VGR"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00397151"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="003E7473"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="85" w:type="dxa"/>
         <w:left w:w="85" w:type="dxa"/>
         <w:bottom w:w="85" w:type="dxa"/>
         <w:right w:w="85" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tblPr/>
@@ -5306,264 +6267,623 @@
         <w:b/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F4F9FE"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaText">
     <w:name w:val="Faktaruta Text"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00BE75E3"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
         <w:left w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
         <w:bottom w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
         <w:right w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="C9E0F9"/>
       <w:spacing w:after="320"/>
       <w:ind w:left="301" w:right="301"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
-[...10 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagstext">
     <w:name w:val="Omslagstext"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="36"/>
     <w:qFormat/>
-    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Inbjudan">
     <w:name w:val="Inbjudan"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC4E87"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
       <w:spacing w:before="960" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalifigur">
     <w:name w:val="Normal i figur"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="12"/>
-    <w:rsid w:val="00BC4E87"/>
+    <w:rsid w:val="003E7473"/>
     <w:pPr>
-      <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AnvndHyperlnk">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00F10463"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:uiPriority w:val="98"/>
-[...7 lines deleted...]
-    <w:name w:val="annotation reference"/>
+    <w:rsid w:val="00F10463"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:uiPriority w:val="99"/>
-[...48 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00F10463"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="143855029">
+    <w:div w:id="56124214">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="167986242">
+    <w:div w:id="143855029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="852376865">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="956253034">
+    <w:div w:id="963077478">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1253080853">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1279685004">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="798425737">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2005426221">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="943879189">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1887064085">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="964579790">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1932158608">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1233126383">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="87234827">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1505776739">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1917321663">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="255333908">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="482433594">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1204253379">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1148016346">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1634168667">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="345444149">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1733193403">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="847716700">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="61145750">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="616058632">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2099329448">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1908101682">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1124814206">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="735736821">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1472597541">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="236597693">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="382408612">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="899290955">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1144278403">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1995141959">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2022387602">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs9924-923386695-385/surrogate/Regional%20rutin%20f%C3%B6r%20l%C3%A4kemedelshantering%20i%20V%C3%A4stra%20G%C3%B6talandsregionen.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering/14.-mallar-och-blanketter/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs9924-923386695-385/surrogate/Regional%20rutin%20f%C3%B6r%20l%C3%A4kemedelshantering%20i%20V%C3%A4stra%20G%C3%B6talandsregionen.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering/14.-mallar-och-blanketter/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="VGR_Sjukvården">
   <a:themeElements>
     <a:clrScheme name="VGR | Sjukvård | Färger">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E1DF"/>
@@ -5811,72 +7131,57 @@
       <a:srgbClr val="EFF4C6"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="C0EEC2"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="FECCBF"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="B3EBF2"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="E7E1DF"/>
     </a:custClr>
   </a:custClrLst>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="VGR_Sjukvården" id="{B24F6CA7-2423-4FB2-9094-FE53A7DE6252}" vid="{B1C5D169-6E56-4B35-A41D-6A65C9B3563D}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>352</Words>
-  <Characters>1866</Characters>
+  <Words>194</Words>
+  <Characters>1457</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2214</CharactersWithSpaces>
+  <CharactersWithSpaces>1628</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Mall 5 Ansvarsbeskrivning kontrollansvarig narkotika</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <dc:description/>
   <lastModifiedBy/>
   <revision>1</revision>
+  <lastPrinted>2011-01-20T17:25:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>