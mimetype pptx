--- v0 (2025-11-13)
+++ v1 (2026-02-05)
@@ -303,54 +303,51 @@
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="1A9FB3"/>
     <a:srgbClr val="A1887F"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{2831E02F-5FE6-972F-5544-F6E2DBBA31F3}" v="1" dt="2025-11-13T10:37:42.724"/>
-[...2 lines deleted...]
-    <p1510:client id="{BCF1D27B-9D3D-2B32-B645-CC762BCADFCC}" v="1" dt="2025-11-13T10:34:46.960"/>
+    <p1510:client id="{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}" v="135" dt="2026-01-09T13:10:13.550"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{3B4B98B0-60AC-42C2-AFA5-B58CD77FA1E5}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Mellanmörkt format 2 - Dekorfärg 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -655,477 +652,91 @@
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml" Id="rId21" /><Relationship Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml" Id="rId25" /><Relationship Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml" Id="rId30" /><Relationship Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{4E9A78B5-E5CC-5EE6-785D-EA3EA5E71145}"/>
+    <pc:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{4E9A78B5-E5CC-5EE6-785D-EA3EA5E71145}" dt="2025-11-10T13:19:16.172" v="2" actId="20577"/>
+      <pc:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}" dt="2026-01-09T13:10:11.175" v="131" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{4E9A78B5-E5CC-5EE6-785D-EA3EA5E71145}" dt="2025-11-10T13:19:16.172" v="2" actId="20577"/>
+        <pc:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}" dt="2026-01-09T12:45:30.850" v="13" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1466449244" sldId="357"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{4E9A78B5-E5CC-5EE6-785D-EA3EA5E71145}" dt="2025-11-10T13:19:16.172" v="2" actId="20577"/>
-[...218 lines deleted...]
-          <ac:chgData name="Mari Turos" userId="6b4f8cbd-48a1-49aa-bd28-389d9234375c" providerId="ADAL" clId="{ABC04C6D-C233-47AB-805A-8157948501A4}" dt="2025-10-29T10:25:03.068" v="343" actId="13926"/>
+          <ac:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}" dt="2026-01-09T12:45:12.865" v="5" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1466449244" sldId="357"/>
             <ac:spMk id="3" creationId="{B83F64A8-B4BE-872B-40B6-D6471D2192C2}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Mari Turos" userId="6b4f8cbd-48a1-49aa-bd28-389d9234375c" providerId="ADAL" clId="{ABC04C6D-C233-47AB-805A-8157948501A4}" dt="2025-10-29T10:22:06.618" v="311" actId="1035"/>
+          <ac:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}" dt="2026-01-09T12:45:30.850" v="13" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1466449244" sldId="357"/>
             <ac:spMk id="5" creationId="{87A132AC-B5BB-7E61-9CD5-C6A1BBCD5055}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modNotesTx">
-[...34 lines deleted...]
-        <pc:chgData name="Mari Turos" userId="6b4f8cbd-48a1-49aa-bd28-389d9234375c" providerId="ADAL" clId="{ABC04C6D-C233-47AB-805A-8157948501A4}" dt="2025-11-03T10:17:01.210" v="1014" actId="113"/>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}" dt="2026-01-09T13:10:11.175" v="131" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1073264639" sldId="369"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Mari Turos" userId="6b4f8cbd-48a1-49aa-bd28-389d9234375c" providerId="ADAL" clId="{ABC04C6D-C233-47AB-805A-8157948501A4}" dt="2025-11-03T10:17:01.210" v="1014" actId="113"/>
+          <ac:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}" dt="2026-01-09T13:10:11.175" v="131" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1073264639" sldId="369"/>
             <ac:spMk id="3" creationId="{6CEC8893-1E2F-2E80-97B9-6A68FFEED3BD}"/>
-          </ac:spMkLst>
-[...131 lines deleted...]
-            <ac:spMk id="3" creationId="{9F77CC11-6923-853D-9C39-8F369F1C38E9}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -1188,51 +799,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{85195CB1-8D9E-4D39-BD5A-3714F899CBAC}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEA470E6-6438-A282-EB64-049EBCB70A93}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -1385,51 +996,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CD69FF5E-32DB-4A63-9882-8F301C111A15}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildobjekt 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -5093,51 +4704,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för sidfot 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8810085F-04AE-F66F-8FEC-4C6A10935D99}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5609,51 +5220,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6195,51 +5806,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6533,51 +6144,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{099BDA70-47AA-46F3-EB4D-B39C3D85B4AF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -6869,51 +6480,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F969B596-DE93-ED91-4881-4C29A549C3F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -7205,51 +6816,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB9037F4-083D-C6F2-F211-9833751C1A1F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -7643,51 +7254,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBF08389-4E2E-AF65-054E-C982BA7B587E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3A473BDF-6C18-456D-B2F3-58DD8CBD1759}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för sidfot 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A5E5F6E-C97D-A4DC-263A-27783D57B08B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -7997,51 +7608,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31323E2F-62ED-EA18-5CB9-BC300697ACF3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -8377,51 +7988,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A2D28AB-516C-20D2-77EF-C6890456F2DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -8683,51 +8294,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -9192,51 +8803,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08862FE1-3D22-B33D-742F-A540510F0B7D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -10404,51 +10015,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4CBFC51-E299-C1C6-C259-2EC78776D974}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Platshållare för sidfot 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAF13055-4269-7909-D2F6-610F622CD5BE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -10927,51 +10538,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F0A451C-1B10-0646-B9D7-74DCB23845D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -11209,51 +10820,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -11531,51 +11142,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -11796,51 +11407,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{21A4A846-428D-495E-A55C-A66F11C8B8FF}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12002,51 +11613,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{21A4A846-428D-495E-A55C-A66F11C8B8FF}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12208,51 +11819,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{21A4A846-428D-495E-A55C-A66F11C8B8FF}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12414,51 +12025,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{21A4A846-428D-495E-A55C-A66F11C8B8FF}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12503,51 +12114,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AB1CC7E-5066-B2D6-C273-8806FB859F9B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DA185498-67B0-4A0B-8455-9A803E3F2EDA}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12B0C1A2-56EF-E81F-53A9-CC77AD52554C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12630,51 +12241,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29CA8175-3DF2-53F0-BACA-67AB9A313412}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F6BD57B1-FF3A-4A75-8128-4AFE16604E80}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E1E6669-4CF8-70B7-0D3D-C4533A8CE1F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12924,51 +12535,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E455D0BA-9A24-0B1E-5104-31F55378AAA2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4D03C71D-D98B-401F-B2CF-6FD4D048E9D2}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för sidfot 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E6AFD7C-DEA7-9A46-2513-5293C0535394}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -14150,51 +13761,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4CBFC51-E299-C1C6-C259-2EC78776D974}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Platshållare för sidfot 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAF13055-4269-7909-D2F6-610F622CD5BE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -14331,51 +13942,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29CA8175-3DF2-53F0-BACA-67AB9A313412}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F6BD57B1-FF3A-4A75-8128-4AFE16604E80}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E1E6669-4CF8-70B7-0D3D-C4533A8CE1F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -14680,51 +14291,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29CA8175-3DF2-53F0-BACA-67AB9A313412}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F6BD57B1-FF3A-4A75-8128-4AFE16604E80}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E1E6669-4CF8-70B7-0D3D-C4533A8CE1F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -14876,51 +14487,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15358,51 +14969,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E0629D0-D830-BA3B-8258-4D3944A151FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7FC82E9-E70A-41D0-BC52-9CE4D8B0E8A6}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F61AD9AB-C85B-9888-3B59-C1F8A75F1D3A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15897,51 +15508,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16213,51 +15824,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16765,51 +16376,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -17376,51 +16987,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -17611,51 +17222,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Platshållare för sidfot 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F44A19D-54A3-346E-3AA1-C94C6D945439}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -18047,51 +17658,51 @@
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardadministration/patientavgiftshandboken/oppenvard/utebliven-distanskontakt-via-telefon/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs5323-1757606958-272/surrogate/Distanskontakter.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/osn11757-1980785390-57/surrogate/Registreringsanvisning%20distanskontakter%20V%c3%a5rdval%20Rehab.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/osn11757-1980785390-79/surrogate/Registreringsanvisning%20distanskontakter%20V%c3%a5rdval%20V%c3%a5rdcentral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardadministration/patientavgiftshandboken/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
@@ -18230,51 +17841,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3FC4593-B933-CD8F-8A69-E672042BD08A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Bildobjekt 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AAEAE25-8B85-8DFC-E7E7-9FDD29D3C84F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect l="11799" t="52337" r="25823" b="4065"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
@@ -18520,149 +18131,152 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1096620" y="1772228"/>
             <a:ext cx="8870339" cy="4706360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2000"/>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
               <a:t>Tiden för distanskontakten ska vara bokad med patienten i förväg och patienten ska ha fått information om tidpunkt eller ett rimligt tidsintervall för när kontakten ska ske.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2000"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>Den bokade tiden ska inte vara ett intervall där patienten förväntas vara tillgänglig längre än max 15 minuter. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="2000" dirty="0">
+              <a:ea typeface="Verdana"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0687492A-FD16-4983-B0C5-D4E695A1C1BC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Ellips 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87A132AC-B5BB-7E61-9CD5-C6A1BBCD5055}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5039360" y="4931275"/>
+            <a:off x="5001260" y="4588375"/>
             <a:ext cx="5892800" cy="1615441"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="288000" rIns="0" bIns="0" rtlCol="0" anchor="ctr" anchorCtr="1">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" b="1"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="sv-SE" sz="1600" b="1">
+              <a:rPr lang="sv-SE" sz="1600" b="1" dirty="0"/>
+              <a:t>Om patienten inte svarar vid första uppringningen ska ytterligare ett försök göras inom 15 minuter.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1600" b="1" dirty="0">
               <a:ea typeface="Verdana"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="sv-SE" sz="1600" b="1"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1466449244"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
@@ -18782,51 +18396,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EFABE85-31F5-AD92-C909-72CB74B6F5E3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Pratbubbla: oval 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02061158-2627-380F-5E37-1C21343E3019}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="865632" y="4552696"/>
             <a:ext cx="4387088" cy="1808480"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeEllipseCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val 68733"/>
@@ -19272,51 +18886,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81DD5FDC-106F-8947-0260-0DDF3FF75778}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Ellips 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39CFB9F9-97E4-72A3-B9CB-CD0309DD84DF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4053840" y="4923632"/>
             <a:ext cx="6882384" cy="1472193"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
@@ -19655,51 +19269,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B47218E1-8C42-0E00-EB41-44DBAEAF88D2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2777957037"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -19932,51 +19546,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41095624-3E25-7AC9-5D31-7F849F7F25A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2520145300"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
@@ -20029,131 +19643,215 @@
             <a:br>
               <a:rPr lang="sv-SE"/>
             </a:br>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för innehåll 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CEC8893-1E2F-2E80-97B9-6A68FFEED3BD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="801468" y="2331375"/>
+            <a:off x="877668" y="1828455"/>
             <a:ext cx="8789926" cy="4595914"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2000"/>
-[...17 lines deleted...]
-            </a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0"/>
+              <a:t>I december 2025 beslutades att utebliven distanskontakt via telefon ska debiteras. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="2000" dirty="0">
+                <a:ea typeface="Verdana"/>
+              </a:rPr>
+              <a:t>Telefonkontakten kan debiteras förutsatt att:</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="2000" dirty="0">
+              <a:ea typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Tiden finns inplanerad i vårdgivarens tidbok </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="2000" b="1" dirty="0">
+              <a:highlight>
+                <a:srgbClr val="FFFF00"/>
+              </a:highlight>
+              <a:ea typeface="+mn-lt"/>
+              <a:cs typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Tiden är kommunicerad till patienten muntligt eller skriftligt i god tid så eventuell avbokning har kunnat ske </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Uppringning ska ske på angiven tid. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0">
+              <a:ea typeface="+mn-lt"/>
+              <a:cs typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Om patienten inte svarar vid första uppringningen ska ytterligare ett försök göras inom 15 minuter. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0">
+              <a:ea typeface="+mn-lt"/>
+              <a:cs typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Om uppringning sker utanför ovanstående angivet tidsspann kan utebliven telefonkontakt inte debiteras i de fall patienten inte svarar</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE">
+              <a:ea typeface="Verdana"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="2000"/>
-[...9 lines deleted...]
-              </a:highlight>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0">
+                <a:ea typeface="Verdana"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Utebliven distanskontakt via telefon - Vårdgivarwebben Västra Götalandsregionen</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" sz="2000" b="1" dirty="0">
+              <a:ea typeface="Verdana"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:pPr>
+              <a:buFont typeface="Arial" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE">
+              <a:ea typeface="Verdana"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85CBF77C-00D2-3D12-7940-AD695A333009}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1073264639"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -20439,51 +20137,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41095624-3E25-7AC9-5D31-7F849F7F25A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Pratbubbla: oval 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{803D022F-2DFB-27E5-7E3A-7A44C197A915}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5699760" y="816985"/>
             <a:ext cx="4856480" cy="2329153"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeEllipseCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val -67213"/>
@@ -20684,51 +20382,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9ED86625-99CA-BA81-E57C-A1892B91C700}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Ellips 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{036F552D-83BC-CE89-89D9-0A2561BADCB6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4893056" y="4312383"/>
             <a:ext cx="5892800" cy="1971041"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
@@ -21012,51 +20710,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91D196A7-6005-9104-1E8C-1CEAEAABD7BF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rektangel: rundade hörn 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5168143E-1002-14D8-BC49-C3DAF500B239}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10363200" y="4135120"/>
             <a:ext cx="1438235" cy="1524000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
@@ -21194,54 +20892,62 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="1" indent="0">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1600" b="1"/>
               <a:t>Så här kan du uttrycka dig</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="1" indent="0">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>”Ska vi boka ett telefonsamtal där du inte behöver komma hit? Eftersom samtalet ersätter ett fysiskt möte och innebär en medicinsk bedömning så blir det en avgift på </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="sv-SE" sz="1600"/>
-              <a:t>”Ska vi boka ett telefonsamtal där du inte behöver komma hit? Eftersom samtalet ersätter ett fysiskt möte och innebär en medicinsk bedömning så blir det en avgift på 160 kr för läkare eller 40 kr för sjuksköterska. Om du inte svarar när vi kontaktar dig så gör vi ytterligare ett försök. Det är viktigt att du avbokar om du inte kan den bokade tiden via 1177.se e-tjänster eller genom att du ringer senast 24 timmar innan den avtalade tiden.”</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="sv-SE" sz="1600">
+              <a:t>160 kr för läkare eller 40 kr för sjuksköterska. Om du inte svarar när vi kontaktar dig så </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>gör vi ytterligare ett försök. Det är viktigt att du avbokar om du inte kan den bokade tiden via 1177.se e-tjänster eller genom att du ringer senast 24 timmar innan den avtalade tiden.”</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1600" dirty="0">
               <a:highlight>
                 <a:srgbClr val="FFFF00"/>
               </a:highlight>
               <a:ea typeface="Verdana"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="1" indent="0">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="1600" b="1"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="1" indent="0">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
@@ -21394,51 +21100,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41095624-3E25-7AC9-5D31-7F849F7F25A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2357368726"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -21499,51 +21205,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD199928-BB13-D814-480E-514A5C023708}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Underrubrik 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3820194-E369-8404-1F3D-C54D60F07723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="860981" y="3103558"/>
             <a:ext cx="5743363" cy="1683433"/>
@@ -21821,51 +21527,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A823D74-044E-F86D-F0A0-C3FE68118A11}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="textruta 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7171BFFB-1C5E-D978-9855-63F0E51E1F9C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="429260" y="4132464"/>
             <a:ext cx="4551680" cy="2139047"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -22303,51 +22009,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F62B280-8DBC-39D9-484F-82DBADACCC81}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Pratbubbla: oval 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AE391CA-19B1-8FFE-8E8E-1CEDFF68B924}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5973090" y="2411730"/>
             <a:ext cx="5223138" cy="2043808"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeEllipseCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val -39402"/>
@@ -22564,51 +22270,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AEF133F-04D5-CE49-7957-9CFE71E1CCF2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rubrik 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA6039FB-18D4-D47C-6271-227F461B0D0F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="862067" y="722483"/>
             <a:ext cx="6307783" cy="1118509"/>
@@ -22701,51 +22407,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15519230-9929-15FD-C1E5-AFEB056CDD0B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för innehåll 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D30E8BFC-C18E-2DFA-E53C-F2BEBD16DEFB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1096621" y="1821214"/>
             <a:ext cx="8642350" cy="3922588"/>
@@ -22986,51 +22692,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr>
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
               </a:pPr>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1598600284"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -23178,51 +22884,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF18657D-617E-E529-62AE-47576F022DF6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2947314646"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -23455,51 +23161,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41095624-3E25-7AC9-5D31-7F849F7F25A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Ellips 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C021E401-0A61-FEDA-10BD-AA92EB99531E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1012718" y="5459548"/>
             <a:ext cx="10244239" cy="1182295"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
@@ -23678,51 +23384,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9ED86625-99CA-BA81-E57C-A1892B91C700}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Pratbubbla: oval 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D9E2F50-4E03-2694-0931-E730CB333C1A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5294075" y="3525527"/>
             <a:ext cx="5060837" cy="2329153"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeEllipseCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val -67854"/>
@@ -23880,51 +23586,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr>
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
               </a:pPr>
-              <a:t>2025-11-13</a:t>
+              <a:t>2026-01-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Rectangle: Rounded Corners 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC784B4C-786F-E6EE-1C81-D9DE19C9A7F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7456713" y="892629"/>
             <a:ext cx="4484915" cy="1349828"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
@@ -25233,30 +24939,30 @@
       <vt:lpstr>Vad ska ske vid en medicinsk bedömning? </vt:lpstr>
       <vt:lpstr>När ska en avgift inte tas ut?</vt:lpstr>
       <vt:lpstr>När ska en avgift inte tas ut? Fortsättning.</vt:lpstr>
       <vt:lpstr>Vad händer om patienten uteblir från bokad kontakt via telefon? </vt:lpstr>
       <vt:lpstr>Vad gäller vid en kort  distanskontakt? </vt:lpstr>
       <vt:lpstr>Du som har kontakt med patienter  via telefon eller skriftligt</vt:lpstr>
       <vt:lpstr>Vad du kan säga till patienten…</vt:lpstr>
       <vt:lpstr>Hur informerar vi i samtalet om digital kontakt, avgiften och hur tar vi betalt?</vt:lpstr>
       <vt:lpstr>Receptförnyelse är avgiftsfritt   </vt:lpstr>
       <vt:lpstr>Verksamhetens checklista för information om patientavgifter </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Medarbetarinfo distanskontakt per telefon och skriftlig digital kontakt</dc:title>
   <dc:creator>Mari Turos</dc:creator>
   <keywords/>
-  <revision>1</revision>
+  <revision>59</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>