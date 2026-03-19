--- v1 (2026-02-05)
+++ v2 (2026-03-19)
@@ -303,51 +303,51 @@
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="1A9FB3"/>
     <a:srgbClr val="A1887F"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}" v="135" dt="2026-01-09T13:10:13.550"/>
+    <p1510:client id="{9640EDB9-1018-4A24-920B-2CFC420D1465}" v="4" dt="2026-03-18T15:34:00.447"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{3B4B98B0-60AC-42C2-AFA5-B58CD77FA1E5}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Mellanmörkt format 2 - Dekorfärg 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -617,126 +617,139 @@
         </a:fill>
       </a:tcStyle>
     </a:lastRow>
     <a:firstRow>
       <a:tcTxStyle b="on"/>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+  <p:normalViewPr>
+    <p:restoredLeft sz="15620"/>
+    <p:restoredTop sz="94660"/>
+  </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="1" d="2"/>
-          <a:sy n="1" d="2"/>
+          <a:sx n="116" d="100"/>
+          <a:sy n="116" d="100"/>
         </p:scale>
-        <p:origin x="0" y="0"/>
+        <p:origin x="276" y="108"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
+  <p:notesTextViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="1" d="1"/>
+        <a:sy n="1" d="1"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml" Id="rId21" /><Relationship Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml" Id="rId25" /><Relationship Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml" Id="rId30" /><Relationship Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml" Id="rId8" /></Relationships>
+<file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml" Id="rId21" /><Relationship Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml" Id="rId25" /><Relationship Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml" Id="rId30" /><Relationship Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml" Id="rId35" /></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}" dt="2026-01-09T13:10:11.175" v="131" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}" dt="2026-01-09T12:45:30.850" v="13" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1466449244" sldId="357"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-[...14 lines deleted...]
-        </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}" dt="2026-01-09T13:10:11.175" v="131" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1073264639" sldId="369"/>
         </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Helena Lundahl" userId="d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="ADAL" clId="{38E81352-3B4D-43A2-BF7A-540FFA2AF993}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Helena Lundahl" userId="d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="ADAL" clId="{38E81352-3B4D-43A2-BF7A-540FFA2AF993}" dt="2026-03-18T15:33:53.294" v="99" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp mod modNotesTx">
+        <pc:chgData name="Helena Lundahl" userId="d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="ADAL" clId="{38E81352-3B4D-43A2-BF7A-540FFA2AF993}" dt="2026-03-18T15:33:53.294" v="99" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2777957037" sldId="377"/>
+        </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Helena Lundahl" userId="S::hellu32@vgregion.se::d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="AD" clId="Web-{F8A7F86F-79E2-FC60-BFBC-9B51985058FB}" dt="2026-01-09T13:10:11.175" v="131" actId="20577"/>
+          <ac:chgData name="Helena Lundahl" userId="d43597c4-6650-44fc-9a82-5bef129a94b2" providerId="ADAL" clId="{38E81352-3B4D-43A2-BF7A-540FFA2AF993}" dt="2026-03-18T15:32:02.375" v="0" actId="21"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="1073264639" sldId="369"/>
-            <ac:spMk id="3" creationId="{6CEC8893-1E2F-2E80-97B9-6A68FFEED3BD}"/>
+            <pc:sldMk cId="2777957037" sldId="377"/>
+            <ac:spMk id="3" creationId="{9F77CC11-6923-853D-9C39-8F369F1C38E9}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -799,51 +812,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{85195CB1-8D9E-4D39-BD5A-3714F899CBAC}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEA470E6-6438-A282-EB64-049EBCB70A93}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -996,51 +1009,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CD69FF5E-32DB-4A63-9882-8F301C111A15}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildobjekt 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1589,61 +1602,149 @@
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D37871A0-8E67-254F-8272-56566256BB36}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>När patienten begär en journalkopia (andra punkten) </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" kern="100">
+              <a:rPr lang="sv-SE" sz="1200" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>så medför själva journalkopian en kostnad enligt patientavgiftshandboken.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="1200" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="sv-SE" sz="1200" kern="100" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Följande text är borttagen 2026-03-18  med anledning av nytt beslut 2026-12-01, diarienummer: OSN 2025-00999-1</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="1200" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" i="1" kern="100" dirty="0">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Om det finns en bokad telefontid och patienten inte svarar. Ett förslag finns om att ta ut avgift efter två uppringningsförsök </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" b="1" i="1" kern="100" dirty="0">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>men det är inte beslutat</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" i="1" kern="100" dirty="0">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="sv-SE" sz="1200" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A72F8E94-6F03-7E2E-8116-0CC91D6FFDA3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{055BFA82-BD73-4185-B828-63168F0B5499}" type="slidenum">
@@ -4704,51 +4805,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för sidfot 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8810085F-04AE-F66F-8FEC-4C6A10935D99}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5220,51 +5321,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5806,51 +5907,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6144,51 +6245,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{099BDA70-47AA-46F3-EB4D-B39C3D85B4AF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -6480,51 +6581,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F969B596-DE93-ED91-4881-4C29A549C3F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -6816,51 +6917,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB9037F4-083D-C6F2-F211-9833751C1A1F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -7254,51 +7355,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBF08389-4E2E-AF65-054E-C982BA7B587E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3A473BDF-6C18-456D-B2F3-58DD8CBD1759}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för sidfot 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A5E5F6E-C97D-A4DC-263A-27783D57B08B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -7608,51 +7709,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31323E2F-62ED-EA18-5CB9-BC300697ACF3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -7988,51 +8089,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A2D28AB-516C-20D2-77EF-C6890456F2DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -8294,51 +8395,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -8803,51 +8904,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08862FE1-3D22-B33D-742F-A540510F0B7D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -10015,51 +10116,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4CBFC51-E299-C1C6-C259-2EC78776D974}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Platshållare för sidfot 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAF13055-4269-7909-D2F6-610F622CD5BE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -10538,51 +10639,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F0A451C-1B10-0646-B9D7-74DCB23845D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -10820,51 +10921,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -11142,51 +11243,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -11407,51 +11508,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{21A4A846-428D-495E-A55C-A66F11C8B8FF}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -11613,51 +11714,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{21A4A846-428D-495E-A55C-A66F11C8B8FF}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -11819,51 +11920,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{21A4A846-428D-495E-A55C-A66F11C8B8FF}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12025,51 +12126,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A100F903-3478-7793-DE93-655C7E1A353D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{21A4A846-428D-495E-A55C-A66F11C8B8FF}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CF62D2F-E5FD-F410-EE14-94871D7A62B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12114,51 +12215,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AB1CC7E-5066-B2D6-C273-8806FB859F9B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DA185498-67B0-4A0B-8455-9A803E3F2EDA}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12B0C1A2-56EF-E81F-53A9-CC77AD52554C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12241,51 +12342,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29CA8175-3DF2-53F0-BACA-67AB9A313412}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F6BD57B1-FF3A-4A75-8128-4AFE16604E80}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E1E6669-4CF8-70B7-0D3D-C4533A8CE1F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12535,51 +12636,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E455D0BA-9A24-0B1E-5104-31F55378AAA2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4D03C71D-D98B-401F-B2CF-6FD4D048E9D2}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för sidfot 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E6AFD7C-DEA7-9A46-2513-5293C0535394}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -13761,51 +13862,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4CBFC51-E299-C1C6-C259-2EC78776D974}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Platshållare för sidfot 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAF13055-4269-7909-D2F6-610F622CD5BE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -13942,51 +14043,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29CA8175-3DF2-53F0-BACA-67AB9A313412}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F6BD57B1-FF3A-4A75-8128-4AFE16604E80}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E1E6669-4CF8-70B7-0D3D-C4533A8CE1F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -14291,51 +14392,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29CA8175-3DF2-53F0-BACA-67AB9A313412}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F6BD57B1-FF3A-4A75-8128-4AFE16604E80}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E1E6669-4CF8-70B7-0D3D-C4533A8CE1F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -14487,51 +14588,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -14969,51 +15070,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E0629D0-D830-BA3B-8258-4D3944A151FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7FC82E9-E70A-41D0-BC52-9CE4D8B0E8A6}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F61AD9AB-C85B-9888-3B59-C1F8A75F1D3A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15508,51 +15609,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15824,51 +15925,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625E6907-50BC-FFF4-F6B9-BF2B7373C4A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0743B6B-FC1D-4E5C-878B-68715B5874CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1EC206-E47A-5E7F-9581-B76ADE31A8FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16376,51 +16477,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16987,51 +17088,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F168E8F4-CCAB-9D62-770E-18594C9FC9F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{161B6ECD-BDF0-7F15-B856-12CA1DBAC087}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -17222,51 +17323,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Platshållare för sidfot 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F44A19D-54A3-346E-3AA1-C94C6D945439}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389466" y="136525"/>
             <a:ext cx="4125383" cy="141687"/>
@@ -17841,51 +17942,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3FC4593-B933-CD8F-8A69-E672042BD08A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Bildobjekt 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AAEAE25-8B85-8DFC-E7E7-9FDD29D3C84F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect l="11799" t="52337" r="25823" b="4065"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
@@ -18175,51 +18276,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0687492A-FD16-4983-B0C5-D4E695A1C1BC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Ellips 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87A132AC-B5BB-7E61-9CD5-C6A1BBCD5055}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5001260" y="4588375"/>
             <a:ext cx="5892800" cy="1615441"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
@@ -18396,51 +18497,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EFABE85-31F5-AD92-C909-72CB74B6F5E3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Pratbubbla: oval 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02061158-2627-380F-5E37-1C21343E3019}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="865632" y="4552696"/>
             <a:ext cx="4387088" cy="1808480"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeEllipseCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val 68733"/>
@@ -18886,51 +18987,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81DD5FDC-106F-8947-0260-0DDF3FF75778}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Ellips 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39CFB9F9-97E4-72A3-B9CB-CD0309DD84DF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4053840" y="4923632"/>
             <a:ext cx="6882384" cy="1472193"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
@@ -19086,234 +19187,196 @@
             <a:ext cx="9200603" cy="5375225"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buSzPts val="1000"/>
               <a:tabLst>
                 <a:tab pos="457200" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" kern="100">
+              <a:rPr lang="sv-SE" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Vid kontakt som inte rör individens hälsa, exempelvis öppettider, tolk, sjuktransport, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" kern="100">
+              <a:rPr lang="sv-SE" sz="1800" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>ändring eller bokning av tid.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1800" kern="100">
+            <a:endParaRPr lang="sv-SE" sz="1800" kern="100" dirty="0">
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buSzPts val="1000"/>
               <a:tabLst>
                 <a:tab pos="457200" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" kern="100">
+              <a:rPr lang="sv-SE" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>När patienten begär journalkopia utan att vårdpersonalen gör en medicinsk bedömning baserad på journalinnehållet. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buSzPts val="1000"/>
               <a:tabLst>
                 <a:tab pos="457200" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" kern="100">
+              <a:rPr lang="sv-SE" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Om patienten ringer och vårdpersonal bedömer att ett fysiskt besök behövs och bokar en tid på mottagningen eller säger att en kallelse skickas. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buSzPts val="1000"/>
               <a:tabLst>
                 <a:tab pos="457200" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" kern="100">
+              <a:rPr lang="sv-SE" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Om patienten ringer och vårdpersonal bedömer att patienten ska höra av sig till en annan mottagning. Kontakten kan innehålla en medicinsk bedömning men är avgiftsfri för att patientens ärende inte avslutas i samband med kontakten.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buSzPts val="1000"/>
               <a:tabLst>
                 <a:tab pos="457200" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" kern="100">
-[...37 lines deleted...]
-              <a:rPr lang="sv-SE" sz="1800" kern="100">
+              <a:rPr lang="sv-SE" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Om vårdpersonal ringer på en inte bokad tid och delger </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800">
+              <a:rPr lang="sv-SE" sz="1800" dirty="0">
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>remiss-, röntgen- och provsvar.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B47218E1-8C42-0E00-EB41-44DBAEAF88D2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2777957037"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -19546,51 +19609,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41095624-3E25-7AC9-5D31-7F849F7F25A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2520145300"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
@@ -19807,51 +19870,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85CBF77C-00D2-3D12-7940-AD695A333009}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1073264639"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -20137,51 +20200,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41095624-3E25-7AC9-5D31-7F849F7F25A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Pratbubbla: oval 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{803D022F-2DFB-27E5-7E3A-7A44C197A915}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5699760" y="816985"/>
             <a:ext cx="4856480" cy="2329153"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeEllipseCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val -67213"/>
@@ -20382,51 +20445,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9ED86625-99CA-BA81-E57C-A1892B91C700}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Ellips 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{036F552D-83BC-CE89-89D9-0A2561BADCB6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4893056" y="4312383"/>
             <a:ext cx="5892800" cy="1971041"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
@@ -20710,51 +20773,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91D196A7-6005-9104-1E8C-1CEAEAABD7BF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rektangel: rundade hörn 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5168143E-1002-14D8-BC49-C3DAF500B239}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10363200" y="4135120"/>
             <a:ext cx="1438235" cy="1524000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
@@ -21100,51 +21163,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41095624-3E25-7AC9-5D31-7F849F7F25A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2357368726"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -21205,51 +21268,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD199928-BB13-D814-480E-514A5C023708}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8BA77866-C1B2-4993-AE7F-F082A0E998CD}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Underrubrik 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3820194-E369-8404-1F3D-C54D60F07723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="860981" y="3103558"/>
             <a:ext cx="5743363" cy="1683433"/>
@@ -21527,51 +21590,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A823D74-044E-F86D-F0A0-C3FE68118A11}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="textruta 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7171BFFB-1C5E-D978-9855-63F0E51E1F9C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="429260" y="4132464"/>
             <a:ext cx="4551680" cy="2139047"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -22009,51 +22072,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F62B280-8DBC-39D9-484F-82DBADACCC81}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Pratbubbla: oval 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AE391CA-19B1-8FFE-8E8E-1CEDFF68B924}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5973090" y="2411730"/>
             <a:ext cx="5223138" cy="2043808"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeEllipseCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val -39402"/>
@@ -22270,51 +22333,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AEF133F-04D5-CE49-7957-9CFE71E1CCF2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rubrik 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA6039FB-18D4-D47C-6271-227F461B0D0F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="862067" y="722483"/>
             <a:ext cx="6307783" cy="1118509"/>
@@ -22407,51 +22470,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15519230-9929-15FD-C1E5-AFEB056CDD0B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för innehåll 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D30E8BFC-C18E-2DFA-E53C-F2BEBD16DEFB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1096621" y="1821214"/>
             <a:ext cx="8642350" cy="3922588"/>
@@ -22692,51 +22755,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr>
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
               </a:pPr>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1598600284"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -22884,51 +22947,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF18657D-617E-E529-62AE-47576F022DF6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{19E49B6E-96DA-4186-8F39-3AB022B7993C}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2947314646"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -23161,51 +23224,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41095624-3E25-7AC9-5D31-7F849F7F25A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Ellips 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C021E401-0A61-FEDA-10BD-AA92EB99531E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1012718" y="5459548"/>
             <a:ext cx="10244239" cy="1182295"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
@@ -23384,51 +23447,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9ED86625-99CA-BA81-E57C-A1892B91C700}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Pratbubbla: oval 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D9E2F50-4E03-2694-0931-E730CB333C1A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5294075" y="3525527"/>
             <a:ext cx="5060837" cy="2329153"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeEllipseCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val -67854"/>
@@ -23586,51 +23649,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10901364" y="136525"/>
             <a:ext cx="900071" cy="141687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:fld id="{094EC4B8-68CD-44A3-B172-19A87347D395}" type="datetime1">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr>
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
               </a:pPr>
-              <a:t>2026-01-09</a:t>
+              <a:t>2026-03-18</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Rectangle: Rounded Corners 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC784B4C-786F-E6EE-1C81-D9DE19C9A7F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7456713" y="892629"/>
             <a:ext cx="4484915" cy="1349828"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
@@ -24878,91 +24941,106 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>PP-presentation Hälso- och sjukvård blå-blå-ljusbrun mall</Template>
+  <TotalTime></TotalTime>
+  <Words>2526</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
+  <PresentationFormat>Bredbild</PresentationFormat>
+  <Paragraphs>208</Paragraphs>
   <Slides>21</Slides>
   <Notes>19</Notes>
   <HiddenSlides>1</HiddenSlides>
+  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Använt teckensnitt</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="22" baseType="lpstr">
+    <vt:vector size="26" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
+      <vt:lpstr>Verdana</vt:lpstr>
       <vt:lpstr>VGR Hos blå-blå-ljusbrun</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint-presentation</vt:lpstr>
       <vt:lpstr>   Patientavgift vid distanskontakt </vt:lpstr>
       <vt:lpstr>   Vad menas med distanskontakt?</vt:lpstr>
       <vt:lpstr>Vilka svårigheter har vi upptäckt?</vt:lpstr>
       <vt:lpstr>Patientavgifter för distanskontakter  har utmaningar som vi löser  med information.</vt:lpstr>
       <vt:lpstr>Vad gäller? </vt:lpstr>
       <vt:lpstr>Varför tar vi betalt för distanskontakter?</vt:lpstr>
       <vt:lpstr>Hur påverkas din verksamhet  av patientavgiften?</vt:lpstr>
       <vt:lpstr>Tre kriterier måste vara uppfyllda för att vi ska ta ut en patientavgift  för en distanskontakt.</vt:lpstr>
       <vt:lpstr>Vad menas med bokad tid?  </vt:lpstr>
       <vt:lpstr>Dessa tider är inte bokade med patienten </vt:lpstr>
       <vt:lpstr>Vad ska ske vid en medicinsk bedömning? </vt:lpstr>
       <vt:lpstr>När ska en avgift inte tas ut?</vt:lpstr>
       <vt:lpstr>När ska en avgift inte tas ut? Fortsättning.</vt:lpstr>
       <vt:lpstr>Vad händer om patienten uteblir från bokad kontakt via telefon? </vt:lpstr>
       <vt:lpstr>Vad gäller vid en kort  distanskontakt? </vt:lpstr>
       <vt:lpstr>Du som har kontakt med patienter  via telefon eller skriftligt</vt:lpstr>
       <vt:lpstr>Vad du kan säga till patienten…</vt:lpstr>
       <vt:lpstr>Hur informerar vi i samtalet om digital kontakt, avgiften och hur tar vi betalt?</vt:lpstr>
       <vt:lpstr>Receptförnyelse är avgiftsfritt   </vt:lpstr>
       <vt:lpstr>Verksamhetens checklista för information om patientavgifter </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Medarbetarinfo distanskontakt per telefon och skriftlig digital kontakt</dc:title>
   <dc:creator>Mari Turos</dc:creator>
   <keywords/>
+  <lastModifiedBy>Helena Lundahl</lastModifiedBy>
   <revision>59</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>