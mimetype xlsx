--- v0 (2025-10-03)
+++ v1 (2025-11-13)
@@ -6,53 +6,53 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vgregion.sharepoint.com/sites/sy-osn-privata-vardgivare---lou/Delade dokument/Publicerade dokument/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1165" documentId="13_ncr:1_{D193CCA5-F4CC-4157-8AC9-D3786697C0FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3FE1D058-1F92-49A5-AD2F-13D8A9FE995E}"/>
+  <xr:revisionPtr revIDLastSave="1175" documentId="13_ncr:1_{D193CCA5-F4CC-4157-8AC9-D3786697C0FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{051AC8FD-14AE-4691-A28A-449F86299450}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="0" windowWidth="26010" windowHeight="20985" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Listor" sheetId="13" state="hidden" r:id="rId1"/>
     <sheet name="Avtalslista" sheetId="14" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Avtalslista!$A$1:$M$101</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Listor!$A$1:$G$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -863,53 +863,50 @@
       </rPr>
       <t xml:space="preserve">, Arvid Wallgrensbacke 4A, 413 46 Göteborg
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Evidia röntgen Mölndal</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>, Göteborgsvägen 95, 431 37 Mölndal</t>
     </r>
   </si>
   <si>
-    <t>RS 2021-04754</t>
-[...1 lines deleted...]
-  <si>
     <t>Hjärtsjukvård</t>
   </si>
   <si>
     <t>Kardiologi</t>
   </si>
   <si>
     <t>Ablationer</t>
   </si>
   <si>
     <t>GHP Arytmi Center</t>
   </si>
   <si>
     <t>Sjukhusbacken 10</t>
   </si>
   <si>
     <t>118 61</t>
   </si>
   <si>
     <t>Stockholm</t>
   </si>
   <si>
     <t>RS 202103592-002</t>
   </si>
   <si>
     <t>Ortho Center Göteborg</t>
@@ -1522,50 +1519,53 @@
     <t>Cereb AB</t>
   </si>
   <si>
     <t>Moment Psykologi AB</t>
   </si>
   <si>
     <t>Aleris Psykiatri AB</t>
   </si>
   <si>
     <t>Barn- och ungdomspsykiatri 
 Vuxenpsykiatri</t>
   </si>
   <si>
     <t>Neuropsykiatriska utredning</t>
   </si>
   <si>
     <t xml:space="preserve">Barn- och ungdomspsykiatri 
 </t>
   </si>
   <si>
     <t>OSN 202401164-001</t>
   </si>
   <si>
     <t>Sjukhus
 Primärvård</t>
+  </si>
+  <si>
+    <t>OSN 202500044-001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C5700"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -3158,51 +3158,51 @@
     <row r="25" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G25" s="2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G26" s="2" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="9Z1MzR/9Ez2ZntTy/biO1tPW3vs2Qdh+X7/P4S0l5SgSAHuqsEw7JH5Fq0SNS+vsLoRST4P+MxSVlwiqLkWDYg==" saltValue="a9RgPaFUPXAAmcw+9yyfcg==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="G2:G26">
     <sortCondition ref="G2"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7229E986-C6A8-4B7B-8637-F6FB8B71865F}">
   <dimension ref="A1:M64"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="H47" sqref="H47"/>
+      <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="39.85546875" customWidth="1"/>
     <col min="2" max="2" width="26.42578125" customWidth="1"/>
     <col min="3" max="3" width="23.28515625" customWidth="1"/>
     <col min="4" max="4" width="30.7109375" customWidth="1"/>
     <col min="5" max="5" width="31" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" customWidth="1"/>
     <col min="7" max="7" width="19.42578125" customWidth="1"/>
     <col min="8" max="8" width="18.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="28.42578125" customWidth="1"/>
     <col min="10" max="10" width="25.140625" customWidth="1"/>
     <col min="11" max="11" width="25" customWidth="1"/>
     <col min="12" max="12" width="21.7109375" customWidth="1"/>
     <col min="13" max="13" width="23.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>55</v>
@@ -3227,371 +3227,371 @@
       </c>
       <c r="I1" s="5" t="s">
         <v>62</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>64</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>65</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
         <v>67</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>68</v>
       </c>
       <c r="C2" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F2" s="9" t="s">
         <v>71</v>
       </c>
       <c r="G2" s="10">
         <v>43831</v>
       </c>
       <c r="H2" s="16">
         <v>46022</v>
       </c>
       <c r="I2" s="9" t="s">
         <v>72</v>
       </c>
       <c r="J2" s="24" t="s">
         <v>73</v>
       </c>
       <c r="K2" s="24" t="s">
         <v>74</v>
       </c>
       <c r="L2" s="24" t="s">
         <v>75</v>
       </c>
       <c r="M2" s="24" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="18" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="B3" s="19" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D3" s="9" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>70</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="G3" s="10">
         <v>45689</v>
       </c>
       <c r="H3" s="33">
         <v>46446</v>
       </c>
       <c r="I3" s="10" t="s">
         <v>78</v>
       </c>
       <c r="J3" s="35"/>
       <c r="K3" s="24"/>
       <c r="L3" s="24"/>
       <c r="M3" s="24"/>
     </row>
     <row r="4" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>82</v>
       </c>
       <c r="B4" s="9" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="C4" s="9" t="s">
+        <v>334</v>
+      </c>
+      <c r="D4" s="9" t="s">
         <v>335</v>
       </c>
-      <c r="D4" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" s="9" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="F4" s="9" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="G4" s="15">
         <v>45078</v>
       </c>
       <c r="H4" s="15">
         <v>46904</v>
       </c>
       <c r="I4" s="9" t="s">
         <v>72</v>
       </c>
       <c r="J4" s="6" t="s">
         <v>83</v>
       </c>
       <c r="K4" s="6" t="s">
         <v>79</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>80</v>
       </c>
       <c r="M4" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>82</v>
       </c>
       <c r="B5" s="9" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="C5" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D5" s="9" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E5" s="11" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="F5" s="11" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="G5" s="10">
         <v>45078</v>
       </c>
       <c r="H5" s="31">
         <v>46904</v>
       </c>
       <c r="I5" s="10" t="s">
         <v>72</v>
       </c>
       <c r="J5" s="36" t="s">
         <v>83</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>79</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>80</v>
       </c>
       <c r="M5" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
         <v>89</v>
       </c>
       <c r="B6" s="9" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>90</v>
       </c>
       <c r="E6" s="11" t="s">
         <v>90</v>
       </c>
       <c r="F6" s="9" t="s">
         <v>91</v>
       </c>
       <c r="G6" s="10">
         <v>45717</v>
       </c>
       <c r="H6" s="12">
         <v>46812</v>
       </c>
       <c r="I6" s="11" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="J6" s="6" t="s">
         <v>92</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>86</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>87</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>93</v>
       </c>
       <c r="B7" s="9" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>90</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>90</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>94</v>
       </c>
       <c r="G7" s="10">
         <v>45536</v>
       </c>
       <c r="H7" s="12">
         <v>46630</v>
       </c>
       <c r="I7" s="11" t="s">
         <v>78</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>92</v>
       </c>
       <c r="K7" s="24" t="s">
         <v>86</v>
       </c>
       <c r="L7" s="24" t="s">
         <v>87</v>
       </c>
       <c r="M7" s="24" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="75" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
         <v>95</v>
       </c>
       <c r="B8" s="9" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>97</v>
       </c>
       <c r="F8" s="9" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="G8" s="15">
         <v>45323</v>
       </c>
       <c r="H8" s="12">
         <v>46752</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>78</v>
       </c>
       <c r="J8" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>100</v>
       </c>
       <c r="M8" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="60" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>101</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>102</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>103</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>104</v>
       </c>
       <c r="F9" s="11" t="s">
         <v>105</v>
       </c>
       <c r="G9" s="10">
         <v>44166</v>
       </c>
       <c r="H9" s="10">
         <v>46356</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>106</v>
       </c>
       <c r="J9" s="14" t="s">
         <v>107</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>108</v>
       </c>
       <c r="L9" s="14" t="s">
         <v>109</v>
       </c>
       <c r="M9" s="14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>101</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>110</v>
       </c>
       <c r="C10" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>103</v>
       </c>
       <c r="E10" s="11" t="s">
         <v>111</v>
       </c>
       <c r="F10" s="11"/>
       <c r="G10" s="10">
         <v>44166</v>
       </c>
       <c r="H10" s="10">
         <v>46356</v>
       </c>
       <c r="I10" s="11" t="s">
         <v>112</v>
       </c>
       <c r="J10" s="14" t="s">
         <v>113</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>114</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>115</v>
@@ -3614,384 +3614,384 @@
         <v>119</v>
       </c>
       <c r="E11" s="11" t="s">
         <v>70</v>
       </c>
       <c r="F11" s="11"/>
       <c r="G11" s="17">
         <v>44986</v>
       </c>
       <c r="H11" s="34">
         <v>46081</v>
       </c>
       <c r="I11" s="17" t="s">
         <v>78</v>
       </c>
       <c r="J11" s="24"/>
       <c r="K11" s="26"/>
       <c r="L11" s="26"/>
       <c r="M11" s="26"/>
     </row>
     <row r="12" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A12" s="18" t="s">
         <v>117</v>
       </c>
       <c r="B12" s="9" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>70</v>
       </c>
       <c r="F12" s="11" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="G12" s="10">
         <v>45689</v>
       </c>
       <c r="H12" s="33">
         <v>46446</v>
       </c>
       <c r="I12" s="10" t="s">
         <v>78</v>
       </c>
       <c r="J12" s="35"/>
       <c r="K12" s="24"/>
       <c r="L12" s="24"/>
       <c r="M12" s="24"/>
     </row>
     <row r="13" spans="1:13" ht="60" x14ac:dyDescent="0.25">
       <c r="A13" s="18" t="s">
         <v>120</v>
       </c>
       <c r="B13" s="19" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D13" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E13" s="19" t="s">
         <v>121</v>
       </c>
       <c r="F13" s="45" t="s">
         <v>122</v>
       </c>
       <c r="G13" s="27">
         <v>45536</v>
       </c>
       <c r="H13" s="42">
         <v>46265</v>
       </c>
       <c r="I13" s="21" t="s">
         <v>123</v>
       </c>
       <c r="J13" s="22" t="s">
         <v>124</v>
       </c>
       <c r="K13" s="22" t="s">
         <v>125</v>
       </c>
       <c r="L13" s="22" t="s">
         <v>126</v>
       </c>
       <c r="M13" s="22" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A14" s="25" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B14" s="24" t="s">
-        <v>180</v>
+        <v>392</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D14" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="E14" s="6" t="s">
         <v>181</v>
       </c>
-      <c r="E14" s="6" t="s">
+      <c r="F14" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="F14" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="7">
-        <v>44484</v>
+        <v>45945</v>
       </c>
       <c r="H14" s="7">
-        <v>45944</v>
+        <v>47405</v>
       </c>
       <c r="I14" s="7" t="s">
         <v>78</v>
       </c>
       <c r="J14" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="K14" s="24" t="s">
         <v>184</v>
       </c>
-      <c r="K14" s="24" t="s">
+      <c r="L14" s="24" t="s">
         <v>185</v>
       </c>
-      <c r="L14" s="24" t="s">
+      <c r="M14" s="24" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="18" t="s">
+        <v>331</v>
+      </c>
+      <c r="B15" s="19" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>148</v>
       </c>
       <c r="E15" s="11" t="s">
         <v>148</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>148</v>
       </c>
       <c r="G15" s="10">
         <v>44621</v>
       </c>
       <c r="H15" s="39">
         <v>46081</v>
       </c>
       <c r="I15" s="11" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="J15" s="35" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="K15" s="22" t="s">
+        <v>264</v>
+      </c>
+      <c r="L15" s="22" t="s">
         <v>265</v>
       </c>
-      <c r="L15" s="22" t="s">
+      <c r="M15" s="22" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="B16" s="9" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="E16" s="11" t="s">
         <v>70</v>
       </c>
       <c r="F16" s="11" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="G16" s="10">
         <v>45689</v>
       </c>
       <c r="H16" s="33">
         <v>46446</v>
       </c>
       <c r="I16" s="10" t="s">
         <v>78</v>
       </c>
       <c r="J16" s="36"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="6"/>
     </row>
     <row r="17" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
+        <v>348</v>
+      </c>
+      <c r="B17" s="9" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="E17" s="11" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="F17" s="11" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="G17" s="17">
         <v>45383</v>
       </c>
       <c r="H17" s="34">
         <v>46112</v>
       </c>
       <c r="I17" s="17" t="s">
         <v>78</v>
       </c>
       <c r="J17" s="36" t="s">
+        <v>353</v>
+      </c>
+      <c r="K17" s="29" t="s">
         <v>354</v>
       </c>
-      <c r="K17" s="29" t="s">
+      <c r="L17" s="29" t="s">
         <v>355</v>
       </c>
-      <c r="L17" s="29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M17" s="29" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="90" x14ac:dyDescent="0.25">
       <c r="A18" s="18" t="s">
         <v>129</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>130</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>131</v>
       </c>
       <c r="E18" s="11" t="s">
         <v>132</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>133</v>
       </c>
       <c r="G18" s="10">
         <v>44197</v>
       </c>
       <c r="H18" s="10">
         <v>46387</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>134</v>
       </c>
       <c r="J18" s="22" t="s">
         <v>135</v>
       </c>
       <c r="K18" s="22" t="s">
         <v>136</v>
       </c>
       <c r="L18" s="22" t="s">
         <v>137</v>
       </c>
       <c r="M18" s="22" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:13" ht="75" x14ac:dyDescent="0.25">
       <c r="A19" s="18" t="s">
         <v>138</v>
       </c>
       <c r="B19" s="19" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D19" s="19" t="s">
         <v>96</v>
       </c>
       <c r="E19" s="19" t="s">
         <v>97</v>
       </c>
       <c r="F19" s="19" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="G19" s="46">
         <v>45323</v>
       </c>
       <c r="H19" s="12">
         <v>46752</v>
       </c>
       <c r="I19" s="19" t="s">
         <v>78</v>
       </c>
       <c r="J19" s="22" t="s">
         <v>138</v>
       </c>
       <c r="K19" s="24" t="s">
+        <v>254</v>
+      </c>
+      <c r="L19" s="24" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="M19" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A20" s="18" t="s">
         <v>140</v>
       </c>
       <c r="B20" s="19" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>90</v>
       </c>
       <c r="E20" s="11" t="s">
         <v>90</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>91</v>
       </c>
       <c r="G20" s="10">
         <v>45717</v>
       </c>
       <c r="H20" s="12">
         <v>46812</v>
       </c>
       <c r="I20" s="11" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="J20" s="22" t="s">
         <v>140</v>
       </c>
       <c r="K20" s="22" t="s">
         <v>141</v>
       </c>
       <c r="L20" s="22" t="s">
         <v>142</v>
       </c>
       <c r="M20" s="22" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="21" spans="1:13" ht="75" x14ac:dyDescent="0.25">
       <c r="A21" s="18" t="s">
         <v>140</v>
       </c>
       <c r="B21" s="19" t="s">
         <v>144</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="9" t="s">
@@ -4005,172 +4005,172 @@
       </c>
       <c r="G21" s="10">
         <v>44652</v>
       </c>
       <c r="H21" s="12">
         <v>46112</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>146</v>
       </c>
       <c r="J21" s="22" t="s">
         <v>140</v>
       </c>
       <c r="K21" s="22" t="s">
         <v>141</v>
       </c>
       <c r="L21" s="22" t="s">
         <v>142</v>
       </c>
       <c r="M21" s="22" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="75" x14ac:dyDescent="0.25">
       <c r="A22" s="18" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="B22" s="19" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>90</v>
       </c>
       <c r="E22" s="11" t="s">
         <v>90</v>
       </c>
       <c r="F22" s="11" t="s">
         <v>145</v>
       </c>
       <c r="G22" s="10">
         <v>44652</v>
       </c>
       <c r="H22" s="12">
         <v>46112</v>
       </c>
       <c r="I22" s="11" t="s">
         <v>146</v>
       </c>
       <c r="J22" s="24" t="s">
+        <v>188</v>
+      </c>
+      <c r="K22" s="24" t="s">
         <v>189</v>
       </c>
-      <c r="K22" s="24" t="s">
+      <c r="L22" s="24" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="M22" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="B23" s="19" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>90</v>
       </c>
       <c r="E23" s="11" t="s">
         <v>90</v>
       </c>
       <c r="F23" s="11" t="s">
         <v>91</v>
       </c>
       <c r="G23" s="10">
         <v>45717</v>
       </c>
       <c r="H23" s="12">
         <v>46812</v>
       </c>
       <c r="I23" s="11" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="J23" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K23" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="B24" s="9" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="E24" s="11" t="s">
         <v>70</v>
       </c>
       <c r="F24" s="11" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="G24" s="10">
         <v>45689</v>
       </c>
       <c r="H24" s="33">
         <v>46446</v>
       </c>
       <c r="I24" s="10" t="s">
         <v>78</v>
       </c>
       <c r="J24" s="36"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="6"/>
     </row>
     <row r="25" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>147</v>
       </c>
       <c r="B25" s="9" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>148</v>
       </c>
       <c r="E25" s="11" t="s">
         <v>148</v>
       </c>
       <c r="F25" s="11"/>
       <c r="G25" s="10">
         <v>45409</v>
       </c>
       <c r="H25" s="10">
         <v>46503</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>149</v>
       </c>
       <c r="J25" s="14" t="s">
         <v>150</v>
       </c>
       <c r="K25" s="14" t="s">
         <v>151</v>
       </c>
       <c r="L25" s="14" t="s">
         <v>152</v>
@@ -4203,104 +4203,104 @@
       </c>
       <c r="H26" s="33">
         <v>46253</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>146</v>
       </c>
       <c r="J26" s="6" t="s">
         <v>158</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>159</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>160</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>162</v>
       </c>
       <c r="B27" s="19" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>154</v>
       </c>
       <c r="E27" s="11" t="s">
         <v>155</v>
       </c>
       <c r="F27" s="11" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="G27" s="10">
         <v>45231</v>
       </c>
       <c r="H27" s="31">
         <v>46691</v>
       </c>
       <c r="I27" s="10" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="J27" s="36" t="s">
         <v>163</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>164</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>165</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>162</v>
       </c>
       <c r="B28" s="9" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>154</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>155</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="G28" s="15">
         <v>45580</v>
       </c>
       <c r="H28" s="16">
         <v>46309</v>
       </c>
       <c r="I28" s="9" t="s">
         <v>78</v>
       </c>
       <c r="J28" s="6" t="s">
         <v>163</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>164</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>165</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:13" ht="165" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
@@ -4364,1352 +4364,1352 @@
       </c>
       <c r="G30" s="31">
         <v>44562</v>
       </c>
       <c r="H30" s="31">
         <v>46022</v>
       </c>
       <c r="I30" s="10" t="s">
         <v>177</v>
       </c>
       <c r="J30" s="6" t="s">
         <v>178</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>179</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>172</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="B31" s="9" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>119</v>
       </c>
       <c r="E31" s="11" t="s">
         <v>70</v>
       </c>
       <c r="F31" s="11"/>
       <c r="G31" s="17">
         <v>44986</v>
       </c>
       <c r="H31" s="34">
         <v>46081</v>
       </c>
       <c r="I31" s="17" t="s">
         <v>78</v>
       </c>
       <c r="J31" s="6"/>
       <c r="K31" s="29"/>
       <c r="L31" s="29"/>
       <c r="M31" s="29"/>
     </row>
     <row r="32" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A32" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="B32" s="19" t="s">
         <v>195</v>
       </c>
-      <c r="B32" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="19" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D32" s="19" t="s">
         <v>103</v>
       </c>
       <c r="E32" s="20" t="s">
         <v>104</v>
       </c>
       <c r="F32" s="11" t="s">
         <v>104</v>
       </c>
       <c r="G32" s="21">
         <v>44774</v>
       </c>
       <c r="H32" s="10">
         <v>46234</v>
       </c>
       <c r="I32" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J32" s="24" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="K32" s="24" t="s">
         <v>123</v>
       </c>
       <c r="L32" s="24" t="s">
         <v>123</v>
       </c>
       <c r="M32" s="24"/>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A33" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="B33" s="19" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D33" s="19" t="s">
         <v>154</v>
       </c>
       <c r="E33" s="20" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F33" s="20" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="G33" s="21">
         <v>44666</v>
       </c>
       <c r="H33" s="49">
         <v>46126</v>
       </c>
       <c r="I33" s="21" t="s">
         <v>78</v>
       </c>
       <c r="J33" s="24" t="s">
+        <v>200</v>
+      </c>
+      <c r="K33" s="24" t="s">
         <v>201</v>
       </c>
-      <c r="K33" s="24" t="s">
+      <c r="L33" s="24" t="s">
         <v>202</v>
       </c>
-      <c r="L33" s="24" t="s">
+      <c r="M33" s="24" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="34" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="B34" s="9" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="11" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="F34" s="11" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="G34" s="10">
         <v>44819</v>
       </c>
       <c r="H34" s="33">
         <v>46279</v>
       </c>
       <c r="I34" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="J34" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="K34" s="6" t="s">
         <v>208</v>
       </c>
-      <c r="J34" s="9" t="s">
-[...2 lines deleted...]
-      <c r="K34" s="6" t="s">
+      <c r="L34" s="6" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A35" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="B35" s="9" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="C35" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D35" s="9" t="s">
+        <v>212</v>
+      </c>
+      <c r="E35" s="11" t="s">
         <v>213</v>
       </c>
-      <c r="E35" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="11" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="G35" s="10">
         <v>44866</v>
       </c>
       <c r="H35" s="31">
-        <v>45961</v>
+        <v>46326</v>
       </c>
       <c r="I35" s="10" t="s">
         <v>78</v>
       </c>
       <c r="J35" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="K35" s="6" t="s">
         <v>215</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="36" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="37" t="s">
+        <v>217</v>
+      </c>
+      <c r="B36" s="38" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="C36" s="19" t="s">
         <v>84</v>
       </c>
       <c r="D36" s="38" t="s">
         <v>85</v>
       </c>
       <c r="E36" s="38" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="F36" s="38"/>
       <c r="G36" s="47">
         <v>45566</v>
       </c>
       <c r="H36" s="53" t="s">
         <v>123</v>
       </c>
       <c r="I36" s="38" t="s">
         <v>169</v>
       </c>
       <c r="J36" s="40" t="s">
         <v>123</v>
       </c>
       <c r="K36" s="40"/>
       <c r="L36" s="40"/>
       <c r="M36" s="40"/>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A37" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="B37" s="19" t="s">
         <v>220</v>
       </c>
-      <c r="B37" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="19" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D37" s="19" t="s">
         <v>154</v>
       </c>
       <c r="E37" s="20" t="s">
         <v>155</v>
       </c>
       <c r="F37" s="20" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="G37" s="10">
         <v>44075</v>
       </c>
       <c r="H37" s="21">
         <v>46265</v>
       </c>
       <c r="I37" s="11" t="s">
+        <v>222</v>
+      </c>
+      <c r="J37" s="24" t="s">
         <v>223</v>
       </c>
-      <c r="J37" s="24" t="s">
+      <c r="K37" s="24" t="s">
         <v>224</v>
       </c>
-      <c r="K37" s="24" t="s">
+      <c r="L37" s="24" t="s">
         <v>225</v>
       </c>
-      <c r="L37" s="24" t="s">
+      <c r="M37" s="24" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="38" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A38" s="18" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B38" s="19" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="C38" s="19" t="s">
         <v>77</v>
       </c>
       <c r="D38" s="19" t="s">
         <v>119</v>
       </c>
       <c r="E38" s="20" t="s">
         <v>70</v>
       </c>
       <c r="F38" s="20" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="G38" s="10">
         <v>45689</v>
       </c>
       <c r="H38" s="30">
         <v>46446</v>
       </c>
       <c r="I38" s="10" t="s">
         <v>78</v>
       </c>
       <c r="J38" s="35"/>
       <c r="K38" s="24"/>
       <c r="L38" s="24"/>
       <c r="M38" s="24"/>
     </row>
     <row r="39" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A39" s="18" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B39" s="19" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D39" s="19" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="E39" s="20" t="s">
         <v>70</v>
       </c>
       <c r="F39" s="20" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="G39" s="21">
         <v>45689</v>
       </c>
       <c r="H39" s="33">
         <v>46446</v>
       </c>
       <c r="I39" s="21" t="s">
         <v>78</v>
       </c>
       <c r="J39" s="35"/>
       <c r="K39" s="24"/>
       <c r="L39" s="24"/>
       <c r="M39" s="24"/>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40" s="18" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B40" s="9" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D40" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E40" s="19" t="s">
+        <v>229</v>
+      </c>
+      <c r="F40" s="19" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="G40" s="15">
         <v>44166</v>
       </c>
       <c r="H40" s="15">
         <v>45991</v>
       </c>
       <c r="I40" s="9" t="s">
         <v>128</v>
       </c>
       <c r="J40" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="K40" s="24" t="s">
         <v>232</v>
       </c>
-      <c r="K40" s="24" t="s">
+      <c r="L40" s="24" t="s">
         <v>233</v>
       </c>
-      <c r="L40" s="24" t="s">
+      <c r="M40" s="24" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="41" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="18" t="s">
+        <v>235</v>
+      </c>
+      <c r="B41" s="19" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D41" s="19" t="s">
         <v>103</v>
       </c>
       <c r="E41" s="20" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="F41" s="20" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="G41" s="21">
         <v>44819</v>
       </c>
       <c r="H41" s="30">
         <v>46279</v>
       </c>
       <c r="I41" s="21" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="J41" s="19" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="K41" s="24" t="s">
+        <v>237</v>
+      </c>
+      <c r="L41" s="24" t="s">
         <v>238</v>
       </c>
-      <c r="L41" s="24" t="s">
+      <c r="M41" s="24" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A42" s="18" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="B42" s="19" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="C42" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D42" s="19" t="s">
         <v>154</v>
       </c>
       <c r="E42" s="19" t="s">
         <v>155</v>
       </c>
       <c r="F42" s="19" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="G42" s="27">
         <v>45580</v>
       </c>
       <c r="H42" s="52">
         <v>46309</v>
       </c>
       <c r="I42" s="19" t="s">
         <v>78</v>
       </c>
       <c r="J42" s="24" t="s">
+        <v>362</v>
+      </c>
+      <c r="K42" s="24" t="s">
         <v>363</v>
       </c>
-      <c r="K42" s="24" t="s">
+      <c r="L42" s="24" t="s">
         <v>364</v>
       </c>
-      <c r="L42" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M42" s="24" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A43" s="18" t="s">
+        <v>241</v>
+      </c>
+      <c r="B43" s="19" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="C43" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D43" s="19" t="s">
         <v>119</v>
       </c>
       <c r="E43" s="20" t="s">
         <v>70</v>
       </c>
       <c r="F43" s="20"/>
       <c r="G43" s="28">
         <v>44986</v>
       </c>
       <c r="H43" s="48">
         <v>46081</v>
       </c>
       <c r="I43" s="28" t="s">
         <v>78</v>
       </c>
       <c r="J43" s="24"/>
       <c r="K43" s="26"/>
       <c r="L43" s="26"/>
       <c r="M43" s="26"/>
     </row>
     <row r="44" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="B44" s="19" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="C44" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D44" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E44" s="19" t="s">
+        <v>245</v>
+      </c>
+      <c r="F44" s="19" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="G44" s="28">
         <v>44221</v>
       </c>
       <c r="H44" s="44">
         <v>45771</v>
       </c>
       <c r="I44" s="43" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J44" s="24" t="s">
         <v>123</v>
       </c>
       <c r="K44" s="24"/>
       <c r="L44" s="24"/>
       <c r="M44" s="24"/>
     </row>
     <row r="45" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A45" s="50" t="s">
+        <v>248</v>
+      </c>
+      <c r="B45" s="6" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D45" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="F45" s="6" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
       <c r="G45" s="7">
         <v>44470</v>
       </c>
       <c r="H45" s="7">
         <v>45930</v>
       </c>
       <c r="I45" s="11" t="s">
         <v>78</v>
       </c>
       <c r="J45" s="6"/>
       <c r="K45" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="L45" s="6" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="M45" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="46" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A46" s="18" t="s">
+        <v>256</v>
+      </c>
+      <c r="B46" s="19" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="C46" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D46" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E46" s="19" t="s">
+        <v>258</v>
+      </c>
+      <c r="F46" s="19" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="G46" s="21">
         <v>43831</v>
       </c>
       <c r="H46" s="23">
         <v>46387</v>
       </c>
       <c r="I46" s="19" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="J46" s="24" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="K46" s="24"/>
       <c r="L46" s="24"/>
       <c r="M46" s="24"/>
     </row>
     <row r="47" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A47" s="18" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B47" s="19" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="C47" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D47" s="19" t="s">
         <v>119</v>
       </c>
       <c r="E47" s="20" t="s">
         <v>70</v>
       </c>
       <c r="F47" s="20" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="G47" s="21">
         <v>45689</v>
       </c>
       <c r="H47" s="30">
         <v>46446</v>
       </c>
       <c r="I47" s="10" t="s">
         <v>78</v>
       </c>
       <c r="J47" s="35"/>
       <c r="K47" s="24"/>
       <c r="L47" s="24"/>
       <c r="M47" s="24"/>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48" s="18" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B48" s="19" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="C48" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D48" s="19" t="s">
         <v>90</v>
       </c>
       <c r="E48" s="20" t="s">
         <v>90</v>
       </c>
       <c r="F48" s="20" t="s">
         <v>94</v>
       </c>
       <c r="G48" s="21">
         <v>45536</v>
       </c>
       <c r="H48" s="12">
         <v>46630</v>
       </c>
       <c r="I48" s="20" t="s">
         <v>78</v>
       </c>
       <c r="J48" s="25" t="s">
+        <v>263</v>
+      </c>
+      <c r="K48" s="22" t="s">
         <v>264</v>
       </c>
-      <c r="K48" s="22" t="s">
+      <c r="L48" s="22" t="s">
         <v>265</v>
       </c>
-      <c r="L48" s="22" t="s">
+      <c r="M48" s="22" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="49" spans="1:13" ht="75" x14ac:dyDescent="0.25">
       <c r="A49" s="18" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B49" s="19" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C49" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D49" s="19" t="s">
+        <v>269</v>
+      </c>
+      <c r="E49" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="F49" s="20" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>271</v>
       </c>
       <c r="G49" s="21">
         <v>45809</v>
       </c>
       <c r="H49" s="12">
         <v>46903</v>
       </c>
       <c r="I49" s="20" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="J49" s="22" t="s">
+        <v>271</v>
+      </c>
+      <c r="K49" s="22" t="s">
         <v>272</v>
       </c>
-      <c r="K49" s="22" t="s">
+      <c r="L49" s="22" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="M49" s="22" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="50" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A50" s="25" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B50" s="24" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D50" s="24" t="s">
+        <v>250</v>
+      </c>
+      <c r="E50" s="24" t="s">
+        <v>250</v>
+      </c>
+      <c r="F50" s="24" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
       <c r="G50" s="23">
         <v>44470</v>
       </c>
       <c r="H50" s="7">
         <v>45930</v>
       </c>
       <c r="I50" s="20" t="s">
         <v>78</v>
       </c>
       <c r="J50" s="22" t="s">
+        <v>271</v>
+      </c>
+      <c r="K50" s="22" t="s">
         <v>272</v>
       </c>
-      <c r="K50" s="22" t="s">
+      <c r="L50" s="22" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="M50" s="22" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="51" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A51" s="18" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B51" s="19" t="s">
+        <v>333</v>
+      </c>
+      <c r="C51" s="9" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="D51" s="19" t="s">
         <v>90</v>
       </c>
       <c r="E51" s="20" t="s">
         <v>90</v>
       </c>
       <c r="F51" s="20" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="G51" s="21">
         <v>45078</v>
       </c>
       <c r="H51" s="31">
         <v>46904</v>
       </c>
       <c r="I51" s="21" t="s">
         <v>72</v>
       </c>
       <c r="J51" s="35" t="s">
+        <v>271</v>
+      </c>
+      <c r="K51" s="24" t="s">
         <v>272</v>
       </c>
-      <c r="K51" s="24" t="s">
+      <c r="L51" s="24" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="M51" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="52" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A52" s="18" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B52" s="19" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C52" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D52" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E52" s="20" t="s">
         <v>175</v>
       </c>
       <c r="F52" s="20" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="G52" s="21">
         <v>44562</v>
       </c>
       <c r="H52" s="12">
         <v>46022</v>
       </c>
       <c r="I52" s="20" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="J52" s="22" t="s">
+        <v>271</v>
+      </c>
+      <c r="K52" s="22" t="s">
         <v>272</v>
       </c>
-      <c r="K52" s="22" t="s">
+      <c r="L52" s="22" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="M52" s="22" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A53" s="18" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B53" s="19" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D53" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E53" s="19" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F53" s="19"/>
       <c r="G53" s="27">
         <v>45658</v>
       </c>
       <c r="H53" s="16">
         <v>47118</v>
       </c>
       <c r="I53" s="19" t="s">
         <v>78</v>
       </c>
       <c r="J53" s="24" t="s">
+        <v>280</v>
+      </c>
+      <c r="K53" s="24" t="s">
         <v>281</v>
       </c>
-      <c r="K53" s="24" t="s">
+      <c r="L53" s="24" t="s">
         <v>282</v>
       </c>
-      <c r="L53" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M53" s="24" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="54" spans="1:13" ht="60" x14ac:dyDescent="0.25">
       <c r="A54" s="18" t="s">
+        <v>283</v>
+      </c>
+      <c r="B54" s="19" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="C54" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D54" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E54" s="20" t="s">
         <v>127</v>
       </c>
       <c r="F54" s="20" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="G54" s="21">
         <v>44562</v>
       </c>
       <c r="H54" s="41">
         <v>46022</v>
       </c>
       <c r="I54" s="21" t="s">
         <v>78</v>
       </c>
       <c r="J54" s="24" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="K54" s="24" t="s">
+        <v>286</v>
+      </c>
+      <c r="L54" s="24" t="s">
         <v>287</v>
       </c>
-      <c r="L54" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M54" s="24" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A55" s="9" t="s">
+        <v>288</v>
+      </c>
+      <c r="B55" s="9" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="C55" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>85</v>
       </c>
       <c r="E55" s="9" t="s">
+        <v>290</v>
+      </c>
+      <c r="F55" s="9" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="G55" s="51">
         <v>43862</v>
       </c>
       <c r="H55" s="7">
         <v>46053</v>
       </c>
       <c r="I55" s="9" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="J55" s="6" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="K55" s="6"/>
       <c r="L55" s="6"/>
       <c r="M55" s="6"/>
     </row>
     <row r="56" spans="1:13" ht="150" x14ac:dyDescent="0.25">
       <c r="A56" s="18" t="s">
+        <v>293</v>
+      </c>
+      <c r="B56" s="19" t="s">
         <v>294</v>
       </c>
-      <c r="B56" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D56" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E56" s="20" t="s">
+        <v>295</v>
+      </c>
+      <c r="F56" s="20" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="G56" s="30">
         <v>44652</v>
       </c>
       <c r="H56" s="33">
         <v>46112</v>
       </c>
       <c r="I56" s="54" t="s">
+        <v>297</v>
+      </c>
+      <c r="J56" s="24" t="s">
         <v>298</v>
       </c>
-      <c r="J56" s="24" t="s">
+      <c r="K56" s="24" t="s">
         <v>299</v>
       </c>
-      <c r="K56" s="24" t="s">
+      <c r="L56" s="24" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="M56" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="57" spans="1:13" ht="75" x14ac:dyDescent="0.25">
       <c r="A57" s="18" t="s">
+        <v>301</v>
+      </c>
+      <c r="B57" s="19" t="s">
         <v>302</v>
       </c>
-      <c r="B57" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D57" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E57" s="20" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F57" s="20" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="G57" s="30">
         <v>44652</v>
       </c>
       <c r="H57" s="33">
         <v>46112</v>
       </c>
       <c r="I57" s="32" t="s">
+        <v>304</v>
+      </c>
+      <c r="J57" s="24" t="s">
         <v>305</v>
       </c>
-      <c r="J57" s="24" t="s">
+      <c r="K57" s="24" t="s">
         <v>306</v>
       </c>
-      <c r="K57" s="24" t="s">
+      <c r="L57" s="24" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="M57" s="24" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="58" spans="1:13" ht="90" x14ac:dyDescent="0.25">
       <c r="A58" s="18" t="s">
+        <v>308</v>
+      </c>
+      <c r="B58" s="19" t="s">
         <v>309</v>
       </c>
-      <c r="B58" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D58" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E58" s="20" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F58" s="20" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="G58" s="30">
         <v>44652</v>
       </c>
       <c r="H58" s="33">
         <v>46112</v>
       </c>
       <c r="I58" s="32" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="J58" s="24" t="s">
+        <v>310</v>
+      </c>
+      <c r="K58" s="24" t="s">
         <v>311</v>
       </c>
-      <c r="K58" s="24" t="s">
+      <c r="L58" s="24" t="s">
         <v>312</v>
       </c>
-      <c r="L58" s="24" t="s">
+      <c r="M58" s="24" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="59" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A59" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="B59" s="19" t="s">
         <v>315</v>
       </c>
-      <c r="B59" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D59" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E59" s="20" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F59" s="20" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="G59" s="30">
         <v>44652</v>
       </c>
       <c r="H59" s="33">
         <v>46112</v>
       </c>
       <c r="I59" s="32" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="J59" s="24"/>
       <c r="K59" s="24"/>
       <c r="L59" s="24"/>
       <c r="M59" s="24"/>
     </row>
     <row r="60" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A60" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="B60" s="19" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="C60" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D60" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E60" s="19" t="s">
         <v>175</v>
       </c>
       <c r="F60" s="19" t="s">
         <v>176</v>
       </c>
       <c r="G60" s="27">
         <v>44562</v>
       </c>
       <c r="H60" s="15">
         <v>46022</v>
       </c>
       <c r="I60" s="19" t="s">
         <v>78</v>
       </c>
       <c r="J60" s="24" t="s">
+        <v>318</v>
+      </c>
+      <c r="K60" s="24" t="s">
         <v>319</v>
       </c>
-      <c r="K60" s="24" t="s">
+      <c r="L60" s="24" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="M60" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="61" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A61" s="18" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B61" s="19" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="C61" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D61" s="19" t="s">
         <v>154</v>
       </c>
       <c r="E61" s="20" t="s">
         <v>155</v>
       </c>
       <c r="F61" s="20" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="G61" s="27">
         <v>45580</v>
       </c>
       <c r="H61" s="16">
         <v>46309</v>
       </c>
       <c r="I61" s="21" t="s">
         <v>78</v>
       </c>
       <c r="J61" s="35" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="K61" s="24" t="s">
+        <v>368</v>
+      </c>
+      <c r="L61" s="24" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="M61" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="62" spans="1:13" ht="60" x14ac:dyDescent="0.25">
       <c r="A62" s="18" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="B62" s="19" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="C62" s="9" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D62" s="19" t="s">
         <v>69</v>
       </c>
       <c r="E62" s="19" t="s">
         <v>70</v>
       </c>
       <c r="F62" s="19" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="G62" s="27">
         <v>45192</v>
       </c>
       <c r="H62" s="15">
         <v>46287</v>
       </c>
       <c r="I62" s="19" t="s">
+        <v>323</v>
+      </c>
+      <c r="J62" s="24" t="s">
         <v>324</v>
       </c>
-      <c r="J62" s="24" t="s">
+      <c r="K62" s="24" t="s">
         <v>325</v>
       </c>
-      <c r="K62" s="24" t="s">
+      <c r="L62" s="24" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="M62" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="63" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="18" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="B63" s="19" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="C63" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D63" s="19" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="E63" s="20" t="s">
         <v>70</v>
       </c>
       <c r="F63" s="20" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="G63" s="10">
         <v>45689</v>
       </c>
       <c r="H63" s="33">
         <v>46446</v>
       </c>
       <c r="I63" s="21" t="s">
         <v>78</v>
       </c>
       <c r="J63" s="35"/>
       <c r="K63" s="24"/>
       <c r="L63" s="24"/>
       <c r="M63" s="24"/>
     </row>
     <row r="64" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A64" s="25" t="s">
+        <v>327</v>
+      </c>
+      <c r="B64" s="24" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D64" s="24" t="s">
+        <v>250</v>
+      </c>
+      <c r="E64" s="24" t="s">
+        <v>250</v>
+      </c>
+      <c r="F64" s="24" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
       <c r="G64" s="23">
         <v>44470</v>
       </c>
       <c r="H64" s="23">
         <v>45930</v>
       </c>
       <c r="I64" s="20" t="s">
         <v>78</v>
       </c>
       <c r="J64" s="24" t="s">
+        <v>329</v>
+      </c>
+      <c r="K64" s="24" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="L64" s="24" t="s">
         <v>139</v>
       </c>
       <c r="M64" s="24" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="kL43KLtz/Ki27aaWVB87zgMoAQOGulGnwUp6TI+tjBgLlfrRVfDHky82/Mzoxun0pOHIaswCnzdk1cEcw7dgPw==" saltValue="FeieUyaxZJJgCWJkfuOdQA==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="tH62OcMBV8fyV4R3wVJ+V2W4jZKMhbeF2pvzAZLHTNamsXUGT1nlPIu7k9KiQ71rWgeVfdSuG1ejds6cTUJlTw==" saltValue="WEw6q8Q7xNfcwb36E4QBSg==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>