--- v1 (2025-11-13)
+++ v2 (2025-12-24)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vgregion.sharepoint.com/sites/sy-osn-privata-vardgivare---lou/Delade dokument/Publicerade dokument/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1175" documentId="13_ncr:1_{D193CCA5-F4CC-4157-8AC9-D3786697C0FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{051AC8FD-14AE-4691-A28A-449F86299450}"/>
+  <xr:revisionPtr revIDLastSave="1182" documentId="13_ncr:1_{D193CCA5-F4CC-4157-8AC9-D3786697C0FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1E577EF5-2171-4841-8E1A-9CF32DAE6B02}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-105" yWindow="0" windowWidth="26010" windowHeight="20985" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Listor" sheetId="13" state="hidden" r:id="rId1"/>
     <sheet name="Avtalslista" sheetId="14" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Avtalslista!$A$1:$M$101</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Listor!$A$1:$G$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -1352,53 +1352,50 @@
   <si>
     <t>Östra Hamngatan 30</t>
   </si>
   <si>
     <t>Capio Gastro Center AB</t>
   </si>
   <si>
     <t>RS 202102687-001</t>
   </si>
   <si>
     <t>202200122-001</t>
   </si>
   <si>
     <t>Kompletterande avtal</t>
   </si>
   <si>
     <t>Neurologi</t>
   </si>
   <si>
     <t>Övrig Ortopedi</t>
   </si>
   <si>
     <t>OSN 2023-02138</t>
   </si>
   <si>
-    <t>HSNG 202000299-001</t>
-[...1 lines deleted...]
-  <si>
     <t>OSN 2023-02395</t>
   </si>
   <si>
     <t>Specialister i dermatologi</t>
   </si>
   <si>
     <t>Övrig Ögon
 Katarakt
 Kroniker
 Ögonplastik
 Ögoninjektioner</t>
   </si>
   <si>
     <t>OSN 2024-00127</t>
   </si>
   <si>
     <t>OSN 2024-00125</t>
   </si>
   <si>
     <t>202200279-001</t>
   </si>
   <si>
     <t>202200278-001</t>
   </si>
   <si>
@@ -1522,50 +1519,53 @@
     <t>Moment Psykologi AB</t>
   </si>
   <si>
     <t>Aleris Psykiatri AB</t>
   </si>
   <si>
     <t>Barn- och ungdomspsykiatri 
 Vuxenpsykiatri</t>
   </si>
   <si>
     <t>Neuropsykiatriska utredning</t>
   </si>
   <si>
     <t xml:space="preserve">Barn- och ungdomspsykiatri 
 </t>
   </si>
   <si>
     <t>OSN 202401164-001</t>
   </si>
   <si>
     <t>Sjukhus
 Primärvård</t>
   </si>
   <si>
     <t>OSN 202500044-001</t>
+  </si>
+  <si>
+    <t>OSN 202500696-001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C5700"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1771,51 +1771,51 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="53">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="15" fontId="0" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -1869,105 +1869,99 @@
     </xf>
     <xf numFmtId="164" fontId="9" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="5" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="6" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="6" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="5" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Neutral" xfId="1" builtinId="28"/>
     <cellStyle name="Neutral 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="18">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
@@ -3157,52 +3151,52 @@
     </row>
     <row r="25" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G25" s="2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G26" s="2" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="9Z1MzR/9Ez2ZntTy/biO1tPW3vs2Qdh+X7/P4S0l5SgSAHuqsEw7JH5Fq0SNS+vsLoRST4P+MxSVlwiqLkWDYg==" saltValue="a9RgPaFUPXAAmcw+9yyfcg==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="G2:G26">
     <sortCondition ref="G2"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7229E986-C6A8-4B7B-8637-F6FB8B71865F}">
   <dimension ref="A1:M64"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="I1" sqref="I1"/>
+    <sheetView tabSelected="1" topLeftCell="A6" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="39.85546875" customWidth="1"/>
     <col min="2" max="2" width="26.42578125" customWidth="1"/>
     <col min="3" max="3" width="23.28515625" customWidth="1"/>
     <col min="4" max="4" width="30.7109375" customWidth="1"/>
     <col min="5" max="5" width="31" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" customWidth="1"/>
     <col min="7" max="7" width="19.42578125" customWidth="1"/>
     <col min="8" max="8" width="18.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="28.42578125" customWidth="1"/>
     <col min="10" max="10" width="25.140625" customWidth="1"/>
     <col min="11" max="11" width="25" customWidth="1"/>
     <col min="12" max="12" width="21.7109375" customWidth="1"/>
     <col min="13" max="13" width="23.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>55</v>
@@ -3262,263 +3256,263 @@
       </c>
       <c r="G2" s="10">
         <v>43831</v>
       </c>
       <c r="H2" s="16">
         <v>46022</v>
       </c>
       <c r="I2" s="9" t="s">
         <v>72</v>
       </c>
       <c r="J2" s="24" t="s">
         <v>73</v>
       </c>
       <c r="K2" s="24" t="s">
         <v>74</v>
       </c>
       <c r="L2" s="24" t="s">
         <v>75</v>
       </c>
       <c r="M2" s="24" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="18" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B3" s="19" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D3" s="9" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>70</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="G3" s="10">
         <v>45689</v>
       </c>
       <c r="H3" s="33">
         <v>46446</v>
       </c>
       <c r="I3" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="J3" s="35"/>
+      <c r="J3" s="24"/>
       <c r="K3" s="24"/>
       <c r="L3" s="24"/>
       <c r="M3" s="24"/>
     </row>
     <row r="4" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>82</v>
       </c>
       <c r="B4" s="9" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>334</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>335</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>335</v>
       </c>
       <c r="F4" s="9" t="s">
         <v>335</v>
       </c>
       <c r="G4" s="15">
         <v>45078</v>
       </c>
       <c r="H4" s="15">
         <v>46904</v>
       </c>
       <c r="I4" s="9" t="s">
         <v>72</v>
       </c>
       <c r="J4" s="6" t="s">
         <v>83</v>
       </c>
       <c r="K4" s="6" t="s">
         <v>79</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>80</v>
       </c>
       <c r="M4" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>82</v>
       </c>
       <c r="B5" s="9" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>334</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>181</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>181</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>181</v>
       </c>
       <c r="G5" s="10">
         <v>45078</v>
       </c>
       <c r="H5" s="31">
         <v>46904</v>
       </c>
       <c r="I5" s="10" t="s">
         <v>72</v>
       </c>
-      <c r="J5" s="36" t="s">
+      <c r="J5" s="6" t="s">
         <v>83</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>79</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>80</v>
       </c>
       <c r="M5" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
         <v>89</v>
       </c>
       <c r="B6" s="9" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>90</v>
       </c>
       <c r="E6" s="11" t="s">
         <v>90</v>
       </c>
       <c r="F6" s="9" t="s">
         <v>91</v>
       </c>
       <c r="G6" s="10">
         <v>45717</v>
       </c>
       <c r="H6" s="12">
         <v>46812</v>
       </c>
       <c r="I6" s="11" t="s">
         <v>277</v>
       </c>
       <c r="J6" s="6" t="s">
         <v>92</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>86</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>87</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>93</v>
       </c>
       <c r="B7" s="9" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>90</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>90</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>94</v>
       </c>
       <c r="G7" s="10">
         <v>45536</v>
       </c>
       <c r="H7" s="12">
         <v>46630</v>
       </c>
       <c r="I7" s="11" t="s">
         <v>78</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>92</v>
       </c>
       <c r="K7" s="24" t="s">
         <v>86</v>
       </c>
       <c r="L7" s="24" t="s">
         <v>87</v>
       </c>
       <c r="M7" s="24" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="75" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
         <v>95</v>
       </c>
       <c r="B8" s="9" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>97</v>
       </c>
       <c r="F8" s="9" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="G8" s="15">
         <v>45323</v>
       </c>
       <c r="H8" s="12">
         <v>46752</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>78</v>
       </c>
       <c r="J8" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>100</v>
       </c>
       <c r="M8" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="60" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
@@ -3614,125 +3608,125 @@
         <v>119</v>
       </c>
       <c r="E11" s="11" t="s">
         <v>70</v>
       </c>
       <c r="F11" s="11"/>
       <c r="G11" s="17">
         <v>44986</v>
       </c>
       <c r="H11" s="34">
         <v>46081</v>
       </c>
       <c r="I11" s="17" t="s">
         <v>78</v>
       </c>
       <c r="J11" s="24"/>
       <c r="K11" s="26"/>
       <c r="L11" s="26"/>
       <c r="M11" s="26"/>
     </row>
     <row r="12" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A12" s="18" t="s">
         <v>117</v>
       </c>
       <c r="B12" s="9" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>70</v>
       </c>
       <c r="F12" s="11" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="G12" s="10">
         <v>45689</v>
       </c>
       <c r="H12" s="33">
         <v>46446</v>
       </c>
       <c r="I12" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="J12" s="35"/>
+      <c r="J12" s="24"/>
       <c r="K12" s="24"/>
       <c r="L12" s="24"/>
       <c r="M12" s="24"/>
     </row>
     <row r="13" spans="1:13" ht="60" x14ac:dyDescent="0.25">
       <c r="A13" s="18" t="s">
         <v>120</v>
       </c>
       <c r="B13" s="19" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>334</v>
       </c>
       <c r="D13" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E13" s="19" t="s">
         <v>121</v>
       </c>
-      <c r="F13" s="45" t="s">
+      <c r="F13" s="43" t="s">
         <v>122</v>
       </c>
       <c r="G13" s="27">
         <v>45536</v>
       </c>
-      <c r="H13" s="42">
+      <c r="H13" s="40">
         <v>46265</v>
       </c>
       <c r="I13" s="21" t="s">
         <v>123</v>
       </c>
       <c r="J13" s="22" t="s">
         <v>124</v>
       </c>
       <c r="K13" s="22" t="s">
         <v>125</v>
       </c>
       <c r="L13" s="22" t="s">
         <v>126</v>
       </c>
       <c r="M13" s="22" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A14" s="25" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="B14" s="24" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>180</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>181</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>182</v>
       </c>
       <c r="G14" s="7">
         <v>45945</v>
       </c>
       <c r="H14" s="7">
         <v>47405</v>
       </c>
       <c r="I14" s="7" t="s">
         <v>78</v>
       </c>
       <c r="J14" s="24" t="s">
         <v>183</v>
       </c>
@@ -3746,138 +3740,138 @@
         <v>186</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="18" t="s">
         <v>331</v>
       </c>
       <c r="B15" s="19" t="s">
         <v>332</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>148</v>
       </c>
       <c r="E15" s="11" t="s">
         <v>148</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>148</v>
       </c>
       <c r="G15" s="10">
         <v>44621</v>
       </c>
-      <c r="H15" s="39">
+      <c r="H15" s="37">
         <v>46081</v>
       </c>
       <c r="I15" s="11" t="s">
         <v>277</v>
       </c>
-      <c r="J15" s="35" t="s">
+      <c r="J15" s="24" t="s">
         <v>331</v>
       </c>
       <c r="K15" s="22" t="s">
         <v>264</v>
       </c>
       <c r="L15" s="22" t="s">
         <v>265</v>
       </c>
       <c r="M15" s="22" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B16" s="9" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="E16" s="11" t="s">
         <v>70</v>
       </c>
       <c r="F16" s="11" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="G16" s="10">
         <v>45689</v>
       </c>
       <c r="H16" s="33">
         <v>46446</v>
       </c>
       <c r="I16" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="J16" s="36"/>
+      <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="6"/>
     </row>
     <row r="17" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
+        <v>347</v>
+      </c>
+      <c r="B17" s="9" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>269</v>
       </c>
       <c r="E17" s="11" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="F17" s="11" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="G17" s="17">
         <v>45383</v>
       </c>
       <c r="H17" s="34">
         <v>46112</v>
       </c>
       <c r="I17" s="17" t="s">
         <v>78</v>
       </c>
-      <c r="J17" s="36" t="s">
+      <c r="J17" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="K17" s="29" t="s">
         <v>353</v>
       </c>
-      <c r="K17" s="29" t="s">
+      <c r="L17" s="29" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="M17" s="29" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="90" x14ac:dyDescent="0.25">
       <c r="A18" s="18" t="s">
         <v>129</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>130</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>334</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>131</v>
       </c>
       <c r="E18" s="11" t="s">
         <v>132</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>133</v>
       </c>
       <c r="G18" s="10">
@@ -3885,92 +3879,92 @@
       </c>
       <c r="H18" s="10">
         <v>46387</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>134</v>
       </c>
       <c r="J18" s="22" t="s">
         <v>135</v>
       </c>
       <c r="K18" s="22" t="s">
         <v>136</v>
       </c>
       <c r="L18" s="22" t="s">
         <v>137</v>
       </c>
       <c r="M18" s="22" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:13" ht="75" x14ac:dyDescent="0.25">
       <c r="A19" s="18" t="s">
         <v>138</v>
       </c>
       <c r="B19" s="19" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D19" s="19" t="s">
         <v>96</v>
       </c>
       <c r="E19" s="19" t="s">
         <v>97</v>
       </c>
       <c r="F19" s="19" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="G19" s="46">
+        <v>340</v>
+      </c>
+      <c r="G19" s="44">
         <v>45323</v>
       </c>
       <c r="H19" s="12">
         <v>46752</v>
       </c>
       <c r="I19" s="19" t="s">
         <v>78</v>
       </c>
       <c r="J19" s="22" t="s">
         <v>138</v>
       </c>
       <c r="K19" s="24" t="s">
         <v>254</v>
       </c>
       <c r="L19" s="24" t="s">
         <v>255</v>
       </c>
       <c r="M19" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A20" s="18" t="s">
         <v>140</v>
       </c>
       <c r="B20" s="19" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>90</v>
       </c>
       <c r="E20" s="11" t="s">
         <v>90</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>91</v>
       </c>
       <c r="G20" s="10">
         <v>45717</v>
       </c>
       <c r="H20" s="12">
         <v>46812</v>
       </c>
       <c r="I20" s="11" t="s">
         <v>277</v>
       </c>
       <c r="J20" s="22" t="s">
         <v>140</v>
       </c>
@@ -4005,169 +3999,169 @@
       </c>
       <c r="G21" s="10">
         <v>44652</v>
       </c>
       <c r="H21" s="12">
         <v>46112</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>146</v>
       </c>
       <c r="J21" s="22" t="s">
         <v>140</v>
       </c>
       <c r="K21" s="22" t="s">
         <v>141</v>
       </c>
       <c r="L21" s="22" t="s">
         <v>142</v>
       </c>
       <c r="M21" s="22" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="75" x14ac:dyDescent="0.25">
       <c r="A22" s="18" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B22" s="19" t="s">
         <v>187</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>90</v>
       </c>
       <c r="E22" s="11" t="s">
         <v>90</v>
       </c>
       <c r="F22" s="11" t="s">
         <v>145</v>
       </c>
       <c r="G22" s="10">
         <v>44652</v>
       </c>
       <c r="H22" s="12">
         <v>46112</v>
       </c>
       <c r="I22" s="11" t="s">
         <v>146</v>
       </c>
       <c r="J22" s="24" t="s">
         <v>188</v>
       </c>
       <c r="K22" s="24" t="s">
         <v>189</v>
       </c>
       <c r="L22" s="24" t="s">
         <v>190</v>
       </c>
       <c r="M22" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B23" s="19" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>90</v>
       </c>
       <c r="E23" s="11" t="s">
         <v>90</v>
       </c>
       <c r="F23" s="11" t="s">
         <v>91</v>
       </c>
       <c r="G23" s="10">
         <v>45717</v>
       </c>
       <c r="H23" s="12">
         <v>46812</v>
       </c>
       <c r="I23" s="11" t="s">
         <v>277</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>188</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>189</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>190</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="B24" s="9" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="E24" s="11" t="s">
         <v>70</v>
       </c>
       <c r="F24" s="11" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="G24" s="10">
         <v>45689</v>
       </c>
       <c r="H24" s="33">
         <v>46446</v>
       </c>
       <c r="I24" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="J24" s="36"/>
+      <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="6"/>
     </row>
     <row r="25" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>147</v>
       </c>
       <c r="B25" s="9" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>334</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>148</v>
       </c>
       <c r="E25" s="11" t="s">
         <v>148</v>
       </c>
       <c r="F25" s="11"/>
       <c r="G25" s="10">
         <v>45409</v>
       </c>
       <c r="H25" s="10">
         <v>46503</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>149</v>
       </c>
       <c r="J25" s="14" t="s">
         <v>150</v>
       </c>
       <c r="K25" s="14" t="s">
         <v>151</v>
@@ -4203,104 +4197,104 @@
       </c>
       <c r="H26" s="33">
         <v>46253</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>146</v>
       </c>
       <c r="J26" s="6" t="s">
         <v>158</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>159</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>160</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>162</v>
       </c>
       <c r="B27" s="19" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>334</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>154</v>
       </c>
       <c r="E27" s="11" t="s">
         <v>155</v>
       </c>
       <c r="F27" s="11" t="s">
         <v>221</v>
       </c>
       <c r="G27" s="10">
         <v>45231</v>
       </c>
       <c r="H27" s="31">
         <v>46691</v>
       </c>
       <c r="I27" s="10" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="J27" s="36" t="s">
+        <v>339</v>
+      </c>
+      <c r="J27" s="6" t="s">
         <v>163</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>164</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>165</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>162</v>
       </c>
       <c r="B28" s="9" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>154</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>155</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="G28" s="15">
         <v>45580</v>
       </c>
       <c r="H28" s="16">
         <v>46309</v>
       </c>
       <c r="I28" s="9" t="s">
         <v>78</v>
       </c>
       <c r="J28" s="6" t="s">
         <v>163</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>164</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>165</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:13" ht="165" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
@@ -4454,51 +4448,51 @@
       </c>
       <c r="M32" s="24"/>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A33" s="18" t="s">
         <v>197</v>
       </c>
       <c r="B33" s="19" t="s">
         <v>198</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D33" s="19" t="s">
         <v>154</v>
       </c>
       <c r="E33" s="20" t="s">
         <v>199</v>
       </c>
       <c r="F33" s="20" t="s">
         <v>199</v>
       </c>
       <c r="G33" s="21">
         <v>44666</v>
       </c>
-      <c r="H33" s="49">
+      <c r="H33" s="47">
         <v>46126</v>
       </c>
       <c r="I33" s="21" t="s">
         <v>78</v>
       </c>
       <c r="J33" s="24" t="s">
         <v>200</v>
       </c>
       <c r="K33" s="24" t="s">
         <v>201</v>
       </c>
       <c r="L33" s="24" t="s">
         <v>202</v>
       </c>
       <c r="M33" s="24" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="34" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
         <v>204</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>205</v>
       </c>
@@ -4556,213 +4550,213 @@
         <v>213</v>
       </c>
       <c r="G35" s="10">
         <v>44866</v>
       </c>
       <c r="H35" s="31">
         <v>46326</v>
       </c>
       <c r="I35" s="10" t="s">
         <v>78</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>214</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>215</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>216</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="36" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A36" s="37" t="s">
+      <c r="A36" s="35" t="s">
         <v>217</v>
       </c>
-      <c r="B36" s="38" t="s">
+      <c r="B36" s="36" t="s">
         <v>218</v>
       </c>
       <c r="C36" s="19" t="s">
         <v>84</v>
       </c>
-      <c r="D36" s="38" t="s">
+      <c r="D36" s="36" t="s">
         <v>85</v>
       </c>
-      <c r="E36" s="38" t="s">
+      <c r="E36" s="36" t="s">
         <v>217</v>
       </c>
-      <c r="F36" s="38"/>
-      <c r="G36" s="47">
+      <c r="F36" s="36"/>
+      <c r="G36" s="45">
         <v>45566</v>
       </c>
-      <c r="H36" s="53" t="s">
+      <c r="H36" s="51" t="s">
         <v>123</v>
       </c>
-      <c r="I36" s="38" t="s">
+      <c r="I36" s="36" t="s">
         <v>169</v>
       </c>
-      <c r="J36" s="40" t="s">
+      <c r="J36" s="38" t="s">
         <v>123</v>
       </c>
-      <c r="K36" s="40"/>
-[...1 lines deleted...]
-      <c r="M36" s="40"/>
+      <c r="K36" s="38"/>
+      <c r="L36" s="38"/>
+      <c r="M36" s="38"/>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A37" s="18" t="s">
         <v>219</v>
       </c>
       <c r="B37" s="19" t="s">
         <v>220</v>
       </c>
       <c r="C37" s="19" t="s">
         <v>334</v>
       </c>
       <c r="D37" s="19" t="s">
         <v>154</v>
       </c>
       <c r="E37" s="20" t="s">
         <v>155</v>
       </c>
       <c r="F37" s="20" t="s">
         <v>221</v>
       </c>
       <c r="G37" s="10">
         <v>44075</v>
       </c>
       <c r="H37" s="21">
         <v>46265</v>
       </c>
       <c r="I37" s="11" t="s">
         <v>222</v>
       </c>
       <c r="J37" s="24" t="s">
         <v>223</v>
       </c>
       <c r="K37" s="24" t="s">
         <v>224</v>
       </c>
       <c r="L37" s="24" t="s">
         <v>225</v>
       </c>
       <c r="M37" s="24" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="38" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A38" s="18" t="s">
         <v>227</v>
       </c>
       <c r="B38" s="19" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="C38" s="19" t="s">
         <v>77</v>
       </c>
       <c r="D38" s="19" t="s">
         <v>119</v>
       </c>
       <c r="E38" s="20" t="s">
         <v>70</v>
       </c>
       <c r="F38" s="20" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="G38" s="10">
         <v>45689</v>
       </c>
       <c r="H38" s="30">
         <v>46446</v>
       </c>
       <c r="I38" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="J38" s="35"/>
+      <c r="J38" s="24"/>
       <c r="K38" s="24"/>
       <c r="L38" s="24"/>
       <c r="M38" s="24"/>
     </row>
     <row r="39" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A39" s="18" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="B39" s="19" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D39" s="19" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="E39" s="20" t="s">
         <v>70</v>
       </c>
       <c r="F39" s="20" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="G39" s="21">
         <v>45689</v>
       </c>
       <c r="H39" s="33">
         <v>46446</v>
       </c>
       <c r="I39" s="21" t="s">
         <v>78</v>
       </c>
-      <c r="J39" s="35"/>
+      <c r="J39" s="24"/>
       <c r="K39" s="24"/>
       <c r="L39" s="24"/>
       <c r="M39" s="24"/>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40" s="18" t="s">
         <v>228</v>
       </c>
       <c r="B40" s="9" t="s">
-        <v>338</v>
+        <v>392</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>334</v>
       </c>
       <c r="D40" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E40" s="19" t="s">
         <v>229</v>
       </c>
       <c r="F40" s="19" t="s">
         <v>230</v>
       </c>
       <c r="G40" s="15">
-        <v>44166</v>
+        <v>45992</v>
       </c>
       <c r="H40" s="15">
-        <v>45991</v>
+        <v>47817</v>
       </c>
       <c r="I40" s="9" t="s">
         <v>128</v>
       </c>
       <c r="J40" s="24" t="s">
         <v>231</v>
       </c>
       <c r="K40" s="24" t="s">
         <v>232</v>
       </c>
       <c r="L40" s="24" t="s">
         <v>233</v>
       </c>
       <c r="M40" s="24" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="41" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="18" t="s">
         <v>235</v>
       </c>
       <c r="B41" s="19" t="s">
         <v>236</v>
       </c>
       <c r="C41" s="9" t="s">
@@ -4779,157 +4773,157 @@
       </c>
       <c r="G41" s="21">
         <v>44819</v>
       </c>
       <c r="H41" s="30">
         <v>46279</v>
       </c>
       <c r="I41" s="21" t="s">
         <v>207</v>
       </c>
       <c r="J41" s="19" t="s">
         <v>235</v>
       </c>
       <c r="K41" s="24" t="s">
         <v>237</v>
       </c>
       <c r="L41" s="24" t="s">
         <v>238</v>
       </c>
       <c r="M41" s="24" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A42" s="18" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="B42" s="19" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="C42" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D42" s="19" t="s">
         <v>154</v>
       </c>
       <c r="E42" s="19" t="s">
         <v>155</v>
       </c>
       <c r="F42" s="19" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="G42" s="27">
         <v>45580</v>
       </c>
-      <c r="H42" s="52">
+      <c r="H42" s="50">
         <v>46309</v>
       </c>
       <c r="I42" s="19" t="s">
         <v>78</v>
       </c>
       <c r="J42" s="24" t="s">
+        <v>361</v>
+      </c>
+      <c r="K42" s="24" t="s">
         <v>362</v>
       </c>
-      <c r="K42" s="24" t="s">
+      <c r="L42" s="24" t="s">
         <v>363</v>
       </c>
-      <c r="L42" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M42" s="24" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A43" s="18" t="s">
         <v>241</v>
       </c>
       <c r="B43" s="19" t="s">
         <v>242</v>
       </c>
       <c r="C43" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D43" s="19" t="s">
         <v>119</v>
       </c>
       <c r="E43" s="20" t="s">
         <v>70</v>
       </c>
       <c r="F43" s="20"/>
       <c r="G43" s="28">
         <v>44986</v>
       </c>
-      <c r="H43" s="48">
+      <c r="H43" s="46">
         <v>46081</v>
       </c>
       <c r="I43" s="28" t="s">
         <v>78</v>
       </c>
       <c r="J43" s="24"/>
       <c r="K43" s="26"/>
       <c r="L43" s="26"/>
       <c r="M43" s="26"/>
     </row>
     <row r="44" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="18" t="s">
         <v>243</v>
       </c>
       <c r="B44" s="19" t="s">
         <v>244</v>
       </c>
       <c r="C44" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D44" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E44" s="19" t="s">
         <v>245</v>
       </c>
       <c r="F44" s="19" t="s">
         <v>246</v>
       </c>
       <c r="G44" s="28">
         <v>44221</v>
       </c>
-      <c r="H44" s="44">
+      <c r="H44" s="42">
         <v>45771</v>
       </c>
-      <c r="I44" s="43" t="s">
+      <c r="I44" s="41" t="s">
         <v>247</v>
       </c>
       <c r="J44" s="24" t="s">
         <v>123</v>
       </c>
       <c r="K44" s="24"/>
       <c r="L44" s="24"/>
       <c r="M44" s="24"/>
     </row>
     <row r="45" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A45" s="50" t="s">
+      <c r="A45" s="48" t="s">
         <v>248</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>249</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>250</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>250</v>
       </c>
       <c r="F45" s="6" t="s">
         <v>251</v>
       </c>
       <c r="G45" s="7">
         <v>44470</v>
       </c>
       <c r="H45" s="7">
         <v>45930</v>
       </c>
       <c r="I45" s="11" t="s">
         <v>78</v>
@@ -4963,146 +4957,146 @@
       </c>
       <c r="F46" s="19" t="s">
         <v>259</v>
       </c>
       <c r="G46" s="21">
         <v>43831</v>
       </c>
       <c r="H46" s="23">
         <v>46387</v>
       </c>
       <c r="I46" s="19" t="s">
         <v>260</v>
       </c>
       <c r="J46" s="24" t="s">
         <v>256</v>
       </c>
       <c r="K46" s="24"/>
       <c r="L46" s="24"/>
       <c r="M46" s="24"/>
     </row>
     <row r="47" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A47" s="18" t="s">
         <v>261</v>
       </c>
       <c r="B47" s="19" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="C47" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D47" s="19" t="s">
         <v>119</v>
       </c>
       <c r="E47" s="20" t="s">
         <v>70</v>
       </c>
       <c r="F47" s="20" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="G47" s="21">
         <v>45689</v>
       </c>
       <c r="H47" s="30">
         <v>46446</v>
       </c>
       <c r="I47" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="J47" s="35"/>
+      <c r="J47" s="24"/>
       <c r="K47" s="24"/>
       <c r="L47" s="24"/>
       <c r="M47" s="24"/>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48" s="18" t="s">
         <v>262</v>
       </c>
       <c r="B48" s="19" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="C48" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D48" s="19" t="s">
         <v>90</v>
       </c>
       <c r="E48" s="20" t="s">
         <v>90</v>
       </c>
       <c r="F48" s="20" t="s">
         <v>94</v>
       </c>
       <c r="G48" s="21">
         <v>45536</v>
       </c>
       <c r="H48" s="12">
         <v>46630</v>
       </c>
       <c r="I48" s="20" t="s">
         <v>78</v>
       </c>
       <c r="J48" s="25" t="s">
         <v>263</v>
       </c>
       <c r="K48" s="22" t="s">
         <v>264</v>
       </c>
       <c r="L48" s="22" t="s">
         <v>265</v>
       </c>
       <c r="M48" s="22" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="49" spans="1:13" ht="75" x14ac:dyDescent="0.25">
       <c r="A49" s="18" t="s">
         <v>268</v>
       </c>
       <c r="B49" s="19" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="C49" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D49" s="19" t="s">
         <v>269</v>
       </c>
       <c r="E49" s="20" t="s">
         <v>269</v>
       </c>
       <c r="F49" s="20" t="s">
         <v>270</v>
       </c>
       <c r="G49" s="21">
         <v>45809</v>
       </c>
       <c r="H49" s="12">
         <v>46903</v>
       </c>
       <c r="I49" s="20" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="J49" s="22" t="s">
         <v>271</v>
       </c>
       <c r="K49" s="22" t="s">
         <v>272</v>
       </c>
       <c r="L49" s="22" t="s">
         <v>273</v>
       </c>
       <c r="M49" s="22" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="50" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A50" s="25" t="s">
         <v>268</v>
       </c>
       <c r="B50" s="24" t="s">
         <v>274</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D50" s="24" t="s">
@@ -5142,51 +5136,51 @@
       </c>
       <c r="B51" s="19" t="s">
         <v>333</v>
       </c>
       <c r="C51" s="9" t="s">
         <v>334</v>
       </c>
       <c r="D51" s="19" t="s">
         <v>90</v>
       </c>
       <c r="E51" s="20" t="s">
         <v>90</v>
       </c>
       <c r="F51" s="20" t="s">
         <v>336</v>
       </c>
       <c r="G51" s="21">
         <v>45078</v>
       </c>
       <c r="H51" s="31">
         <v>46904</v>
       </c>
       <c r="I51" s="21" t="s">
         <v>72</v>
       </c>
-      <c r="J51" s="35" t="s">
+      <c r="J51" s="24" t="s">
         <v>271</v>
       </c>
       <c r="K51" s="24" t="s">
         <v>272</v>
       </c>
       <c r="L51" s="24" t="s">
         <v>273</v>
       </c>
       <c r="M51" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="52" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A52" s="18" t="s">
         <v>268</v>
       </c>
       <c r="B52" s="19" t="s">
         <v>275</v>
       </c>
       <c r="C52" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D52" s="19" t="s">
         <v>85</v>
       </c>
@@ -5201,51 +5195,51 @@
       </c>
       <c r="H52" s="12">
         <v>46022</v>
       </c>
       <c r="I52" s="20" t="s">
         <v>277</v>
       </c>
       <c r="J52" s="22" t="s">
         <v>271</v>
       </c>
       <c r="K52" s="22" t="s">
         <v>272</v>
       </c>
       <c r="L52" s="22" t="s">
         <v>273</v>
       </c>
       <c r="M52" s="22" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A53" s="18" t="s">
         <v>278</v>
       </c>
       <c r="B53" s="19" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C53" s="9" t="s">
         <v>334</v>
       </c>
       <c r="D53" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E53" s="19" t="s">
         <v>279</v>
       </c>
       <c r="F53" s="19"/>
       <c r="G53" s="27">
         <v>45658</v>
       </c>
       <c r="H53" s="16">
         <v>47118</v>
       </c>
       <c r="I53" s="19" t="s">
         <v>78</v>
       </c>
       <c r="J53" s="24" t="s">
         <v>280</v>
       </c>
       <c r="K53" s="24" t="s">
         <v>281</v>
@@ -5257,130 +5251,130 @@
         <v>191</v>
       </c>
     </row>
     <row r="54" spans="1:13" ht="60" x14ac:dyDescent="0.25">
       <c r="A54" s="18" t="s">
         <v>283</v>
       </c>
       <c r="B54" s="19" t="s">
         <v>284</v>
       </c>
       <c r="C54" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D54" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E54" s="20" t="s">
         <v>127</v>
       </c>
       <c r="F54" s="20" t="s">
         <v>285</v>
       </c>
       <c r="G54" s="21">
         <v>44562</v>
       </c>
-      <c r="H54" s="41">
+      <c r="H54" s="39">
         <v>46022</v>
       </c>
       <c r="I54" s="21" t="s">
         <v>78</v>
       </c>
       <c r="J54" s="24" t="s">
         <v>267</v>
       </c>
       <c r="K54" s="24" t="s">
         <v>286</v>
       </c>
       <c r="L54" s="24" t="s">
         <v>287</v>
       </c>
       <c r="M54" s="24" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A55" s="9" t="s">
         <v>288</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>289</v>
       </c>
       <c r="C55" s="9" t="s">
         <v>84</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>85</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>290</v>
       </c>
       <c r="F55" s="9" t="s">
         <v>291</v>
       </c>
-      <c r="G55" s="51">
+      <c r="G55" s="49">
         <v>43862</v>
       </c>
       <c r="H55" s="7">
         <v>46053</v>
       </c>
       <c r="I55" s="9" t="s">
         <v>292</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>288</v>
       </c>
       <c r="K55" s="6"/>
       <c r="L55" s="6"/>
       <c r="M55" s="6"/>
     </row>
     <row r="56" spans="1:13" ht="150" x14ac:dyDescent="0.25">
       <c r="A56" s="18" t="s">
         <v>293</v>
       </c>
       <c r="B56" s="19" t="s">
         <v>294</v>
       </c>
       <c r="C56" s="9" t="s">
         <v>334</v>
       </c>
       <c r="D56" s="19" t="s">
         <v>85</v>
       </c>
       <c r="E56" s="20" t="s">
         <v>295</v>
       </c>
       <c r="F56" s="20" t="s">
         <v>296</v>
       </c>
       <c r="G56" s="30">
         <v>44652</v>
       </c>
       <c r="H56" s="33">
         <v>46112</v>
       </c>
-      <c r="I56" s="54" t="s">
+      <c r="I56" s="52" t="s">
         <v>297</v>
       </c>
       <c r="J56" s="24" t="s">
         <v>298</v>
       </c>
       <c r="K56" s="24" t="s">
         <v>299</v>
       </c>
       <c r="L56" s="24" t="s">
         <v>300</v>
       </c>
       <c r="M56" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="57" spans="1:13" ht="75" x14ac:dyDescent="0.25">
       <c r="A57" s="18" t="s">
         <v>301</v>
       </c>
       <c r="B57" s="19" t="s">
         <v>302</v>
       </c>
       <c r="C57" s="9" t="s">
         <v>334</v>
       </c>
@@ -5510,84 +5504,84 @@
       </c>
       <c r="G60" s="27">
         <v>44562</v>
       </c>
       <c r="H60" s="15">
         <v>46022</v>
       </c>
       <c r="I60" s="19" t="s">
         <v>78</v>
       </c>
       <c r="J60" s="24" t="s">
         <v>318</v>
       </c>
       <c r="K60" s="24" t="s">
         <v>319</v>
       </c>
       <c r="L60" s="24" t="s">
         <v>320</v>
       </c>
       <c r="M60" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="61" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A61" s="18" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="B61" s="19" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="C61" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D61" s="19" t="s">
         <v>154</v>
       </c>
       <c r="E61" s="20" t="s">
         <v>155</v>
       </c>
       <c r="F61" s="20" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="G61" s="27">
         <v>45580</v>
       </c>
       <c r="H61" s="16">
         <v>46309</v>
       </c>
       <c r="I61" s="21" t="s">
         <v>78</v>
       </c>
-      <c r="J61" s="35" t="s">
-        <v>370</v>
+      <c r="J61" s="24" t="s">
+        <v>369</v>
       </c>
       <c r="K61" s="24" t="s">
+        <v>367</v>
+      </c>
+      <c r="L61" s="24" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="M61" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="62" spans="1:13" ht="60" x14ac:dyDescent="0.25">
       <c r="A62" s="18" t="s">
         <v>321</v>
       </c>
       <c r="B62" s="19" t="s">
         <v>337</v>
       </c>
       <c r="C62" s="9" t="s">
         <v>334</v>
       </c>
       <c r="D62" s="19" t="s">
         <v>69</v>
       </c>
       <c r="E62" s="19" t="s">
         <v>70</v>
       </c>
       <c r="F62" s="19" t="s">
         <v>322</v>
       </c>
       <c r="G62" s="27">
@@ -5595,151 +5589,151 @@
       </c>
       <c r="H62" s="15">
         <v>46287</v>
       </c>
       <c r="I62" s="19" t="s">
         <v>323</v>
       </c>
       <c r="J62" s="24" t="s">
         <v>324</v>
       </c>
       <c r="K62" s="24" t="s">
         <v>325</v>
       </c>
       <c r="L62" s="24" t="s">
         <v>326</v>
       </c>
       <c r="M62" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="63" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="18" t="s">
         <v>321</v>
       </c>
       <c r="B63" s="19" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="C63" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D63" s="19" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="E63" s="20" t="s">
         <v>70</v>
       </c>
       <c r="F63" s="20" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="G63" s="10">
         <v>45689</v>
       </c>
       <c r="H63" s="33">
         <v>46446</v>
       </c>
       <c r="I63" s="21" t="s">
         <v>78</v>
       </c>
-      <c r="J63" s="35"/>
+      <c r="J63" s="24"/>
       <c r="K63" s="24"/>
       <c r="L63" s="24"/>
       <c r="M63" s="24"/>
     </row>
     <row r="64" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A64" s="25" t="s">
         <v>327</v>
       </c>
       <c r="B64" s="24" t="s">
         <v>328</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D64" s="24" t="s">
         <v>250</v>
       </c>
       <c r="E64" s="24" t="s">
         <v>250</v>
       </c>
       <c r="F64" s="24" t="s">
         <v>251</v>
       </c>
       <c r="G64" s="23">
         <v>44470</v>
       </c>
       <c r="H64" s="23">
         <v>45930</v>
       </c>
       <c r="I64" s="20" t="s">
         <v>78</v>
       </c>
       <c r="J64" s="24" t="s">
         <v>329</v>
       </c>
       <c r="K64" s="24" t="s">
         <v>330</v>
       </c>
       <c r="L64" s="24" t="s">
         <v>139</v>
       </c>
       <c r="M64" s="24" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="tH62OcMBV8fyV4R3wVJ+V2W4jZKMhbeF2pvzAZLHTNamsXUGT1nlPIu7k9KiQ71rWgeVfdSuG1ejds6cTUJlTw==" saltValue="WEw6q8Q7xNfcwb36E4QBSg==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="1XVv73/UmM2DpMyAWuUUhdsB+CSkfRrJ500OSSp/zp3NlJ3OWe+SxatJMSbaJw2R8Q3cLa0X3b/N6UC/TpyqMg==" saltValue="VuWrZ5TQhQDQ6VbGt99v9w==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Listor</vt:lpstr>
       <vt:lpstr>Avtalslista</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Västra Götalandsregionens-vårdavtal</dc:title>
   <dc:subject/>
   <dc:creator>Malin Werin</dc:creator>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Navid Ghavami</lastModifiedBy>
+  <lastModifiedBy>Johan Axelsson</lastModifiedBy>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <category/>
   <contentStatus/>
 </coreProperties>
 </file>