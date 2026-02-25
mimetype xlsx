--- v2 (2025-12-24)
+++ v3 (2026-02-25)
@@ -1,88 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vgregion.sharepoint.com/sites/sy-osn-privata-vardgivare---lou/Delade dokument/Publicerade dokument/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1182" documentId="13_ncr:1_{D193CCA5-F4CC-4157-8AC9-D3786697C0FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1E577EF5-2171-4841-8E1A-9CF32DAE6B02}"/>
+  <xr:revisionPtr revIDLastSave="1245" documentId="13_ncr:1_{D193CCA5-F4CC-4157-8AC9-D3786697C0FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D3767909-0362-40D0-82BF-B297F6D7EF8C}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="0" windowWidth="26010" windowHeight="20985" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="51840" windowHeight="21120" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Listor" sheetId="13" state="hidden" r:id="rId1"/>
     <sheet name="Avtalslista" sheetId="14" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Avtalslista!$A$1:$M$101</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Avtalslista!$A$1:$M$97</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Listor!$A$1:$G$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="693" uniqueCount="393">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="652" uniqueCount="374">
   <si>
     <t>Aktivt/Inaktivt</t>
   </si>
   <si>
     <t>Uppföljning</t>
   </si>
   <si>
     <t>Typ av uppföljning</t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t>Kvartal</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Avvikelser</t>
   </si>
   <si>
     <t>Aktivt</t>
   </si>
   <si>
@@ -241,80 +242,59 @@
   <si>
     <t>Vårdinnehåll</t>
   </si>
   <si>
     <t>Avtalstid från</t>
   </si>
   <si>
     <t>Avtalstid till</t>
   </si>
   <si>
     <t>Vem får skicka på avtalet</t>
   </si>
   <si>
     <t>Mottagnings namn</t>
   </si>
   <si>
     <t>Mottagningsadress</t>
   </si>
   <si>
     <t>Postnr</t>
   </si>
   <si>
     <t>Postadress</t>
   </si>
   <si>
-    <t>AB Mando</t>
-[...4 lines deleted...]
-  <si>
     <t>Vuxenpsykiatri</t>
   </si>
   <si>
     <t>Psykiatri</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ätstörningsvård</t>
   </si>
   <si>
     <t>Primärvården
 Taxeläkare
 Egenremiss</t>
-  </si>
-[...10 lines deleted...]
-    <t>Alingsås</t>
   </si>
   <si>
     <t>Tillgänglighetsavtal</t>
   </si>
   <si>
     <t>Sjukhus</t>
   </si>
   <si>
     <t>Södra Allégatan 6</t>
   </si>
   <si>
     <t>413 01</t>
   </si>
   <si>
     <t>Göteborg</t>
   </si>
   <si>
     <t>Aleris Sjukvård AB</t>
   </si>
   <si>
     <t>Aleris Axesshuset</t>
   </si>
   <si>
     <t>Sjukhusavtal</t>
   </si>
@@ -474,53 +454,50 @@
   <si>
     <t>Psykiatri
 Kirurgi
 Dialys &amp; Njurmedicin
 Internmedicin
 ÖNH - Vuxna och Barn
 Ögon - Vuxna och Barn</t>
   </si>
   <si>
     <t>Primärvård
 Taxeläkare
 Sjukhus
 Egenremiss</t>
   </si>
   <si>
     <t>Capio Lundby Specialistsjukhus</t>
   </si>
   <si>
     <t>Wieselgrensplatsen 2 A</t>
   </si>
   <si>
     <t>402 76</t>
   </si>
   <si>
     <t>Capio Medocular</t>
-  </si>
-[...1 lines deleted...]
-    <t>411 09</t>
   </si>
   <si>
     <t>Capio Movement</t>
   </si>
   <si>
     <t>Bergsgatan 26</t>
   </si>
   <si>
     <t xml:space="preserve">301 02 </t>
   </si>
   <si>
     <t>Halmstad</t>
   </si>
   <si>
     <t>RS 202103592-001</t>
   </si>
   <si>
     <t>Hand
 Framfot
 Bakfot
 Axel
 Knä/Höft</t>
   </si>
   <si>
     <t>Sjukhus, Primärvården, taxeläkare och egenremiss</t>
@@ -787,60 +764,54 @@
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Lokal 4:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Allemanshälsan Lunden, Lunden vägen 4, entréplan, 541 45 Skövde
 </t>
     </r>
   </si>
   <si>
     <t>Se adress</t>
   </si>
   <si>
     <t>Evidia Sverige AB</t>
   </si>
   <si>
-    <t>20201585-001</t>
-[...1 lines deleted...]
-  <si>
     <t>Bilddiagnostik</t>
   </si>
   <si>
     <t>Radiologi; MRT, DT, ultraljud och konventionell RTG</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sjukhus, Primärvården och taxeläkare</t>
   </si>
   <si>
     <t xml:space="preserve">Evidia </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Evidia röntgen Backa</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, Backvägen 3, 417 05 Göteborg
 </t>
     </r>
@@ -1046,87 +1017,60 @@
   <si>
     <t>422 50</t>
   </si>
   <si>
     <t>Hisings Backa</t>
   </si>
   <si>
     <t>Nordic IVF Center Göteborg</t>
   </si>
   <si>
     <t>RS 202106085-002</t>
   </si>
   <si>
     <t>Odinsgatan 10</t>
   </si>
   <si>
     <t xml:space="preserve">411 03 </t>
   </si>
   <si>
     <t>Göteobrg</t>
   </si>
   <si>
     <t>Falköping</t>
   </si>
   <si>
-    <t>Psykiatripartner i Östergötland AB</t>
-[...4 lines deleted...]
-  <si>
     <t>Psykologpartners W &amp; W AB</t>
   </si>
   <si>
-    <t>RS 201908565-001</t>
-[...1 lines deleted...]
-  <si>
     <t>Psykoterapi</t>
   </si>
   <si>
     <t>Internetbaserad psykologisk behandling</t>
   </si>
   <si>
     <t>Primärvård</t>
-  </si>
-[...16 lines deleted...]
-    <t>411 35</t>
   </si>
   <si>
     <t>Lilla Bommen 6</t>
   </si>
   <si>
     <t xml:space="preserve">411 04 </t>
   </si>
   <si>
     <t>Skaraborgs ortopedservice</t>
   </si>
   <si>
     <t>RS 201901780-001</t>
   </si>
   <si>
     <t>Ortopediteknik</t>
   </si>
   <si>
     <t>Ortopedtekniska tjänster Skaraborgs sjukhus</t>
   </si>
   <si>
     <t>SkaS</t>
   </si>
   <si>
     <t>SMART Psykiatri i Sverige AB</t>
   </si>
@@ -1149,84 +1093,72 @@
     <t>Stiftelsen Bräcke Diakoni</t>
   </si>
   <si>
     <t>Stiftelsen Carlanderska sjukhuset</t>
   </si>
   <si>
     <t>Kirurgi</t>
   </si>
   <si>
     <t xml:space="preserve">Rektalbehandling/kirurgi
 Bråckkirurgi
 Gallkirurgi
 Endokrinkirurgi
 </t>
   </si>
   <si>
     <t>Carlanderska Sjukhuset</t>
   </si>
   <si>
     <t>Carlandersplatsen 1</t>
   </si>
   <si>
     <t>412 55</t>
   </si>
   <si>
-    <t>HS 202000988-003</t>
-[...4 lines deleted...]
-  <si>
     <t>Ultraljud hals och tyreoidea med beredskap och punktion</t>
   </si>
   <si>
     <t>Sjukhus, primärvård och taxeläkare</t>
   </si>
   <si>
     <t>Stiftelsen Gabriel</t>
   </si>
   <si>
     <t>Palliativ vård</t>
   </si>
   <si>
     <t>Hospice Gabriel</t>
   </si>
   <si>
     <t>Mellbygatan 11</t>
   </si>
   <si>
     <t>531 51</t>
   </si>
   <si>
     <t>Stiftelsenbräcke Diakoni AB</t>
-  </si>
-[...4 lines deleted...]
-    <t>Slutenvårdsrehabilitering inom VGR för patienter med inflammatorisk reumatisk sjukdom</t>
   </si>
   <si>
     <t>Mössebergsparken 34</t>
   </si>
   <si>
     <t>521 37</t>
   </si>
   <si>
     <t>Unilabs</t>
   </si>
   <si>
     <t>RS 201804403-001</t>
   </si>
   <si>
     <t>Labbratoriemedicin</t>
   </si>
   <si>
     <t>Labboratorietjänster Skaraborgs sjukhus</t>
   </si>
   <si>
     <t>SkaS och primärvården i Skaraborg</t>
   </si>
   <si>
     <t>Unilabs AB, Mammografi, Göteborgsområdet</t>
   </si>
@@ -1278,101 +1210,86 @@
     <t>Unilabs AB, Mammografi, Skaraborg</t>
   </si>
   <si>
     <t>202102854-004</t>
   </si>
   <si>
     <t>Unilabs Lidköping Mammografi, Unilabs Skövde Mammografi. Mobilverksamhet i intervaller övriga kommuner i Skaraborg</t>
   </si>
   <si>
     <t xml:space="preserve">Skaraborgs Sjukhus Skövde,Skaraborgs Sjukhus Lidköping. </t>
   </si>
   <si>
     <t>541 85</t>
   </si>
   <si>
     <t>Skövde</t>
   </si>
   <si>
     <t>Unilabs AB, Mammografi, Västra</t>
   </si>
   <si>
     <t>202102854-003</t>
   </si>
   <si>
     <t>Unilabs AB, RTG</t>
-  </si>
-[...1 lines deleted...]
-    <t>202101585-003</t>
   </si>
   <si>
     <t>Unilabs Hisingen Röntgen
 Unilabs Haga Röntgen
 Unilabs Almedal Röntgen</t>
   </si>
   <si>
     <t>Gustaf Daléns Gata 17
 Haga Östergata 12
 Mölndalsvägen 30C</t>
   </si>
   <si>
     <t>417 05
 413 01
 412 63</t>
   </si>
   <si>
     <t>WeMind AB</t>
   </si>
   <si>
     <t>Diagnostisering och behandling ej missbruk
 NP-utredning</t>
   </si>
   <si>
     <t>Primärvård
 Taxeläkare 
 Psykiatriska verksamheter inom sjukhusen</t>
   </si>
   <si>
     <t>WeMind</t>
   </si>
   <si>
     <t xml:space="preserve">Otterhällegatan 2 </t>
   </si>
   <si>
     <t>411 18</t>
-  </si>
-[...10 lines deleted...]
-    <t>Östra Hamngatan 30</t>
   </si>
   <si>
     <t>Capio Gastro Center AB</t>
   </si>
   <si>
     <t>RS 202102687-001</t>
   </si>
   <si>
     <t>202200122-001</t>
   </si>
   <si>
     <t>Kompletterande avtal</t>
   </si>
   <si>
     <t>Neurologi</t>
   </si>
   <si>
     <t>Övrig Ortopedi</t>
   </si>
   <si>
     <t>OSN 2023-02138</t>
   </si>
   <si>
     <t>OSN 2023-02395</t>
   </si>
@@ -1522,50 +1439,78 @@
     <t>Aleris Psykiatri AB</t>
   </si>
   <si>
     <t>Barn- och ungdomspsykiatri 
 Vuxenpsykiatri</t>
   </si>
   <si>
     <t>Neuropsykiatriska utredning</t>
   </si>
   <si>
     <t xml:space="preserve">Barn- och ungdomspsykiatri 
 </t>
   </si>
   <si>
     <t>OSN 202401164-001</t>
   </si>
   <si>
     <t>Sjukhus
 Primärvård</t>
   </si>
   <si>
     <t>OSN 202500044-001</t>
   </si>
   <si>
     <t>OSN 202500696-001</t>
+  </si>
+  <si>
+    <t>202400098-001</t>
+  </si>
+  <si>
+    <t>OSN 202500566–002</t>
+  </si>
+  <si>
+    <t>OSN 202500566–003</t>
+  </si>
+  <si>
+    <t>OSN 202500566–001</t>
+  </si>
+  <si>
+    <t>OSN 202500403-001</t>
+  </si>
+  <si>
+    <t>OSN 202500403-002</t>
+  </si>
+  <si>
+    <t>Stiftelsen Fryk-Center</t>
+  </si>
+  <si>
+    <t>*Slutenvårdsrehabilitering inom VGR för patienter med inflammatorisk reumatisk sjukdom
+*Rehabilitering inom specialiserad vård</t>
+  </si>
+  <si>
+    <t>Rehabilitering inom specialiserad vård</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C5700"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1771,51 +1716,51 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="53">
+  <cellXfs count="49">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="15" fontId="0" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -1866,106 +1811,94 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="5" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="6" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="6" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="9" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Neutral" xfId="1" builtinId="28"/>
     <cellStyle name="Neutral 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="18">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
@@ -2549,58 +2482,62 @@
     <tableStyle name="Table Style 2" pivot="0" count="1" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
       <tableStyleElement type="wholeTable" dxfId="17"/>
     </tableStyle>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFFF9900"/>
       <color rgb="FFFFCCCC"/>
       <color rgb="FF95C674"/>
       <color rgb="FF6CBC76"/>
       <color rgb="FF006600"/>
       <color rgb="FF339933"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{3AC75313-83D0-4F08-931D-3F08F4B7A4CA}" name="Tabell2" displayName="Tabell2" ref="A1:M64" totalsRowShown="0" headerRowDxfId="16" dataDxfId="14" headerRowBorderDxfId="15" tableBorderDxfId="13">
-[...2 lines deleted...]
-    <sortCondition ref="A1:A64"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{3AC75313-83D0-4F08-931D-3F08F4B7A4CA}" name="Tabell2" displayName="Tabell2" ref="A1:M60" totalsRowShown="0" headerRowDxfId="16" dataDxfId="14" headerRowBorderDxfId="15" tableBorderDxfId="13">
+  <autoFilter ref="A1:M60" xr:uid="{3AC75313-83D0-4F08-931D-3F08F4B7A4CA}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:M60">
+    <sortCondition ref="A1:A60"/>
   </sortState>
   <tableColumns count="13">
     <tableColumn id="1" xr3:uid="{139B3572-6179-4188-860B-7D8FBE3903FC}" name="Avtalspart" dataDxfId="12"/>
     <tableColumn id="2" xr3:uid="{2EAE8C02-33E4-4C13-B5A3-887708E0F932}" name="Avtalsnummer" dataDxfId="11"/>
     <tableColumn id="15" xr3:uid="{EA75C5FE-13CA-4304-9B63-9AD9DD9F4F1B}" name="Typ av avtal" dataDxfId="10"/>
     <tableColumn id="11" xr3:uid="{F0CDEE17-B9D3-4D7A-8302-09B88EFB91CA}" name="Uppföljningsområde(vårdgaranti)" dataDxfId="9"/>
     <tableColumn id="3" xr3:uid="{63F0C6C5-6880-4173-9C2D-25678A899EC3}" name="Specialitet/Upphandlingsområde" dataDxfId="8"/>
     <tableColumn id="12" xr3:uid="{EAB8D666-F496-4621-A2A4-E851467EE10B}" name="Vårdinnehåll" dataDxfId="7"/>
     <tableColumn id="4" xr3:uid="{9F8E5AA9-FEF4-4D04-B44A-FAF7D7818BAD}" name="Avtalstid från" dataDxfId="6"/>
     <tableColumn id="5" xr3:uid="{636D15AD-F9F1-4859-B03A-D4B1DEE3CEDC}" name="Avtalstid till" dataDxfId="5"/>
     <tableColumn id="6" xr3:uid="{48325097-A92E-4C3F-ABDF-63B0F5D5B642}" name="Vem får skicka på avtalet" dataDxfId="4"/>
     <tableColumn id="8" xr3:uid="{B2445659-8F33-4A2C-8643-26E5DA605AD9}" name="Mottagnings namn" dataDxfId="3"/>
     <tableColumn id="7" xr3:uid="{7FCF785E-FAE2-4E70-A0EB-15D18EDFB9B6}" name="Mottagningsadress" dataDxfId="2"/>
     <tableColumn id="9" xr3:uid="{9C710C7B-FBB8-46F0-9C6C-B32FE0E47BE8}" name="Postnr" dataDxfId="1"/>
     <tableColumn id="10" xr3:uid="{36BB3FC5-19F4-4795-8150-B95D81268375}" name="Postadress" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
@@ -3149,54 +3086,54 @@
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G25" s="2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G26" s="2" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="9Z1MzR/9Ez2ZntTy/biO1tPW3vs2Qdh+X7/P4S0l5SgSAHuqsEw7JH5Fq0SNS+vsLoRST4P+MxSVlwiqLkWDYg==" saltValue="a9RgPaFUPXAAmcw+9yyfcg==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="G2:G26">
     <sortCondition ref="G2"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7229E986-C6A8-4B7B-8637-F6FB8B71865F}">
-  <dimension ref="A1:M64"/>
+  <dimension ref="A1:M60"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A6" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="J2" sqref="J2"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="X6" sqref="X6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="39.85546875" customWidth="1"/>
     <col min="2" max="2" width="26.42578125" customWidth="1"/>
     <col min="3" max="3" width="23.28515625" customWidth="1"/>
     <col min="4" max="4" width="30.7109375" customWidth="1"/>
     <col min="5" max="5" width="31" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" customWidth="1"/>
     <col min="7" max="7" width="19.42578125" customWidth="1"/>
     <col min="8" max="8" width="18.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="28.42578125" customWidth="1"/>
     <col min="10" max="10" width="25.140625" customWidth="1"/>
     <col min="11" max="11" width="25" customWidth="1"/>
     <col min="12" max="12" width="21.7109375" customWidth="1"/>
     <col min="13" max="13" width="23.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>55</v>
@@ -3213,2527 +3150,2369 @@
       <c r="F1" s="4" t="s">
         <v>59</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>60</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>61</v>
       </c>
       <c r="I1" s="5" t="s">
         <v>62</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>64</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>65</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="2" spans="1:13" ht="45" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
-        <v>67</v>
+        <v>357</v>
       </c>
       <c r="B2" s="19" t="s">
+        <v>352</v>
+      </c>
+      <c r="C2" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D2" s="9" t="s">
+        <v>358</v>
+      </c>
+      <c r="E2" s="11" t="s">
         <v>68</v>
       </c>
-      <c r="C2" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="9" t="s">
+      <c r="F2" s="11" t="s">
+        <v>359</v>
+      </c>
+      <c r="G2" s="10">
+        <v>45689</v>
+      </c>
+      <c r="H2" s="33">
+        <v>46446</v>
+      </c>
+      <c r="I2" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24"/>
+      <c r="M2" s="24"/>
+    </row>
+    <row r="3" spans="1:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="A3" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B3" s="9" t="s">
+        <v>315</v>
+      </c>
+      <c r="C3" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>307</v>
+      </c>
+      <c r="E3" s="9" t="s">
+        <v>307</v>
+      </c>
+      <c r="F3" s="9" t="s">
+        <v>307</v>
+      </c>
+      <c r="G3" s="15">
+        <v>45078</v>
+      </c>
+      <c r="H3" s="15">
+        <v>46904</v>
+      </c>
+      <c r="I3" s="9" t="s">
         <v>69</v>
       </c>
-      <c r="E2" s="9" t="s">
-[...11 lines deleted...]
-      <c r="I2" s="9" t="s">
+      <c r="J3" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="K3" s="24" t="s">
         <v>72</v>
       </c>
-      <c r="J2" s="24" t="s">
+      <c r="L3" s="24" t="s">
         <v>73</v>
       </c>
-      <c r="K2" s="24" t="s">
+      <c r="M3" s="24" t="s">
         <v>74</v>
       </c>
-      <c r="L2" s="24" t="s">
-[...37 lines deleted...]
-      <c r="M3" s="24"/>
     </row>
     <row r="4" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="B4" s="9" t="s">
-        <v>343</v>
+        <v>316</v>
       </c>
       <c r="C4" s="9" t="s">
-        <v>334</v>
+        <v>306</v>
       </c>
       <c r="D4" s="9" t="s">
-        <v>335</v>
-[...7 lines deleted...]
-      <c r="G4" s="15">
+        <v>171</v>
+      </c>
+      <c r="E4" s="11" t="s">
+        <v>171</v>
+      </c>
+      <c r="F4" s="11" t="s">
+        <v>171</v>
+      </c>
+      <c r="G4" s="10">
         <v>45078</v>
       </c>
-      <c r="H4" s="15">
+      <c r="H4" s="31">
         <v>46904</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="I4" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="J4" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="K4" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="J4" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L4" s="6" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="M4" s="6" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:13" ht="45" x14ac:dyDescent="0.25">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>82</v>
       </c>
       <c r="B5" s="9" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C5" s="9" t="s">
-        <v>334</v>
+        <v>70</v>
       </c>
       <c r="D5" s="9" t="s">
-        <v>181</v>
+        <v>83</v>
       </c>
       <c r="E5" s="11" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>83</v>
+      </c>
+      <c r="F5" s="9" t="s">
+        <v>84</v>
       </c>
       <c r="G5" s="10">
-        <v>45078</v>
-[...5 lines deleted...]
-        <v>72</v>
+        <v>45717</v>
+      </c>
+      <c r="H5" s="12">
+        <v>46812</v>
+      </c>
+      <c r="I5" s="20" t="s">
+        <v>256</v>
       </c>
       <c r="J5" s="6" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>79</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>80</v>
       </c>
       <c r="M5" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A6" s="8" t="s">
+      <c r="A6" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="B6" s="19" t="s">
+        <v>327</v>
+      </c>
+      <c r="C6" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D6" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="E6" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="F6" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="G6" s="10">
+        <v>45536</v>
+      </c>
+      <c r="H6" s="12">
+        <v>46630</v>
+      </c>
+      <c r="I6" s="20" t="s">
+        <v>71</v>
+      </c>
+      <c r="J6" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="K6" s="24" t="s">
+        <v>79</v>
+      </c>
+      <c r="L6" s="24" t="s">
+        <v>80</v>
+      </c>
+      <c r="M6" s="24" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="75" x14ac:dyDescent="0.25">
+      <c r="A7" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>313</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" s="9" t="s">
         <v>89</v>
-      </c>
-[...48 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>90</v>
       </c>
       <c r="F7" s="9" t="s">
+        <v>312</v>
+      </c>
+      <c r="G7" s="15">
+        <v>45323</v>
+      </c>
+      <c r="H7" s="12">
+        <v>46752</v>
+      </c>
+      <c r="I7" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="M7" s="6" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A8" s="18" t="s">
         <v>94</v>
       </c>
-      <c r="G7" s="10">
-[...22 lines deleted...]
-      <c r="A8" s="8" t="s">
+      <c r="B8" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="B8" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="9" t="s">
-        <v>77</v>
+        <v>306</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>96</v>
       </c>
-      <c r="E8" s="9" t="s">
+      <c r="E8" s="11" t="s">
         <v>97</v>
       </c>
-      <c r="F8" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J8" s="6" t="s">
+      <c r="F8" s="11" t="s">
         <v>98</v>
       </c>
-      <c r="K8" s="6" t="s">
+      <c r="G8" s="10">
+        <v>44166</v>
+      </c>
+      <c r="H8" s="10">
+        <v>46356</v>
+      </c>
+      <c r="I8" s="11" t="s">
         <v>99</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="J8" s="22" t="s">
         <v>100</v>
       </c>
-      <c r="M8" s="6" t="s">
-        <v>81</v>
+      <c r="K8" s="22" t="s">
+        <v>101</v>
+      </c>
+      <c r="L8" s="22" t="s">
+        <v>102</v>
+      </c>
+      <c r="M8" s="22" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="60" x14ac:dyDescent="0.25">
-      <c r="A9" s="8" t="s">
-        <v>101</v>
+      <c r="A9" s="18" t="s">
+        <v>94</v>
       </c>
       <c r="B9" s="9" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>334</v>
+        <v>306</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>104</v>
       </c>
-      <c r="F9" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F9" s="11"/>
       <c r="G9" s="10">
         <v>44166</v>
       </c>
       <c r="H9" s="10">
         <v>46356</v>
       </c>
-      <c r="I9" s="20" t="s">
+      <c r="I9" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="J9" s="22" t="s">
         <v>106</v>
       </c>
-      <c r="J9" s="14" t="s">
+      <c r="K9" s="24" t="s">
         <v>107</v>
       </c>
-      <c r="K9" s="14" t="s">
+      <c r="L9" s="24" t="s">
         <v>108</v>
       </c>
-      <c r="L9" s="14" t="s">
+      <c r="M9" s="24" t="s">
         <v>109</v>
       </c>
-      <c r="M9" s="14" t="s">
-[...7 lines deleted...]
-      <c r="B10" s="9" t="s">
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A10" s="18" t="s">
         <v>110</v>
       </c>
+      <c r="B10" s="19" t="s">
+        <v>111</v>
+      </c>
       <c r="C10" s="9" t="s">
-        <v>334</v>
-[...14 lines deleted...]
-      <c r="I10" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D10" s="19" t="s">
         <v>112</v>
       </c>
-      <c r="J10" s="14" t="s">
+      <c r="E10" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" s="20"/>
+      <c r="G10" s="31">
+        <v>44986</v>
+      </c>
+      <c r="H10" s="31">
+        <v>46446</v>
+      </c>
+      <c r="I10" s="28" t="s">
+        <v>71</v>
+      </c>
+      <c r="J10" s="24"/>
+      <c r="K10" s="26"/>
+      <c r="L10" s="26"/>
+      <c r="M10" s="26"/>
+    </row>
+    <row r="11" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A11" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="B11" s="19" t="s">
+        <v>353</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>360</v>
+      </c>
+      <c r="E11" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" s="11" t="s">
+        <v>359</v>
+      </c>
+      <c r="G11" s="10">
+        <v>45689</v>
+      </c>
+      <c r="H11" s="33">
+        <v>46446</v>
+      </c>
+      <c r="I11" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+    </row>
+    <row r="12" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A12" s="8" t="s">
         <v>113</v>
       </c>
-      <c r="K10" s="6" t="s">
+      <c r="B12" s="9" t="s">
+        <v>317</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" s="9" t="s">
         <v>114</v>
       </c>
-      <c r="L10" s="6" t="s">
+      <c r="F12" s="13" t="s">
         <v>115</v>
       </c>
-      <c r="M10" s="6" t="s">
+      <c r="G12" s="15">
+        <v>45536</v>
+      </c>
+      <c r="H12" s="16">
+        <v>46265</v>
+      </c>
+      <c r="I12" s="10" t="s">
         <v>116</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="18" t="s">
+      <c r="J12" s="14" t="s">
         <v>117</v>
       </c>
-      <c r="B11" s="19" t="s">
+      <c r="K12" s="14" t="s">
         <v>118</v>
       </c>
-      <c r="C11" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="9" t="s">
+      <c r="L12" s="14" t="s">
         <v>119</v>
       </c>
-      <c r="E11" s="11" t="s">
+      <c r="M12" s="14" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A13" s="42" t="s">
+        <v>321</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="C13" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="F11" s="11"/>
-[...3 lines deleted...]
-      <c r="H11" s="34">
+      <c r="D13" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="G13" s="7">
+        <v>45945</v>
+      </c>
+      <c r="H13" s="7">
+        <v>47405</v>
+      </c>
+      <c r="I13" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="J13" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="M13" s="6" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A14" s="18" t="s">
+        <v>303</v>
+      </c>
+      <c r="B14" s="9" t="s">
+        <v>304</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="E14" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="F14" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="G14" s="31">
+        <v>44621</v>
+      </c>
+      <c r="H14" s="31">
         <v>46081</v>
       </c>
-      <c r="I11" s="17" t="s">
-[...107 lines deleted...]
-        <v>78</v>
+      <c r="I14" s="11" t="s">
+        <v>256</v>
       </c>
       <c r="J14" s="24" t="s">
-        <v>183</v>
-[...8 lines deleted...]
-        <v>186</v>
+        <v>303</v>
+      </c>
+      <c r="K14" s="22" t="s">
+        <v>245</v>
+      </c>
+      <c r="L14" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="M14" s="22" t="s">
+        <v>247</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="18" t="s">
-        <v>331</v>
+        <v>354</v>
       </c>
       <c r="B15" s="19" t="s">
-        <v>332</v>
+        <v>346</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>77</v>
-[...30 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="D15" s="19" t="s">
+        <v>358</v>
+      </c>
+      <c r="E15" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" s="20" t="s">
+        <v>359</v>
+      </c>
+      <c r="G15" s="47">
+        <v>45689</v>
+      </c>
+      <c r="H15" s="33">
+        <v>46446</v>
+      </c>
+      <c r="I15" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24"/>
+      <c r="M15" s="24"/>
     </row>
     <row r="16" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A16" s="8" t="s">
-[...3 lines deleted...]
-        <v>374</v>
+      <c r="A16" s="18" t="s">
+        <v>319</v>
+      </c>
+      <c r="B16" s="19" t="s">
+        <v>320</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>386</v>
+        <v>250</v>
       </c>
       <c r="E16" s="11" t="s">
+        <v>323</v>
+      </c>
+      <c r="F16" s="11" t="s">
+        <v>323</v>
+      </c>
+      <c r="G16" s="31">
+        <v>45383</v>
+      </c>
+      <c r="H16" s="31">
+        <v>46112</v>
+      </c>
+      <c r="I16" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="J16" s="24" t="s">
+        <v>324</v>
+      </c>
+      <c r="K16" s="26" t="s">
+        <v>325</v>
+      </c>
+      <c r="L16" s="26" t="s">
+        <v>326</v>
+      </c>
+      <c r="M16" s="26" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="90" x14ac:dyDescent="0.25">
+      <c r="A17" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" s="19" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="E17" s="11" t="s">
+        <v>125</v>
+      </c>
+      <c r="F17" s="11" t="s">
+        <v>126</v>
+      </c>
+      <c r="G17" s="10">
+        <v>44197</v>
+      </c>
+      <c r="H17" s="10">
+        <v>46387</v>
+      </c>
+      <c r="I17" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="J17" s="22" t="s">
+        <v>128</v>
+      </c>
+      <c r="K17" s="22" t="s">
+        <v>129</v>
+      </c>
+      <c r="L17" s="22" t="s">
+        <v>130</v>
+      </c>
+      <c r="M17" s="22" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="75" x14ac:dyDescent="0.25">
+      <c r="A18" s="18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" s="19" t="s">
+        <v>314</v>
+      </c>
+      <c r="C18" s="9" t="s">
         <v>70</v>
       </c>
-      <c r="F16" s="11" t="s">
-[...38 lines deleted...]
-      <c r="H17" s="34">
+      <c r="D18" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E18" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="F18" s="9" t="s">
+        <v>312</v>
+      </c>
+      <c r="G18" s="15">
+        <v>45323</v>
+      </c>
+      <c r="H18" s="12">
+        <v>46752</v>
+      </c>
+      <c r="I18" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="J18" s="22" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" s="24" t="s">
+        <v>235</v>
+      </c>
+      <c r="L18" s="24" t="s">
+        <v>236</v>
+      </c>
+      <c r="M18" s="24" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="75" x14ac:dyDescent="0.25">
+      <c r="A19" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E19" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="F19" s="11" t="s">
+        <v>137</v>
+      </c>
+      <c r="G19" s="31">
+        <v>44652</v>
+      </c>
+      <c r="H19" s="31">
         <v>46112</v>
       </c>
-      <c r="I17" s="17" t="s">
-[...28 lines deleted...]
-      <c r="E18" s="11" t="s">
+      <c r="I19" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="J19" s="14" t="s">
         <v>132</v>
       </c>
-      <c r="F18" s="11" t="s">
+      <c r="K19" s="14" t="s">
         <v>133</v>
       </c>
-      <c r="G18" s="10">
-[...5 lines deleted...]
-      <c r="I18" s="13" t="s">
+      <c r="L19" s="14" t="s">
         <v>134</v>
       </c>
-      <c r="J18" s="22" t="s">
+      <c r="M19" s="14" t="s">
         <v>135</v>
       </c>
-      <c r="K18" s="22" t="s">
-[...48 lines deleted...]
-      </c>
     </row>
     <row r="20" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A20" s="18" t="s">
-[...3 lines deleted...]
-        <v>371</v>
+      <c r="A20" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="B20" s="9" t="s">
+        <v>343</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="E20" s="11" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="F20" s="11" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="G20" s="10">
         <v>45717</v>
       </c>
       <c r="H20" s="12">
         <v>46812</v>
       </c>
       <c r="I20" s="11" t="s">
-        <v>277</v>
-[...11 lines deleted...]
-        <v>143</v>
+        <v>256</v>
+      </c>
+      <c r="J20" s="14" t="s">
+        <v>132</v>
+      </c>
+      <c r="K20" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="L20" s="14" t="s">
+        <v>134</v>
+      </c>
+      <c r="M20" s="14" t="s">
+        <v>135</v>
       </c>
     </row>
     <row r="21" spans="1:13" ht="75" x14ac:dyDescent="0.25">
-      <c r="A21" s="18" t="s">
-[...3 lines deleted...]
-        <v>144</v>
+      <c r="A21" s="8" t="s">
+        <v>322</v>
+      </c>
+      <c r="B21" s="9" t="s">
+        <v>177</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="E21" s="11" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="F21" s="11" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="G21" s="10">
         <v>44652</v>
       </c>
-      <c r="H21" s="12">
+      <c r="H21" s="31">
         <v>46112</v>
       </c>
-      <c r="I21" s="13" t="s">
-[...20 lines deleted...]
-        <v>187</v>
+      <c r="I21" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="M21" s="6" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A22" s="8" t="s">
+        <v>322</v>
+      </c>
+      <c r="B22" s="9" t="s">
+        <v>344</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="E22" s="11" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="F22" s="11" t="s">
-        <v>145</v>
+        <v>84</v>
       </c>
       <c r="G22" s="10">
-        <v>44652</v>
+        <v>45717</v>
       </c>
       <c r="H22" s="12">
-        <v>46112</v>
+        <v>46812</v>
       </c>
       <c r="I22" s="11" t="s">
-        <v>146</v>
-[...11 lines deleted...]
-        <v>81</v>
+        <v>256</v>
+      </c>
+      <c r="J22" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="M22" s="6" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="B23" s="19" t="s">
-        <v>372</v>
+        <v>349</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>90</v>
+        <v>358</v>
       </c>
       <c r="E23" s="11" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="F23" s="11" t="s">
-        <v>91</v>
+        <v>359</v>
       </c>
       <c r="G23" s="10">
-        <v>45717</v>
-[...20 lines deleted...]
-    <row r="24" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+        <v>45689</v>
+      </c>
+      <c r="H23" s="33">
+        <v>46446</v>
+      </c>
+      <c r="I23" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="J23" s="6"/>
+      <c r="K23" s="6"/>
+      <c r="L23" s="6"/>
+      <c r="M23" s="6"/>
+    </row>
+    <row r="24" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
-        <v>383</v>
+        <v>139</v>
       </c>
       <c r="B24" s="9" t="s">
-        <v>377</v>
+        <v>318</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>77</v>
+        <v>306</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>386</v>
+        <v>140</v>
       </c>
       <c r="E24" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="F24" s="11"/>
+      <c r="G24" s="10">
+        <v>45409</v>
+      </c>
+      <c r="H24" s="10">
+        <v>46503</v>
+      </c>
+      <c r="I24" s="13" t="s">
+        <v>141</v>
+      </c>
+      <c r="J24" s="14" t="s">
+        <v>142</v>
+      </c>
+      <c r="K24" s="14" t="s">
+        <v>143</v>
+      </c>
+      <c r="L24" s="14" t="s">
+        <v>144</v>
+      </c>
+      <c r="M24" s="14" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A25" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="B25" s="9" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" s="9" t="s">
         <v>70</v>
       </c>
-      <c r="F24" s="11" t="s">
-[...17 lines deleted...]
-      <c r="A25" s="8" t="s">
+      <c r="D25" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="E25" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="F25" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="G25" s="10">
+        <v>44793</v>
+      </c>
+      <c r="H25" s="33">
+        <v>46253</v>
+      </c>
+      <c r="I25" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="J25" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="K25" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="M25" s="6" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A26" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="B26" s="9" t="s">
+        <v>338</v>
+      </c>
+      <c r="C26" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="E26" s="9" t="s">
         <v>147</v>
       </c>
-      <c r="B25" s="9" t="s">
-[...35 lines deleted...]
-      <c r="A26" s="8" t="s">
+      <c r="F26" s="9" t="s">
+        <v>329</v>
+      </c>
+      <c r="G26" s="15">
+        <v>45580</v>
+      </c>
+      <c r="H26" s="16">
+        <v>46309</v>
+      </c>
+      <c r="I26" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="J26" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="K26" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="B26" s="9" t="s">
+      <c r="L26" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="C26" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M26" s="6" t="s">
-        <v>161</v>
+        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>154</v>
+      </c>
+      <c r="B27" s="9" t="s">
+        <v>310</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>334</v>
+        <v>306</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="E27" s="11" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="F27" s="11" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="G27" s="10">
         <v>45231</v>
       </c>
       <c r="H27" s="31">
         <v>46691</v>
       </c>
       <c r="I27" s="10" t="s">
-        <v>339</v>
+        <v>311</v>
       </c>
       <c r="J27" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="K27" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="M27" s="6" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="165" x14ac:dyDescent="0.25">
+      <c r="A28" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="B28" s="19" t="s">
+        <v>159</v>
+      </c>
+      <c r="C28" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="D28" s="19" t="s">
+        <v>89</v>
+      </c>
+      <c r="E28" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="F28" s="9" t="s">
+        <v>160</v>
+      </c>
+      <c r="G28" s="21">
+        <v>44287</v>
+      </c>
+      <c r="H28" s="7">
+        <v>46477</v>
+      </c>
+      <c r="I28" s="19" t="s">
+        <v>161</v>
+      </c>
+      <c r="J28" s="24" t="s">
+        <v>162</v>
+      </c>
+      <c r="K28" s="24" t="s">
         <v>163</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L28" s="24" t="s">
         <v>164</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M28" s="24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="135" x14ac:dyDescent="0.25">
+      <c r="A29" s="18" t="s">
         <v>165</v>
       </c>
-      <c r="M27" s="6" t="s">
-[...7 lines deleted...]
-      <c r="B28" s="9" t="s">
+      <c r="B29" s="19" t="s">
         <v>366</v>
-      </c>
-[...39 lines deleted...]
-        <v>167</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>77</v>
       </c>
-      <c r="D29" s="9" t="s">
+      <c r="D29" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="E29" s="20" t="s">
+        <v>166</v>
+      </c>
+      <c r="F29" s="19" t="s">
+        <v>167</v>
+      </c>
+      <c r="G29" s="41">
+        <v>46023</v>
+      </c>
+      <c r="H29" s="41">
+        <v>47483</v>
+      </c>
+      <c r="I29" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="J29" s="24" t="s">
+        <v>168</v>
+      </c>
+      <c r="K29" s="24" t="s">
+        <v>169</v>
+      </c>
+      <c r="L29" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="M29" s="24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A30" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="B30" s="9" t="s">
+        <v>183</v>
+      </c>
+      <c r="C30" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D30" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="E30" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F30" s="11"/>
+      <c r="G30" s="31">
+        <v>44986</v>
+      </c>
+      <c r="H30" s="31">
+        <v>46446</v>
+      </c>
+      <c r="I30" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="J30" s="6"/>
+      <c r="K30" s="29"/>
+      <c r="L30" s="29"/>
+      <c r="M30" s="29"/>
+    </row>
+    <row r="31" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A31" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="B31" s="9" t="s">
+        <v>185</v>
+      </c>
+      <c r="C31" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="D31" s="9" t="s">
         <v>96</v>
       </c>
-      <c r="E29" s="9" t="s">
+      <c r="E31" s="11" t="s">
         <v>97</v>
       </c>
-      <c r="F29" s="9" t="s">
-[...66 lines deleted...]
-      <c r="A31" s="8" t="s">
+      <c r="F31" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="G31" s="10">
+        <v>44774</v>
+      </c>
+      <c r="H31" s="10">
+        <v>46356</v>
+      </c>
+      <c r="I31" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="J31" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="K31" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="M31" s="6"/>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A32" s="34" t="s">
+        <v>187</v>
+      </c>
+      <c r="B32" s="35" t="s">
+        <v>188</v>
+      </c>
+      <c r="C32" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="D32" s="35" t="s">
+        <v>146</v>
+      </c>
+      <c r="E32" s="44" t="s">
+        <v>189</v>
+      </c>
+      <c r="F32" s="44" t="s">
+        <v>189</v>
+      </c>
+      <c r="G32" s="40">
+        <v>44666</v>
+      </c>
+      <c r="H32" s="48">
+        <v>46126</v>
+      </c>
+      <c r="I32" s="40" t="s">
+        <v>71</v>
+      </c>
+      <c r="J32" s="36" t="s">
+        <v>190</v>
+      </c>
+      <c r="K32" s="36" t="s">
+        <v>191</v>
+      </c>
+      <c r="L32" s="36" t="s">
         <v>192</v>
       </c>
-      <c r="B31" s="9" t="s">
+      <c r="M32" s="36" t="s">
         <v>193</v>
       </c>
-      <c r="C31" s="9" t="s">
-[...5 lines deleted...]
-      <c r="E31" s="11" t="s">
+    </row>
+    <row r="33" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A33" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="B33" s="19" t="s">
+        <v>195</v>
+      </c>
+      <c r="C33" s="19" t="s">
         <v>70</v>
       </c>
-      <c r="F31" s="11"/>
-[...6 lines deleted...]
-      <c r="I31" s="17" t="s">
+      <c r="D33" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="E33" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="F33" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="G33" s="10">
+        <v>44819</v>
+      </c>
+      <c r="H33" s="30">
+        <v>46279</v>
+      </c>
+      <c r="I33" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="J33" s="19" t="s">
+        <v>194</v>
+      </c>
+      <c r="K33" s="24" t="s">
+        <v>198</v>
+      </c>
+      <c r="L33" s="24" t="s">
+        <v>199</v>
+      </c>
+      <c r="M33" s="24" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A34" s="18" t="s">
+        <v>200</v>
+      </c>
+      <c r="B34" s="19" t="s">
+        <v>201</v>
+      </c>
+      <c r="C34" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="D34" s="19" t="s">
+        <v>202</v>
+      </c>
+      <c r="E34" s="20" t="s">
+        <v>203</v>
+      </c>
+      <c r="F34" s="20" t="s">
+        <v>203</v>
+      </c>
+      <c r="G34" s="10">
+        <v>44866</v>
+      </c>
+      <c r="H34" s="41">
+        <v>46326</v>
+      </c>
+      <c r="I34" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="J34" s="24" t="s">
+        <v>204</v>
+      </c>
+      <c r="K34" s="24" t="s">
+        <v>205</v>
+      </c>
+      <c r="L34" s="24" t="s">
+        <v>206</v>
+      </c>
+      <c r="M34" s="24" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A35" s="18" t="s">
+        <v>207</v>
+      </c>
+      <c r="B35" s="19" t="s">
+        <v>208</v>
+      </c>
+      <c r="C35" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D35" s="19" t="s">
         <v>78</v>
       </c>
-      <c r="J31" s="6"/>
-[...109 lines deleted...]
-      <c r="I34" s="10" t="s">
+      <c r="E35" s="19" t="s">
         <v>207</v>
       </c>
-      <c r="J34" s="9" t="s">
-[...5 lines deleted...]
-      <c r="L34" s="6" t="s">
+      <c r="F35" s="19"/>
+      <c r="G35" s="21">
+        <v>45566</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="I35" s="19" t="s">
+        <v>161</v>
+      </c>
+      <c r="J35" s="24" t="s">
+        <v>116</v>
+      </c>
+      <c r="K35" s="24"/>
+      <c r="L35" s="24"/>
+      <c r="M35" s="24"/>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A36" s="18" t="s">
         <v>209</v>
       </c>
-      <c r="M34" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A35" s="8" t="s">
+      <c r="B36" s="9" t="s">
         <v>210</v>
       </c>
-      <c r="B35" s="9" t="s">
+      <c r="C36" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="D36" s="19" t="s">
+        <v>146</v>
+      </c>
+      <c r="E36" s="20" t="s">
+        <v>147</v>
+      </c>
+      <c r="F36" s="20" t="s">
         <v>211</v>
       </c>
-      <c r="C35" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D35" s="9" t="s">
+      <c r="G36" s="10">
+        <v>44075</v>
+      </c>
+      <c r="H36" s="10">
+        <v>46265</v>
+      </c>
+      <c r="I36" s="11" t="s">
         <v>212</v>
       </c>
-      <c r="E35" s="11" t="s">
+      <c r="J36" s="24" t="s">
         <v>213</v>
       </c>
-      <c r="F35" s="11" t="s">
-[...11 lines deleted...]
-      <c r="J35" s="6" t="s">
+      <c r="K36" s="24" t="s">
         <v>214</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L36" s="24" t="s">
         <v>215</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M36" s="24" t="s">
         <v>216</v>
       </c>
-      <c r="M35" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A36" s="35" t="s">
+    </row>
+    <row r="37" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A37" s="18" t="s">
         <v>217</v>
       </c>
-      <c r="B36" s="36" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="B37" s="19" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>334</v>
+        <v>348</v>
+      </c>
+      <c r="C37" s="9" t="s">
+        <v>70</v>
       </c>
       <c r="D37" s="19" t="s">
-        <v>154</v>
+        <v>112</v>
       </c>
       <c r="E37" s="20" t="s">
-        <v>155</v>
+        <v>68</v>
       </c>
       <c r="F37" s="20" t="s">
-        <v>221</v>
-[...21 lines deleted...]
-      </c>
+        <v>359</v>
+      </c>
+      <c r="G37" s="21">
+        <v>45689</v>
+      </c>
+      <c r="H37" s="30">
+        <v>46446</v>
+      </c>
+      <c r="I37" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="J37" s="24"/>
+      <c r="K37" s="24"/>
+      <c r="L37" s="24"/>
+      <c r="M37" s="24"/>
     </row>
     <row r="38" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A38" s="18" t="s">
-        <v>227</v>
+        <v>356</v>
       </c>
       <c r="B38" s="19" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>351</v>
+      </c>
+      <c r="C38" s="9" t="s">
+        <v>70</v>
       </c>
       <c r="D38" s="19" t="s">
-        <v>119</v>
+        <v>360</v>
       </c>
       <c r="E38" s="20" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F38" s="20" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="G38" s="10">
+        <v>359</v>
+      </c>
+      <c r="G38" s="21">
         <v>45689</v>
       </c>
       <c r="H38" s="30">
         <v>46446</v>
       </c>
-      <c r="I38" s="10" t="s">
-        <v>78</v>
+      <c r="I38" s="21" t="s">
+        <v>71</v>
       </c>
       <c r="J38" s="24"/>
       <c r="K38" s="24"/>
       <c r="L38" s="24"/>
       <c r="M38" s="24"/>
     </row>
-    <row r="39" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A39" s="18" t="s">
-        <v>384</v>
+        <v>218</v>
       </c>
       <c r="B39" s="19" t="s">
-        <v>379</v>
+        <v>364</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>77</v>
+        <v>306</v>
       </c>
       <c r="D39" s="19" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="E39" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="E39" s="19" t="s">
+        <v>219</v>
+      </c>
+      <c r="F39" s="19" t="s">
+        <v>220</v>
+      </c>
+      <c r="G39" s="27">
+        <v>45992</v>
+      </c>
+      <c r="H39" s="27">
+        <v>47817</v>
+      </c>
+      <c r="I39" s="19" t="s">
+        <v>121</v>
+      </c>
+      <c r="J39" s="24" t="s">
+        <v>221</v>
+      </c>
+      <c r="K39" s="24" t="s">
+        <v>222</v>
+      </c>
+      <c r="L39" s="24" t="s">
+        <v>223</v>
+      </c>
+      <c r="M39" s="24" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A40" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="B40" s="19" t="s">
+        <v>226</v>
+      </c>
+      <c r="C40" s="9" t="s">
         <v>70</v>
       </c>
-      <c r="F39" s="20" t="s">
-[...17 lines deleted...]
-      <c r="A40" s="18" t="s">
+      <c r="D40" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="E40" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="F40" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="G40" s="21">
+        <v>44819</v>
+      </c>
+      <c r="H40" s="30">
+        <v>46279</v>
+      </c>
+      <c r="I40" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="J40" s="19" t="s">
+        <v>225</v>
+      </c>
+      <c r="K40" s="24" t="s">
+        <v>227</v>
+      </c>
+      <c r="L40" s="24" t="s">
         <v>228</v>
       </c>
-      <c r="B40" s="9" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="9" t="s">
+      <c r="M40" s="24" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A41" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="B41" s="9" t="s">
+        <v>336</v>
+      </c>
+      <c r="C41" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="E41" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="F41" s="9" t="s">
+        <v>329</v>
+      </c>
+      <c r="G41" s="15">
+        <v>45580</v>
+      </c>
+      <c r="H41" s="16">
+        <v>46309</v>
+      </c>
+      <c r="I41" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="J41" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="K41" s="6" t="s">
         <v>334</v>
       </c>
-      <c r="D40" s="19" t="s">
-[...17 lines deleted...]
-      <c r="J40" s="24" t="s">
+      <c r="L41" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="M41" s="6" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A42" s="18" t="s">
         <v>231</v>
       </c>
-      <c r="K40" s="24" t="s">
-[...53 lines deleted...]
-      </c>
       <c r="B42" s="19" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C42" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D42" s="19" t="s">
-        <v>154</v>
+        <v>78</v>
       </c>
       <c r="E42" s="19" t="s">
-        <v>155</v>
+        <v>232</v>
       </c>
       <c r="F42" s="19" t="s">
-        <v>357</v>
-[...7 lines deleted...]
-      <c r="I42" s="19" t="s">
+        <v>233</v>
+      </c>
+      <c r="G42" s="28">
+        <v>45772</v>
+      </c>
+      <c r="H42" s="39">
+        <v>46501</v>
+      </c>
+      <c r="I42" s="38" t="s">
+        <v>234</v>
+      </c>
+      <c r="J42" s="24" t="s">
+        <v>116</v>
+      </c>
+      <c r="K42" s="24"/>
+      <c r="L42" s="24"/>
+      <c r="M42" s="24"/>
+    </row>
+    <row r="43" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A43" s="18" t="s">
+        <v>237</v>
+      </c>
+      <c r="B43" s="19" t="s">
+        <v>238</v>
+      </c>
+      <c r="C43" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D43" s="19" t="s">
         <v>78</v>
       </c>
-      <c r="J42" s="24" t="s">
-[...13 lines deleted...]
-      <c r="A43" s="18" t="s">
+      <c r="E43" s="19" t="s">
+        <v>239</v>
+      </c>
+      <c r="F43" s="19" t="s">
+        <v>240</v>
+      </c>
+      <c r="G43" s="21">
+        <v>43831</v>
+      </c>
+      <c r="H43" s="23">
+        <v>46387</v>
+      </c>
+      <c r="I43" s="9" t="s">
         <v>241</v>
       </c>
-      <c r="B43" s="19" t="s">
-[...24 lines deleted...]
-      <c r="M43" s="26"/>
+      <c r="J43" s="24" t="s">
+        <v>237</v>
+      </c>
+      <c r="K43" s="24"/>
+      <c r="L43" s="24"/>
+      <c r="M43" s="24"/>
     </row>
     <row r="44" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="18" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B44" s="19" t="s">
-        <v>244</v>
+        <v>350</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="D44" s="19" t="s">
-        <v>85</v>
-[...18 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="E44" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="F44" s="20" t="s">
+        <v>359</v>
+      </c>
+      <c r="G44" s="21">
+        <v>45689</v>
+      </c>
+      <c r="H44" s="33">
+        <v>46446</v>
+      </c>
+      <c r="I44" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="J44" s="25"/>
       <c r="K44" s="24"/>
       <c r="L44" s="24"/>
       <c r="M44" s="24"/>
     </row>
-    <row r="45" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B45" s="6" t="s">
+    <row r="45" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A45" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="B45" s="19" t="s">
+        <v>328</v>
+      </c>
+      <c r="C45" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D45" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="E45" s="20" t="s">
+        <v>83</v>
+      </c>
+      <c r="F45" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="G45" s="21">
+        <v>45536</v>
+      </c>
+      <c r="H45" s="12">
+        <v>46630</v>
+      </c>
+      <c r="I45" s="20" t="s">
+        <v>71</v>
+      </c>
+      <c r="J45" s="24" t="s">
+        <v>244</v>
+      </c>
+      <c r="K45" s="22" t="s">
+        <v>245</v>
+      </c>
+      <c r="L45" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="M45" s="22" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="A46" s="18" t="s">
         <v>249</v>
       </c>
-      <c r="C45" s="6" t="s">
+      <c r="B46" s="19" t="s">
+        <v>367</v>
+      </c>
+      <c r="C46" s="9" t="s">
         <v>77</v>
       </c>
-      <c r="D45" s="6" t="s">
+      <c r="D46" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="E46" s="20" t="s">
+        <v>166</v>
+      </c>
+      <c r="F46" s="20" t="s">
+        <v>255</v>
+      </c>
+      <c r="G46" s="41">
+        <v>44562</v>
+      </c>
+      <c r="H46" s="31">
+        <v>47483</v>
+      </c>
+      <c r="I46" s="20" t="s">
+        <v>256</v>
+      </c>
+      <c r="J46" s="22" t="s">
+        <v>252</v>
+      </c>
+      <c r="K46" s="22" t="s">
+        <v>253</v>
+      </c>
+      <c r="L46" s="22" t="s">
+        <v>254</v>
+      </c>
+      <c r="M46" s="22" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="75" x14ac:dyDescent="0.25">
+      <c r="A47" s="18" t="s">
+        <v>249</v>
+      </c>
+      <c r="B47" s="19" t="s">
+        <v>361</v>
+      </c>
+      <c r="C47" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D47" s="19" t="s">
         <v>250</v>
       </c>
-      <c r="E45" s="6" t="s">
+      <c r="E47" s="20" t="s">
         <v>250</v>
       </c>
-      <c r="F45" s="6" t="s">
+      <c r="F47" s="20" t="s">
         <v>251</v>
       </c>
-      <c r="G45" s="7">
-[...9 lines deleted...]
-      <c r="K45" s="6" t="s">
+      <c r="G47" s="21">
+        <v>45809</v>
+      </c>
+      <c r="H47" s="12">
+        <v>46903</v>
+      </c>
+      <c r="I47" s="20" t="s">
+        <v>362</v>
+      </c>
+      <c r="J47" s="22" t="s">
         <v>252</v>
       </c>
-      <c r="L45" s="6" t="s">
+      <c r="K47" s="22" t="s">
         <v>253</v>
       </c>
-      <c r="M45" s="6" t="s">
-[...71 lines deleted...]
-    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="L47" s="22" t="s">
+        <v>254</v>
+      </c>
+      <c r="M47" s="22" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" ht="45" x14ac:dyDescent="0.25">
       <c r="A48" s="18" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
       <c r="B48" s="19" t="s">
-        <v>356</v>
+        <v>305</v>
       </c>
       <c r="C48" s="9" t="s">
-        <v>77</v>
+        <v>306</v>
       </c>
       <c r="D48" s="19" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="E48" s="20" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="F48" s="20" t="s">
-        <v>94</v>
+        <v>308</v>
       </c>
       <c r="G48" s="21">
-        <v>45536</v>
-[...20 lines deleted...]
-    <row r="49" spans="1:13" ht="75" x14ac:dyDescent="0.25">
+        <v>45078</v>
+      </c>
+      <c r="H48" s="31">
+        <v>46904</v>
+      </c>
+      <c r="I48" s="21" t="s">
+        <v>69</v>
+      </c>
+      <c r="J48" s="24" t="s">
+        <v>252</v>
+      </c>
+      <c r="K48" s="24" t="s">
+        <v>253</v>
+      </c>
+      <c r="L48" s="24" t="s">
+        <v>254</v>
+      </c>
+      <c r="M48" s="24" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A49" s="18" t="s">
-        <v>268</v>
+        <v>371</v>
       </c>
       <c r="B49" s="19" t="s">
-        <v>389</v>
+        <v>370</v>
       </c>
       <c r="C49" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D49" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="E49" s="20" t="s">
+        <v>120</v>
+      </c>
+      <c r="F49" s="20" t="s">
+        <v>373</v>
+      </c>
+      <c r="G49" s="41">
+        <v>46023</v>
+      </c>
+      <c r="H49" s="31">
+        <v>46752</v>
+      </c>
+      <c r="I49" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="J49" s="45" t="s">
+        <v>371</v>
+      </c>
+      <c r="K49" s="24"/>
+      <c r="L49" s="24"/>
+      <c r="M49" s="24"/>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A50" s="18" t="s">
+        <v>257</v>
+      </c>
+      <c r="B50" s="19" t="s">
+        <v>345</v>
+      </c>
+      <c r="C50" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="D50" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="E50" s="19" t="s">
+        <v>258</v>
+      </c>
+      <c r="F50" s="19"/>
+      <c r="G50" s="27">
+        <v>45658</v>
+      </c>
+      <c r="H50" s="37">
+        <v>47118</v>
+      </c>
+      <c r="I50" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="J50" s="24" t="s">
+        <v>259</v>
+      </c>
+      <c r="K50" s="24" t="s">
+        <v>260</v>
+      </c>
+      <c r="L50" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="M50" s="24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" ht="90" x14ac:dyDescent="0.25">
+      <c r="A51" s="9" t="s">
+        <v>262</v>
+      </c>
+      <c r="B51" s="9" t="s">
+        <v>369</v>
+      </c>
+      <c r="C51" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D51" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E51" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="F51" s="11" t="s">
+        <v>372</v>
+      </c>
+      <c r="G51" s="46">
+        <v>46023</v>
+      </c>
+      <c r="H51" s="31">
+        <v>46752</v>
+      </c>
+      <c r="I51" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="J51" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="K51" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="M51" s="6" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A52" s="18" t="s">
+        <v>265</v>
+      </c>
+      <c r="B52" s="19" t="s">
+        <v>266</v>
+      </c>
+      <c r="C52" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D52" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="E52" s="19" t="s">
+        <v>267</v>
+      </c>
+      <c r="F52" s="19" t="s">
+        <v>268</v>
+      </c>
+      <c r="G52" s="41">
+        <v>43862</v>
+      </c>
+      <c r="H52" s="31">
+        <v>47149</v>
+      </c>
+      <c r="I52" s="19" t="s">
         <v>269</v>
       </c>
-      <c r="E49" s="20" t="s">
-[...2 lines deleted...]
-      <c r="F49" s="20" t="s">
+      <c r="J52" s="24" t="s">
+        <v>265</v>
+      </c>
+      <c r="K52" s="24"/>
+      <c r="L52" s="24"/>
+      <c r="M52" s="24"/>
+    </row>
+    <row r="53" spans="1:13" ht="150" x14ac:dyDescent="0.25">
+      <c r="A53" s="18" t="s">
         <v>270</v>
       </c>
-      <c r="G49" s="21">
-[...8 lines deleted...]
-      <c r="J49" s="22" t="s">
+      <c r="B53" s="19" t="s">
         <v>271</v>
       </c>
-      <c r="K49" s="22" t="s">
+      <c r="C53" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="D53" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="E53" s="20" t="s">
         <v>272</v>
       </c>
-      <c r="L49" s="22" t="s">
+      <c r="F53" s="20" t="s">
         <v>273</v>
       </c>
-      <c r="M49" s="22" t="s">
-[...7 lines deleted...]
-      <c r="B50" s="24" t="s">
+      <c r="G53" s="30">
+        <v>44652</v>
+      </c>
+      <c r="H53" s="31">
+        <v>46843</v>
+      </c>
+      <c r="I53" s="43" t="s">
         <v>274</v>
       </c>
-      <c r="C50" s="6" t="s">
-[...17 lines deleted...]
-      <c r="I50" s="20" t="s">
+      <c r="J53" s="24" t="s">
+        <v>275</v>
+      </c>
+      <c r="K53" s="24" t="s">
+        <v>276</v>
+      </c>
+      <c r="L53" s="24" t="s">
+        <v>277</v>
+      </c>
+      <c r="M53" s="24" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" ht="75" x14ac:dyDescent="0.25">
+      <c r="A54" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="B54" s="19" t="s">
+        <v>279</v>
+      </c>
+      <c r="C54" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="D54" s="19" t="s">
         <v>78</v>
       </c>
-      <c r="J50" s="22" t="s">
-[...2 lines deleted...]
-      <c r="K50" s="22" t="s">
+      <c r="E54" s="20" t="s">
         <v>272</v>
       </c>
-      <c r="L50" s="22" t="s">
-[...37 lines deleted...]
-      <c r="K51" s="24" t="s">
+      <c r="F54" s="20" t="s">
+        <v>280</v>
+      </c>
+      <c r="G54" s="30">
+        <v>44652</v>
+      </c>
+      <c r="H54" s="31">
+        <v>46843</v>
+      </c>
+      <c r="I54" s="32" t="s">
+        <v>281</v>
+      </c>
+      <c r="J54" s="24" t="s">
+        <v>282</v>
+      </c>
+      <c r="K54" s="24" t="s">
+        <v>283</v>
+      </c>
+      <c r="L54" s="24" t="s">
+        <v>284</v>
+      </c>
+      <c r="M54" s="24" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="90" x14ac:dyDescent="0.25">
+      <c r="A55" s="18" t="s">
+        <v>285</v>
+      </c>
+      <c r="B55" s="19" t="s">
+        <v>286</v>
+      </c>
+      <c r="C55" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="D55" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="E55" s="20" t="s">
         <v>272</v>
       </c>
-      <c r="L51" s="24" t="s">
-[...37 lines deleted...]
-      <c r="K52" s="22" t="s">
+      <c r="F55" s="20" t="s">
+        <v>280</v>
+      </c>
+      <c r="G55" s="30">
+        <v>44652</v>
+      </c>
+      <c r="H55" s="31">
+        <v>46843</v>
+      </c>
+      <c r="I55" s="32" t="s">
+        <v>281</v>
+      </c>
+      <c r="J55" s="24" t="s">
+        <v>287</v>
+      </c>
+      <c r="K55" s="24" t="s">
+        <v>288</v>
+      </c>
+      <c r="L55" s="24" t="s">
+        <v>289</v>
+      </c>
+      <c r="M55" s="24" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="A56" s="18" t="s">
+        <v>291</v>
+      </c>
+      <c r="B56" s="19" t="s">
+        <v>292</v>
+      </c>
+      <c r="C56" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="D56" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="E56" s="20" t="s">
         <v>272</v>
       </c>
-      <c r="L52" s="22" t="s">
-[...32 lines deleted...]
-      <c r="J53" s="24" t="s">
+      <c r="F56" s="20" t="s">
         <v>280</v>
-      </c>
-[...103 lines deleted...]
-        <v>296</v>
       </c>
       <c r="G56" s="30">
         <v>44652</v>
       </c>
-      <c r="H56" s="33">
-[...2 lines deleted...]
-      <c r="I56" s="52" t="s">
+      <c r="H56" s="31">
+        <v>46843</v>
+      </c>
+      <c r="I56" s="32" t="s">
+        <v>281</v>
+      </c>
+      <c r="J56" s="24"/>
+      <c r="K56" s="24"/>
+      <c r="L56" s="24"/>
+      <c r="M56" s="24"/>
+    </row>
+    <row r="57" spans="1:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="A57" s="18" t="s">
+        <v>293</v>
+      </c>
+      <c r="B57" s="19" t="s">
+        <v>368</v>
+      </c>
+      <c r="C57" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D57" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="E57" s="19" t="s">
+        <v>166</v>
+      </c>
+      <c r="F57" s="19" t="s">
+        <v>167</v>
+      </c>
+      <c r="G57" s="41">
+        <v>44562</v>
+      </c>
+      <c r="H57" s="31">
+        <v>47483</v>
+      </c>
+      <c r="I57" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="J57" s="24" t="s">
+        <v>294</v>
+      </c>
+      <c r="K57" s="24" t="s">
+        <v>295</v>
+      </c>
+      <c r="L57" s="24" t="s">
+        <v>296</v>
+      </c>
+      <c r="M57" s="24" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="A58" s="18" t="s">
+        <v>331</v>
+      </c>
+      <c r="B58" s="19" t="s">
+        <v>337</v>
+      </c>
+      <c r="C58" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D58" s="19" t="s">
+        <v>146</v>
+      </c>
+      <c r="E58" s="20" t="s">
+        <v>147</v>
+      </c>
+      <c r="F58" s="20" t="s">
+        <v>329</v>
+      </c>
+      <c r="G58" s="27">
+        <v>45580</v>
+      </c>
+      <c r="H58" s="16">
+        <v>46309</v>
+      </c>
+      <c r="I58" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="J58" s="24" t="s">
+        <v>341</v>
+      </c>
+      <c r="K58" s="24" t="s">
+        <v>339</v>
+      </c>
+      <c r="L58" s="24" t="s">
+        <v>340</v>
+      </c>
+      <c r="M58" s="24" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A59" s="18" t="s">
         <v>297</v>
       </c>
-      <c r="J56" s="24" t="s">
+      <c r="B59" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="C59" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="D59" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="E59" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="F59" s="19" t="s">
         <v>298</v>
       </c>
-      <c r="K56" s="24" t="s">
+      <c r="G59" s="15">
+        <v>45192</v>
+      </c>
+      <c r="H59" s="15">
+        <v>46287</v>
+      </c>
+      <c r="I59" s="19" t="s">
         <v>299</v>
       </c>
-      <c r="L56" s="24" t="s">
+      <c r="J59" s="24" t="s">
         <v>300</v>
       </c>
-      <c r="M56" s="24" t="s">
-[...4 lines deleted...]
-      <c r="A57" s="18" t="s">
+      <c r="K59" s="24" t="s">
         <v>301</v>
       </c>
-      <c r="B57" s="19" t="s">
+      <c r="L59" s="24" t="s">
         <v>302</v>
       </c>
-      <c r="C57" s="9" t="s">
-[...107 lines deleted...]
-    <row r="60" spans="1:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="M59" s="24" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A60" s="18" t="s">
-        <v>316</v>
+        <v>297</v>
       </c>
       <c r="B60" s="19" t="s">
-        <v>317</v>
+        <v>347</v>
       </c>
       <c r="C60" s="9" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="D60" s="19" t="s">
-        <v>85</v>
-[...30 lines deleted...]
-      <c r="A61" s="18" t="s">
+        <v>358</v>
+      </c>
+      <c r="E60" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="F60" s="20" t="s">
         <v>359</v>
       </c>
-      <c r="B61" s="19" t="s">
-[...96 lines deleted...]
-      <c r="G63" s="10">
+      <c r="G60" s="21">
         <v>45689</v>
       </c>
-      <c r="H63" s="33">
+      <c r="H60" s="30">
         <v>46446</v>
       </c>
-      <c r="I63" s="21" t="s">
-[...46 lines deleted...]
-      </c>
+      <c r="I60" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="J60" s="24"/>
+      <c r="K60" s="24"/>
+      <c r="L60" s="24"/>
+      <c r="M60" s="24"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="1XVv73/UmM2DpMyAWuUUhdsB+CSkfRrJ500OSSp/zp3NlJ3OWe+SxatJMSbaJw2R8Q3cLa0X3b/N6UC/TpyqMg==" saltValue="VuWrZ5TQhQDQ6VbGt99v9w==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="qij0Zfl33k0SNORQQIiFBm628mZUAnwgk69q5a4ZPO6krW/llxezLjPdsHzvkW30kp6j/t8CPJHypp52z+1+3w==" saltValue="yomSnXLfLjkMSDbUng6LLg==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Listor</vt:lpstr>
       <vt:lpstr>Avtalslista</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Västra Götalandsregionens-vårdavtal</dc:title>
   <dc:subject/>
   <dc:creator>Malin Werin</dc:creator>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Johan Axelsson</lastModifiedBy>
+  <lastModifiedBy>Navid Ghavami</lastModifiedBy>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <category/>
   <contentStatus/>
 </coreProperties>
 </file>