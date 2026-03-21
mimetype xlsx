--- v3 (2026-02-25)
+++ v4 (2026-03-21)
@@ -1,57 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vgregion.sharepoint.com/sites/sy-osn-privata-vardgivare---lou/Delade dokument/Publicerade dokument/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1245" documentId="13_ncr:1_{D193CCA5-F4CC-4157-8AC9-D3786697C0FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D3767909-0362-40D0-82BF-B297F6D7EF8C}"/>
+  <xr:revisionPtr revIDLastSave="1266" documentId="13_ncr:1_{D193CCA5-F4CC-4157-8AC9-D3786697C0FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D4F6E27E-B0A9-42C4-B94C-579D81FD1BC3}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="51840" windowHeight="21120" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Listor" sheetId="13" state="hidden" r:id="rId1"/>
     <sheet name="Avtalslista" sheetId="14" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Avtalslista!$A$1:$M$97</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Listor!$A$1:$G$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -1476,61 +1475,54 @@
   </si>
   <si>
     <t>OSN 202500403-001</t>
   </si>
   <si>
     <t>OSN 202500403-002</t>
   </si>
   <si>
     <t>Stiftelsen Fryk-Center</t>
   </si>
   <si>
     <t>*Slutenvårdsrehabilitering inom VGR för patienter med inflammatorisk reumatisk sjukdom
 *Rehabilitering inom specialiserad vård</t>
   </si>
   <si>
     <t>Rehabilitering inom specialiserad vård</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <color rgb="FF9C5700"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1560,740 +1552,558 @@
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="7">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor theme="4" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="10">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...64 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="5">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="49">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="15" fontId="0" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="8" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...108 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="10" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="5">
-[...2 lines deleted...]
-    <cellStyle name="Neutral 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+  <cellStyles count="4">
+    <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="Neutral 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="18">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="4" tint="0.79998168889431442"/>
           <bgColor theme="4" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="4" tint="0.79998168889431442"/>
           <bgColor theme="4" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="4" tint="0.79998168889431442"/>
           <bgColor theme="4" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="4" tint="0.79998168889431442"/>
           <bgColor theme="4" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
-        <bottom/>
-[...30 lines deleted...]
-        <left style="thin">
+        <bottom style="thin">
           <color indexed="64"/>
-        </left>
-[...81 lines deleted...]
-        <bottom/>
+        </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color indexed="8"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="4" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
-        <bottom/>
-[...29 lines deleted...]
-        <left style="thin">
+        <bottom style="thin">
           <color indexed="64"/>
-        </left>
-[...45 lines deleted...]
-        <bottom/>
+        </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color indexed="8"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="4" tint="0.79998168889431442"/>
           <bgColor theme="4" tint="0.79998168889431442"/>
@@ -2329,123 +2139,143 @@
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color indexed="8"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="4" tint="0.79998168889431442"/>
           <bgColor theme="4" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color indexed="8"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="4" tint="0.79998168889431442"/>
           <bgColor theme="4" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
-        <bottom/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <top style="thin">
           <color theme="4" tint="0.39997558519241921"/>
         </top>
       </border>
-    </dxf>
-[...23 lines deleted...]
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thin">
           <color theme="4" tint="0.39997558519241921"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
@@ -2482,77 +2312,73 @@
     <tableStyle name="Table Style 2" pivot="0" count="1" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
       <tableStyleElement type="wholeTable" dxfId="17"/>
     </tableStyle>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFFF9900"/>
       <color rgb="FFFFCCCC"/>
       <color rgb="FF95C674"/>
       <color rgb="FF6CBC76"/>
       <color rgb="FF006600"/>
       <color rgb="FF339933"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{3AC75313-83D0-4F08-931D-3F08F4B7A4CA}" name="Tabell2" displayName="Tabell2" ref="A1:M60" totalsRowShown="0" headerRowDxfId="16" dataDxfId="14" headerRowBorderDxfId="15" tableBorderDxfId="13">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{3AC75313-83D0-4F08-931D-3F08F4B7A4CA}" name="Tabell2" displayName="Tabell2" ref="A1:M60" totalsRowShown="0" headerRowDxfId="16" dataDxfId="4" headerRowBorderDxfId="15" tableBorderDxfId="14">
   <autoFilter ref="A1:M60" xr:uid="{3AC75313-83D0-4F08-931D-3F08F4B7A4CA}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:M60">
     <sortCondition ref="A1:A60"/>
   </sortState>
   <tableColumns count="13">
-    <tableColumn id="1" xr3:uid="{139B3572-6179-4188-860B-7D8FBE3903FC}" name="Avtalspart" dataDxfId="12"/>
-[...11 lines deleted...]
-    <tableColumn id="10" xr3:uid="{36BB3FC5-19F4-4795-8150-B95D81268375}" name="Postadress" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{139B3572-6179-4188-860B-7D8FBE3903FC}" name="Avtalspart" dataDxfId="13"/>
+    <tableColumn id="2" xr3:uid="{2EAE8C02-33E4-4C13-B5A3-887708E0F932}" name="Avtalsnummer" dataDxfId="12"/>
+    <tableColumn id="15" xr3:uid="{EA75C5FE-13CA-4304-9B63-9AD9DD9F4F1B}" name="Typ av avtal" dataDxfId="11"/>
+    <tableColumn id="11" xr3:uid="{F0CDEE17-B9D3-4D7A-8302-09B88EFB91CA}" name="Uppföljningsområde(vårdgaranti)" dataDxfId="10"/>
+    <tableColumn id="3" xr3:uid="{63F0C6C5-6880-4173-9C2D-25678A899EC3}" name="Specialitet/Upphandlingsområde" dataDxfId="9"/>
+    <tableColumn id="12" xr3:uid="{EAB8D666-F496-4621-A2A4-E851467EE10B}" name="Vårdinnehåll" dataDxfId="3"/>
+    <tableColumn id="4" xr3:uid="{9F8E5AA9-FEF4-4D04-B44A-FAF7D7818BAD}" name="Avtalstid från" dataDxfId="2"/>
+    <tableColumn id="5" xr3:uid="{636D15AD-F9F1-4859-B03A-D4B1DEE3CEDC}" name="Avtalstid till" dataDxfId="0"/>
+    <tableColumn id="6" xr3:uid="{48325097-A92E-4C3F-ABDF-63B0F5D5B642}" name="Vem får skicka på avtalet" dataDxfId="1"/>
+    <tableColumn id="8" xr3:uid="{B2445659-8F33-4A2C-8643-26E5DA605AD9}" name="Mottagnings namn" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{7FCF785E-FAE2-4E70-A0EB-15D18EDFB9B6}" name="Mottagningsadress" dataDxfId="7"/>
+    <tableColumn id="9" xr3:uid="{9C710C7B-FBB8-46F0-9C6C-B32FE0E47BE8}" name="Postnr" dataDxfId="6"/>
+    <tableColumn id="10" xr3:uid="{36BB3FC5-19F4-4795-8150-B95D81268375}" name="Postadress" dataDxfId="5"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -3089,51 +2915,51 @@
     <row r="25" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G25" s="2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G26" s="2" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="9Z1MzR/9Ez2ZntTy/biO1tPW3vs2Qdh+X7/P4S0l5SgSAHuqsEw7JH5Fq0SNS+vsLoRST4P+MxSVlwiqLkWDYg==" saltValue="a9RgPaFUPXAAmcw+9yyfcg==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="G2:G26">
     <sortCondition ref="G2"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7229E986-C6A8-4B7B-8637-F6FB8B71865F}">
   <dimension ref="A1:M60"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="X6" sqref="X6"/>
+      <selection activeCell="N73" sqref="N73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="39.85546875" customWidth="1"/>
     <col min="2" max="2" width="26.42578125" customWidth="1"/>
     <col min="3" max="3" width="23.28515625" customWidth="1"/>
     <col min="4" max="4" width="30.7109375" customWidth="1"/>
     <col min="5" max="5" width="31" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" customWidth="1"/>
     <col min="7" max="7" width="19.42578125" customWidth="1"/>
     <col min="8" max="8" width="18.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="28.42578125" customWidth="1"/>
     <col min="10" max="10" width="25.140625" customWidth="1"/>
     <col min="11" max="11" width="25" customWidth="1"/>
     <col min="12" max="12" width="21.7109375" customWidth="1"/>
     <col min="13" max="13" width="23.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>55</v>
@@ -3151,2339 +2977,2339 @@
         <v>59</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>60</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>61</v>
       </c>
       <c r="I1" s="5" t="s">
         <v>62</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>64</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>65</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A2" s="18" t="s">
+      <c r="A2" s="7" t="s">
         <v>357</v>
       </c>
-      <c r="B2" s="19" t="s">
+      <c r="B2" s="8" t="s">
         <v>352</v>
       </c>
-      <c r="C2" s="9" t="s">
+      <c r="C2" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D2" s="9" t="s">
+      <c r="D2" s="8" t="s">
         <v>358</v>
       </c>
-      <c r="E2" s="11" t="s">
+      <c r="E2" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="F2" s="11" t="s">
+      <c r="F2" s="10" t="s">
         <v>359</v>
       </c>
-      <c r="G2" s="10">
+      <c r="G2" s="11">
         <v>45689</v>
       </c>
-      <c r="H2" s="33">
+      <c r="H2" s="12">
         <v>46446</v>
       </c>
-      <c r="I2" s="10" t="s">
+      <c r="I2" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J2" s="24"/>
-[...2 lines deleted...]
-      <c r="M2" s="24"/>
+      <c r="J2" s="6"/>
+      <c r="K2" s="6"/>
+      <c r="L2" s="6"/>
+      <c r="M2" s="6"/>
     </row>
     <row r="3" spans="1:13" ht="45" x14ac:dyDescent="0.25">
-      <c r="A3" s="8" t="s">
+      <c r="A3" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="B3" s="9" t="s">
+      <c r="B3" s="8" t="s">
         <v>315</v>
       </c>
-      <c r="C3" s="9" t="s">
+      <c r="C3" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D3" s="9" t="s">
+      <c r="D3" s="8" t="s">
         <v>307</v>
       </c>
-      <c r="E3" s="9" t="s">
+      <c r="E3" s="10" t="s">
         <v>307</v>
       </c>
-      <c r="F3" s="9" t="s">
+      <c r="F3" s="10" t="s">
         <v>307</v>
       </c>
-      <c r="G3" s="15">
+      <c r="G3" s="11">
         <v>45078</v>
       </c>
-      <c r="H3" s="15">
+      <c r="H3" s="12">
         <v>46904</v>
       </c>
       <c r="I3" s="9" t="s">
         <v>69</v>
       </c>
       <c r="J3" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="K3" s="24" t="s">
+      <c r="K3" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="L3" s="24" t="s">
+      <c r="L3" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="M3" s="24" t="s">
+      <c r="M3" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="4" spans="1:13" ht="45" x14ac:dyDescent="0.25">
-      <c r="A4" s="8" t="s">
+      <c r="A4" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="B4" s="9" t="s">
+      <c r="B4" s="8" t="s">
         <v>316</v>
       </c>
-      <c r="C4" s="9" t="s">
+      <c r="C4" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D4" s="9" t="s">
+      <c r="D4" s="8" t="s">
         <v>171</v>
       </c>
-      <c r="E4" s="11" t="s">
+      <c r="E4" s="10" t="s">
         <v>171</v>
       </c>
-      <c r="F4" s="11" t="s">
+      <c r="F4" s="10" t="s">
         <v>171</v>
       </c>
-      <c r="G4" s="10">
+      <c r="G4" s="11">
         <v>45078</v>
       </c>
-      <c r="H4" s="31">
+      <c r="H4" s="12">
         <v>46904</v>
       </c>
-      <c r="I4" s="10" t="s">
+      <c r="I4" s="9" t="s">
         <v>69</v>
       </c>
       <c r="J4" s="6" t="s">
         <v>76</v>
       </c>
       <c r="K4" s="6" t="s">
         <v>72</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>73</v>
       </c>
       <c r="M4" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A5" s="8" t="s">
+      <c r="A5" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="B5" s="9" t="s">
+      <c r="B5" s="8" t="s">
         <v>342</v>
       </c>
-      <c r="C5" s="9" t="s">
+      <c r="C5" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D5" s="9" t="s">
+      <c r="D5" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="10" t="s">
         <v>83</v>
       </c>
-      <c r="F5" s="9" t="s">
+      <c r="F5" s="10" t="s">
         <v>84</v>
       </c>
-      <c r="G5" s="10">
+      <c r="G5" s="11">
         <v>45717</v>
       </c>
       <c r="H5" s="12">
         <v>46812</v>
       </c>
-      <c r="I5" s="20" t="s">
+      <c r="I5" s="9" t="s">
         <v>256</v>
       </c>
       <c r="J5" s="6" t="s">
         <v>85</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>79</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>80</v>
       </c>
       <c r="M5" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A6" s="18" t="s">
+      <c r="A6" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="B6" s="19" t="s">
+      <c r="B6" s="8" t="s">
         <v>327</v>
       </c>
-      <c r="C6" s="9" t="s">
+      <c r="C6" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D6" s="19" t="s">
+      <c r="D6" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="E6" s="19" t="s">
+      <c r="E6" s="10" t="s">
         <v>83</v>
       </c>
-      <c r="F6" s="19" t="s">
+      <c r="F6" s="10" t="s">
         <v>87</v>
       </c>
-      <c r="G6" s="10">
+      <c r="G6" s="11">
         <v>45536</v>
       </c>
       <c r="H6" s="12">
         <v>46630</v>
       </c>
-      <c r="I6" s="20" t="s">
+      <c r="I6" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J6" s="24" t="s">
+      <c r="J6" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="K6" s="24" t="s">
+      <c r="K6" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="L6" s="24" t="s">
+      <c r="L6" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="M6" s="24" t="s">
+      <c r="M6" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="75" x14ac:dyDescent="0.25">
-      <c r="A7" s="8" t="s">
+      <c r="A7" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="B7" s="9" t="s">
+      <c r="B7" s="8" t="s">
         <v>313</v>
       </c>
-      <c r="C7" s="9" t="s">
+      <c r="C7" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D7" s="9" t="s">
+      <c r="D7" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="E7" s="9" t="s">
+      <c r="E7" s="10" t="s">
         <v>90</v>
       </c>
-      <c r="F7" s="9" t="s">
+      <c r="F7" s="10" t="s">
         <v>312</v>
       </c>
-      <c r="G7" s="15">
+      <c r="G7" s="11">
         <v>45323</v>
       </c>
       <c r="H7" s="12">
         <v>46752</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>71</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>91</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>92</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>93</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="60" x14ac:dyDescent="0.25">
-      <c r="A8" s="18" t="s">
+      <c r="A8" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="B8" s="19" t="s">
+      <c r="B8" s="8" t="s">
         <v>95</v>
       </c>
-      <c r="C8" s="9" t="s">
+      <c r="C8" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D8" s="9" t="s">
+      <c r="D8" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="E8" s="11" t="s">
+      <c r="E8" s="10" t="s">
         <v>97</v>
       </c>
-      <c r="F8" s="11" t="s">
+      <c r="F8" s="10" t="s">
         <v>98</v>
       </c>
-      <c r="G8" s="10">
+      <c r="G8" s="11">
         <v>44166</v>
       </c>
-      <c r="H8" s="10">
+      <c r="H8" s="12">
         <v>46356</v>
       </c>
-      <c r="I8" s="11" t="s">
+      <c r="I8" s="9" t="s">
         <v>99</v>
       </c>
-      <c r="J8" s="22" t="s">
+      <c r="J8" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="K8" s="22" t="s">
+      <c r="K8" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="L8" s="22" t="s">
+      <c r="L8" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="M8" s="22" t="s">
+      <c r="M8" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="60" x14ac:dyDescent="0.25">
-      <c r="A9" s="18" t="s">
+      <c r="A9" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="B9" s="9" t="s">
+      <c r="B9" s="8" t="s">
         <v>103</v>
       </c>
-      <c r="C9" s="9" t="s">
+      <c r="C9" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D9" s="9" t="s">
+      <c r="D9" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="E9" s="11" t="s">
+      <c r="E9" s="10" t="s">
         <v>104</v>
       </c>
-      <c r="F9" s="11"/>
-      <c r="G9" s="10">
+      <c r="F9" s="10"/>
+      <c r="G9" s="11">
         <v>44166</v>
       </c>
-      <c r="H9" s="10">
+      <c r="H9" s="12">
         <v>46356</v>
       </c>
-      <c r="I9" s="11" t="s">
+      <c r="I9" s="9" t="s">
         <v>105</v>
       </c>
-      <c r="J9" s="22" t="s">
+      <c r="J9" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="K9" s="24" t="s">
+      <c r="K9" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="L9" s="24" t="s">
+      <c r="L9" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="M9" s="24" t="s">
+      <c r="M9" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A10" s="18" t="s">
+      <c r="A10" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="B10" s="19" t="s">
+      <c r="B10" s="8" t="s">
         <v>111</v>
       </c>
-      <c r="C10" s="9" t="s">
+      <c r="C10" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D10" s="19" t="s">
+      <c r="D10" s="8" t="s">
         <v>112</v>
       </c>
-      <c r="E10" s="20" t="s">
+      <c r="E10" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="F10" s="20"/>
-      <c r="G10" s="31">
+      <c r="F10" s="10"/>
+      <c r="G10" s="11">
         <v>44986</v>
       </c>
-      <c r="H10" s="31">
+      <c r="H10" s="12">
         <v>46446</v>
       </c>
-      <c r="I10" s="28" t="s">
+      <c r="I10" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J10" s="24"/>
-[...2 lines deleted...]
-      <c r="M10" s="26"/>
+      <c r="J10" s="6"/>
+      <c r="K10" s="6"/>
+      <c r="L10" s="6"/>
+      <c r="M10" s="6"/>
     </row>
     <row r="11" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A11" s="18" t="s">
+      <c r="A11" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="B11" s="19" t="s">
+      <c r="B11" s="8" t="s">
         <v>353</v>
       </c>
-      <c r="C11" s="9" t="s">
+      <c r="C11" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D11" s="9" t="s">
+      <c r="D11" s="8" t="s">
         <v>360</v>
       </c>
-      <c r="E11" s="11" t="s">
+      <c r="E11" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="F11" s="11" t="s">
+      <c r="F11" s="10" t="s">
         <v>359</v>
       </c>
-      <c r="G11" s="10">
+      <c r="G11" s="11">
         <v>45689</v>
       </c>
-      <c r="H11" s="33">
+      <c r="H11" s="12">
         <v>46446</v>
       </c>
-      <c r="I11" s="10" t="s">
+      <c r="I11" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J11" s="24"/>
-[...2 lines deleted...]
-      <c r="M11" s="24"/>
+      <c r="J11" s="6"/>
+      <c r="K11" s="6"/>
+      <c r="L11" s="6"/>
+      <c r="M11" s="6"/>
     </row>
     <row r="12" spans="1:13" ht="60" x14ac:dyDescent="0.25">
-      <c r="A12" s="8" t="s">
+      <c r="A12" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="B12" s="9" t="s">
+      <c r="B12" s="8" t="s">
         <v>317</v>
       </c>
-      <c r="C12" s="9" t="s">
+      <c r="C12" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D12" s="9" t="s">
+      <c r="D12" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E12" s="9" t="s">
+      <c r="E12" s="10" t="s">
         <v>114</v>
       </c>
-      <c r="F12" s="13" t="s">
+      <c r="F12" s="10" t="s">
         <v>115</v>
       </c>
-      <c r="G12" s="15">
+      <c r="G12" s="11">
         <v>45536</v>
       </c>
-      <c r="H12" s="16">
+      <c r="H12" s="12">
         <v>46265</v>
       </c>
-      <c r="I12" s="10" t="s">
+      <c r="I12" s="9" t="s">
         <v>116</v>
       </c>
-      <c r="J12" s="14" t="s">
+      <c r="J12" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="K12" s="14" t="s">
+      <c r="K12" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="L12" s="14" t="s">
+      <c r="L12" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="M12" s="14" t="s">
+      <c r="M12" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A13" s="42" t="s">
+      <c r="A13" s="7" t="s">
         <v>321</v>
       </c>
-      <c r="B13" s="6" t="s">
+      <c r="B13" s="8" t="s">
         <v>363</v>
       </c>
-      <c r="C13" s="6" t="s">
+      <c r="C13" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D13" s="6" t="s">
+      <c r="D13" s="8" t="s">
         <v>170</v>
       </c>
-      <c r="E13" s="6" t="s">
+      <c r="E13" s="10" t="s">
         <v>171</v>
       </c>
-      <c r="F13" s="6" t="s">
+      <c r="F13" s="10" t="s">
         <v>172</v>
       </c>
-      <c r="G13" s="7">
+      <c r="G13" s="11">
         <v>45945</v>
       </c>
-      <c r="H13" s="7">
+      <c r="H13" s="12">
         <v>47405</v>
       </c>
-      <c r="I13" s="7" t="s">
+      <c r="I13" s="9" t="s">
         <v>71</v>
       </c>
       <c r="J13" s="6" t="s">
         <v>173</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>174</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>175</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A14" s="18" t="s">
+      <c r="A14" s="7" t="s">
         <v>303</v>
       </c>
-      <c r="B14" s="9" t="s">
+      <c r="B14" s="8" t="s">
         <v>304</v>
       </c>
-      <c r="C14" s="9" t="s">
+      <c r="C14" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D14" s="9" t="s">
+      <c r="D14" s="8" t="s">
         <v>140</v>
       </c>
-      <c r="E14" s="11" t="s">
+      <c r="E14" s="10" t="s">
         <v>140</v>
       </c>
-      <c r="F14" s="11" t="s">
+      <c r="F14" s="10" t="s">
         <v>140</v>
       </c>
-      <c r="G14" s="31">
+      <c r="G14" s="11">
         <v>44621</v>
       </c>
-      <c r="H14" s="31">
+      <c r="H14" s="12">
         <v>46081</v>
       </c>
-      <c r="I14" s="11" t="s">
+      <c r="I14" s="9" t="s">
         <v>256</v>
       </c>
-      <c r="J14" s="24" t="s">
+      <c r="J14" s="6" t="s">
         <v>303</v>
       </c>
-      <c r="K14" s="22" t="s">
+      <c r="K14" s="6" t="s">
         <v>245</v>
       </c>
-      <c r="L14" s="22" t="s">
+      <c r="L14" s="6" t="s">
         <v>246</v>
       </c>
-      <c r="M14" s="22" t="s">
+      <c r="M14" s="6" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A15" s="18" t="s">
+      <c r="A15" s="7" t="s">
         <v>354</v>
       </c>
-      <c r="B15" s="19" t="s">
+      <c r="B15" s="8" t="s">
         <v>346</v>
       </c>
-      <c r="C15" s="9" t="s">
+      <c r="C15" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D15" s="19" t="s">
+      <c r="D15" s="8" t="s">
         <v>358</v>
       </c>
-      <c r="E15" s="20" t="s">
+      <c r="E15" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="F15" s="20" t="s">
+      <c r="F15" s="10" t="s">
         <v>359</v>
       </c>
-      <c r="G15" s="47">
+      <c r="G15" s="11">
         <v>45689</v>
       </c>
-      <c r="H15" s="33">
+      <c r="H15" s="12">
         <v>46446</v>
       </c>
-      <c r="I15" s="21" t="s">
+      <c r="I15" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J15" s="24"/>
-[...2 lines deleted...]
-      <c r="M15" s="24"/>
+      <c r="J15" s="6"/>
+      <c r="K15" s="6"/>
+      <c r="L15" s="6"/>
+      <c r="M15" s="6"/>
     </row>
     <row r="16" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A16" s="18" t="s">
+      <c r="A16" s="7" t="s">
         <v>319</v>
       </c>
-      <c r="B16" s="19" t="s">
+      <c r="B16" s="8" t="s">
         <v>320</v>
       </c>
-      <c r="C16" s="9" t="s">
+      <c r="C16" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D16" s="9" t="s">
+      <c r="D16" s="8" t="s">
         <v>250</v>
       </c>
-      <c r="E16" s="11" t="s">
+      <c r="E16" s="10" t="s">
         <v>323</v>
       </c>
-      <c r="F16" s="11" t="s">
+      <c r="F16" s="10" t="s">
         <v>323</v>
       </c>
-      <c r="G16" s="31">
+      <c r="G16" s="11">
         <v>45383</v>
       </c>
-      <c r="H16" s="31">
+      <c r="H16" s="12">
         <v>46112</v>
       </c>
-      <c r="I16" s="17" t="s">
+      <c r="I16" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J16" s="24" t="s">
+      <c r="J16" s="6" t="s">
         <v>324</v>
       </c>
-      <c r="K16" s="26" t="s">
+      <c r="K16" s="6" t="s">
         <v>325</v>
       </c>
-      <c r="L16" s="26" t="s">
+      <c r="L16" s="6" t="s">
         <v>326</v>
       </c>
-      <c r="M16" s="26" t="s">
+      <c r="M16" s="6" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="90" x14ac:dyDescent="0.25">
-      <c r="A17" s="18" t="s">
+      <c r="A17" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="B17" s="19" t="s">
+      <c r="B17" s="8" t="s">
         <v>123</v>
       </c>
-      <c r="C17" s="9" t="s">
+      <c r="C17" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D17" s="9" t="s">
+      <c r="D17" s="8" t="s">
         <v>124</v>
       </c>
-      <c r="E17" s="11" t="s">
+      <c r="E17" s="10" t="s">
         <v>125</v>
       </c>
-      <c r="F17" s="11" t="s">
+      <c r="F17" s="10" t="s">
         <v>126</v>
       </c>
-      <c r="G17" s="10">
+      <c r="G17" s="11">
         <v>44197</v>
       </c>
-      <c r="H17" s="10">
+      <c r="H17" s="12">
         <v>46387</v>
       </c>
-      <c r="I17" s="13" t="s">
+      <c r="I17" s="9" t="s">
         <v>127</v>
       </c>
-      <c r="J17" s="22" t="s">
+      <c r="J17" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="K17" s="22" t="s">
+      <c r="K17" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="L17" s="22" t="s">
+      <c r="L17" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="M17" s="22" t="s">
+      <c r="M17" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="75" x14ac:dyDescent="0.25">
-      <c r="A18" s="18" t="s">
+      <c r="A18" s="7" t="s">
         <v>131</v>
       </c>
-      <c r="B18" s="19" t="s">
+      <c r="B18" s="8" t="s">
         <v>314</v>
       </c>
-      <c r="C18" s="9" t="s">
+      <c r="C18" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D18" s="9" t="s">
+      <c r="D18" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="E18" s="9" t="s">
+      <c r="E18" s="10" t="s">
         <v>90</v>
       </c>
-      <c r="F18" s="9" t="s">
+      <c r="F18" s="10" t="s">
         <v>312</v>
       </c>
-      <c r="G18" s="15">
+      <c r="G18" s="11">
         <v>45323</v>
       </c>
       <c r="H18" s="12">
         <v>46752</v>
       </c>
       <c r="I18" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J18" s="22" t="s">
+      <c r="J18" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="K18" s="24" t="s">
+      <c r="K18" s="6" t="s">
         <v>235</v>
       </c>
-      <c r="L18" s="24" t="s">
+      <c r="L18" s="6" t="s">
         <v>236</v>
       </c>
-      <c r="M18" s="24" t="s">
+      <c r="M18" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="19" spans="1:13" ht="75" x14ac:dyDescent="0.25">
-      <c r="A19" s="8" t="s">
+      <c r="A19" s="7" t="s">
         <v>132</v>
       </c>
-      <c r="B19" s="19" t="s">
+      <c r="B19" s="8" t="s">
         <v>136</v>
       </c>
-      <c r="C19" s="9" t="s">
+      <c r="C19" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D19" s="9" t="s">
+      <c r="D19" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="E19" s="11" t="s">
+      <c r="E19" s="10" t="s">
         <v>83</v>
       </c>
-      <c r="F19" s="11" t="s">
+      <c r="F19" s="10" t="s">
         <v>137</v>
       </c>
-      <c r="G19" s="31">
+      <c r="G19" s="11">
         <v>44652</v>
       </c>
-      <c r="H19" s="31">
+      <c r="H19" s="12">
         <v>46112</v>
       </c>
-      <c r="I19" s="13" t="s">
+      <c r="I19" s="9" t="s">
         <v>138</v>
       </c>
-      <c r="J19" s="14" t="s">
+      <c r="J19" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="K19" s="14" t="s">
+      <c r="K19" s="6" t="s">
         <v>133</v>
       </c>
-      <c r="L19" s="14" t="s">
+      <c r="L19" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="M19" s="14" t="s">
+      <c r="M19" s="6" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A20" s="8" t="s">
+      <c r="A20" s="7" t="s">
         <v>132</v>
       </c>
-      <c r="B20" s="9" t="s">
+      <c r="B20" s="8" t="s">
         <v>343</v>
       </c>
-      <c r="C20" s="9" t="s">
+      <c r="C20" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D20" s="9" t="s">
+      <c r="D20" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="E20" s="11" t="s">
+      <c r="E20" s="10" t="s">
         <v>83</v>
       </c>
-      <c r="F20" s="11" t="s">
+      <c r="F20" s="10" t="s">
         <v>84</v>
       </c>
-      <c r="G20" s="10">
+      <c r="G20" s="11">
         <v>45717</v>
       </c>
       <c r="H20" s="12">
         <v>46812</v>
       </c>
-      <c r="I20" s="11" t="s">
+      <c r="I20" s="9" t="s">
         <v>256</v>
       </c>
-      <c r="J20" s="14" t="s">
+      <c r="J20" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="K20" s="14" t="s">
+      <c r="K20" s="6" t="s">
         <v>133</v>
       </c>
-      <c r="L20" s="14" t="s">
+      <c r="L20" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="M20" s="14" t="s">
+      <c r="M20" s="6" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="21" spans="1:13" ht="75" x14ac:dyDescent="0.25">
-      <c r="A21" s="8" t="s">
+      <c r="A21" s="7" t="s">
         <v>322</v>
       </c>
-      <c r="B21" s="9" t="s">
+      <c r="B21" s="8" t="s">
         <v>177</v>
       </c>
-      <c r="C21" s="9" t="s">
+      <c r="C21" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D21" s="9" t="s">
+      <c r="D21" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="E21" s="11" t="s">
+      <c r="E21" s="10" t="s">
         <v>83</v>
       </c>
-      <c r="F21" s="11" t="s">
+      <c r="F21" s="10" t="s">
         <v>137</v>
       </c>
-      <c r="G21" s="10">
+      <c r="G21" s="11">
         <v>44652</v>
       </c>
-      <c r="H21" s="31">
+      <c r="H21" s="12">
         <v>46112</v>
       </c>
-      <c r="I21" s="11" t="s">
+      <c r="I21" s="9" t="s">
         <v>138</v>
       </c>
       <c r="J21" s="6" t="s">
         <v>178</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>179</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>180</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A22" s="8" t="s">
+      <c r="A22" s="7" t="s">
         <v>322</v>
       </c>
-      <c r="B22" s="9" t="s">
+      <c r="B22" s="8" t="s">
         <v>344</v>
       </c>
-      <c r="C22" s="9" t="s">
+      <c r="C22" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D22" s="9" t="s">
+      <c r="D22" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="E22" s="11" t="s">
+      <c r="E22" s="10" t="s">
         <v>83</v>
       </c>
-      <c r="F22" s="11" t="s">
+      <c r="F22" s="10" t="s">
         <v>84</v>
       </c>
-      <c r="G22" s="10">
+      <c r="G22" s="11">
         <v>45717</v>
       </c>
       <c r="H22" s="12">
         <v>46812</v>
       </c>
-      <c r="I22" s="11" t="s">
+      <c r="I22" s="9" t="s">
         <v>256</v>
       </c>
       <c r="J22" s="6" t="s">
         <v>178</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>179</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>180</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A23" s="8" t="s">
+      <c r="A23" s="7" t="s">
         <v>355</v>
       </c>
-      <c r="B23" s="19" t="s">
+      <c r="B23" s="8" t="s">
         <v>349</v>
       </c>
-      <c r="C23" s="9" t="s">
+      <c r="C23" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D23" s="9" t="s">
+      <c r="D23" s="8" t="s">
         <v>358</v>
       </c>
-      <c r="E23" s="11" t="s">
+      <c r="E23" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="F23" s="11" t="s">
+      <c r="F23" s="10" t="s">
         <v>359</v>
       </c>
-      <c r="G23" s="10">
+      <c r="G23" s="11">
         <v>45689</v>
       </c>
-      <c r="H23" s="33">
+      <c r="H23" s="12">
         <v>46446</v>
       </c>
-      <c r="I23" s="10" t="s">
+      <c r="I23" s="9" t="s">
         <v>71</v>
       </c>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="6"/>
     </row>
     <row r="24" spans="1:13" ht="45" x14ac:dyDescent="0.25">
-      <c r="A24" s="8" t="s">
+      <c r="A24" s="7" t="s">
         <v>139</v>
       </c>
-      <c r="B24" s="9" t="s">
+      <c r="B24" s="8" t="s">
         <v>318</v>
       </c>
-      <c r="C24" s="9" t="s">
+      <c r="C24" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D24" s="9" t="s">
+      <c r="D24" s="8" t="s">
         <v>140</v>
       </c>
-      <c r="E24" s="11" t="s">
+      <c r="E24" s="10" t="s">
         <v>140</v>
       </c>
-      <c r="F24" s="11"/>
-      <c r="G24" s="10">
+      <c r="F24" s="10"/>
+      <c r="G24" s="11">
         <v>45409</v>
       </c>
-      <c r="H24" s="10">
+      <c r="H24" s="12">
         <v>46503</v>
       </c>
-      <c r="I24" s="13" t="s">
+      <c r="I24" s="9" t="s">
         <v>141</v>
       </c>
-      <c r="J24" s="14" t="s">
+      <c r="J24" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="K24" s="14" t="s">
+      <c r="K24" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="L24" s="14" t="s">
+      <c r="L24" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="M24" s="14" t="s">
+      <c r="M24" s="6" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="25" spans="1:13" ht="60" x14ac:dyDescent="0.25">
-      <c r="A25" s="8" t="s">
+      <c r="A25" s="7" t="s">
         <v>148</v>
       </c>
-      <c r="B25" s="9" t="s">
+      <c r="B25" s="8" t="s">
         <v>149</v>
       </c>
-      <c r="C25" s="9" t="s">
+      <c r="C25" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D25" s="9" t="s">
+      <c r="D25" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="E25" s="11" t="s">
+      <c r="E25" s="10" t="s">
         <v>97</v>
       </c>
-      <c r="F25" s="11" t="s">
+      <c r="F25" s="10" t="s">
         <v>97</v>
       </c>
-      <c r="G25" s="10">
+      <c r="G25" s="11">
         <v>44793</v>
       </c>
-      <c r="H25" s="33">
+      <c r="H25" s="12">
         <v>46253</v>
       </c>
-      <c r="I25" s="13" t="s">
+      <c r="I25" s="9" t="s">
         <v>138</v>
       </c>
       <c r="J25" s="6" t="s">
         <v>150</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>151</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>152</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A26" s="8" t="s">
+      <c r="A26" s="7" t="s">
         <v>154</v>
       </c>
-      <c r="B26" s="9" t="s">
+      <c r="B26" s="8" t="s">
         <v>338</v>
       </c>
-      <c r="C26" s="9" t="s">
+      <c r="C26" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D26" s="9" t="s">
+      <c r="D26" s="8" t="s">
         <v>146</v>
       </c>
-      <c r="E26" s="9" t="s">
+      <c r="E26" s="10" t="s">
         <v>147</v>
       </c>
-      <c r="F26" s="9" t="s">
+      <c r="F26" s="10" t="s">
         <v>329</v>
       </c>
-      <c r="G26" s="15">
+      <c r="G26" s="11">
         <v>45580</v>
       </c>
-      <c r="H26" s="16">
+      <c r="H26" s="12">
         <v>46309</v>
       </c>
       <c r="I26" s="9" t="s">
         <v>71</v>
       </c>
       <c r="J26" s="6" t="s">
         <v>155</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>156</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>157</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A27" s="8" t="s">
+      <c r="A27" s="7" t="s">
         <v>154</v>
       </c>
-      <c r="B27" s="9" t="s">
+      <c r="B27" s="8" t="s">
         <v>310</v>
       </c>
-      <c r="C27" s="9" t="s">
+      <c r="C27" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D27" s="9" t="s">
+      <c r="D27" s="8" t="s">
         <v>146</v>
       </c>
-      <c r="E27" s="11" t="s">
+      <c r="E27" s="10" t="s">
         <v>147</v>
       </c>
-      <c r="F27" s="11" t="s">
+      <c r="F27" s="10" t="s">
         <v>211</v>
       </c>
-      <c r="G27" s="10">
+      <c r="G27" s="11">
         <v>45231</v>
       </c>
-      <c r="H27" s="31">
+      <c r="H27" s="12">
         <v>46691</v>
       </c>
-      <c r="I27" s="10" t="s">
+      <c r="I27" s="9" t="s">
         <v>311</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>155</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>156</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>157</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="165" x14ac:dyDescent="0.25">
-      <c r="A28" s="18" t="s">
+      <c r="A28" s="7" t="s">
         <v>158</v>
       </c>
-      <c r="B28" s="19" t="s">
+      <c r="B28" s="8" t="s">
         <v>159</v>
       </c>
-      <c r="C28" s="19" t="s">
+      <c r="C28" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D28" s="19" t="s">
+      <c r="D28" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="E28" s="19" t="s">
+      <c r="E28" s="10" t="s">
         <v>90</v>
       </c>
-      <c r="F28" s="9" t="s">
+      <c r="F28" s="10" t="s">
         <v>160</v>
       </c>
-      <c r="G28" s="21">
+      <c r="G28" s="11">
         <v>44287</v>
       </c>
-      <c r="H28" s="7">
+      <c r="H28" s="12">
         <v>46477</v>
       </c>
-      <c r="I28" s="19" t="s">
+      <c r="I28" s="9" t="s">
         <v>161</v>
       </c>
-      <c r="J28" s="24" t="s">
+      <c r="J28" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="K28" s="24" t="s">
+      <c r="K28" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="L28" s="24" t="s">
+      <c r="L28" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="M28" s="24" t="s">
+      <c r="M28" s="6" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="29" spans="1:13" ht="135" x14ac:dyDescent="0.25">
-      <c r="A29" s="18" t="s">
+      <c r="A29" s="7" t="s">
         <v>165</v>
       </c>
-      <c r="B29" s="19" t="s">
+      <c r="B29" s="8" t="s">
         <v>366</v>
       </c>
-      <c r="C29" s="9" t="s">
+      <c r="C29" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D29" s="19" t="s">
+      <c r="D29" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E29" s="20" t="s">
+      <c r="E29" s="10" t="s">
         <v>166</v>
       </c>
-      <c r="F29" s="19" t="s">
+      <c r="F29" s="10" t="s">
         <v>167</v>
       </c>
-      <c r="G29" s="41">
+      <c r="G29" s="11">
         <v>46023</v>
       </c>
-      <c r="H29" s="41">
+      <c r="H29" s="12">
         <v>47483</v>
       </c>
-      <c r="I29" s="21" t="s">
+      <c r="I29" s="9" t="s">
         <v>116</v>
       </c>
-      <c r="J29" s="24" t="s">
+      <c r="J29" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="K29" s="24" t="s">
+      <c r="K29" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="L29" s="24" t="s">
+      <c r="L29" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="M29" s="24" t="s">
+      <c r="M29" s="6" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A30" s="8" t="s">
+      <c r="A30" s="7" t="s">
         <v>182</v>
       </c>
-      <c r="B30" s="9" t="s">
+      <c r="B30" s="8" t="s">
         <v>183</v>
       </c>
-      <c r="C30" s="9" t="s">
+      <c r="C30" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D30" s="9" t="s">
+      <c r="D30" s="8" t="s">
         <v>112</v>
       </c>
-      <c r="E30" s="11" t="s">
+      <c r="E30" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="F30" s="11"/>
-      <c r="G30" s="31">
+      <c r="F30" s="10"/>
+      <c r="G30" s="11">
         <v>44986</v>
       </c>
-      <c r="H30" s="31">
+      <c r="H30" s="12">
         <v>46446</v>
       </c>
-      <c r="I30" s="17" t="s">
+      <c r="I30" s="9" t="s">
         <v>71</v>
       </c>
       <c r="J30" s="6"/>
-      <c r="K30" s="29"/>
-[...1 lines deleted...]
-      <c r="M30" s="29"/>
+      <c r="K30" s="6"/>
+      <c r="L30" s="6"/>
+      <c r="M30" s="6"/>
     </row>
     <row r="31" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A31" s="8" t="s">
+      <c r="A31" s="7" t="s">
         <v>184</v>
       </c>
-      <c r="B31" s="9" t="s">
+      <c r="B31" s="8" t="s">
         <v>185</v>
       </c>
-      <c r="C31" s="9" t="s">
+      <c r="C31" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D31" s="9" t="s">
+      <c r="D31" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="E31" s="11" t="s">
+      <c r="E31" s="10" t="s">
         <v>97</v>
       </c>
-      <c r="F31" s="11" t="s">
+      <c r="F31" s="10" t="s">
         <v>97</v>
       </c>
-      <c r="G31" s="10">
+      <c r="G31" s="11">
         <v>44774</v>
       </c>
-      <c r="H31" s="10">
+      <c r="H31" s="12">
         <v>46356</v>
       </c>
-      <c r="I31" s="10" t="s">
+      <c r="I31" s="9" t="s">
         <v>186</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>184</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>116</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>116</v>
       </c>
       <c r="M31" s="6"/>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A32" s="34" t="s">
+      <c r="A32" s="7" t="s">
         <v>187</v>
       </c>
-      <c r="B32" s="35" t="s">
+      <c r="B32" s="8" t="s">
         <v>188</v>
       </c>
-      <c r="C32" s="19" t="s">
+      <c r="C32" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D32" s="35" t="s">
+      <c r="D32" s="8" t="s">
         <v>146</v>
       </c>
-      <c r="E32" s="44" t="s">
+      <c r="E32" s="10" t="s">
         <v>189</v>
       </c>
-      <c r="F32" s="44" t="s">
+      <c r="F32" s="10" t="s">
         <v>189</v>
       </c>
-      <c r="G32" s="40">
+      <c r="G32" s="11">
         <v>44666</v>
       </c>
-      <c r="H32" s="48">
+      <c r="H32" s="12">
         <v>46126</v>
       </c>
-      <c r="I32" s="40" t="s">
+      <c r="I32" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J32" s="36" t="s">
+      <c r="J32" s="6" t="s">
         <v>190</v>
       </c>
-      <c r="K32" s="36" t="s">
+      <c r="K32" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="L32" s="36" t="s">
+      <c r="L32" s="6" t="s">
         <v>192</v>
       </c>
-      <c r="M32" s="36" t="s">
+      <c r="M32" s="6" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="33" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A33" s="18" t="s">
+      <c r="A33" s="7" t="s">
         <v>194</v>
       </c>
-      <c r="B33" s="19" t="s">
+      <c r="B33" s="8" t="s">
         <v>195</v>
       </c>
-      <c r="C33" s="19" t="s">
+      <c r="C33" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D33" s="19" t="s">
+      <c r="D33" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="E33" s="20" t="s">
+      <c r="E33" s="10" t="s">
         <v>196</v>
       </c>
-      <c r="F33" s="20" t="s">
+      <c r="F33" s="10" t="s">
         <v>196</v>
       </c>
-      <c r="G33" s="10">
+      <c r="G33" s="11">
         <v>44819</v>
       </c>
-      <c r="H33" s="30">
+      <c r="H33" s="12">
         <v>46279</v>
       </c>
-      <c r="I33" s="10" t="s">
+      <c r="I33" s="9" t="s">
         <v>197</v>
       </c>
-      <c r="J33" s="19" t="s">
+      <c r="J33" s="6" t="s">
         <v>194</v>
       </c>
-      <c r="K33" s="24" t="s">
+      <c r="K33" s="6" t="s">
         <v>198</v>
       </c>
-      <c r="L33" s="24" t="s">
+      <c r="L33" s="6" t="s">
         <v>199</v>
       </c>
-      <c r="M33" s="24" t="s">
+      <c r="M33" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A34" s="18" t="s">
+      <c r="A34" s="7" t="s">
         <v>200</v>
       </c>
-      <c r="B34" s="19" t="s">
+      <c r="B34" s="8" t="s">
         <v>201</v>
       </c>
-      <c r="C34" s="19" t="s">
+      <c r="C34" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D34" s="19" t="s">
+      <c r="D34" s="8" t="s">
         <v>202</v>
       </c>
-      <c r="E34" s="20" t="s">
+      <c r="E34" s="10" t="s">
         <v>203</v>
       </c>
-      <c r="F34" s="20" t="s">
+      <c r="F34" s="10" t="s">
         <v>203</v>
       </c>
-      <c r="G34" s="10">
+      <c r="G34" s="11">
         <v>44866</v>
       </c>
-      <c r="H34" s="41">
+      <c r="H34" s="12">
         <v>46326</v>
       </c>
-      <c r="I34" s="10" t="s">
+      <c r="I34" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J34" s="24" t="s">
+      <c r="J34" s="6" t="s">
         <v>204</v>
       </c>
-      <c r="K34" s="24" t="s">
+      <c r="K34" s="6" t="s">
         <v>205</v>
       </c>
-      <c r="L34" s="24" t="s">
+      <c r="L34" s="6" t="s">
         <v>206</v>
       </c>
-      <c r="M34" s="24" t="s">
+      <c r="M34" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="35" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A35" s="18" t="s">
+      <c r="A35" s="7" t="s">
         <v>207</v>
       </c>
-      <c r="B35" s="19" t="s">
+      <c r="B35" s="8" t="s">
         <v>208</v>
       </c>
-      <c r="C35" s="9" t="s">
+      <c r="C35" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D35" s="19" t="s">
+      <c r="D35" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E35" s="19" t="s">
+      <c r="E35" s="10" t="s">
         <v>207</v>
       </c>
-      <c r="F35" s="19"/>
-      <c r="G35" s="21">
+      <c r="F35" s="10"/>
+      <c r="G35" s="11">
         <v>45566</v>
       </c>
-      <c r="H35" s="7" t="s">
+      <c r="H35" s="12" t="s">
         <v>116</v>
       </c>
-      <c r="I35" s="19" t="s">
+      <c r="I35" s="9" t="s">
         <v>161</v>
       </c>
-      <c r="J35" s="24" t="s">
+      <c r="J35" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="K35" s="24"/>
-[...1 lines deleted...]
-      <c r="M35" s="24"/>
+      <c r="K35" s="6"/>
+      <c r="L35" s="6"/>
+      <c r="M35" s="6"/>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A36" s="18" t="s">
+      <c r="A36" s="7" t="s">
         <v>209</v>
       </c>
-      <c r="B36" s="9" t="s">
+      <c r="B36" s="8" t="s">
         <v>210</v>
       </c>
-      <c r="C36" s="9" t="s">
+      <c r="C36" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D36" s="19" t="s">
+      <c r="D36" s="8" t="s">
         <v>146</v>
       </c>
-      <c r="E36" s="20" t="s">
+      <c r="E36" s="10" t="s">
         <v>147</v>
       </c>
-      <c r="F36" s="20" t="s">
+      <c r="F36" s="10" t="s">
         <v>211</v>
       </c>
-      <c r="G36" s="10">
+      <c r="G36" s="11">
         <v>44075</v>
       </c>
-      <c r="H36" s="10">
+      <c r="H36" s="12">
         <v>46265</v>
       </c>
-      <c r="I36" s="11" t="s">
+      <c r="I36" s="9" t="s">
         <v>212</v>
       </c>
-      <c r="J36" s="24" t="s">
+      <c r="J36" s="6" t="s">
         <v>213</v>
       </c>
-      <c r="K36" s="24" t="s">
+      <c r="K36" s="6" t="s">
         <v>214</v>
       </c>
-      <c r="L36" s="24" t="s">
+      <c r="L36" s="6" t="s">
         <v>215</v>
       </c>
-      <c r="M36" s="24" t="s">
+      <c r="M36" s="6" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="37" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A37" s="18" t="s">
+      <c r="A37" s="7" t="s">
         <v>217</v>
       </c>
-      <c r="B37" s="19" t="s">
+      <c r="B37" s="8" t="s">
         <v>348</v>
       </c>
-      <c r="C37" s="9" t="s">
+      <c r="C37" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D37" s="19" t="s">
+      <c r="D37" s="8" t="s">
         <v>112</v>
       </c>
-      <c r="E37" s="20" t="s">
+      <c r="E37" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="F37" s="20" t="s">
+      <c r="F37" s="10" t="s">
         <v>359</v>
       </c>
-      <c r="G37" s="21">
+      <c r="G37" s="11">
         <v>45689</v>
       </c>
-      <c r="H37" s="30">
+      <c r="H37" s="12">
         <v>46446</v>
       </c>
-      <c r="I37" s="21" t="s">
+      <c r="I37" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J37" s="24"/>
-[...2 lines deleted...]
-      <c r="M37" s="24"/>
+      <c r="J37" s="6"/>
+      <c r="K37" s="6"/>
+      <c r="L37" s="6"/>
+      <c r="M37" s="6"/>
     </row>
     <row r="38" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A38" s="18" t="s">
+      <c r="A38" s="7" t="s">
         <v>356</v>
       </c>
-      <c r="B38" s="19" t="s">
+      <c r="B38" s="8" t="s">
         <v>351</v>
       </c>
-      <c r="C38" s="9" t="s">
+      <c r="C38" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D38" s="19" t="s">
+      <c r="D38" s="8" t="s">
         <v>360</v>
       </c>
-      <c r="E38" s="20" t="s">
+      <c r="E38" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="F38" s="20" t="s">
+      <c r="F38" s="10" t="s">
         <v>359</v>
       </c>
-      <c r="G38" s="21">
+      <c r="G38" s="11">
         <v>45689</v>
       </c>
-      <c r="H38" s="30">
+      <c r="H38" s="12">
         <v>46446</v>
       </c>
-      <c r="I38" s="21" t="s">
+      <c r="I38" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J38" s="24"/>
-[...2 lines deleted...]
-      <c r="M38" s="24"/>
+      <c r="J38" s="6"/>
+      <c r="K38" s="6"/>
+      <c r="L38" s="6"/>
+      <c r="M38" s="6"/>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A39" s="18" t="s">
+      <c r="A39" s="7" t="s">
         <v>218</v>
       </c>
-      <c r="B39" s="19" t="s">
+      <c r="B39" s="8" t="s">
         <v>364</v>
       </c>
-      <c r="C39" s="9" t="s">
+      <c r="C39" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D39" s="19" t="s">
+      <c r="D39" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E39" s="19" t="s">
+      <c r="E39" s="10" t="s">
         <v>219</v>
       </c>
-      <c r="F39" s="19" t="s">
+      <c r="F39" s="10" t="s">
         <v>220</v>
       </c>
-      <c r="G39" s="27">
+      <c r="G39" s="11">
         <v>45992</v>
       </c>
-      <c r="H39" s="27">
+      <c r="H39" s="12">
         <v>47817</v>
       </c>
-      <c r="I39" s="19" t="s">
+      <c r="I39" s="9" t="s">
         <v>121</v>
       </c>
-      <c r="J39" s="24" t="s">
+      <c r="J39" s="6" t="s">
         <v>221</v>
       </c>
-      <c r="K39" s="24" t="s">
+      <c r="K39" s="6" t="s">
         <v>222</v>
       </c>
-      <c r="L39" s="24" t="s">
+      <c r="L39" s="6" t="s">
         <v>223</v>
       </c>
-      <c r="M39" s="24" t="s">
+      <c r="M39" s="6" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="40" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A40" s="18" t="s">
+      <c r="A40" s="7" t="s">
         <v>225</v>
       </c>
-      <c r="B40" s="19" t="s">
+      <c r="B40" s="8" t="s">
         <v>226</v>
       </c>
-      <c r="C40" s="9" t="s">
+      <c r="C40" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D40" s="19" t="s">
+      <c r="D40" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="E40" s="20" t="s">
+      <c r="E40" s="10" t="s">
         <v>196</v>
       </c>
-      <c r="F40" s="20" t="s">
+      <c r="F40" s="10" t="s">
         <v>196</v>
       </c>
-      <c r="G40" s="21">
+      <c r="G40" s="11">
         <v>44819</v>
       </c>
-      <c r="H40" s="30">
+      <c r="H40" s="12">
         <v>46279</v>
       </c>
-      <c r="I40" s="21" t="s">
+      <c r="I40" s="9" t="s">
         <v>197</v>
       </c>
-      <c r="J40" s="19" t="s">
+      <c r="J40" s="6" t="s">
         <v>225</v>
       </c>
-      <c r="K40" s="24" t="s">
+      <c r="K40" s="6" t="s">
         <v>227</v>
       </c>
-      <c r="L40" s="24" t="s">
+      <c r="L40" s="6" t="s">
         <v>228</v>
       </c>
-      <c r="M40" s="24" t="s">
+      <c r="M40" s="6" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A41" s="8" t="s">
+      <c r="A41" s="7" t="s">
         <v>330</v>
       </c>
-      <c r="B41" s="9" t="s">
+      <c r="B41" s="8" t="s">
         <v>336</v>
       </c>
-      <c r="C41" s="9" t="s">
+      <c r="C41" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D41" s="9" t="s">
+      <c r="D41" s="8" t="s">
         <v>146</v>
       </c>
-      <c r="E41" s="9" t="s">
+      <c r="E41" s="10" t="s">
         <v>147</v>
       </c>
-      <c r="F41" s="9" t="s">
+      <c r="F41" s="10" t="s">
         <v>329</v>
       </c>
-      <c r="G41" s="15">
+      <c r="G41" s="11">
         <v>45580</v>
       </c>
-      <c r="H41" s="16">
+      <c r="H41" s="12">
         <v>46309</v>
       </c>
       <c r="I41" s="9" t="s">
         <v>71</v>
       </c>
       <c r="J41" s="6" t="s">
         <v>333</v>
       </c>
       <c r="K41" s="6" t="s">
         <v>334</v>
       </c>
       <c r="L41" s="6" t="s">
         <v>335</v>
       </c>
       <c r="M41" s="6" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="42" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A42" s="18" t="s">
+      <c r="A42" s="7" t="s">
         <v>231</v>
       </c>
-      <c r="B42" s="19" t="s">
+      <c r="B42" s="8" t="s">
         <v>365</v>
       </c>
-      <c r="C42" s="9" t="s">
+      <c r="C42" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D42" s="19" t="s">
+      <c r="D42" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E42" s="19" t="s">
+      <c r="E42" s="10" t="s">
         <v>232</v>
       </c>
-      <c r="F42" s="19" t="s">
+      <c r="F42" s="10" t="s">
         <v>233</v>
       </c>
-      <c r="G42" s="28">
+      <c r="G42" s="11">
         <v>45772</v>
       </c>
-      <c r="H42" s="39">
+      <c r="H42" s="12">
         <v>46501</v>
       </c>
-      <c r="I42" s="38" t="s">
+      <c r="I42" s="9" t="s">
         <v>234</v>
       </c>
-      <c r="J42" s="24" t="s">
+      <c r="J42" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="K42" s="24"/>
-[...1 lines deleted...]
-      <c r="M42" s="24"/>
+      <c r="K42" s="6"/>
+      <c r="L42" s="6"/>
+      <c r="M42" s="6"/>
     </row>
     <row r="43" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A43" s="18" t="s">
+      <c r="A43" s="7" t="s">
         <v>237</v>
       </c>
-      <c r="B43" s="19" t="s">
+      <c r="B43" s="8" t="s">
         <v>238</v>
       </c>
-      <c r="C43" s="9" t="s">
+      <c r="C43" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D43" s="19" t="s">
+      <c r="D43" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E43" s="19" t="s">
+      <c r="E43" s="10" t="s">
         <v>239</v>
       </c>
-      <c r="F43" s="19" t="s">
+      <c r="F43" s="10" t="s">
         <v>240</v>
       </c>
-      <c r="G43" s="21">
+      <c r="G43" s="11">
         <v>43831</v>
       </c>
-      <c r="H43" s="23">
+      <c r="H43" s="12">
         <v>46387</v>
       </c>
       <c r="I43" s="9" t="s">
         <v>241</v>
       </c>
-      <c r="J43" s="24" t="s">
+      <c r="J43" s="6" t="s">
         <v>237</v>
       </c>
-      <c r="K43" s="24"/>
-[...1 lines deleted...]
-      <c r="M43" s="24"/>
+      <c r="K43" s="6"/>
+      <c r="L43" s="6"/>
+      <c r="M43" s="6"/>
     </row>
     <row r="44" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A44" s="18" t="s">
+      <c r="A44" s="7" t="s">
         <v>242</v>
       </c>
-      <c r="B44" s="19" t="s">
+      <c r="B44" s="8" t="s">
         <v>350</v>
       </c>
-      <c r="C44" s="9" t="s">
+      <c r="C44" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D44" s="19" t="s">
+      <c r="D44" s="8" t="s">
         <v>112</v>
       </c>
-      <c r="E44" s="20" t="s">
+      <c r="E44" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="F44" s="20" t="s">
+      <c r="F44" s="10" t="s">
         <v>359</v>
       </c>
-      <c r="G44" s="21">
+      <c r="G44" s="11">
         <v>45689</v>
       </c>
-      <c r="H44" s="33">
+      <c r="H44" s="12">
         <v>46446</v>
       </c>
-      <c r="I44" s="21" t="s">
+      <c r="I44" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J44" s="25"/>
-[...2 lines deleted...]
-      <c r="M44" s="24"/>
+      <c r="J44" s="6"/>
+      <c r="K44" s="6"/>
+      <c r="L44" s="6"/>
+      <c r="M44" s="6"/>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A45" s="18" t="s">
+      <c r="A45" s="7" t="s">
         <v>243</v>
       </c>
-      <c r="B45" s="19" t="s">
+      <c r="B45" s="8" t="s">
         <v>328</v>
       </c>
-      <c r="C45" s="9" t="s">
+      <c r="C45" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D45" s="19" t="s">
+      <c r="D45" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="E45" s="20" t="s">
+      <c r="E45" s="10" t="s">
         <v>83</v>
       </c>
-      <c r="F45" s="20" t="s">
+      <c r="F45" s="10" t="s">
         <v>87</v>
       </c>
-      <c r="G45" s="21">
+      <c r="G45" s="11">
         <v>45536</v>
       </c>
       <c r="H45" s="12">
         <v>46630</v>
       </c>
-      <c r="I45" s="20" t="s">
+      <c r="I45" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J45" s="24" t="s">
+      <c r="J45" s="6" t="s">
         <v>244</v>
       </c>
-      <c r="K45" s="22" t="s">
+      <c r="K45" s="6" t="s">
         <v>245</v>
       </c>
-      <c r="L45" s="22" t="s">
+      <c r="L45" s="6" t="s">
         <v>246</v>
       </c>
-      <c r="M45" s="22" t="s">
+      <c r="M45" s="6" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="46" spans="1:13" ht="45" x14ac:dyDescent="0.25">
-      <c r="A46" s="18" t="s">
+      <c r="A46" s="7" t="s">
         <v>249</v>
       </c>
-      <c r="B46" s="19" t="s">
+      <c r="B46" s="8" t="s">
         <v>367</v>
       </c>
-      <c r="C46" s="9" t="s">
+      <c r="C46" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D46" s="19" t="s">
+      <c r="D46" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E46" s="20" t="s">
+      <c r="E46" s="10" t="s">
         <v>166</v>
       </c>
-      <c r="F46" s="20" t="s">
+      <c r="F46" s="10" t="s">
         <v>255</v>
       </c>
-      <c r="G46" s="41">
+      <c r="G46" s="11">
         <v>44562</v>
       </c>
-      <c r="H46" s="31">
+      <c r="H46" s="12">
         <v>47483</v>
       </c>
-      <c r="I46" s="20" t="s">
+      <c r="I46" s="9" t="s">
         <v>256</v>
       </c>
-      <c r="J46" s="22" t="s">
+      <c r="J46" s="6" t="s">
         <v>252</v>
       </c>
-      <c r="K46" s="22" t="s">
+      <c r="K46" s="6" t="s">
         <v>253</v>
       </c>
-      <c r="L46" s="22" t="s">
+      <c r="L46" s="6" t="s">
         <v>254</v>
       </c>
-      <c r="M46" s="22" t="s">
+      <c r="M46" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="47" spans="1:13" ht="75" x14ac:dyDescent="0.25">
-      <c r="A47" s="18" t="s">
+      <c r="A47" s="7" t="s">
         <v>249</v>
       </c>
-      <c r="B47" s="19" t="s">
+      <c r="B47" s="8" t="s">
         <v>361</v>
       </c>
-      <c r="C47" s="9" t="s">
+      <c r="C47" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D47" s="19" t="s">
+      <c r="D47" s="8" t="s">
         <v>250</v>
       </c>
-      <c r="E47" s="20" t="s">
+      <c r="E47" s="10" t="s">
         <v>250</v>
       </c>
-      <c r="F47" s="20" t="s">
+      <c r="F47" s="10" t="s">
         <v>251</v>
       </c>
-      <c r="G47" s="21">
+      <c r="G47" s="11">
         <v>45809</v>
       </c>
       <c r="H47" s="12">
         <v>46903</v>
       </c>
-      <c r="I47" s="20" t="s">
+      <c r="I47" s="9" t="s">
         <v>362</v>
       </c>
-      <c r="J47" s="22" t="s">
+      <c r="J47" s="6" t="s">
         <v>252</v>
       </c>
-      <c r="K47" s="22" t="s">
+      <c r="K47" s="6" t="s">
         <v>253</v>
       </c>
-      <c r="L47" s="22" t="s">
+      <c r="L47" s="6" t="s">
         <v>254</v>
       </c>
-      <c r="M47" s="22" t="s">
+      <c r="M47" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="48" spans="1:13" ht="45" x14ac:dyDescent="0.25">
-      <c r="A48" s="18" t="s">
+      <c r="A48" s="7" t="s">
         <v>249</v>
       </c>
-      <c r="B48" s="19" t="s">
+      <c r="B48" s="8" t="s">
         <v>305</v>
       </c>
-      <c r="C48" s="9" t="s">
+      <c r="C48" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D48" s="19" t="s">
+      <c r="D48" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="E48" s="20" t="s">
+      <c r="E48" s="10" t="s">
         <v>83</v>
       </c>
-      <c r="F48" s="20" t="s">
+      <c r="F48" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G48" s="21">
+      <c r="G48" s="11">
         <v>45078</v>
       </c>
-      <c r="H48" s="31">
+      <c r="H48" s="12">
         <v>46904</v>
       </c>
-      <c r="I48" s="21" t="s">
+      <c r="I48" s="9" t="s">
         <v>69</v>
       </c>
-      <c r="J48" s="24" t="s">
+      <c r="J48" s="6" t="s">
         <v>252</v>
       </c>
-      <c r="K48" s="24" t="s">
+      <c r="K48" s="6" t="s">
         <v>253</v>
       </c>
-      <c r="L48" s="24" t="s">
+      <c r="L48" s="6" t="s">
         <v>254</v>
       </c>
-      <c r="M48" s="24" t="s">
+      <c r="M48" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="49" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A49" s="18" t="s">
+      <c r="A49" s="7" t="s">
         <v>371</v>
       </c>
-      <c r="B49" s="19" t="s">
+      <c r="B49" s="8" t="s">
         <v>370</v>
       </c>
-      <c r="C49" s="9" t="s">
+      <c r="C49" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D49" s="19" t="s">
+      <c r="D49" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E49" s="20" t="s">
+      <c r="E49" s="10" t="s">
         <v>120</v>
       </c>
-      <c r="F49" s="20" t="s">
+      <c r="F49" s="10" t="s">
         <v>373</v>
       </c>
-      <c r="G49" s="41">
+      <c r="G49" s="11">
         <v>46023</v>
       </c>
-      <c r="H49" s="31">
+      <c r="H49" s="12">
         <v>46752</v>
       </c>
-      <c r="I49" s="21" t="s">
+      <c r="I49" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J49" s="45" t="s">
+      <c r="J49" s="6" t="s">
         <v>371</v>
       </c>
-      <c r="K49" s="24"/>
-[...1 lines deleted...]
-      <c r="M49" s="24"/>
+      <c r="K49" s="6"/>
+      <c r="L49" s="6"/>
+      <c r="M49" s="6"/>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A50" s="18" t="s">
+      <c r="A50" s="7" t="s">
         <v>257</v>
       </c>
-      <c r="B50" s="19" t="s">
+      <c r="B50" s="8" t="s">
         <v>345</v>
       </c>
-      <c r="C50" s="9" t="s">
+      <c r="C50" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D50" s="19" t="s">
+      <c r="D50" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E50" s="19" t="s">
+      <c r="E50" s="10" t="s">
         <v>258</v>
       </c>
-      <c r="F50" s="19"/>
-      <c r="G50" s="27">
+      <c r="F50" s="10"/>
+      <c r="G50" s="11">
         <v>45658</v>
       </c>
-      <c r="H50" s="37">
+      <c r="H50" s="12">
         <v>47118</v>
       </c>
-      <c r="I50" s="19" t="s">
+      <c r="I50" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J50" s="24" t="s">
+      <c r="J50" s="6" t="s">
         <v>259</v>
       </c>
-      <c r="K50" s="24" t="s">
+      <c r="K50" s="6" t="s">
         <v>260</v>
       </c>
-      <c r="L50" s="24" t="s">
+      <c r="L50" s="6" t="s">
         <v>261</v>
       </c>
-      <c r="M50" s="24" t="s">
+      <c r="M50" s="6" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="51" spans="1:13" ht="90" x14ac:dyDescent="0.25">
-      <c r="A51" s="9" t="s">
+      <c r="A51" s="7" t="s">
         <v>262</v>
       </c>
-      <c r="B51" s="9" t="s">
+      <c r="B51" s="8" t="s">
         <v>369</v>
       </c>
-      <c r="C51" s="9" t="s">
+      <c r="C51" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D51" s="9" t="s">
+      <c r="D51" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E51" s="11" t="s">
+      <c r="E51" s="10" t="s">
         <v>120</v>
       </c>
-      <c r="F51" s="11" t="s">
+      <c r="F51" s="10" t="s">
         <v>372</v>
       </c>
-      <c r="G51" s="46">
+      <c r="G51" s="11">
         <v>46023</v>
       </c>
-      <c r="H51" s="31">
+      <c r="H51" s="12">
         <v>46752</v>
       </c>
-      <c r="I51" s="10" t="s">
+      <c r="I51" s="9" t="s">
         <v>71</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>248</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>263</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>264</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="52" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A52" s="18" t="s">
+      <c r="A52" s="7" t="s">
         <v>265</v>
       </c>
-      <c r="B52" s="19" t="s">
+      <c r="B52" s="8" t="s">
         <v>266</v>
       </c>
-      <c r="C52" s="9" t="s">
+      <c r="C52" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D52" s="19" t="s">
+      <c r="D52" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E52" s="19" t="s">
+      <c r="E52" s="10" t="s">
         <v>267</v>
       </c>
-      <c r="F52" s="19" t="s">
+      <c r="F52" s="10" t="s">
         <v>268</v>
       </c>
-      <c r="G52" s="41">
+      <c r="G52" s="11">
         <v>43862</v>
       </c>
-      <c r="H52" s="31">
+      <c r="H52" s="12">
         <v>47149</v>
       </c>
-      <c r="I52" s="19" t="s">
+      <c r="I52" s="9" t="s">
         <v>269</v>
       </c>
-      <c r="J52" s="24" t="s">
+      <c r="J52" s="6" t="s">
         <v>265</v>
       </c>
-      <c r="K52" s="24"/>
-[...1 lines deleted...]
-      <c r="M52" s="24"/>
+      <c r="K52" s="6"/>
+      <c r="L52" s="6"/>
+      <c r="M52" s="6"/>
     </row>
     <row r="53" spans="1:13" ht="150" x14ac:dyDescent="0.25">
-      <c r="A53" s="18" t="s">
+      <c r="A53" s="7" t="s">
         <v>270</v>
       </c>
-      <c r="B53" s="19" t="s">
+      <c r="B53" s="8" t="s">
         <v>271</v>
       </c>
-      <c r="C53" s="9" t="s">
+      <c r="C53" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D53" s="19" t="s">
+      <c r="D53" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E53" s="20" t="s">
+      <c r="E53" s="10" t="s">
         <v>272</v>
       </c>
-      <c r="F53" s="20" t="s">
+      <c r="F53" s="10" t="s">
         <v>273</v>
       </c>
-      <c r="G53" s="30">
+      <c r="G53" s="11">
         <v>44652</v>
       </c>
-      <c r="H53" s="31">
+      <c r="H53" s="12">
         <v>46843</v>
       </c>
-      <c r="I53" s="43" t="s">
+      <c r="I53" s="9" t="s">
         <v>274</v>
       </c>
-      <c r="J53" s="24" t="s">
+      <c r="J53" s="6" t="s">
         <v>275</v>
       </c>
-      <c r="K53" s="24" t="s">
+      <c r="K53" s="6" t="s">
         <v>276</v>
       </c>
-      <c r="L53" s="24" t="s">
+      <c r="L53" s="6" t="s">
         <v>277</v>
       </c>
-      <c r="M53" s="24" t="s">
+      <c r="M53" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="54" spans="1:13" ht="75" x14ac:dyDescent="0.25">
-      <c r="A54" s="18" t="s">
+      <c r="A54" s="7" t="s">
         <v>278</v>
       </c>
-      <c r="B54" s="19" t="s">
+      <c r="B54" s="8" t="s">
         <v>279</v>
       </c>
-      <c r="C54" s="9" t="s">
+      <c r="C54" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D54" s="19" t="s">
+      <c r="D54" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E54" s="20" t="s">
+      <c r="E54" s="10" t="s">
         <v>272</v>
       </c>
-      <c r="F54" s="20" t="s">
+      <c r="F54" s="10" t="s">
         <v>280</v>
       </c>
-      <c r="G54" s="30">
+      <c r="G54" s="11">
         <v>44652</v>
       </c>
-      <c r="H54" s="31">
+      <c r="H54" s="12">
         <v>46843</v>
       </c>
-      <c r="I54" s="32" t="s">
+      <c r="I54" s="9" t="s">
         <v>281</v>
       </c>
-      <c r="J54" s="24" t="s">
+      <c r="J54" s="6" t="s">
         <v>282</v>
       </c>
-      <c r="K54" s="24" t="s">
+      <c r="K54" s="6" t="s">
         <v>283</v>
       </c>
-      <c r="L54" s="24" t="s">
+      <c r="L54" s="6" t="s">
         <v>284</v>
       </c>
-      <c r="M54" s="24" t="s">
+      <c r="M54" s="6" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="55" spans="1:13" ht="90" x14ac:dyDescent="0.25">
-      <c r="A55" s="18" t="s">
+      <c r="A55" s="7" t="s">
         <v>285</v>
       </c>
-      <c r="B55" s="19" t="s">
+      <c r="B55" s="8" t="s">
         <v>286</v>
       </c>
-      <c r="C55" s="9" t="s">
+      <c r="C55" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D55" s="19" t="s">
+      <c r="D55" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E55" s="20" t="s">
+      <c r="E55" s="10" t="s">
         <v>272</v>
       </c>
-      <c r="F55" s="20" t="s">
+      <c r="F55" s="10" t="s">
         <v>280</v>
       </c>
-      <c r="G55" s="30">
+      <c r="G55" s="11">
         <v>44652</v>
       </c>
-      <c r="H55" s="31">
+      <c r="H55" s="12">
         <v>46843</v>
       </c>
-      <c r="I55" s="32" t="s">
+      <c r="I55" s="9" t="s">
         <v>281</v>
       </c>
-      <c r="J55" s="24" t="s">
+      <c r="J55" s="6" t="s">
         <v>287</v>
       </c>
-      <c r="K55" s="24" t="s">
+      <c r="K55" s="6" t="s">
         <v>288</v>
       </c>
-      <c r="L55" s="24" t="s">
+      <c r="L55" s="6" t="s">
         <v>289</v>
       </c>
-      <c r="M55" s="24" t="s">
+      <c r="M55" s="6" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:13" ht="45" x14ac:dyDescent="0.25">
-      <c r="A56" s="18" t="s">
+      <c r="A56" s="7" t="s">
         <v>291</v>
       </c>
-      <c r="B56" s="19" t="s">
+      <c r="B56" s="8" t="s">
         <v>292</v>
       </c>
-      <c r="C56" s="9" t="s">
+      <c r="C56" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D56" s="19" t="s">
+      <c r="D56" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E56" s="20" t="s">
+      <c r="E56" s="10" t="s">
         <v>272</v>
       </c>
-      <c r="F56" s="20" t="s">
+      <c r="F56" s="10" t="s">
         <v>280</v>
       </c>
-      <c r="G56" s="30">
+      <c r="G56" s="11">
         <v>44652</v>
       </c>
-      <c r="H56" s="31">
+      <c r="H56" s="12">
         <v>46843</v>
       </c>
-      <c r="I56" s="32" t="s">
+      <c r="I56" s="9" t="s">
         <v>281</v>
       </c>
-      <c r="J56" s="24"/>
-[...2 lines deleted...]
-      <c r="M56" s="24"/>
+      <c r="J56" s="6"/>
+      <c r="K56" s="6"/>
+      <c r="L56" s="6"/>
+      <c r="M56" s="6"/>
     </row>
     <row r="57" spans="1:13" ht="45" x14ac:dyDescent="0.25">
-      <c r="A57" s="18" t="s">
+      <c r="A57" s="7" t="s">
         <v>293</v>
       </c>
-      <c r="B57" s="19" t="s">
+      <c r="B57" s="8" t="s">
         <v>368</v>
       </c>
-      <c r="C57" s="9" t="s">
+      <c r="C57" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D57" s="19" t="s">
+      <c r="D57" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E57" s="19" t="s">
+      <c r="E57" s="10" t="s">
         <v>166</v>
       </c>
-      <c r="F57" s="19" t="s">
+      <c r="F57" s="10" t="s">
         <v>167</v>
       </c>
-      <c r="G57" s="41">
+      <c r="G57" s="11">
         <v>44562</v>
       </c>
-      <c r="H57" s="31">
+      <c r="H57" s="12">
         <v>47483</v>
       </c>
-      <c r="I57" s="19" t="s">
+      <c r="I57" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J57" s="24" t="s">
+      <c r="J57" s="6" t="s">
         <v>294</v>
       </c>
-      <c r="K57" s="24" t="s">
+      <c r="K57" s="6" t="s">
         <v>295</v>
       </c>
-      <c r="L57" s="24" t="s">
+      <c r="L57" s="6" t="s">
         <v>296</v>
       </c>
-      <c r="M57" s="24" t="s">
+      <c r="M57" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="58" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A58" s="18" t="s">
+      <c r="A58" s="7" t="s">
         <v>331</v>
       </c>
-      <c r="B58" s="19" t="s">
+      <c r="B58" s="8" t="s">
         <v>337</v>
       </c>
-      <c r="C58" s="9" t="s">
+      <c r="C58" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D58" s="19" t="s">
+      <c r="D58" s="8" t="s">
         <v>146</v>
       </c>
-      <c r="E58" s="20" t="s">
+      <c r="E58" s="10" t="s">
         <v>147</v>
       </c>
-      <c r="F58" s="20" t="s">
+      <c r="F58" s="10" t="s">
         <v>329</v>
       </c>
-      <c r="G58" s="27">
+      <c r="G58" s="11">
         <v>45580</v>
       </c>
-      <c r="H58" s="16">
+      <c r="H58" s="12">
         <v>46309</v>
       </c>
-      <c r="I58" s="21" t="s">
+      <c r="I58" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J58" s="24" t="s">
+      <c r="J58" s="6" t="s">
         <v>341</v>
       </c>
-      <c r="K58" s="24" t="s">
+      <c r="K58" s="6" t="s">
         <v>339</v>
       </c>
-      <c r="L58" s="24" t="s">
+      <c r="L58" s="6" t="s">
         <v>340</v>
       </c>
-      <c r="M58" s="24" t="s">
+      <c r="M58" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="59" spans="1:13" ht="60" x14ac:dyDescent="0.25">
-      <c r="A59" s="18" t="s">
+      <c r="A59" s="7" t="s">
         <v>297</v>
       </c>
-      <c r="B59" s="19" t="s">
+      <c r="B59" s="8" t="s">
         <v>309</v>
       </c>
-      <c r="C59" s="9" t="s">
+      <c r="C59" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D59" s="19" t="s">
+      <c r="D59" s="8" t="s">
         <v>67</v>
       </c>
-      <c r="E59" s="19" t="s">
+      <c r="E59" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="F59" s="19" t="s">
+      <c r="F59" s="10" t="s">
         <v>298</v>
       </c>
-      <c r="G59" s="15">
+      <c r="G59" s="11">
         <v>45192</v>
       </c>
-      <c r="H59" s="15">
+      <c r="H59" s="12">
         <v>46287</v>
       </c>
-      <c r="I59" s="19" t="s">
+      <c r="I59" s="9" t="s">
         <v>299</v>
       </c>
-      <c r="J59" s="24" t="s">
+      <c r="J59" s="6" t="s">
         <v>300</v>
       </c>
-      <c r="K59" s="24" t="s">
+      <c r="K59" s="6" t="s">
         <v>301</v>
       </c>
-      <c r="L59" s="24" t="s">
+      <c r="L59" s="6" t="s">
         <v>302</v>
       </c>
-      <c r="M59" s="24" t="s">
+      <c r="M59" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="60" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A60" s="18" t="s">
+      <c r="A60" s="7" t="s">
         <v>297</v>
       </c>
-      <c r="B60" s="19" t="s">
+      <c r="B60" s="8" t="s">
         <v>347</v>
       </c>
-      <c r="C60" s="9" t="s">
+      <c r="C60" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D60" s="19" t="s">
+      <c r="D60" s="8" t="s">
         <v>358</v>
       </c>
-      <c r="E60" s="20" t="s">
+      <c r="E60" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="F60" s="20" t="s">
+      <c r="F60" s="10" t="s">
         <v>359</v>
       </c>
-      <c r="G60" s="21">
+      <c r="G60" s="11">
         <v>45689</v>
       </c>
-      <c r="H60" s="30">
+      <c r="H60" s="12">
         <v>46446</v>
       </c>
-      <c r="I60" s="21" t="s">
+      <c r="I60" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="J60" s="24"/>
-[...2 lines deleted...]
-      <c r="M60" s="24"/>
+      <c r="J60" s="6"/>
+      <c r="K60" s="6"/>
+      <c r="L60" s="6"/>
+      <c r="M60" s="6"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="qij0Zfl33k0SNORQQIiFBm628mZUAnwgk69q5a4ZPO6krW/llxezLjPdsHzvkW30kp6j/t8CPJHypp52z+1+3w==" saltValue="yomSnXLfLjkMSDbUng6LLg==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
-  <phoneticPr fontId="10" type="noConversion"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="XHzpCMnjEBNoL5ppoFADz7kdL2QwcPOmGCX0lDVFvUIGxs0n9yX8BfIQLyLKf/dFHdzm3QNb29Nkg2mOYY+cFA==" saltValue="c+U00KAnQuqjOnKJk2swig==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
+  <phoneticPr fontId="9" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">