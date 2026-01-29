--- v0 (2025-12-07)
+++ v1 (2026-01-29)
@@ -3,125 +3,125 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\marto4\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D4DD11F2-C204-4A01-BFF8-C06F98FA2556}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{11219766-BE2A-4007-B076-005CDB758C76}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="768" yWindow="768" windowWidth="17280" windowHeight="8880" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="202412_202511" sheetId="1" r:id="rId1"/>
+    <sheet name="202501_202512" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'202412_202511'!$A$1:$T$218</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'202501_202512'!$A$1:$T$218</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1108" uniqueCount="347">
   <si>
     <t>Ägarform</t>
   </si>
   <si>
     <t>Vårdcentral</t>
   </si>
   <si>
     <t>Ägare</t>
   </si>
   <si>
     <t>Hsn</t>
   </si>
   <si>
     <t>Nämnd</t>
   </si>
   <si>
     <t>Kommun</t>
   </si>
   <si>
-    <t>Antal 20241231</t>
-[...1 lines deleted...]
-  <si>
     <t>Antal 20250131</t>
   </si>
   <si>
     <t>Antal 20250228</t>
   </si>
   <si>
     <t>Antal 20250331</t>
   </si>
   <si>
     <t>Antal 20250430</t>
   </si>
   <si>
     <t>Antal 20250531</t>
   </si>
   <si>
     <t>Antal 20250630</t>
   </si>
   <si>
     <t>Antal 20250731</t>
   </si>
   <si>
     <t>Antal 20250831</t>
   </si>
   <si>
     <t>Antal 20250930</t>
   </si>
   <si>
     <t>Antal 20251031</t>
   </si>
   <si>
     <t>Antal 20251130</t>
   </si>
   <si>
-    <t>Diff 20241231 - 20251130</t>
-[...2 lines deleted...]
-    <t>Diff % 20241231 - 20251130</t>
+    <t>Antal 20251231</t>
+  </si>
+  <si>
+    <t>Diff 20250131 - 20251231</t>
+  </si>
+  <si>
+    <t>Diff % 20250131 - 20251231</t>
   </si>
   <si>
     <t>Privat</t>
   </si>
   <si>
     <t>Alepraktiken</t>
   </si>
   <si>
     <t>Praktikertjänst AB</t>
   </si>
   <si>
     <t>Västra hälso- och sjukvårdsnämnden</t>
   </si>
   <si>
     <t>Ale</t>
   </si>
   <si>
     <t>Allékliniken Sleipner Vårdcentral</t>
   </si>
   <si>
     <t>Södra hälso- och sjukvårdsnämnden</t>
   </si>
   <si>
     <t>Borås</t>
   </si>
@@ -1544,13502 +1544,13502 @@
       </c>
       <c r="T1" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2">
         <v>2</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2">
-        <v>8271</v>
+        <v>8277</v>
       </c>
       <c r="H2">
-        <v>8277</v>
+        <v>8292</v>
       </c>
       <c r="I2">
-        <v>8292</v>
+        <v>9913</v>
       </c>
       <c r="J2">
-        <v>9913</v>
+        <v>9845</v>
       </c>
       <c r="K2">
-        <v>9845</v>
+        <v>9808</v>
       </c>
       <c r="L2">
-        <v>9808</v>
+        <v>9810</v>
       </c>
       <c r="M2">
-        <v>9810</v>
+        <v>9782</v>
       </c>
       <c r="N2">
-        <v>9782</v>
+        <v>9787</v>
       </c>
       <c r="O2">
-        <v>9787</v>
+        <v>9761</v>
       </c>
       <c r="P2">
-        <v>9761</v>
+        <v>9753</v>
       </c>
       <c r="Q2">
-        <v>9753</v>
+        <v>9735</v>
       </c>
       <c r="R2">
-        <v>9735</v>
+        <v>9725</v>
       </c>
       <c r="S2">
-        <v>1464</v>
+        <v>1448</v>
       </c>
       <c r="T2" s="2">
-        <v>17.700399999999998</v>
+        <v>17.494299999999999</v>
       </c>
     </row>
     <row r="3" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>27</v>
       </c>
       <c r="G3">
-        <v>9108</v>
+        <v>9090</v>
       </c>
       <c r="H3">
-        <v>9090</v>
+        <v>9057</v>
       </c>
       <c r="I3">
-        <v>9057</v>
+        <v>9042</v>
       </c>
       <c r="J3">
-        <v>9042</v>
+        <v>9019</v>
       </c>
       <c r="K3">
-        <v>9019</v>
+        <v>9012</v>
       </c>
       <c r="L3">
-        <v>9012</v>
+        <v>8991</v>
       </c>
       <c r="M3">
-        <v>8991</v>
+        <v>8970</v>
       </c>
       <c r="N3">
+        <v>8974</v>
+      </c>
+      <c r="O3">
+        <v>8994</v>
+      </c>
+      <c r="P3">
         <v>8970</v>
       </c>
-      <c r="O3">
-[...4 lines deleted...]
-      </c>
       <c r="Q3">
-        <v>8970</v>
+        <v>8989</v>
       </c>
       <c r="R3">
-        <v>8989</v>
+        <v>8971</v>
       </c>
       <c r="S3">
         <v>-119</v>
       </c>
       <c r="T3" s="2">
-        <v>-1.3065</v>
+        <v>-1.3090999999999999</v>
       </c>
     </row>
     <row r="4" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>29</v>
       </c>
       <c r="D4">
         <v>1</v>
       </c>
       <c r="E4" t="s">
         <v>30</v>
       </c>
       <c r="F4" t="s">
         <v>31</v>
       </c>
       <c r="G4">
-        <v>3404</v>
+        <v>3447</v>
       </c>
       <c r="H4">
-        <v>3447</v>
+        <v>3496</v>
       </c>
       <c r="I4">
-        <v>3496</v>
+        <v>3539</v>
       </c>
       <c r="J4">
-        <v>3539</v>
+        <v>3592</v>
       </c>
       <c r="K4">
-        <v>3592</v>
+        <v>3612</v>
       </c>
       <c r="L4">
-        <v>3612</v>
+        <v>3619</v>
       </c>
       <c r="M4">
-        <v>3619</v>
+        <v>3629</v>
       </c>
       <c r="N4">
-        <v>3629</v>
+        <v>3644</v>
       </c>
       <c r="O4">
-        <v>3644</v>
+        <v>3710</v>
       </c>
       <c r="P4">
-        <v>3710</v>
+        <v>3839</v>
       </c>
       <c r="Q4">
-        <v>3839</v>
+        <v>3818</v>
       </c>
       <c r="R4">
-        <v>3818</v>
+        <v>3823</v>
       </c>
       <c r="S4">
-        <v>414</v>
+        <v>376</v>
       </c>
       <c r="T4" s="2">
-        <v>12.1622</v>
+        <v>10.907999999999999</v>
       </c>
     </row>
     <row r="5" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5">
         <v>3</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5">
-        <v>2096</v>
+        <v>2105</v>
       </c>
       <c r="H5">
-        <v>2105</v>
+        <v>2103</v>
       </c>
       <c r="I5">
-        <v>2103</v>
+        <v>2119</v>
       </c>
       <c r="J5">
-        <v>2119</v>
+        <v>2131</v>
       </c>
       <c r="K5">
+        <v>2133</v>
+      </c>
+      <c r="L5">
+        <v>2140</v>
+      </c>
+      <c r="M5">
+        <v>2133</v>
+      </c>
+      <c r="N5">
         <v>2131</v>
       </c>
-      <c r="L5">
-[...7 lines deleted...]
-      </c>
       <c r="O5">
-        <v>2131</v>
+        <v>2112</v>
       </c>
       <c r="P5">
-        <v>2112</v>
+        <v>2107</v>
       </c>
       <c r="Q5">
-        <v>2107</v>
+        <v>2110</v>
       </c>
       <c r="R5">
-        <v>2110</v>
+        <v>2081</v>
       </c>
       <c r="S5">
-        <v>14</v>
+        <v>-24</v>
       </c>
       <c r="T5" s="2">
-        <v>0.66790000000000005</v>
+        <v>-1.1400999999999999</v>
       </c>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>27</v>
       </c>
       <c r="G6">
-        <v>3884</v>
+        <v>3899</v>
       </c>
       <c r="H6">
-        <v>3899</v>
+        <v>3918</v>
       </c>
       <c r="I6">
-        <v>3918</v>
+        <v>3887</v>
       </c>
       <c r="J6">
-        <v>3887</v>
+        <v>3885</v>
       </c>
       <c r="K6">
-        <v>3885</v>
+        <v>3878</v>
       </c>
       <c r="L6">
-        <v>3878</v>
+        <v>3850</v>
       </c>
       <c r="M6">
-        <v>3850</v>
+        <v>3846</v>
       </c>
       <c r="N6">
-        <v>3846</v>
+        <v>3862</v>
       </c>
       <c r="O6">
-        <v>3862</v>
+        <v>3854</v>
       </c>
       <c r="P6">
-        <v>3854</v>
+        <v>3873</v>
       </c>
       <c r="Q6">
-        <v>3873</v>
+        <v>3901</v>
       </c>
       <c r="R6">
-        <v>3901</v>
+        <v>3894</v>
       </c>
       <c r="S6">
-        <v>17</v>
+        <v>-5</v>
       </c>
       <c r="T6" s="2">
-        <v>0.43769999999999998</v>
+        <v>-0.12820000000000001</v>
       </c>
     </row>
     <row r="7" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7">
         <v>5</v>
       </c>
       <c r="E7" t="s">
         <v>40</v>
       </c>
       <c r="F7" t="s">
         <v>41</v>
       </c>
       <c r="G7">
-        <v>8615</v>
+        <v>8660</v>
       </c>
       <c r="H7">
-        <v>8660</v>
+        <v>8663</v>
       </c>
       <c r="I7">
-        <v>8663</v>
+        <v>8684</v>
       </c>
       <c r="J7">
-        <v>8684</v>
+        <v>8685</v>
       </c>
       <c r="K7">
-        <v>8685</v>
+        <v>8716</v>
       </c>
       <c r="L7">
-        <v>8716</v>
+        <v>8736</v>
       </c>
       <c r="M7">
-        <v>8736</v>
+        <v>8728</v>
       </c>
       <c r="N7">
-        <v>8728</v>
+        <v>8748</v>
       </c>
       <c r="O7">
-        <v>8748</v>
+        <v>8783</v>
       </c>
       <c r="P7">
-        <v>8783</v>
+        <v>8830</v>
       </c>
       <c r="Q7">
-        <v>8830</v>
+        <v>8860</v>
       </c>
       <c r="R7">
-        <v>8860</v>
+        <v>8845</v>
       </c>
       <c r="S7">
-        <v>245</v>
+        <v>185</v>
       </c>
       <c r="T7" s="2">
-        <v>2.8439000000000001</v>
+        <v>2.1362999999999999</v>
       </c>
     </row>
     <row r="8" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8">
         <v>2</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8">
-        <v>9900</v>
+        <v>9936</v>
       </c>
       <c r="H8">
-        <v>9936</v>
+        <v>9958</v>
       </c>
       <c r="I8">
-        <v>9958</v>
+        <v>10005</v>
       </c>
       <c r="J8">
-        <v>10005</v>
+        <v>10022</v>
       </c>
       <c r="K8">
-        <v>10022</v>
+        <v>10037</v>
       </c>
       <c r="L8">
-        <v>10037</v>
+        <v>10063</v>
       </c>
       <c r="M8">
-        <v>10063</v>
+        <v>10075</v>
       </c>
       <c r="N8">
-        <v>10075</v>
+        <v>10106</v>
       </c>
       <c r="O8">
-        <v>10106</v>
+        <v>10114</v>
       </c>
       <c r="P8">
-        <v>10114</v>
+        <v>10137</v>
       </c>
       <c r="Q8">
-        <v>10137</v>
+        <v>10167</v>
       </c>
       <c r="R8">
-        <v>10167</v>
+        <v>10212</v>
       </c>
       <c r="S8">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="T8" s="2">
-        <v>2.6970000000000001</v>
+        <v>2.7778</v>
       </c>
     </row>
     <row r="9" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9">
         <v>5</v>
       </c>
       <c r="E9" t="s">
         <v>40</v>
       </c>
       <c r="F9" t="s">
         <v>45</v>
       </c>
       <c r="G9">
-        <v>17691</v>
+        <v>17721</v>
       </c>
       <c r="H9">
-        <v>17721</v>
+        <v>17739</v>
       </c>
       <c r="I9">
-        <v>17739</v>
+        <v>17761</v>
       </c>
       <c r="J9">
-        <v>17761</v>
+        <v>17759</v>
       </c>
       <c r="K9">
-        <v>17759</v>
+        <v>17787</v>
       </c>
       <c r="L9">
-        <v>17787</v>
+        <v>17803</v>
       </c>
       <c r="M9">
-        <v>17803</v>
+        <v>17793</v>
       </c>
       <c r="N9">
-        <v>17793</v>
+        <v>17789</v>
       </c>
       <c r="O9">
-        <v>17789</v>
+        <v>17781</v>
       </c>
       <c r="P9">
-        <v>17781</v>
+        <v>17772</v>
       </c>
       <c r="Q9">
-        <v>17772</v>
+        <v>17783</v>
       </c>
       <c r="R9">
-        <v>17783</v>
+        <v>17766</v>
       </c>
       <c r="S9">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="T9" s="2">
-        <v>0.52</v>
+        <v>0.25390000000000001</v>
       </c>
     </row>
     <row r="10" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>27</v>
       </c>
       <c r="G10">
-        <v>9279</v>
+        <v>9276</v>
       </c>
       <c r="H10">
-        <v>9276</v>
+        <v>9264</v>
       </c>
       <c r="I10">
-        <v>9264</v>
+        <v>9261</v>
       </c>
       <c r="J10">
-        <v>9261</v>
+        <v>9281</v>
       </c>
       <c r="K10">
-        <v>9281</v>
+        <v>9284</v>
       </c>
       <c r="L10">
-        <v>9284</v>
+        <v>9277</v>
       </c>
       <c r="M10">
-        <v>9277</v>
+        <v>9302</v>
       </c>
       <c r="N10">
-        <v>9302</v>
+        <v>9301</v>
       </c>
       <c r="O10">
-        <v>9301</v>
+        <v>9319</v>
       </c>
       <c r="P10">
-        <v>9319</v>
+        <v>9328</v>
       </c>
       <c r="Q10">
-        <v>9328</v>
+        <v>9331</v>
       </c>
       <c r="R10">
-        <v>9331</v>
+        <v>9325</v>
       </c>
       <c r="S10">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="T10" s="2">
-        <v>0.56040000000000001</v>
+        <v>0.5282</v>
       </c>
     </row>
     <row r="11" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
       <c r="D11">
         <v>2</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11" t="s">
         <v>49</v>
       </c>
       <c r="G11">
-        <v>5576</v>
+        <v>5582</v>
       </c>
       <c r="H11">
         <v>5582</v>
       </c>
       <c r="I11">
+        <v>5571</v>
+      </c>
+      <c r="J11">
+        <v>5575</v>
+      </c>
+      <c r="K11">
+        <v>5593</v>
+      </c>
+      <c r="L11">
+        <v>5589</v>
+      </c>
+      <c r="M11">
         <v>5582</v>
       </c>
-      <c r="J11">
-[...10 lines deleted...]
-      </c>
       <c r="N11">
-        <v>5582</v>
+        <v>5591</v>
       </c>
       <c r="O11">
-        <v>5591</v>
+        <v>5586</v>
       </c>
       <c r="P11">
-        <v>5586</v>
+        <v>5573</v>
       </c>
       <c r="Q11">
-        <v>5573</v>
+        <v>5563</v>
       </c>
       <c r="R11">
-        <v>5563</v>
+        <v>5562</v>
       </c>
       <c r="S11">
-        <v>-13</v>
+        <v>-20</v>
       </c>
       <c r="T11" s="2">
-        <v>-0.2331</v>
+        <v>-0.35830000000000001</v>
       </c>
     </row>
     <row r="12" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
       <c r="D12">
         <v>3</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12">
-        <v>10357</v>
+        <v>10389</v>
       </c>
       <c r="H12">
         <v>10389</v>
       </c>
       <c r="I12">
-        <v>10389</v>
+        <v>10400</v>
       </c>
       <c r="J12">
         <v>10400</v>
       </c>
       <c r="K12">
-        <v>10400</v>
+        <v>10411</v>
       </c>
       <c r="L12">
-        <v>10411</v>
+        <v>10432</v>
       </c>
       <c r="M12">
-        <v>10432</v>
+        <v>10447</v>
       </c>
       <c r="N12">
-        <v>10447</v>
+        <v>10427</v>
       </c>
       <c r="O12">
-        <v>10427</v>
+        <v>10416</v>
       </c>
       <c r="P12">
-        <v>10416</v>
+        <v>10425</v>
       </c>
       <c r="Q12">
-        <v>10425</v>
+        <v>10408</v>
       </c>
       <c r="R12">
-        <v>10408</v>
+        <v>10384</v>
       </c>
       <c r="S12">
-        <v>51</v>
+        <v>-5</v>
       </c>
       <c r="T12" s="2">
-        <v>0.4924</v>
+        <v>-4.8099999999999997E-2</v>
       </c>
     </row>
     <row r="13" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>52</v>
       </c>
       <c r="C13" t="s">
         <v>48</v>
       </c>
       <c r="D13">
         <v>3</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>35</v>
       </c>
       <c r="G13">
-        <v>9264</v>
+        <v>9304</v>
       </c>
       <c r="H13">
-        <v>9304</v>
+        <v>9332</v>
       </c>
       <c r="I13">
-        <v>9332</v>
+        <v>9903</v>
       </c>
       <c r="J13">
-        <v>9903</v>
+        <v>10145</v>
       </c>
       <c r="K13">
-        <v>10145</v>
+        <v>10281</v>
       </c>
       <c r="L13">
-        <v>10281</v>
+        <v>10308</v>
       </c>
       <c r="M13">
-        <v>10308</v>
+        <v>10411</v>
       </c>
       <c r="N13">
-        <v>10411</v>
+        <v>10422</v>
       </c>
       <c r="O13">
-        <v>10422</v>
+        <v>10438</v>
       </c>
       <c r="P13">
-        <v>10438</v>
+        <v>10497</v>
       </c>
       <c r="Q13">
-        <v>10497</v>
+        <v>10574</v>
       </c>
       <c r="R13">
-        <v>10574</v>
+        <v>10594</v>
       </c>
       <c r="S13">
-        <v>1310</v>
+        <v>1290</v>
       </c>
       <c r="T13" s="2">
-        <v>14.1408</v>
+        <v>13.865</v>
       </c>
     </row>
     <row r="14" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
         <v>53</v>
       </c>
       <c r="C14" t="s">
         <v>51</v>
       </c>
       <c r="D14">
         <v>3</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" t="s">
         <v>35</v>
       </c>
       <c r="G14">
-        <v>10558</v>
+        <v>10692</v>
       </c>
       <c r="H14">
-        <v>10692</v>
+        <v>10716</v>
       </c>
       <c r="I14">
-        <v>10716</v>
+        <v>10712</v>
       </c>
       <c r="J14">
-        <v>10712</v>
+        <v>10709</v>
       </c>
       <c r="K14">
-        <v>10709</v>
+        <v>10680</v>
       </c>
       <c r="L14">
-        <v>10680</v>
+        <v>10676</v>
       </c>
       <c r="M14">
-        <v>10676</v>
+        <v>10645</v>
       </c>
       <c r="N14">
-        <v>10645</v>
+        <v>10603</v>
       </c>
       <c r="O14">
-        <v>10603</v>
+        <v>10557</v>
       </c>
       <c r="P14">
-        <v>10557</v>
+        <v>10527</v>
       </c>
       <c r="Q14">
-        <v>10527</v>
+        <v>10500</v>
       </c>
       <c r="R14">
-        <v>10500</v>
+        <v>10469</v>
       </c>
       <c r="S14">
-        <v>-58</v>
+        <v>-223</v>
       </c>
       <c r="T14" s="2">
-        <v>-0.54930000000000001</v>
+        <v>-2.0857000000000001</v>
       </c>
     </row>
     <row r="15" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
         <v>20</v>
       </c>
       <c r="B15" t="s">
         <v>54</v>
       </c>
       <c r="C15" t="s">
         <v>55</v>
       </c>
       <c r="D15">
         <v>5</v>
       </c>
       <c r="E15" t="s">
         <v>40</v>
       </c>
       <c r="F15" t="s">
         <v>56</v>
       </c>
       <c r="G15">
+        <v>5832</v>
+      </c>
+      <c r="H15">
+        <v>5825</v>
+      </c>
+      <c r="I15">
+        <v>5830</v>
+      </c>
+      <c r="J15">
         <v>5836</v>
       </c>
-      <c r="H15">
-[...7 lines deleted...]
-      </c>
       <c r="K15">
-        <v>5836</v>
+        <v>5820</v>
       </c>
       <c r="L15">
-        <v>5820</v>
+        <v>5835</v>
       </c>
       <c r="M15">
         <v>5835</v>
       </c>
       <c r="N15">
-        <v>5835</v>
+        <v>5826</v>
       </c>
       <c r="O15">
-        <v>5826</v>
+        <v>5819</v>
       </c>
       <c r="P15">
-        <v>5819</v>
+        <v>5809</v>
       </c>
       <c r="Q15">
-        <v>5809</v>
+        <v>5806</v>
       </c>
       <c r="R15">
-        <v>5806</v>
+        <v>5800</v>
       </c>
       <c r="S15">
-        <v>-30</v>
+        <v>-32</v>
       </c>
       <c r="T15" s="2">
-        <v>-0.5141</v>
+        <v>-0.54869999999999997</v>
       </c>
     </row>
     <row r="16" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16" t="s">
         <v>57</v>
       </c>
       <c r="C16" t="s">
         <v>51</v>
       </c>
       <c r="D16">
         <v>3</v>
       </c>
       <c r="E16" t="s">
         <v>34</v>
       </c>
       <c r="F16" t="s">
         <v>35</v>
       </c>
       <c r="G16">
-        <v>10169</v>
+        <v>10376</v>
       </c>
       <c r="H16">
-        <v>10376</v>
+        <v>10399</v>
       </c>
       <c r="I16">
-        <v>10399</v>
+        <v>10424</v>
       </c>
       <c r="J16">
-        <v>10424</v>
+        <v>10465</v>
       </c>
       <c r="K16">
-        <v>10465</v>
+        <v>10517</v>
       </c>
       <c r="L16">
-        <v>10517</v>
+        <v>10550</v>
       </c>
       <c r="M16">
-        <v>10550</v>
+        <v>10551</v>
       </c>
       <c r="N16">
-        <v>10551</v>
+        <v>10643</v>
       </c>
       <c r="O16">
-        <v>10643</v>
+        <v>10725</v>
       </c>
       <c r="P16">
-        <v>10725</v>
+        <v>10799</v>
       </c>
       <c r="Q16">
-        <v>10799</v>
+        <v>10816</v>
       </c>
       <c r="R16">
-        <v>10816</v>
+        <v>10843</v>
       </c>
       <c r="S16">
-        <v>647</v>
+        <v>467</v>
       </c>
       <c r="T16" s="2">
-        <v>6.3624999999999998</v>
+        <v>4.5007999999999999</v>
       </c>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17" t="s">
         <v>58</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17">
         <v>1</v>
       </c>
       <c r="E17" t="s">
         <v>30</v>
       </c>
       <c r="F17" t="s">
         <v>31</v>
       </c>
       <c r="G17">
-        <v>4692</v>
+        <v>4693</v>
       </c>
       <c r="H17">
-        <v>4693</v>
+        <v>4694</v>
       </c>
       <c r="I17">
-        <v>4694</v>
+        <v>4677</v>
       </c>
       <c r="J17">
-        <v>4677</v>
+        <v>4630</v>
       </c>
       <c r="K17">
-        <v>4630</v>
+        <v>4641</v>
       </c>
       <c r="L17">
-        <v>4641</v>
+        <v>4629</v>
       </c>
       <c r="M17">
-        <v>4629</v>
+        <v>4612</v>
       </c>
       <c r="N17">
-        <v>4612</v>
+        <v>4579</v>
       </c>
       <c r="O17">
-        <v>4579</v>
+        <v>4603</v>
       </c>
       <c r="P17">
-        <v>4603</v>
+        <v>4626</v>
       </c>
       <c r="Q17">
-        <v>4626</v>
+        <v>4639</v>
       </c>
       <c r="R17">
-        <v>4639</v>
+        <v>4637</v>
       </c>
       <c r="S17">
-        <v>-53</v>
+        <v>-56</v>
       </c>
       <c r="T17" s="2">
-        <v>-1.1295999999999999</v>
+        <v>-1.1933</v>
       </c>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
         <v>59</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
       <c r="D18">
         <v>3</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" t="s">
         <v>35</v>
       </c>
       <c r="G18">
-        <v>13820</v>
+        <v>13915</v>
       </c>
       <c r="H18">
-        <v>13915</v>
+        <v>13905</v>
       </c>
       <c r="I18">
-        <v>13905</v>
+        <v>13938</v>
       </c>
       <c r="J18">
-        <v>13938</v>
+        <v>13948</v>
       </c>
       <c r="K18">
-        <v>13948</v>
+        <v>13955</v>
       </c>
       <c r="L18">
-        <v>13955</v>
+        <v>13971</v>
       </c>
       <c r="M18">
-        <v>13971</v>
+        <v>13988</v>
       </c>
       <c r="N18">
+        <v>13979</v>
+      </c>
+      <c r="O18">
         <v>13988</v>
       </c>
-      <c r="O18">
-[...1 lines deleted...]
-      </c>
       <c r="P18">
-        <v>13988</v>
+        <v>14017</v>
       </c>
       <c r="Q18">
-        <v>14017</v>
+        <v>14046</v>
       </c>
       <c r="R18">
-        <v>14046</v>
+        <v>14023</v>
       </c>
       <c r="S18">
-        <v>226</v>
+        <v>108</v>
       </c>
       <c r="T18" s="2">
-        <v>1.6353</v>
+        <v>0.77610000000000001</v>
       </c>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
         <v>20</v>
       </c>
       <c r="B19" t="s">
         <v>60</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
       <c r="D19">
         <v>3</v>
       </c>
       <c r="E19" t="s">
         <v>34</v>
       </c>
       <c r="F19" t="s">
         <v>35</v>
       </c>
       <c r="G19">
-        <v>17472</v>
+        <v>17530</v>
       </c>
       <c r="H19">
-        <v>17530</v>
+        <v>17558</v>
       </c>
       <c r="I19">
-        <v>17558</v>
+        <v>17593</v>
       </c>
       <c r="J19">
-        <v>17593</v>
+        <v>17565</v>
       </c>
       <c r="K19">
-        <v>17565</v>
+        <v>17532</v>
       </c>
       <c r="L19">
-        <v>17532</v>
+        <v>17513</v>
       </c>
       <c r="M19">
-        <v>17513</v>
+        <v>17469</v>
       </c>
       <c r="N19">
-        <v>17469</v>
+        <v>17488</v>
       </c>
       <c r="O19">
-        <v>17488</v>
+        <v>17536</v>
       </c>
       <c r="P19">
-        <v>17536</v>
+        <v>17518</v>
       </c>
       <c r="Q19">
-        <v>17518</v>
+        <v>17452</v>
       </c>
       <c r="R19">
-        <v>17452</v>
+        <v>17320</v>
       </c>
       <c r="S19">
-        <v>-20</v>
+        <v>-210</v>
       </c>
       <c r="T19" s="2">
-        <v>-0.1145</v>
+        <v>-1.1979</v>
       </c>
     </row>
     <row r="20" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20" t="s">
         <v>61</v>
       </c>
       <c r="C20" t="s">
         <v>51</v>
       </c>
       <c r="D20">
         <v>3</v>
       </c>
       <c r="E20" t="s">
         <v>34</v>
       </c>
       <c r="F20" t="s">
         <v>35</v>
       </c>
       <c r="G20">
-        <v>7585</v>
+        <v>7584</v>
       </c>
       <c r="H20">
-        <v>7584</v>
+        <v>7610</v>
       </c>
       <c r="I20">
-        <v>7610</v>
+        <v>7613</v>
       </c>
       <c r="J20">
-        <v>7613</v>
+        <v>7582</v>
       </c>
       <c r="K20">
-        <v>7582</v>
+        <v>7571</v>
       </c>
       <c r="L20">
-        <v>7571</v>
+        <v>7606</v>
       </c>
       <c r="M20">
-        <v>7606</v>
+        <v>7596</v>
       </c>
       <c r="N20">
-        <v>7596</v>
+        <v>7626</v>
       </c>
       <c r="O20">
-        <v>7626</v>
+        <v>7661</v>
       </c>
       <c r="P20">
-        <v>7661</v>
+        <v>7689</v>
       </c>
       <c r="Q20">
-        <v>7689</v>
+        <v>7655</v>
       </c>
       <c r="R20">
-        <v>7655</v>
+        <v>7617</v>
       </c>
       <c r="S20">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="T20" s="2">
-        <v>0.92290000000000005</v>
+        <v>0.43509999999999999</v>
       </c>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>62</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
       <c r="D21">
         <v>1</v>
       </c>
       <c r="E21" t="s">
         <v>30</v>
       </c>
       <c r="F21" t="s">
         <v>63</v>
       </c>
       <c r="G21">
-        <v>6965</v>
+        <v>6975</v>
       </c>
       <c r="H21">
-        <v>6975</v>
+        <v>6948</v>
       </c>
       <c r="I21">
-        <v>6948</v>
+        <v>6956</v>
       </c>
       <c r="J21">
-        <v>6956</v>
+        <v>6952</v>
       </c>
       <c r="K21">
-        <v>6952</v>
+        <v>6939</v>
       </c>
       <c r="L21">
-        <v>6939</v>
+        <v>6934</v>
       </c>
       <c r="M21">
+        <v>6933</v>
+      </c>
+      <c r="N21">
+        <v>6943</v>
+      </c>
+      <c r="O21">
         <v>6934</v>
       </c>
-      <c r="N21">
-[...4 lines deleted...]
-      </c>
       <c r="P21">
-        <v>6934</v>
+        <v>6940</v>
       </c>
       <c r="Q21">
-        <v>6940</v>
+        <v>6925</v>
       </c>
       <c r="R21">
-        <v>6925</v>
+        <v>6927</v>
       </c>
       <c r="S21">
-        <v>-40</v>
+        <v>-48</v>
       </c>
       <c r="T21" s="2">
-        <v>-0.57430000000000003</v>
+        <v>-0.68820000000000003</v>
       </c>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
         <v>20</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" t="s">
         <v>48</v>
       </c>
       <c r="D22">
         <v>2</v>
       </c>
       <c r="E22" t="s">
         <v>23</v>
       </c>
       <c r="F22" t="s">
         <v>65</v>
       </c>
       <c r="G22">
-        <v>3448</v>
+        <v>3420</v>
       </c>
       <c r="H22">
-        <v>3420</v>
+        <v>3404</v>
       </c>
       <c r="I22">
-        <v>3404</v>
+        <v>3402</v>
       </c>
       <c r="J22">
-        <v>3402</v>
+        <v>3389</v>
       </c>
       <c r="K22">
-        <v>3389</v>
+        <v>3379</v>
       </c>
       <c r="L22">
-        <v>3379</v>
+        <v>3377</v>
       </c>
       <c r="M22">
-        <v>3377</v>
+        <v>3366</v>
       </c>
       <c r="N22">
-        <v>3366</v>
+        <v>3351</v>
       </c>
       <c r="O22">
-        <v>3351</v>
+        <v>3324</v>
       </c>
       <c r="P22">
-        <v>3324</v>
+        <v>3337</v>
       </c>
       <c r="Q22">
-        <v>3337</v>
+        <v>3341</v>
       </c>
       <c r="R22">
-        <v>3341</v>
+        <v>3343</v>
       </c>
       <c r="S22">
-        <v>-107</v>
+        <v>-77</v>
       </c>
       <c r="T22" s="2">
-        <v>-3.1032000000000002</v>
+        <v>-2.2515000000000001</v>
       </c>
     </row>
     <row r="23" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
         <v>20</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>55</v>
       </c>
       <c r="D23">
         <v>2</v>
       </c>
       <c r="E23" t="s">
         <v>23</v>
       </c>
       <c r="F23" t="s">
         <v>67</v>
       </c>
       <c r="G23">
+        <v>10464</v>
+      </c>
+      <c r="H23">
+        <v>10473</v>
+      </c>
+      <c r="I23">
+        <v>10485</v>
+      </c>
+      <c r="J23">
+        <v>10484</v>
+      </c>
+      <c r="K23">
+        <v>10488</v>
+      </c>
+      <c r="L23">
+        <v>10475</v>
+      </c>
+      <c r="M23">
+        <v>10465</v>
+      </c>
+      <c r="N23">
+        <v>10453</v>
+      </c>
+      <c r="O23">
+        <v>10430</v>
+      </c>
+      <c r="P23">
         <v>10426</v>
       </c>
-      <c r="H23">
-[...25 lines deleted...]
-      </c>
       <c r="Q23">
-        <v>10426</v>
+        <v>10423</v>
       </c>
       <c r="R23">
-        <v>10423</v>
+        <v>10425</v>
       </c>
       <c r="S23">
-        <v>-3</v>
+        <v>-39</v>
       </c>
       <c r="T23" s="2">
-        <v>-2.8799999999999999E-2</v>
+        <v>-0.37269999999999998</v>
       </c>
     </row>
     <row r="24" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
         <v>20</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>1</v>
       </c>
       <c r="E24" t="s">
         <v>30</v>
       </c>
       <c r="F24" t="s">
         <v>69</v>
       </c>
       <c r="G24">
+        <v>10225</v>
+      </c>
+      <c r="H24">
+        <v>10217</v>
+      </c>
+      <c r="I24">
         <v>10226</v>
       </c>
-      <c r="H24">
-[...4 lines deleted...]
-      </c>
       <c r="J24">
-        <v>10226</v>
+        <v>10235</v>
       </c>
       <c r="K24">
-        <v>10235</v>
+        <v>10253</v>
       </c>
       <c r="L24">
-        <v>10253</v>
+        <v>10282</v>
       </c>
       <c r="M24">
-        <v>10282</v>
+        <v>10313</v>
       </c>
       <c r="N24">
-        <v>10313</v>
+        <v>10330</v>
       </c>
       <c r="O24">
-        <v>10330</v>
+        <v>10346</v>
       </c>
       <c r="P24">
-        <v>10346</v>
+        <v>10362</v>
       </c>
       <c r="Q24">
-        <v>10362</v>
+        <v>10354</v>
       </c>
       <c r="R24">
-        <v>10354</v>
+        <v>10371</v>
       </c>
       <c r="S24">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="T24" s="2">
-        <v>1.2517</v>
+        <v>1.4278999999999999</v>
       </c>
     </row>
     <row r="25" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
         <v>20</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
       <c r="C25" t="s">
         <v>48</v>
       </c>
       <c r="D25">
         <v>3</v>
       </c>
       <c r="E25" t="s">
         <v>34</v>
       </c>
       <c r="F25" t="s">
         <v>35</v>
       </c>
       <c r="G25">
-        <v>8459</v>
+        <v>8561</v>
       </c>
       <c r="H25">
-        <v>8561</v>
+        <v>8631</v>
       </c>
       <c r="I25">
-        <v>8631</v>
+        <v>8779</v>
       </c>
       <c r="J25">
-        <v>8779</v>
+        <v>8824</v>
       </c>
       <c r="K25">
-        <v>8824</v>
+        <v>8894</v>
       </c>
       <c r="L25">
-        <v>8894</v>
+        <v>8939</v>
       </c>
       <c r="M25">
-        <v>8939</v>
+        <v>9005</v>
       </c>
       <c r="N25">
-        <v>9005</v>
+        <v>9116</v>
       </c>
       <c r="O25">
-        <v>9116</v>
+        <v>9168</v>
       </c>
       <c r="P25">
-        <v>9168</v>
+        <v>9167</v>
       </c>
       <c r="Q25">
-        <v>9167</v>
+        <v>9158</v>
       </c>
       <c r="R25">
-        <v>9158</v>
+        <v>9171</v>
       </c>
       <c r="S25">
-        <v>699</v>
+        <v>610</v>
       </c>
       <c r="T25" s="2">
-        <v>8.2634000000000007</v>
+        <v>7.1253000000000002</v>
       </c>
     </row>
     <row r="26" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
         <v>20</v>
       </c>
       <c r="B26" t="s">
         <v>71</v>
       </c>
       <c r="C26" t="s">
         <v>72</v>
       </c>
       <c r="D26">
         <v>5</v>
       </c>
       <c r="E26" t="s">
         <v>40</v>
       </c>
       <c r="F26" t="s">
         <v>73</v>
       </c>
       <c r="G26">
-        <v>2532</v>
+        <v>2523</v>
       </c>
       <c r="H26">
-        <v>2523</v>
+        <v>2527</v>
       </c>
       <c r="I26">
-        <v>2527</v>
+        <v>2530</v>
       </c>
       <c r="J26">
         <v>2530</v>
       </c>
       <c r="K26">
-        <v>2530</v>
+        <v>2531</v>
       </c>
       <c r="L26">
-        <v>2531</v>
+        <v>2523</v>
       </c>
       <c r="M26">
-        <v>2523</v>
+        <v>2524</v>
       </c>
       <c r="N26">
-        <v>2524</v>
+        <v>2532</v>
       </c>
       <c r="O26">
-        <v>2532</v>
+        <v>2517</v>
       </c>
       <c r="P26">
-        <v>2517</v>
+        <v>2527</v>
       </c>
       <c r="Q26">
-        <v>2527</v>
+        <v>2525</v>
       </c>
       <c r="R26">
-        <v>2525</v>
+        <v>2526</v>
       </c>
       <c r="S26">
-        <v>-7</v>
+        <v>3</v>
       </c>
       <c r="T26" s="2">
-        <v>-0.27650000000000002</v>
+        <v>0.11890000000000001</v>
       </c>
     </row>
     <row r="27" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
         <v>20</v>
       </c>
       <c r="B27" t="s">
         <v>74</v>
       </c>
       <c r="C27" t="s">
         <v>75</v>
       </c>
       <c r="D27">
         <v>5</v>
       </c>
       <c r="E27" t="s">
         <v>40</v>
       </c>
       <c r="F27" t="s">
         <v>73</v>
       </c>
       <c r="G27">
-        <v>5050</v>
+        <v>5044</v>
       </c>
       <c r="H27">
-        <v>5044</v>
+        <v>5041</v>
       </c>
       <c r="I27">
-        <v>5041</v>
+        <v>5023</v>
       </c>
       <c r="J27">
-        <v>5023</v>
+        <v>5017</v>
       </c>
       <c r="K27">
-        <v>5017</v>
+        <v>4993</v>
       </c>
       <c r="L27">
-        <v>4993</v>
+        <v>4970</v>
       </c>
       <c r="M27">
-        <v>4970</v>
+        <v>4961</v>
       </c>
       <c r="N27">
-        <v>4961</v>
+        <v>4973</v>
       </c>
       <c r="O27">
-        <v>4973</v>
+        <v>4964</v>
       </c>
       <c r="P27">
-        <v>4964</v>
+        <v>4977</v>
       </c>
       <c r="Q27">
-        <v>4977</v>
+        <v>4971</v>
       </c>
       <c r="R27">
-        <v>4971</v>
+        <v>4967</v>
       </c>
       <c r="S27">
-        <v>-79</v>
+        <v>-77</v>
       </c>
       <c r="T27" s="2">
-        <v>-1.5644</v>
+        <v>-1.5266</v>
       </c>
     </row>
     <row r="28" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
         <v>20</v>
       </c>
       <c r="B28" t="s">
         <v>76</v>
       </c>
       <c r="C28" t="s">
         <v>48</v>
       </c>
       <c r="D28">
         <v>2</v>
       </c>
       <c r="E28" t="s">
         <v>23</v>
       </c>
       <c r="F28" t="s">
         <v>77</v>
       </c>
       <c r="G28">
-        <v>11330</v>
+        <v>11270</v>
       </c>
       <c r="H28">
-        <v>11270</v>
+        <v>11225</v>
       </c>
       <c r="I28">
-        <v>11225</v>
+        <v>11181</v>
       </c>
       <c r="J28">
-        <v>11181</v>
+        <v>11163</v>
       </c>
       <c r="K28">
-        <v>11163</v>
+        <v>11125</v>
       </c>
       <c r="L28">
-        <v>11125</v>
+        <v>11088</v>
       </c>
       <c r="M28">
-        <v>11088</v>
+        <v>11001</v>
       </c>
       <c r="N28">
-        <v>11001</v>
+        <v>10966</v>
       </c>
       <c r="O28">
-        <v>10966</v>
+        <v>10930</v>
       </c>
       <c r="P28">
-        <v>10930</v>
+        <v>10899</v>
       </c>
       <c r="Q28">
-        <v>10899</v>
+        <v>10865</v>
       </c>
       <c r="R28">
-        <v>10865</v>
+        <v>10838</v>
       </c>
       <c r="S28">
-        <v>-465</v>
+        <v>-432</v>
       </c>
       <c r="T28" s="2">
-        <v>-4.1040999999999999</v>
+        <v>-3.8332000000000002</v>
       </c>
     </row>
     <row r="29" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" t="s">
         <v>78</v>
       </c>
       <c r="C29" t="s">
         <v>48</v>
       </c>
       <c r="D29">
         <v>1</v>
       </c>
       <c r="E29" t="s">
         <v>30</v>
       </c>
       <c r="F29" t="s">
         <v>79</v>
       </c>
       <c r="G29">
-        <v>5032</v>
+        <v>5037</v>
       </c>
       <c r="H29">
-        <v>5037</v>
+        <v>5055</v>
       </c>
       <c r="I29">
-        <v>5055</v>
+        <v>5052</v>
       </c>
       <c r="J29">
-        <v>5052</v>
+        <v>5069</v>
       </c>
       <c r="K29">
-        <v>5069</v>
+        <v>5094</v>
       </c>
       <c r="L29">
-        <v>5094</v>
+        <v>5140</v>
       </c>
       <c r="M29">
-        <v>5140</v>
+        <v>5150</v>
       </c>
       <c r="N29">
-        <v>5150</v>
+        <v>5144</v>
       </c>
       <c r="O29">
-        <v>5144</v>
+        <v>5124</v>
       </c>
       <c r="P29">
-        <v>5124</v>
+        <v>5125</v>
       </c>
       <c r="Q29">
-        <v>5125</v>
+        <v>5097</v>
       </c>
       <c r="R29">
-        <v>5097</v>
+        <v>5073</v>
       </c>
       <c r="S29">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="T29" s="2">
-        <v>1.2917000000000001</v>
+        <v>0.7147</v>
       </c>
     </row>
     <row r="30" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
         <v>20</v>
       </c>
       <c r="B30" t="s">
         <v>80</v>
       </c>
       <c r="C30" t="s">
         <v>51</v>
       </c>
       <c r="D30">
         <v>2</v>
       </c>
       <c r="E30" t="s">
         <v>23</v>
       </c>
       <c r="F30" t="s">
         <v>81</v>
       </c>
       <c r="G30">
-        <v>9291</v>
+        <v>9303</v>
       </c>
       <c r="H30">
-        <v>9303</v>
+        <v>9285</v>
       </c>
       <c r="I30">
-        <v>9285</v>
+        <v>9308</v>
       </c>
       <c r="J30">
-        <v>9308</v>
+        <v>9292</v>
       </c>
       <c r="K30">
-        <v>9292</v>
+        <v>9277</v>
       </c>
       <c r="L30">
-        <v>9277</v>
+        <v>9268</v>
       </c>
       <c r="M30">
-        <v>9268</v>
+        <v>9243</v>
       </c>
       <c r="N30">
-        <v>9243</v>
+        <v>9220</v>
       </c>
       <c r="O30">
-        <v>9220</v>
+        <v>9229</v>
       </c>
       <c r="P30">
-        <v>9229</v>
+        <v>9223</v>
       </c>
       <c r="Q30">
-        <v>9223</v>
+        <v>9222</v>
       </c>
       <c r="R30">
-        <v>9222</v>
+        <v>9227</v>
       </c>
       <c r="S30">
-        <v>-69</v>
+        <v>-76</v>
       </c>
       <c r="T30" s="2">
-        <v>-0.74270000000000003</v>
+        <v>-0.81689999999999996</v>
       </c>
     </row>
     <row r="31" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
         <v>20</v>
       </c>
       <c r="B31" t="s">
         <v>82</v>
       </c>
       <c r="C31" t="s">
         <v>22</v>
       </c>
       <c r="D31">
         <v>1</v>
       </c>
       <c r="E31" t="s">
         <v>30</v>
       </c>
       <c r="F31" t="s">
         <v>83</v>
       </c>
       <c r="G31">
-        <v>8395</v>
+        <v>8377</v>
       </c>
       <c r="H31">
-        <v>8377</v>
+        <v>8357</v>
       </c>
       <c r="I31">
-        <v>8357</v>
+        <v>8358</v>
       </c>
       <c r="J31">
-        <v>8358</v>
+        <v>8342</v>
       </c>
       <c r="K31">
-        <v>8342</v>
+        <v>8328</v>
       </c>
       <c r="L31">
-        <v>8328</v>
+        <v>8301</v>
       </c>
       <c r="M31">
-        <v>8301</v>
+        <v>8282</v>
       </c>
       <c r="N31">
-        <v>8282</v>
+        <v>8262</v>
       </c>
       <c r="O31">
-        <v>8262</v>
+        <v>8240</v>
       </c>
       <c r="P31">
-        <v>8240</v>
+        <v>8224</v>
       </c>
       <c r="Q31">
-        <v>8224</v>
+        <v>8217</v>
       </c>
       <c r="R31">
-        <v>8217</v>
+        <v>8175</v>
       </c>
       <c r="S31">
-        <v>-178</v>
+        <v>-202</v>
       </c>
       <c r="T31" s="2">
-        <v>-2.1202999999999999</v>
+        <v>-2.4114</v>
       </c>
     </row>
     <row r="32" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
         <v>20</v>
       </c>
       <c r="B32" t="s">
         <v>84</v>
       </c>
       <c r="C32" t="s">
         <v>22</v>
       </c>
       <c r="D32">
         <v>2</v>
       </c>
       <c r="E32" t="s">
         <v>23</v>
       </c>
       <c r="F32" t="s">
         <v>85</v>
       </c>
       <c r="G32">
-        <v>14542</v>
+        <v>14534</v>
       </c>
       <c r="H32">
-        <v>14534</v>
+        <v>14507</v>
       </c>
       <c r="I32">
-        <v>14507</v>
+        <v>14520</v>
       </c>
       <c r="J32">
-        <v>14520</v>
+        <v>14524</v>
       </c>
       <c r="K32">
-        <v>14524</v>
+        <v>14536</v>
       </c>
       <c r="L32">
-        <v>14536</v>
+        <v>14499</v>
       </c>
       <c r="M32">
         <v>14499</v>
       </c>
       <c r="N32">
         <v>14499</v>
       </c>
       <c r="O32">
-        <v>14499</v>
+        <v>14450</v>
       </c>
       <c r="P32">
-        <v>14450</v>
+        <v>14437</v>
       </c>
       <c r="Q32">
-        <v>14437</v>
+        <v>14399</v>
       </c>
       <c r="R32">
-        <v>14399</v>
+        <v>14379</v>
       </c>
       <c r="S32">
-        <v>-143</v>
+        <v>-155</v>
       </c>
       <c r="T32" s="2">
-        <v>-0.98340000000000005</v>
+        <v>-1.0665</v>
       </c>
     </row>
     <row r="33" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
         <v>20</v>
       </c>
       <c r="B33" t="s">
         <v>86</v>
       </c>
       <c r="C33" t="s">
         <v>87</v>
       </c>
       <c r="D33">
         <v>4</v>
       </c>
       <c r="E33" t="s">
         <v>26</v>
       </c>
       <c r="F33" t="s">
         <v>27</v>
       </c>
       <c r="G33">
-        <v>8551</v>
+        <v>8533</v>
       </c>
       <c r="H33">
-        <v>8533</v>
+        <v>8504</v>
       </c>
       <c r="I33">
-        <v>8504</v>
+        <v>8496</v>
       </c>
       <c r="J33">
-        <v>8496</v>
+        <v>8461</v>
       </c>
       <c r="K33">
-        <v>8461</v>
+        <v>8424</v>
       </c>
       <c r="L33">
-        <v>8424</v>
+        <v>8392</v>
       </c>
       <c r="M33">
-        <v>8392</v>
+        <v>8366</v>
       </c>
       <c r="N33">
-        <v>8366</v>
+        <v>8342</v>
       </c>
       <c r="O33">
-        <v>8342</v>
+        <v>8339</v>
       </c>
       <c r="P33">
-        <v>8339</v>
+        <v>8304</v>
       </c>
       <c r="Q33">
-        <v>8304</v>
+        <v>8286</v>
       </c>
       <c r="R33">
-        <v>8286</v>
+        <v>8270</v>
       </c>
       <c r="S33">
-        <v>-265</v>
+        <v>-263</v>
       </c>
       <c r="T33" s="2">
-        <v>-3.0991</v>
+        <v>-3.0821999999999998</v>
       </c>
     </row>
     <row r="34" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
         <v>20</v>
       </c>
       <c r="B34" t="s">
         <v>88</v>
       </c>
       <c r="C34" t="s">
         <v>89</v>
       </c>
       <c r="D34">
         <v>3</v>
       </c>
       <c r="E34" t="s">
         <v>34</v>
       </c>
       <c r="F34" t="s">
         <v>35</v>
       </c>
       <c r="G34">
-        <v>5493</v>
+        <v>6477</v>
       </c>
       <c r="H34">
-        <v>6477</v>
+        <v>6493</v>
       </c>
       <c r="I34">
-        <v>6493</v>
+        <v>6484</v>
       </c>
       <c r="J34">
-        <v>6484</v>
+        <v>6465</v>
       </c>
       <c r="K34">
-        <v>6465</v>
+        <v>6467</v>
       </c>
       <c r="L34">
-        <v>6467</v>
+        <v>6437</v>
       </c>
       <c r="M34">
-        <v>6437</v>
+        <v>6417</v>
       </c>
       <c r="N34">
-        <v>6417</v>
+        <v>6399</v>
       </c>
       <c r="O34">
-        <v>6399</v>
+        <v>6404</v>
       </c>
       <c r="P34">
-        <v>6404</v>
+        <v>6376</v>
       </c>
       <c r="Q34">
-        <v>6376</v>
+        <v>6338</v>
       </c>
       <c r="R34">
-        <v>6338</v>
+        <v>6299</v>
       </c>
       <c r="S34">
-        <v>845</v>
+        <v>-178</v>
       </c>
       <c r="T34" s="2">
-        <v>15.3832</v>
+        <v>-2.7482000000000002</v>
       </c>
     </row>
     <row r="35" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
         <v>20</v>
       </c>
       <c r="B35" t="s">
         <v>90</v>
       </c>
       <c r="C35" t="s">
         <v>91</v>
       </c>
       <c r="D35">
         <v>3</v>
       </c>
       <c r="E35" t="s">
         <v>34</v>
       </c>
       <c r="F35" t="s">
         <v>35</v>
       </c>
       <c r="G35">
-        <v>9364</v>
+        <v>9441</v>
       </c>
       <c r="H35">
-        <v>9441</v>
+        <v>9502</v>
       </c>
       <c r="I35">
-        <v>9502</v>
+        <v>9838</v>
       </c>
       <c r="J35">
-        <v>9838</v>
+        <v>9921</v>
       </c>
       <c r="K35">
-        <v>9921</v>
+        <v>9991</v>
       </c>
       <c r="L35">
-        <v>9991</v>
+        <v>10043</v>
       </c>
       <c r="M35">
-        <v>10043</v>
+        <v>10061</v>
       </c>
       <c r="N35">
-        <v>10061</v>
+        <v>10132</v>
       </c>
       <c r="O35">
-        <v>10132</v>
+        <v>10167</v>
       </c>
       <c r="P35">
-        <v>10167</v>
+        <v>10214</v>
       </c>
       <c r="Q35">
-        <v>10214</v>
+        <v>10276</v>
       </c>
       <c r="R35">
-        <v>10276</v>
+        <v>10305</v>
       </c>
       <c r="S35">
-        <v>912</v>
+        <v>864</v>
       </c>
       <c r="T35" s="2">
-        <v>9.7393999999999998</v>
+        <v>9.1516000000000002</v>
       </c>
     </row>
     <row r="36" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
         <v>20</v>
       </c>
       <c r="B36" t="s">
         <v>92</v>
       </c>
       <c r="C36" t="s">
         <v>91</v>
       </c>
       <c r="D36">
         <v>2</v>
       </c>
       <c r="E36" t="s">
         <v>23</v>
       </c>
       <c r="F36" t="s">
         <v>67</v>
       </c>
       <c r="G36">
-        <v>6691</v>
+        <v>6747</v>
       </c>
       <c r="H36">
-        <v>6747</v>
+        <v>6811</v>
       </c>
       <c r="I36">
-        <v>6811</v>
+        <v>6867</v>
       </c>
       <c r="J36">
-        <v>6867</v>
+        <v>6915</v>
       </c>
       <c r="K36">
-        <v>6915</v>
+        <v>6978</v>
       </c>
       <c r="L36">
-        <v>6978</v>
+        <v>7001</v>
       </c>
       <c r="M36">
-        <v>7001</v>
+        <v>7017</v>
       </c>
       <c r="N36">
-        <v>7017</v>
+        <v>7074</v>
       </c>
       <c r="O36">
-        <v>7074</v>
+        <v>7122</v>
       </c>
       <c r="P36">
-        <v>7122</v>
+        <v>7189</v>
       </c>
       <c r="Q36">
-        <v>7189</v>
+        <v>7255</v>
       </c>
       <c r="R36">
-        <v>7255</v>
+        <v>7285</v>
       </c>
       <c r="S36">
-        <v>564</v>
+        <v>538</v>
       </c>
       <c r="T36" s="2">
-        <v>8.4291999999999998</v>
+        <v>7.9739000000000004</v>
       </c>
     </row>
     <row r="37" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
         <v>20</v>
       </c>
       <c r="B37" t="s">
         <v>93</v>
       </c>
       <c r="C37" t="s">
         <v>94</v>
       </c>
       <c r="D37">
         <v>2</v>
       </c>
       <c r="E37" t="s">
         <v>23</v>
       </c>
       <c r="F37" t="s">
         <v>24</v>
       </c>
       <c r="G37">
-        <v>5909</v>
+        <v>5844</v>
       </c>
       <c r="H37">
-        <v>5844</v>
+        <v>5782</v>
       </c>
       <c r="I37">
-        <v>5782</v>
+        <v>5770</v>
       </c>
       <c r="J37">
-        <v>5770</v>
+        <v>5727</v>
       </c>
       <c r="K37">
-        <v>5727</v>
+        <v>5676</v>
       </c>
       <c r="L37">
-        <v>5676</v>
+        <v>5642</v>
       </c>
       <c r="M37">
-        <v>5642</v>
+        <v>5622</v>
       </c>
       <c r="N37">
-        <v>5622</v>
+        <v>5591</v>
       </c>
       <c r="O37">
-        <v>5591</v>
+        <v>5567</v>
       </c>
       <c r="P37">
-        <v>5567</v>
+        <v>5510</v>
       </c>
       <c r="Q37">
-        <v>5510</v>
+        <v>5490</v>
       </c>
       <c r="R37">
-        <v>5490</v>
+        <v>5465</v>
       </c>
       <c r="S37">
-        <v>-419</v>
+        <v>-379</v>
       </c>
       <c r="T37" s="2">
-        <v>-7.0909000000000004</v>
+        <v>-6.4852999999999996</v>
       </c>
     </row>
     <row r="38" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
         <v>20</v>
       </c>
       <c r="B38" t="s">
         <v>95</v>
       </c>
       <c r="C38" t="s">
         <v>96</v>
       </c>
       <c r="D38">
         <v>2</v>
       </c>
       <c r="E38" t="s">
         <v>23</v>
       </c>
       <c r="F38" t="s">
         <v>81</v>
       </c>
       <c r="G38">
-        <v>7994</v>
+        <v>7992</v>
       </c>
       <c r="H38">
-        <v>7992</v>
+        <v>7952</v>
       </c>
       <c r="I38">
-        <v>7952</v>
+        <v>7943</v>
       </c>
       <c r="J38">
-        <v>7943</v>
+        <v>7931</v>
       </c>
       <c r="K38">
-        <v>7931</v>
+        <v>7902</v>
       </c>
       <c r="L38">
-        <v>7902</v>
+        <v>7872</v>
       </c>
       <c r="M38">
-        <v>7872</v>
+        <v>7884</v>
       </c>
       <c r="N38">
-        <v>7884</v>
+        <v>7848</v>
       </c>
       <c r="O38">
-        <v>7848</v>
+        <v>7839</v>
       </c>
       <c r="P38">
-        <v>7839</v>
+        <v>7829</v>
       </c>
       <c r="Q38">
-        <v>7829</v>
+        <v>8036</v>
       </c>
       <c r="R38">
-        <v>8036</v>
+        <v>8008</v>
       </c>
       <c r="S38">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="T38" s="2">
-        <v>0.52539999999999998</v>
+        <v>0.20019999999999999</v>
       </c>
     </row>
     <row r="39" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
         <v>20</v>
       </c>
       <c r="B39" t="s">
         <v>97</v>
       </c>
       <c r="C39" t="s">
         <v>98</v>
       </c>
       <c r="D39">
         <v>2</v>
       </c>
       <c r="E39" t="s">
         <v>23</v>
       </c>
       <c r="F39" t="s">
         <v>99</v>
       </c>
       <c r="G39">
-        <v>6835</v>
+        <v>6910</v>
       </c>
       <c r="H39">
-        <v>6910</v>
+        <v>6923</v>
       </c>
       <c r="I39">
-        <v>6923</v>
+        <v>6946</v>
       </c>
       <c r="J39">
-        <v>6946</v>
+        <v>6939</v>
       </c>
       <c r="K39">
-        <v>6939</v>
+        <v>6914</v>
       </c>
       <c r="L39">
-        <v>6914</v>
+        <v>6938</v>
       </c>
       <c r="M39">
         <v>6938</v>
       </c>
       <c r="N39">
-        <v>6938</v>
+        <v>6958</v>
       </c>
       <c r="O39">
-        <v>6958</v>
+        <v>6946</v>
       </c>
       <c r="P39">
-        <v>6946</v>
+        <v>6942</v>
       </c>
       <c r="Q39">
-        <v>6942</v>
+        <v>6965</v>
       </c>
       <c r="R39">
-        <v>6965</v>
+        <v>6978</v>
       </c>
       <c r="S39">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="T39" s="2">
-        <v>1.9019999999999999</v>
+        <v>0.98409999999999997</v>
       </c>
     </row>
     <row r="40" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
         <v>20</v>
       </c>
       <c r="B40" t="s">
         <v>100</v>
       </c>
       <c r="C40" t="s">
         <v>101</v>
       </c>
       <c r="D40">
         <v>1</v>
       </c>
       <c r="E40" t="s">
         <v>30</v>
       </c>
       <c r="F40" t="s">
         <v>83</v>
       </c>
       <c r="G40">
-        <v>3864</v>
+        <v>3854</v>
       </c>
       <c r="H40">
-        <v>3854</v>
+        <v>3835</v>
       </c>
       <c r="I40">
-        <v>3835</v>
+        <v>3838</v>
       </c>
       <c r="J40">
-        <v>3838</v>
+        <v>3873</v>
       </c>
       <c r="K40">
-        <v>3873</v>
+        <v>3931</v>
       </c>
       <c r="L40">
-        <v>3931</v>
+        <v>3989</v>
       </c>
       <c r="M40">
-        <v>3989</v>
+        <v>4009</v>
       </c>
       <c r="N40">
-        <v>4009</v>
+        <v>4066</v>
       </c>
       <c r="O40">
-        <v>4066</v>
+        <v>4151</v>
       </c>
       <c r="P40">
-        <v>4151</v>
+        <v>4243</v>
       </c>
       <c r="Q40">
-        <v>4243</v>
+        <v>4314</v>
       </c>
       <c r="R40">
-        <v>4314</v>
+        <v>4370</v>
       </c>
       <c r="S40">
-        <v>450</v>
+        <v>516</v>
       </c>
       <c r="T40" s="2">
-        <v>11.646000000000001</v>
+        <v>13.3887</v>
       </c>
     </row>
     <row r="41" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
         <v>20</v>
       </c>
       <c r="B41" t="s">
         <v>102</v>
       </c>
       <c r="C41" t="s">
         <v>103</v>
       </c>
       <c r="D41">
         <v>2</v>
       </c>
       <c r="E41" t="s">
         <v>23</v>
       </c>
       <c r="F41" t="s">
         <v>67</v>
       </c>
       <c r="G41">
-        <v>4512</v>
+        <v>4648</v>
       </c>
       <c r="H41">
-        <v>4648</v>
+        <v>4749</v>
       </c>
       <c r="I41">
-        <v>4749</v>
+        <v>4851</v>
       </c>
       <c r="J41">
-        <v>4851</v>
+        <v>4944</v>
       </c>
       <c r="K41">
-        <v>4944</v>
+        <v>5007</v>
       </c>
       <c r="L41">
-        <v>5007</v>
+        <v>5071</v>
       </c>
       <c r="M41">
-        <v>5071</v>
+        <v>5121</v>
       </c>
       <c r="N41">
-        <v>5121</v>
+        <v>5197</v>
       </c>
       <c r="O41">
-        <v>5197</v>
+        <v>5281</v>
       </c>
       <c r="P41">
-        <v>5281</v>
+        <v>5364</v>
       </c>
       <c r="Q41">
-        <v>5364</v>
+        <v>5420</v>
       </c>
       <c r="R41">
-        <v>5420</v>
+        <v>5464</v>
       </c>
       <c r="S41">
-        <v>908</v>
+        <v>816</v>
       </c>
       <c r="T41" s="2">
-        <v>20.124099999999999</v>
+        <v>17.555900000000001</v>
       </c>
     </row>
     <row r="42" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
         <v>20</v>
       </c>
       <c r="B42" t="s">
         <v>104</v>
       </c>
       <c r="C42" t="s">
         <v>105</v>
       </c>
       <c r="D42">
         <v>3</v>
       </c>
       <c r="E42" t="s">
         <v>34</v>
       </c>
       <c r="F42" t="s">
         <v>35</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42">
         <v>0</v>
       </c>
       <c r="J42">
         <v>0</v>
       </c>
       <c r="K42">
         <v>0</v>
       </c>
       <c r="L42">
-        <v>0</v>
+        <v>212</v>
       </c>
       <c r="M42">
-        <v>212</v>
+        <v>374</v>
       </c>
       <c r="N42">
-        <v>374</v>
+        <v>668</v>
       </c>
       <c r="O42">
-        <v>668</v>
+        <v>896</v>
       </c>
       <c r="P42">
-        <v>896</v>
+        <v>1067</v>
       </c>
       <c r="Q42">
-        <v>1067</v>
+        <v>1195</v>
       </c>
       <c r="R42">
-        <v>1195</v>
+        <v>1288</v>
       </c>
       <c r="S42">
-        <v>1195</v>
+        <v>1288</v>
       </c>
       <c r="T42" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
         <v>20</v>
       </c>
       <c r="B43" t="s">
         <v>107</v>
       </c>
       <c r="C43" t="s">
         <v>22</v>
       </c>
       <c r="D43">
         <v>5</v>
       </c>
       <c r="E43" t="s">
         <v>40</v>
       </c>
       <c r="F43" t="s">
         <v>108</v>
       </c>
       <c r="G43">
-        <v>10238</v>
+        <v>10254</v>
       </c>
       <c r="H43">
-        <v>10254</v>
+        <v>10313</v>
       </c>
       <c r="I43">
-        <v>10313</v>
+        <v>10303</v>
       </c>
       <c r="J43">
-        <v>10303</v>
+        <v>10337</v>
       </c>
       <c r="K43">
-        <v>10337</v>
+        <v>10370</v>
       </c>
       <c r="L43">
-        <v>10370</v>
+        <v>10437</v>
       </c>
       <c r="M43">
-        <v>10437</v>
+        <v>10479</v>
       </c>
       <c r="N43">
-        <v>10479</v>
+        <v>10491</v>
       </c>
       <c r="O43">
-        <v>10491</v>
+        <v>10533</v>
       </c>
       <c r="P43">
-        <v>10533</v>
+        <v>10566</v>
       </c>
       <c r="Q43">
-        <v>10566</v>
+        <v>10579</v>
       </c>
       <c r="R43">
-        <v>10579</v>
+        <v>10588</v>
       </c>
       <c r="S43">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="T43" s="2">
-        <v>3.3307000000000002</v>
+        <v>3.2572999999999999</v>
       </c>
     </row>
     <row r="44" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
         <v>20</v>
       </c>
       <c r="B44" t="s">
         <v>109</v>
       </c>
       <c r="C44" t="s">
         <v>22</v>
       </c>
       <c r="D44">
         <v>4</v>
       </c>
       <c r="E44" t="s">
         <v>26</v>
       </c>
       <c r="F44" t="s">
         <v>27</v>
       </c>
       <c r="G44">
-        <v>14474</v>
+        <v>14465</v>
       </c>
       <c r="H44">
-        <v>14465</v>
+        <v>14492</v>
       </c>
       <c r="I44">
-        <v>14492</v>
+        <v>14494</v>
       </c>
       <c r="J44">
+        <v>14522</v>
+      </c>
+      <c r="K44">
+        <v>14529</v>
+      </c>
+      <c r="L44">
         <v>14494</v>
-      </c>
-[...4 lines deleted...]
-        <v>14529</v>
       </c>
       <c r="M44">
         <v>14494</v>
       </c>
       <c r="N44">
-        <v>14494</v>
+        <v>14470</v>
       </c>
       <c r="O44">
-        <v>14470</v>
+        <v>14453</v>
       </c>
       <c r="P44">
         <v>14453</v>
       </c>
       <c r="Q44">
-        <v>14453</v>
+        <v>14438</v>
       </c>
       <c r="R44">
-        <v>14438</v>
+        <v>14422</v>
       </c>
       <c r="S44">
-        <v>-36</v>
+        <v>-43</v>
       </c>
       <c r="T44" s="2">
-        <v>-0.2487</v>
+        <v>-0.29730000000000001</v>
       </c>
     </row>
     <row r="45" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
         <v>20</v>
       </c>
       <c r="B45" t="s">
         <v>110</v>
       </c>
       <c r="C45" t="s">
         <v>111</v>
       </c>
       <c r="D45">
         <v>3</v>
       </c>
       <c r="E45" t="s">
         <v>34</v>
       </c>
       <c r="F45" t="s">
         <v>35</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45">
         <v>0</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
       <c r="K45">
         <v>0</v>
       </c>
       <c r="L45">
         <v>0</v>
       </c>
       <c r="M45">
         <v>0</v>
       </c>
       <c r="N45">
         <v>0</v>
       </c>
       <c r="O45">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="P45">
-        <v>49</v>
+        <v>135</v>
       </c>
       <c r="Q45">
-        <v>135</v>
+        <v>216</v>
       </c>
       <c r="R45">
-        <v>216</v>
+        <v>325</v>
       </c>
       <c r="S45">
-        <v>216</v>
+        <v>325</v>
       </c>
       <c r="T45" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="46" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
         <v>20</v>
       </c>
       <c r="B46" t="s">
         <v>112</v>
       </c>
       <c r="C46" t="s">
         <v>113</v>
       </c>
       <c r="D46">
         <v>4</v>
       </c>
       <c r="E46" t="s">
         <v>26</v>
       </c>
       <c r="F46" t="s">
         <v>114</v>
       </c>
       <c r="G46">
-        <v>2741</v>
+        <v>2788</v>
       </c>
       <c r="H46">
-        <v>2788</v>
+        <v>2817</v>
       </c>
       <c r="I46">
-        <v>2817</v>
+        <v>2847</v>
       </c>
       <c r="J46">
-        <v>2847</v>
+        <v>2856</v>
       </c>
       <c r="K46">
+        <v>2874</v>
+      </c>
+      <c r="L46">
+        <v>2895</v>
+      </c>
+      <c r="M46">
+        <v>2892</v>
+      </c>
+      <c r="N46">
+        <v>2891</v>
+      </c>
+      <c r="O46">
+        <v>2864</v>
+      </c>
+      <c r="P46">
         <v>2856</v>
       </c>
-      <c r="L46">
-[...13 lines deleted...]
-      </c>
       <c r="Q46">
-        <v>2856</v>
+        <v>2875</v>
       </c>
       <c r="R46">
-        <v>2875</v>
+        <v>2870</v>
       </c>
       <c r="S46">
-        <v>134</v>
+        <v>82</v>
       </c>
       <c r="T46" s="2">
-        <v>4.8887</v>
+        <v>2.9411999999999998</v>
       </c>
     </row>
     <row r="47" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
         <v>20</v>
       </c>
       <c r="B47" t="s">
         <v>115</v>
       </c>
       <c r="C47" t="s">
         <v>116</v>
       </c>
       <c r="D47">
         <v>2</v>
       </c>
       <c r="E47" t="s">
         <v>23</v>
       </c>
       <c r="F47" t="s">
         <v>67</v>
       </c>
       <c r="G47">
-        <v>4913</v>
+        <v>4886</v>
       </c>
       <c r="H47">
-        <v>4886</v>
+        <v>4939</v>
       </c>
       <c r="I47">
-        <v>4939</v>
+        <v>4956</v>
       </c>
       <c r="J47">
-        <v>4956</v>
+        <v>4953</v>
       </c>
       <c r="K47">
-        <v>4953</v>
+        <v>4940</v>
       </c>
       <c r="L47">
-        <v>4940</v>
+        <v>4912</v>
       </c>
       <c r="M47">
-        <v>4912</v>
+        <v>4911</v>
       </c>
       <c r="N47">
-        <v>4911</v>
+        <v>4871</v>
       </c>
       <c r="O47">
-        <v>4871</v>
+        <v>4873</v>
       </c>
       <c r="P47">
-        <v>4873</v>
+        <v>4850</v>
       </c>
       <c r="Q47">
-        <v>4850</v>
+        <v>4857</v>
       </c>
       <c r="R47">
-        <v>4857</v>
+        <v>4870</v>
       </c>
       <c r="S47">
-        <v>-56</v>
+        <v>-16</v>
       </c>
       <c r="T47" s="2">
-        <v>-1.1397999999999999</v>
+        <v>-0.32750000000000001</v>
       </c>
     </row>
     <row r="48" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
         <v>20</v>
       </c>
       <c r="B48" t="s">
         <v>117</v>
       </c>
       <c r="C48" t="s">
         <v>22</v>
       </c>
       <c r="D48">
         <v>4</v>
       </c>
       <c r="E48" t="s">
         <v>26</v>
       </c>
       <c r="F48" t="s">
         <v>118</v>
       </c>
       <c r="G48">
-        <v>13175</v>
+        <v>13199</v>
       </c>
       <c r="H48">
-        <v>13199</v>
+        <v>13198</v>
       </c>
       <c r="I48">
-        <v>13198</v>
+        <v>13186</v>
       </c>
       <c r="J48">
+        <v>13174</v>
+      </c>
+      <c r="K48">
         <v>13186</v>
       </c>
-      <c r="K48">
-[...1 lines deleted...]
-      </c>
       <c r="L48">
-        <v>13186</v>
+        <v>13217</v>
       </c>
       <c r="M48">
-        <v>13217</v>
+        <v>13222</v>
       </c>
       <c r="N48">
-        <v>13222</v>
+        <v>13239</v>
       </c>
       <c r="O48">
-        <v>13239</v>
+        <v>13255</v>
       </c>
       <c r="P48">
-        <v>13255</v>
+        <v>13276</v>
       </c>
       <c r="Q48">
-        <v>13276</v>
+        <v>13262</v>
       </c>
       <c r="R48">
-        <v>13262</v>
+        <v>13275</v>
       </c>
       <c r="S48">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="T48" s="2">
-        <v>0.6603</v>
+        <v>0.57579999999999998</v>
       </c>
     </row>
     <row r="49" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
         <v>20</v>
       </c>
       <c r="B49" t="s">
         <v>119</v>
       </c>
       <c r="C49" t="s">
         <v>120</v>
       </c>
       <c r="D49">
         <v>5</v>
       </c>
       <c r="E49" t="s">
         <v>40</v>
       </c>
       <c r="F49" t="s">
         <v>121</v>
       </c>
       <c r="G49">
-        <v>2368</v>
+        <v>2373</v>
       </c>
       <c r="H49">
-        <v>2373</v>
+        <v>2376</v>
       </c>
       <c r="I49">
-        <v>2376</v>
+        <v>2374</v>
       </c>
       <c r="J49">
+        <v>2379</v>
+      </c>
+      <c r="K49">
         <v>2374</v>
       </c>
-      <c r="K49">
-[...1 lines deleted...]
-      </c>
       <c r="L49">
-        <v>2374</v>
+        <v>2365</v>
       </c>
       <c r="M49">
         <v>2365</v>
       </c>
       <c r="N49">
-        <v>2365</v>
+        <v>2376</v>
       </c>
       <c r="O49">
+        <v>2378</v>
+      </c>
+      <c r="P49">
+        <v>2366</v>
+      </c>
+      <c r="Q49">
+        <v>2372</v>
+      </c>
+      <c r="R49">
         <v>2376</v>
       </c>
-      <c r="P49">
-[...7 lines deleted...]
-      </c>
       <c r="S49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T49" s="2">
-        <v>0.16889999999999999</v>
+        <v>0.12640000000000001</v>
       </c>
     </row>
     <row r="50" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
         <v>20</v>
       </c>
       <c r="B50" t="s">
         <v>122</v>
       </c>
       <c r="C50" t="s">
         <v>120</v>
       </c>
       <c r="D50">
         <v>5</v>
       </c>
       <c r="E50" t="s">
         <v>40</v>
       </c>
       <c r="F50" t="s">
         <v>123</v>
       </c>
       <c r="G50">
-        <v>1794</v>
+        <v>1798</v>
       </c>
       <c r="H50">
-        <v>1798</v>
+        <v>1796</v>
       </c>
       <c r="I50">
-        <v>1796</v>
+        <v>1800</v>
       </c>
       <c r="J50">
-        <v>1800</v>
+        <v>1804</v>
       </c>
       <c r="K50">
+        <v>1808</v>
+      </c>
+      <c r="L50">
+        <v>1812</v>
+      </c>
+      <c r="M50">
         <v>1804</v>
       </c>
-      <c r="L50">
-[...4 lines deleted...]
-      </c>
       <c r="N50">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="O50">
         <v>1809</v>
       </c>
       <c r="P50">
-        <v>1809</v>
+        <v>1806</v>
       </c>
       <c r="Q50">
-        <v>1806</v>
+        <v>1793</v>
       </c>
       <c r="R50">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="S50">
-        <v>-1</v>
+        <v>-6</v>
       </c>
       <c r="T50" s="2">
-        <v>-5.57E-2</v>
+        <v>-0.3337</v>
       </c>
     </row>
     <row r="51" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
         <v>20</v>
       </c>
       <c r="B51" t="s">
         <v>124</v>
       </c>
       <c r="C51" t="s">
         <v>125</v>
       </c>
       <c r="D51">
         <v>3</v>
       </c>
       <c r="E51" t="s">
         <v>34</v>
       </c>
       <c r="F51" t="s">
         <v>35</v>
       </c>
       <c r="G51">
-        <v>7194</v>
+        <v>7443</v>
       </c>
       <c r="H51">
-        <v>7443</v>
+        <v>7607</v>
       </c>
       <c r="I51">
-        <v>7607</v>
+        <v>7802</v>
       </c>
       <c r="J51">
-        <v>7802</v>
+        <v>7990</v>
       </c>
       <c r="K51">
-        <v>7990</v>
+        <v>8154</v>
       </c>
       <c r="L51">
-        <v>8154</v>
+        <v>8278</v>
       </c>
       <c r="M51">
-        <v>8278</v>
+        <v>8415</v>
       </c>
       <c r="N51">
-        <v>8415</v>
+        <v>8599</v>
       </c>
       <c r="O51">
-        <v>8599</v>
+        <v>8716</v>
       </c>
       <c r="P51">
-        <v>8716</v>
+        <v>8877</v>
       </c>
       <c r="Q51">
-        <v>8877</v>
+        <v>9002</v>
       </c>
       <c r="R51">
-        <v>9002</v>
+        <v>9108</v>
       </c>
       <c r="S51">
-        <v>1808</v>
+        <v>1665</v>
       </c>
       <c r="T51" s="2">
-        <v>25.132100000000001</v>
+        <v>22.37</v>
       </c>
     </row>
     <row r="52" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
         <v>20</v>
       </c>
       <c r="B52" t="s">
         <v>126</v>
       </c>
       <c r="C52" t="s">
         <v>127</v>
       </c>
       <c r="D52">
         <v>2</v>
       </c>
       <c r="E52" t="s">
         <v>23</v>
       </c>
       <c r="F52" t="s">
         <v>128</v>
       </c>
       <c r="G52">
-        <v>6863</v>
+        <v>6874</v>
       </c>
       <c r="H52">
-        <v>6874</v>
+        <v>6885</v>
       </c>
       <c r="I52">
-        <v>6885</v>
+        <v>6875</v>
       </c>
       <c r="J52">
-        <v>6875</v>
+        <v>6903</v>
       </c>
       <c r="K52">
-        <v>6903</v>
+        <v>6916</v>
       </c>
       <c r="L52">
-        <v>6916</v>
+        <v>6930</v>
       </c>
       <c r="M52">
+        <v>6923</v>
+      </c>
+      <c r="N52">
+        <v>6934</v>
+      </c>
+      <c r="O52">
         <v>6930</v>
       </c>
-      <c r="N52">
-[...4 lines deleted...]
-      </c>
       <c r="P52">
-        <v>6930</v>
+        <v>6964</v>
       </c>
       <c r="Q52">
-        <v>6964</v>
+        <v>6983</v>
       </c>
       <c r="R52">
-        <v>6983</v>
+        <v>6990</v>
       </c>
       <c r="S52">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="T52" s="2">
-        <v>1.7484999999999999</v>
+        <v>1.6875</v>
       </c>
     </row>
     <row r="53" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
         <v>20</v>
       </c>
       <c r="B53" t="s">
         <v>129</v>
       </c>
       <c r="C53" t="s">
         <v>22</v>
       </c>
       <c r="D53">
         <v>3</v>
       </c>
       <c r="E53" t="s">
         <v>34</v>
       </c>
       <c r="F53" t="s">
         <v>35</v>
       </c>
       <c r="G53">
-        <v>7218</v>
+        <v>7197</v>
       </c>
       <c r="H53">
-        <v>7197</v>
+        <v>7202</v>
       </c>
       <c r="I53">
-        <v>7202</v>
+        <v>7217</v>
       </c>
       <c r="J53">
-        <v>7217</v>
+        <v>7229</v>
       </c>
       <c r="K53">
+        <v>7225</v>
+      </c>
+      <c r="L53">
         <v>7229</v>
       </c>
-      <c r="L53">
-[...1 lines deleted...]
-      </c>
       <c r="M53">
-        <v>7229</v>
+        <v>7227</v>
       </c>
       <c r="N53">
-        <v>7227</v>
+        <v>7210</v>
       </c>
       <c r="O53">
-        <v>7210</v>
+        <v>7226</v>
       </c>
       <c r="P53">
-        <v>7226</v>
+        <v>7220</v>
       </c>
       <c r="Q53">
-        <v>7220</v>
+        <v>7268</v>
       </c>
       <c r="R53">
-        <v>7268</v>
+        <v>7241</v>
       </c>
       <c r="S53">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T53" s="2">
-        <v>0.69269999999999998</v>
+        <v>0.61140000000000005</v>
       </c>
     </row>
     <row r="54" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
         <v>20</v>
       </c>
       <c r="B54" t="s">
         <v>130</v>
       </c>
       <c r="C54" t="s">
         <v>131</v>
       </c>
       <c r="D54">
         <v>3</v>
       </c>
       <c r="E54" t="s">
         <v>34</v>
       </c>
       <c r="F54" t="s">
         <v>35</v>
       </c>
       <c r="G54">
-        <v>5872</v>
+        <v>6055</v>
       </c>
       <c r="H54">
-        <v>6055</v>
+        <v>6038</v>
       </c>
       <c r="I54">
-        <v>6038</v>
+        <v>6037</v>
       </c>
       <c r="J54">
-        <v>6037</v>
+        <v>6036</v>
       </c>
       <c r="K54">
-        <v>6036</v>
+        <v>6015</v>
       </c>
       <c r="L54">
-        <v>6015</v>
+        <v>6004</v>
       </c>
       <c r="M54">
-        <v>6004</v>
+        <v>6018</v>
       </c>
       <c r="N54">
-        <v>6018</v>
+        <v>6001</v>
       </c>
       <c r="O54">
-        <v>6001</v>
+        <v>5975</v>
       </c>
       <c r="P54">
-        <v>5975</v>
+        <v>5990</v>
       </c>
       <c r="Q54">
-        <v>5990</v>
+        <v>5984</v>
       </c>
       <c r="R54">
-        <v>5984</v>
+        <v>5971</v>
       </c>
       <c r="S54">
-        <v>112</v>
+        <v>-84</v>
       </c>
       <c r="T54" s="2">
-        <v>1.9074</v>
+        <v>-1.3873</v>
       </c>
     </row>
     <row r="55" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
         <v>20</v>
       </c>
       <c r="B55" t="s">
         <v>132</v>
       </c>
       <c r="C55" t="s">
         <v>131</v>
       </c>
       <c r="D55">
         <v>3</v>
       </c>
       <c r="E55" t="s">
         <v>34</v>
       </c>
       <c r="F55" t="s">
         <v>35</v>
       </c>
       <c r="G55">
-        <v>4146</v>
+        <v>4422</v>
       </c>
       <c r="H55">
-        <v>4422</v>
+        <v>4403</v>
       </c>
       <c r="I55">
-        <v>4403</v>
+        <v>4388</v>
       </c>
       <c r="J55">
-        <v>4388</v>
+        <v>4379</v>
       </c>
       <c r="K55">
         <v>4379</v>
       </c>
       <c r="L55">
-        <v>4379</v>
+        <v>4352</v>
       </c>
       <c r="M55">
-        <v>4352</v>
+        <v>4329</v>
       </c>
       <c r="N55">
-        <v>4329</v>
+        <v>4320</v>
       </c>
       <c r="O55">
-        <v>4320</v>
+        <v>4293</v>
       </c>
       <c r="P55">
-        <v>4293</v>
+        <v>4287</v>
       </c>
       <c r="Q55">
-        <v>4287</v>
+        <v>4273</v>
       </c>
       <c r="R55">
-        <v>4273</v>
+        <v>4266</v>
       </c>
       <c r="S55">
-        <v>127</v>
+        <v>-156</v>
       </c>
       <c r="T55" s="2">
-        <v>3.0632000000000001</v>
+        <v>-3.5278</v>
       </c>
     </row>
     <row r="56" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
         <v>20</v>
       </c>
       <c r="B56" t="s">
         <v>133</v>
       </c>
       <c r="C56" t="s">
         <v>134</v>
       </c>
       <c r="D56">
         <v>3</v>
       </c>
       <c r="E56" t="s">
         <v>34</v>
       </c>
       <c r="F56" t="s">
         <v>35</v>
       </c>
       <c r="G56">
-        <v>546</v>
+        <v>635</v>
       </c>
       <c r="H56">
-        <v>635</v>
+        <v>705</v>
       </c>
       <c r="I56">
-        <v>705</v>
+        <v>767</v>
       </c>
       <c r="J56">
-        <v>767</v>
+        <v>826</v>
       </c>
       <c r="K56">
-        <v>826</v>
+        <v>878</v>
       </c>
       <c r="L56">
-        <v>878</v>
+        <v>954</v>
       </c>
       <c r="M56">
-        <v>954</v>
+        <v>1025</v>
       </c>
       <c r="N56">
-        <v>1025</v>
+        <v>1153</v>
       </c>
       <c r="O56">
-        <v>1153</v>
+        <v>1275</v>
       </c>
       <c r="P56">
-        <v>1275</v>
+        <v>1376</v>
       </c>
       <c r="Q56">
-        <v>1376</v>
+        <v>1456</v>
       </c>
       <c r="R56">
-        <v>1456</v>
+        <v>1521</v>
       </c>
       <c r="S56">
-        <v>910</v>
+        <v>886</v>
       </c>
       <c r="T56" s="2">
-        <v>166.66669999999999</v>
+        <v>139.52760000000001</v>
       </c>
     </row>
     <row r="57" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
         <v>20</v>
       </c>
       <c r="B57" t="s">
         <v>135</v>
       </c>
       <c r="C57" t="s">
         <v>131</v>
       </c>
       <c r="D57">
         <v>3</v>
       </c>
       <c r="E57" t="s">
         <v>34</v>
       </c>
       <c r="F57" t="s">
         <v>35</v>
       </c>
       <c r="G57">
-        <v>1570</v>
+        <v>1627</v>
       </c>
       <c r="H57">
-        <v>1627</v>
+        <v>1617</v>
       </c>
       <c r="I57">
-        <v>1617</v>
+        <v>1623</v>
       </c>
       <c r="J57">
-        <v>1623</v>
+        <v>1609</v>
       </c>
       <c r="K57">
-        <v>1609</v>
+        <v>1602</v>
       </c>
       <c r="L57">
-        <v>1602</v>
+        <v>1588</v>
       </c>
       <c r="M57">
-        <v>1588</v>
+        <v>1573</v>
       </c>
       <c r="N57">
-        <v>1573</v>
+        <v>1561</v>
       </c>
       <c r="O57">
-        <v>1561</v>
+        <v>1547</v>
       </c>
       <c r="P57">
-        <v>1547</v>
+        <v>1539</v>
       </c>
       <c r="Q57">
-        <v>1539</v>
+        <v>1531</v>
       </c>
       <c r="R57">
-        <v>1531</v>
+        <v>1524</v>
       </c>
       <c r="S57">
-        <v>-39</v>
+        <v>-103</v>
       </c>
       <c r="T57" s="2">
-        <v>-2.4841000000000002</v>
+        <v>-6.3307000000000002</v>
       </c>
     </row>
     <row r="58" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
         <v>20</v>
       </c>
       <c r="B58" t="s">
         <v>136</v>
       </c>
       <c r="C58" t="s">
         <v>131</v>
       </c>
       <c r="D58">
         <v>1</v>
       </c>
       <c r="E58" t="s">
         <v>30</v>
       </c>
       <c r="F58" t="s">
         <v>137</v>
       </c>
       <c r="G58">
-        <v>4029</v>
+        <v>4030</v>
       </c>
       <c r="H58">
-        <v>4030</v>
+        <v>4028</v>
       </c>
       <c r="I58">
-        <v>4028</v>
+        <v>4021</v>
       </c>
       <c r="J58">
-        <v>4021</v>
+        <v>4017</v>
       </c>
       <c r="K58">
-        <v>4017</v>
+        <v>4012</v>
       </c>
       <c r="L58">
-        <v>4012</v>
+        <v>4022</v>
       </c>
       <c r="M58">
-        <v>4022</v>
+        <v>4015</v>
       </c>
       <c r="N58">
-        <v>4015</v>
+        <v>4001</v>
       </c>
       <c r="O58">
-        <v>4001</v>
+        <v>4013</v>
       </c>
       <c r="P58">
-        <v>4013</v>
+        <v>4011</v>
       </c>
       <c r="Q58">
-        <v>4011</v>
+        <v>4007</v>
       </c>
       <c r="R58">
-        <v>4007</v>
+        <v>3993</v>
       </c>
       <c r="S58">
-        <v>-22</v>
+        <v>-37</v>
       </c>
       <c r="T58" s="2">
-        <v>-0.54600000000000004</v>
+        <v>-0.91810000000000003</v>
       </c>
     </row>
     <row r="59" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
         <v>20</v>
       </c>
       <c r="B59" t="s">
         <v>138</v>
       </c>
       <c r="C59" t="s">
         <v>91</v>
       </c>
       <c r="D59">
         <v>2</v>
       </c>
       <c r="E59" t="s">
         <v>23</v>
       </c>
       <c r="F59" t="s">
         <v>67</v>
       </c>
       <c r="G59">
-        <v>7675</v>
+        <v>7698</v>
       </c>
       <c r="H59">
-        <v>7698</v>
+        <v>7714</v>
       </c>
       <c r="I59">
-        <v>7714</v>
+        <v>7705</v>
       </c>
       <c r="J59">
-        <v>7705</v>
+        <v>7719</v>
       </c>
       <c r="K59">
+        <v>7715</v>
+      </c>
+      <c r="L59">
+        <v>7708</v>
+      </c>
+      <c r="M59">
         <v>7719</v>
       </c>
-      <c r="L59">
-[...4 lines deleted...]
-      </c>
       <c r="N59">
-        <v>7719</v>
+        <v>7703</v>
       </c>
       <c r="O59">
-        <v>7703</v>
+        <v>7706</v>
       </c>
       <c r="P59">
-        <v>7706</v>
+        <v>7713</v>
       </c>
       <c r="Q59">
-        <v>7713</v>
+        <v>7704</v>
       </c>
       <c r="R59">
         <v>7704</v>
       </c>
       <c r="S59">
-        <v>29</v>
+        <v>6</v>
       </c>
       <c r="T59" s="2">
-        <v>0.37790000000000001</v>
+        <v>7.7899999999999997E-2</v>
       </c>
     </row>
     <row r="60" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
         <v>20</v>
       </c>
       <c r="B60" t="s">
         <v>139</v>
       </c>
       <c r="C60" t="s">
         <v>140</v>
       </c>
       <c r="D60">
         <v>3</v>
       </c>
       <c r="E60" t="s">
         <v>34</v>
       </c>
       <c r="F60" t="s">
         <v>35</v>
       </c>
       <c r="G60">
-        <v>3522</v>
+        <v>3549</v>
       </c>
       <c r="H60">
-        <v>3549</v>
+        <v>3566</v>
       </c>
       <c r="I60">
-        <v>3566</v>
+        <v>3544</v>
       </c>
       <c r="J60">
-        <v>3544</v>
+        <v>3536</v>
       </c>
       <c r="K60">
-        <v>3536</v>
+        <v>3500</v>
       </c>
       <c r="L60">
-        <v>3500</v>
+        <v>3491</v>
       </c>
       <c r="M60">
-        <v>3491</v>
+        <v>3446</v>
       </c>
       <c r="N60">
-        <v>3446</v>
+        <v>3450</v>
       </c>
       <c r="O60">
-        <v>3450</v>
+        <v>3453</v>
       </c>
       <c r="P60">
-        <v>3453</v>
+        <v>3441</v>
       </c>
       <c r="Q60">
-        <v>3441</v>
+        <v>3447</v>
       </c>
       <c r="R60">
-        <v>3447</v>
+        <v>3416</v>
       </c>
       <c r="S60">
-        <v>-75</v>
+        <v>-133</v>
       </c>
       <c r="T60" s="2">
-        <v>-2.1295000000000002</v>
+        <v>-3.7475000000000001</v>
       </c>
     </row>
     <row r="61" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
         <v>20</v>
       </c>
       <c r="B61" t="s">
         <v>141</v>
       </c>
       <c r="C61" t="s">
         <v>22</v>
       </c>
       <c r="D61">
         <v>1</v>
       </c>
       <c r="E61" t="s">
         <v>30</v>
       </c>
       <c r="F61" t="s">
         <v>31</v>
       </c>
       <c r="G61">
-        <v>11137</v>
+        <v>11158</v>
       </c>
       <c r="H61">
-        <v>11158</v>
+        <v>11165</v>
       </c>
       <c r="I61">
-        <v>11165</v>
+        <v>11166</v>
       </c>
       <c r="J61">
-        <v>11166</v>
+        <v>11171</v>
       </c>
       <c r="K61">
-        <v>11171</v>
+        <v>11100</v>
       </c>
       <c r="L61">
-        <v>11100</v>
+        <v>11115</v>
       </c>
       <c r="M61">
-        <v>11115</v>
+        <v>11067</v>
       </c>
       <c r="N61">
-        <v>11067</v>
+        <v>11073</v>
       </c>
       <c r="O61">
-        <v>11073</v>
+        <v>11068</v>
       </c>
       <c r="P61">
-        <v>11068</v>
+        <v>11089</v>
       </c>
       <c r="Q61">
-        <v>11089</v>
+        <v>11083</v>
       </c>
       <c r="R61">
-        <v>11083</v>
+        <v>11070</v>
       </c>
       <c r="S61">
-        <v>-54</v>
+        <v>-88</v>
       </c>
       <c r="T61" s="2">
-        <v>-0.4849</v>
+        <v>-0.78869999999999996</v>
       </c>
     </row>
     <row r="62" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
         <v>20</v>
       </c>
       <c r="B62" t="s">
         <v>142</v>
       </c>
       <c r="C62" t="s">
         <v>143</v>
       </c>
       <c r="D62">
         <v>2</v>
       </c>
       <c r="E62" t="s">
         <v>23</v>
       </c>
       <c r="F62" t="s">
         <v>24</v>
       </c>
       <c r="G62">
-        <v>1953</v>
+        <v>1968</v>
       </c>
       <c r="H62">
         <v>1968</v>
       </c>
       <c r="I62">
-        <v>1968</v>
+        <v>0</v>
       </c>
       <c r="J62">
         <v>0</v>
       </c>
       <c r="K62">
         <v>0</v>
       </c>
       <c r="L62">
         <v>0</v>
       </c>
       <c r="M62">
         <v>0</v>
       </c>
       <c r="N62">
         <v>0</v>
       </c>
       <c r="O62">
         <v>0</v>
       </c>
       <c r="P62">
         <v>0</v>
       </c>
       <c r="Q62">
         <v>0</v>
       </c>
       <c r="R62">
         <v>0</v>
       </c>
       <c r="S62">
-        <v>-1953</v>
+        <v>-1968</v>
       </c>
       <c r="T62" s="2">
         <v>-100</v>
       </c>
     </row>
     <row r="63" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
         <v>20</v>
       </c>
       <c r="B63" t="s">
         <v>144</v>
       </c>
       <c r="C63" t="s">
         <v>143</v>
       </c>
       <c r="D63">
         <v>3</v>
       </c>
       <c r="E63" t="s">
         <v>34</v>
       </c>
       <c r="F63" t="s">
         <v>35</v>
       </c>
       <c r="G63">
-        <v>5849</v>
+        <v>5856</v>
       </c>
       <c r="H63">
-        <v>5856</v>
+        <v>5895</v>
       </c>
       <c r="I63">
-        <v>5895</v>
+        <v>0</v>
       </c>
       <c r="J63">
         <v>0</v>
       </c>
       <c r="K63">
         <v>0</v>
       </c>
       <c r="L63">
         <v>0</v>
       </c>
       <c r="M63">
         <v>0</v>
       </c>
       <c r="N63">
         <v>0</v>
       </c>
       <c r="O63">
         <v>0</v>
       </c>
       <c r="P63">
         <v>0</v>
       </c>
       <c r="Q63">
         <v>0</v>
       </c>
       <c r="R63">
         <v>0</v>
       </c>
       <c r="S63">
-        <v>-5849</v>
+        <v>-5856</v>
       </c>
       <c r="T63" s="2">
         <v>-100</v>
       </c>
     </row>
     <row r="64" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
         <v>20</v>
       </c>
       <c r="B64" t="s">
         <v>145</v>
       </c>
       <c r="C64" t="s">
         <v>146</v>
       </c>
       <c r="D64">
         <v>3</v>
       </c>
       <c r="E64" t="s">
         <v>34</v>
       </c>
       <c r="F64" t="s">
         <v>35</v>
       </c>
       <c r="G64">
-        <v>3453</v>
+        <v>3477</v>
       </c>
       <c r="H64">
-        <v>3477</v>
+        <v>3503</v>
       </c>
       <c r="I64">
-        <v>3503</v>
+        <v>0</v>
       </c>
       <c r="J64">
         <v>0</v>
       </c>
       <c r="K64">
         <v>0</v>
       </c>
       <c r="L64">
         <v>0</v>
       </c>
       <c r="M64">
         <v>0</v>
       </c>
       <c r="N64">
         <v>0</v>
       </c>
       <c r="O64">
         <v>0</v>
       </c>
       <c r="P64">
         <v>0</v>
       </c>
       <c r="Q64">
         <v>0</v>
       </c>
       <c r="R64">
         <v>0</v>
       </c>
       <c r="S64">
-        <v>-3453</v>
+        <v>-3477</v>
       </c>
       <c r="T64" s="2">
         <v>-100</v>
       </c>
     </row>
     <row r="65" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
         <v>20</v>
       </c>
       <c r="B65" t="s">
         <v>147</v>
       </c>
       <c r="C65" t="s">
         <v>148</v>
       </c>
       <c r="D65">
         <v>2</v>
       </c>
       <c r="E65" t="s">
         <v>23</v>
       </c>
       <c r="F65" t="s">
         <v>81</v>
       </c>
       <c r="G65">
-        <v>4846</v>
+        <v>4852</v>
       </c>
       <c r="H65">
-        <v>4852</v>
+        <v>4886</v>
       </c>
       <c r="I65">
-        <v>4886</v>
+        <v>4961</v>
       </c>
       <c r="J65">
-        <v>4961</v>
+        <v>4968</v>
       </c>
       <c r="K65">
-        <v>4968</v>
+        <v>5000</v>
       </c>
       <c r="L65">
-        <v>5000</v>
+        <v>5032</v>
       </c>
       <c r="M65">
-        <v>5032</v>
+        <v>5076</v>
       </c>
       <c r="N65">
-        <v>5076</v>
+        <v>5110</v>
       </c>
       <c r="O65">
-        <v>5110</v>
+        <v>5129</v>
       </c>
       <c r="P65">
-        <v>5129</v>
+        <v>5122</v>
       </c>
       <c r="Q65">
-        <v>5122</v>
+        <v>5099</v>
       </c>
       <c r="R65">
-        <v>5099</v>
+        <v>5086</v>
       </c>
       <c r="S65">
-        <v>253</v>
+        <v>234</v>
       </c>
       <c r="T65" s="2">
-        <v>5.2207999999999997</v>
+        <v>4.8228</v>
       </c>
     </row>
     <row r="66" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
         <v>20</v>
       </c>
       <c r="B66" t="s">
         <v>149</v>
       </c>
       <c r="C66" t="s">
         <v>134</v>
       </c>
       <c r="D66">
         <v>1</v>
       </c>
       <c r="E66" t="s">
         <v>30</v>
       </c>
       <c r="F66" t="s">
         <v>150</v>
       </c>
       <c r="G66">
-        <v>8681</v>
+        <v>8616</v>
       </c>
       <c r="H66">
-        <v>8616</v>
+        <v>8595</v>
       </c>
       <c r="I66">
-        <v>8595</v>
+        <v>8545</v>
       </c>
       <c r="J66">
-        <v>8545</v>
+        <v>8508</v>
       </c>
       <c r="K66">
-        <v>8508</v>
+        <v>8454</v>
       </c>
       <c r="L66">
-        <v>8454</v>
+        <v>8449</v>
       </c>
       <c r="M66">
-        <v>8449</v>
+        <v>8397</v>
       </c>
       <c r="N66">
-        <v>8397</v>
+        <v>8365</v>
       </c>
       <c r="O66">
-        <v>8365</v>
+        <v>8318</v>
       </c>
       <c r="P66">
-        <v>8318</v>
+        <v>8269</v>
       </c>
       <c r="Q66">
-        <v>8269</v>
+        <v>8248</v>
       </c>
       <c r="R66">
-        <v>8248</v>
+        <v>8237</v>
       </c>
       <c r="S66">
-        <v>-433</v>
+        <v>-379</v>
       </c>
       <c r="T66" s="2">
-        <v>-4.9878999999999998</v>
+        <v>-4.3987999999999996</v>
       </c>
     </row>
     <row r="67" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
         <v>20</v>
       </c>
       <c r="B67" t="s">
         <v>151</v>
       </c>
       <c r="C67" t="s">
         <v>134</v>
       </c>
       <c r="D67">
         <v>2</v>
       </c>
       <c r="E67" t="s">
         <v>23</v>
       </c>
       <c r="F67" t="s">
         <v>65</v>
       </c>
       <c r="G67">
-        <v>8024</v>
+        <v>8022</v>
       </c>
       <c r="H67">
-        <v>8022</v>
+        <v>8017</v>
       </c>
       <c r="I67">
-        <v>8017</v>
+        <v>8003</v>
       </c>
       <c r="J67">
-        <v>8003</v>
+        <v>7974</v>
       </c>
       <c r="K67">
-        <v>7974</v>
+        <v>7985</v>
       </c>
       <c r="L67">
-        <v>7985</v>
+        <v>7965</v>
       </c>
       <c r="M67">
-        <v>7965</v>
+        <v>7983</v>
       </c>
       <c r="N67">
-        <v>7983</v>
+        <v>7971</v>
       </c>
       <c r="O67">
-        <v>7971</v>
+        <v>7972</v>
       </c>
       <c r="P67">
-        <v>7972</v>
+        <v>7920</v>
       </c>
       <c r="Q67">
-        <v>7920</v>
+        <v>7887</v>
       </c>
       <c r="R67">
-        <v>7887</v>
+        <v>7839</v>
       </c>
       <c r="S67">
-        <v>-137</v>
+        <v>-183</v>
       </c>
       <c r="T67" s="2">
-        <v>-1.7074</v>
+        <v>-2.2812000000000001</v>
       </c>
     </row>
     <row r="68" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
         <v>20</v>
       </c>
       <c r="B68" t="s">
         <v>152</v>
       </c>
       <c r="C68" t="s">
         <v>134</v>
       </c>
       <c r="D68">
         <v>2</v>
       </c>
       <c r="E68" t="s">
         <v>23</v>
       </c>
       <c r="F68" t="s">
         <v>43</v>
       </c>
       <c r="G68">
-        <v>7008</v>
+        <v>7041</v>
       </c>
       <c r="H68">
-        <v>7041</v>
+        <v>7024</v>
       </c>
       <c r="I68">
-        <v>7024</v>
+        <v>7043</v>
       </c>
       <c r="J68">
-        <v>7043</v>
+        <v>7058</v>
       </c>
       <c r="K68">
-        <v>7058</v>
+        <v>7073</v>
       </c>
       <c r="L68">
-        <v>7073</v>
+        <v>7093</v>
       </c>
       <c r="M68">
-        <v>7093</v>
+        <v>7086</v>
       </c>
       <c r="N68">
-        <v>7086</v>
+        <v>7098</v>
       </c>
       <c r="O68">
-        <v>7098</v>
+        <v>7095</v>
       </c>
       <c r="P68">
-        <v>7095</v>
+        <v>7118</v>
       </c>
       <c r="Q68">
-        <v>7118</v>
+        <v>7137</v>
       </c>
       <c r="R68">
-        <v>7137</v>
+        <v>7141</v>
       </c>
       <c r="S68">
-        <v>129</v>
+        <v>100</v>
       </c>
       <c r="T68" s="2">
-        <v>1.8408</v>
+        <v>1.4202999999999999</v>
       </c>
     </row>
     <row r="69" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
         <v>20</v>
       </c>
       <c r="B69" t="s">
         <v>153</v>
       </c>
       <c r="C69" t="s">
         <v>134</v>
       </c>
       <c r="D69">
         <v>1</v>
       </c>
       <c r="E69" t="s">
         <v>30</v>
       </c>
       <c r="F69" t="s">
         <v>31</v>
       </c>
       <c r="G69">
-        <v>12794</v>
+        <v>12811</v>
       </c>
       <c r="H69">
-        <v>12811</v>
+        <v>12812</v>
       </c>
       <c r="I69">
-        <v>12812</v>
+        <v>12810</v>
       </c>
       <c r="J69">
-        <v>12810</v>
+        <v>12836</v>
       </c>
       <c r="K69">
-        <v>12836</v>
+        <v>12862</v>
       </c>
       <c r="L69">
-        <v>12862</v>
+        <v>12907</v>
       </c>
       <c r="M69">
-        <v>12907</v>
+        <v>12925</v>
       </c>
       <c r="N69">
-        <v>12925</v>
+        <v>12949</v>
       </c>
       <c r="O69">
-        <v>12949</v>
+        <v>12951</v>
       </c>
       <c r="P69">
+        <v>12961</v>
+      </c>
+      <c r="Q69">
         <v>12951</v>
       </c>
-      <c r="Q69">
-[...1 lines deleted...]
-      </c>
       <c r="R69">
-        <v>12951</v>
+        <v>12956</v>
       </c>
       <c r="S69">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="T69" s="2">
-        <v>1.2271000000000001</v>
+        <v>1.1317999999999999</v>
       </c>
     </row>
     <row r="70" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
         <v>20</v>
       </c>
       <c r="B70" t="s">
         <v>154</v>
       </c>
       <c r="C70" t="s">
         <v>134</v>
       </c>
       <c r="D70">
         <v>1</v>
       </c>
       <c r="E70" t="s">
         <v>30</v>
       </c>
       <c r="F70" t="s">
         <v>155</v>
       </c>
       <c r="G70">
-        <v>10934</v>
+        <v>10946</v>
       </c>
       <c r="H70">
-        <v>10946</v>
+        <v>10924</v>
       </c>
       <c r="I70">
-        <v>10924</v>
+        <v>10883</v>
       </c>
       <c r="J70">
-        <v>10883</v>
+        <v>10875</v>
       </c>
       <c r="K70">
-        <v>10875</v>
+        <v>10872</v>
       </c>
       <c r="L70">
-        <v>10872</v>
+        <v>10863</v>
       </c>
       <c r="M70">
-        <v>10863</v>
+        <v>10858</v>
       </c>
       <c r="N70">
-        <v>10858</v>
+        <v>10812</v>
       </c>
       <c r="O70">
-        <v>10812</v>
+        <v>10801</v>
       </c>
       <c r="P70">
-        <v>10801</v>
+        <v>10771</v>
       </c>
       <c r="Q70">
-        <v>10771</v>
+        <v>10740</v>
       </c>
       <c r="R70">
-        <v>10740</v>
+        <v>10719</v>
       </c>
       <c r="S70">
-        <v>-194</v>
+        <v>-227</v>
       </c>
       <c r="T70" s="2">
-        <v>-1.7743</v>
+        <v>-2.0737999999999999</v>
       </c>
     </row>
     <row r="71" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
         <v>20</v>
       </c>
       <c r="B71" t="s">
         <v>156</v>
       </c>
       <c r="C71" t="s">
         <v>157</v>
       </c>
       <c r="D71">
         <v>2</v>
       </c>
       <c r="E71" t="s">
         <v>23</v>
       </c>
       <c r="F71" t="s">
         <v>99</v>
       </c>
       <c r="G71">
-        <v>4270</v>
+        <v>4334</v>
       </c>
       <c r="H71">
-        <v>4334</v>
+        <v>4396</v>
       </c>
       <c r="I71">
-        <v>4396</v>
+        <v>4434</v>
       </c>
       <c r="J71">
-        <v>4434</v>
+        <v>4477</v>
       </c>
       <c r="K71">
-        <v>4477</v>
+        <v>4518</v>
       </c>
       <c r="L71">
-        <v>4518</v>
+        <v>4534</v>
       </c>
       <c r="M71">
-        <v>4534</v>
+        <v>4546</v>
       </c>
       <c r="N71">
-        <v>4546</v>
+        <v>4532</v>
       </c>
       <c r="O71">
-        <v>4532</v>
+        <v>4527</v>
       </c>
       <c r="P71">
-        <v>4527</v>
+        <v>4536</v>
       </c>
       <c r="Q71">
-        <v>4536</v>
+        <v>4560</v>
       </c>
       <c r="R71">
-        <v>4560</v>
+        <v>4569</v>
       </c>
       <c r="S71">
-        <v>290</v>
+        <v>235</v>
       </c>
       <c r="T71" s="2">
-        <v>6.7915999999999999</v>
+        <v>5.4222000000000001</v>
       </c>
     </row>
     <row r="72" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
         <v>20</v>
       </c>
       <c r="B72" t="s">
         <v>158</v>
       </c>
       <c r="C72" t="s">
         <v>159</v>
       </c>
       <c r="D72">
         <v>3</v>
       </c>
       <c r="E72" t="s">
         <v>34</v>
       </c>
       <c r="F72" t="s">
         <v>35</v>
       </c>
       <c r="G72">
-        <v>9786</v>
+        <v>9810</v>
       </c>
       <c r="H72">
         <v>9810</v>
       </c>
       <c r="I72">
-        <v>9810</v>
+        <v>9784</v>
       </c>
       <c r="J72">
-        <v>9784</v>
+        <v>9740</v>
       </c>
       <c r="K72">
-        <v>9740</v>
+        <v>9689</v>
       </c>
       <c r="L72">
-        <v>9689</v>
+        <v>9516</v>
       </c>
       <c r="M72">
-        <v>9516</v>
+        <v>9386</v>
       </c>
       <c r="N72">
-        <v>9386</v>
+        <v>9277</v>
       </c>
       <c r="O72">
-        <v>9277</v>
+        <v>9187</v>
       </c>
       <c r="P72">
-        <v>9187</v>
+        <v>9106</v>
       </c>
       <c r="Q72">
-        <v>9106</v>
+        <v>8997</v>
       </c>
       <c r="R72">
-        <v>8997</v>
+        <v>8917</v>
       </c>
       <c r="S72">
-        <v>-789</v>
+        <v>-893</v>
       </c>
       <c r="T72" s="2">
-        <v>-8.0625</v>
+        <v>-9.1029999999999998</v>
       </c>
     </row>
     <row r="73" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
         <v>20</v>
       </c>
       <c r="B73" t="s">
         <v>160</v>
       </c>
       <c r="C73" t="s">
         <v>159</v>
       </c>
       <c r="D73">
         <v>3</v>
       </c>
       <c r="E73" t="s">
         <v>34</v>
       </c>
       <c r="F73" t="s">
         <v>35</v>
       </c>
       <c r="G73">
-        <v>283</v>
+        <v>493</v>
       </c>
       <c r="H73">
-        <v>493</v>
+        <v>663</v>
       </c>
       <c r="I73">
-        <v>663</v>
+        <v>854</v>
       </c>
       <c r="J73">
-        <v>854</v>
+        <v>1030</v>
       </c>
       <c r="K73">
-        <v>1030</v>
+        <v>1146</v>
       </c>
       <c r="L73">
-        <v>1146</v>
+        <v>1254</v>
       </c>
       <c r="M73">
-        <v>1254</v>
+        <v>1403</v>
       </c>
       <c r="N73">
-        <v>1403</v>
+        <v>1567</v>
       </c>
       <c r="O73">
-        <v>1567</v>
+        <v>1770</v>
       </c>
       <c r="P73">
-        <v>1770</v>
+        <v>1948</v>
       </c>
       <c r="Q73">
-        <v>1948</v>
+        <v>2074</v>
       </c>
       <c r="R73">
-        <v>2074</v>
+        <v>2183</v>
       </c>
       <c r="S73">
-        <v>1791</v>
+        <v>1690</v>
       </c>
       <c r="T73" s="2">
-        <v>632.86220000000003</v>
+        <v>342.79919999999998</v>
       </c>
     </row>
     <row r="74" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
         <v>161</v>
       </c>
       <c r="B74" t="s">
         <v>162</v>
       </c>
       <c r="C74" t="s">
         <v>163</v>
       </c>
       <c r="D74">
         <v>3</v>
       </c>
       <c r="E74" t="s">
         <v>34</v>
       </c>
       <c r="F74" t="s">
         <v>35</v>
       </c>
       <c r="G74">
-        <v>12306</v>
+        <v>12255</v>
       </c>
       <c r="H74">
-        <v>12255</v>
+        <v>12236</v>
       </c>
       <c r="I74">
-        <v>12236</v>
+        <v>13502</v>
       </c>
       <c r="J74">
-        <v>13502</v>
+        <v>13611</v>
       </c>
       <c r="K74">
-        <v>13611</v>
+        <v>13598</v>
       </c>
       <c r="L74">
-        <v>13598</v>
+        <v>13600</v>
       </c>
       <c r="M74">
-        <v>13600</v>
+        <v>13558</v>
       </c>
       <c r="N74">
-        <v>13558</v>
+        <v>13542</v>
       </c>
       <c r="O74">
-        <v>13542</v>
+        <v>13509</v>
       </c>
       <c r="P74">
-        <v>13509</v>
+        <v>13501</v>
       </c>
       <c r="Q74">
-        <v>13501</v>
+        <v>13443</v>
       </c>
       <c r="R74">
-        <v>13443</v>
+        <v>13409</v>
       </c>
       <c r="S74">
-        <v>1137</v>
+        <v>1154</v>
       </c>
       <c r="T74" s="2">
-        <v>9.2393999999999998</v>
+        <v>9.4166000000000007</v>
       </c>
     </row>
     <row r="75" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A75" t="s">
         <v>161</v>
       </c>
       <c r="B75" t="s">
         <v>164</v>
       </c>
       <c r="C75" t="s">
         <v>163</v>
       </c>
       <c r="D75">
         <v>3</v>
       </c>
       <c r="E75" t="s">
         <v>34</v>
       </c>
       <c r="F75" t="s">
         <v>35</v>
       </c>
       <c r="G75">
-        <v>12421</v>
+        <v>12408</v>
       </c>
       <c r="H75">
-        <v>12408</v>
+        <v>12401</v>
       </c>
       <c r="I75">
+        <v>12410</v>
+      </c>
+      <c r="J75">
         <v>12401</v>
       </c>
-      <c r="J75">
-[...1 lines deleted...]
-      </c>
       <c r="K75">
-        <v>12401</v>
+        <v>12397</v>
       </c>
       <c r="L75">
-        <v>12397</v>
+        <v>12384</v>
       </c>
       <c r="M75">
-        <v>12384</v>
+        <v>12377</v>
       </c>
       <c r="N75">
-        <v>12377</v>
+        <v>12383</v>
       </c>
       <c r="O75">
-        <v>12383</v>
+        <v>12366</v>
       </c>
       <c r="P75">
-        <v>12366</v>
+        <v>12338</v>
       </c>
       <c r="Q75">
-        <v>12338</v>
+        <v>12347</v>
       </c>
       <c r="R75">
-        <v>12347</v>
+        <v>12357</v>
       </c>
       <c r="S75">
-        <v>-74</v>
+        <v>-51</v>
       </c>
       <c r="T75" s="2">
-        <v>-0.5958</v>
+        <v>-0.41099999999999998</v>
       </c>
     </row>
     <row r="76" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
         <v>161</v>
       </c>
       <c r="B76" t="s">
         <v>165</v>
       </c>
       <c r="C76" t="s">
         <v>163</v>
       </c>
       <c r="D76">
         <v>1</v>
       </c>
       <c r="E76" t="s">
         <v>30</v>
       </c>
       <c r="F76" t="s">
         <v>166</v>
       </c>
       <c r="G76">
+        <v>7515</v>
+      </c>
+      <c r="H76">
+        <v>7508</v>
+      </c>
+      <c r="I76">
+        <v>7494</v>
+      </c>
+      <c r="J76">
+        <v>7495</v>
+      </c>
+      <c r="K76">
+        <v>7485</v>
+      </c>
+      <c r="L76">
+        <v>7479</v>
+      </c>
+      <c r="M76">
+        <v>7497</v>
+      </c>
+      <c r="N76">
+        <v>7525</v>
+      </c>
+      <c r="O76">
+        <v>7514</v>
+      </c>
+      <c r="P76">
+        <v>7506</v>
+      </c>
+      <c r="Q76">
         <v>7507</v>
       </c>
-      <c r="H76">
-[...28 lines deleted...]
-      </c>
       <c r="R76">
-        <v>7507</v>
+        <v>7481</v>
       </c>
       <c r="S76">
-        <v>0</v>
+        <v>-34</v>
       </c>
       <c r="T76" s="2">
-        <v>0</v>
+        <v>-0.45240000000000002</v>
       </c>
     </row>
     <row r="77" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
         <v>161</v>
       </c>
       <c r="B77" t="s">
         <v>167</v>
       </c>
       <c r="C77" t="s">
         <v>163</v>
       </c>
       <c r="D77">
         <v>5</v>
       </c>
       <c r="E77" t="s">
         <v>40</v>
       </c>
       <c r="F77" t="s">
         <v>73</v>
       </c>
       <c r="G77">
+        <v>12934</v>
+      </c>
+      <c r="H77">
         <v>12943</v>
-      </c>
-[...1 lines deleted...]
-        <v>12934</v>
       </c>
       <c r="I77">
         <v>12943</v>
       </c>
       <c r="J77">
-        <v>12943</v>
+        <v>12941</v>
       </c>
       <c r="K77">
         <v>12941</v>
       </c>
       <c r="L77">
-        <v>12941</v>
+        <v>12955</v>
       </c>
       <c r="M77">
-        <v>12955</v>
+        <v>12951</v>
       </c>
       <c r="N77">
-        <v>12951</v>
+        <v>12940</v>
       </c>
       <c r="O77">
-        <v>12940</v>
+        <v>12932</v>
       </c>
       <c r="P77">
-        <v>12932</v>
+        <v>12929</v>
       </c>
       <c r="Q77">
-        <v>12929</v>
+        <v>12927</v>
       </c>
       <c r="R77">
-        <v>12927</v>
+        <v>12922</v>
       </c>
       <c r="S77">
-        <v>-16</v>
+        <v>-12</v>
       </c>
       <c r="T77" s="2">
-        <v>-0.1236</v>
+        <v>-9.2799999999999994E-2</v>
       </c>
     </row>
     <row r="78" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A78" t="s">
         <v>161</v>
       </c>
       <c r="B78" t="s">
         <v>168</v>
       </c>
       <c r="C78" t="s">
         <v>163</v>
       </c>
       <c r="D78">
         <v>3</v>
       </c>
       <c r="E78" t="s">
         <v>34</v>
       </c>
       <c r="F78" t="s">
         <v>35</v>
       </c>
       <c r="G78">
-        <v>11799</v>
+        <v>11836</v>
       </c>
       <c r="H78">
-        <v>11836</v>
+        <v>11865</v>
       </c>
       <c r="I78">
-        <v>11865</v>
+        <v>11903</v>
       </c>
       <c r="J78">
+        <v>11896</v>
+      </c>
+      <c r="K78">
+        <v>11915</v>
+      </c>
+      <c r="L78">
+        <v>11922</v>
+      </c>
+      <c r="M78">
+        <v>11972</v>
+      </c>
+      <c r="N78">
+        <v>11937</v>
+      </c>
+      <c r="O78">
+        <v>11934</v>
+      </c>
+      <c r="P78">
         <v>11903</v>
       </c>
-      <c r="K78">
-[...16 lines deleted...]
-      </c>
       <c r="Q78">
-        <v>11903</v>
+        <v>11899</v>
       </c>
       <c r="R78">
-        <v>11899</v>
+        <v>11931</v>
       </c>
       <c r="S78">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="T78" s="2">
-        <v>0.84750000000000003</v>
+        <v>0.80259999999999998</v>
       </c>
     </row>
     <row r="79" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>169</v>
       </c>
       <c r="C79" t="s">
         <v>163</v>
       </c>
       <c r="D79">
         <v>3</v>
       </c>
       <c r="E79" t="s">
         <v>34</v>
       </c>
       <c r="F79" t="s">
         <v>35</v>
       </c>
       <c r="G79">
-        <v>9248</v>
+        <v>9247</v>
       </c>
       <c r="H79">
-        <v>9247</v>
+        <v>9260</v>
       </c>
       <c r="I79">
-        <v>9260</v>
+        <v>9279</v>
       </c>
       <c r="J79">
-        <v>9279</v>
+        <v>9275</v>
       </c>
       <c r="K79">
-        <v>9275</v>
+        <v>9244</v>
       </c>
       <c r="L79">
-        <v>9244</v>
+        <v>9235</v>
       </c>
       <c r="M79">
-        <v>9235</v>
+        <v>9212</v>
       </c>
       <c r="N79">
-        <v>9212</v>
+        <v>9215</v>
       </c>
       <c r="O79">
-        <v>9215</v>
+        <v>9187</v>
       </c>
       <c r="P79">
-        <v>9187</v>
+        <v>9147</v>
       </c>
       <c r="Q79">
-        <v>9147</v>
+        <v>9162</v>
       </c>
       <c r="R79">
-        <v>9162</v>
+        <v>9154</v>
       </c>
       <c r="S79">
-        <v>-86</v>
+        <v>-93</v>
       </c>
       <c r="T79" s="2">
-        <v>-0.92989999999999995</v>
+        <v>-1.0057</v>
       </c>
     </row>
     <row r="80" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
         <v>161</v>
       </c>
       <c r="B80" t="s">
         <v>170</v>
       </c>
       <c r="C80" t="s">
         <v>163</v>
       </c>
       <c r="D80">
         <v>3</v>
       </c>
       <c r="E80" t="s">
         <v>34</v>
       </c>
       <c r="F80" t="s">
         <v>35</v>
       </c>
       <c r="G80">
-        <v>8822</v>
+        <v>8870</v>
       </c>
       <c r="H80">
-        <v>8870</v>
+        <v>8867</v>
       </c>
       <c r="I80">
-        <v>8867</v>
+        <v>8912</v>
       </c>
       <c r="J80">
-        <v>8912</v>
+        <v>8967</v>
       </c>
       <c r="K80">
-        <v>8967</v>
+        <v>9007</v>
       </c>
       <c r="L80">
-        <v>9007</v>
+        <v>9052</v>
       </c>
       <c r="M80">
-        <v>9052</v>
+        <v>9064</v>
       </c>
       <c r="N80">
-        <v>9064</v>
+        <v>9140</v>
       </c>
       <c r="O80">
-        <v>9140</v>
+        <v>9180</v>
       </c>
       <c r="P80">
-        <v>9180</v>
+        <v>9266</v>
       </c>
       <c r="Q80">
-        <v>9266</v>
+        <v>9318</v>
       </c>
       <c r="R80">
-        <v>9318</v>
+        <v>9372</v>
       </c>
       <c r="S80">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="T80" s="2">
-        <v>5.6223000000000001</v>
+        <v>5.6595000000000004</v>
       </c>
     </row>
     <row r="81" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A81" t="s">
         <v>161</v>
       </c>
       <c r="B81" t="s">
         <v>171</v>
       </c>
       <c r="C81" t="s">
         <v>163</v>
       </c>
       <c r="D81">
         <v>4</v>
       </c>
       <c r="E81" t="s">
         <v>26</v>
       </c>
       <c r="F81" t="s">
         <v>27</v>
       </c>
       <c r="G81">
-        <v>7461</v>
+        <v>7442</v>
       </c>
       <c r="H81">
-        <v>7442</v>
+        <v>7424</v>
       </c>
       <c r="I81">
-        <v>7424</v>
+        <v>7400</v>
       </c>
       <c r="J81">
-        <v>7400</v>
+        <v>7388</v>
       </c>
       <c r="K81">
         <v>7388</v>
       </c>
       <c r="L81">
-        <v>7388</v>
+        <v>7397</v>
       </c>
       <c r="M81">
-        <v>7397</v>
+        <v>7363</v>
       </c>
       <c r="N81">
-        <v>7363</v>
+        <v>7329</v>
       </c>
       <c r="O81">
-        <v>7329</v>
+        <v>7362</v>
       </c>
       <c r="P81">
-        <v>7362</v>
+        <v>7358</v>
       </c>
       <c r="Q81">
-        <v>7358</v>
+        <v>7347</v>
       </c>
       <c r="R81">
-        <v>7347</v>
+        <v>7335</v>
       </c>
       <c r="S81">
-        <v>-114</v>
+        <v>-107</v>
       </c>
       <c r="T81" s="2">
-        <v>-1.5279</v>
+        <v>-1.4378</v>
       </c>
     </row>
     <row r="82" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A82" t="s">
         <v>161</v>
       </c>
       <c r="B82" t="s">
         <v>172</v>
       </c>
       <c r="C82" t="s">
         <v>163</v>
       </c>
       <c r="D82">
         <v>4</v>
       </c>
       <c r="E82" t="s">
         <v>26</v>
       </c>
       <c r="F82" t="s">
         <v>173</v>
       </c>
       <c r="G82">
-        <v>8213</v>
+        <v>8231</v>
       </c>
       <c r="H82">
-        <v>8231</v>
+        <v>8230</v>
       </c>
       <c r="I82">
-        <v>8230</v>
+        <v>8216</v>
       </c>
       <c r="J82">
-        <v>8216</v>
+        <v>8215</v>
       </c>
       <c r="K82">
         <v>8215</v>
       </c>
       <c r="L82">
-        <v>8215</v>
+        <v>8204</v>
       </c>
       <c r="M82">
-        <v>8204</v>
+        <v>8191</v>
       </c>
       <c r="N82">
-        <v>8191</v>
+        <v>8210</v>
       </c>
       <c r="O82">
-        <v>8210</v>
+        <v>8180</v>
       </c>
       <c r="P82">
-        <v>8180</v>
+        <v>8195</v>
       </c>
       <c r="Q82">
-        <v>8195</v>
+        <v>8197</v>
       </c>
       <c r="R82">
-        <v>8197</v>
+        <v>8202</v>
       </c>
       <c r="S82">
-        <v>-16</v>
+        <v>-29</v>
       </c>
       <c r="T82" s="2">
-        <v>-0.1948</v>
+        <v>-0.3523</v>
       </c>
     </row>
     <row r="83" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
         <v>161</v>
       </c>
       <c r="B83" t="s">
         <v>174</v>
       </c>
       <c r="C83" t="s">
         <v>163</v>
       </c>
       <c r="D83">
         <v>3</v>
       </c>
       <c r="E83" t="s">
         <v>34</v>
       </c>
       <c r="F83" t="s">
         <v>35</v>
       </c>
       <c r="G83">
-        <v>12583</v>
+        <v>12561</v>
       </c>
       <c r="H83">
+        <v>12537</v>
+      </c>
+      <c r="I83">
+        <v>12533</v>
+      </c>
+      <c r="J83">
+        <v>12482</v>
+      </c>
+      <c r="K83">
+        <v>12474</v>
+      </c>
+      <c r="L83">
+        <v>12511</v>
+      </c>
+      <c r="M83">
+        <v>12515</v>
+      </c>
+      <c r="N83">
+        <v>12565</v>
+      </c>
+      <c r="O83">
+        <v>12541</v>
+      </c>
+      <c r="P83">
+        <v>12528</v>
+      </c>
+      <c r="Q83">
+        <v>12546</v>
+      </c>
+      <c r="R83">
         <v>12561</v>
       </c>
-      <c r="I83">
-[...28 lines deleted...]
-      </c>
       <c r="S83">
-        <v>-37</v>
+        <v>0</v>
       </c>
       <c r="T83" s="2">
-        <v>-0.29399999999999998</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
         <v>161</v>
       </c>
       <c r="B84" t="s">
         <v>175</v>
       </c>
       <c r="C84" t="s">
         <v>163</v>
       </c>
       <c r="D84">
         <v>1</v>
       </c>
       <c r="E84" t="s">
         <v>30</v>
       </c>
       <c r="F84" t="s">
         <v>166</v>
       </c>
       <c r="G84">
-        <v>3703</v>
+        <v>3671</v>
       </c>
       <c r="H84">
-        <v>3671</v>
+        <v>3647</v>
       </c>
       <c r="I84">
-        <v>3647</v>
+        <v>3615</v>
       </c>
       <c r="J84">
-        <v>3615</v>
+        <v>3575</v>
       </c>
       <c r="K84">
-        <v>3575</v>
+        <v>3555</v>
       </c>
       <c r="L84">
-        <v>3555</v>
+        <v>3535</v>
       </c>
       <c r="M84">
-        <v>3535</v>
+        <v>3520</v>
       </c>
       <c r="N84">
-        <v>3520</v>
+        <v>3489</v>
       </c>
       <c r="O84">
-        <v>3489</v>
+        <v>3462</v>
       </c>
       <c r="P84">
-        <v>3462</v>
+        <v>3450</v>
       </c>
       <c r="Q84">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="R84">
-        <v>3447</v>
+        <v>3424</v>
       </c>
       <c r="S84">
-        <v>-256</v>
+        <v>-247</v>
       </c>
       <c r="T84" s="2">
-        <v>-6.9132999999999996</v>
+        <v>-6.7283999999999997</v>
       </c>
     </row>
     <row r="85" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
         <v>161</v>
       </c>
       <c r="B85" t="s">
         <v>176</v>
       </c>
       <c r="C85" t="s">
         <v>163</v>
       </c>
       <c r="D85">
         <v>1</v>
       </c>
       <c r="E85" t="s">
         <v>30</v>
       </c>
       <c r="F85" t="s">
         <v>83</v>
       </c>
       <c r="G85">
-        <v>11711</v>
+        <v>11743</v>
       </c>
       <c r="H85">
-        <v>11743</v>
+        <v>11761</v>
       </c>
       <c r="I85">
-        <v>11761</v>
+        <v>11757</v>
       </c>
       <c r="J85">
-        <v>11757</v>
+        <v>11772</v>
       </c>
       <c r="K85">
         <v>11772</v>
       </c>
       <c r="L85">
-        <v>11772</v>
+        <v>11779</v>
       </c>
       <c r="M85">
-        <v>11779</v>
+        <v>11773</v>
       </c>
       <c r="N85">
-        <v>11773</v>
+        <v>11760</v>
       </c>
       <c r="O85">
-        <v>11760</v>
+        <v>11729</v>
       </c>
       <c r="P85">
-        <v>11729</v>
+        <v>11731</v>
       </c>
       <c r="Q85">
-        <v>11731</v>
+        <v>11695</v>
       </c>
       <c r="R85">
-        <v>11695</v>
+        <v>11653</v>
       </c>
       <c r="S85">
-        <v>-16</v>
+        <v>-90</v>
       </c>
       <c r="T85" s="2">
-        <v>-0.1366</v>
+        <v>-0.76639999999999997</v>
       </c>
     </row>
     <row r="86" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A86" t="s">
         <v>161</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86" t="s">
         <v>163</v>
       </c>
       <c r="D86">
         <v>1</v>
       </c>
       <c r="E86" t="s">
         <v>30</v>
       </c>
       <c r="F86" t="s">
         <v>83</v>
       </c>
       <c r="G86">
-        <v>5937</v>
+        <v>5918</v>
       </c>
       <c r="H86">
-        <v>5918</v>
+        <v>5922</v>
       </c>
       <c r="I86">
-        <v>5922</v>
+        <v>5904</v>
       </c>
       <c r="J86">
-        <v>5904</v>
+        <v>5848</v>
       </c>
       <c r="K86">
-        <v>5848</v>
+        <v>5828</v>
       </c>
       <c r="L86">
-        <v>5828</v>
+        <v>5822</v>
       </c>
       <c r="M86">
-        <v>5822</v>
+        <v>5818</v>
       </c>
       <c r="N86">
-        <v>5818</v>
+        <v>5794</v>
       </c>
       <c r="O86">
-        <v>5794</v>
+        <v>5749</v>
       </c>
       <c r="P86">
-        <v>5749</v>
+        <v>5724</v>
       </c>
       <c r="Q86">
-        <v>5724</v>
+        <v>5703</v>
       </c>
       <c r="R86">
-        <v>5703</v>
+        <v>5698</v>
       </c>
       <c r="S86">
-        <v>-234</v>
+        <v>-220</v>
       </c>
       <c r="T86" s="2">
-        <v>-3.9413999999999998</v>
+        <v>-3.7174999999999998</v>
       </c>
     </row>
     <row r="87" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A87" t="s">
         <v>161</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87" t="s">
         <v>163</v>
       </c>
       <c r="D87">
         <v>1</v>
       </c>
       <c r="E87" t="s">
         <v>30</v>
       </c>
       <c r="F87" t="s">
         <v>179</v>
       </c>
       <c r="G87">
         <v>4813</v>
       </c>
       <c r="H87">
-        <v>4813</v>
+        <v>4818</v>
       </c>
       <c r="I87">
-        <v>4818</v>
+        <v>4838</v>
       </c>
       <c r="J87">
         <v>4838</v>
       </c>
       <c r="K87">
-        <v>4838</v>
+        <v>4836</v>
       </c>
       <c r="L87">
-        <v>4836</v>
+        <v>4845</v>
       </c>
       <c r="M87">
-        <v>4845</v>
+        <v>4851</v>
       </c>
       <c r="N87">
-        <v>4851</v>
+        <v>4848</v>
       </c>
       <c r="O87">
-        <v>4848</v>
+        <v>4831</v>
       </c>
       <c r="P87">
-        <v>4831</v>
+        <v>4823</v>
       </c>
       <c r="Q87">
-        <v>4823</v>
+        <v>4811</v>
       </c>
       <c r="R87">
-        <v>4811</v>
+        <v>4813</v>
       </c>
       <c r="S87">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="T87" s="2">
-        <v>-4.1599999999999998E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A88" t="s">
         <v>161</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88" t="s">
         <v>163</v>
       </c>
       <c r="D88">
         <v>4</v>
       </c>
       <c r="E88" t="s">
         <v>26</v>
       </c>
       <c r="F88" t="s">
         <v>27</v>
       </c>
       <c r="G88">
-        <v>9586</v>
+        <v>9576</v>
       </c>
       <c r="H88">
-        <v>9576</v>
+        <v>9578</v>
       </c>
       <c r="I88">
         <v>9578</v>
       </c>
       <c r="J88">
-        <v>9578</v>
+        <v>9591</v>
       </c>
       <c r="K88">
-        <v>9591</v>
+        <v>9609</v>
       </c>
       <c r="L88">
-        <v>9609</v>
+        <v>9615</v>
       </c>
       <c r="M88">
-        <v>9615</v>
+        <v>9632</v>
       </c>
       <c r="N88">
-        <v>9632</v>
+        <v>9610</v>
       </c>
       <c r="O88">
-        <v>9610</v>
+        <v>9618</v>
       </c>
       <c r="P88">
-        <v>9618</v>
+        <v>9602</v>
       </c>
       <c r="Q88">
-        <v>9602</v>
+        <v>9607</v>
       </c>
       <c r="R88">
-        <v>9607</v>
+        <v>9600</v>
       </c>
       <c r="S88">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="T88" s="2">
-        <v>0.21909999999999999</v>
+        <v>0.25059999999999999</v>
       </c>
     </row>
     <row r="89" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A89" t="s">
         <v>161</v>
       </c>
       <c r="B89" t="s">
         <v>181</v>
       </c>
       <c r="C89" t="s">
         <v>163</v>
       </c>
       <c r="D89">
         <v>3</v>
       </c>
       <c r="E89" t="s">
         <v>34</v>
       </c>
       <c r="F89" t="s">
         <v>35</v>
       </c>
       <c r="G89">
-        <v>9417</v>
+        <v>9521</v>
       </c>
       <c r="H89">
-        <v>9521</v>
+        <v>9495</v>
       </c>
       <c r="I89">
-        <v>9495</v>
+        <v>9487</v>
       </c>
       <c r="J89">
-        <v>9487</v>
+        <v>9480</v>
       </c>
       <c r="K89">
-        <v>9480</v>
+        <v>9485</v>
       </c>
       <c r="L89">
-        <v>9485</v>
+        <v>9454</v>
       </c>
       <c r="M89">
-        <v>9454</v>
+        <v>9419</v>
       </c>
       <c r="N89">
-        <v>9419</v>
+        <v>9420</v>
       </c>
       <c r="O89">
-        <v>9420</v>
+        <v>9422</v>
       </c>
       <c r="P89">
-        <v>9422</v>
+        <v>9431</v>
       </c>
       <c r="Q89">
-        <v>9431</v>
+        <v>9432</v>
       </c>
       <c r="R89">
-        <v>9432</v>
+        <v>9401</v>
       </c>
       <c r="S89">
-        <v>15</v>
+        <v>-120</v>
       </c>
       <c r="T89" s="2">
-        <v>0.1593</v>
+        <v>-1.2604</v>
       </c>
     </row>
     <row r="90" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A90" t="s">
         <v>161</v>
       </c>
       <c r="B90" t="s">
         <v>182</v>
       </c>
       <c r="C90" t="s">
         <v>163</v>
       </c>
       <c r="D90">
         <v>3</v>
       </c>
       <c r="E90" t="s">
         <v>34</v>
       </c>
       <c r="F90" t="s">
         <v>35</v>
       </c>
       <c r="G90">
-        <v>11374</v>
+        <v>11367</v>
       </c>
       <c r="H90">
-        <v>11367</v>
+        <v>11314</v>
       </c>
       <c r="I90">
         <v>11314</v>
       </c>
       <c r="J90">
-        <v>11314</v>
+        <v>11266</v>
       </c>
       <c r="K90">
-        <v>11266</v>
+        <v>11223</v>
       </c>
       <c r="L90">
-        <v>11223</v>
+        <v>11210</v>
       </c>
       <c r="M90">
-        <v>11210</v>
+        <v>11184</v>
       </c>
       <c r="N90">
-        <v>11184</v>
+        <v>11157</v>
       </c>
       <c r="O90">
-        <v>11157</v>
+        <v>11123</v>
       </c>
       <c r="P90">
-        <v>11123</v>
+        <v>11106</v>
       </c>
       <c r="Q90">
-        <v>11106</v>
+        <v>11073</v>
       </c>
       <c r="R90">
-        <v>11073</v>
+        <v>11031</v>
       </c>
       <c r="S90">
-        <v>-301</v>
+        <v>-336</v>
       </c>
       <c r="T90" s="2">
-        <v>-2.6463999999999999</v>
+        <v>-2.9559000000000002</v>
       </c>
     </row>
     <row r="91" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A91" t="s">
         <v>161</v>
       </c>
       <c r="B91" t="s">
         <v>183</v>
       </c>
       <c r="C91" t="s">
         <v>163</v>
       </c>
       <c r="D91">
         <v>1</v>
       </c>
       <c r="E91" t="s">
         <v>30</v>
       </c>
       <c r="F91" t="s">
         <v>137</v>
       </c>
       <c r="G91">
+        <v>3562</v>
+      </c>
+      <c r="H91">
+        <v>3557</v>
+      </c>
+      <c r="I91">
+        <v>3553</v>
+      </c>
+      <c r="J91">
+        <v>3544</v>
+      </c>
+      <c r="K91">
         <v>3560</v>
       </c>
-      <c r="H91">
-[...10 lines deleted...]
-      </c>
       <c r="L91">
-        <v>3560</v>
+        <v>3552</v>
       </c>
       <c r="M91">
-        <v>3552</v>
+        <v>3555</v>
       </c>
       <c r="N91">
-        <v>3555</v>
+        <v>3556</v>
       </c>
       <c r="O91">
-        <v>3556</v>
+        <v>3537</v>
       </c>
       <c r="P91">
-        <v>3537</v>
+        <v>3535</v>
       </c>
       <c r="Q91">
-        <v>3535</v>
+        <v>3521</v>
       </c>
       <c r="R91">
-        <v>3521</v>
+        <v>3526</v>
       </c>
       <c r="S91">
-        <v>-39</v>
+        <v>-36</v>
       </c>
       <c r="T91" s="2">
-        <v>-1.0954999999999999</v>
+        <v>-1.0106999999999999</v>
       </c>
     </row>
     <row r="92" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A92" t="s">
         <v>161</v>
       </c>
       <c r="B92" t="s">
         <v>184</v>
       </c>
       <c r="C92" t="s">
         <v>163</v>
       </c>
       <c r="D92">
         <v>2</v>
       </c>
       <c r="E92" t="s">
         <v>23</v>
       </c>
       <c r="F92" t="s">
         <v>185</v>
       </c>
       <c r="G92">
-        <v>9779</v>
+        <v>9800</v>
       </c>
       <c r="H92">
-        <v>9800</v>
+        <v>9792</v>
       </c>
       <c r="I92">
-        <v>9792</v>
+        <v>9815</v>
       </c>
       <c r="J92">
         <v>9815</v>
       </c>
       <c r="K92">
-        <v>9815</v>
+        <v>9822</v>
       </c>
       <c r="L92">
-        <v>9822</v>
+        <v>9854</v>
       </c>
       <c r="M92">
-        <v>9854</v>
+        <v>9886</v>
       </c>
       <c r="N92">
-        <v>9886</v>
+        <v>9888</v>
       </c>
       <c r="O92">
-        <v>9888</v>
+        <v>9904</v>
       </c>
       <c r="P92">
-        <v>9904</v>
+        <v>9906</v>
       </c>
       <c r="Q92">
-        <v>9906</v>
+        <v>9893</v>
       </c>
       <c r="R92">
-        <v>9893</v>
+        <v>9885</v>
       </c>
       <c r="S92">
-        <v>114</v>
+        <v>85</v>
       </c>
       <c r="T92" s="2">
-        <v>1.1657999999999999</v>
+        <v>0.86729999999999996</v>
       </c>
     </row>
     <row r="93" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A93" t="s">
         <v>161</v>
       </c>
       <c r="B93" t="s">
         <v>186</v>
       </c>
       <c r="C93" t="s">
         <v>163</v>
       </c>
       <c r="D93">
         <v>4</v>
       </c>
       <c r="E93" t="s">
         <v>26</v>
       </c>
       <c r="F93" t="s">
         <v>27</v>
       </c>
       <c r="G93">
-        <v>7563</v>
+        <v>7495</v>
       </c>
       <c r="H93">
-        <v>7495</v>
+        <v>7445</v>
       </c>
       <c r="I93">
-        <v>7445</v>
+        <v>7386</v>
       </c>
       <c r="J93">
-        <v>7386</v>
+        <v>7356</v>
       </c>
       <c r="K93">
-        <v>7356</v>
+        <v>7283</v>
       </c>
       <c r="L93">
-        <v>7283</v>
+        <v>7252</v>
       </c>
       <c r="M93">
-        <v>7252</v>
+        <v>7225</v>
       </c>
       <c r="N93">
-        <v>7225</v>
+        <v>7197</v>
       </c>
       <c r="O93">
-        <v>7197</v>
+        <v>7141</v>
       </c>
       <c r="P93">
-        <v>7141</v>
+        <v>7134</v>
       </c>
       <c r="Q93">
-        <v>7134</v>
+        <v>7091</v>
       </c>
       <c r="R93">
-        <v>7091</v>
+        <v>7062</v>
       </c>
       <c r="S93">
-        <v>-472</v>
+        <v>-433</v>
       </c>
       <c r="T93" s="2">
-        <v>-6.2408999999999999</v>
+        <v>-5.7771999999999997</v>
       </c>
     </row>
     <row r="94" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A94" t="s">
         <v>161</v>
       </c>
       <c r="B94" t="s">
         <v>187</v>
       </c>
       <c r="C94" t="s">
         <v>163</v>
       </c>
       <c r="D94">
         <v>3</v>
       </c>
       <c r="E94" t="s">
         <v>34</v>
       </c>
       <c r="F94" t="s">
         <v>35</v>
       </c>
       <c r="G94">
-        <v>10616</v>
+        <v>10590</v>
       </c>
       <c r="H94">
-        <v>10590</v>
+        <v>10558</v>
       </c>
       <c r="I94">
-        <v>10558</v>
+        <v>10541</v>
       </c>
       <c r="J94">
-        <v>10541</v>
+        <v>10474</v>
       </c>
       <c r="K94">
-        <v>10474</v>
+        <v>10461</v>
       </c>
       <c r="L94">
-        <v>10461</v>
+        <v>10473</v>
       </c>
       <c r="M94">
-        <v>10473</v>
+        <v>10442</v>
       </c>
       <c r="N94">
-        <v>10442</v>
+        <v>10421</v>
       </c>
       <c r="O94">
-        <v>10421</v>
+        <v>10435</v>
       </c>
       <c r="P94">
-        <v>10435</v>
+        <v>10415</v>
       </c>
       <c r="Q94">
-        <v>10415</v>
+        <v>10389</v>
       </c>
       <c r="R94">
-        <v>10389</v>
+        <v>10379</v>
       </c>
       <c r="S94">
-        <v>-227</v>
+        <v>-211</v>
       </c>
       <c r="T94" s="2">
-        <v>-2.1383000000000001</v>
+        <v>-1.9923999999999999</v>
       </c>
     </row>
     <row r="95" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A95" t="s">
         <v>161</v>
       </c>
       <c r="B95" t="s">
         <v>188</v>
       </c>
       <c r="C95" t="s">
         <v>163</v>
       </c>
       <c r="D95">
         <v>2</v>
       </c>
       <c r="E95" t="s">
         <v>23</v>
       </c>
       <c r="F95" t="s">
         <v>81</v>
       </c>
       <c r="G95">
-        <v>5127</v>
+        <v>5081</v>
       </c>
       <c r="H95">
-        <v>5081</v>
+        <v>5014</v>
       </c>
       <c r="I95">
-        <v>5014</v>
+        <v>4964</v>
       </c>
       <c r="J95">
-        <v>4964</v>
+        <v>4888</v>
       </c>
       <c r="K95">
-        <v>4888</v>
+        <v>4819</v>
       </c>
       <c r="L95">
-        <v>4819</v>
+        <v>4794</v>
       </c>
       <c r="M95">
-        <v>4794</v>
+        <v>4761</v>
       </c>
       <c r="N95">
-        <v>4761</v>
+        <v>4685</v>
       </c>
       <c r="O95">
-        <v>4685</v>
+        <v>4629</v>
       </c>
       <c r="P95">
-        <v>4629</v>
+        <v>4562</v>
       </c>
       <c r="Q95">
-        <v>4562</v>
+        <v>4507</v>
       </c>
       <c r="R95">
-        <v>4507</v>
+        <v>4460</v>
       </c>
       <c r="S95">
-        <v>-620</v>
+        <v>-621</v>
       </c>
       <c r="T95" s="2">
-        <v>-12.0928</v>
+        <v>-12.222</v>
       </c>
     </row>
     <row r="96" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A96" t="s">
         <v>161</v>
       </c>
       <c r="B96" t="s">
         <v>189</v>
       </c>
       <c r="C96" t="s">
         <v>163</v>
       </c>
       <c r="D96">
         <v>1</v>
       </c>
       <c r="E96" t="s">
         <v>30</v>
       </c>
       <c r="F96" t="s">
         <v>190</v>
       </c>
       <c r="G96">
-        <v>5104</v>
+        <v>5112</v>
       </c>
       <c r="H96">
-        <v>5112</v>
+        <v>5101</v>
       </c>
       <c r="I96">
-        <v>5101</v>
+        <v>5110</v>
       </c>
       <c r="J96">
-        <v>5110</v>
+        <v>5113</v>
       </c>
       <c r="K96">
-        <v>5113</v>
+        <v>5086</v>
       </c>
       <c r="L96">
-        <v>5086</v>
+        <v>5069</v>
       </c>
       <c r="M96">
+        <v>5055</v>
+      </c>
+      <c r="N96">
+        <v>5062</v>
+      </c>
+      <c r="O96">
         <v>5069</v>
       </c>
-      <c r="N96">
-[...4 lines deleted...]
-      </c>
       <c r="P96">
-        <v>5069</v>
+        <v>5051</v>
       </c>
       <c r="Q96">
-        <v>5051</v>
+        <v>5036</v>
       </c>
       <c r="R96">
-        <v>5036</v>
+        <v>5043</v>
       </c>
       <c r="S96">
-        <v>-68</v>
+        <v>-69</v>
       </c>
       <c r="T96" s="2">
-        <v>-1.3323</v>
+        <v>-1.3498000000000001</v>
       </c>
     </row>
     <row r="97" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A97" t="s">
         <v>161</v>
       </c>
       <c r="B97" t="s">
         <v>191</v>
       </c>
       <c r="C97" t="s">
         <v>163</v>
       </c>
       <c r="D97">
         <v>3</v>
       </c>
       <c r="E97" t="s">
         <v>34</v>
       </c>
       <c r="F97" t="s">
         <v>35</v>
       </c>
       <c r="G97">
-        <v>14178</v>
+        <v>14185</v>
       </c>
       <c r="H97">
-        <v>14185</v>
+        <v>14117</v>
       </c>
       <c r="I97">
-        <v>14117</v>
+        <v>14165</v>
       </c>
       <c r="J97">
-        <v>14165</v>
+        <v>14212</v>
       </c>
       <c r="K97">
-        <v>14212</v>
+        <v>14191</v>
       </c>
       <c r="L97">
-        <v>14191</v>
+        <v>14189</v>
       </c>
       <c r="M97">
-        <v>14189</v>
+        <v>14143</v>
       </c>
       <c r="N97">
-        <v>14143</v>
+        <v>14116</v>
       </c>
       <c r="O97">
-        <v>14116</v>
+        <v>14074</v>
       </c>
       <c r="P97">
-        <v>14074</v>
+        <v>14072</v>
       </c>
       <c r="Q97">
-        <v>14072</v>
+        <v>14022</v>
       </c>
       <c r="R97">
-        <v>14022</v>
+        <v>14008</v>
       </c>
       <c r="S97">
-        <v>-156</v>
+        <v>-177</v>
       </c>
       <c r="T97" s="2">
-        <v>-1.1003000000000001</v>
+        <v>-1.2478</v>
       </c>
     </row>
     <row r="98" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A98" t="s">
         <v>161</v>
       </c>
       <c r="B98" t="s">
         <v>192</v>
       </c>
       <c r="C98" t="s">
         <v>163</v>
       </c>
       <c r="D98">
         <v>3</v>
       </c>
       <c r="E98" t="s">
         <v>34</v>
       </c>
       <c r="F98" t="s">
         <v>35</v>
       </c>
       <c r="G98">
-        <v>16950</v>
+        <v>17190</v>
       </c>
       <c r="H98">
-        <v>17190</v>
+        <v>17109</v>
       </c>
       <c r="I98">
-        <v>17109</v>
+        <v>17066</v>
       </c>
       <c r="J98">
-        <v>17066</v>
+        <v>16975</v>
       </c>
       <c r="K98">
-        <v>16975</v>
+        <v>16567</v>
       </c>
       <c r="L98">
-        <v>16567</v>
+        <v>16195</v>
       </c>
       <c r="M98">
-        <v>16195</v>
+        <v>15983</v>
       </c>
       <c r="N98">
-        <v>15983</v>
+        <v>15868</v>
       </c>
       <c r="O98">
-        <v>15868</v>
+        <v>15712</v>
       </c>
       <c r="P98">
-        <v>15712</v>
+        <v>15602</v>
       </c>
       <c r="Q98">
-        <v>15602</v>
+        <v>15466</v>
       </c>
       <c r="R98">
-        <v>15466</v>
+        <v>15354</v>
       </c>
       <c r="S98">
-        <v>-1484</v>
+        <v>-1836</v>
       </c>
       <c r="T98" s="2">
-        <v>-8.7552000000000003</v>
+        <v>-10.6806</v>
       </c>
     </row>
     <row r="99" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A99" t="s">
         <v>161</v>
       </c>
       <c r="B99" t="s">
         <v>193</v>
       </c>
       <c r="C99" t="s">
         <v>163</v>
       </c>
       <c r="D99">
         <v>2</v>
       </c>
       <c r="E99" t="s">
         <v>23</v>
       </c>
       <c r="F99" t="s">
         <v>185</v>
       </c>
       <c r="G99">
-        <v>8715</v>
+        <v>8702</v>
       </c>
       <c r="H99">
-        <v>8702</v>
+        <v>8665</v>
       </c>
       <c r="I99">
-        <v>8665</v>
+        <v>8660</v>
       </c>
       <c r="J99">
-        <v>8660</v>
+        <v>8657</v>
       </c>
       <c r="K99">
-        <v>8657</v>
+        <v>8627</v>
       </c>
       <c r="L99">
-        <v>8627</v>
+        <v>8634</v>
       </c>
       <c r="M99">
-        <v>8634</v>
+        <v>8622</v>
       </c>
       <c r="N99">
-        <v>8622</v>
+        <v>8599</v>
       </c>
       <c r="O99">
-        <v>8599</v>
+        <v>8582</v>
       </c>
       <c r="P99">
-        <v>8582</v>
+        <v>8539</v>
       </c>
       <c r="Q99">
-        <v>8539</v>
+        <v>8524</v>
       </c>
       <c r="R99">
-        <v>8524</v>
+        <v>8519</v>
       </c>
       <c r="S99">
-        <v>-191</v>
+        <v>-183</v>
       </c>
       <c r="T99" s="2">
-        <v>-2.1916000000000002</v>
+        <v>-2.1030000000000002</v>
       </c>
     </row>
     <row r="100" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A100" t="s">
         <v>161</v>
       </c>
       <c r="B100" t="s">
         <v>194</v>
       </c>
       <c r="C100" t="s">
         <v>163</v>
       </c>
       <c r="D100">
         <v>5</v>
       </c>
       <c r="E100" t="s">
         <v>40</v>
       </c>
       <c r="F100" t="s">
         <v>108</v>
       </c>
       <c r="G100">
-        <v>13499</v>
+        <v>13477</v>
       </c>
       <c r="H100">
-        <v>13477</v>
+        <v>13429</v>
       </c>
       <c r="I100">
-        <v>13429</v>
+        <v>13415</v>
       </c>
       <c r="J100">
-        <v>13415</v>
+        <v>13386</v>
       </c>
       <c r="K100">
-        <v>13386</v>
+        <v>13381</v>
       </c>
       <c r="L100">
-        <v>13381</v>
+        <v>13349</v>
       </c>
       <c r="M100">
-        <v>13349</v>
+        <v>13340</v>
       </c>
       <c r="N100">
-        <v>13340</v>
+        <v>13328</v>
       </c>
       <c r="O100">
-        <v>13328</v>
+        <v>13286</v>
       </c>
       <c r="P100">
-        <v>13286</v>
+        <v>13261</v>
       </c>
       <c r="Q100">
-        <v>13261</v>
+        <v>13239</v>
       </c>
       <c r="R100">
-        <v>13239</v>
+        <v>13213</v>
       </c>
       <c r="S100">
-        <v>-260</v>
+        <v>-264</v>
       </c>
       <c r="T100" s="2">
-        <v>-1.9260999999999999</v>
+        <v>-1.9589000000000001</v>
       </c>
     </row>
     <row r="101" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A101" t="s">
         <v>161</v>
       </c>
       <c r="B101" t="s">
         <v>195</v>
       </c>
       <c r="C101" t="s">
         <v>163</v>
       </c>
       <c r="D101">
         <v>5</v>
       </c>
       <c r="E101" t="s">
         <v>40</v>
       </c>
       <c r="F101" t="s">
         <v>196</v>
       </c>
       <c r="G101">
-        <v>2733</v>
+        <v>2723</v>
       </c>
       <c r="H101">
-        <v>2723</v>
+        <v>2711</v>
       </c>
       <c r="I101">
-        <v>2711</v>
+        <v>2699</v>
       </c>
       <c r="J101">
-        <v>2699</v>
+        <v>2698</v>
       </c>
       <c r="K101">
-        <v>2698</v>
+        <v>2697</v>
       </c>
       <c r="L101">
-        <v>2697</v>
+        <v>2694</v>
       </c>
       <c r="M101">
-        <v>2694</v>
+        <v>2692</v>
       </c>
       <c r="N101">
-        <v>2692</v>
+        <v>2673</v>
       </c>
       <c r="O101">
-        <v>2673</v>
+        <v>2661</v>
       </c>
       <c r="P101">
         <v>2661</v>
       </c>
       <c r="Q101">
-        <v>2661</v>
+        <v>2647</v>
       </c>
       <c r="R101">
-        <v>2647</v>
+        <v>2645</v>
       </c>
       <c r="S101">
-        <v>-86</v>
+        <v>-78</v>
       </c>
       <c r="T101" s="2">
-        <v>-3.1467000000000001</v>
+        <v>-2.8645</v>
       </c>
     </row>
     <row r="102" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A102" t="s">
         <v>161</v>
       </c>
       <c r="B102" t="s">
         <v>197</v>
       </c>
       <c r="C102" t="s">
         <v>163</v>
       </c>
       <c r="D102">
         <v>5</v>
       </c>
       <c r="E102" t="s">
         <v>40</v>
       </c>
       <c r="F102" t="s">
         <v>198</v>
       </c>
       <c r="G102">
-        <v>10280</v>
+        <v>10241</v>
       </c>
       <c r="H102">
-        <v>10241</v>
+        <v>10227</v>
       </c>
       <c r="I102">
-        <v>10227</v>
+        <v>10195</v>
       </c>
       <c r="J102">
-        <v>10195</v>
+        <v>10184</v>
       </c>
       <c r="K102">
+        <v>10171</v>
+      </c>
+      <c r="L102">
         <v>10184</v>
       </c>
-      <c r="L102">
-[...1 lines deleted...]
-      </c>
       <c r="M102">
-        <v>10184</v>
+        <v>10152</v>
       </c>
       <c r="N102">
-        <v>10152</v>
+        <v>10122</v>
       </c>
       <c r="O102">
-        <v>10122</v>
+        <v>10092</v>
       </c>
       <c r="P102">
-        <v>10092</v>
+        <v>10078</v>
       </c>
       <c r="Q102">
-        <v>10078</v>
+        <v>10039</v>
       </c>
       <c r="R102">
-        <v>10039</v>
+        <v>10021</v>
       </c>
       <c r="S102">
-        <v>-241</v>
+        <v>-220</v>
       </c>
       <c r="T102" s="2">
-        <v>-2.3443999999999998</v>
+        <v>-2.1482000000000001</v>
       </c>
     </row>
     <row r="103" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A103" t="s">
         <v>161</v>
       </c>
       <c r="B103" t="s">
         <v>199</v>
       </c>
       <c r="C103" t="s">
         <v>163</v>
       </c>
       <c r="D103">
         <v>4</v>
       </c>
       <c r="E103" t="s">
         <v>26</v>
       </c>
       <c r="F103" t="s">
         <v>27</v>
       </c>
       <c r="G103">
+        <v>8957</v>
+      </c>
+      <c r="H103">
+        <v>8944</v>
+      </c>
+      <c r="I103">
+        <v>8962</v>
+      </c>
+      <c r="J103">
+        <v>8959</v>
+      </c>
+      <c r="K103">
+        <v>8972</v>
+      </c>
+      <c r="L103">
+        <v>8953</v>
+      </c>
+      <c r="M103">
         <v>8952</v>
       </c>
-      <c r="H103">
-[...16 lines deleted...]
-      </c>
       <c r="N103">
-        <v>8952</v>
+        <v>8966</v>
       </c>
       <c r="O103">
-        <v>8966</v>
+        <v>8982</v>
       </c>
       <c r="P103">
-        <v>8982</v>
+        <v>8977</v>
       </c>
       <c r="Q103">
-        <v>8977</v>
+        <v>8983</v>
       </c>
       <c r="R103">
-        <v>8983</v>
+        <v>8981</v>
       </c>
       <c r="S103">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="T103" s="2">
-        <v>0.3463</v>
+        <v>0.26790000000000003</v>
       </c>
     </row>
     <row r="104" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A104" t="s">
         <v>161</v>
       </c>
       <c r="B104" t="s">
         <v>200</v>
       </c>
       <c r="C104" t="s">
         <v>163</v>
       </c>
       <c r="D104">
         <v>5</v>
       </c>
       <c r="E104" t="s">
         <v>40</v>
       </c>
       <c r="F104" t="s">
         <v>73</v>
       </c>
       <c r="G104">
-        <v>7784</v>
+        <v>7768</v>
       </c>
       <c r="H104">
-        <v>7768</v>
+        <v>7772</v>
       </c>
       <c r="I104">
-        <v>7772</v>
+        <v>7769</v>
       </c>
       <c r="J104">
-        <v>7769</v>
+        <v>7762</v>
       </c>
       <c r="K104">
+        <v>7770</v>
+      </c>
+      <c r="L104">
+        <v>7760</v>
+      </c>
+      <c r="M104">
         <v>7762</v>
       </c>
-      <c r="L104">
-[...4 lines deleted...]
-      </c>
       <c r="N104">
-        <v>7762</v>
+        <v>7749</v>
       </c>
       <c r="O104">
-        <v>7749</v>
+        <v>7764</v>
       </c>
       <c r="P104">
-        <v>7764</v>
+        <v>7767</v>
       </c>
       <c r="Q104">
         <v>7767</v>
       </c>
       <c r="R104">
-        <v>7767</v>
+        <v>7764</v>
       </c>
       <c r="S104">
-        <v>-17</v>
+        <v>-4</v>
       </c>
       <c r="T104" s="2">
-        <v>-0.21840000000000001</v>
+        <v>-5.1499999999999997E-2</v>
       </c>
     </row>
     <row r="105" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A105" t="s">
         <v>161</v>
       </c>
       <c r="B105" t="s">
         <v>201</v>
       </c>
       <c r="C105" t="s">
         <v>163</v>
       </c>
       <c r="D105">
         <v>1</v>
       </c>
       <c r="E105" t="s">
         <v>30</v>
       </c>
       <c r="F105" t="s">
         <v>83</v>
       </c>
       <c r="G105">
-        <v>10264</v>
+        <v>10224</v>
       </c>
       <c r="H105">
-        <v>10224</v>
+        <v>10211</v>
       </c>
       <c r="I105">
-        <v>10211</v>
+        <v>10197</v>
       </c>
       <c r="J105">
-        <v>10197</v>
+        <v>10174</v>
       </c>
       <c r="K105">
-        <v>10174</v>
+        <v>10123</v>
       </c>
       <c r="L105">
-        <v>10123</v>
+        <v>10112</v>
       </c>
       <c r="M105">
-        <v>10112</v>
+        <v>10105</v>
       </c>
       <c r="N105">
-        <v>10105</v>
+        <v>10075</v>
       </c>
       <c r="O105">
-        <v>10075</v>
+        <v>10044</v>
       </c>
       <c r="P105">
-        <v>10044</v>
+        <v>9999</v>
       </c>
       <c r="Q105">
-        <v>9999</v>
+        <v>9986</v>
       </c>
       <c r="R105">
-        <v>9986</v>
+        <v>9993</v>
       </c>
       <c r="S105">
-        <v>-278</v>
+        <v>-231</v>
       </c>
       <c r="T105" s="2">
-        <v>-2.7084999999999999</v>
+        <v>-2.2593999999999999</v>
       </c>
     </row>
     <row r="106" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A106" t="s">
         <v>161</v>
       </c>
       <c r="B106" t="s">
         <v>202</v>
       </c>
       <c r="C106" t="s">
         <v>163</v>
       </c>
       <c r="D106">
         <v>4</v>
       </c>
       <c r="E106" t="s">
         <v>26</v>
       </c>
       <c r="F106" t="s">
         <v>203</v>
       </c>
       <c r="G106">
-        <v>8268</v>
+        <v>8245</v>
       </c>
       <c r="H106">
         <v>8245</v>
       </c>
       <c r="I106">
-        <v>8245</v>
+        <v>8234</v>
       </c>
       <c r="J106">
-        <v>8234</v>
+        <v>8221</v>
       </c>
       <c r="K106">
-        <v>8221</v>
+        <v>8183</v>
       </c>
       <c r="L106">
-        <v>8183</v>
+        <v>8173</v>
       </c>
       <c r="M106">
-        <v>8173</v>
+        <v>8177</v>
       </c>
       <c r="N106">
-        <v>8177</v>
+        <v>8191</v>
       </c>
       <c r="O106">
-        <v>8191</v>
+        <v>8195</v>
       </c>
       <c r="P106">
-        <v>8195</v>
+        <v>8176</v>
       </c>
       <c r="Q106">
-        <v>8176</v>
+        <v>8174</v>
       </c>
       <c r="R106">
-        <v>8174</v>
+        <v>8166</v>
       </c>
       <c r="S106">
-        <v>-94</v>
+        <v>-79</v>
       </c>
       <c r="T106" s="2">
-        <v>-1.1369</v>
+        <v>-0.95820000000000005</v>
       </c>
     </row>
     <row r="107" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A107" t="s">
         <v>161</v>
       </c>
       <c r="B107" t="s">
         <v>204</v>
       </c>
       <c r="C107" t="s">
         <v>163</v>
       </c>
       <c r="D107">
         <v>2</v>
       </c>
       <c r="E107" t="s">
         <v>23</v>
       </c>
       <c r="F107" t="s">
         <v>99</v>
       </c>
       <c r="G107">
-        <v>4077</v>
+        <v>4072</v>
       </c>
       <c r="H107">
-        <v>4072</v>
+        <v>4088</v>
       </c>
       <c r="I107">
-        <v>4088</v>
+        <v>4112</v>
       </c>
       <c r="J107">
-        <v>4112</v>
+        <v>4113</v>
       </c>
       <c r="K107">
-        <v>4113</v>
+        <v>4146</v>
       </c>
       <c r="L107">
-        <v>4146</v>
+        <v>4166</v>
       </c>
       <c r="M107">
-        <v>4166</v>
+        <v>4176</v>
       </c>
       <c r="N107">
-        <v>4176</v>
+        <v>4177</v>
       </c>
       <c r="O107">
-        <v>4177</v>
+        <v>4204</v>
       </c>
       <c r="P107">
-        <v>4204</v>
+        <v>4209</v>
       </c>
       <c r="Q107">
-        <v>4209</v>
+        <v>4212</v>
       </c>
       <c r="R107">
-        <v>4212</v>
+        <v>4207</v>
       </c>
       <c r="S107">
         <v>135</v>
       </c>
       <c r="T107" s="2">
-        <v>3.3113000000000001</v>
+        <v>3.3153000000000001</v>
       </c>
     </row>
     <row r="108" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A108" t="s">
         <v>161</v>
       </c>
       <c r="B108" t="s">
         <v>205</v>
       </c>
       <c r="C108" t="s">
         <v>163</v>
       </c>
       <c r="D108">
         <v>5</v>
       </c>
       <c r="E108" t="s">
         <v>40</v>
       </c>
       <c r="F108" t="s">
         <v>121</v>
       </c>
       <c r="G108">
-        <v>7177</v>
+        <v>7194</v>
       </c>
       <c r="H108">
+        <v>7199</v>
+      </c>
+      <c r="I108">
+        <v>7190</v>
+      </c>
+      <c r="J108">
+        <v>7198</v>
+      </c>
+      <c r="K108">
+        <v>7196</v>
+      </c>
+      <c r="L108">
+        <v>7199</v>
+      </c>
+      <c r="M108">
+        <v>7203</v>
+      </c>
+      <c r="N108">
         <v>7194</v>
       </c>
-      <c r="I108">
-[...2 lines deleted...]
-      <c r="J108">
+      <c r="O108">
+        <v>7184</v>
+      </c>
+      <c r="P108">
         <v>7190</v>
       </c>
-      <c r="K108">
-[...16 lines deleted...]
-      </c>
       <c r="Q108">
-        <v>7190</v>
+        <v>7191</v>
       </c>
       <c r="R108">
-        <v>7191</v>
+        <v>7179</v>
       </c>
       <c r="S108">
-        <v>14</v>
+        <v>-15</v>
       </c>
       <c r="T108" s="2">
-        <v>0.1951</v>
+        <v>-0.20849999999999999</v>
       </c>
     </row>
     <row r="109" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A109" t="s">
         <v>161</v>
       </c>
       <c r="B109" t="s">
         <v>206</v>
       </c>
       <c r="C109" t="s">
         <v>163</v>
       </c>
       <c r="D109">
         <v>3</v>
       </c>
       <c r="E109" t="s">
         <v>34</v>
       </c>
       <c r="F109" t="s">
         <v>35</v>
       </c>
       <c r="G109">
-        <v>10469</v>
+        <v>10425</v>
       </c>
       <c r="H109">
-        <v>10425</v>
+        <v>10410</v>
       </c>
       <c r="I109">
-        <v>10410</v>
+        <v>10773</v>
       </c>
       <c r="J109">
-        <v>10773</v>
+        <v>10738</v>
       </c>
       <c r="K109">
-        <v>10738</v>
+        <v>10727</v>
       </c>
       <c r="L109">
-        <v>10727</v>
+        <v>10730</v>
       </c>
       <c r="M109">
-        <v>10730</v>
+        <v>10729</v>
       </c>
       <c r="N109">
-        <v>10729</v>
+        <v>10739</v>
       </c>
       <c r="O109">
-        <v>10739</v>
+        <v>10718</v>
       </c>
       <c r="P109">
-        <v>10718</v>
+        <v>10694</v>
       </c>
       <c r="Q109">
-        <v>10694</v>
+        <v>10646</v>
       </c>
       <c r="R109">
-        <v>10646</v>
+        <v>10633</v>
       </c>
       <c r="S109">
-        <v>177</v>
+        <v>208</v>
       </c>
       <c r="T109" s="2">
-        <v>1.6907000000000001</v>
+        <v>1.9952000000000001</v>
       </c>
     </row>
     <row r="110" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A110" t="s">
         <v>161</v>
       </c>
       <c r="B110" t="s">
         <v>207</v>
       </c>
       <c r="C110" t="s">
         <v>163</v>
       </c>
       <c r="D110">
         <v>4</v>
       </c>
       <c r="E110" t="s">
         <v>26</v>
       </c>
       <c r="F110" t="s">
         <v>114</v>
       </c>
       <c r="G110">
-        <v>3518</v>
+        <v>3521</v>
       </c>
       <c r="H110">
-        <v>3521</v>
+        <v>3513</v>
       </c>
       <c r="I110">
-        <v>3513</v>
+        <v>3524</v>
       </c>
       <c r="J110">
-        <v>3524</v>
+        <v>3535</v>
       </c>
       <c r="K110">
-        <v>3535</v>
+        <v>3541</v>
       </c>
       <c r="L110">
-        <v>3541</v>
+        <v>3546</v>
       </c>
       <c r="M110">
-        <v>3546</v>
+        <v>3562</v>
       </c>
       <c r="N110">
-        <v>3562</v>
+        <v>3557</v>
       </c>
       <c r="O110">
-        <v>3557</v>
+        <v>3550</v>
       </c>
       <c r="P110">
-        <v>3550</v>
+        <v>3547</v>
       </c>
       <c r="Q110">
-        <v>3547</v>
+        <v>3544</v>
       </c>
       <c r="R110">
-        <v>3544</v>
+        <v>3536</v>
       </c>
       <c r="S110">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="T110" s="2">
-        <v>0.73909999999999998</v>
+        <v>0.42599999999999999</v>
       </c>
     </row>
     <row r="111" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A111" t="s">
         <v>161</v>
       </c>
       <c r="B111" t="s">
         <v>208</v>
       </c>
       <c r="C111" t="s">
         <v>163</v>
       </c>
       <c r="D111">
         <v>3</v>
       </c>
       <c r="E111" t="s">
         <v>34</v>
       </c>
       <c r="F111" t="s">
         <v>35</v>
       </c>
       <c r="G111">
-        <v>11403</v>
+        <v>11368</v>
       </c>
       <c r="H111">
-        <v>11368</v>
+        <v>11344</v>
       </c>
       <c r="I111">
-        <v>11344</v>
+        <v>11324</v>
       </c>
       <c r="J111">
-        <v>11324</v>
+        <v>11276</v>
       </c>
       <c r="K111">
-        <v>11276</v>
+        <v>11226</v>
       </c>
       <c r="L111">
-        <v>11226</v>
+        <v>11145</v>
       </c>
       <c r="M111">
-        <v>11145</v>
+        <v>11104</v>
       </c>
       <c r="N111">
-        <v>11104</v>
+        <v>11023</v>
       </c>
       <c r="O111">
-        <v>11023</v>
+        <v>10960</v>
       </c>
       <c r="P111">
-        <v>10960</v>
+        <v>10907</v>
       </c>
       <c r="Q111">
-        <v>10907</v>
+        <v>10846</v>
       </c>
       <c r="R111">
-        <v>10846</v>
+        <v>10828</v>
       </c>
       <c r="S111">
-        <v>-557</v>
+        <v>-540</v>
       </c>
       <c r="T111" s="2">
-        <v>-4.8846999999999996</v>
+        <v>-4.7502000000000004</v>
       </c>
     </row>
     <row r="112" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A112" t="s">
         <v>161</v>
       </c>
       <c r="B112" t="s">
         <v>209</v>
       </c>
       <c r="C112" t="s">
         <v>163</v>
       </c>
       <c r="D112">
         <v>3</v>
       </c>
       <c r="E112" t="s">
         <v>34</v>
       </c>
       <c r="F112" t="s">
         <v>35</v>
       </c>
       <c r="G112">
-        <v>2077</v>
+        <v>2206</v>
       </c>
       <c r="H112">
-        <v>2206</v>
+        <v>2336</v>
       </c>
       <c r="I112">
-        <v>2336</v>
+        <v>2450</v>
       </c>
       <c r="J112">
-        <v>2450</v>
+        <v>2516</v>
       </c>
       <c r="K112">
-        <v>2516</v>
+        <v>2573</v>
       </c>
       <c r="L112">
-        <v>2573</v>
+        <v>2618</v>
       </c>
       <c r="M112">
-        <v>2618</v>
+        <v>2647</v>
       </c>
       <c r="N112">
-        <v>2647</v>
+        <v>2772</v>
       </c>
       <c r="O112">
-        <v>2772</v>
+        <v>2901</v>
       </c>
       <c r="P112">
-        <v>2901</v>
+        <v>2994</v>
       </c>
       <c r="Q112">
-        <v>2994</v>
+        <v>3023</v>
       </c>
       <c r="R112">
-        <v>3023</v>
+        <v>3059</v>
       </c>
       <c r="S112">
-        <v>946</v>
+        <v>853</v>
       </c>
       <c r="T112" s="2">
-        <v>45.546500000000002</v>
+        <v>38.667299999999997</v>
       </c>
     </row>
     <row r="113" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A113" t="s">
         <v>161</v>
       </c>
       <c r="B113" t="s">
         <v>210</v>
       </c>
       <c r="C113" t="s">
         <v>163</v>
       </c>
       <c r="D113">
         <v>5</v>
       </c>
       <c r="E113" t="s">
         <v>40</v>
       </c>
       <c r="F113" t="s">
         <v>211</v>
       </c>
       <c r="G113">
-        <v>6735</v>
+        <v>6715</v>
       </c>
       <c r="H113">
-        <v>6715</v>
+        <v>6720</v>
       </c>
       <c r="I113">
-        <v>6720</v>
+        <v>6705</v>
       </c>
       <c r="J113">
-        <v>6705</v>
+        <v>6712</v>
       </c>
       <c r="K113">
-        <v>6712</v>
+        <v>6711</v>
       </c>
       <c r="L113">
-        <v>6711</v>
+        <v>6727</v>
       </c>
       <c r="M113">
-        <v>6727</v>
+        <v>6738</v>
       </c>
       <c r="N113">
-        <v>6738</v>
+        <v>6761</v>
       </c>
       <c r="O113">
-        <v>6761</v>
+        <v>6778</v>
       </c>
       <c r="P113">
-        <v>6778</v>
+        <v>6766</v>
       </c>
       <c r="Q113">
-        <v>6766</v>
+        <v>6751</v>
       </c>
       <c r="R113">
-        <v>6751</v>
+        <v>6732</v>
       </c>
       <c r="S113">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="T113" s="2">
-        <v>0.23760000000000001</v>
+        <v>0.25319999999999998</v>
       </c>
     </row>
     <row r="114" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A114" t="s">
         <v>161</v>
       </c>
       <c r="B114" t="s">
         <v>212</v>
       </c>
       <c r="C114" t="s">
         <v>163</v>
       </c>
       <c r="D114">
         <v>4</v>
       </c>
       <c r="E114" t="s">
         <v>26</v>
       </c>
       <c r="F114" t="s">
         <v>114</v>
       </c>
       <c r="G114">
-        <v>10213</v>
+        <v>10162</v>
       </c>
       <c r="H114">
-        <v>10162</v>
+        <v>10147</v>
       </c>
       <c r="I114">
-        <v>10147</v>
+        <v>10107</v>
       </c>
       <c r="J114">
-        <v>10107</v>
+        <v>10089</v>
       </c>
       <c r="K114">
-        <v>10089</v>
+        <v>10062</v>
       </c>
       <c r="L114">
-        <v>10062</v>
+        <v>10046</v>
       </c>
       <c r="M114">
-        <v>10046</v>
+        <v>10032</v>
       </c>
       <c r="N114">
-        <v>10032</v>
+        <v>10007</v>
       </c>
       <c r="O114">
-        <v>10007</v>
+        <v>9993</v>
       </c>
       <c r="P114">
-        <v>9993</v>
+        <v>9992</v>
       </c>
       <c r="Q114">
-        <v>9992</v>
+        <v>9960</v>
       </c>
       <c r="R114">
-        <v>9960</v>
+        <v>9976</v>
       </c>
       <c r="S114">
-        <v>-253</v>
+        <v>-186</v>
       </c>
       <c r="T114" s="2">
-        <v>-2.4771999999999998</v>
+        <v>-1.8303</v>
       </c>
     </row>
     <row r="115" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A115" t="s">
         <v>161</v>
       </c>
       <c r="B115" t="s">
         <v>213</v>
       </c>
       <c r="C115" t="s">
         <v>163</v>
       </c>
       <c r="D115">
         <v>2</v>
       </c>
       <c r="E115" t="s">
         <v>23</v>
       </c>
       <c r="F115" t="s">
         <v>85</v>
       </c>
       <c r="G115">
-        <v>7042</v>
+        <v>7052</v>
       </c>
       <c r="H115">
-        <v>7052</v>
+        <v>7055</v>
       </c>
       <c r="I115">
-        <v>7055</v>
+        <v>7114</v>
       </c>
       <c r="J115">
-        <v>7114</v>
+        <v>7151</v>
       </c>
       <c r="K115">
-        <v>7151</v>
+        <v>7154</v>
       </c>
       <c r="L115">
-        <v>7154</v>
+        <v>7149</v>
       </c>
       <c r="M115">
-        <v>7149</v>
+        <v>7153</v>
       </c>
       <c r="N115">
-        <v>7153</v>
+        <v>7161</v>
       </c>
       <c r="O115">
-        <v>7161</v>
+        <v>7184</v>
       </c>
       <c r="P115">
-        <v>7184</v>
+        <v>7182</v>
       </c>
       <c r="Q115">
         <v>7182</v>
       </c>
       <c r="R115">
-        <v>7182</v>
+        <v>7167</v>
       </c>
       <c r="S115">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="T115" s="2">
-        <v>1.9881</v>
+        <v>1.6307</v>
       </c>
     </row>
     <row r="116" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A116" t="s">
         <v>161</v>
       </c>
       <c r="B116" t="s">
         <v>214</v>
       </c>
       <c r="C116" t="s">
         <v>163</v>
       </c>
       <c r="D116">
         <v>2</v>
       </c>
       <c r="E116" t="s">
         <v>23</v>
       </c>
       <c r="F116" t="s">
         <v>67</v>
       </c>
       <c r="G116">
-        <v>9854</v>
+        <v>9837</v>
       </c>
       <c r="H116">
-        <v>9837</v>
+        <v>9816</v>
       </c>
       <c r="I116">
-        <v>9816</v>
+        <v>9773</v>
       </c>
       <c r="J116">
-        <v>9773</v>
+        <v>9749</v>
       </c>
       <c r="K116">
-        <v>9749</v>
+        <v>9725</v>
       </c>
       <c r="L116">
-        <v>9725</v>
+        <v>9678</v>
       </c>
       <c r="M116">
-        <v>9678</v>
+        <v>9680</v>
       </c>
       <c r="N116">
-        <v>9680</v>
+        <v>9633</v>
       </c>
       <c r="O116">
-        <v>9633</v>
+        <v>9577</v>
       </c>
       <c r="P116">
-        <v>9577</v>
+        <v>9565</v>
       </c>
       <c r="Q116">
-        <v>9565</v>
+        <v>9551</v>
       </c>
       <c r="R116">
-        <v>9551</v>
+        <v>9531</v>
       </c>
       <c r="S116">
-        <v>-303</v>
+        <v>-306</v>
       </c>
       <c r="T116" s="2">
-        <v>-3.0749</v>
+        <v>-3.1107</v>
       </c>
     </row>
     <row r="117" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A117" t="s">
         <v>161</v>
       </c>
       <c r="B117" t="s">
         <v>215</v>
       </c>
       <c r="C117" t="s">
         <v>163</v>
       </c>
       <c r="D117">
         <v>1</v>
       </c>
       <c r="E117" t="s">
         <v>30</v>
       </c>
       <c r="F117" t="s">
         <v>216</v>
       </c>
       <c r="G117">
-        <v>4074</v>
+        <v>4055</v>
       </c>
       <c r="H117">
-        <v>4055</v>
+        <v>4038</v>
       </c>
       <c r="I117">
-        <v>4038</v>
+        <v>4032</v>
       </c>
       <c r="J117">
-        <v>4032</v>
+        <v>4035</v>
       </c>
       <c r="K117">
-        <v>4035</v>
+        <v>4030</v>
       </c>
       <c r="L117">
-        <v>4030</v>
+        <v>4026</v>
       </c>
       <c r="M117">
-        <v>4026</v>
+        <v>4006</v>
       </c>
       <c r="N117">
-        <v>4006</v>
+        <v>3979</v>
       </c>
       <c r="O117">
-        <v>3979</v>
+        <v>3976</v>
       </c>
       <c r="P117">
-        <v>3976</v>
+        <v>3961</v>
       </c>
       <c r="Q117">
-        <v>3961</v>
+        <v>3938</v>
       </c>
       <c r="R117">
-        <v>3938</v>
+        <v>3901</v>
       </c>
       <c r="S117">
-        <v>-136</v>
+        <v>-154</v>
       </c>
       <c r="T117" s="2">
-        <v>-3.3382000000000001</v>
+        <v>-3.7978000000000001</v>
       </c>
     </row>
     <row r="118" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A118" t="s">
         <v>161</v>
       </c>
       <c r="B118" t="s">
         <v>217</v>
       </c>
       <c r="C118" t="s">
         <v>163</v>
       </c>
       <c r="D118">
         <v>3</v>
       </c>
       <c r="E118" t="s">
         <v>34</v>
       </c>
       <c r="F118" t="s">
         <v>35</v>
       </c>
       <c r="G118">
-        <v>8140</v>
+        <v>8168</v>
       </c>
       <c r="H118">
-        <v>8168</v>
+        <v>8152</v>
       </c>
       <c r="I118">
-        <v>8152</v>
+        <v>8132</v>
       </c>
       <c r="J118">
-        <v>8132</v>
+        <v>8116</v>
       </c>
       <c r="K118">
-        <v>8116</v>
+        <v>8111</v>
       </c>
       <c r="L118">
-        <v>8111</v>
+        <v>8094</v>
       </c>
       <c r="M118">
-        <v>8094</v>
+        <v>8092</v>
       </c>
       <c r="N118">
-        <v>8092</v>
+        <v>8104</v>
       </c>
       <c r="O118">
-        <v>8104</v>
+        <v>8133</v>
       </c>
       <c r="P118">
-        <v>8133</v>
+        <v>8131</v>
       </c>
       <c r="Q118">
-        <v>8131</v>
+        <v>8117</v>
       </c>
       <c r="R118">
-        <v>8117</v>
+        <v>8128</v>
       </c>
       <c r="S118">
-        <v>-23</v>
+        <v>-40</v>
       </c>
       <c r="T118" s="2">
-        <v>-0.28260000000000002</v>
+        <v>-0.48970000000000002</v>
       </c>
     </row>
     <row r="119" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A119" t="s">
         <v>161</v>
       </c>
       <c r="B119" t="s">
         <v>218</v>
       </c>
       <c r="C119" t="s">
         <v>163</v>
       </c>
       <c r="D119">
         <v>1</v>
       </c>
       <c r="E119" t="s">
         <v>30</v>
       </c>
       <c r="F119" t="s">
         <v>31</v>
       </c>
       <c r="G119">
-        <v>9567</v>
+        <v>9571</v>
       </c>
       <c r="H119">
-        <v>9571</v>
+        <v>9574</v>
       </c>
       <c r="I119">
-        <v>9574</v>
+        <v>9583</v>
       </c>
       <c r="J119">
+        <v>9586</v>
+      </c>
+      <c r="K119">
         <v>9583</v>
       </c>
-      <c r="K119">
-[...1 lines deleted...]
-      </c>
       <c r="L119">
-        <v>9583</v>
+        <v>9601</v>
       </c>
       <c r="M119">
-        <v>9601</v>
+        <v>9631</v>
       </c>
       <c r="N119">
-        <v>9631</v>
+        <v>9625</v>
       </c>
       <c r="O119">
-        <v>9625</v>
+        <v>9605</v>
       </c>
       <c r="P119">
-        <v>9605</v>
+        <v>9610</v>
       </c>
       <c r="Q119">
-        <v>9610</v>
+        <v>9592</v>
       </c>
       <c r="R119">
-        <v>9592</v>
+        <v>9568</v>
       </c>
       <c r="S119">
-        <v>25</v>
+        <v>-3</v>
       </c>
       <c r="T119" s="2">
-        <v>0.26129999999999998</v>
+        <v>-3.1300000000000001E-2</v>
       </c>
     </row>
     <row r="120" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A120" t="s">
         <v>161</v>
       </c>
       <c r="B120" t="s">
         <v>219</v>
       </c>
       <c r="C120" t="s">
         <v>163</v>
       </c>
       <c r="D120">
         <v>3</v>
       </c>
       <c r="E120" t="s">
         <v>34</v>
       </c>
       <c r="F120" t="s">
         <v>35</v>
       </c>
       <c r="G120">
-        <v>9568</v>
+        <v>9554</v>
       </c>
       <c r="H120">
-        <v>9554</v>
+        <v>9543</v>
       </c>
       <c r="I120">
-        <v>9543</v>
+        <v>9606</v>
       </c>
       <c r="J120">
-        <v>9606</v>
+        <v>9607</v>
       </c>
       <c r="K120">
-        <v>9607</v>
+        <v>9584</v>
       </c>
       <c r="L120">
-        <v>9584</v>
+        <v>9562</v>
       </c>
       <c r="M120">
-        <v>9562</v>
+        <v>9567</v>
       </c>
       <c r="N120">
-        <v>9567</v>
+        <v>9552</v>
       </c>
       <c r="O120">
-        <v>9552</v>
+        <v>9546</v>
       </c>
       <c r="P120">
-        <v>9546</v>
+        <v>9520</v>
       </c>
       <c r="Q120">
-        <v>9520</v>
+        <v>9493</v>
       </c>
       <c r="R120">
-        <v>9493</v>
+        <v>9484</v>
       </c>
       <c r="S120">
-        <v>-75</v>
+        <v>-70</v>
       </c>
       <c r="T120" s="2">
-        <v>-0.78390000000000004</v>
+        <v>-0.73270000000000002</v>
       </c>
     </row>
     <row r="121" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A121" t="s">
         <v>161</v>
       </c>
       <c r="B121" t="s">
         <v>220</v>
       </c>
       <c r="C121" t="s">
         <v>163</v>
       </c>
       <c r="D121">
         <v>2</v>
       </c>
       <c r="E121" t="s">
         <v>23</v>
       </c>
       <c r="F121" t="s">
         <v>99</v>
       </c>
       <c r="G121">
-        <v>9228</v>
+        <v>9182</v>
       </c>
       <c r="H121">
-        <v>9182</v>
+        <v>9107</v>
       </c>
       <c r="I121">
-        <v>9107</v>
+        <v>9050</v>
       </c>
       <c r="J121">
-        <v>9050</v>
+        <v>8998</v>
       </c>
       <c r="K121">
-        <v>8998</v>
+        <v>8944</v>
       </c>
       <c r="L121">
-        <v>8944</v>
+        <v>8915</v>
       </c>
       <c r="M121">
-        <v>8915</v>
+        <v>8869</v>
       </c>
       <c r="N121">
-        <v>8869</v>
+        <v>8863</v>
       </c>
       <c r="O121">
-        <v>8863</v>
+        <v>8819</v>
       </c>
       <c r="P121">
-        <v>8819</v>
+        <v>8780</v>
       </c>
       <c r="Q121">
-        <v>8780</v>
+        <v>8733</v>
       </c>
       <c r="R121">
-        <v>8733</v>
+        <v>8709</v>
       </c>
       <c r="S121">
-        <v>-495</v>
+        <v>-473</v>
       </c>
       <c r="T121" s="2">
-        <v>-5.3640999999999996</v>
+        <v>-5.1513999999999998</v>
       </c>
     </row>
     <row r="122" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A122" t="s">
         <v>161</v>
       </c>
       <c r="B122" t="s">
         <v>221</v>
       </c>
       <c r="C122" t="s">
         <v>163</v>
       </c>
       <c r="D122">
         <v>2</v>
       </c>
       <c r="E122" t="s">
         <v>23</v>
       </c>
       <c r="F122" t="s">
         <v>185</v>
       </c>
       <c r="G122">
-        <v>18733</v>
+        <v>18722</v>
       </c>
       <c r="H122">
-        <v>18722</v>
+        <v>18732</v>
       </c>
       <c r="I122">
-        <v>18732</v>
+        <v>18741</v>
       </c>
       <c r="J122">
         <v>18741</v>
       </c>
       <c r="K122">
         <v>18741</v>
       </c>
       <c r="L122">
-        <v>18741</v>
+        <v>18745</v>
       </c>
       <c r="M122">
-        <v>18745</v>
+        <v>18735</v>
       </c>
       <c r="N122">
-        <v>18735</v>
+        <v>18714</v>
       </c>
       <c r="O122">
-        <v>18714</v>
+        <v>18716</v>
       </c>
       <c r="P122">
-        <v>18716</v>
+        <v>18689</v>
       </c>
       <c r="Q122">
-        <v>18689</v>
+        <v>18688</v>
       </c>
       <c r="R122">
-        <v>18688</v>
+        <v>18697</v>
       </c>
       <c r="S122">
-        <v>-45</v>
+        <v>-25</v>
       </c>
       <c r="T122" s="2">
-        <v>-0.2402</v>
+        <v>-0.13350000000000001</v>
       </c>
     </row>
     <row r="123" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A123" t="s">
         <v>161</v>
       </c>
       <c r="B123" t="s">
         <v>222</v>
       </c>
       <c r="C123" t="s">
         <v>163</v>
       </c>
       <c r="D123">
         <v>2</v>
       </c>
       <c r="E123" t="s">
         <v>23</v>
       </c>
       <c r="F123" t="s">
         <v>67</v>
       </c>
       <c r="G123">
-        <v>9449</v>
+        <v>9436</v>
       </c>
       <c r="H123">
-        <v>9436</v>
+        <v>9399</v>
       </c>
       <c r="I123">
-        <v>9399</v>
+        <v>9378</v>
       </c>
       <c r="J123">
-        <v>9378</v>
+        <v>9338</v>
       </c>
       <c r="K123">
-        <v>9338</v>
+        <v>9315</v>
       </c>
       <c r="L123">
-        <v>9315</v>
+        <v>9308</v>
       </c>
       <c r="M123">
-        <v>9308</v>
+        <v>9289</v>
       </c>
       <c r="N123">
-        <v>9289</v>
+        <v>9278</v>
       </c>
       <c r="O123">
-        <v>9278</v>
+        <v>9237</v>
       </c>
       <c r="P123">
-        <v>9237</v>
+        <v>9147</v>
       </c>
       <c r="Q123">
-        <v>9147</v>
+        <v>9084</v>
       </c>
       <c r="R123">
-        <v>9084</v>
+        <v>9055</v>
       </c>
       <c r="S123">
-        <v>-365</v>
+        <v>-381</v>
       </c>
       <c r="T123" s="2">
-        <v>-3.8628</v>
+        <v>-4.0377000000000001</v>
       </c>
     </row>
     <row r="124" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A124" t="s">
         <v>161</v>
       </c>
       <c r="B124" t="s">
         <v>223</v>
       </c>
       <c r="C124" t="s">
         <v>163</v>
       </c>
       <c r="D124">
         <v>1</v>
       </c>
       <c r="E124" t="s">
         <v>30</v>
       </c>
       <c r="F124" t="s">
         <v>83</v>
       </c>
       <c r="G124">
-        <v>8582</v>
+        <v>8579</v>
       </c>
       <c r="H124">
-        <v>8579</v>
+        <v>8588</v>
       </c>
       <c r="I124">
-        <v>8588</v>
+        <v>8587</v>
       </c>
       <c r="J124">
-        <v>8587</v>
+        <v>8592</v>
       </c>
       <c r="K124">
-        <v>8592</v>
+        <v>8607</v>
       </c>
       <c r="L124">
-        <v>8607</v>
+        <v>8619</v>
       </c>
       <c r="M124">
-        <v>8619</v>
+        <v>8637</v>
       </c>
       <c r="N124">
-        <v>8637</v>
+        <v>8631</v>
       </c>
       <c r="O124">
-        <v>8631</v>
+        <v>8627</v>
       </c>
       <c r="P124">
-        <v>8627</v>
+        <v>8616</v>
       </c>
       <c r="Q124">
-        <v>8616</v>
+        <v>8602</v>
       </c>
       <c r="R124">
-        <v>8602</v>
+        <v>8605</v>
       </c>
       <c r="S124">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="T124" s="2">
-        <v>0.23300000000000001</v>
+        <v>0.30309999999999998</v>
       </c>
     </row>
     <row r="125" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A125" t="s">
         <v>161</v>
       </c>
       <c r="B125" t="s">
         <v>224</v>
       </c>
       <c r="C125" t="s">
         <v>163</v>
       </c>
       <c r="D125">
         <v>1</v>
       </c>
       <c r="E125" t="s">
         <v>30</v>
       </c>
       <c r="F125" t="s">
         <v>63</v>
       </c>
       <c r="G125">
-        <v>6603</v>
+        <v>6577</v>
       </c>
       <c r="H125">
         <v>6577</v>
       </c>
       <c r="I125">
-        <v>6577</v>
+        <v>6554</v>
       </c>
       <c r="J125">
-        <v>6554</v>
+        <v>6548</v>
       </c>
       <c r="K125">
-        <v>6548</v>
+        <v>6557</v>
       </c>
       <c r="L125">
-        <v>6557</v>
+        <v>6565</v>
       </c>
       <c r="M125">
-        <v>6565</v>
+        <v>6575</v>
       </c>
       <c r="N125">
-        <v>6575</v>
+        <v>6559</v>
       </c>
       <c r="O125">
-        <v>6559</v>
+        <v>6541</v>
       </c>
       <c r="P125">
-        <v>6541</v>
+        <v>6519</v>
       </c>
       <c r="Q125">
-        <v>6519</v>
+        <v>6507</v>
       </c>
       <c r="R125">
-        <v>6507</v>
+        <v>6489</v>
       </c>
       <c r="S125">
-        <v>-96</v>
+        <v>-88</v>
       </c>
       <c r="T125" s="2">
-        <v>-1.4539</v>
+        <v>-1.3380000000000001</v>
       </c>
     </row>
     <row r="126" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A126" t="s">
         <v>161</v>
       </c>
       <c r="B126" t="s">
         <v>225</v>
       </c>
       <c r="C126" t="s">
         <v>163</v>
       </c>
       <c r="D126">
         <v>3</v>
       </c>
       <c r="E126" t="s">
         <v>34</v>
       </c>
       <c r="F126" t="s">
         <v>35</v>
       </c>
       <c r="G126">
-        <v>6551</v>
+        <v>6541</v>
       </c>
       <c r="H126">
-        <v>6541</v>
+        <v>6524</v>
       </c>
       <c r="I126">
-        <v>6524</v>
+        <v>10050</v>
       </c>
       <c r="J126">
-        <v>10050</v>
+        <v>9618</v>
       </c>
       <c r="K126">
-        <v>9618</v>
+        <v>9439</v>
       </c>
       <c r="L126">
-        <v>9439</v>
+        <v>9357</v>
       </c>
       <c r="M126">
-        <v>9357</v>
+        <v>9258</v>
       </c>
       <c r="N126">
-        <v>9258</v>
+        <v>9179</v>
       </c>
       <c r="O126">
-        <v>9179</v>
+        <v>9080</v>
       </c>
       <c r="P126">
-        <v>9080</v>
+        <v>9014</v>
       </c>
       <c r="Q126">
-        <v>9014</v>
+        <v>8927</v>
       </c>
       <c r="R126">
-        <v>8927</v>
+        <v>8886</v>
       </c>
       <c r="S126">
-        <v>2376</v>
+        <v>2345</v>
       </c>
       <c r="T126" s="2">
-        <v>36.269300000000001</v>
+        <v>35.8508</v>
       </c>
     </row>
     <row r="127" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A127" t="s">
         <v>161</v>
       </c>
       <c r="B127" t="s">
         <v>226</v>
       </c>
       <c r="C127" t="s">
         <v>163</v>
       </c>
       <c r="D127">
         <v>3</v>
       </c>
       <c r="E127" t="s">
         <v>34</v>
       </c>
       <c r="F127" t="s">
         <v>35</v>
       </c>
       <c r="G127">
-        <v>10160</v>
+        <v>10224</v>
       </c>
       <c r="H127">
-        <v>10224</v>
+        <v>10205</v>
       </c>
       <c r="I127">
-        <v>10205</v>
+        <v>10185</v>
       </c>
       <c r="J127">
-        <v>10185</v>
+        <v>10197</v>
       </c>
       <c r="K127">
-        <v>10197</v>
+        <v>10167</v>
       </c>
       <c r="L127">
-        <v>10167</v>
+        <v>10151</v>
       </c>
       <c r="M127">
-        <v>10151</v>
+        <v>10138</v>
       </c>
       <c r="N127">
-        <v>10138</v>
+        <v>10148</v>
       </c>
       <c r="O127">
+        <v>10135</v>
+      </c>
+      <c r="P127">
         <v>10148</v>
       </c>
-      <c r="P127">
-[...1 lines deleted...]
-      </c>
       <c r="Q127">
-        <v>10148</v>
+        <v>10127</v>
       </c>
       <c r="R127">
-        <v>10127</v>
+        <v>10100</v>
       </c>
       <c r="S127">
-        <v>-33</v>
+        <v>-124</v>
       </c>
       <c r="T127" s="2">
-        <v>-0.32479999999999998</v>
+        <v>-1.2128000000000001</v>
       </c>
     </row>
     <row r="128" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A128" t="s">
         <v>161</v>
       </c>
       <c r="B128" t="s">
         <v>227</v>
       </c>
       <c r="C128" t="s">
         <v>163</v>
       </c>
       <c r="D128">
         <v>5</v>
       </c>
       <c r="E128" t="s">
         <v>40</v>
       </c>
       <c r="F128" t="s">
         <v>228</v>
       </c>
       <c r="G128">
-        <v>14576</v>
+        <v>14565</v>
       </c>
       <c r="H128">
-        <v>14565</v>
+        <v>14564</v>
       </c>
       <c r="I128">
-        <v>14564</v>
+        <v>14554</v>
       </c>
       <c r="J128">
-        <v>14554</v>
+        <v>14529</v>
       </c>
       <c r="K128">
-        <v>14529</v>
+        <v>14525</v>
       </c>
       <c r="L128">
-        <v>14525</v>
+        <v>14510</v>
       </c>
       <c r="M128">
-        <v>14510</v>
+        <v>14474</v>
       </c>
       <c r="N128">
-        <v>14474</v>
+        <v>14424</v>
       </c>
       <c r="O128">
-        <v>14424</v>
+        <v>14400</v>
       </c>
       <c r="P128">
-        <v>14400</v>
+        <v>14406</v>
       </c>
       <c r="Q128">
-        <v>14406</v>
+        <v>14401</v>
       </c>
       <c r="R128">
-        <v>14401</v>
+        <v>14389</v>
       </c>
       <c r="S128">
-        <v>-175</v>
+        <v>-176</v>
       </c>
       <c r="T128" s="2">
-        <v>-1.2005999999999999</v>
+        <v>-1.2083999999999999</v>
       </c>
     </row>
     <row r="129" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A129" t="s">
         <v>161</v>
       </c>
       <c r="B129" t="s">
         <v>229</v>
       </c>
       <c r="C129" t="s">
         <v>163</v>
       </c>
       <c r="D129">
         <v>3</v>
       </c>
       <c r="E129" t="s">
         <v>34</v>
       </c>
       <c r="F129" t="s">
         <v>35</v>
       </c>
       <c r="G129">
-        <v>9814</v>
+        <v>9872</v>
       </c>
       <c r="H129">
-        <v>9872</v>
+        <v>9875</v>
       </c>
       <c r="I129">
-        <v>9875</v>
+        <v>9878</v>
       </c>
       <c r="J129">
-        <v>9878</v>
+        <v>9864</v>
       </c>
       <c r="K129">
-        <v>9864</v>
+        <v>9844</v>
       </c>
       <c r="L129">
+        <v>9826</v>
+      </c>
+      <c r="M129">
+        <v>9852</v>
+      </c>
+      <c r="N129">
+        <v>9861</v>
+      </c>
+      <c r="O129">
+        <v>9867</v>
+      </c>
+      <c r="P129">
+        <v>9850</v>
+      </c>
+      <c r="Q129">
+        <v>9842</v>
+      </c>
+      <c r="R129">
         <v>9844</v>
       </c>
-      <c r="M129">
-[...16 lines deleted...]
-      </c>
       <c r="S129">
-        <v>28</v>
+        <v>-28</v>
       </c>
       <c r="T129" s="2">
-        <v>0.2853</v>
+        <v>-0.28360000000000002</v>
       </c>
     </row>
     <row r="130" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A130" t="s">
         <v>161</v>
       </c>
       <c r="B130" t="s">
         <v>230</v>
       </c>
       <c r="C130" t="s">
         <v>163</v>
       </c>
       <c r="D130">
         <v>1</v>
       </c>
       <c r="E130" t="s">
         <v>30</v>
       </c>
       <c r="F130" t="s">
         <v>231</v>
       </c>
       <c r="G130">
-        <v>7820</v>
+        <v>7805</v>
       </c>
       <c r="H130">
-        <v>7805</v>
+        <v>7794</v>
       </c>
       <c r="I130">
-        <v>7794</v>
+        <v>7817</v>
       </c>
       <c r="J130">
+        <v>7811</v>
+      </c>
+      <c r="K130">
+        <v>7812</v>
+      </c>
+      <c r="L130">
         <v>7817</v>
       </c>
-      <c r="K130">
-[...4 lines deleted...]
-      </c>
       <c r="M130">
-        <v>7817</v>
+        <v>7806</v>
       </c>
       <c r="N130">
-        <v>7806</v>
+        <v>7802</v>
       </c>
       <c r="O130">
-        <v>7802</v>
+        <v>7777</v>
       </c>
       <c r="P130">
-        <v>7777</v>
+        <v>7784</v>
       </c>
       <c r="Q130">
-        <v>7784</v>
+        <v>7780</v>
       </c>
       <c r="R130">
-        <v>7780</v>
+        <v>7772</v>
       </c>
       <c r="S130">
-        <v>-40</v>
+        <v>-33</v>
       </c>
       <c r="T130" s="2">
-        <v>-0.51149999999999995</v>
+        <v>-0.42280000000000001</v>
       </c>
     </row>
     <row r="131" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A131" t="s">
         <v>161</v>
       </c>
       <c r="B131" t="s">
         <v>232</v>
       </c>
       <c r="C131" t="s">
         <v>163</v>
       </c>
       <c r="D131">
         <v>1</v>
       </c>
       <c r="E131" t="s">
         <v>30</v>
       </c>
       <c r="F131" t="s">
         <v>233</v>
       </c>
       <c r="G131">
-        <v>8506</v>
+        <v>8496</v>
       </c>
       <c r="H131">
-        <v>8496</v>
+        <v>8487</v>
       </c>
       <c r="I131">
-        <v>8487</v>
+        <v>8480</v>
       </c>
       <c r="J131">
-        <v>8480</v>
+        <v>8463</v>
       </c>
       <c r="K131">
-        <v>8463</v>
+        <v>8435</v>
       </c>
       <c r="L131">
-        <v>8435</v>
+        <v>8432</v>
       </c>
       <c r="M131">
-        <v>8432</v>
+        <v>8423</v>
       </c>
       <c r="N131">
-        <v>8423</v>
+        <v>8397</v>
       </c>
       <c r="O131">
-        <v>8397</v>
+        <v>8394</v>
       </c>
       <c r="P131">
-        <v>8394</v>
+        <v>8368</v>
       </c>
       <c r="Q131">
-        <v>8368</v>
+        <v>8351</v>
       </c>
       <c r="R131">
-        <v>8351</v>
+        <v>8330</v>
       </c>
       <c r="S131">
-        <v>-155</v>
+        <v>-166</v>
       </c>
       <c r="T131" s="2">
-        <v>-1.8222</v>
+        <v>-1.9539</v>
       </c>
     </row>
     <row r="132" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A132" t="s">
         <v>161</v>
       </c>
       <c r="B132" t="s">
         <v>234</v>
       </c>
       <c r="C132" t="s">
         <v>163</v>
       </c>
       <c r="D132">
         <v>2</v>
       </c>
       <c r="E132" t="s">
         <v>23</v>
       </c>
       <c r="F132" t="s">
         <v>99</v>
       </c>
       <c r="G132">
-        <v>13236</v>
+        <v>13189</v>
       </c>
       <c r="H132">
-        <v>13189</v>
+        <v>13175</v>
       </c>
       <c r="I132">
-        <v>13175</v>
+        <v>13172</v>
       </c>
       <c r="J132">
-        <v>13172</v>
+        <v>13171</v>
       </c>
       <c r="K132">
-        <v>13171</v>
+        <v>13163</v>
       </c>
       <c r="L132">
-        <v>13163</v>
+        <v>13125</v>
       </c>
       <c r="M132">
-        <v>13125</v>
+        <v>13102</v>
       </c>
       <c r="N132">
-        <v>13102</v>
+        <v>13080</v>
       </c>
       <c r="O132">
-        <v>13080</v>
+        <v>13069</v>
       </c>
       <c r="P132">
-        <v>13069</v>
+        <v>13067</v>
       </c>
       <c r="Q132">
-        <v>13067</v>
+        <v>13057</v>
       </c>
       <c r="R132">
-        <v>13057</v>
+        <v>13035</v>
       </c>
       <c r="S132">
-        <v>-179</v>
+        <v>-154</v>
       </c>
       <c r="T132" s="2">
-        <v>-1.3524</v>
+        <v>-1.1676</v>
       </c>
     </row>
     <row r="133" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A133" t="s">
         <v>161</v>
       </c>
       <c r="B133" t="s">
         <v>235</v>
       </c>
       <c r="C133" t="s">
         <v>163</v>
       </c>
       <c r="D133">
         <v>5</v>
       </c>
       <c r="E133" t="s">
         <v>40</v>
       </c>
       <c r="F133" t="s">
         <v>41</v>
       </c>
       <c r="G133">
-        <v>9030</v>
+        <v>9016</v>
       </c>
       <c r="H133">
-        <v>9016</v>
+        <v>8999</v>
       </c>
       <c r="I133">
-        <v>8999</v>
+        <v>8988</v>
       </c>
       <c r="J133">
-        <v>8988</v>
+        <v>8980</v>
       </c>
       <c r="K133">
-        <v>8980</v>
+        <v>8940</v>
       </c>
       <c r="L133">
-        <v>8940</v>
+        <v>8959</v>
       </c>
       <c r="M133">
+        <v>8982</v>
+      </c>
+      <c r="N133">
+        <v>8972</v>
+      </c>
+      <c r="O133">
+        <v>8963</v>
+      </c>
+      <c r="P133">
+        <v>8973</v>
+      </c>
+      <c r="Q133">
         <v>8959</v>
       </c>
-      <c r="N133">
-[...10 lines deleted...]
-      </c>
       <c r="R133">
-        <v>8959</v>
+        <v>8950</v>
       </c>
       <c r="S133">
-        <v>-71</v>
+        <v>-66</v>
       </c>
       <c r="T133" s="2">
-        <v>-0.7863</v>
+        <v>-0.73199999999999998</v>
       </c>
     </row>
     <row r="134" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A134" t="s">
         <v>161</v>
       </c>
       <c r="B134" t="s">
         <v>236</v>
       </c>
       <c r="C134" t="s">
         <v>163</v>
       </c>
       <c r="D134">
         <v>5</v>
       </c>
       <c r="E134" t="s">
         <v>40</v>
       </c>
       <c r="F134" t="s">
         <v>73</v>
       </c>
       <c r="G134">
-        <v>13510</v>
+        <v>13515</v>
       </c>
       <c r="H134">
-        <v>13515</v>
+        <v>13517</v>
       </c>
       <c r="I134">
-        <v>13517</v>
+        <v>13511</v>
       </c>
       <c r="J134">
-        <v>13511</v>
+        <v>13475</v>
       </c>
       <c r="K134">
-        <v>13475</v>
+        <v>13478</v>
       </c>
       <c r="L134">
-        <v>13478</v>
+        <v>13441</v>
       </c>
       <c r="M134">
-        <v>13441</v>
+        <v>13421</v>
       </c>
       <c r="N134">
-        <v>13421</v>
+        <v>13385</v>
       </c>
       <c r="O134">
-        <v>13385</v>
+        <v>13367</v>
       </c>
       <c r="P134">
-        <v>13367</v>
+        <v>13365</v>
       </c>
       <c r="Q134">
-        <v>13365</v>
+        <v>13328</v>
       </c>
       <c r="R134">
-        <v>13328</v>
+        <v>13302</v>
       </c>
       <c r="S134">
-        <v>-182</v>
+        <v>-213</v>
       </c>
       <c r="T134" s="2">
-        <v>-1.3472</v>
+        <v>-1.5760000000000001</v>
       </c>
     </row>
     <row r="135" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A135" t="s">
         <v>161</v>
       </c>
       <c r="B135" t="s">
         <v>237</v>
       </c>
       <c r="C135" t="s">
         <v>163</v>
       </c>
       <c r="D135">
         <v>5</v>
       </c>
       <c r="E135" t="s">
         <v>40</v>
       </c>
       <c r="F135" t="s">
         <v>238</v>
       </c>
       <c r="G135">
+        <v>4445</v>
+      </c>
+      <c r="H135">
+        <v>4458</v>
+      </c>
+      <c r="I135">
+        <v>4460</v>
+      </c>
+      <c r="J135">
         <v>4455</v>
       </c>
-      <c r="H135">
-[...7 lines deleted...]
-      </c>
       <c r="K135">
-        <v>4455</v>
+        <v>4457</v>
       </c>
       <c r="L135">
-        <v>4457</v>
+        <v>4473</v>
       </c>
       <c r="M135">
-        <v>4473</v>
+        <v>4476</v>
       </c>
       <c r="N135">
-        <v>4476</v>
+        <v>4466</v>
       </c>
       <c r="O135">
         <v>4466</v>
       </c>
       <c r="P135">
-        <v>4466</v>
+        <v>4464</v>
       </c>
       <c r="Q135">
-        <v>4464</v>
+        <v>4480</v>
       </c>
       <c r="R135">
-        <v>4480</v>
+        <v>4469</v>
       </c>
       <c r="S135">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="T135" s="2">
-        <v>0.56120000000000003</v>
+        <v>0.53990000000000005</v>
       </c>
     </row>
     <row r="136" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A136" t="s">
         <v>161</v>
       </c>
       <c r="B136" t="s">
         <v>239</v>
       </c>
       <c r="C136" t="s">
         <v>163</v>
       </c>
       <c r="D136">
         <v>5</v>
       </c>
       <c r="E136" t="s">
         <v>40</v>
       </c>
       <c r="F136" t="s">
         <v>41</v>
       </c>
       <c r="G136">
-        <v>11562</v>
+        <v>11557</v>
       </c>
       <c r="H136">
-        <v>11557</v>
+        <v>11575</v>
       </c>
       <c r="I136">
-        <v>11575</v>
+        <v>11542</v>
       </c>
       <c r="J136">
-        <v>11542</v>
+        <v>11550</v>
       </c>
       <c r="K136">
-        <v>11550</v>
+        <v>11549</v>
       </c>
       <c r="L136">
-        <v>11549</v>
+        <v>11519</v>
       </c>
       <c r="M136">
-        <v>11519</v>
+        <v>11541</v>
       </c>
       <c r="N136">
-        <v>11541</v>
+        <v>11518</v>
       </c>
       <c r="O136">
-        <v>11518</v>
+        <v>11465</v>
       </c>
       <c r="P136">
-        <v>11465</v>
+        <v>11459</v>
       </c>
       <c r="Q136">
-        <v>11459</v>
+        <v>11462</v>
       </c>
       <c r="R136">
-        <v>11462</v>
+        <v>11480</v>
       </c>
       <c r="S136">
-        <v>-100</v>
+        <v>-77</v>
       </c>
       <c r="T136" s="2">
-        <v>-0.8649</v>
+        <v>-0.6663</v>
       </c>
     </row>
     <row r="137" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A137" t="s">
         <v>161</v>
       </c>
       <c r="B137" t="s">
         <v>240</v>
       </c>
       <c r="C137" t="s">
         <v>163</v>
       </c>
       <c r="D137">
         <v>3</v>
       </c>
       <c r="E137" t="s">
         <v>34</v>
       </c>
       <c r="F137" t="s">
         <v>35</v>
       </c>
       <c r="G137">
-        <v>15142</v>
+        <v>15049</v>
       </c>
       <c r="H137">
-        <v>15049</v>
+        <v>14931</v>
       </c>
       <c r="I137">
-        <v>14931</v>
+        <v>14848</v>
       </c>
       <c r="J137">
-        <v>14848</v>
+        <v>14736</v>
       </c>
       <c r="K137">
-        <v>14736</v>
+        <v>14647</v>
       </c>
       <c r="L137">
-        <v>14647</v>
+        <v>14524</v>
       </c>
       <c r="M137">
-        <v>14524</v>
+        <v>14469</v>
       </c>
       <c r="N137">
-        <v>14469</v>
+        <v>14363</v>
       </c>
       <c r="O137">
-        <v>14363</v>
+        <v>14287</v>
       </c>
       <c r="P137">
-        <v>14287</v>
+        <v>14236</v>
       </c>
       <c r="Q137">
-        <v>14236</v>
+        <v>14184</v>
       </c>
       <c r="R137">
-        <v>14184</v>
+        <v>14122</v>
       </c>
       <c r="S137">
-        <v>-958</v>
+        <v>-927</v>
       </c>
       <c r="T137" s="2">
-        <v>-6.3268000000000004</v>
+        <v>-6.1599000000000004</v>
       </c>
     </row>
     <row r="138" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A138" t="s">
         <v>161</v>
       </c>
       <c r="B138" t="s">
         <v>241</v>
       </c>
       <c r="C138" t="s">
         <v>163</v>
       </c>
       <c r="D138">
         <v>3</v>
       </c>
       <c r="E138" t="s">
         <v>34</v>
       </c>
       <c r="F138" t="s">
         <v>35</v>
       </c>
       <c r="G138">
-        <v>7515</v>
+        <v>7558</v>
       </c>
       <c r="H138">
-        <v>7558</v>
+        <v>7566</v>
       </c>
       <c r="I138">
+        <v>7556</v>
+      </c>
+      <c r="J138">
+        <v>7540</v>
+      </c>
+      <c r="K138">
+        <v>7531</v>
+      </c>
+      <c r="L138">
+        <v>7526</v>
+      </c>
+      <c r="M138">
+        <v>7522</v>
+      </c>
+      <c r="N138">
+        <v>7519</v>
+      </c>
+      <c r="O138">
+        <v>7532</v>
+      </c>
+      <c r="P138">
         <v>7566</v>
       </c>
-      <c r="J138">
-[...19 lines deleted...]
-      </c>
       <c r="Q138">
-        <v>7566</v>
+        <v>7477</v>
       </c>
       <c r="R138">
-        <v>7477</v>
+        <v>7482</v>
       </c>
       <c r="S138">
-        <v>-38</v>
+        <v>-76</v>
       </c>
       <c r="T138" s="2">
-        <v>-0.50570000000000004</v>
+        <v>-1.0056</v>
       </c>
     </row>
     <row r="139" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A139" t="s">
         <v>161</v>
       </c>
       <c r="B139" t="s">
         <v>242</v>
       </c>
       <c r="C139" t="s">
         <v>163</v>
       </c>
       <c r="D139">
         <v>2</v>
       </c>
       <c r="E139" t="s">
         <v>23</v>
       </c>
       <c r="F139" t="s">
         <v>81</v>
       </c>
       <c r="G139">
-        <v>11090</v>
+        <v>11104</v>
       </c>
       <c r="H139">
-        <v>11104</v>
+        <v>11120</v>
       </c>
       <c r="I139">
-        <v>11120</v>
+        <v>11136</v>
       </c>
       <c r="J139">
-        <v>11136</v>
+        <v>11150</v>
       </c>
       <c r="K139">
-        <v>11150</v>
+        <v>11143</v>
       </c>
       <c r="L139">
-        <v>11143</v>
+        <v>11135</v>
       </c>
       <c r="M139">
+        <v>11093</v>
+      </c>
+      <c r="N139">
+        <v>11125</v>
+      </c>
+      <c r="O139">
         <v>11135</v>
       </c>
-      <c r="N139">
-[...4 lines deleted...]
-      </c>
       <c r="P139">
-        <v>11135</v>
+        <v>11188</v>
       </c>
       <c r="Q139">
-        <v>11188</v>
+        <v>11187</v>
       </c>
       <c r="R139">
-        <v>11187</v>
+        <v>11203</v>
       </c>
       <c r="S139">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="T139" s="2">
-        <v>0.87470000000000003</v>
+        <v>0.89159999999999995</v>
       </c>
     </row>
     <row r="140" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A140" t="s">
         <v>161</v>
       </c>
       <c r="B140" t="s">
         <v>243</v>
       </c>
       <c r="C140" t="s">
         <v>163</v>
       </c>
       <c r="D140">
         <v>4</v>
       </c>
       <c r="E140" t="s">
         <v>26</v>
       </c>
       <c r="F140" t="s">
         <v>27</v>
       </c>
       <c r="G140">
-        <v>8772</v>
+        <v>8764</v>
       </c>
       <c r="H140">
-        <v>8764</v>
+        <v>8754</v>
       </c>
       <c r="I140">
-        <v>8754</v>
+        <v>8759</v>
       </c>
       <c r="J140">
-        <v>8759</v>
+        <v>8773</v>
       </c>
       <c r="K140">
-        <v>8773</v>
+        <v>8770</v>
       </c>
       <c r="L140">
-        <v>8770</v>
+        <v>8760</v>
       </c>
       <c r="M140">
-        <v>8760</v>
+        <v>8763</v>
       </c>
       <c r="N140">
-        <v>8763</v>
+        <v>8747</v>
       </c>
       <c r="O140">
-        <v>8747</v>
+        <v>8746</v>
       </c>
       <c r="P140">
-        <v>8746</v>
+        <v>8725</v>
       </c>
       <c r="Q140">
-        <v>8725</v>
+        <v>8710</v>
       </c>
       <c r="R140">
-        <v>8710</v>
+        <v>8721</v>
       </c>
       <c r="S140">
-        <v>-62</v>
+        <v>-43</v>
       </c>
       <c r="T140" s="2">
-        <v>-0.70679999999999998</v>
+        <v>-0.49059999999999998</v>
       </c>
     </row>
     <row r="141" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A141" t="s">
         <v>161</v>
       </c>
       <c r="B141" t="s">
         <v>244</v>
       </c>
       <c r="C141" t="s">
         <v>163</v>
       </c>
       <c r="D141">
         <v>3</v>
       </c>
       <c r="E141" t="s">
         <v>34</v>
       </c>
       <c r="F141" t="s">
         <v>35</v>
       </c>
       <c r="G141">
-        <v>8877</v>
+        <v>8869</v>
       </c>
       <c r="H141">
-        <v>8869</v>
+        <v>8859</v>
       </c>
       <c r="I141">
-        <v>8859</v>
+        <v>8835</v>
       </c>
       <c r="J141">
-        <v>8835</v>
+        <v>8800</v>
       </c>
       <c r="K141">
-        <v>8800</v>
+        <v>8777</v>
       </c>
       <c r="L141">
-        <v>8777</v>
+        <v>8727</v>
       </c>
       <c r="M141">
         <v>8727</v>
       </c>
       <c r="N141">
-        <v>8727</v>
+        <v>8694</v>
       </c>
       <c r="O141">
-        <v>8694</v>
+        <v>8682</v>
       </c>
       <c r="P141">
-        <v>8682</v>
+        <v>8686</v>
       </c>
       <c r="Q141">
-        <v>8686</v>
+        <v>8652</v>
       </c>
       <c r="R141">
-        <v>8652</v>
+        <v>8613</v>
       </c>
       <c r="S141">
-        <v>-225</v>
+        <v>-256</v>
       </c>
       <c r="T141" s="2">
-        <v>-2.5346000000000002</v>
+        <v>-2.8864999999999998</v>
       </c>
     </row>
     <row r="142" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A142" t="s">
         <v>161</v>
       </c>
       <c r="B142" t="s">
         <v>245</v>
       </c>
       <c r="C142" t="s">
         <v>163</v>
       </c>
       <c r="D142">
         <v>3</v>
       </c>
       <c r="E142" t="s">
         <v>34</v>
       </c>
       <c r="F142" t="s">
         <v>35</v>
       </c>
       <c r="G142">
-        <v>7406</v>
+        <v>7378</v>
       </c>
       <c r="H142">
-        <v>7378</v>
+        <v>7368</v>
       </c>
       <c r="I142">
-        <v>7368</v>
+        <v>7366</v>
       </c>
       <c r="J142">
+        <v>7362</v>
+      </c>
+      <c r="K142">
         <v>7366</v>
       </c>
-      <c r="K142">
+      <c r="L142">
+        <v>7369</v>
+      </c>
+      <c r="M142">
         <v>7362</v>
-      </c>
-[...4 lines deleted...]
-        <v>7369</v>
       </c>
       <c r="N142">
         <v>7362</v>
       </c>
       <c r="O142">
-        <v>7362</v>
+        <v>7365</v>
       </c>
       <c r="P142">
-        <v>7365</v>
+        <v>7356</v>
       </c>
       <c r="Q142">
-        <v>7356</v>
+        <v>7313</v>
       </c>
       <c r="R142">
-        <v>7313</v>
+        <v>7290</v>
       </c>
       <c r="S142">
-        <v>-93</v>
+        <v>-88</v>
       </c>
       <c r="T142" s="2">
-        <v>-1.2557</v>
+        <v>-1.1927000000000001</v>
       </c>
     </row>
     <row r="143" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A143" t="s">
         <v>161</v>
       </c>
       <c r="B143" t="s">
         <v>246</v>
       </c>
       <c r="C143" t="s">
         <v>163</v>
       </c>
       <c r="D143">
         <v>4</v>
       </c>
       <c r="E143" t="s">
         <v>26</v>
       </c>
       <c r="F143" t="s">
         <v>27</v>
       </c>
       <c r="G143">
-        <v>5678</v>
+        <v>5644</v>
       </c>
       <c r="H143">
-        <v>5644</v>
+        <v>5645</v>
       </c>
       <c r="I143">
-        <v>5645</v>
+        <v>5626</v>
       </c>
       <c r="J143">
-        <v>5626</v>
+        <v>5581</v>
       </c>
       <c r="K143">
-        <v>5581</v>
+        <v>5550</v>
       </c>
       <c r="L143">
-        <v>5550</v>
+        <v>5525</v>
       </c>
       <c r="M143">
-        <v>5525</v>
+        <v>5476</v>
       </c>
       <c r="N143">
-        <v>5476</v>
+        <v>5461</v>
       </c>
       <c r="O143">
-        <v>5461</v>
+        <v>5444</v>
       </c>
       <c r="P143">
-        <v>5444</v>
+        <v>5439</v>
       </c>
       <c r="Q143">
-        <v>5439</v>
+        <v>5405</v>
       </c>
       <c r="R143">
-        <v>5405</v>
+        <v>5390</v>
       </c>
       <c r="S143">
-        <v>-273</v>
+        <v>-254</v>
       </c>
       <c r="T143" s="2">
-        <v>-4.8079999999999998</v>
+        <v>-4.5004</v>
       </c>
     </row>
     <row r="144" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A144" t="s">
         <v>161</v>
       </c>
       <c r="B144" t="s">
         <v>247</v>
       </c>
       <c r="C144" t="s">
         <v>163</v>
       </c>
       <c r="D144">
         <v>4</v>
       </c>
       <c r="E144" t="s">
         <v>26</v>
       </c>
       <c r="F144" t="s">
         <v>114</v>
       </c>
       <c r="G144">
-        <v>10785</v>
+        <v>10758</v>
       </c>
       <c r="H144">
-        <v>10758</v>
+        <v>10759</v>
       </c>
       <c r="I144">
-        <v>10759</v>
+        <v>10768</v>
       </c>
       <c r="J144">
-        <v>10768</v>
+        <v>10773</v>
       </c>
       <c r="K144">
-        <v>10773</v>
+        <v>10788</v>
       </c>
       <c r="L144">
-        <v>10788</v>
+        <v>10786</v>
       </c>
       <c r="M144">
-        <v>10786</v>
+        <v>10779</v>
       </c>
       <c r="N144">
-        <v>10779</v>
+        <v>10749</v>
       </c>
       <c r="O144">
-        <v>10749</v>
+        <v>10743</v>
       </c>
       <c r="P144">
-        <v>10743</v>
+        <v>10754</v>
       </c>
       <c r="Q144">
-        <v>10754</v>
+        <v>10775</v>
       </c>
       <c r="R144">
-        <v>10775</v>
+        <v>10777</v>
       </c>
       <c r="S144">
-        <v>-10</v>
+        <v>19</v>
       </c>
       <c r="T144" s="2">
-        <v>-9.2700000000000005E-2</v>
+        <v>0.17660000000000001</v>
       </c>
     </row>
     <row r="145" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A145" t="s">
         <v>161</v>
       </c>
       <c r="B145" t="s">
         <v>248</v>
       </c>
       <c r="C145" t="s">
         <v>163</v>
       </c>
       <c r="D145">
         <v>1</v>
       </c>
       <c r="E145" t="s">
         <v>30</v>
       </c>
       <c r="F145" t="s">
         <v>83</v>
       </c>
       <c r="G145">
-        <v>9266</v>
+        <v>9277</v>
       </c>
       <c r="H145">
-        <v>9277</v>
+        <v>9306</v>
       </c>
       <c r="I145">
-        <v>9306</v>
+        <v>9324</v>
       </c>
       <c r="J145">
-        <v>9324</v>
+        <v>9338</v>
       </c>
       <c r="K145">
-        <v>9338</v>
+        <v>9344</v>
       </c>
       <c r="L145">
-        <v>9344</v>
+        <v>9342</v>
       </c>
       <c r="M145">
-        <v>9342</v>
+        <v>9361</v>
       </c>
       <c r="N145">
         <v>9361</v>
       </c>
       <c r="O145">
         <v>9361</v>
       </c>
       <c r="P145">
-        <v>9361</v>
+        <v>9334</v>
       </c>
       <c r="Q145">
-        <v>9334</v>
+        <v>9331</v>
       </c>
       <c r="R145">
-        <v>9331</v>
+        <v>9332</v>
       </c>
       <c r="S145">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="T145" s="2">
-        <v>0.70150000000000001</v>
+        <v>0.59289999999999998</v>
       </c>
     </row>
     <row r="146" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A146" t="s">
         <v>161</v>
       </c>
       <c r="B146" t="s">
         <v>249</v>
       </c>
       <c r="C146" t="s">
         <v>163</v>
       </c>
       <c r="D146">
         <v>3</v>
       </c>
       <c r="E146" t="s">
         <v>34</v>
       </c>
       <c r="F146" t="s">
         <v>35</v>
       </c>
       <c r="G146">
-        <v>12511</v>
+        <v>12746</v>
       </c>
       <c r="H146">
-        <v>12746</v>
+        <v>12769</v>
       </c>
       <c r="I146">
-        <v>12769</v>
+        <v>12768</v>
       </c>
       <c r="J146">
-        <v>12768</v>
+        <v>12786</v>
       </c>
       <c r="K146">
-        <v>12786</v>
+        <v>12775</v>
       </c>
       <c r="L146">
-        <v>12775</v>
+        <v>12771</v>
       </c>
       <c r="M146">
-        <v>12771</v>
+        <v>12702</v>
       </c>
       <c r="N146">
-        <v>12702</v>
+        <v>12685</v>
       </c>
       <c r="O146">
+        <v>12708</v>
+      </c>
+      <c r="P146">
+        <v>12686</v>
+      </c>
+      <c r="Q146">
         <v>12685</v>
       </c>
-      <c r="P146">
-[...4 lines deleted...]
-      </c>
       <c r="R146">
-        <v>12685</v>
+        <v>12691</v>
       </c>
       <c r="S146">
-        <v>174</v>
+        <v>-55</v>
       </c>
       <c r="T146" s="2">
-        <v>1.3908</v>
+        <v>-0.43149999999999999</v>
       </c>
     </row>
     <row r="147" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A147" t="s">
         <v>161</v>
       </c>
       <c r="B147" t="s">
         <v>250</v>
       </c>
       <c r="C147" t="s">
         <v>163</v>
       </c>
       <c r="D147">
         <v>2</v>
       </c>
       <c r="E147" t="s">
         <v>23</v>
       </c>
       <c r="F147" t="s">
         <v>85</v>
       </c>
       <c r="G147">
-        <v>9056</v>
+        <v>9077</v>
       </c>
       <c r="H147">
-        <v>9077</v>
+        <v>9092</v>
       </c>
       <c r="I147">
-        <v>9092</v>
+        <v>9141</v>
       </c>
       <c r="J147">
-        <v>9141</v>
+        <v>9173</v>
       </c>
       <c r="K147">
-        <v>9173</v>
+        <v>9174</v>
       </c>
       <c r="L147">
-        <v>9174</v>
+        <v>9193</v>
       </c>
       <c r="M147">
+        <v>9209</v>
+      </c>
+      <c r="N147">
         <v>9193</v>
       </c>
-      <c r="N147">
-[...1 lines deleted...]
-      </c>
       <c r="O147">
-        <v>9193</v>
+        <v>9197</v>
       </c>
       <c r="P147">
-        <v>9197</v>
+        <v>9233</v>
       </c>
       <c r="Q147">
-        <v>9233</v>
+        <v>9248</v>
       </c>
       <c r="R147">
-        <v>9248</v>
+        <v>9241</v>
       </c>
       <c r="S147">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="T147" s="2">
-        <v>2.1200999999999999</v>
+        <v>1.8068</v>
       </c>
     </row>
     <row r="148" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A148" t="s">
         <v>161</v>
       </c>
       <c r="B148" t="s">
         <v>251</v>
       </c>
       <c r="C148" t="s">
         <v>163</v>
       </c>
       <c r="D148">
         <v>2</v>
       </c>
       <c r="E148" t="s">
         <v>23</v>
       </c>
       <c r="F148" t="s">
         <v>43</v>
       </c>
       <c r="G148">
-        <v>4253</v>
+        <v>4245</v>
       </c>
       <c r="H148">
-        <v>4245</v>
+        <v>4228</v>
       </c>
       <c r="I148">
-        <v>4228</v>
+        <v>4217</v>
       </c>
       <c r="J148">
-        <v>4217</v>
+        <v>4224</v>
       </c>
       <c r="K148">
-        <v>4224</v>
+        <v>4219</v>
       </c>
       <c r="L148">
-        <v>4219</v>
+        <v>4225</v>
       </c>
       <c r="M148">
-        <v>4225</v>
+        <v>4231</v>
       </c>
       <c r="N148">
-        <v>4231</v>
+        <v>4203</v>
       </c>
       <c r="O148">
-        <v>4203</v>
+        <v>4188</v>
       </c>
       <c r="P148">
-        <v>4188</v>
+        <v>4176</v>
       </c>
       <c r="Q148">
-        <v>4176</v>
+        <v>4169</v>
       </c>
       <c r="R148">
-        <v>4169</v>
+        <v>4157</v>
       </c>
       <c r="S148">
-        <v>-84</v>
+        <v>-88</v>
       </c>
       <c r="T148" s="2">
-        <v>-1.9751000000000001</v>
+        <v>-2.073</v>
       </c>
     </row>
     <row r="149" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A149" t="s">
         <v>161</v>
       </c>
       <c r="B149" t="s">
         <v>252</v>
       </c>
       <c r="C149" t="s">
         <v>163</v>
       </c>
       <c r="D149">
         <v>5</v>
       </c>
       <c r="E149" t="s">
         <v>40</v>
       </c>
       <c r="F149" t="s">
         <v>41</v>
       </c>
       <c r="G149">
-        <v>4069</v>
+        <v>4057</v>
       </c>
       <c r="H149">
-        <v>4057</v>
+        <v>4058</v>
       </c>
       <c r="I149">
-        <v>4058</v>
+        <v>4051</v>
       </c>
       <c r="J149">
-        <v>4051</v>
+        <v>4047</v>
       </c>
       <c r="K149">
-        <v>4047</v>
+        <v>4037</v>
       </c>
       <c r="L149">
-        <v>4037</v>
+        <v>4021</v>
       </c>
       <c r="M149">
-        <v>4021</v>
+        <v>4019</v>
       </c>
       <c r="N149">
+        <v>4016</v>
+      </c>
+      <c r="O149">
+        <v>4028</v>
+      </c>
+      <c r="P149">
+        <v>4034</v>
+      </c>
+      <c r="Q149">
         <v>4019</v>
       </c>
-      <c r="O149">
-[...7 lines deleted...]
-      </c>
       <c r="R149">
-        <v>4019</v>
+        <v>4026</v>
       </c>
       <c r="S149">
-        <v>-50</v>
+        <v>-31</v>
       </c>
       <c r="T149" s="2">
-        <v>-1.2287999999999999</v>
+        <v>-0.7641</v>
       </c>
     </row>
     <row r="150" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A150" t="s">
         <v>161</v>
       </c>
       <c r="B150" t="s">
         <v>253</v>
       </c>
       <c r="C150" t="s">
         <v>163</v>
       </c>
       <c r="D150">
         <v>2</v>
       </c>
       <c r="E150" t="s">
         <v>23</v>
       </c>
       <c r="F150" t="s">
         <v>77</v>
       </c>
       <c r="G150">
         <v>9430</v>
       </c>
       <c r="H150">
-        <v>9430</v>
+        <v>9408</v>
       </c>
       <c r="I150">
-        <v>9408</v>
+        <v>9410</v>
       </c>
       <c r="J150">
-        <v>9410</v>
+        <v>9418</v>
       </c>
       <c r="K150">
+        <v>9417</v>
+      </c>
+      <c r="L150">
         <v>9418</v>
       </c>
-      <c r="L150">
-[...1 lines deleted...]
-      </c>
       <c r="M150">
-        <v>9418</v>
+        <v>9392</v>
       </c>
       <c r="N150">
-        <v>9392</v>
+        <v>9327</v>
       </c>
       <c r="O150">
-        <v>9327</v>
+        <v>9268</v>
       </c>
       <c r="P150">
-        <v>9268</v>
+        <v>9250</v>
       </c>
       <c r="Q150">
-        <v>9250</v>
+        <v>9216</v>
       </c>
       <c r="R150">
-        <v>9216</v>
+        <v>9182</v>
       </c>
       <c r="S150">
-        <v>-214</v>
+        <v>-248</v>
       </c>
       <c r="T150" s="2">
-        <v>-2.2694000000000001</v>
+        <v>-2.6299000000000001</v>
       </c>
     </row>
     <row r="151" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A151" t="s">
         <v>161</v>
       </c>
       <c r="B151" t="s">
         <v>254</v>
       </c>
       <c r="C151" t="s">
         <v>163</v>
       </c>
       <c r="D151">
         <v>2</v>
       </c>
       <c r="E151" t="s">
         <v>23</v>
       </c>
       <c r="F151" t="s">
         <v>77</v>
       </c>
       <c r="G151">
-        <v>7193</v>
+        <v>7089</v>
       </c>
       <c r="H151">
-        <v>7089</v>
+        <v>7042</v>
       </c>
       <c r="I151">
-        <v>7042</v>
+        <v>6987</v>
       </c>
       <c r="J151">
-        <v>6987</v>
+        <v>6971</v>
       </c>
       <c r="K151">
-        <v>6971</v>
+        <v>6955</v>
       </c>
       <c r="L151">
-        <v>6955</v>
+        <v>6925</v>
       </c>
       <c r="M151">
-        <v>6925</v>
+        <v>6895</v>
       </c>
       <c r="N151">
-        <v>6895</v>
+        <v>6870</v>
       </c>
       <c r="O151">
-        <v>6870</v>
+        <v>6831</v>
       </c>
       <c r="P151">
-        <v>6831</v>
+        <v>6796</v>
       </c>
       <c r="Q151">
-        <v>6796</v>
+        <v>6770</v>
       </c>
       <c r="R151">
-        <v>6770</v>
+        <v>6757</v>
       </c>
       <c r="S151">
-        <v>-423</v>
+        <v>-332</v>
       </c>
       <c r="T151" s="2">
-        <v>-5.8807</v>
+        <v>-4.6833</v>
       </c>
     </row>
     <row r="152" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A152" t="s">
         <v>161</v>
       </c>
       <c r="B152" t="s">
         <v>255</v>
       </c>
       <c r="C152" t="s">
         <v>163</v>
       </c>
       <c r="D152">
         <v>3</v>
       </c>
       <c r="E152" t="s">
         <v>34</v>
       </c>
       <c r="F152" t="s">
         <v>35</v>
       </c>
       <c r="G152">
-        <v>4046</v>
+        <v>4053</v>
       </c>
       <c r="H152">
-        <v>4053</v>
+        <v>4049</v>
       </c>
       <c r="I152">
-        <v>4049</v>
+        <v>4062</v>
       </c>
       <c r="J152">
-        <v>4062</v>
+        <v>4051</v>
       </c>
       <c r="K152">
-        <v>4051</v>
+        <v>4067</v>
       </c>
       <c r="L152">
-        <v>4067</v>
+        <v>4066</v>
       </c>
       <c r="M152">
-        <v>4066</v>
+        <v>4078</v>
       </c>
       <c r="N152">
-        <v>4078</v>
+        <v>4088</v>
       </c>
       <c r="O152">
-        <v>4088</v>
+        <v>4084</v>
       </c>
       <c r="P152">
-        <v>4084</v>
+        <v>4074</v>
       </c>
       <c r="Q152">
-        <v>4074</v>
+        <v>4072</v>
       </c>
       <c r="R152">
-        <v>4072</v>
+        <v>4064</v>
       </c>
       <c r="S152">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="T152" s="2">
-        <v>0.64259999999999995</v>
+        <v>0.27139999999999997</v>
       </c>
     </row>
     <row r="153" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A153" t="s">
         <v>161</v>
       </c>
       <c r="B153" t="s">
         <v>256</v>
       </c>
       <c r="C153" t="s">
         <v>163</v>
       </c>
       <c r="D153">
         <v>4</v>
       </c>
       <c r="E153" t="s">
         <v>26</v>
       </c>
       <c r="F153" t="s">
         <v>257</v>
       </c>
       <c r="G153">
-        <v>8152</v>
+        <v>8117</v>
       </c>
       <c r="H153">
-        <v>8117</v>
+        <v>8084</v>
       </c>
       <c r="I153">
-        <v>8084</v>
+        <v>8073</v>
       </c>
       <c r="J153">
-        <v>8073</v>
+        <v>8072</v>
       </c>
       <c r="K153">
-        <v>8072</v>
+        <v>8043</v>
       </c>
       <c r="L153">
-        <v>8043</v>
+        <v>8030</v>
       </c>
       <c r="M153">
-        <v>8030</v>
+        <v>8009</v>
       </c>
       <c r="N153">
-        <v>8009</v>
+        <v>7973</v>
       </c>
       <c r="O153">
-        <v>7973</v>
+        <v>7929</v>
       </c>
       <c r="P153">
-        <v>7929</v>
+        <v>7900</v>
       </c>
       <c r="Q153">
-        <v>7900</v>
+        <v>7889</v>
       </c>
       <c r="R153">
-        <v>7889</v>
+        <v>7870</v>
       </c>
       <c r="S153">
-        <v>-263</v>
+        <v>-247</v>
       </c>
       <c r="T153" s="2">
-        <v>-3.2262</v>
+        <v>-3.0430000000000001</v>
       </c>
     </row>
     <row r="154" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A154" t="s">
         <v>161</v>
       </c>
       <c r="B154" t="s">
         <v>258</v>
       </c>
       <c r="C154" t="s">
         <v>163</v>
       </c>
       <c r="D154">
         <v>1</v>
       </c>
       <c r="E154" t="s">
         <v>30</v>
       </c>
       <c r="F154" t="s">
         <v>31</v>
       </c>
       <c r="G154">
-        <v>4961</v>
+        <v>4936</v>
       </c>
       <c r="H154">
-        <v>4936</v>
+        <v>4919</v>
       </c>
       <c r="I154">
-        <v>4919</v>
+        <v>4906</v>
       </c>
       <c r="J154">
-        <v>4906</v>
+        <v>4871</v>
       </c>
       <c r="K154">
-        <v>4871</v>
+        <v>4866</v>
       </c>
       <c r="L154">
-        <v>4866</v>
+        <v>4863</v>
       </c>
       <c r="M154">
-        <v>4863</v>
+        <v>4860</v>
       </c>
       <c r="N154">
-        <v>4860</v>
+        <v>4844</v>
       </c>
       <c r="O154">
-        <v>4844</v>
+        <v>4838</v>
       </c>
       <c r="P154">
         <v>4838</v>
       </c>
       <c r="Q154">
-        <v>4838</v>
+        <v>4846</v>
       </c>
       <c r="R154">
-        <v>4846</v>
+        <v>4844</v>
       </c>
       <c r="S154">
-        <v>-115</v>
+        <v>-92</v>
       </c>
       <c r="T154" s="2">
-        <v>-2.3180999999999998</v>
+        <v>-1.8638999999999999</v>
       </c>
     </row>
     <row r="155" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A155" t="s">
         <v>161</v>
       </c>
       <c r="B155" t="s">
         <v>259</v>
       </c>
       <c r="C155" t="s">
         <v>163</v>
       </c>
       <c r="D155">
         <v>5</v>
       </c>
       <c r="E155" t="s">
         <v>40</v>
       </c>
       <c r="F155" t="s">
         <v>73</v>
       </c>
       <c r="G155">
-        <v>5998</v>
+        <v>6016</v>
       </c>
       <c r="H155">
-        <v>6016</v>
+        <v>6024</v>
       </c>
       <c r="I155">
-        <v>6024</v>
+        <v>6040</v>
       </c>
       <c r="J155">
-        <v>6040</v>
+        <v>6049</v>
       </c>
       <c r="K155">
-        <v>6049</v>
+        <v>6082</v>
       </c>
       <c r="L155">
-        <v>6082</v>
+        <v>6101</v>
       </c>
       <c r="M155">
-        <v>6101</v>
+        <v>6104</v>
       </c>
       <c r="N155">
-        <v>6104</v>
+        <v>6152</v>
       </c>
       <c r="O155">
-        <v>6152</v>
+        <v>6186</v>
       </c>
       <c r="P155">
-        <v>6186</v>
+        <v>6212</v>
       </c>
       <c r="Q155">
-        <v>6212</v>
+        <v>6246</v>
       </c>
       <c r="R155">
-        <v>6246</v>
+        <v>6267</v>
       </c>
       <c r="S155">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="T155" s="2">
-        <v>4.1346999999999996</v>
+        <v>4.1722000000000001</v>
       </c>
     </row>
     <row r="156" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A156" t="s">
         <v>161</v>
       </c>
       <c r="B156" t="s">
         <v>260</v>
       </c>
       <c r="C156" t="s">
         <v>163</v>
       </c>
       <c r="D156">
         <v>4</v>
       </c>
       <c r="E156" t="s">
         <v>26</v>
       </c>
       <c r="F156" t="s">
         <v>27</v>
       </c>
       <c r="G156">
-        <v>9517</v>
+        <v>9480</v>
       </c>
       <c r="H156">
-        <v>9480</v>
+        <v>9450</v>
       </c>
       <c r="I156">
-        <v>9450</v>
+        <v>9430</v>
       </c>
       <c r="J156">
-        <v>9430</v>
+        <v>9397</v>
       </c>
       <c r="K156">
-        <v>9397</v>
+        <v>9347</v>
       </c>
       <c r="L156">
-        <v>9347</v>
+        <v>9319</v>
       </c>
       <c r="M156">
-        <v>9319</v>
+        <v>9295</v>
       </c>
       <c r="N156">
-        <v>9295</v>
+        <v>9266</v>
       </c>
       <c r="O156">
-        <v>9266</v>
+        <v>9246</v>
       </c>
       <c r="P156">
-        <v>9246</v>
+        <v>9254</v>
       </c>
       <c r="Q156">
-        <v>9254</v>
+        <v>9213</v>
       </c>
       <c r="R156">
-        <v>9213</v>
+        <v>9183</v>
       </c>
       <c r="S156">
-        <v>-304</v>
+        <v>-297</v>
       </c>
       <c r="T156" s="2">
-        <v>-3.1943000000000001</v>
+        <v>-3.1328999999999998</v>
       </c>
     </row>
     <row r="157" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A157" t="s">
         <v>161</v>
       </c>
       <c r="B157" t="s">
         <v>261</v>
       </c>
       <c r="C157" t="s">
         <v>163</v>
       </c>
       <c r="D157">
         <v>2</v>
       </c>
       <c r="E157" t="s">
         <v>23</v>
       </c>
       <c r="F157" t="s">
         <v>43</v>
       </c>
       <c r="G157">
-        <v>8329</v>
+        <v>8332</v>
       </c>
       <c r="H157">
+        <v>8331</v>
+      </c>
+      <c r="I157">
         <v>8332</v>
       </c>
-      <c r="I157">
-[...1 lines deleted...]
-      </c>
       <c r="J157">
-        <v>8332</v>
+        <v>8303</v>
       </c>
       <c r="K157">
-        <v>8303</v>
+        <v>8297</v>
       </c>
       <c r="L157">
-        <v>8297</v>
+        <v>8290</v>
       </c>
       <c r="M157">
-        <v>8290</v>
+        <v>8292</v>
       </c>
       <c r="N157">
-        <v>8292</v>
+        <v>8249</v>
       </c>
       <c r="O157">
-        <v>8249</v>
+        <v>8234</v>
       </c>
       <c r="P157">
-        <v>8234</v>
+        <v>8200</v>
       </c>
       <c r="Q157">
-        <v>8200</v>
+        <v>8165</v>
       </c>
       <c r="R157">
-        <v>8165</v>
+        <v>8109</v>
       </c>
       <c r="S157">
-        <v>-164</v>
+        <v>-223</v>
       </c>
       <c r="T157" s="2">
-        <v>-1.9690000000000001</v>
+        <v>-2.6764000000000001</v>
       </c>
     </row>
     <row r="158" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A158" t="s">
         <v>161</v>
       </c>
       <c r="B158" t="s">
         <v>262</v>
       </c>
       <c r="C158" t="s">
         <v>163</v>
       </c>
       <c r="D158">
         <v>1</v>
       </c>
       <c r="E158" t="s">
         <v>30</v>
       </c>
       <c r="F158" t="s">
         <v>137</v>
       </c>
       <c r="G158">
-        <v>5054</v>
+        <v>5042</v>
       </c>
       <c r="H158">
-        <v>5042</v>
+        <v>5043</v>
       </c>
       <c r="I158">
-        <v>5043</v>
+        <v>5037</v>
       </c>
       <c r="J158">
-        <v>5037</v>
+        <v>5047</v>
       </c>
       <c r="K158">
-        <v>5047</v>
+        <v>5065</v>
       </c>
       <c r="L158">
-        <v>5065</v>
+        <v>5071</v>
       </c>
       <c r="M158">
-        <v>5071</v>
+        <v>5059</v>
       </c>
       <c r="N158">
-        <v>5059</v>
+        <v>5074</v>
       </c>
       <c r="O158">
-        <v>5074</v>
+        <v>5083</v>
       </c>
       <c r="P158">
-        <v>5083</v>
+        <v>5097</v>
       </c>
       <c r="Q158">
-        <v>5097</v>
+        <v>5103</v>
       </c>
       <c r="R158">
-        <v>5103</v>
+        <v>5115</v>
       </c>
       <c r="S158">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="T158" s="2">
-        <v>0.96950000000000003</v>
+        <v>1.4478</v>
       </c>
     </row>
     <row r="159" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A159" t="s">
         <v>161</v>
       </c>
       <c r="B159" t="s">
         <v>263</v>
       </c>
       <c r="C159" t="s">
         <v>163</v>
       </c>
       <c r="D159">
         <v>5</v>
       </c>
       <c r="E159" t="s">
         <v>40</v>
       </c>
       <c r="F159" t="s">
         <v>123</v>
       </c>
       <c r="G159">
+        <v>9239</v>
+      </c>
+      <c r="H159">
+        <v>9222</v>
+      </c>
+      <c r="I159">
         <v>9233</v>
       </c>
-      <c r="H159">
-[...4 lines deleted...]
-      </c>
       <c r="J159">
-        <v>9233</v>
+        <v>9223</v>
       </c>
       <c r="K159">
-        <v>9223</v>
+        <v>9204</v>
       </c>
       <c r="L159">
-        <v>9204</v>
+        <v>9195</v>
       </c>
       <c r="M159">
-        <v>9195</v>
+        <v>9205</v>
       </c>
       <c r="N159">
-        <v>9205</v>
+        <v>9218</v>
       </c>
       <c r="O159">
-        <v>9218</v>
+        <v>9228</v>
       </c>
       <c r="P159">
-        <v>9228</v>
+        <v>9237</v>
       </c>
       <c r="Q159">
-        <v>9237</v>
+        <v>9264</v>
       </c>
       <c r="R159">
-        <v>9264</v>
+        <v>9274</v>
       </c>
       <c r="S159">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="T159" s="2">
-        <v>0.33579999999999999</v>
+        <v>0.37880000000000003</v>
       </c>
     </row>
     <row r="160" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A160" t="s">
         <v>161</v>
       </c>
       <c r="B160" t="s">
         <v>264</v>
       </c>
       <c r="C160" t="s">
         <v>163</v>
       </c>
       <c r="D160">
         <v>5</v>
       </c>
       <c r="E160" t="s">
         <v>40</v>
       </c>
       <c r="F160" t="s">
         <v>265</v>
       </c>
       <c r="G160">
-        <v>11804</v>
+        <v>11795</v>
       </c>
       <c r="H160">
-        <v>11795</v>
+        <v>11767</v>
       </c>
       <c r="I160">
-        <v>11767</v>
+        <v>11746</v>
       </c>
       <c r="J160">
-        <v>11746</v>
+        <v>11734</v>
       </c>
       <c r="K160">
-        <v>11734</v>
+        <v>11719</v>
       </c>
       <c r="L160">
-        <v>11719</v>
+        <v>11729</v>
       </c>
       <c r="M160">
-        <v>11729</v>
+        <v>11710</v>
       </c>
       <c r="N160">
-        <v>11710</v>
+        <v>11703</v>
       </c>
       <c r="O160">
-        <v>11703</v>
+        <v>11687</v>
       </c>
       <c r="P160">
         <v>11687</v>
       </c>
       <c r="Q160">
-        <v>11687</v>
+        <v>11675</v>
       </c>
       <c r="R160">
-        <v>11675</v>
+        <v>11665</v>
       </c>
       <c r="S160">
-        <v>-129</v>
+        <v>-130</v>
       </c>
       <c r="T160" s="2">
-        <v>-1.0928</v>
+        <v>-1.1022000000000001</v>
       </c>
     </row>
     <row r="161" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A161" t="s">
         <v>161</v>
       </c>
       <c r="B161" t="s">
         <v>266</v>
       </c>
       <c r="C161" t="s">
         <v>163</v>
       </c>
       <c r="D161">
         <v>5</v>
       </c>
       <c r="E161" t="s">
         <v>40</v>
       </c>
       <c r="F161" t="s">
         <v>73</v>
       </c>
       <c r="G161">
         <v>4227</v>
       </c>
       <c r="H161">
+        <v>4222</v>
+      </c>
+      <c r="I161">
+        <v>4231</v>
+      </c>
+      <c r="J161">
+        <v>4220</v>
+      </c>
+      <c r="K161">
+        <v>4210</v>
+      </c>
+      <c r="L161">
+        <v>4215</v>
+      </c>
+      <c r="M161">
         <v>4227</v>
       </c>
-      <c r="I161">
-[...8 lines deleted...]
-      <c r="L161">
+      <c r="N161">
+        <v>4223</v>
+      </c>
+      <c r="O161">
+        <v>4214</v>
+      </c>
+      <c r="P161">
         <v>4210</v>
       </c>
-      <c r="M161">
-[...8 lines deleted...]
-      <c r="P161">
+      <c r="Q161">
         <v>4214</v>
-      </c>
-[...1 lines deleted...]
-        <v>4210</v>
       </c>
       <c r="R161">
         <v>4214</v>
       </c>
       <c r="S161">
         <v>-13</v>
       </c>
       <c r="T161" s="2">
         <v>-0.3075</v>
       </c>
     </row>
     <row r="162" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A162" t="s">
         <v>161</v>
       </c>
       <c r="B162" t="s">
         <v>267</v>
       </c>
       <c r="C162" t="s">
         <v>163</v>
       </c>
       <c r="D162">
         <v>2</v>
       </c>
       <c r="E162" t="s">
         <v>23</v>
       </c>
       <c r="F162" t="s">
         <v>49</v>
       </c>
       <c r="G162">
-        <v>11497</v>
+        <v>11470</v>
       </c>
       <c r="H162">
-        <v>11470</v>
+        <v>11463</v>
       </c>
       <c r="I162">
-        <v>11463</v>
+        <v>11449</v>
       </c>
       <c r="J162">
-        <v>11449</v>
+        <v>11457</v>
       </c>
       <c r="K162">
-        <v>11457</v>
+        <v>11443</v>
       </c>
       <c r="L162">
-        <v>11443</v>
+        <v>11437</v>
       </c>
       <c r="M162">
-        <v>11437</v>
+        <v>11430</v>
       </c>
       <c r="N162">
-        <v>11430</v>
+        <v>11397</v>
       </c>
       <c r="O162">
-        <v>11397</v>
+        <v>11379</v>
       </c>
       <c r="P162">
-        <v>11379</v>
+        <v>11353</v>
       </c>
       <c r="Q162">
-        <v>11353</v>
+        <v>11330</v>
       </c>
       <c r="R162">
-        <v>11330</v>
+        <v>11281</v>
       </c>
       <c r="S162">
-        <v>-167</v>
+        <v>-189</v>
       </c>
       <c r="T162" s="2">
-        <v>-1.4525999999999999</v>
+        <v>-1.6477999999999999</v>
       </c>
     </row>
     <row r="163" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A163" t="s">
         <v>161</v>
       </c>
       <c r="B163" t="s">
         <v>268</v>
       </c>
       <c r="C163" t="s">
         <v>163</v>
       </c>
       <c r="D163">
         <v>3</v>
       </c>
       <c r="E163" t="s">
         <v>34</v>
       </c>
       <c r="F163" t="s">
         <v>35</v>
       </c>
       <c r="G163">
-        <v>10652</v>
+        <v>10634</v>
       </c>
       <c r="H163">
-        <v>10634</v>
+        <v>10624</v>
       </c>
       <c r="I163">
-        <v>10624</v>
+        <v>10598</v>
       </c>
       <c r="J163">
-        <v>10598</v>
+        <v>10547</v>
       </c>
       <c r="K163">
-        <v>10547</v>
+        <v>10507</v>
       </c>
       <c r="L163">
-        <v>10507</v>
+        <v>10492</v>
       </c>
       <c r="M163">
-        <v>10492</v>
+        <v>10436</v>
       </c>
       <c r="N163">
-        <v>10436</v>
+        <v>10382</v>
       </c>
       <c r="O163">
-        <v>10382</v>
+        <v>10356</v>
       </c>
       <c r="P163">
-        <v>10356</v>
+        <v>10333</v>
       </c>
       <c r="Q163">
-        <v>10333</v>
+        <v>10280</v>
       </c>
       <c r="R163">
-        <v>10280</v>
+        <v>10237</v>
       </c>
       <c r="S163">
-        <v>-372</v>
+        <v>-397</v>
       </c>
       <c r="T163" s="2">
-        <v>-3.4923000000000002</v>
+        <v>-3.7332999999999998</v>
       </c>
     </row>
     <row r="164" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A164" t="s">
         <v>161</v>
       </c>
       <c r="B164" t="s">
         <v>269</v>
       </c>
       <c r="C164" t="s">
         <v>163</v>
       </c>
       <c r="D164">
         <v>3</v>
       </c>
       <c r="E164" t="s">
         <v>34</v>
       </c>
       <c r="F164" t="s">
         <v>35</v>
       </c>
       <c r="G164">
-        <v>16879</v>
+        <v>16903</v>
       </c>
       <c r="H164">
-        <v>16903</v>
+        <v>16907</v>
       </c>
       <c r="I164">
-        <v>16907</v>
+        <v>16953</v>
       </c>
       <c r="J164">
-        <v>16953</v>
+        <v>16991</v>
       </c>
       <c r="K164">
-        <v>16991</v>
+        <v>17020</v>
       </c>
       <c r="L164">
-        <v>17020</v>
+        <v>17017</v>
       </c>
       <c r="M164">
-        <v>17017</v>
+        <v>17055</v>
       </c>
       <c r="N164">
-        <v>17055</v>
+        <v>17056</v>
       </c>
       <c r="O164">
-        <v>17056</v>
+        <v>17043</v>
       </c>
       <c r="P164">
-        <v>17043</v>
+        <v>17058</v>
       </c>
       <c r="Q164">
-        <v>17058</v>
+        <v>17057</v>
       </c>
       <c r="R164">
-        <v>17057</v>
+        <v>17091</v>
       </c>
       <c r="S164">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="T164" s="2">
-        <v>1.0546</v>
+        <v>1.1122000000000001</v>
       </c>
     </row>
     <row r="165" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A165" t="s">
         <v>161</v>
       </c>
       <c r="B165" t="s">
         <v>270</v>
       </c>
       <c r="C165" t="s">
         <v>163</v>
       </c>
       <c r="D165">
         <v>4</v>
       </c>
       <c r="E165" t="s">
         <v>26</v>
       </c>
       <c r="F165" t="s">
         <v>27</v>
       </c>
       <c r="G165">
-        <v>7435</v>
+        <v>7446</v>
       </c>
       <c r="H165">
-        <v>7446</v>
+        <v>7426</v>
       </c>
       <c r="I165">
-        <v>7426</v>
+        <v>7414</v>
       </c>
       <c r="J165">
-        <v>7414</v>
+        <v>7393</v>
       </c>
       <c r="K165">
-        <v>7393</v>
+        <v>7385</v>
       </c>
       <c r="L165">
-        <v>7385</v>
+        <v>7375</v>
       </c>
       <c r="M165">
-        <v>7375</v>
+        <v>7378</v>
       </c>
       <c r="N165">
-        <v>7378</v>
+        <v>7374</v>
       </c>
       <c r="O165">
-        <v>7374</v>
+        <v>7332</v>
       </c>
       <c r="P165">
-        <v>7332</v>
+        <v>7307</v>
       </c>
       <c r="Q165">
-        <v>7307</v>
+        <v>7304</v>
       </c>
       <c r="R165">
-        <v>7304</v>
+        <v>7281</v>
       </c>
       <c r="S165">
-        <v>-131</v>
+        <v>-165</v>
       </c>
       <c r="T165" s="2">
-        <v>-1.7619</v>
+        <v>-2.2160000000000002</v>
       </c>
     </row>
     <row r="166" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A166" t="s">
         <v>161</v>
       </c>
       <c r="B166" t="s">
         <v>271</v>
       </c>
       <c r="C166" t="s">
         <v>163</v>
       </c>
       <c r="D166">
         <v>4</v>
       </c>
       <c r="E166" t="s">
         <v>26</v>
       </c>
       <c r="F166" t="s">
         <v>272</v>
       </c>
       <c r="G166">
-        <v>6357</v>
+        <v>6292</v>
       </c>
       <c r="H166">
-        <v>6292</v>
+        <v>6276</v>
       </c>
       <c r="I166">
-        <v>6276</v>
+        <v>6240</v>
       </c>
       <c r="J166">
-        <v>6240</v>
+        <v>6221</v>
       </c>
       <c r="K166">
-        <v>6221</v>
+        <v>6214</v>
       </c>
       <c r="L166">
-        <v>6214</v>
+        <v>6193</v>
       </c>
       <c r="M166">
-        <v>6193</v>
+        <v>6162</v>
       </c>
       <c r="N166">
-        <v>6162</v>
+        <v>6146</v>
       </c>
       <c r="O166">
-        <v>6146</v>
+        <v>6140</v>
       </c>
       <c r="P166">
-        <v>6140</v>
+        <v>6197</v>
       </c>
       <c r="Q166">
-        <v>6197</v>
+        <v>6189</v>
       </c>
       <c r="R166">
-        <v>6189</v>
+        <v>6182</v>
       </c>
       <c r="S166">
-        <v>-168</v>
+        <v>-110</v>
       </c>
       <c r="T166" s="2">
-        <v>-2.6427999999999998</v>
+        <v>-1.7483</v>
       </c>
     </row>
     <row r="167" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A167" t="s">
         <v>161</v>
       </c>
       <c r="B167" t="s">
         <v>273</v>
       </c>
       <c r="C167" t="s">
         <v>163</v>
       </c>
       <c r="D167">
         <v>3</v>
       </c>
       <c r="E167" t="s">
         <v>34</v>
       </c>
       <c r="F167" t="s">
         <v>35</v>
       </c>
       <c r="G167">
-        <v>10620</v>
+        <v>10610</v>
       </c>
       <c r="H167">
-        <v>10610</v>
+        <v>10621</v>
       </c>
       <c r="I167">
-        <v>10621</v>
+        <v>10686</v>
       </c>
       <c r="J167">
-        <v>10686</v>
+        <v>10676</v>
       </c>
       <c r="K167">
-        <v>10676</v>
+        <v>10688</v>
       </c>
       <c r="L167">
-        <v>10688</v>
+        <v>10696</v>
       </c>
       <c r="M167">
+        <v>10706</v>
+      </c>
+      <c r="N167">
+        <v>10724</v>
+      </c>
+      <c r="O167">
         <v>10696</v>
       </c>
-      <c r="N167">
-[...4 lines deleted...]
-      </c>
       <c r="P167">
-        <v>10696</v>
+        <v>10718</v>
       </c>
       <c r="Q167">
-        <v>10718</v>
+        <v>10708</v>
       </c>
       <c r="R167">
-        <v>10708</v>
+        <v>10678</v>
       </c>
       <c r="S167">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="T167" s="2">
-        <v>0.8286</v>
+        <v>0.64090000000000003</v>
       </c>
     </row>
     <row r="168" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A168" t="s">
         <v>161</v>
       </c>
       <c r="B168" t="s">
         <v>274</v>
       </c>
       <c r="C168" t="s">
         <v>163</v>
       </c>
       <c r="D168">
         <v>5</v>
       </c>
       <c r="E168" t="s">
         <v>40</v>
       </c>
       <c r="F168" t="s">
         <v>275</v>
       </c>
       <c r="G168">
+        <v>7509</v>
+      </c>
+      <c r="H168">
+        <v>7503</v>
+      </c>
+      <c r="I168">
         <v>7501</v>
       </c>
-      <c r="H168">
-[...4 lines deleted...]
-      </c>
       <c r="J168">
-        <v>7501</v>
+        <v>7496</v>
       </c>
       <c r="K168">
-        <v>7496</v>
+        <v>7510</v>
       </c>
       <c r="L168">
-        <v>7510</v>
+        <v>7497</v>
       </c>
       <c r="M168">
-        <v>7497</v>
+        <v>7504</v>
       </c>
       <c r="N168">
-        <v>7504</v>
+        <v>7507</v>
       </c>
       <c r="O168">
-        <v>7507</v>
+        <v>7512</v>
       </c>
       <c r="P168">
-        <v>7512</v>
+        <v>7525</v>
       </c>
       <c r="Q168">
-        <v>7525</v>
+        <v>7535</v>
       </c>
       <c r="R168">
-        <v>7535</v>
+        <v>7518</v>
       </c>
       <c r="S168">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="T168" s="2">
-        <v>0.45329999999999998</v>
+        <v>0.11990000000000001</v>
       </c>
     </row>
     <row r="169" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A169" t="s">
         <v>161</v>
       </c>
       <c r="B169" t="s">
         <v>276</v>
       </c>
       <c r="C169" t="s">
         <v>163</v>
       </c>
       <c r="D169">
         <v>4</v>
       </c>
       <c r="E169" t="s">
         <v>26</v>
       </c>
       <c r="F169" t="s">
         <v>118</v>
       </c>
       <c r="G169">
-        <v>11071</v>
+        <v>11013</v>
       </c>
       <c r="H169">
-        <v>11013</v>
+        <v>11010</v>
       </c>
       <c r="I169">
-        <v>11010</v>
+        <v>10981</v>
       </c>
       <c r="J169">
-        <v>10981</v>
+        <v>10984</v>
       </c>
       <c r="K169">
-        <v>10984</v>
+        <v>10945</v>
       </c>
       <c r="L169">
-        <v>10945</v>
+        <v>10931</v>
       </c>
       <c r="M169">
-        <v>10931</v>
+        <v>10902</v>
       </c>
       <c r="N169">
-        <v>10902</v>
+        <v>10882</v>
       </c>
       <c r="O169">
-        <v>10882</v>
+        <v>10876</v>
       </c>
       <c r="P169">
-        <v>10876</v>
+        <v>10828</v>
       </c>
       <c r="Q169">
-        <v>10828</v>
+        <v>10832</v>
       </c>
       <c r="R169">
-        <v>10832</v>
+        <v>10801</v>
       </c>
       <c r="S169">
-        <v>-239</v>
+        <v>-212</v>
       </c>
       <c r="T169" s="2">
-        <v>-2.1587999999999998</v>
+        <v>-1.925</v>
       </c>
     </row>
     <row r="170" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A170" t="s">
         <v>161</v>
       </c>
       <c r="B170" t="s">
         <v>277</v>
       </c>
       <c r="C170" t="s">
         <v>163</v>
       </c>
       <c r="D170">
         <v>5</v>
       </c>
       <c r="E170" t="s">
         <v>40</v>
       </c>
       <c r="F170" t="s">
         <v>278</v>
       </c>
       <c r="G170">
-        <v>14804</v>
+        <v>14799</v>
       </c>
       <c r="H170">
-        <v>14799</v>
+        <v>14784</v>
       </c>
       <c r="I170">
-        <v>14784</v>
+        <v>14793</v>
       </c>
       <c r="J170">
-        <v>14793</v>
+        <v>14762</v>
       </c>
       <c r="K170">
-        <v>14762</v>
+        <v>14766</v>
       </c>
       <c r="L170">
-        <v>14766</v>
+        <v>14755</v>
       </c>
       <c r="M170">
-        <v>14755</v>
+        <v>14735</v>
       </c>
       <c r="N170">
-        <v>14735</v>
+        <v>14730</v>
       </c>
       <c r="O170">
-        <v>14730</v>
+        <v>14707</v>
       </c>
       <c r="P170">
-        <v>14707</v>
+        <v>14693</v>
       </c>
       <c r="Q170">
-        <v>14693</v>
+        <v>14667</v>
       </c>
       <c r="R170">
-        <v>14667</v>
+        <v>14658</v>
       </c>
       <c r="S170">
-        <v>-137</v>
+        <v>-141</v>
       </c>
       <c r="T170" s="2">
-        <v>-0.9254</v>
+        <v>-0.95279999999999998</v>
       </c>
     </row>
     <row r="171" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A171" t="s">
         <v>161</v>
       </c>
       <c r="B171" t="s">
         <v>279</v>
       </c>
       <c r="C171" t="s">
         <v>163</v>
       </c>
       <c r="D171">
         <v>1</v>
       </c>
       <c r="E171" t="s">
         <v>30</v>
       </c>
       <c r="F171" t="s">
         <v>150</v>
       </c>
       <c r="G171">
-        <v>5550</v>
+        <v>5528</v>
       </c>
       <c r="H171">
-        <v>5528</v>
+        <v>5523</v>
       </c>
       <c r="I171">
-        <v>5523</v>
+        <v>5525</v>
       </c>
       <c r="J171">
-        <v>5525</v>
+        <v>5530</v>
       </c>
       <c r="K171">
-        <v>5530</v>
+        <v>5521</v>
       </c>
       <c r="L171">
-        <v>5521</v>
+        <v>5520</v>
       </c>
       <c r="M171">
-        <v>5520</v>
+        <v>5517</v>
       </c>
       <c r="N171">
-        <v>5517</v>
+        <v>5506</v>
       </c>
       <c r="O171">
-        <v>5506</v>
+        <v>5494</v>
       </c>
       <c r="P171">
-        <v>5494</v>
+        <v>5472</v>
       </c>
       <c r="Q171">
-        <v>5472</v>
+        <v>5459</v>
       </c>
       <c r="R171">
-        <v>5459</v>
+        <v>5450</v>
       </c>
       <c r="S171">
-        <v>-91</v>
+        <v>-78</v>
       </c>
       <c r="T171" s="2">
-        <v>-1.6395999999999999</v>
+        <v>-1.411</v>
       </c>
     </row>
     <row r="172" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A172" t="s">
         <v>161</v>
       </c>
       <c r="B172" t="s">
         <v>280</v>
       </c>
       <c r="C172" t="s">
         <v>163</v>
       </c>
       <c r="D172">
         <v>4</v>
       </c>
       <c r="E172" t="s">
         <v>26</v>
       </c>
       <c r="F172" t="s">
         <v>281</v>
       </c>
       <c r="G172">
-        <v>9760</v>
+        <v>9753</v>
       </c>
       <c r="H172">
-        <v>9753</v>
+        <v>9756</v>
       </c>
       <c r="I172">
-        <v>9756</v>
+        <v>9738</v>
       </c>
       <c r="J172">
-        <v>9738</v>
+        <v>9740</v>
       </c>
       <c r="K172">
-        <v>9740</v>
+        <v>9710</v>
       </c>
       <c r="L172">
-        <v>9710</v>
+        <v>9713</v>
       </c>
       <c r="M172">
-        <v>9713</v>
+        <v>9703</v>
       </c>
       <c r="N172">
-        <v>9703</v>
+        <v>9699</v>
       </c>
       <c r="O172">
-        <v>9699</v>
+        <v>9678</v>
       </c>
       <c r="P172">
-        <v>9678</v>
+        <v>9639</v>
       </c>
       <c r="Q172">
-        <v>9639</v>
+        <v>9626</v>
       </c>
       <c r="R172">
-        <v>9626</v>
+        <v>9603</v>
       </c>
       <c r="S172">
-        <v>-134</v>
+        <v>-150</v>
       </c>
       <c r="T172" s="2">
-        <v>-1.373</v>
+        <v>-1.538</v>
       </c>
     </row>
     <row r="173" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A173" t="s">
         <v>161</v>
       </c>
       <c r="B173" t="s">
         <v>282</v>
       </c>
       <c r="C173" t="s">
         <v>163</v>
       </c>
       <c r="D173">
         <v>1</v>
       </c>
       <c r="E173" t="s">
         <v>30</v>
       </c>
       <c r="F173" t="s">
         <v>150</v>
       </c>
       <c r="G173">
-        <v>13427</v>
+        <v>13461</v>
       </c>
       <c r="H173">
-        <v>13461</v>
+        <v>13471</v>
       </c>
       <c r="I173">
-        <v>13471</v>
+        <v>13495</v>
       </c>
       <c r="J173">
-        <v>13495</v>
+        <v>13518</v>
       </c>
       <c r="K173">
-        <v>13518</v>
+        <v>13533</v>
       </c>
       <c r="L173">
-        <v>13533</v>
+        <v>13561</v>
       </c>
       <c r="M173">
-        <v>13561</v>
+        <v>13574</v>
       </c>
       <c r="N173">
-        <v>13574</v>
+        <v>13584</v>
       </c>
       <c r="O173">
         <v>13584</v>
       </c>
       <c r="P173">
-        <v>13584</v>
+        <v>13618</v>
       </c>
       <c r="Q173">
-        <v>13618</v>
+        <v>13634</v>
       </c>
       <c r="R173">
-        <v>13634</v>
+        <v>13644</v>
       </c>
       <c r="S173">
-        <v>207</v>
+        <v>183</v>
       </c>
       <c r="T173" s="2">
-        <v>1.5417000000000001</v>
+        <v>1.3594999999999999</v>
       </c>
     </row>
     <row r="174" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A174" t="s">
         <v>161</v>
       </c>
       <c r="B174" t="s">
         <v>283</v>
       </c>
       <c r="C174" t="s">
         <v>163</v>
       </c>
       <c r="D174">
         <v>5</v>
       </c>
       <c r="E174" t="s">
         <v>40</v>
       </c>
       <c r="F174" t="s">
         <v>108</v>
       </c>
       <c r="G174">
-        <v>19962</v>
+        <v>19973</v>
       </c>
       <c r="H174">
-        <v>19973</v>
+        <v>19978</v>
       </c>
       <c r="I174">
-        <v>19978</v>
+        <v>19990</v>
       </c>
       <c r="J174">
-        <v>19990</v>
+        <v>19998</v>
       </c>
       <c r="K174">
-        <v>19998</v>
+        <v>19985</v>
       </c>
       <c r="L174">
-        <v>19985</v>
+        <v>20004</v>
       </c>
       <c r="M174">
-        <v>20004</v>
+        <v>20047</v>
       </c>
       <c r="N174">
-        <v>20047</v>
+        <v>20042</v>
       </c>
       <c r="O174">
-        <v>20042</v>
+        <v>20008</v>
       </c>
       <c r="P174">
-        <v>20008</v>
+        <v>19995</v>
       </c>
       <c r="Q174">
-        <v>19995</v>
+        <v>20010</v>
       </c>
       <c r="R174">
-        <v>20010</v>
+        <v>20005</v>
       </c>
       <c r="S174">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="T174" s="2">
-        <v>0.24049999999999999</v>
+        <v>0.16020000000000001</v>
       </c>
     </row>
     <row r="175" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A175" t="s">
         <v>161</v>
       </c>
       <c r="B175" t="s">
         <v>284</v>
       </c>
       <c r="C175" t="s">
         <v>163</v>
       </c>
       <c r="D175">
         <v>2</v>
       </c>
       <c r="E175" t="s">
         <v>23</v>
       </c>
       <c r="F175" t="s">
         <v>24</v>
       </c>
       <c r="G175">
-        <v>7530</v>
+        <v>7539</v>
       </c>
       <c r="H175">
-        <v>7539</v>
+        <v>7574</v>
       </c>
       <c r="I175">
-        <v>7574</v>
+        <v>7590</v>
       </c>
       <c r="J175">
-        <v>7590</v>
+        <v>7617</v>
       </c>
       <c r="K175">
-        <v>7617</v>
+        <v>7643</v>
       </c>
       <c r="L175">
-        <v>7643</v>
+        <v>7660</v>
       </c>
       <c r="M175">
-        <v>7660</v>
+        <v>7676</v>
       </c>
       <c r="N175">
         <v>7676</v>
       </c>
       <c r="O175">
-        <v>7676</v>
+        <v>7677</v>
       </c>
       <c r="P175">
-        <v>7677</v>
+        <v>7681</v>
       </c>
       <c r="Q175">
-        <v>7681</v>
+        <v>7704</v>
       </c>
       <c r="R175">
-        <v>7704</v>
+        <v>7698</v>
       </c>
       <c r="S175">
-        <v>174</v>
+        <v>159</v>
       </c>
       <c r="T175" s="2">
-        <v>2.3108</v>
+        <v>2.109</v>
       </c>
     </row>
     <row r="176" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A176" t="s">
         <v>161</v>
       </c>
       <c r="B176" t="s">
         <v>285</v>
       </c>
       <c r="C176" t="s">
         <v>163</v>
       </c>
       <c r="D176">
         <v>2</v>
       </c>
       <c r="E176" t="s">
         <v>23</v>
       </c>
       <c r="F176" t="s">
         <v>43</v>
       </c>
       <c r="G176">
-        <v>7459</v>
+        <v>7470</v>
       </c>
       <c r="H176">
+        <v>7474</v>
+      </c>
+      <c r="I176">
         <v>7470</v>
       </c>
-      <c r="I176">
-[...1 lines deleted...]
-      </c>
       <c r="J176">
-        <v>7470</v>
+        <v>7476</v>
       </c>
       <c r="K176">
-        <v>7476</v>
+        <v>7464</v>
       </c>
       <c r="L176">
-        <v>7464</v>
+        <v>7475</v>
       </c>
       <c r="M176">
-        <v>7475</v>
+        <v>7484</v>
       </c>
       <c r="N176">
-        <v>7484</v>
+        <v>7496</v>
       </c>
       <c r="O176">
-        <v>7496</v>
+        <v>7499</v>
       </c>
       <c r="P176">
-        <v>7499</v>
+        <v>7526</v>
       </c>
       <c r="Q176">
-        <v>7526</v>
+        <v>7537</v>
       </c>
       <c r="R176">
-        <v>7537</v>
+        <v>7558</v>
       </c>
       <c r="S176">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="T176" s="2">
-        <v>1.0457000000000001</v>
+        <v>1.1779999999999999</v>
       </c>
     </row>
     <row r="177" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A177" t="s">
         <v>161</v>
       </c>
       <c r="B177" t="s">
         <v>286</v>
       </c>
       <c r="C177" t="s">
         <v>163</v>
       </c>
       <c r="D177">
         <v>2</v>
       </c>
       <c r="E177" t="s">
         <v>23</v>
       </c>
       <c r="F177" t="s">
         <v>128</v>
       </c>
       <c r="G177">
-        <v>5486</v>
+        <v>5476</v>
       </c>
       <c r="H177">
-        <v>5476</v>
+        <v>5470</v>
       </c>
       <c r="I177">
         <v>5470</v>
       </c>
       <c r="J177">
-        <v>5470</v>
+        <v>5472</v>
       </c>
       <c r="K177">
-        <v>5472</v>
+        <v>5462</v>
       </c>
       <c r="L177">
-        <v>5462</v>
+        <v>5437</v>
       </c>
       <c r="M177">
-        <v>5437</v>
+        <v>5439</v>
       </c>
       <c r="N177">
-        <v>5439</v>
+        <v>5424</v>
       </c>
       <c r="O177">
         <v>5424</v>
       </c>
       <c r="P177">
-        <v>5424</v>
+        <v>5422</v>
       </c>
       <c r="Q177">
-        <v>5422</v>
+        <v>5406</v>
       </c>
       <c r="R177">
-        <v>5406</v>
+        <v>5397</v>
       </c>
       <c r="S177">
-        <v>-80</v>
+        <v>-79</v>
       </c>
       <c r="T177" s="2">
-        <v>-1.4582999999999999</v>
+        <v>-1.4427000000000001</v>
       </c>
     </row>
     <row r="178" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A178" t="s">
         <v>161</v>
       </c>
       <c r="B178" t="s">
         <v>287</v>
       </c>
       <c r="C178" t="s">
         <v>163</v>
       </c>
       <c r="D178">
         <v>2</v>
       </c>
       <c r="E178" t="s">
         <v>23</v>
       </c>
       <c r="F178" t="s">
         <v>81</v>
       </c>
       <c r="G178">
-        <v>2456</v>
+        <v>2575</v>
       </c>
       <c r="H178">
-        <v>2575</v>
+        <v>2666</v>
       </c>
       <c r="I178">
-        <v>2666</v>
+        <v>2766</v>
       </c>
       <c r="J178">
-        <v>2766</v>
+        <v>2879</v>
       </c>
       <c r="K178">
-        <v>2879</v>
+        <v>2986</v>
       </c>
       <c r="L178">
-        <v>2986</v>
+        <v>3068</v>
       </c>
       <c r="M178">
-        <v>3068</v>
+        <v>3148</v>
       </c>
       <c r="N178">
-        <v>3148</v>
+        <v>3248</v>
       </c>
       <c r="O178">
-        <v>3248</v>
+        <v>3345</v>
       </c>
       <c r="P178">
-        <v>3345</v>
+        <v>3438</v>
       </c>
       <c r="Q178">
-        <v>3438</v>
+        <v>3501</v>
       </c>
       <c r="R178">
-        <v>3501</v>
+        <v>3565</v>
       </c>
       <c r="S178">
-        <v>1045</v>
+        <v>990</v>
       </c>
       <c r="T178" s="2">
-        <v>42.548900000000003</v>
+        <v>38.446599999999997</v>
       </c>
     </row>
     <row r="179" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A179" t="s">
         <v>20</v>
       </c>
       <c r="B179" t="s">
         <v>288</v>
       </c>
       <c r="C179" t="s">
         <v>289</v>
       </c>
       <c r="D179">
         <v>3</v>
       </c>
       <c r="E179" t="s">
         <v>34</v>
       </c>
       <c r="F179" t="s">
         <v>35</v>
       </c>
       <c r="G179">
-        <v>19461</v>
+        <v>19421</v>
       </c>
       <c r="H179">
-        <v>19421</v>
+        <v>19375</v>
       </c>
       <c r="I179">
-        <v>19375</v>
+        <v>20117</v>
       </c>
       <c r="J179">
-        <v>20117</v>
+        <v>20102</v>
       </c>
       <c r="K179">
-        <v>20102</v>
+        <v>20123</v>
       </c>
       <c r="L179">
-        <v>20123</v>
+        <v>20147</v>
       </c>
       <c r="M179">
-        <v>20147</v>
+        <v>20166</v>
       </c>
       <c r="N179">
-        <v>20166</v>
+        <v>20167</v>
       </c>
       <c r="O179">
-        <v>20167</v>
+        <v>20172</v>
       </c>
       <c r="P179">
-        <v>20172</v>
+        <v>20259</v>
       </c>
       <c r="Q179">
-        <v>20259</v>
+        <v>20229</v>
       </c>
       <c r="R179">
-        <v>20229</v>
+        <v>20243</v>
       </c>
       <c r="S179">
-        <v>768</v>
+        <v>822</v>
       </c>
       <c r="T179" s="2">
-        <v>3.9464000000000001</v>
+        <v>4.2324999999999999</v>
       </c>
     </row>
     <row r="180" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A180" t="s">
         <v>20</v>
       </c>
       <c r="B180" t="s">
         <v>290</v>
       </c>
       <c r="C180" t="s">
         <v>291</v>
       </c>
       <c r="D180">
         <v>3</v>
       </c>
       <c r="E180" t="s">
         <v>34</v>
       </c>
       <c r="F180" t="s">
         <v>35</v>
       </c>
       <c r="G180">
-        <v>8536</v>
+        <v>8547</v>
       </c>
       <c r="H180">
-        <v>8547</v>
+        <v>8561</v>
       </c>
       <c r="I180">
-        <v>8561</v>
+        <v>8669</v>
       </c>
       <c r="J180">
-        <v>8669</v>
+        <v>8692</v>
       </c>
       <c r="K180">
-        <v>8692</v>
+        <v>8688</v>
       </c>
       <c r="L180">
-        <v>8688</v>
+        <v>8697</v>
       </c>
       <c r="M180">
-        <v>8697</v>
+        <v>8709</v>
       </c>
       <c r="N180">
-        <v>8709</v>
+        <v>8756</v>
       </c>
       <c r="O180">
-        <v>8756</v>
+        <v>8795</v>
       </c>
       <c r="P180">
-        <v>8795</v>
+        <v>8829</v>
       </c>
       <c r="Q180">
-        <v>8829</v>
+        <v>8803</v>
       </c>
       <c r="R180">
-        <v>8803</v>
+        <v>8773</v>
       </c>
       <c r="S180">
-        <v>267</v>
+        <v>226</v>
       </c>
       <c r="T180" s="2">
-        <v>3.1278999999999999</v>
+        <v>2.6442000000000001</v>
       </c>
     </row>
     <row r="181" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A181" t="s">
         <v>20</v>
       </c>
       <c r="B181" t="s">
         <v>292</v>
       </c>
       <c r="C181" t="s">
         <v>293</v>
       </c>
       <c r="D181">
         <v>3</v>
       </c>
       <c r="E181" t="s">
         <v>34</v>
       </c>
       <c r="F181" t="s">
         <v>35</v>
       </c>
       <c r="G181">
         <v>0</v>
       </c>
       <c r="H181">
         <v>0</v>
       </c>
       <c r="I181">
         <v>0</v>
       </c>
       <c r="J181">
         <v>0</v>
       </c>
       <c r="K181">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="L181">
-        <v>678</v>
+        <v>1163</v>
       </c>
       <c r="M181">
-        <v>1163</v>
+        <v>1417</v>
       </c>
       <c r="N181">
-        <v>1417</v>
+        <v>1706</v>
       </c>
       <c r="O181">
-        <v>1706</v>
+        <v>1996</v>
       </c>
       <c r="P181">
-        <v>1996</v>
+        <v>2222</v>
       </c>
       <c r="Q181">
-        <v>2222</v>
+        <v>2376</v>
       </c>
       <c r="R181">
-        <v>2376</v>
+        <v>2514</v>
       </c>
       <c r="S181">
-        <v>2376</v>
+        <v>2514</v>
       </c>
       <c r="T181" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="182" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A182" t="s">
         <v>20</v>
       </c>
       <c r="B182" t="s">
         <v>294</v>
       </c>
       <c r="C182" t="s">
         <v>295</v>
       </c>
       <c r="D182">
         <v>3</v>
       </c>
       <c r="E182" t="s">
         <v>34</v>
       </c>
       <c r="F182" t="s">
         <v>35</v>
       </c>
       <c r="G182">
-        <v>11703</v>
+        <v>11744</v>
       </c>
       <c r="H182">
-        <v>11744</v>
+        <v>11768</v>
       </c>
       <c r="I182">
         <v>11768</v>
       </c>
       <c r="J182">
-        <v>11768</v>
+        <v>11779</v>
       </c>
       <c r="K182">
-        <v>11779</v>
+        <v>11727</v>
       </c>
       <c r="L182">
-        <v>11727</v>
+        <v>11745</v>
       </c>
       <c r="M182">
-        <v>11745</v>
+        <v>11766</v>
       </c>
       <c r="N182">
-        <v>11766</v>
+        <v>11800</v>
       </c>
       <c r="O182">
-        <v>11800</v>
+        <v>11822</v>
       </c>
       <c r="P182">
-        <v>11822</v>
+        <v>11842</v>
       </c>
       <c r="Q182">
-        <v>11842</v>
+        <v>11877</v>
       </c>
       <c r="R182">
-        <v>11877</v>
+        <v>11891</v>
       </c>
       <c r="S182">
-        <v>174</v>
+        <v>147</v>
       </c>
       <c r="T182" s="2">
-        <v>1.4867999999999999</v>
+        <v>1.2517</v>
       </c>
     </row>
     <row r="183" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A183" t="s">
         <v>20</v>
       </c>
       <c r="B183" t="s">
         <v>296</v>
       </c>
       <c r="C183" t="s">
         <v>297</v>
       </c>
       <c r="D183">
         <v>3</v>
       </c>
       <c r="E183" t="s">
         <v>34</v>
       </c>
       <c r="F183" t="s">
         <v>35</v>
       </c>
       <c r="G183">
-        <v>10337</v>
+        <v>10385</v>
       </c>
       <c r="H183">
-        <v>10385</v>
+        <v>10377</v>
       </c>
       <c r="I183">
-        <v>10377</v>
+        <v>11770</v>
       </c>
       <c r="J183">
-        <v>11770</v>
+        <v>11712</v>
       </c>
       <c r="K183">
-        <v>11712</v>
+        <v>11743</v>
       </c>
       <c r="L183">
-        <v>11743</v>
+        <v>11787</v>
       </c>
       <c r="M183">
-        <v>11787</v>
+        <v>11821</v>
       </c>
       <c r="N183">
-        <v>11821</v>
+        <v>11848</v>
       </c>
       <c r="O183">
-        <v>11848</v>
+        <v>11913</v>
       </c>
       <c r="P183">
-        <v>11913</v>
+        <v>11939</v>
       </c>
       <c r="Q183">
-        <v>11939</v>
+        <v>11926</v>
       </c>
       <c r="R183">
-        <v>11926</v>
+        <v>11903</v>
       </c>
       <c r="S183">
-        <v>1589</v>
+        <v>1518</v>
       </c>
       <c r="T183" s="2">
-        <v>15.372</v>
+        <v>14.6172</v>
       </c>
     </row>
     <row r="184" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A184" t="s">
         <v>20</v>
       </c>
       <c r="B184" t="s">
         <v>298</v>
       </c>
       <c r="C184" t="s">
         <v>299</v>
       </c>
       <c r="D184">
         <v>2</v>
       </c>
       <c r="E184" t="s">
         <v>23</v>
       </c>
       <c r="F184" t="s">
         <v>67</v>
       </c>
       <c r="G184">
-        <v>8938</v>
+        <v>8958</v>
       </c>
       <c r="H184">
-        <v>8958</v>
+        <v>8967</v>
       </c>
       <c r="I184">
         <v>8967</v>
       </c>
       <c r="J184">
-        <v>8967</v>
+        <v>8966</v>
       </c>
       <c r="K184">
-        <v>8966</v>
+        <v>8992</v>
       </c>
       <c r="L184">
-        <v>8992</v>
+        <v>9007</v>
       </c>
       <c r="M184">
-        <v>9007</v>
+        <v>9003</v>
       </c>
       <c r="N184">
-        <v>9003</v>
+        <v>9014</v>
       </c>
       <c r="O184">
-        <v>9014</v>
+        <v>9052</v>
       </c>
       <c r="P184">
-        <v>9052</v>
+        <v>9103</v>
       </c>
       <c r="Q184">
-        <v>9103</v>
+        <v>9121</v>
       </c>
       <c r="R184">
-        <v>9121</v>
+        <v>9125</v>
       </c>
       <c r="S184">
-        <v>183</v>
+        <v>167</v>
       </c>
       <c r="T184" s="2">
-        <v>2.0474000000000001</v>
+        <v>1.8643000000000001</v>
       </c>
     </row>
     <row r="185" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A185" t="s">
         <v>20</v>
       </c>
       <c r="B185" t="s">
         <v>300</v>
       </c>
       <c r="C185" t="s">
         <v>301</v>
       </c>
       <c r="D185">
         <v>3</v>
       </c>
       <c r="E185" t="s">
         <v>34</v>
       </c>
       <c r="F185" t="s">
         <v>35</v>
       </c>
       <c r="G185">
-        <v>7903</v>
+        <v>7954</v>
       </c>
       <c r="H185">
-        <v>7954</v>
+        <v>7923</v>
       </c>
       <c r="I185">
-        <v>7923</v>
+        <v>7926</v>
       </c>
       <c r="J185">
-        <v>7926</v>
+        <v>7946</v>
       </c>
       <c r="K185">
-        <v>7946</v>
+        <v>7929</v>
       </c>
       <c r="L185">
-        <v>7929</v>
+        <v>7881</v>
       </c>
       <c r="M185">
-        <v>7881</v>
+        <v>7867</v>
       </c>
       <c r="N185">
-        <v>7867</v>
+        <v>7888</v>
       </c>
       <c r="O185">
-        <v>7888</v>
+        <v>7908</v>
       </c>
       <c r="P185">
-        <v>7908</v>
+        <v>7887</v>
       </c>
       <c r="Q185">
-        <v>7887</v>
+        <v>7880</v>
       </c>
       <c r="R185">
-        <v>7880</v>
+        <v>7870</v>
       </c>
       <c r="S185">
-        <v>-23</v>
+        <v>-84</v>
       </c>
       <c r="T185" s="2">
-        <v>-0.29099999999999998</v>
+        <v>-1.0561</v>
       </c>
     </row>
     <row r="186" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A186" t="s">
         <v>20</v>
       </c>
       <c r="B186" t="s">
         <v>302</v>
       </c>
       <c r="C186" t="s">
         <v>303</v>
       </c>
       <c r="D186">
         <v>2</v>
       </c>
       <c r="E186" t="s">
         <v>23</v>
       </c>
       <c r="F186" t="s">
         <v>43</v>
       </c>
       <c r="G186">
-        <v>9728</v>
+        <v>9730</v>
       </c>
       <c r="H186">
-        <v>9730</v>
+        <v>9750</v>
       </c>
       <c r="I186">
-        <v>9750</v>
+        <v>9748</v>
       </c>
       <c r="J186">
-        <v>9748</v>
+        <v>9757</v>
       </c>
       <c r="K186">
-        <v>9757</v>
+        <v>9762</v>
       </c>
       <c r="L186">
-        <v>9762</v>
+        <v>9783</v>
       </c>
       <c r="M186">
-        <v>9783</v>
+        <v>9802</v>
       </c>
       <c r="N186">
-        <v>9802</v>
+        <v>9801</v>
       </c>
       <c r="O186">
-        <v>9801</v>
+        <v>9820</v>
       </c>
       <c r="P186">
-        <v>9820</v>
+        <v>9849</v>
       </c>
       <c r="Q186">
-        <v>9849</v>
+        <v>9865</v>
       </c>
       <c r="R186">
-        <v>9865</v>
+        <v>9869</v>
       </c>
       <c r="S186">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="T186" s="2">
-        <v>1.4083000000000001</v>
+        <v>1.4286000000000001</v>
       </c>
     </row>
     <row r="187" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A187" t="s">
         <v>20</v>
       </c>
       <c r="B187" t="s">
         <v>304</v>
       </c>
       <c r="C187" t="s">
         <v>305</v>
       </c>
       <c r="D187">
         <v>3</v>
       </c>
       <c r="E187" t="s">
         <v>34</v>
       </c>
       <c r="F187" t="s">
         <v>35</v>
       </c>
       <c r="G187">
-        <v>8148</v>
+        <v>8168</v>
       </c>
       <c r="H187">
-        <v>8168</v>
+        <v>8167</v>
       </c>
       <c r="I187">
-        <v>8167</v>
+        <v>8191</v>
       </c>
       <c r="J187">
-        <v>8191</v>
+        <v>8187</v>
       </c>
       <c r="K187">
-        <v>8187</v>
+        <v>8155</v>
       </c>
       <c r="L187">
-        <v>8155</v>
+        <v>8133</v>
       </c>
       <c r="M187">
-        <v>8133</v>
+        <v>8129</v>
       </c>
       <c r="N187">
-        <v>8129</v>
+        <v>8149</v>
       </c>
       <c r="O187">
-        <v>8149</v>
+        <v>8158</v>
       </c>
       <c r="P187">
-        <v>8158</v>
+        <v>8143</v>
       </c>
       <c r="Q187">
-        <v>8143</v>
+        <v>8124</v>
       </c>
       <c r="R187">
-        <v>8124</v>
+        <v>8088</v>
       </c>
       <c r="S187">
-        <v>-24</v>
+        <v>-80</v>
       </c>
       <c r="T187" s="2">
-        <v>-0.29459999999999997</v>
+        <v>-0.97940000000000005</v>
       </c>
     </row>
     <row r="188" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A188" t="s">
         <v>20</v>
       </c>
       <c r="B188" t="s">
         <v>306</v>
       </c>
       <c r="C188" t="s">
         <v>305</v>
       </c>
       <c r="D188">
         <v>3</v>
       </c>
       <c r="E188" t="s">
         <v>34</v>
       </c>
       <c r="F188" t="s">
         <v>35</v>
       </c>
       <c r="G188">
-        <v>6670</v>
+        <v>6731</v>
       </c>
       <c r="H188">
-        <v>6731</v>
+        <v>6754</v>
       </c>
       <c r="I188">
-        <v>6754</v>
+        <v>6820</v>
       </c>
       <c r="J188">
-        <v>6820</v>
+        <v>6816</v>
       </c>
       <c r="K188">
-        <v>6816</v>
+        <v>6869</v>
       </c>
       <c r="L188">
-        <v>6869</v>
+        <v>6890</v>
       </c>
       <c r="M188">
-        <v>6890</v>
+        <v>6878</v>
       </c>
       <c r="N188">
-        <v>6878</v>
+        <v>6918</v>
       </c>
       <c r="O188">
-        <v>6918</v>
+        <v>6940</v>
       </c>
       <c r="P188">
-        <v>6940</v>
+        <v>6966</v>
       </c>
       <c r="Q188">
-        <v>6966</v>
+        <v>6951</v>
       </c>
       <c r="R188">
-        <v>6951</v>
+        <v>6977</v>
       </c>
       <c r="S188">
-        <v>281</v>
+        <v>246</v>
       </c>
       <c r="T188" s="2">
-        <v>4.2129000000000003</v>
+        <v>3.6547000000000001</v>
       </c>
     </row>
     <row r="189" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A189" t="s">
         <v>20</v>
       </c>
       <c r="B189" t="s">
         <v>307</v>
       </c>
       <c r="C189" t="s">
         <v>305</v>
       </c>
       <c r="D189">
         <v>3</v>
       </c>
       <c r="E189" t="s">
         <v>34</v>
       </c>
       <c r="F189" t="s">
         <v>35</v>
       </c>
       <c r="G189">
-        <v>4106</v>
+        <v>4161</v>
       </c>
       <c r="H189">
-        <v>4161</v>
+        <v>4169</v>
       </c>
       <c r="I189">
-        <v>4169</v>
+        <v>4194</v>
       </c>
       <c r="J189">
-        <v>4194</v>
+        <v>4180</v>
       </c>
       <c r="K189">
-        <v>4180</v>
+        <v>4219</v>
       </c>
       <c r="L189">
-        <v>4219</v>
+        <v>4224</v>
       </c>
       <c r="M189">
-        <v>4224</v>
+        <v>4223</v>
       </c>
       <c r="N189">
-        <v>4223</v>
+        <v>4253</v>
       </c>
       <c r="O189">
-        <v>4253</v>
+        <v>4265</v>
       </c>
       <c r="P189">
-        <v>4265</v>
+        <v>4270</v>
       </c>
       <c r="Q189">
-        <v>4270</v>
+        <v>4280</v>
       </c>
       <c r="R189">
-        <v>4280</v>
+        <v>4285</v>
       </c>
       <c r="S189">
-        <v>174</v>
+        <v>124</v>
       </c>
       <c r="T189" s="2">
-        <v>4.2377000000000002</v>
+        <v>2.9801000000000002</v>
       </c>
     </row>
     <row r="190" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A190" t="s">
         <v>20</v>
       </c>
       <c r="B190" t="s">
         <v>308</v>
       </c>
       <c r="C190" t="s">
         <v>305</v>
       </c>
       <c r="D190">
         <v>2</v>
       </c>
       <c r="E190" t="s">
         <v>23</v>
       </c>
       <c r="F190" t="s">
         <v>67</v>
       </c>
       <c r="G190">
+        <v>1556</v>
+      </c>
+      <c r="H190">
+        <v>1558</v>
+      </c>
+      <c r="I190">
+        <v>1567</v>
+      </c>
+      <c r="J190">
         <v>1553</v>
       </c>
-      <c r="H190">
-[...7 lines deleted...]
-      </c>
       <c r="K190">
-        <v>1553</v>
+        <v>1541</v>
       </c>
       <c r="L190">
         <v>1541</v>
       </c>
       <c r="M190">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="N190">
         <v>1539</v>
       </c>
       <c r="O190">
-        <v>1539</v>
+        <v>1527</v>
       </c>
       <c r="P190">
-        <v>1527</v>
+        <v>1519</v>
       </c>
       <c r="Q190">
-        <v>1519</v>
+        <v>1511</v>
       </c>
       <c r="R190">
-        <v>1511</v>
+        <v>1528</v>
       </c>
       <c r="S190">
-        <v>-42</v>
+        <v>-28</v>
       </c>
       <c r="T190" s="2">
-        <v>-2.7044000000000001</v>
+        <v>-1.7995000000000001</v>
       </c>
     </row>
     <row r="191" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A191" t="s">
         <v>20</v>
       </c>
       <c r="B191" t="s">
         <v>309</v>
       </c>
       <c r="C191" t="s">
         <v>305</v>
       </c>
       <c r="D191">
         <v>3</v>
       </c>
       <c r="E191" t="s">
         <v>34</v>
       </c>
       <c r="F191" t="s">
         <v>35</v>
       </c>
       <c r="G191">
-        <v>6751</v>
+        <v>6992</v>
       </c>
       <c r="H191">
-        <v>6992</v>
+        <v>6983</v>
       </c>
       <c r="I191">
-        <v>6983</v>
+        <v>6967</v>
       </c>
       <c r="J191">
-        <v>6967</v>
+        <v>6959</v>
       </c>
       <c r="K191">
-        <v>6959</v>
+        <v>6866</v>
       </c>
       <c r="L191">
-        <v>6866</v>
+        <v>6774</v>
       </c>
       <c r="M191">
-        <v>6774</v>
+        <v>6712</v>
       </c>
       <c r="N191">
-        <v>6712</v>
+        <v>6696</v>
       </c>
       <c r="O191">
-        <v>6696</v>
+        <v>6634</v>
       </c>
       <c r="P191">
-        <v>6634</v>
+        <v>6564</v>
       </c>
       <c r="Q191">
-        <v>6564</v>
+        <v>6537</v>
       </c>
       <c r="R191">
-        <v>6537</v>
+        <v>6481</v>
       </c>
       <c r="S191">
-        <v>-214</v>
+        <v>-511</v>
       </c>
       <c r="T191" s="2">
-        <v>-3.1699000000000002</v>
+        <v>-7.3083999999999998</v>
       </c>
     </row>
     <row r="192" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A192" t="s">
         <v>20</v>
       </c>
       <c r="B192" t="s">
         <v>310</v>
       </c>
       <c r="C192" t="s">
         <v>305</v>
       </c>
       <c r="D192">
         <v>3</v>
       </c>
       <c r="E192" t="s">
         <v>34</v>
       </c>
       <c r="F192" t="s">
         <v>35</v>
       </c>
       <c r="G192">
-        <v>6444</v>
+        <v>6525</v>
       </c>
       <c r="H192">
-        <v>6525</v>
+        <v>6515</v>
       </c>
       <c r="I192">
-        <v>6515</v>
+        <v>6537</v>
       </c>
       <c r="J192">
-        <v>6537</v>
+        <v>6546</v>
       </c>
       <c r="K192">
-        <v>6546</v>
+        <v>6536</v>
       </c>
       <c r="L192">
-        <v>6536</v>
+        <v>6520</v>
       </c>
       <c r="M192">
-        <v>6520</v>
+        <v>6512</v>
       </c>
       <c r="N192">
-        <v>6512</v>
+        <v>6508</v>
       </c>
       <c r="O192">
-        <v>6508</v>
+        <v>6490</v>
       </c>
       <c r="P192">
-        <v>6490</v>
+        <v>6477</v>
       </c>
       <c r="Q192">
-        <v>6477</v>
+        <v>6446</v>
       </c>
       <c r="R192">
-        <v>6446</v>
+        <v>6420</v>
       </c>
       <c r="S192">
-        <v>2</v>
+        <v>-105</v>
       </c>
       <c r="T192" s="2">
-        <v>3.1E-2</v>
+        <v>-1.6092</v>
       </c>
     </row>
     <row r="193" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A193" t="s">
         <v>20</v>
       </c>
       <c r="B193" t="s">
         <v>311</v>
       </c>
       <c r="C193" t="s">
         <v>305</v>
       </c>
       <c r="D193">
         <v>3</v>
       </c>
       <c r="E193" t="s">
         <v>34</v>
       </c>
       <c r="F193" t="s">
         <v>35</v>
       </c>
       <c r="G193">
-        <v>4217</v>
+        <v>4374</v>
       </c>
       <c r="H193">
-        <v>4374</v>
+        <v>4451</v>
       </c>
       <c r="I193">
-        <v>4451</v>
+        <v>4498</v>
       </c>
       <c r="J193">
-        <v>4498</v>
+        <v>4487</v>
       </c>
       <c r="K193">
-        <v>4487</v>
+        <v>4503</v>
       </c>
       <c r="L193">
-        <v>4503</v>
+        <v>4528</v>
       </c>
       <c r="M193">
-        <v>4528</v>
+        <v>4546</v>
       </c>
       <c r="N193">
-        <v>4546</v>
+        <v>4619</v>
       </c>
       <c r="O193">
-        <v>4619</v>
+        <v>4679</v>
       </c>
       <c r="P193">
-        <v>4679</v>
+        <v>4707</v>
       </c>
       <c r="Q193">
-        <v>4707</v>
+        <v>4740</v>
       </c>
       <c r="R193">
-        <v>4740</v>
+        <v>4776</v>
       </c>
       <c r="S193">
-        <v>523</v>
+        <v>402</v>
       </c>
       <c r="T193" s="2">
-        <v>12.402200000000001</v>
+        <v>9.1906999999999996</v>
       </c>
     </row>
     <row r="194" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A194" t="s">
         <v>20</v>
       </c>
       <c r="B194" t="s">
         <v>312</v>
       </c>
       <c r="C194" t="s">
         <v>305</v>
       </c>
       <c r="D194">
         <v>2</v>
       </c>
       <c r="E194" t="s">
         <v>23</v>
       </c>
       <c r="F194" t="s">
         <v>67</v>
       </c>
       <c r="G194">
-        <v>5845</v>
+        <v>5827</v>
       </c>
       <c r="H194">
-        <v>5827</v>
+        <v>5797</v>
       </c>
       <c r="I194">
-        <v>5797</v>
+        <v>5798</v>
       </c>
       <c r="J194">
-        <v>5798</v>
+        <v>5799</v>
       </c>
       <c r="K194">
-        <v>5799</v>
+        <v>5780</v>
       </c>
       <c r="L194">
-        <v>5780</v>
+        <v>5786</v>
       </c>
       <c r="M194">
-        <v>5786</v>
+        <v>5761</v>
       </c>
       <c r="N194">
-        <v>5761</v>
+        <v>5738</v>
       </c>
       <c r="O194">
-        <v>5738</v>
+        <v>5710</v>
       </c>
       <c r="P194">
-        <v>5710</v>
+        <v>5688</v>
       </c>
       <c r="Q194">
-        <v>5688</v>
+        <v>5659</v>
       </c>
       <c r="R194">
-        <v>5659</v>
+        <v>5635</v>
       </c>
       <c r="S194">
-        <v>-186</v>
+        <v>-192</v>
       </c>
       <c r="T194" s="2">
-        <v>-3.1821999999999999</v>
+        <v>-3.2949999999999999</v>
       </c>
     </row>
     <row r="195" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A195" t="s">
         <v>20</v>
       </c>
       <c r="B195" t="s">
         <v>313</v>
       </c>
       <c r="C195" t="s">
         <v>305</v>
       </c>
       <c r="D195">
         <v>2</v>
       </c>
       <c r="E195" t="s">
         <v>23</v>
       </c>
       <c r="F195" t="s">
         <v>67</v>
       </c>
       <c r="G195">
+        <v>5052</v>
+      </c>
+      <c r="H195">
+        <v>5075</v>
+      </c>
+      <c r="I195">
         <v>5063</v>
       </c>
-      <c r="H195">
-[...4 lines deleted...]
-      </c>
       <c r="J195">
-        <v>5063</v>
+        <v>5030</v>
       </c>
       <c r="K195">
+        <v>5041</v>
+      </c>
+      <c r="L195">
         <v>5030</v>
       </c>
-      <c r="L195">
-[...1 lines deleted...]
-      </c>
       <c r="M195">
-        <v>5030</v>
+        <v>5020</v>
       </c>
       <c r="N195">
-        <v>5020</v>
+        <v>5022</v>
       </c>
       <c r="O195">
-        <v>5022</v>
+        <v>5013</v>
       </c>
       <c r="P195">
-        <v>5013</v>
+        <v>5009</v>
       </c>
       <c r="Q195">
-        <v>5009</v>
+        <v>5019</v>
       </c>
       <c r="R195">
-        <v>5019</v>
+        <v>5028</v>
       </c>
       <c r="S195">
-        <v>-44</v>
+        <v>-24</v>
       </c>
       <c r="T195" s="2">
-        <v>-0.86899999999999999</v>
+        <v>-0.47510000000000002</v>
       </c>
     </row>
     <row r="196" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A196" t="s">
         <v>20</v>
       </c>
       <c r="B196" t="s">
         <v>314</v>
       </c>
       <c r="C196" t="s">
         <v>22</v>
       </c>
       <c r="D196">
         <v>4</v>
       </c>
       <c r="E196" t="s">
         <v>26</v>
       </c>
       <c r="F196" t="s">
         <v>27</v>
       </c>
       <c r="G196">
-        <v>663</v>
+        <v>781</v>
       </c>
       <c r="H196">
-        <v>781</v>
+        <v>894</v>
       </c>
       <c r="I196">
-        <v>894</v>
+        <v>1033</v>
       </c>
       <c r="J196">
-        <v>1033</v>
+        <v>1129</v>
       </c>
       <c r="K196">
-        <v>1129</v>
+        <v>1241</v>
       </c>
       <c r="L196">
-        <v>1241</v>
+        <v>1332</v>
       </c>
       <c r="M196">
-        <v>1332</v>
+        <v>1446</v>
       </c>
       <c r="N196">
-        <v>1446</v>
+        <v>1573</v>
       </c>
       <c r="O196">
-        <v>1573</v>
+        <v>1727</v>
       </c>
       <c r="P196">
-        <v>1727</v>
+        <v>1863</v>
       </c>
       <c r="Q196">
-        <v>1863</v>
+        <v>1968</v>
       </c>
       <c r="R196">
-        <v>1968</v>
+        <v>2042</v>
       </c>
       <c r="S196">
-        <v>1305</v>
+        <v>1261</v>
       </c>
       <c r="T196" s="2">
-        <v>196.83260000000001</v>
+        <v>161.4597</v>
       </c>
     </row>
     <row r="197" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A197" t="s">
         <v>20</v>
       </c>
       <c r="B197" t="s">
         <v>315</v>
       </c>
       <c r="C197" t="s">
         <v>22</v>
       </c>
       <c r="D197">
         <v>2</v>
       </c>
       <c r="E197" t="s">
         <v>23</v>
       </c>
       <c r="F197" t="s">
         <v>185</v>
       </c>
       <c r="G197">
-        <v>6662</v>
+        <v>6693</v>
       </c>
       <c r="H197">
-        <v>6693</v>
+        <v>6720</v>
       </c>
       <c r="I197">
-        <v>6720</v>
+        <v>6782</v>
       </c>
       <c r="J197">
-        <v>6782</v>
+        <v>6794</v>
       </c>
       <c r="K197">
-        <v>6794</v>
+        <v>6822</v>
       </c>
       <c r="L197">
-        <v>6822</v>
+        <v>6867</v>
       </c>
       <c r="M197">
-        <v>6867</v>
+        <v>6894</v>
       </c>
       <c r="N197">
-        <v>6894</v>
+        <v>6946</v>
       </c>
       <c r="O197">
-        <v>6946</v>
+        <v>6974</v>
       </c>
       <c r="P197">
-        <v>6974</v>
+        <v>7002</v>
       </c>
       <c r="Q197">
-        <v>7002</v>
+        <v>7036</v>
       </c>
       <c r="R197">
-        <v>7036</v>
+        <v>7052</v>
       </c>
       <c r="S197">
-        <v>374</v>
+        <v>359</v>
       </c>
       <c r="T197" s="2">
-        <v>5.6139000000000001</v>
+        <v>5.3638000000000003</v>
       </c>
     </row>
     <row r="198" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A198" t="s">
         <v>20</v>
       </c>
       <c r="B198" t="s">
         <v>316</v>
       </c>
       <c r="C198" t="s">
         <v>22</v>
       </c>
       <c r="D198">
         <v>1</v>
       </c>
       <c r="E198" t="s">
         <v>30</v>
       </c>
       <c r="F198" t="s">
         <v>31</v>
       </c>
       <c r="G198">
-        <v>15138</v>
+        <v>15123</v>
       </c>
       <c r="H198">
-        <v>15123</v>
+        <v>15137</v>
       </c>
       <c r="I198">
-        <v>15137</v>
+        <v>15118</v>
       </c>
       <c r="J198">
-        <v>15118</v>
+        <v>15116</v>
       </c>
       <c r="K198">
-        <v>15116</v>
+        <v>15128</v>
       </c>
       <c r="L198">
-        <v>15128</v>
+        <v>15108</v>
       </c>
       <c r="M198">
-        <v>15108</v>
+        <v>15106</v>
       </c>
       <c r="N198">
-        <v>15106</v>
+        <v>15081</v>
       </c>
       <c r="O198">
-        <v>15081</v>
+        <v>15080</v>
       </c>
       <c r="P198">
-        <v>15080</v>
+        <v>15075</v>
       </c>
       <c r="Q198">
-        <v>15075</v>
+        <v>15089</v>
       </c>
       <c r="R198">
-        <v>15089</v>
+        <v>15083</v>
       </c>
       <c r="S198">
-        <v>-49</v>
+        <v>-40</v>
       </c>
       <c r="T198" s="2">
-        <v>-0.32369999999999999</v>
+        <v>-0.26450000000000001</v>
       </c>
     </row>
     <row r="199" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A199" t="s">
         <v>20</v>
       </c>
       <c r="B199" t="s">
         <v>317</v>
       </c>
       <c r="C199" t="s">
         <v>318</v>
       </c>
       <c r="D199">
         <v>2</v>
       </c>
       <c r="E199" t="s">
         <v>23</v>
       </c>
       <c r="F199" t="s">
         <v>99</v>
       </c>
       <c r="G199">
-        <v>4567</v>
+        <v>4558</v>
       </c>
       <c r="H199">
-        <v>4558</v>
+        <v>4551</v>
       </c>
       <c r="I199">
-        <v>4551</v>
+        <v>4547</v>
       </c>
       <c r="J199">
-        <v>4547</v>
+        <v>4534</v>
       </c>
       <c r="K199">
-        <v>4534</v>
+        <v>4536</v>
       </c>
       <c r="L199">
-        <v>4536</v>
+        <v>4528</v>
       </c>
       <c r="M199">
-        <v>4528</v>
+        <v>4524</v>
       </c>
       <c r="N199">
-        <v>4524</v>
+        <v>4515</v>
       </c>
       <c r="O199">
-        <v>4515</v>
+        <v>4487</v>
       </c>
       <c r="P199">
-        <v>4487</v>
+        <v>4469</v>
       </c>
       <c r="Q199">
-        <v>4469</v>
+        <v>4462</v>
       </c>
       <c r="R199">
-        <v>4462</v>
+        <v>4441</v>
       </c>
       <c r="S199">
-        <v>-105</v>
+        <v>-117</v>
       </c>
       <c r="T199" s="2">
-        <v>-2.2991000000000001</v>
+        <v>-2.5669</v>
       </c>
     </row>
     <row r="200" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A200" t="s">
         <v>20</v>
       </c>
       <c r="B200" t="s">
         <v>319</v>
       </c>
       <c r="C200" t="s">
         <v>320</v>
       </c>
       <c r="D200">
         <v>5</v>
       </c>
       <c r="E200" t="s">
         <v>40</v>
       </c>
       <c r="F200" t="s">
         <v>228</v>
       </c>
       <c r="G200">
-        <v>8930</v>
+        <v>8941</v>
       </c>
       <c r="H200">
-        <v>8941</v>
+        <v>8956</v>
       </c>
       <c r="I200">
-        <v>8956</v>
+        <v>8954</v>
       </c>
       <c r="J200">
-        <v>8954</v>
+        <v>8972</v>
       </c>
       <c r="K200">
-        <v>8972</v>
+        <v>8979</v>
       </c>
       <c r="L200">
-        <v>8979</v>
+        <v>8989</v>
       </c>
       <c r="M200">
-        <v>8989</v>
+        <v>9008</v>
       </c>
       <c r="N200">
         <v>9008</v>
       </c>
       <c r="O200">
-        <v>9008</v>
+        <v>8989</v>
       </c>
       <c r="P200">
-        <v>8989</v>
+        <v>8993</v>
       </c>
       <c r="Q200">
-        <v>8993</v>
+        <v>8987</v>
       </c>
       <c r="R200">
-        <v>8987</v>
+        <v>8974</v>
       </c>
       <c r="S200">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="T200" s="2">
-        <v>0.63829999999999998</v>
+        <v>0.36909999999999998</v>
       </c>
     </row>
     <row r="201" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A201" t="s">
         <v>20</v>
       </c>
       <c r="B201" t="s">
         <v>321</v>
       </c>
       <c r="C201" t="s">
         <v>322</v>
       </c>
       <c r="D201">
         <v>5</v>
       </c>
       <c r="E201" t="s">
         <v>40</v>
       </c>
       <c r="F201" t="s">
         <v>196</v>
       </c>
       <c r="G201">
-        <v>3243</v>
+        <v>3246</v>
       </c>
       <c r="H201">
         <v>3246</v>
       </c>
       <c r="I201">
-        <v>3246</v>
+        <v>3240</v>
       </c>
       <c r="J201">
-        <v>3240</v>
+        <v>3256</v>
       </c>
       <c r="K201">
-        <v>3256</v>
+        <v>3273</v>
       </c>
       <c r="L201">
-        <v>3273</v>
+        <v>3275</v>
       </c>
       <c r="M201">
-        <v>3275</v>
+        <v>3270</v>
       </c>
       <c r="N201">
-        <v>3270</v>
+        <v>3259</v>
       </c>
       <c r="O201">
-        <v>3259</v>
+        <v>3257</v>
       </c>
       <c r="P201">
-        <v>3257</v>
+        <v>3258</v>
       </c>
       <c r="Q201">
+        <v>3269</v>
+      </c>
+      <c r="R201">
         <v>3258</v>
       </c>
-      <c r="R201">
-[...1 lines deleted...]
-      </c>
       <c r="S201">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="T201" s="2">
-        <v>0.80169999999999997</v>
+        <v>0.36969999999999997</v>
       </c>
     </row>
     <row r="202" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A202" t="s">
         <v>20</v>
       </c>
       <c r="B202" t="s">
         <v>323</v>
       </c>
       <c r="C202" t="s">
         <v>324</v>
       </c>
       <c r="D202">
         <v>2</v>
       </c>
       <c r="E202" t="s">
         <v>23</v>
       </c>
       <c r="F202" t="s">
         <v>24</v>
       </c>
       <c r="G202">
-        <v>2601</v>
+        <v>2648</v>
       </c>
       <c r="H202">
-        <v>2648</v>
+        <v>2655</v>
       </c>
       <c r="I202">
-        <v>2655</v>
+        <v>2660</v>
       </c>
       <c r="J202">
-        <v>2660</v>
+        <v>2689</v>
       </c>
       <c r="K202">
-        <v>2689</v>
+        <v>2698</v>
       </c>
       <c r="L202">
-        <v>2698</v>
+        <v>2704</v>
       </c>
       <c r="M202">
-        <v>2704</v>
+        <v>2720</v>
       </c>
       <c r="N202">
-        <v>2720</v>
+        <v>2745</v>
       </c>
       <c r="O202">
-        <v>2745</v>
+        <v>2768</v>
       </c>
       <c r="P202">
-        <v>2768</v>
+        <v>2795</v>
       </c>
       <c r="Q202">
-        <v>2795</v>
+        <v>2806</v>
       </c>
       <c r="R202">
-        <v>2806</v>
+        <v>2821</v>
       </c>
       <c r="S202">
-        <v>205</v>
+        <v>173</v>
       </c>
       <c r="T202" s="2">
-        <v>7.8815999999999997</v>
+        <v>6.5331999999999999</v>
       </c>
     </row>
     <row r="203" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A203" t="s">
         <v>20</v>
       </c>
       <c r="B203" t="s">
         <v>325</v>
       </c>
       <c r="C203" t="s">
         <v>22</v>
       </c>
       <c r="D203">
         <v>1</v>
       </c>
       <c r="E203" t="s">
         <v>30</v>
       </c>
       <c r="F203" t="s">
         <v>216</v>
       </c>
       <c r="G203">
-        <v>6433</v>
+        <v>6441</v>
       </c>
       <c r="H203">
-        <v>6441</v>
+        <v>6452</v>
       </c>
       <c r="I203">
-        <v>6452</v>
+        <v>6458</v>
       </c>
       <c r="J203">
-        <v>6458</v>
+        <v>6475</v>
       </c>
       <c r="K203">
-        <v>6475</v>
+        <v>6491</v>
       </c>
       <c r="L203">
-        <v>6491</v>
+        <v>6507</v>
       </c>
       <c r="M203">
-        <v>6507</v>
+        <v>6509</v>
       </c>
       <c r="N203">
-        <v>6509</v>
+        <v>6517</v>
       </c>
       <c r="O203">
-        <v>6517</v>
+        <v>6530</v>
       </c>
       <c r="P203">
-        <v>6530</v>
+        <v>6551</v>
       </c>
       <c r="Q203">
-        <v>6551</v>
+        <v>6562</v>
       </c>
       <c r="R203">
-        <v>6562</v>
+        <v>6580</v>
       </c>
       <c r="S203">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="T203" s="2">
-        <v>2.0053000000000001</v>
+        <v>2.1579999999999999</v>
       </c>
     </row>
     <row r="204" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A204" t="s">
         <v>20</v>
       </c>
       <c r="B204" t="s">
         <v>326</v>
       </c>
       <c r="C204" t="s">
         <v>327</v>
       </c>
       <c r="D204">
         <v>2</v>
       </c>
       <c r="E204" t="s">
         <v>23</v>
       </c>
       <c r="F204" t="s">
         <v>77</v>
       </c>
       <c r="G204">
-        <v>4350</v>
+        <v>4513</v>
       </c>
       <c r="H204">
-        <v>4513</v>
+        <v>4637</v>
       </c>
       <c r="I204">
-        <v>4637</v>
+        <v>4764</v>
       </c>
       <c r="J204">
-        <v>4764</v>
+        <v>4848</v>
       </c>
       <c r="K204">
-        <v>4848</v>
+        <v>4943</v>
       </c>
       <c r="L204">
-        <v>4943</v>
+        <v>5037</v>
       </c>
       <c r="M204">
-        <v>5037</v>
+        <v>5171</v>
       </c>
       <c r="N204">
-        <v>5171</v>
+        <v>5289</v>
       </c>
       <c r="O204">
-        <v>5289</v>
+        <v>5402</v>
       </c>
       <c r="P204">
-        <v>5402</v>
+        <v>5497</v>
       </c>
       <c r="Q204">
-        <v>5497</v>
+        <v>5591</v>
       </c>
       <c r="R204">
-        <v>5591</v>
+        <v>5665</v>
       </c>
       <c r="S204">
-        <v>1241</v>
+        <v>1152</v>
       </c>
       <c r="T204" s="2">
-        <v>28.528700000000001</v>
+        <v>25.526299999999999</v>
       </c>
     </row>
     <row r="205" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A205" t="s">
         <v>20</v>
       </c>
       <c r="B205" t="s">
         <v>328</v>
       </c>
       <c r="C205" t="s">
         <v>318</v>
       </c>
       <c r="D205">
         <v>4</v>
       </c>
       <c r="E205" t="s">
         <v>26</v>
       </c>
       <c r="F205" t="s">
         <v>114</v>
       </c>
       <c r="G205">
-        <v>5826</v>
+        <v>5836</v>
       </c>
       <c r="H205">
+        <v>5827</v>
+      </c>
+      <c r="I205">
         <v>5836</v>
       </c>
-      <c r="I205">
-[...1 lines deleted...]
-      </c>
       <c r="J205">
-        <v>5836</v>
+        <v>5846</v>
       </c>
       <c r="K205">
-        <v>5846</v>
+        <v>5858</v>
       </c>
       <c r="L205">
-        <v>5858</v>
+        <v>5859</v>
       </c>
       <c r="M205">
-        <v>5859</v>
+        <v>5866</v>
       </c>
       <c r="N205">
+        <v>5851</v>
+      </c>
+      <c r="O205">
+        <v>5860</v>
+      </c>
+      <c r="P205">
+        <v>5861</v>
+      </c>
+      <c r="Q205">
+        <v>5860</v>
+      </c>
+      <c r="R205">
         <v>5866</v>
       </c>
-      <c r="O205">
-[...10 lines deleted...]
-      </c>
       <c r="S205">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="T205" s="2">
-        <v>0.58360000000000001</v>
+        <v>0.5141</v>
       </c>
     </row>
     <row r="206" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A206" t="s">
         <v>20</v>
       </c>
       <c r="B206" t="s">
         <v>329</v>
       </c>
       <c r="C206" t="s">
         <v>330</v>
       </c>
       <c r="D206">
         <v>4</v>
       </c>
       <c r="E206" t="s">
         <v>26</v>
       </c>
       <c r="F206" t="s">
         <v>272</v>
       </c>
       <c r="G206">
-        <v>6728</v>
+        <v>6786</v>
       </c>
       <c r="H206">
-        <v>6786</v>
+        <v>6827</v>
       </c>
       <c r="I206">
-        <v>6827</v>
+        <v>6878</v>
       </c>
       <c r="J206">
-        <v>6878</v>
+        <v>6900</v>
       </c>
       <c r="K206">
-        <v>6900</v>
+        <v>6935</v>
       </c>
       <c r="L206">
-        <v>6935</v>
+        <v>6997</v>
       </c>
       <c r="M206">
-        <v>6997</v>
+        <v>7010</v>
       </c>
       <c r="N206">
-        <v>7010</v>
+        <v>7028</v>
       </c>
       <c r="O206">
-        <v>7028</v>
+        <v>7054</v>
       </c>
       <c r="P206">
-        <v>7054</v>
+        <v>7011</v>
       </c>
       <c r="Q206">
-        <v>7011</v>
+        <v>7052</v>
       </c>
       <c r="R206">
-        <v>7052</v>
+        <v>7051</v>
       </c>
       <c r="S206">
-        <v>324</v>
+        <v>265</v>
       </c>
       <c r="T206" s="2">
-        <v>4.8156999999999996</v>
+        <v>3.9051</v>
       </c>
     </row>
     <row r="207" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A207" t="s">
         <v>20</v>
       </c>
       <c r="B207" t="s">
         <v>331</v>
       </c>
       <c r="C207" t="s">
         <v>332</v>
       </c>
       <c r="D207">
         <v>4</v>
       </c>
       <c r="E207" t="s">
         <v>26</v>
       </c>
       <c r="F207" t="s">
         <v>27</v>
       </c>
       <c r="G207">
-        <v>2577</v>
+        <v>2681</v>
       </c>
       <c r="H207">
-        <v>2681</v>
+        <v>2777</v>
       </c>
       <c r="I207">
-        <v>2777</v>
+        <v>2859</v>
       </c>
       <c r="J207">
-        <v>2859</v>
+        <v>2950</v>
       </c>
       <c r="K207">
-        <v>2950</v>
+        <v>3080</v>
       </c>
       <c r="L207">
-        <v>3080</v>
+        <v>3139</v>
       </c>
       <c r="M207">
-        <v>3139</v>
+        <v>3195</v>
       </c>
       <c r="N207">
-        <v>3195</v>
+        <v>3255</v>
       </c>
       <c r="O207">
-        <v>3255</v>
+        <v>3351</v>
       </c>
       <c r="P207">
-        <v>3351</v>
+        <v>3436</v>
       </c>
       <c r="Q207">
-        <v>3436</v>
+        <v>3498</v>
       </c>
       <c r="R207">
-        <v>3498</v>
+        <v>3553</v>
       </c>
       <c r="S207">
-        <v>921</v>
+        <v>872</v>
       </c>
       <c r="T207" s="2">
-        <v>35.739199999999997</v>
+        <v>32.525199999999998</v>
       </c>
     </row>
     <row r="208" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A208" t="s">
         <v>20</v>
       </c>
       <c r="B208" t="s">
         <v>333</v>
       </c>
       <c r="C208" t="s">
         <v>22</v>
       </c>
       <c r="D208">
         <v>4</v>
       </c>
       <c r="E208" t="s">
         <v>26</v>
       </c>
       <c r="F208" t="s">
         <v>27</v>
       </c>
       <c r="G208">
-        <v>5230</v>
+        <v>5224</v>
       </c>
       <c r="H208">
-        <v>5224</v>
+        <v>5206</v>
       </c>
       <c r="I208">
-        <v>5206</v>
+        <v>5202</v>
       </c>
       <c r="J208">
-        <v>5202</v>
+        <v>5199</v>
       </c>
       <c r="K208">
-        <v>5199</v>
+        <v>5216</v>
       </c>
       <c r="L208">
-        <v>5216</v>
+        <v>5238</v>
       </c>
       <c r="M208">
-        <v>5238</v>
+        <v>5241</v>
       </c>
       <c r="N208">
-        <v>5241</v>
+        <v>5252</v>
       </c>
       <c r="O208">
-        <v>5252</v>
+        <v>5243</v>
       </c>
       <c r="P208">
-        <v>5243</v>
+        <v>5232</v>
       </c>
       <c r="Q208">
-        <v>5232</v>
+        <v>5218</v>
       </c>
       <c r="R208">
-        <v>5218</v>
+        <v>5222</v>
       </c>
       <c r="S208">
-        <v>-12</v>
+        <v>-2</v>
       </c>
       <c r="T208" s="2">
-        <v>-0.22939999999999999</v>
+        <v>-3.8300000000000001E-2</v>
       </c>
     </row>
     <row r="209" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A209" t="s">
         <v>20</v>
       </c>
       <c r="B209" t="s">
         <v>334</v>
       </c>
       <c r="C209" t="s">
         <v>22</v>
       </c>
       <c r="D209">
         <v>1</v>
       </c>
       <c r="E209" t="s">
         <v>30</v>
       </c>
       <c r="F209" t="s">
         <v>79</v>
       </c>
       <c r="G209">
-        <v>8691</v>
+        <v>8681</v>
       </c>
       <c r="H209">
-        <v>8681</v>
+        <v>8674</v>
       </c>
       <c r="I209">
-        <v>8674</v>
+        <v>8687</v>
       </c>
       <c r="J209">
-        <v>8687</v>
+        <v>8685</v>
       </c>
       <c r="K209">
-        <v>8685</v>
+        <v>8671</v>
       </c>
       <c r="L209">
-        <v>8671</v>
+        <v>8666</v>
       </c>
       <c r="M209">
-        <v>8666</v>
+        <v>8665</v>
       </c>
       <c r="N209">
-        <v>8665</v>
+        <v>8670</v>
       </c>
       <c r="O209">
+        <v>8647</v>
+      </c>
+      <c r="P209">
+        <v>8626</v>
+      </c>
+      <c r="Q209">
+        <v>8639</v>
+      </c>
+      <c r="R209">
         <v>8670</v>
       </c>
-      <c r="P209">
-[...7 lines deleted...]
-      </c>
       <c r="S209">
-        <v>-52</v>
+        <v>-11</v>
       </c>
       <c r="T209" s="2">
-        <v>-0.59830000000000005</v>
+        <v>-0.12670000000000001</v>
       </c>
     </row>
     <row r="210" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A210" t="s">
         <v>20</v>
       </c>
       <c r="B210" t="s">
         <v>335</v>
       </c>
       <c r="C210" t="s">
         <v>336</v>
       </c>
       <c r="D210">
         <v>3</v>
       </c>
       <c r="E210" t="s">
         <v>34</v>
       </c>
       <c r="F210" t="s">
         <v>35</v>
       </c>
       <c r="G210">
-        <v>18019</v>
+        <v>18101</v>
       </c>
       <c r="H210">
-        <v>18101</v>
+        <v>18140</v>
       </c>
       <c r="I210">
-        <v>18140</v>
+        <v>18201</v>
       </c>
       <c r="J210">
-        <v>18201</v>
+        <v>18245</v>
       </c>
       <c r="K210">
-        <v>18245</v>
+        <v>18220</v>
       </c>
       <c r="L210">
-        <v>18220</v>
+        <v>18185</v>
       </c>
       <c r="M210">
-        <v>18185</v>
+        <v>18139</v>
       </c>
       <c r="N210">
-        <v>18139</v>
+        <v>18249</v>
       </c>
       <c r="O210">
-        <v>18249</v>
+        <v>18482</v>
       </c>
       <c r="P210">
-        <v>18482</v>
+        <v>18603</v>
       </c>
       <c r="Q210">
-        <v>18603</v>
+        <v>18669</v>
       </c>
       <c r="R210">
-        <v>18669</v>
+        <v>18666</v>
       </c>
       <c r="S210">
-        <v>650</v>
+        <v>565</v>
       </c>
       <c r="T210" s="2">
-        <v>3.6073</v>
+        <v>3.1214</v>
       </c>
     </row>
     <row r="211" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A211" t="s">
         <v>20</v>
       </c>
       <c r="B211" t="s">
         <v>337</v>
       </c>
       <c r="C211" t="s">
         <v>22</v>
       </c>
       <c r="D211">
         <v>5</v>
       </c>
       <c r="E211" t="s">
         <v>40</v>
       </c>
       <c r="F211" t="s">
         <v>73</v>
       </c>
       <c r="G211">
-        <v>9517</v>
+        <v>9551</v>
       </c>
       <c r="H211">
-        <v>9551</v>
+        <v>9592</v>
       </c>
       <c r="I211">
-        <v>9592</v>
+        <v>9611</v>
       </c>
       <c r="J211">
-        <v>9611</v>
+        <v>9636</v>
       </c>
       <c r="K211">
-        <v>9636</v>
+        <v>9643</v>
       </c>
       <c r="L211">
-        <v>9643</v>
+        <v>9655</v>
       </c>
       <c r="M211">
-        <v>9655</v>
+        <v>9645</v>
       </c>
       <c r="N211">
-        <v>9645</v>
+        <v>9687</v>
       </c>
       <c r="O211">
-        <v>9687</v>
+        <v>9800</v>
       </c>
       <c r="P211">
-        <v>9800</v>
+        <v>9906</v>
       </c>
       <c r="Q211">
-        <v>9906</v>
+        <v>9935</v>
       </c>
       <c r="R211">
-        <v>9935</v>
+        <v>9968</v>
       </c>
       <c r="S211">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="T211" s="2">
-        <v>4.3921000000000001</v>
+        <v>4.3659999999999997</v>
       </c>
     </row>
     <row r="212" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A212" t="s">
         <v>20</v>
       </c>
       <c r="B212" t="s">
         <v>338</v>
       </c>
       <c r="C212" t="s">
         <v>22</v>
       </c>
       <c r="D212">
         <v>2</v>
       </c>
       <c r="E212" t="s">
         <v>23</v>
       </c>
       <c r="F212" t="s">
         <v>85</v>
       </c>
       <c r="G212">
-        <v>19600</v>
+        <v>19614</v>
       </c>
       <c r="H212">
-        <v>19614</v>
+        <v>19640</v>
       </c>
       <c r="I212">
-        <v>19640</v>
+        <v>19675</v>
       </c>
       <c r="J212">
-        <v>19675</v>
+        <v>19698</v>
       </c>
       <c r="K212">
-        <v>19698</v>
+        <v>19723</v>
       </c>
       <c r="L212">
-        <v>19723</v>
+        <v>19768</v>
       </c>
       <c r="M212">
-        <v>19768</v>
+        <v>19791</v>
       </c>
       <c r="N212">
-        <v>19791</v>
+        <v>19817</v>
       </c>
       <c r="O212">
-        <v>19817</v>
+        <v>19799</v>
       </c>
       <c r="P212">
-        <v>19799</v>
+        <v>19845</v>
       </c>
       <c r="Q212">
-        <v>19845</v>
+        <v>19846</v>
       </c>
       <c r="R212">
-        <v>19846</v>
+        <v>19841</v>
       </c>
       <c r="S212">
-        <v>246</v>
+        <v>227</v>
       </c>
       <c r="T212" s="2">
-        <v>1.2551000000000001</v>
+        <v>1.1573</v>
       </c>
     </row>
     <row r="213" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A213" t="s">
         <v>20</v>
       </c>
       <c r="B213" t="s">
         <v>339</v>
       </c>
       <c r="C213" t="s">
         <v>22</v>
       </c>
       <c r="D213">
         <v>3</v>
       </c>
       <c r="E213" t="s">
         <v>34</v>
       </c>
       <c r="F213" t="s">
         <v>35</v>
       </c>
       <c r="G213">
-        <v>5868</v>
+        <v>6072</v>
       </c>
       <c r="H213">
-        <v>6072</v>
+        <v>6083</v>
       </c>
       <c r="I213">
-        <v>6083</v>
+        <v>6068</v>
       </c>
       <c r="J213">
-        <v>6068</v>
+        <v>6038</v>
       </c>
       <c r="K213">
-        <v>6038</v>
+        <v>6056</v>
       </c>
       <c r="L213">
-        <v>6056</v>
+        <v>6032</v>
       </c>
       <c r="M213">
-        <v>6032</v>
+        <v>6001</v>
       </c>
       <c r="N213">
-        <v>6001</v>
+        <v>5982</v>
       </c>
       <c r="O213">
-        <v>5982</v>
+        <v>6013</v>
       </c>
       <c r="P213">
-        <v>6013</v>
+        <v>6015</v>
       </c>
       <c r="Q213">
-        <v>6015</v>
+        <v>6012</v>
       </c>
       <c r="R213">
-        <v>6012</v>
+        <v>5994</v>
       </c>
       <c r="S213">
-        <v>144</v>
+        <v>-78</v>
       </c>
       <c r="T213" s="2">
-        <v>2.4540000000000002</v>
+        <v>-1.2846</v>
       </c>
     </row>
     <row r="214" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A214" t="s">
         <v>20</v>
       </c>
       <c r="B214" t="s">
         <v>340</v>
       </c>
       <c r="C214" t="s">
         <v>22</v>
       </c>
       <c r="D214">
         <v>1</v>
       </c>
       <c r="E214" t="s">
         <v>30</v>
       </c>
       <c r="F214" t="s">
         <v>150</v>
       </c>
       <c r="G214">
-        <v>11485</v>
+        <v>11521</v>
       </c>
       <c r="H214">
-        <v>11521</v>
+        <v>11537</v>
       </c>
       <c r="I214">
-        <v>11537</v>
+        <v>11558</v>
       </c>
       <c r="J214">
-        <v>11558</v>
+        <v>11592</v>
       </c>
       <c r="K214">
-        <v>11592</v>
+        <v>11628</v>
       </c>
       <c r="L214">
-        <v>11628</v>
+        <v>11656</v>
       </c>
       <c r="M214">
-        <v>11656</v>
+        <v>11703</v>
       </c>
       <c r="N214">
-        <v>11703</v>
+        <v>11704</v>
       </c>
       <c r="O214">
-        <v>11704</v>
+        <v>11742</v>
       </c>
       <c r="P214">
-        <v>11742</v>
+        <v>11793</v>
       </c>
       <c r="Q214">
-        <v>11793</v>
+        <v>11834</v>
       </c>
       <c r="R214">
-        <v>11834</v>
+        <v>11873</v>
       </c>
       <c r="S214">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="T214" s="2">
-        <v>3.0387</v>
+        <v>3.0552999999999999</v>
       </c>
     </row>
     <row r="215" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A215" t="s">
         <v>20</v>
       </c>
       <c r="B215" t="s">
         <v>341</v>
       </c>
       <c r="C215" t="s">
         <v>342</v>
       </c>
       <c r="D215">
         <v>3</v>
       </c>
       <c r="E215" t="s">
         <v>34</v>
       </c>
       <c r="F215" t="s">
         <v>35</v>
       </c>
       <c r="G215">
         <v>20112</v>
       </c>
       <c r="H215">
-        <v>20112</v>
+        <v>20122</v>
       </c>
       <c r="I215">
+        <v>20127</v>
+      </c>
+      <c r="J215">
+        <v>20120</v>
+      </c>
+      <c r="K215">
+        <v>20117</v>
+      </c>
+      <c r="L215">
+        <v>20121</v>
+      </c>
+      <c r="M215">
+        <v>20115</v>
+      </c>
+      <c r="N215">
+        <v>20105</v>
+      </c>
+      <c r="O215">
+        <v>20120</v>
+      </c>
+      <c r="P215">
+        <v>20131</v>
+      </c>
+      <c r="Q215">
         <v>20122</v>
       </c>
-      <c r="J215">
-[...22 lines deleted...]
-      </c>
       <c r="R215">
-        <v>20122</v>
+        <v>20116</v>
       </c>
       <c r="S215">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="T215" s="2">
-        <v>4.9700000000000001E-2</v>
+        <v>1.9900000000000001E-2</v>
       </c>
     </row>
     <row r="216" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A216" t="s">
         <v>20</v>
       </c>
       <c r="B216" t="s">
         <v>343</v>
       </c>
       <c r="C216" t="s">
         <v>342</v>
       </c>
       <c r="D216">
         <v>3</v>
       </c>
       <c r="E216" t="s">
         <v>34</v>
       </c>
       <c r="F216" t="s">
         <v>35</v>
       </c>
       <c r="G216">
-        <v>11336</v>
+        <v>11344</v>
       </c>
       <c r="H216">
-        <v>11344</v>
+        <v>11343</v>
       </c>
       <c r="I216">
+        <v>11353</v>
+      </c>
+      <c r="J216">
+        <v>11350</v>
+      </c>
+      <c r="K216">
+        <v>11346</v>
+      </c>
+      <c r="L216">
         <v>11343</v>
       </c>
-      <c r="J216">
-[...7 lines deleted...]
-      </c>
       <c r="M216">
+        <v>11341</v>
+      </c>
+      <c r="N216">
         <v>11343</v>
       </c>
-      <c r="N216">
-[...1 lines deleted...]
-      </c>
       <c r="O216">
-        <v>11343</v>
+        <v>11342</v>
       </c>
       <c r="P216">
-        <v>11342</v>
+        <v>11349</v>
       </c>
       <c r="Q216">
-        <v>11349</v>
+        <v>11345</v>
       </c>
       <c r="R216">
-        <v>11345</v>
+        <v>11390</v>
       </c>
       <c r="S216">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="T216" s="2">
-        <v>7.9399999999999998E-2</v>
+        <v>0.40550000000000003</v>
       </c>
     </row>
     <row r="217" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A217" t="s">
         <v>20</v>
       </c>
       <c r="B217" t="s">
         <v>344</v>
       </c>
       <c r="C217" t="s">
         <v>22</v>
       </c>
       <c r="D217">
         <v>2</v>
       </c>
       <c r="E217" t="s">
         <v>23</v>
       </c>
       <c r="F217" t="s">
         <v>85</v>
       </c>
       <c r="G217">
-        <v>3310</v>
+        <v>3346</v>
       </c>
       <c r="H217">
-        <v>3346</v>
+        <v>3383</v>
       </c>
       <c r="I217">
-        <v>3383</v>
+        <v>3426</v>
       </c>
       <c r="J217">
-        <v>3426</v>
+        <v>3429</v>
       </c>
       <c r="K217">
-        <v>3429</v>
+        <v>3430</v>
       </c>
       <c r="L217">
-        <v>3430</v>
+        <v>3442</v>
       </c>
       <c r="M217">
-        <v>3442</v>
+        <v>3452</v>
       </c>
       <c r="N217">
-        <v>3452</v>
+        <v>3464</v>
       </c>
       <c r="O217">
-        <v>3464</v>
+        <v>3461</v>
       </c>
       <c r="P217">
-        <v>3461</v>
+        <v>3468</v>
       </c>
       <c r="Q217">
-        <v>3468</v>
+        <v>3463</v>
       </c>
       <c r="R217">
-        <v>3463</v>
+        <v>3491</v>
       </c>
       <c r="S217">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="T217" s="2">
-        <v>4.6223999999999998</v>
+        <v>4.3334999999999999</v>
       </c>
     </row>
     <row r="218" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A218" t="s">
         <v>20</v>
       </c>
       <c r="B218" t="s">
         <v>345</v>
       </c>
       <c r="C218" t="s">
         <v>346</v>
       </c>
       <c r="D218">
         <v>2</v>
       </c>
       <c r="E218" t="s">
         <v>23</v>
       </c>
       <c r="F218" t="s">
         <v>24</v>
       </c>
       <c r="G218">
-        <v>6324</v>
+        <v>6330</v>
       </c>
       <c r="H218">
-        <v>6330</v>
+        <v>6359</v>
       </c>
       <c r="I218">
-        <v>6359</v>
+        <v>6404</v>
       </c>
       <c r="J218">
-        <v>6404</v>
+        <v>6452</v>
       </c>
       <c r="K218">
-        <v>6452</v>
+        <v>6492</v>
       </c>
       <c r="L218">
-        <v>6492</v>
+        <v>6523</v>
       </c>
       <c r="M218">
-        <v>6523</v>
+        <v>6545</v>
       </c>
       <c r="N218">
-        <v>6545</v>
+        <v>6592</v>
       </c>
       <c r="O218">
-        <v>6592</v>
+        <v>6633</v>
       </c>
       <c r="P218">
-        <v>6633</v>
+        <v>6679</v>
       </c>
       <c r="Q218">
-        <v>6679</v>
+        <v>6694</v>
       </c>
       <c r="R218">
-        <v>6694</v>
+        <v>6714</v>
       </c>
       <c r="S218">
-        <v>370</v>
+        <v>384</v>
       </c>
       <c r="T218" s="2">
-        <v>5.8506999999999998</v>
+        <v>6.0663999999999998</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:T218" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>202412_202511</vt:lpstr>
+      <vt:lpstr>202501_202512</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Förändringar i vårdval</dc:title>
   <dc:creator>Maria Torstensson</dc:creator>
   <keywords/>
   <lastModifiedBy>Maria Torstensson</lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>