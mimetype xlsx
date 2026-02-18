--- v1 (2026-01-29)
+++ v2 (2026-02-18)
@@ -1,127 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\marto4\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{11219766-BE2A-4007-B076-005CDB758C76}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{BD02C84B-0847-4438-B03B-A76AE5DF77A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="768" yWindow="768" windowWidth="17280" windowHeight="8880" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="202501_202512" sheetId="1" r:id="rId1"/>
+    <sheet name="202502_202601" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'202501_202512'!$A$1:$T$218</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'202502_202601'!$A$1:$T$218</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1108" uniqueCount="347">
   <si>
     <t>Ägarform</t>
   </si>
   <si>
     <t>Vårdcentral</t>
   </si>
   <si>
     <t>Ägare</t>
   </si>
   <si>
     <t>Hsn</t>
   </si>
   <si>
     <t>Nämnd</t>
   </si>
   <si>
     <t>Kommun</t>
   </si>
   <si>
-    <t>Antal 20250131</t>
-[...1 lines deleted...]
-  <si>
     <t>Antal 20250228</t>
   </si>
   <si>
     <t>Antal 20250331</t>
   </si>
   <si>
     <t>Antal 20250430</t>
   </si>
   <si>
     <t>Antal 20250531</t>
   </si>
   <si>
     <t>Antal 20250630</t>
   </si>
   <si>
     <t>Antal 20250731</t>
   </si>
   <si>
     <t>Antal 20250831</t>
   </si>
   <si>
     <t>Antal 20250930</t>
   </si>
   <si>
     <t>Antal 20251031</t>
   </si>
   <si>
     <t>Antal 20251130</t>
   </si>
   <si>
     <t>Antal 20251231</t>
   </si>
   <si>
-    <t>Diff 20250131 - 20251231</t>
-[...2 lines deleted...]
-    <t>Diff % 20250131 - 20251231</t>
+    <t>Antal 20260131</t>
+  </si>
+  <si>
+    <t>Diff 20250228 - 20260131</t>
+  </si>
+  <si>
+    <t>Diff % 20250228 - 20260131</t>
   </si>
   <si>
     <t>Privat</t>
   </si>
   <si>
     <t>Alepraktiken</t>
   </si>
   <si>
     <t>Praktikertjänst AB</t>
   </si>
   <si>
     <t>Västra hälso- och sjukvårdsnämnden</t>
   </si>
   <si>
     <t>Ale</t>
   </si>
   <si>
     <t>Allékliniken Sleipner Vårdcentral</t>
   </si>
   <si>
     <t>Södra hälso- och sjukvårdsnämnden</t>
   </si>
   <si>
     <t>Borås</t>
   </si>
@@ -1544,3774 +1544,3774 @@
       </c>
       <c r="T1" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2">
         <v>2</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2">
-        <v>8277</v>
+        <v>8292</v>
       </c>
       <c r="H2">
-        <v>8292</v>
+        <v>9913</v>
       </c>
       <c r="I2">
-        <v>9913</v>
+        <v>9845</v>
       </c>
       <c r="J2">
-        <v>9845</v>
+        <v>9808</v>
       </c>
       <c r="K2">
-        <v>9808</v>
+        <v>9810</v>
       </c>
       <c r="L2">
-        <v>9810</v>
+        <v>9782</v>
       </c>
       <c r="M2">
-        <v>9782</v>
+        <v>9787</v>
       </c>
       <c r="N2">
-        <v>9787</v>
+        <v>9761</v>
       </c>
       <c r="O2">
-        <v>9761</v>
+        <v>9753</v>
       </c>
       <c r="P2">
-        <v>9753</v>
+        <v>9735</v>
       </c>
       <c r="Q2">
-        <v>9735</v>
+        <v>9725</v>
       </c>
       <c r="R2">
-        <v>9725</v>
+        <v>9726</v>
       </c>
       <c r="S2">
-        <v>1448</v>
+        <v>1434</v>
       </c>
       <c r="T2" s="2">
-        <v>17.494299999999999</v>
+        <v>17.293800000000001</v>
       </c>
     </row>
     <row r="3" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>27</v>
       </c>
       <c r="G3">
-        <v>9090</v>
+        <v>9057</v>
       </c>
       <c r="H3">
-        <v>9057</v>
+        <v>9042</v>
       </c>
       <c r="I3">
-        <v>9042</v>
+        <v>9019</v>
       </c>
       <c r="J3">
-        <v>9019</v>
+        <v>9012</v>
       </c>
       <c r="K3">
-        <v>9012</v>
+        <v>8991</v>
       </c>
       <c r="L3">
-        <v>8991</v>
+        <v>8970</v>
       </c>
       <c r="M3">
+        <v>8974</v>
+      </c>
+      <c r="N3">
+        <v>8994</v>
+      </c>
+      <c r="O3">
         <v>8970</v>
       </c>
-      <c r="N3">
-[...4 lines deleted...]
-      </c>
       <c r="P3">
-        <v>8970</v>
+        <v>8989</v>
       </c>
       <c r="Q3">
-        <v>8989</v>
+        <v>8971</v>
       </c>
       <c r="R3">
-        <v>8971</v>
+        <v>8955</v>
       </c>
       <c r="S3">
-        <v>-119</v>
+        <v>-102</v>
       </c>
       <c r="T3" s="2">
-        <v>-1.3090999999999999</v>
+        <v>-1.1262000000000001</v>
       </c>
     </row>
     <row r="4" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>29</v>
       </c>
       <c r="D4">
         <v>1</v>
       </c>
       <c r="E4" t="s">
         <v>30</v>
       </c>
       <c r="F4" t="s">
         <v>31</v>
       </c>
       <c r="G4">
-        <v>3447</v>
+        <v>3496</v>
       </c>
       <c r="H4">
-        <v>3496</v>
+        <v>3539</v>
       </c>
       <c r="I4">
-        <v>3539</v>
+        <v>3592</v>
       </c>
       <c r="J4">
-        <v>3592</v>
+        <v>3612</v>
       </c>
       <c r="K4">
-        <v>3612</v>
+        <v>3619</v>
       </c>
       <c r="L4">
-        <v>3619</v>
+        <v>3629</v>
       </c>
       <c r="M4">
-        <v>3629</v>
+        <v>3644</v>
       </c>
       <c r="N4">
-        <v>3644</v>
+        <v>3710</v>
       </c>
       <c r="O4">
-        <v>3710</v>
+        <v>3839</v>
       </c>
       <c r="P4">
-        <v>3839</v>
+        <v>3818</v>
       </c>
       <c r="Q4">
-        <v>3818</v>
+        <v>3823</v>
       </c>
       <c r="R4">
-        <v>3823</v>
+        <v>3819</v>
       </c>
       <c r="S4">
-        <v>376</v>
+        <v>323</v>
       </c>
       <c r="T4" s="2">
-        <v>10.907999999999999</v>
+        <v>9.2391000000000005</v>
       </c>
     </row>
     <row r="5" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5">
         <v>3</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5">
-        <v>2105</v>
+        <v>2103</v>
       </c>
       <c r="H5">
-        <v>2103</v>
+        <v>2119</v>
       </c>
       <c r="I5">
-        <v>2119</v>
+        <v>2131</v>
       </c>
       <c r="J5">
+        <v>2133</v>
+      </c>
+      <c r="K5">
+        <v>2140</v>
+      </c>
+      <c r="L5">
+        <v>2133</v>
+      </c>
+      <c r="M5">
         <v>2131</v>
       </c>
-      <c r="K5">
-[...7 lines deleted...]
-      </c>
       <c r="N5">
-        <v>2131</v>
+        <v>2112</v>
       </c>
       <c r="O5">
-        <v>2112</v>
+        <v>2107</v>
       </c>
       <c r="P5">
-        <v>2107</v>
+        <v>2110</v>
       </c>
       <c r="Q5">
-        <v>2110</v>
+        <v>2081</v>
       </c>
       <c r="R5">
-        <v>2081</v>
+        <v>2076</v>
       </c>
       <c r="S5">
-        <v>-24</v>
+        <v>-27</v>
       </c>
       <c r="T5" s="2">
-        <v>-1.1400999999999999</v>
+        <v>-1.2839</v>
       </c>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>27</v>
       </c>
       <c r="G6">
-        <v>3899</v>
+        <v>3918</v>
       </c>
       <c r="H6">
-        <v>3918</v>
+        <v>3887</v>
       </c>
       <c r="I6">
-        <v>3887</v>
+        <v>3885</v>
       </c>
       <c r="J6">
-        <v>3885</v>
+        <v>3878</v>
       </c>
       <c r="K6">
-        <v>3878</v>
+        <v>3850</v>
       </c>
       <c r="L6">
-        <v>3850</v>
+        <v>3846</v>
       </c>
       <c r="M6">
-        <v>3846</v>
+        <v>3862</v>
       </c>
       <c r="N6">
-        <v>3862</v>
+        <v>3854</v>
       </c>
       <c r="O6">
-        <v>3854</v>
+        <v>3873</v>
       </c>
       <c r="P6">
-        <v>3873</v>
+        <v>3901</v>
       </c>
       <c r="Q6">
-        <v>3901</v>
+        <v>3894</v>
       </c>
       <c r="R6">
-        <v>3894</v>
+        <v>3892</v>
       </c>
       <c r="S6">
-        <v>-5</v>
+        <v>-26</v>
       </c>
       <c r="T6" s="2">
-        <v>-0.12820000000000001</v>
+        <v>-0.66359999999999997</v>
       </c>
     </row>
     <row r="7" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7">
         <v>5</v>
       </c>
       <c r="E7" t="s">
         <v>40</v>
       </c>
       <c r="F7" t="s">
         <v>41</v>
       </c>
       <c r="G7">
-        <v>8660</v>
+        <v>8663</v>
       </c>
       <c r="H7">
-        <v>8663</v>
+        <v>8684</v>
       </c>
       <c r="I7">
-        <v>8684</v>
+        <v>8685</v>
       </c>
       <c r="J7">
-        <v>8685</v>
+        <v>8716</v>
       </c>
       <c r="K7">
-        <v>8716</v>
+        <v>8736</v>
       </c>
       <c r="L7">
-        <v>8736</v>
+        <v>8728</v>
       </c>
       <c r="M7">
-        <v>8728</v>
+        <v>8748</v>
       </c>
       <c r="N7">
-        <v>8748</v>
+        <v>8783</v>
       </c>
       <c r="O7">
-        <v>8783</v>
+        <v>8830</v>
       </c>
       <c r="P7">
-        <v>8830</v>
+        <v>8860</v>
       </c>
       <c r="Q7">
-        <v>8860</v>
+        <v>8845</v>
       </c>
       <c r="R7">
-        <v>8845</v>
+        <v>8853</v>
       </c>
       <c r="S7">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="T7" s="2">
-        <v>2.1362999999999999</v>
+        <v>2.1932</v>
       </c>
     </row>
     <row r="8" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8">
         <v>2</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8">
-        <v>9936</v>
+        <v>9958</v>
       </c>
       <c r="H8">
-        <v>9958</v>
+        <v>10005</v>
       </c>
       <c r="I8">
-        <v>10005</v>
+        <v>10022</v>
       </c>
       <c r="J8">
-        <v>10022</v>
+        <v>10037</v>
       </c>
       <c r="K8">
-        <v>10037</v>
+        <v>10063</v>
       </c>
       <c r="L8">
-        <v>10063</v>
+        <v>10075</v>
       </c>
       <c r="M8">
-        <v>10075</v>
+        <v>10106</v>
       </c>
       <c r="N8">
-        <v>10106</v>
+        <v>10114</v>
       </c>
       <c r="O8">
-        <v>10114</v>
+        <v>10137</v>
       </c>
       <c r="P8">
-        <v>10137</v>
+        <v>10167</v>
       </c>
       <c r="Q8">
-        <v>10167</v>
+        <v>10212</v>
       </c>
       <c r="R8">
-        <v>10212</v>
+        <v>10215</v>
       </c>
       <c r="S8">
-        <v>276</v>
+        <v>257</v>
       </c>
       <c r="T8" s="2">
-        <v>2.7778</v>
+        <v>2.5808</v>
       </c>
     </row>
     <row r="9" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9">
         <v>5</v>
       </c>
       <c r="E9" t="s">
         <v>40</v>
       </c>
       <c r="F9" t="s">
         <v>45</v>
       </c>
       <c r="G9">
-        <v>17721</v>
+        <v>17739</v>
       </c>
       <c r="H9">
-        <v>17739</v>
+        <v>17761</v>
       </c>
       <c r="I9">
+        <v>17759</v>
+      </c>
+      <c r="J9">
+        <v>17787</v>
+      </c>
+      <c r="K9">
+        <v>17803</v>
+      </c>
+      <c r="L9">
+        <v>17793</v>
+      </c>
+      <c r="M9">
+        <v>17789</v>
+      </c>
+      <c r="N9">
+        <v>17781</v>
+      </c>
+      <c r="O9">
+        <v>17772</v>
+      </c>
+      <c r="P9">
+        <v>17783</v>
+      </c>
+      <c r="Q9">
+        <v>17766</v>
+      </c>
+      <c r="R9">
         <v>17761</v>
       </c>
-      <c r="J9">
-[...25 lines deleted...]
-      </c>
       <c r="S9">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="T9" s="2">
-        <v>0.25390000000000001</v>
+        <v>0.124</v>
       </c>
     </row>
     <row r="10" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>27</v>
       </c>
       <c r="G10">
-        <v>9276</v>
+        <v>9264</v>
       </c>
       <c r="H10">
-        <v>9264</v>
+        <v>9261</v>
       </c>
       <c r="I10">
-        <v>9261</v>
+        <v>9281</v>
       </c>
       <c r="J10">
-        <v>9281</v>
+        <v>9284</v>
       </c>
       <c r="K10">
-        <v>9284</v>
+        <v>9277</v>
       </c>
       <c r="L10">
-        <v>9277</v>
+        <v>9302</v>
       </c>
       <c r="M10">
-        <v>9302</v>
+        <v>9301</v>
       </c>
       <c r="N10">
-        <v>9301</v>
+        <v>9319</v>
       </c>
       <c r="O10">
-        <v>9319</v>
+        <v>9328</v>
       </c>
       <c r="P10">
-        <v>9328</v>
+        <v>9331</v>
       </c>
       <c r="Q10">
-        <v>9331</v>
+        <v>9325</v>
       </c>
       <c r="R10">
-        <v>9325</v>
+        <v>9306</v>
       </c>
       <c r="S10">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="T10" s="2">
-        <v>0.5282</v>
+        <v>0.45340000000000003</v>
       </c>
     </row>
     <row r="11" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
       <c r="D11">
         <v>2</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11" t="s">
         <v>49</v>
       </c>
       <c r="G11">
         <v>5582</v>
       </c>
       <c r="H11">
+        <v>5571</v>
+      </c>
+      <c r="I11">
+        <v>5575</v>
+      </c>
+      <c r="J11">
+        <v>5593</v>
+      </c>
+      <c r="K11">
+        <v>5589</v>
+      </c>
+      <c r="L11">
         <v>5582</v>
       </c>
-      <c r="I11">
-[...10 lines deleted...]
-      </c>
       <c r="M11">
-        <v>5582</v>
+        <v>5591</v>
       </c>
       <c r="N11">
-        <v>5591</v>
+        <v>5586</v>
       </c>
       <c r="O11">
-        <v>5586</v>
+        <v>5573</v>
       </c>
       <c r="P11">
-        <v>5573</v>
+        <v>5563</v>
       </c>
       <c r="Q11">
-        <v>5563</v>
+        <v>5562</v>
       </c>
       <c r="R11">
-        <v>5562</v>
+        <v>5558</v>
       </c>
       <c r="S11">
-        <v>-20</v>
+        <v>-24</v>
       </c>
       <c r="T11" s="2">
-        <v>-0.35830000000000001</v>
+        <v>-0.43</v>
       </c>
     </row>
     <row r="12" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
       <c r="D12">
         <v>3</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12">
         <v>10389</v>
       </c>
       <c r="H12">
-        <v>10389</v>
+        <v>10400</v>
       </c>
       <c r="I12">
         <v>10400</v>
       </c>
       <c r="J12">
-        <v>10400</v>
+        <v>10411</v>
       </c>
       <c r="K12">
-        <v>10411</v>
+        <v>10432</v>
       </c>
       <c r="L12">
-        <v>10432</v>
+        <v>10447</v>
       </c>
       <c r="M12">
-        <v>10447</v>
+        <v>10427</v>
       </c>
       <c r="N12">
-        <v>10427</v>
+        <v>10416</v>
       </c>
       <c r="O12">
-        <v>10416</v>
+        <v>10425</v>
       </c>
       <c r="P12">
-        <v>10425</v>
+        <v>10408</v>
       </c>
       <c r="Q12">
-        <v>10408</v>
+        <v>10384</v>
       </c>
       <c r="R12">
-        <v>10384</v>
+        <v>10366</v>
       </c>
       <c r="S12">
-        <v>-5</v>
+        <v>-23</v>
       </c>
       <c r="T12" s="2">
-        <v>-4.8099999999999997E-2</v>
+        <v>-0.22140000000000001</v>
       </c>
     </row>
     <row r="13" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>52</v>
       </c>
       <c r="C13" t="s">
         <v>48</v>
       </c>
       <c r="D13">
         <v>3</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>35</v>
       </c>
       <c r="G13">
-        <v>9304</v>
+        <v>9332</v>
       </c>
       <c r="H13">
-        <v>9332</v>
+        <v>9903</v>
       </c>
       <c r="I13">
-        <v>9903</v>
+        <v>10145</v>
       </c>
       <c r="J13">
-        <v>10145</v>
+        <v>10281</v>
       </c>
       <c r="K13">
-        <v>10281</v>
+        <v>10308</v>
       </c>
       <c r="L13">
-        <v>10308</v>
+        <v>10411</v>
       </c>
       <c r="M13">
-        <v>10411</v>
+        <v>10422</v>
       </c>
       <c r="N13">
-        <v>10422</v>
+        <v>10438</v>
       </c>
       <c r="O13">
-        <v>10438</v>
+        <v>10497</v>
       </c>
       <c r="P13">
-        <v>10497</v>
+        <v>10574</v>
       </c>
       <c r="Q13">
-        <v>10574</v>
+        <v>10594</v>
       </c>
       <c r="R13">
-        <v>10594</v>
+        <v>10650</v>
       </c>
       <c r="S13">
-        <v>1290</v>
+        <v>1318</v>
       </c>
       <c r="T13" s="2">
-        <v>13.865</v>
+        <v>14.1234</v>
       </c>
     </row>
     <row r="14" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
         <v>53</v>
       </c>
       <c r="C14" t="s">
         <v>51</v>
       </c>
       <c r="D14">
         <v>3</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" t="s">
         <v>35</v>
       </c>
       <c r="G14">
-        <v>10692</v>
+        <v>10716</v>
       </c>
       <c r="H14">
-        <v>10716</v>
+        <v>10712</v>
       </c>
       <c r="I14">
-        <v>10712</v>
+        <v>10709</v>
       </c>
       <c r="J14">
-        <v>10709</v>
+        <v>10680</v>
       </c>
       <c r="K14">
-        <v>10680</v>
+        <v>10676</v>
       </c>
       <c r="L14">
-        <v>10676</v>
+        <v>10645</v>
       </c>
       <c r="M14">
-        <v>10645</v>
+        <v>10603</v>
       </c>
       <c r="N14">
-        <v>10603</v>
+        <v>10557</v>
       </c>
       <c r="O14">
-        <v>10557</v>
+        <v>10527</v>
       </c>
       <c r="P14">
-        <v>10527</v>
+        <v>10500</v>
       </c>
       <c r="Q14">
-        <v>10500</v>
+        <v>10469</v>
       </c>
       <c r="R14">
-        <v>10469</v>
+        <v>10467</v>
       </c>
       <c r="S14">
-        <v>-223</v>
+        <v>-249</v>
       </c>
       <c r="T14" s="2">
-        <v>-2.0857000000000001</v>
+        <v>-2.3235999999999999</v>
       </c>
     </row>
     <row r="15" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
         <v>20</v>
       </c>
       <c r="B15" t="s">
         <v>54</v>
       </c>
       <c r="C15" t="s">
         <v>55</v>
       </c>
       <c r="D15">
         <v>5</v>
       </c>
       <c r="E15" t="s">
         <v>40</v>
       </c>
       <c r="F15" t="s">
         <v>56</v>
       </c>
       <c r="G15">
-        <v>5832</v>
+        <v>5825</v>
       </c>
       <c r="H15">
-        <v>5825</v>
+        <v>5830</v>
       </c>
       <c r="I15">
-        <v>5830</v>
+        <v>5836</v>
       </c>
       <c r="J15">
-        <v>5836</v>
+        <v>5820</v>
       </c>
       <c r="K15">
-        <v>5820</v>
+        <v>5835</v>
       </c>
       <c r="L15">
         <v>5835</v>
       </c>
       <c r="M15">
-        <v>5835</v>
+        <v>5826</v>
       </c>
       <c r="N15">
-        <v>5826</v>
+        <v>5819</v>
       </c>
       <c r="O15">
-        <v>5819</v>
+        <v>5809</v>
       </c>
       <c r="P15">
-        <v>5809</v>
+        <v>5806</v>
       </c>
       <c r="Q15">
-        <v>5806</v>
+        <v>5800</v>
       </c>
       <c r="R15">
-        <v>5800</v>
+        <v>5786</v>
       </c>
       <c r="S15">
-        <v>-32</v>
+        <v>-39</v>
       </c>
       <c r="T15" s="2">
-        <v>-0.54869999999999997</v>
+        <v>-0.66949999999999998</v>
       </c>
     </row>
     <row r="16" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16" t="s">
         <v>57</v>
       </c>
       <c r="C16" t="s">
         <v>51</v>
       </c>
       <c r="D16">
         <v>3</v>
       </c>
       <c r="E16" t="s">
         <v>34</v>
       </c>
       <c r="F16" t="s">
         <v>35</v>
       </c>
       <c r="G16">
-        <v>10376</v>
+        <v>10399</v>
       </c>
       <c r="H16">
-        <v>10399</v>
+        <v>10424</v>
       </c>
       <c r="I16">
-        <v>10424</v>
+        <v>10465</v>
       </c>
       <c r="J16">
-        <v>10465</v>
+        <v>10517</v>
       </c>
       <c r="K16">
-        <v>10517</v>
+        <v>10550</v>
       </c>
       <c r="L16">
-        <v>10550</v>
+        <v>10551</v>
       </c>
       <c r="M16">
-        <v>10551</v>
+        <v>10643</v>
       </c>
       <c r="N16">
-        <v>10643</v>
+        <v>10725</v>
       </c>
       <c r="O16">
-        <v>10725</v>
+        <v>10799</v>
       </c>
       <c r="P16">
-        <v>10799</v>
+        <v>10816</v>
       </c>
       <c r="Q16">
-        <v>10816</v>
+        <v>10843</v>
       </c>
       <c r="R16">
-        <v>10843</v>
+        <v>10867</v>
       </c>
       <c r="S16">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="T16" s="2">
-        <v>4.5007999999999999</v>
+        <v>4.5004</v>
       </c>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17" t="s">
         <v>58</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17">
         <v>1</v>
       </c>
       <c r="E17" t="s">
         <v>30</v>
       </c>
       <c r="F17" t="s">
         <v>31</v>
       </c>
       <c r="G17">
-        <v>4693</v>
+        <v>4694</v>
       </c>
       <c r="H17">
-        <v>4694</v>
+        <v>4677</v>
       </c>
       <c r="I17">
-        <v>4677</v>
+        <v>4630</v>
       </c>
       <c r="J17">
-        <v>4630</v>
+        <v>4641</v>
       </c>
       <c r="K17">
-        <v>4641</v>
+        <v>4629</v>
       </c>
       <c r="L17">
-        <v>4629</v>
+        <v>4612</v>
       </c>
       <c r="M17">
-        <v>4612</v>
+        <v>4579</v>
       </c>
       <c r="N17">
-        <v>4579</v>
+        <v>4603</v>
       </c>
       <c r="O17">
-        <v>4603</v>
+        <v>4626</v>
       </c>
       <c r="P17">
-        <v>4626</v>
+        <v>4639</v>
       </c>
       <c r="Q17">
-        <v>4639</v>
+        <v>4637</v>
       </c>
       <c r="R17">
-        <v>4637</v>
+        <v>4616</v>
       </c>
       <c r="S17">
-        <v>-56</v>
+        <v>-78</v>
       </c>
       <c r="T17" s="2">
-        <v>-1.1933</v>
+        <v>-1.6617</v>
       </c>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
         <v>59</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
       <c r="D18">
         <v>3</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" t="s">
         <v>35</v>
       </c>
       <c r="G18">
-        <v>13915</v>
+        <v>13905</v>
       </c>
       <c r="H18">
-        <v>13905</v>
+        <v>13938</v>
       </c>
       <c r="I18">
-        <v>13938</v>
+        <v>13948</v>
       </c>
       <c r="J18">
-        <v>13948</v>
+        <v>13955</v>
       </c>
       <c r="K18">
-        <v>13955</v>
+        <v>13971</v>
       </c>
       <c r="L18">
-        <v>13971</v>
+        <v>13988</v>
       </c>
       <c r="M18">
+        <v>13979</v>
+      </c>
+      <c r="N18">
         <v>13988</v>
       </c>
-      <c r="N18">
-[...1 lines deleted...]
-      </c>
       <c r="O18">
-        <v>13988</v>
+        <v>14017</v>
       </c>
       <c r="P18">
-        <v>14017</v>
+        <v>14046</v>
       </c>
       <c r="Q18">
-        <v>14046</v>
+        <v>14023</v>
       </c>
       <c r="R18">
-        <v>14023</v>
+        <v>14036</v>
       </c>
       <c r="S18">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="T18" s="2">
-        <v>0.77610000000000001</v>
+        <v>0.94210000000000005</v>
       </c>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
         <v>20</v>
       </c>
       <c r="B19" t="s">
         <v>60</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
       <c r="D19">
         <v>3</v>
       </c>
       <c r="E19" t="s">
         <v>34</v>
       </c>
       <c r="F19" t="s">
         <v>35</v>
       </c>
       <c r="G19">
-        <v>17530</v>
+        <v>17558</v>
       </c>
       <c r="H19">
-        <v>17558</v>
+        <v>17593</v>
       </c>
       <c r="I19">
-        <v>17593</v>
+        <v>17565</v>
       </c>
       <c r="J19">
-        <v>17565</v>
+        <v>17532</v>
       </c>
       <c r="K19">
-        <v>17532</v>
+        <v>17513</v>
       </c>
       <c r="L19">
-        <v>17513</v>
+        <v>17469</v>
       </c>
       <c r="M19">
-        <v>17469</v>
+        <v>17488</v>
       </c>
       <c r="N19">
-        <v>17488</v>
+        <v>17536</v>
       </c>
       <c r="O19">
-        <v>17536</v>
+        <v>17518</v>
       </c>
       <c r="P19">
-        <v>17518</v>
+        <v>17452</v>
       </c>
       <c r="Q19">
-        <v>17452</v>
+        <v>17320</v>
       </c>
       <c r="R19">
-        <v>17320</v>
+        <v>17220</v>
       </c>
       <c r="S19">
-        <v>-210</v>
+        <v>-338</v>
       </c>
       <c r="T19" s="2">
-        <v>-1.1979</v>
+        <v>-1.925</v>
       </c>
     </row>
     <row r="20" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20" t="s">
         <v>61</v>
       </c>
       <c r="C20" t="s">
         <v>51</v>
       </c>
       <c r="D20">
         <v>3</v>
       </c>
       <c r="E20" t="s">
         <v>34</v>
       </c>
       <c r="F20" t="s">
         <v>35</v>
       </c>
       <c r="G20">
-        <v>7584</v>
+        <v>7610</v>
       </c>
       <c r="H20">
-        <v>7610</v>
+        <v>7613</v>
       </c>
       <c r="I20">
-        <v>7613</v>
+        <v>7582</v>
       </c>
       <c r="J20">
-        <v>7582</v>
+        <v>7571</v>
       </c>
       <c r="K20">
-        <v>7571</v>
+        <v>7606</v>
       </c>
       <c r="L20">
-        <v>7606</v>
+        <v>7596</v>
       </c>
       <c r="M20">
-        <v>7596</v>
+        <v>7626</v>
       </c>
       <c r="N20">
-        <v>7626</v>
+        <v>7661</v>
       </c>
       <c r="O20">
-        <v>7661</v>
+        <v>7689</v>
       </c>
       <c r="P20">
-        <v>7689</v>
+        <v>7655</v>
       </c>
       <c r="Q20">
-        <v>7655</v>
+        <v>7617</v>
       </c>
       <c r="R20">
-        <v>7617</v>
+        <v>7563</v>
       </c>
       <c r="S20">
-        <v>33</v>
+        <v>-47</v>
       </c>
       <c r="T20" s="2">
-        <v>0.43509999999999999</v>
+        <v>-0.61760000000000004</v>
       </c>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>62</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
       <c r="D21">
         <v>1</v>
       </c>
       <c r="E21" t="s">
         <v>30</v>
       </c>
       <c r="F21" t="s">
         <v>63</v>
       </c>
       <c r="G21">
-        <v>6975</v>
+        <v>6948</v>
       </c>
       <c r="H21">
-        <v>6948</v>
+        <v>6956</v>
       </c>
       <c r="I21">
-        <v>6956</v>
+        <v>6952</v>
       </c>
       <c r="J21">
-        <v>6952</v>
+        <v>6939</v>
       </c>
       <c r="K21">
-        <v>6939</v>
+        <v>6934</v>
       </c>
       <c r="L21">
+        <v>6933</v>
+      </c>
+      <c r="M21">
+        <v>6943</v>
+      </c>
+      <c r="N21">
         <v>6934</v>
       </c>
-      <c r="M21">
-[...4 lines deleted...]
-      </c>
       <c r="O21">
-        <v>6934</v>
+        <v>6940</v>
       </c>
       <c r="P21">
-        <v>6940</v>
+        <v>6925</v>
       </c>
       <c r="Q21">
-        <v>6925</v>
+        <v>6927</v>
       </c>
       <c r="R21">
-        <v>6927</v>
+        <v>6917</v>
       </c>
       <c r="S21">
-        <v>-48</v>
+        <v>-31</v>
       </c>
       <c r="T21" s="2">
-        <v>-0.68820000000000003</v>
+        <v>-0.44619999999999999</v>
       </c>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
         <v>20</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" t="s">
         <v>48</v>
       </c>
       <c r="D22">
         <v>2</v>
       </c>
       <c r="E22" t="s">
         <v>23</v>
       </c>
       <c r="F22" t="s">
         <v>65</v>
       </c>
       <c r="G22">
-        <v>3420</v>
+        <v>3404</v>
       </c>
       <c r="H22">
-        <v>3404</v>
+        <v>3402</v>
       </c>
       <c r="I22">
-        <v>3402</v>
+        <v>3389</v>
       </c>
       <c r="J22">
-        <v>3389</v>
+        <v>3379</v>
       </c>
       <c r="K22">
-        <v>3379</v>
+        <v>3377</v>
       </c>
       <c r="L22">
-        <v>3377</v>
+        <v>3366</v>
       </c>
       <c r="M22">
-        <v>3366</v>
+        <v>3351</v>
       </c>
       <c r="N22">
-        <v>3351</v>
+        <v>3324</v>
       </c>
       <c r="O22">
-        <v>3324</v>
+        <v>3337</v>
       </c>
       <c r="P22">
-        <v>3337</v>
+        <v>3341</v>
       </c>
       <c r="Q22">
-        <v>3341</v>
+        <v>3343</v>
       </c>
       <c r="R22">
-        <v>3343</v>
+        <v>3333</v>
       </c>
       <c r="S22">
-        <v>-77</v>
+        <v>-71</v>
       </c>
       <c r="T22" s="2">
-        <v>-2.2515000000000001</v>
+        <v>-2.0857999999999999</v>
       </c>
     </row>
     <row r="23" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
         <v>20</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>55</v>
       </c>
       <c r="D23">
         <v>2</v>
       </c>
       <c r="E23" t="s">
         <v>23</v>
       </c>
       <c r="F23" t="s">
         <v>67</v>
       </c>
       <c r="G23">
-        <v>10464</v>
+        <v>10473</v>
       </c>
       <c r="H23">
-        <v>10473</v>
+        <v>10485</v>
       </c>
       <c r="I23">
-        <v>10485</v>
+        <v>10484</v>
       </c>
       <c r="J23">
-        <v>10484</v>
+        <v>10488</v>
       </c>
       <c r="K23">
-        <v>10488</v>
+        <v>10475</v>
       </c>
       <c r="L23">
-        <v>10475</v>
+        <v>10465</v>
       </c>
       <c r="M23">
-        <v>10465</v>
+        <v>10453</v>
       </c>
       <c r="N23">
-        <v>10453</v>
+        <v>10430</v>
       </c>
       <c r="O23">
-        <v>10430</v>
+        <v>10426</v>
       </c>
       <c r="P23">
-        <v>10426</v>
+        <v>10423</v>
       </c>
       <c r="Q23">
-        <v>10423</v>
+        <v>10425</v>
       </c>
       <c r="R23">
-        <v>10425</v>
+        <v>10393</v>
       </c>
       <c r="S23">
-        <v>-39</v>
+        <v>-80</v>
       </c>
       <c r="T23" s="2">
-        <v>-0.37269999999999998</v>
+        <v>-0.76390000000000002</v>
       </c>
     </row>
     <row r="24" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
         <v>20</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>1</v>
       </c>
       <c r="E24" t="s">
         <v>30</v>
       </c>
       <c r="F24" t="s">
         <v>69</v>
       </c>
       <c r="G24">
-        <v>10225</v>
+        <v>10217</v>
       </c>
       <c r="H24">
-        <v>10217</v>
+        <v>10226</v>
       </c>
       <c r="I24">
-        <v>10226</v>
+        <v>10235</v>
       </c>
       <c r="J24">
-        <v>10235</v>
+        <v>10253</v>
       </c>
       <c r="K24">
-        <v>10253</v>
+        <v>10282</v>
       </c>
       <c r="L24">
-        <v>10282</v>
+        <v>10313</v>
       </c>
       <c r="M24">
-        <v>10313</v>
+        <v>10330</v>
       </c>
       <c r="N24">
-        <v>10330</v>
+        <v>10346</v>
       </c>
       <c r="O24">
-        <v>10346</v>
+        <v>10362</v>
       </c>
       <c r="P24">
-        <v>10362</v>
+        <v>10354</v>
       </c>
       <c r="Q24">
-        <v>10354</v>
+        <v>10371</v>
       </c>
       <c r="R24">
-        <v>10371</v>
+        <v>10379</v>
       </c>
       <c r="S24">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="T24" s="2">
-        <v>1.4278999999999999</v>
+        <v>1.5855999999999999</v>
       </c>
     </row>
     <row r="25" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
         <v>20</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
       <c r="C25" t="s">
         <v>48</v>
       </c>
       <c r="D25">
         <v>3</v>
       </c>
       <c r="E25" t="s">
         <v>34</v>
       </c>
       <c r="F25" t="s">
         <v>35</v>
       </c>
       <c r="G25">
-        <v>8561</v>
+        <v>8631</v>
       </c>
       <c r="H25">
-        <v>8631</v>
+        <v>8779</v>
       </c>
       <c r="I25">
-        <v>8779</v>
+        <v>8824</v>
       </c>
       <c r="J25">
-        <v>8824</v>
+        <v>8894</v>
       </c>
       <c r="K25">
-        <v>8894</v>
+        <v>8939</v>
       </c>
       <c r="L25">
-        <v>8939</v>
+        <v>9005</v>
       </c>
       <c r="M25">
-        <v>9005</v>
+        <v>9116</v>
       </c>
       <c r="N25">
-        <v>9116</v>
+        <v>9168</v>
       </c>
       <c r="O25">
-        <v>9168</v>
+        <v>9167</v>
       </c>
       <c r="P25">
-        <v>9167</v>
+        <v>9158</v>
       </c>
       <c r="Q25">
-        <v>9158</v>
+        <v>9171</v>
       </c>
       <c r="R25">
-        <v>9171</v>
+        <v>9187</v>
       </c>
       <c r="S25">
-        <v>610</v>
+        <v>556</v>
       </c>
       <c r="T25" s="2">
-        <v>7.1253000000000002</v>
+        <v>6.4419000000000004</v>
       </c>
     </row>
     <row r="26" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
         <v>20</v>
       </c>
       <c r="B26" t="s">
         <v>71</v>
       </c>
       <c r="C26" t="s">
         <v>72</v>
       </c>
       <c r="D26">
         <v>5</v>
       </c>
       <c r="E26" t="s">
         <v>40</v>
       </c>
       <c r="F26" t="s">
         <v>73</v>
       </c>
       <c r="G26">
-        <v>2523</v>
+        <v>2527</v>
       </c>
       <c r="H26">
-        <v>2527</v>
+        <v>2530</v>
       </c>
       <c r="I26">
         <v>2530</v>
       </c>
       <c r="J26">
-        <v>2530</v>
+        <v>2531</v>
       </c>
       <c r="K26">
-        <v>2531</v>
+        <v>2523</v>
       </c>
       <c r="L26">
-        <v>2523</v>
+        <v>2524</v>
       </c>
       <c r="M26">
-        <v>2524</v>
+        <v>2532</v>
       </c>
       <c r="N26">
-        <v>2532</v>
+        <v>2517</v>
       </c>
       <c r="O26">
-        <v>2517</v>
+        <v>2527</v>
       </c>
       <c r="P26">
-        <v>2527</v>
+        <v>2525</v>
       </c>
       <c r="Q26">
-        <v>2525</v>
+        <v>2526</v>
       </c>
       <c r="R26">
-        <v>2526</v>
+        <v>2541</v>
       </c>
       <c r="S26">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="T26" s="2">
-        <v>0.11890000000000001</v>
+        <v>0.55400000000000005</v>
       </c>
     </row>
     <row r="27" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
         <v>20</v>
       </c>
       <c r="B27" t="s">
         <v>74</v>
       </c>
       <c r="C27" t="s">
         <v>75</v>
       </c>
       <c r="D27">
         <v>5</v>
       </c>
       <c r="E27" t="s">
         <v>40</v>
       </c>
       <c r="F27" t="s">
         <v>73</v>
       </c>
       <c r="G27">
-        <v>5044</v>
+        <v>5041</v>
       </c>
       <c r="H27">
-        <v>5041</v>
+        <v>5023</v>
       </c>
       <c r="I27">
-        <v>5023</v>
+        <v>5017</v>
       </c>
       <c r="J27">
-        <v>5017</v>
+        <v>4993</v>
       </c>
       <c r="K27">
-        <v>4993</v>
+        <v>4970</v>
       </c>
       <c r="L27">
-        <v>4970</v>
+        <v>4961</v>
       </c>
       <c r="M27">
-        <v>4961</v>
+        <v>4973</v>
       </c>
       <c r="N27">
-        <v>4973</v>
+        <v>4964</v>
       </c>
       <c r="O27">
-        <v>4964</v>
+        <v>4977</v>
       </c>
       <c r="P27">
-        <v>4977</v>
+        <v>4971</v>
       </c>
       <c r="Q27">
+        <v>4967</v>
+      </c>
+      <c r="R27">
         <v>4971</v>
       </c>
-      <c r="R27">
-[...1 lines deleted...]
-      </c>
       <c r="S27">
-        <v>-77</v>
+        <v>-70</v>
       </c>
       <c r="T27" s="2">
-        <v>-1.5266</v>
+        <v>-1.3886000000000001</v>
       </c>
     </row>
     <row r="28" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
         <v>20</v>
       </c>
       <c r="B28" t="s">
         <v>76</v>
       </c>
       <c r="C28" t="s">
         <v>48</v>
       </c>
       <c r="D28">
         <v>2</v>
       </c>
       <c r="E28" t="s">
         <v>23</v>
       </c>
       <c r="F28" t="s">
         <v>77</v>
       </c>
       <c r="G28">
-        <v>11270</v>
+        <v>11225</v>
       </c>
       <c r="H28">
-        <v>11225</v>
+        <v>11181</v>
       </c>
       <c r="I28">
-        <v>11181</v>
+        <v>11163</v>
       </c>
       <c r="J28">
-        <v>11163</v>
+        <v>11125</v>
       </c>
       <c r="K28">
-        <v>11125</v>
+        <v>11088</v>
       </c>
       <c r="L28">
-        <v>11088</v>
+        <v>11001</v>
       </c>
       <c r="M28">
-        <v>11001</v>
+        <v>10966</v>
       </c>
       <c r="N28">
-        <v>10966</v>
+        <v>10930</v>
       </c>
       <c r="O28">
-        <v>10930</v>
+        <v>10899</v>
       </c>
       <c r="P28">
-        <v>10899</v>
+        <v>10865</v>
       </c>
       <c r="Q28">
-        <v>10865</v>
+        <v>10838</v>
       </c>
       <c r="R28">
-        <v>10838</v>
+        <v>10812</v>
       </c>
       <c r="S28">
-        <v>-432</v>
+        <v>-413</v>
       </c>
       <c r="T28" s="2">
-        <v>-3.8332000000000002</v>
+        <v>-3.6793</v>
       </c>
     </row>
     <row r="29" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" t="s">
         <v>78</v>
       </c>
       <c r="C29" t="s">
         <v>48</v>
       </c>
       <c r="D29">
         <v>1</v>
       </c>
       <c r="E29" t="s">
         <v>30</v>
       </c>
       <c r="F29" t="s">
         <v>79</v>
       </c>
       <c r="G29">
-        <v>5037</v>
+        <v>5055</v>
       </c>
       <c r="H29">
-        <v>5055</v>
+        <v>5052</v>
       </c>
       <c r="I29">
-        <v>5052</v>
+        <v>5069</v>
       </c>
       <c r="J29">
-        <v>5069</v>
+        <v>5094</v>
       </c>
       <c r="K29">
-        <v>5094</v>
+        <v>5140</v>
       </c>
       <c r="L29">
-        <v>5140</v>
+        <v>5150</v>
       </c>
       <c r="M29">
-        <v>5150</v>
+        <v>5144</v>
       </c>
       <c r="N29">
-        <v>5144</v>
+        <v>5124</v>
       </c>
       <c r="O29">
-        <v>5124</v>
+        <v>5125</v>
       </c>
       <c r="P29">
-        <v>5125</v>
+        <v>5097</v>
       </c>
       <c r="Q29">
-        <v>5097</v>
+        <v>5073</v>
       </c>
       <c r="R29">
-        <v>5073</v>
+        <v>5071</v>
       </c>
       <c r="S29">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="T29" s="2">
-        <v>0.7147</v>
+        <v>0.3165</v>
       </c>
     </row>
     <row r="30" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
         <v>20</v>
       </c>
       <c r="B30" t="s">
         <v>80</v>
       </c>
       <c r="C30" t="s">
         <v>51</v>
       </c>
       <c r="D30">
         <v>2</v>
       </c>
       <c r="E30" t="s">
         <v>23</v>
       </c>
       <c r="F30" t="s">
         <v>81</v>
       </c>
       <c r="G30">
-        <v>9303</v>
+        <v>9285</v>
       </c>
       <c r="H30">
-        <v>9285</v>
+        <v>9308</v>
       </c>
       <c r="I30">
-        <v>9308</v>
+        <v>9292</v>
       </c>
       <c r="J30">
-        <v>9292</v>
+        <v>9277</v>
       </c>
       <c r="K30">
-        <v>9277</v>
+        <v>9268</v>
       </c>
       <c r="L30">
-        <v>9268</v>
+        <v>9243</v>
       </c>
       <c r="M30">
-        <v>9243</v>
+        <v>9220</v>
       </c>
       <c r="N30">
-        <v>9220</v>
+        <v>9229</v>
       </c>
       <c r="O30">
-        <v>9229</v>
+        <v>9223</v>
       </c>
       <c r="P30">
-        <v>9223</v>
+        <v>9222</v>
       </c>
       <c r="Q30">
-        <v>9222</v>
+        <v>9227</v>
       </c>
       <c r="R30">
-        <v>9227</v>
+        <v>9225</v>
       </c>
       <c r="S30">
-        <v>-76</v>
+        <v>-60</v>
       </c>
       <c r="T30" s="2">
-        <v>-0.81689999999999996</v>
+        <v>-0.6462</v>
       </c>
     </row>
     <row r="31" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
         <v>20</v>
       </c>
       <c r="B31" t="s">
         <v>82</v>
       </c>
       <c r="C31" t="s">
         <v>22</v>
       </c>
       <c r="D31">
         <v>1</v>
       </c>
       <c r="E31" t="s">
         <v>30</v>
       </c>
       <c r="F31" t="s">
         <v>83</v>
       </c>
       <c r="G31">
-        <v>8377</v>
+        <v>8357</v>
       </c>
       <c r="H31">
-        <v>8357</v>
+        <v>8358</v>
       </c>
       <c r="I31">
-        <v>8358</v>
+        <v>8342</v>
       </c>
       <c r="J31">
-        <v>8342</v>
+        <v>8328</v>
       </c>
       <c r="K31">
-        <v>8328</v>
+        <v>8301</v>
       </c>
       <c r="L31">
-        <v>8301</v>
+        <v>8282</v>
       </c>
       <c r="M31">
-        <v>8282</v>
+        <v>8262</v>
       </c>
       <c r="N31">
-        <v>8262</v>
+        <v>8240</v>
       </c>
       <c r="O31">
-        <v>8240</v>
+        <v>8224</v>
       </c>
       <c r="P31">
-        <v>8224</v>
+        <v>8217</v>
       </c>
       <c r="Q31">
-        <v>8217</v>
+        <v>8175</v>
       </c>
       <c r="R31">
-        <v>8175</v>
+        <v>8135</v>
       </c>
       <c r="S31">
-        <v>-202</v>
+        <v>-222</v>
       </c>
       <c r="T31" s="2">
-        <v>-2.4114</v>
+        <v>-2.6564999999999999</v>
       </c>
     </row>
     <row r="32" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
         <v>20</v>
       </c>
       <c r="B32" t="s">
         <v>84</v>
       </c>
       <c r="C32" t="s">
         <v>22</v>
       </c>
       <c r="D32">
         <v>2</v>
       </c>
       <c r="E32" t="s">
         <v>23</v>
       </c>
       <c r="F32" t="s">
         <v>85</v>
       </c>
       <c r="G32">
-        <v>14534</v>
+        <v>14507</v>
       </c>
       <c r="H32">
-        <v>14507</v>
+        <v>14520</v>
       </c>
       <c r="I32">
-        <v>14520</v>
+        <v>14524</v>
       </c>
       <c r="J32">
-        <v>14524</v>
+        <v>14536</v>
       </c>
       <c r="K32">
-        <v>14536</v>
+        <v>14499</v>
       </c>
       <c r="L32">
         <v>14499</v>
       </c>
       <c r="M32">
         <v>14499</v>
       </c>
       <c r="N32">
-        <v>14499</v>
+        <v>14450</v>
       </c>
       <c r="O32">
-        <v>14450</v>
+        <v>14437</v>
       </c>
       <c r="P32">
-        <v>14437</v>
+        <v>14399</v>
       </c>
       <c r="Q32">
-        <v>14399</v>
+        <v>14379</v>
       </c>
       <c r="R32">
-        <v>14379</v>
+        <v>14355</v>
       </c>
       <c r="S32">
-        <v>-155</v>
+        <v>-152</v>
       </c>
       <c r="T32" s="2">
-        <v>-1.0665</v>
+        <v>-1.0478000000000001</v>
       </c>
     </row>
     <row r="33" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
         <v>20</v>
       </c>
       <c r="B33" t="s">
         <v>86</v>
       </c>
       <c r="C33" t="s">
         <v>87</v>
       </c>
       <c r="D33">
         <v>4</v>
       </c>
       <c r="E33" t="s">
         <v>26</v>
       </c>
       <c r="F33" t="s">
         <v>27</v>
       </c>
       <c r="G33">
-        <v>8533</v>
+        <v>8504</v>
       </c>
       <c r="H33">
-        <v>8504</v>
+        <v>8496</v>
       </c>
       <c r="I33">
-        <v>8496</v>
+        <v>8461</v>
       </c>
       <c r="J33">
-        <v>8461</v>
+        <v>8424</v>
       </c>
       <c r="K33">
-        <v>8424</v>
+        <v>8392</v>
       </c>
       <c r="L33">
-        <v>8392</v>
+        <v>8366</v>
       </c>
       <c r="M33">
-        <v>8366</v>
+        <v>8342</v>
       </c>
       <c r="N33">
-        <v>8342</v>
+        <v>8339</v>
       </c>
       <c r="O33">
-        <v>8339</v>
+        <v>8304</v>
       </c>
       <c r="P33">
-        <v>8304</v>
+        <v>8286</v>
       </c>
       <c r="Q33">
-        <v>8286</v>
+        <v>8270</v>
       </c>
       <c r="R33">
-        <v>8270</v>
+        <v>8285</v>
       </c>
       <c r="S33">
-        <v>-263</v>
+        <v>-219</v>
       </c>
       <c r="T33" s="2">
-        <v>-3.0821999999999998</v>
+        <v>-2.5752999999999999</v>
       </c>
     </row>
     <row r="34" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
         <v>20</v>
       </c>
       <c r="B34" t="s">
         <v>88</v>
       </c>
       <c r="C34" t="s">
         <v>89</v>
       </c>
       <c r="D34">
         <v>3</v>
       </c>
       <c r="E34" t="s">
         <v>34</v>
       </c>
       <c r="F34" t="s">
         <v>35</v>
       </c>
       <c r="G34">
-        <v>6477</v>
+        <v>6493</v>
       </c>
       <c r="H34">
-        <v>6493</v>
+        <v>6484</v>
       </c>
       <c r="I34">
-        <v>6484</v>
+        <v>6465</v>
       </c>
       <c r="J34">
-        <v>6465</v>
+        <v>6467</v>
       </c>
       <c r="K34">
-        <v>6467</v>
+        <v>6437</v>
       </c>
       <c r="L34">
-        <v>6437</v>
+        <v>6417</v>
       </c>
       <c r="M34">
-        <v>6417</v>
+        <v>6399</v>
       </c>
       <c r="N34">
-        <v>6399</v>
+        <v>6404</v>
       </c>
       <c r="O34">
-        <v>6404</v>
+        <v>6376</v>
       </c>
       <c r="P34">
-        <v>6376</v>
+        <v>6338</v>
       </c>
       <c r="Q34">
-        <v>6338</v>
+        <v>6299</v>
       </c>
       <c r="R34">
-        <v>6299</v>
+        <v>6276</v>
       </c>
       <c r="S34">
-        <v>-178</v>
+        <v>-217</v>
       </c>
       <c r="T34" s="2">
-        <v>-2.7482000000000002</v>
+        <v>-3.3420999999999998</v>
       </c>
     </row>
     <row r="35" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
         <v>20</v>
       </c>
       <c r="B35" t="s">
         <v>90</v>
       </c>
       <c r="C35" t="s">
         <v>91</v>
       </c>
       <c r="D35">
         <v>3</v>
       </c>
       <c r="E35" t="s">
         <v>34</v>
       </c>
       <c r="F35" t="s">
         <v>35</v>
       </c>
       <c r="G35">
-        <v>9441</v>
+        <v>9502</v>
       </c>
       <c r="H35">
-        <v>9502</v>
+        <v>9838</v>
       </c>
       <c r="I35">
-        <v>9838</v>
+        <v>9921</v>
       </c>
       <c r="J35">
-        <v>9921</v>
+        <v>9991</v>
       </c>
       <c r="K35">
-        <v>9991</v>
+        <v>10043</v>
       </c>
       <c r="L35">
-        <v>10043</v>
+        <v>10061</v>
       </c>
       <c r="M35">
-        <v>10061</v>
+        <v>10132</v>
       </c>
       <c r="N35">
-        <v>10132</v>
+        <v>10167</v>
       </c>
       <c r="O35">
-        <v>10167</v>
+        <v>10214</v>
       </c>
       <c r="P35">
-        <v>10214</v>
+        <v>10276</v>
       </c>
       <c r="Q35">
-        <v>10276</v>
+        <v>10305</v>
       </c>
       <c r="R35">
-        <v>10305</v>
+        <v>10375</v>
       </c>
       <c r="S35">
-        <v>864</v>
+        <v>873</v>
       </c>
       <c r="T35" s="2">
-        <v>9.1516000000000002</v>
+        <v>9.1875</v>
       </c>
     </row>
     <row r="36" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
         <v>20</v>
       </c>
       <c r="B36" t="s">
         <v>92</v>
       </c>
       <c r="C36" t="s">
         <v>91</v>
       </c>
       <c r="D36">
         <v>2</v>
       </c>
       <c r="E36" t="s">
         <v>23</v>
       </c>
       <c r="F36" t="s">
         <v>67</v>
       </c>
       <c r="G36">
-        <v>6747</v>
+        <v>6811</v>
       </c>
       <c r="H36">
-        <v>6811</v>
+        <v>6867</v>
       </c>
       <c r="I36">
-        <v>6867</v>
+        <v>6915</v>
       </c>
       <c r="J36">
-        <v>6915</v>
+        <v>6978</v>
       </c>
       <c r="K36">
-        <v>6978</v>
+        <v>7001</v>
       </c>
       <c r="L36">
-        <v>7001</v>
+        <v>7017</v>
       </c>
       <c r="M36">
-        <v>7017</v>
+        <v>7074</v>
       </c>
       <c r="N36">
-        <v>7074</v>
+        <v>7122</v>
       </c>
       <c r="O36">
-        <v>7122</v>
+        <v>7189</v>
       </c>
       <c r="P36">
-        <v>7189</v>
+        <v>7255</v>
       </c>
       <c r="Q36">
-        <v>7255</v>
+        <v>7285</v>
       </c>
       <c r="R36">
-        <v>7285</v>
+        <v>7313</v>
       </c>
       <c r="S36">
-        <v>538</v>
+        <v>502</v>
       </c>
       <c r="T36" s="2">
-        <v>7.9739000000000004</v>
+        <v>7.3704000000000001</v>
       </c>
     </row>
     <row r="37" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
         <v>20</v>
       </c>
       <c r="B37" t="s">
         <v>93</v>
       </c>
       <c r="C37" t="s">
         <v>94</v>
       </c>
       <c r="D37">
         <v>2</v>
       </c>
       <c r="E37" t="s">
         <v>23</v>
       </c>
       <c r="F37" t="s">
         <v>24</v>
       </c>
       <c r="G37">
-        <v>5844</v>
+        <v>5782</v>
       </c>
       <c r="H37">
-        <v>5782</v>
+        <v>5770</v>
       </c>
       <c r="I37">
-        <v>5770</v>
+        <v>5727</v>
       </c>
       <c r="J37">
-        <v>5727</v>
+        <v>5676</v>
       </c>
       <c r="K37">
-        <v>5676</v>
+        <v>5642</v>
       </c>
       <c r="L37">
-        <v>5642</v>
+        <v>5622</v>
       </c>
       <c r="M37">
-        <v>5622</v>
+        <v>5591</v>
       </c>
       <c r="N37">
-        <v>5591</v>
+        <v>5567</v>
       </c>
       <c r="O37">
-        <v>5567</v>
+        <v>5510</v>
       </c>
       <c r="P37">
-        <v>5510</v>
+        <v>5490</v>
       </c>
       <c r="Q37">
-        <v>5490</v>
+        <v>5465</v>
       </c>
       <c r="R37">
-        <v>5465</v>
+        <v>5436</v>
       </c>
       <c r="S37">
-        <v>-379</v>
+        <v>-346</v>
       </c>
       <c r="T37" s="2">
-        <v>-6.4852999999999996</v>
+        <v>-5.9840999999999998</v>
       </c>
     </row>
     <row r="38" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
         <v>20</v>
       </c>
       <c r="B38" t="s">
         <v>95</v>
       </c>
       <c r="C38" t="s">
         <v>96</v>
       </c>
       <c r="D38">
         <v>2</v>
       </c>
       <c r="E38" t="s">
         <v>23</v>
       </c>
       <c r="F38" t="s">
         <v>81</v>
       </c>
       <c r="G38">
-        <v>7992</v>
+        <v>7952</v>
       </c>
       <c r="H38">
-        <v>7952</v>
+        <v>7943</v>
       </c>
       <c r="I38">
-        <v>7943</v>
+        <v>7931</v>
       </c>
       <c r="J38">
-        <v>7931</v>
+        <v>7902</v>
       </c>
       <c r="K38">
-        <v>7902</v>
+        <v>7872</v>
       </c>
       <c r="L38">
-        <v>7872</v>
+        <v>7884</v>
       </c>
       <c r="M38">
-        <v>7884</v>
+        <v>7848</v>
       </c>
       <c r="N38">
-        <v>7848</v>
+        <v>7839</v>
       </c>
       <c r="O38">
-        <v>7839</v>
+        <v>7829</v>
       </c>
       <c r="P38">
-        <v>7829</v>
+        <v>8036</v>
       </c>
       <c r="Q38">
-        <v>8036</v>
+        <v>8008</v>
       </c>
       <c r="R38">
-        <v>8008</v>
+        <v>7942</v>
       </c>
       <c r="S38">
-        <v>16</v>
+        <v>-10</v>
       </c>
       <c r="T38" s="2">
-        <v>0.20019999999999999</v>
+        <v>-0.1258</v>
       </c>
     </row>
     <row r="39" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
         <v>20</v>
       </c>
       <c r="B39" t="s">
         <v>97</v>
       </c>
       <c r="C39" t="s">
         <v>98</v>
       </c>
       <c r="D39">
         <v>2</v>
       </c>
       <c r="E39" t="s">
         <v>23</v>
       </c>
       <c r="F39" t="s">
         <v>99</v>
       </c>
       <c r="G39">
-        <v>6910</v>
+        <v>6923</v>
       </c>
       <c r="H39">
-        <v>6923</v>
+        <v>6946</v>
       </c>
       <c r="I39">
-        <v>6946</v>
+        <v>6939</v>
       </c>
       <c r="J39">
-        <v>6939</v>
+        <v>6914</v>
       </c>
       <c r="K39">
-        <v>6914</v>
+        <v>6938</v>
       </c>
       <c r="L39">
         <v>6938</v>
       </c>
       <c r="M39">
-        <v>6938</v>
+        <v>6958</v>
       </c>
       <c r="N39">
-        <v>6958</v>
+        <v>6946</v>
       </c>
       <c r="O39">
-        <v>6946</v>
+        <v>6942</v>
       </c>
       <c r="P39">
-        <v>6942</v>
+        <v>6965</v>
       </c>
       <c r="Q39">
-        <v>6965</v>
+        <v>6978</v>
       </c>
       <c r="R39">
-        <v>6978</v>
+        <v>6988</v>
       </c>
       <c r="S39">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="T39" s="2">
-        <v>0.98409999999999997</v>
+        <v>0.93889999999999996</v>
       </c>
     </row>
     <row r="40" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
         <v>20</v>
       </c>
       <c r="B40" t="s">
         <v>100</v>
       </c>
       <c r="C40" t="s">
         <v>101</v>
       </c>
       <c r="D40">
         <v>1</v>
       </c>
       <c r="E40" t="s">
         <v>30</v>
       </c>
       <c r="F40" t="s">
         <v>83</v>
       </c>
       <c r="G40">
-        <v>3854</v>
+        <v>3835</v>
       </c>
       <c r="H40">
-        <v>3835</v>
+        <v>3838</v>
       </c>
       <c r="I40">
-        <v>3838</v>
+        <v>3873</v>
       </c>
       <c r="J40">
-        <v>3873</v>
+        <v>3931</v>
       </c>
       <c r="K40">
-        <v>3931</v>
+        <v>3989</v>
       </c>
       <c r="L40">
-        <v>3989</v>
+        <v>4009</v>
       </c>
       <c r="M40">
-        <v>4009</v>
+        <v>4066</v>
       </c>
       <c r="N40">
-        <v>4066</v>
+        <v>4151</v>
       </c>
       <c r="O40">
-        <v>4151</v>
+        <v>4243</v>
       </c>
       <c r="P40">
-        <v>4243</v>
+        <v>4314</v>
       </c>
       <c r="Q40">
-        <v>4314</v>
+        <v>4370</v>
       </c>
       <c r="R40">
-        <v>4370</v>
+        <v>4424</v>
       </c>
       <c r="S40">
-        <v>516</v>
+        <v>589</v>
       </c>
       <c r="T40" s="2">
-        <v>13.3887</v>
+        <v>15.358499999999999</v>
       </c>
     </row>
     <row r="41" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
         <v>20</v>
       </c>
       <c r="B41" t="s">
         <v>102</v>
       </c>
       <c r="C41" t="s">
         <v>103</v>
       </c>
       <c r="D41">
         <v>2</v>
       </c>
       <c r="E41" t="s">
         <v>23</v>
       </c>
       <c r="F41" t="s">
         <v>67</v>
       </c>
       <c r="G41">
-        <v>4648</v>
+        <v>4749</v>
       </c>
       <c r="H41">
-        <v>4749</v>
+        <v>4851</v>
       </c>
       <c r="I41">
-        <v>4851</v>
+        <v>4944</v>
       </c>
       <c r="J41">
-        <v>4944</v>
+        <v>5007</v>
       </c>
       <c r="K41">
-        <v>5007</v>
+        <v>5071</v>
       </c>
       <c r="L41">
-        <v>5071</v>
+        <v>5121</v>
       </c>
       <c r="M41">
-        <v>5121</v>
+        <v>5197</v>
       </c>
       <c r="N41">
-        <v>5197</v>
+        <v>5281</v>
       </c>
       <c r="O41">
-        <v>5281</v>
+        <v>5364</v>
       </c>
       <c r="P41">
-        <v>5364</v>
+        <v>5420</v>
       </c>
       <c r="Q41">
-        <v>5420</v>
+        <v>5464</v>
       </c>
       <c r="R41">
-        <v>5464</v>
+        <v>5532</v>
       </c>
       <c r="S41">
-        <v>816</v>
+        <v>783</v>
       </c>
       <c r="T41" s="2">
-        <v>17.555900000000001</v>
+        <v>16.4877</v>
       </c>
     </row>
     <row r="42" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
         <v>20</v>
       </c>
       <c r="B42" t="s">
         <v>104</v>
       </c>
       <c r="C42" t="s">
         <v>105</v>
       </c>
       <c r="D42">
         <v>3</v>
       </c>
       <c r="E42" t="s">
         <v>34</v>
       </c>
       <c r="F42" t="s">
         <v>35</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42">
         <v>0</v>
       </c>
       <c r="J42">
         <v>0</v>
       </c>
       <c r="K42">
-        <v>0</v>
+        <v>212</v>
       </c>
       <c r="L42">
-        <v>212</v>
+        <v>374</v>
       </c>
       <c r="M42">
-        <v>374</v>
+        <v>668</v>
       </c>
       <c r="N42">
-        <v>668</v>
+        <v>896</v>
       </c>
       <c r="O42">
-        <v>896</v>
+        <v>1067</v>
       </c>
       <c r="P42">
-        <v>1067</v>
+        <v>1195</v>
       </c>
       <c r="Q42">
-        <v>1195</v>
+        <v>1288</v>
       </c>
       <c r="R42">
-        <v>1288</v>
+        <v>1425</v>
       </c>
       <c r="S42">
-        <v>1288</v>
+        <v>1425</v>
       </c>
       <c r="T42" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
         <v>20</v>
       </c>
       <c r="B43" t="s">
         <v>107</v>
       </c>
       <c r="C43" t="s">
         <v>22</v>
       </c>
       <c r="D43">
         <v>5</v>
       </c>
       <c r="E43" t="s">
         <v>40</v>
       </c>
       <c r="F43" t="s">
         <v>108</v>
       </c>
       <c r="G43">
-        <v>10254</v>
+        <v>10313</v>
       </c>
       <c r="H43">
-        <v>10313</v>
+        <v>10303</v>
       </c>
       <c r="I43">
-        <v>10303</v>
+        <v>10337</v>
       </c>
       <c r="J43">
-        <v>10337</v>
+        <v>10370</v>
       </c>
       <c r="K43">
-        <v>10370</v>
+        <v>10437</v>
       </c>
       <c r="L43">
-        <v>10437</v>
+        <v>10479</v>
       </c>
       <c r="M43">
-        <v>10479</v>
+        <v>10491</v>
       </c>
       <c r="N43">
-        <v>10491</v>
+        <v>10533</v>
       </c>
       <c r="O43">
-        <v>10533</v>
+        <v>10566</v>
       </c>
       <c r="P43">
-        <v>10566</v>
+        <v>10579</v>
       </c>
       <c r="Q43">
-        <v>10579</v>
+        <v>10588</v>
       </c>
       <c r="R43">
-        <v>10588</v>
+        <v>10647</v>
       </c>
       <c r="S43">
         <v>334</v>
       </c>
       <c r="T43" s="2">
-        <v>3.2572999999999999</v>
+        <v>3.2385999999999999</v>
       </c>
     </row>
     <row r="44" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
         <v>20</v>
       </c>
       <c r="B44" t="s">
         <v>109</v>
       </c>
       <c r="C44" t="s">
         <v>22</v>
       </c>
       <c r="D44">
         <v>4</v>
       </c>
       <c r="E44" t="s">
         <v>26</v>
       </c>
       <c r="F44" t="s">
         <v>27</v>
       </c>
       <c r="G44">
-        <v>14465</v>
+        <v>14492</v>
       </c>
       <c r="H44">
-        <v>14492</v>
+        <v>14494</v>
       </c>
       <c r="I44">
+        <v>14522</v>
+      </c>
+      <c r="J44">
+        <v>14529</v>
+      </c>
+      <c r="K44">
         <v>14494</v>
-      </c>
-[...4 lines deleted...]
-        <v>14529</v>
       </c>
       <c r="L44">
         <v>14494</v>
       </c>
       <c r="M44">
-        <v>14494</v>
+        <v>14470</v>
       </c>
       <c r="N44">
-        <v>14470</v>
+        <v>14453</v>
       </c>
       <c r="O44">
         <v>14453</v>
       </c>
       <c r="P44">
-        <v>14453</v>
+        <v>14438</v>
       </c>
       <c r="Q44">
-        <v>14438</v>
+        <v>14422</v>
       </c>
       <c r="R44">
-        <v>14422</v>
+        <v>14434</v>
       </c>
       <c r="S44">
-        <v>-43</v>
+        <v>-58</v>
       </c>
       <c r="T44" s="2">
-        <v>-0.29730000000000001</v>
+        <v>-0.4002</v>
       </c>
     </row>
     <row r="45" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
         <v>20</v>
       </c>
       <c r="B45" t="s">
         <v>110</v>
       </c>
       <c r="C45" t="s">
         <v>111</v>
       </c>
       <c r="D45">
         <v>3</v>
       </c>
       <c r="E45" t="s">
         <v>34</v>
       </c>
       <c r="F45" t="s">
         <v>35</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45">
         <v>0</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
       <c r="K45">
         <v>0</v>
       </c>
       <c r="L45">
         <v>0</v>
       </c>
       <c r="M45">
         <v>0</v>
       </c>
       <c r="N45">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="O45">
-        <v>49</v>
+        <v>135</v>
       </c>
       <c r="P45">
-        <v>135</v>
+        <v>216</v>
       </c>
       <c r="Q45">
-        <v>216</v>
+        <v>325</v>
       </c>
       <c r="R45">
-        <v>325</v>
+        <v>378</v>
       </c>
       <c r="S45">
-        <v>325</v>
+        <v>378</v>
       </c>
       <c r="T45" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="46" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
         <v>20</v>
       </c>
       <c r="B46" t="s">
         <v>112</v>
       </c>
       <c r="C46" t="s">
         <v>113</v>
       </c>
       <c r="D46">
         <v>4</v>
       </c>
       <c r="E46" t="s">
         <v>26</v>
       </c>
       <c r="F46" t="s">
         <v>114</v>
       </c>
       <c r="G46">
-        <v>2788</v>
+        <v>2817</v>
       </c>
       <c r="H46">
-        <v>2817</v>
+        <v>2847</v>
       </c>
       <c r="I46">
-        <v>2847</v>
+        <v>2856</v>
       </c>
       <c r="J46">
+        <v>2874</v>
+      </c>
+      <c r="K46">
+        <v>2895</v>
+      </c>
+      <c r="L46">
+        <v>2892</v>
+      </c>
+      <c r="M46">
+        <v>2891</v>
+      </c>
+      <c r="N46">
+        <v>2864</v>
+      </c>
+      <c r="O46">
         <v>2856</v>
       </c>
-      <c r="K46">
-[...13 lines deleted...]
-      </c>
       <c r="P46">
-        <v>2856</v>
+        <v>2875</v>
       </c>
       <c r="Q46">
-        <v>2875</v>
+        <v>2870</v>
       </c>
       <c r="R46">
-        <v>2870</v>
+        <v>2886</v>
       </c>
       <c r="S46">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="T46" s="2">
-        <v>2.9411999999999998</v>
+        <v>2.4493999999999998</v>
       </c>
     </row>
     <row r="47" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
         <v>20</v>
       </c>
       <c r="B47" t="s">
         <v>115</v>
       </c>
       <c r="C47" t="s">
         <v>116</v>
       </c>
       <c r="D47">
         <v>2</v>
       </c>
       <c r="E47" t="s">
         <v>23</v>
       </c>
       <c r="F47" t="s">
         <v>67</v>
       </c>
       <c r="G47">
-        <v>4886</v>
+        <v>4939</v>
       </c>
       <c r="H47">
-        <v>4939</v>
+        <v>4956</v>
       </c>
       <c r="I47">
-        <v>4956</v>
+        <v>4953</v>
       </c>
       <c r="J47">
-        <v>4953</v>
+        <v>4940</v>
       </c>
       <c r="K47">
-        <v>4940</v>
+        <v>4912</v>
       </c>
       <c r="L47">
-        <v>4912</v>
+        <v>4911</v>
       </c>
       <c r="M47">
-        <v>4911</v>
+        <v>4871</v>
       </c>
       <c r="N47">
-        <v>4871</v>
+        <v>4873</v>
       </c>
       <c r="O47">
-        <v>4873</v>
+        <v>4850</v>
       </c>
       <c r="P47">
-        <v>4850</v>
+        <v>4857</v>
       </c>
       <c r="Q47">
-        <v>4857</v>
+        <v>4870</v>
       </c>
       <c r="R47">
-        <v>4870</v>
+        <v>4944</v>
       </c>
       <c r="S47">
-        <v>-16</v>
+        <v>5</v>
       </c>
       <c r="T47" s="2">
-        <v>-0.32750000000000001</v>
+        <v>0.1012</v>
       </c>
     </row>
     <row r="48" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
         <v>20</v>
       </c>
       <c r="B48" t="s">
         <v>117</v>
       </c>
       <c r="C48" t="s">
         <v>22</v>
       </c>
       <c r="D48">
         <v>4</v>
       </c>
       <c r="E48" t="s">
         <v>26</v>
       </c>
       <c r="F48" t="s">
         <v>118</v>
       </c>
       <c r="G48">
-        <v>13199</v>
+        <v>13198</v>
       </c>
       <c r="H48">
-        <v>13198</v>
+        <v>13186</v>
       </c>
       <c r="I48">
+        <v>13174</v>
+      </c>
+      <c r="J48">
         <v>13186</v>
       </c>
-      <c r="J48">
-[...1 lines deleted...]
-      </c>
       <c r="K48">
-        <v>13186</v>
+        <v>13217</v>
       </c>
       <c r="L48">
-        <v>13217</v>
+        <v>13222</v>
       </c>
       <c r="M48">
-        <v>13222</v>
+        <v>13239</v>
       </c>
       <c r="N48">
-        <v>13239</v>
+        <v>13255</v>
       </c>
       <c r="O48">
-        <v>13255</v>
+        <v>13276</v>
       </c>
       <c r="P48">
-        <v>13276</v>
+        <v>13262</v>
       </c>
       <c r="Q48">
-        <v>13262</v>
+        <v>13275</v>
       </c>
       <c r="R48">
-        <v>13275</v>
+        <v>13297</v>
       </c>
       <c r="S48">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="T48" s="2">
-        <v>0.57579999999999998</v>
+        <v>0.75009999999999999</v>
       </c>
     </row>
     <row r="49" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
         <v>20</v>
       </c>
       <c r="B49" t="s">
         <v>119</v>
       </c>
       <c r="C49" t="s">
         <v>120</v>
       </c>
       <c r="D49">
         <v>5</v>
       </c>
       <c r="E49" t="s">
         <v>40</v>
       </c>
       <c r="F49" t="s">
         <v>121</v>
       </c>
       <c r="G49">
-        <v>2373</v>
+        <v>2376</v>
       </c>
       <c r="H49">
-        <v>2376</v>
+        <v>2374</v>
       </c>
       <c r="I49">
+        <v>2379</v>
+      </c>
+      <c r="J49">
         <v>2374</v>
       </c>
-      <c r="J49">
-[...1 lines deleted...]
-      </c>
       <c r="K49">
-        <v>2374</v>
+        <v>2365</v>
       </c>
       <c r="L49">
         <v>2365</v>
       </c>
       <c r="M49">
-        <v>2365</v>
+        <v>2376</v>
       </c>
       <c r="N49">
+        <v>2378</v>
+      </c>
+      <c r="O49">
+        <v>2366</v>
+      </c>
+      <c r="P49">
+        <v>2372</v>
+      </c>
+      <c r="Q49">
         <v>2376</v>
       </c>
-      <c r="O49">
-[...7 lines deleted...]
-      </c>
       <c r="R49">
-        <v>2376</v>
+        <v>2380</v>
       </c>
       <c r="S49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T49" s="2">
-        <v>0.12640000000000001</v>
+        <v>0.16839999999999999</v>
       </c>
     </row>
     <row r="50" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
         <v>20</v>
       </c>
       <c r="B50" t="s">
         <v>122</v>
       </c>
       <c r="C50" t="s">
         <v>120</v>
       </c>
       <c r="D50">
         <v>5</v>
       </c>
       <c r="E50" t="s">
         <v>40</v>
       </c>
       <c r="F50" t="s">
         <v>123</v>
       </c>
       <c r="G50">
-        <v>1798</v>
+        <v>1796</v>
       </c>
       <c r="H50">
-        <v>1796</v>
+        <v>1800</v>
       </c>
       <c r="I50">
-        <v>1800</v>
+        <v>1804</v>
       </c>
       <c r="J50">
+        <v>1808</v>
+      </c>
+      <c r="K50">
+        <v>1812</v>
+      </c>
+      <c r="L50">
         <v>1804</v>
       </c>
-      <c r="K50">
-[...4 lines deleted...]
-      </c>
       <c r="M50">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="N50">
         <v>1809</v>
       </c>
       <c r="O50">
-        <v>1809</v>
+        <v>1806</v>
       </c>
       <c r="P50">
-        <v>1806</v>
+        <v>1793</v>
       </c>
       <c r="Q50">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="R50">
-        <v>1792</v>
+        <v>1791</v>
       </c>
       <c r="S50">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="T50" s="2">
-        <v>-0.3337</v>
+        <v>-0.27839999999999998</v>
       </c>
     </row>
     <row r="51" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
         <v>20</v>
       </c>
       <c r="B51" t="s">
         <v>124</v>
       </c>
       <c r="C51" t="s">
         <v>125</v>
       </c>
       <c r="D51">
         <v>3</v>
       </c>
       <c r="E51" t="s">
         <v>34</v>
       </c>
       <c r="F51" t="s">
         <v>35</v>
       </c>
       <c r="G51">
-        <v>7443</v>
+        <v>7607</v>
       </c>
       <c r="H51">
-        <v>7607</v>
+        <v>7802</v>
       </c>
       <c r="I51">
-        <v>7802</v>
+        <v>7990</v>
       </c>
       <c r="J51">
-        <v>7990</v>
+        <v>8154</v>
       </c>
       <c r="K51">
-        <v>8154</v>
+        <v>8278</v>
       </c>
       <c r="L51">
-        <v>8278</v>
+        <v>8415</v>
       </c>
       <c r="M51">
-        <v>8415</v>
+        <v>8599</v>
       </c>
       <c r="N51">
-        <v>8599</v>
+        <v>8716</v>
       </c>
       <c r="O51">
-        <v>8716</v>
+        <v>8877</v>
       </c>
       <c r="P51">
-        <v>8877</v>
+        <v>9002</v>
       </c>
       <c r="Q51">
-        <v>9002</v>
+        <v>9108</v>
       </c>
       <c r="R51">
-        <v>9108</v>
+        <v>9350</v>
       </c>
       <c r="S51">
-        <v>1665</v>
+        <v>1743</v>
       </c>
       <c r="T51" s="2">
-        <v>22.37</v>
+        <v>22.9131</v>
       </c>
     </row>
     <row r="52" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
         <v>20</v>
       </c>
       <c r="B52" t="s">
         <v>126</v>
       </c>
       <c r="C52" t="s">
         <v>127</v>
       </c>
       <c r="D52">
         <v>2</v>
       </c>
       <c r="E52" t="s">
         <v>23</v>
       </c>
       <c r="F52" t="s">
         <v>128</v>
       </c>
       <c r="G52">
-        <v>6874</v>
+        <v>6885</v>
       </c>
       <c r="H52">
-        <v>6885</v>
+        <v>6875</v>
       </c>
       <c r="I52">
-        <v>6875</v>
+        <v>6903</v>
       </c>
       <c r="J52">
-        <v>6903</v>
+        <v>6916</v>
       </c>
       <c r="K52">
-        <v>6916</v>
+        <v>6930</v>
       </c>
       <c r="L52">
+        <v>6923</v>
+      </c>
+      <c r="M52">
+        <v>6934</v>
+      </c>
+      <c r="N52">
         <v>6930</v>
       </c>
-      <c r="M52">
-[...4 lines deleted...]
-      </c>
       <c r="O52">
-        <v>6930</v>
+        <v>6964</v>
       </c>
       <c r="P52">
-        <v>6964</v>
+        <v>6983</v>
       </c>
       <c r="Q52">
-        <v>6983</v>
+        <v>6990</v>
       </c>
       <c r="R52">
-        <v>6990</v>
+        <v>6989</v>
       </c>
       <c r="S52">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="T52" s="2">
-        <v>1.6875</v>
+        <v>1.5105</v>
       </c>
     </row>
     <row r="53" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
         <v>20</v>
       </c>
       <c r="B53" t="s">
         <v>129</v>
       </c>
       <c r="C53" t="s">
         <v>22</v>
       </c>
       <c r="D53">
         <v>3</v>
       </c>
       <c r="E53" t="s">
         <v>34</v>
       </c>
       <c r="F53" t="s">
         <v>35</v>
       </c>
       <c r="G53">
-        <v>7197</v>
+        <v>7202</v>
       </c>
       <c r="H53">
-        <v>7202</v>
+        <v>7217</v>
       </c>
       <c r="I53">
-        <v>7217</v>
+        <v>7229</v>
       </c>
       <c r="J53">
+        <v>7225</v>
+      </c>
+      <c r="K53">
         <v>7229</v>
       </c>
-      <c r="K53">
+      <c r="L53">
+        <v>7227</v>
+      </c>
+      <c r="M53">
+        <v>7210</v>
+      </c>
+      <c r="N53">
+        <v>7226</v>
+      </c>
+      <c r="O53">
+        <v>7220</v>
+      </c>
+      <c r="P53">
+        <v>7268</v>
+      </c>
+      <c r="Q53">
+        <v>7241</v>
+      </c>
+      <c r="R53">
         <v>7225</v>
       </c>
-      <c r="L53">
-[...19 lines deleted...]
-      </c>
       <c r="S53">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="T53" s="2">
-        <v>0.61140000000000005</v>
+        <v>0.31940000000000002</v>
       </c>
     </row>
     <row r="54" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
         <v>20</v>
       </c>
       <c r="B54" t="s">
         <v>130</v>
       </c>
       <c r="C54" t="s">
         <v>131</v>
       </c>
       <c r="D54">
         <v>3</v>
       </c>
       <c r="E54" t="s">
         <v>34</v>
       </c>
       <c r="F54" t="s">
         <v>35</v>
       </c>
       <c r="G54">
-        <v>6055</v>
+        <v>6038</v>
       </c>
       <c r="H54">
-        <v>6038</v>
+        <v>6037</v>
       </c>
       <c r="I54">
-        <v>6037</v>
+        <v>6036</v>
       </c>
       <c r="J54">
-        <v>6036</v>
+        <v>6015</v>
       </c>
       <c r="K54">
-        <v>6015</v>
+        <v>6004</v>
       </c>
       <c r="L54">
-        <v>6004</v>
+        <v>6018</v>
       </c>
       <c r="M54">
-        <v>6018</v>
+        <v>6001</v>
       </c>
       <c r="N54">
-        <v>6001</v>
+        <v>5975</v>
       </c>
       <c r="O54">
-        <v>5975</v>
+        <v>5990</v>
       </c>
       <c r="P54">
-        <v>5990</v>
+        <v>5984</v>
       </c>
       <c r="Q54">
-        <v>5984</v>
+        <v>5971</v>
       </c>
       <c r="R54">
-        <v>5971</v>
+        <v>5981</v>
       </c>
       <c r="S54">
-        <v>-84</v>
+        <v>-57</v>
       </c>
       <c r="T54" s="2">
-        <v>-1.3873</v>
+        <v>-0.94399999999999995</v>
       </c>
     </row>
     <row r="55" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
         <v>20</v>
       </c>
       <c r="B55" t="s">
         <v>132</v>
       </c>
       <c r="C55" t="s">
         <v>131</v>
       </c>
       <c r="D55">
         <v>3</v>
       </c>
       <c r="E55" t="s">
         <v>34</v>
       </c>
       <c r="F55" t="s">
         <v>35</v>
       </c>
       <c r="G55">
-        <v>4422</v>
+        <v>4403</v>
       </c>
       <c r="H55">
-        <v>4403</v>
+        <v>4388</v>
       </c>
       <c r="I55">
-        <v>4388</v>
+        <v>4379</v>
       </c>
       <c r="J55">
         <v>4379</v>
       </c>
       <c r="K55">
-        <v>4379</v>
+        <v>4352</v>
       </c>
       <c r="L55">
-        <v>4352</v>
+        <v>4329</v>
       </c>
       <c r="M55">
-        <v>4329</v>
+        <v>4320</v>
       </c>
       <c r="N55">
-        <v>4320</v>
+        <v>4293</v>
       </c>
       <c r="O55">
-        <v>4293</v>
+        <v>4287</v>
       </c>
       <c r="P55">
-        <v>4287</v>
+        <v>4273</v>
       </c>
       <c r="Q55">
-        <v>4273</v>
+        <v>4266</v>
       </c>
       <c r="R55">
-        <v>4266</v>
+        <v>4251</v>
       </c>
       <c r="S55">
-        <v>-156</v>
+        <v>-152</v>
       </c>
       <c r="T55" s="2">
-        <v>-3.5278</v>
+        <v>-3.4521999999999999</v>
       </c>
     </row>
     <row r="56" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
         <v>20</v>
       </c>
       <c r="B56" t="s">
         <v>133</v>
       </c>
       <c r="C56" t="s">
         <v>134</v>
       </c>
       <c r="D56">
         <v>3</v>
       </c>
       <c r="E56" t="s">
         <v>34</v>
       </c>
       <c r="F56" t="s">
         <v>35</v>
       </c>
       <c r="G56">
-        <v>635</v>
+        <v>705</v>
       </c>
       <c r="H56">
-        <v>705</v>
+        <v>767</v>
       </c>
       <c r="I56">
-        <v>767</v>
+        <v>826</v>
       </c>
       <c r="J56">
-        <v>826</v>
+        <v>878</v>
       </c>
       <c r="K56">
-        <v>878</v>
+        <v>954</v>
       </c>
       <c r="L56">
-        <v>954</v>
+        <v>1025</v>
       </c>
       <c r="M56">
-        <v>1025</v>
+        <v>1153</v>
       </c>
       <c r="N56">
-        <v>1153</v>
+        <v>1275</v>
       </c>
       <c r="O56">
-        <v>1275</v>
+        <v>1376</v>
       </c>
       <c r="P56">
-        <v>1376</v>
+        <v>1456</v>
       </c>
       <c r="Q56">
-        <v>1456</v>
+        <v>1521</v>
       </c>
       <c r="R56">
-        <v>1521</v>
+        <v>1613</v>
       </c>
       <c r="S56">
-        <v>886</v>
+        <v>908</v>
       </c>
       <c r="T56" s="2">
-        <v>139.52760000000001</v>
+        <v>128.79429999999999</v>
       </c>
     </row>
     <row r="57" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
         <v>20</v>
       </c>
       <c r="B57" t="s">
         <v>135</v>
       </c>
       <c r="C57" t="s">
         <v>131</v>
       </c>
       <c r="D57">
         <v>3</v>
       </c>
       <c r="E57" t="s">
         <v>34</v>
       </c>
       <c r="F57" t="s">
         <v>35</v>
       </c>
       <c r="G57">
-        <v>1627</v>
+        <v>1617</v>
       </c>
       <c r="H57">
-        <v>1617</v>
+        <v>1623</v>
       </c>
       <c r="I57">
-        <v>1623</v>
+        <v>1609</v>
       </c>
       <c r="J57">
-        <v>1609</v>
+        <v>1602</v>
       </c>
       <c r="K57">
-        <v>1602</v>
+        <v>1588</v>
       </c>
       <c r="L57">
-        <v>1588</v>
+        <v>1573</v>
       </c>
       <c r="M57">
-        <v>1573</v>
+        <v>1561</v>
       </c>
       <c r="N57">
-        <v>1561</v>
+        <v>1547</v>
       </c>
       <c r="O57">
-        <v>1547</v>
+        <v>1539</v>
       </c>
       <c r="P57">
-        <v>1539</v>
+        <v>1531</v>
       </c>
       <c r="Q57">
-        <v>1531</v>
+        <v>1524</v>
       </c>
       <c r="R57">
-        <v>1524</v>
+        <v>1506</v>
       </c>
       <c r="S57">
-        <v>-103</v>
+        <v>-111</v>
       </c>
       <c r="T57" s="2">
-        <v>-6.3307000000000002</v>
+        <v>-6.8646000000000003</v>
       </c>
     </row>
     <row r="58" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
         <v>20</v>
       </c>
       <c r="B58" t="s">
         <v>136</v>
       </c>
       <c r="C58" t="s">
         <v>131</v>
       </c>
       <c r="D58">
         <v>1</v>
       </c>
       <c r="E58" t="s">
         <v>30</v>
       </c>
       <c r="F58" t="s">
         <v>137</v>
       </c>
       <c r="G58">
-        <v>4030</v>
+        <v>4028</v>
       </c>
       <c r="H58">
-        <v>4028</v>
+        <v>4021</v>
       </c>
       <c r="I58">
-        <v>4021</v>
+        <v>4017</v>
       </c>
       <c r="J58">
-        <v>4017</v>
+        <v>4012</v>
       </c>
       <c r="K58">
-        <v>4012</v>
+        <v>4022</v>
       </c>
       <c r="L58">
-        <v>4022</v>
+        <v>4015</v>
       </c>
       <c r="M58">
-        <v>4015</v>
+        <v>4001</v>
       </c>
       <c r="N58">
-        <v>4001</v>
+        <v>4013</v>
       </c>
       <c r="O58">
-        <v>4013</v>
+        <v>4011</v>
       </c>
       <c r="P58">
-        <v>4011</v>
+        <v>4007</v>
       </c>
       <c r="Q58">
-        <v>4007</v>
+        <v>3993</v>
       </c>
       <c r="R58">
-        <v>3993</v>
+        <v>3975</v>
       </c>
       <c r="S58">
-        <v>-37</v>
+        <v>-53</v>
       </c>
       <c r="T58" s="2">
-        <v>-0.91810000000000003</v>
+        <v>-1.3158000000000001</v>
       </c>
     </row>
     <row r="59" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
         <v>20</v>
       </c>
       <c r="B59" t="s">
         <v>138</v>
       </c>
       <c r="C59" t="s">
         <v>91</v>
       </c>
       <c r="D59">
         <v>2</v>
       </c>
       <c r="E59" t="s">
         <v>23</v>
       </c>
       <c r="F59" t="s">
         <v>67</v>
       </c>
       <c r="G59">
-        <v>7698</v>
+        <v>7714</v>
       </c>
       <c r="H59">
-        <v>7714</v>
+        <v>7705</v>
       </c>
       <c r="I59">
-        <v>7705</v>
+        <v>7719</v>
       </c>
       <c r="J59">
+        <v>7715</v>
+      </c>
+      <c r="K59">
+        <v>7708</v>
+      </c>
+      <c r="L59">
         <v>7719</v>
       </c>
-      <c r="K59">
-[...4 lines deleted...]
-      </c>
       <c r="M59">
-        <v>7719</v>
+        <v>7703</v>
       </c>
       <c r="N59">
-        <v>7703</v>
+        <v>7706</v>
       </c>
       <c r="O59">
-        <v>7706</v>
+        <v>7713</v>
       </c>
       <c r="P59">
-        <v>7713</v>
+        <v>7704</v>
       </c>
       <c r="Q59">
         <v>7704</v>
       </c>
       <c r="R59">
-        <v>7704</v>
+        <v>7708</v>
       </c>
       <c r="S59">
-        <v>6</v>
+        <v>-6</v>
       </c>
       <c r="T59" s="2">
-        <v>7.7899999999999997E-2</v>
+        <v>-7.7799999999999994E-2</v>
       </c>
     </row>
     <row r="60" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
         <v>20</v>
       </c>
       <c r="B60" t="s">
         <v>139</v>
       </c>
       <c r="C60" t="s">
         <v>140</v>
       </c>
       <c r="D60">
         <v>3</v>
       </c>
       <c r="E60" t="s">
         <v>34</v>
       </c>
       <c r="F60" t="s">
         <v>35</v>
       </c>
       <c r="G60">
-        <v>3549</v>
+        <v>3566</v>
       </c>
       <c r="H60">
-        <v>3566</v>
+        <v>3544</v>
       </c>
       <c r="I60">
-        <v>3544</v>
+        <v>3536</v>
       </c>
       <c r="J60">
-        <v>3536</v>
+        <v>3500</v>
       </c>
       <c r="K60">
-        <v>3500</v>
+        <v>3491</v>
       </c>
       <c r="L60">
-        <v>3491</v>
+        <v>3446</v>
       </c>
       <c r="M60">
-        <v>3446</v>
+        <v>3450</v>
       </c>
       <c r="N60">
-        <v>3450</v>
+        <v>3453</v>
       </c>
       <c r="O60">
-        <v>3453</v>
+        <v>3441</v>
       </c>
       <c r="P60">
-        <v>3441</v>
+        <v>3447</v>
       </c>
       <c r="Q60">
-        <v>3447</v>
+        <v>3416</v>
       </c>
       <c r="R60">
-        <v>3416</v>
+        <v>3398</v>
       </c>
       <c r="S60">
-        <v>-133</v>
+        <v>-168</v>
       </c>
       <c r="T60" s="2">
-        <v>-3.7475000000000001</v>
+        <v>-4.7111999999999998</v>
       </c>
     </row>
     <row r="61" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
         <v>20</v>
       </c>
       <c r="B61" t="s">
         <v>141</v>
       </c>
       <c r="C61" t="s">
         <v>22</v>
       </c>
       <c r="D61">
         <v>1</v>
       </c>
       <c r="E61" t="s">
         <v>30</v>
       </c>
       <c r="F61" t="s">
         <v>31</v>
       </c>
       <c r="G61">
-        <v>11158</v>
+        <v>11165</v>
       </c>
       <c r="H61">
-        <v>11165</v>
+        <v>11166</v>
       </c>
       <c r="I61">
-        <v>11166</v>
+        <v>11171</v>
       </c>
       <c r="J61">
-        <v>11171</v>
+        <v>11100</v>
       </c>
       <c r="K61">
-        <v>11100</v>
+        <v>11115</v>
       </c>
       <c r="L61">
-        <v>11115</v>
+        <v>11067</v>
       </c>
       <c r="M61">
-        <v>11067</v>
+        <v>11073</v>
       </c>
       <c r="N61">
-        <v>11073</v>
+        <v>11068</v>
       </c>
       <c r="O61">
+        <v>11089</v>
+      </c>
+      <c r="P61">
+        <v>11083</v>
+      </c>
+      <c r="Q61">
+        <v>11070</v>
+      </c>
+      <c r="R61">
         <v>11068</v>
       </c>
-      <c r="P61">
-[...7 lines deleted...]
-      </c>
       <c r="S61">
-        <v>-88</v>
+        <v>-97</v>
       </c>
       <c r="T61" s="2">
-        <v>-0.78869999999999996</v>
+        <v>-0.86880000000000002</v>
       </c>
     </row>
     <row r="62" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
         <v>20</v>
       </c>
       <c r="B62" t="s">
         <v>142</v>
       </c>
       <c r="C62" t="s">
         <v>143</v>
       </c>
       <c r="D62">
         <v>2</v>
       </c>
       <c r="E62" t="s">
         <v>23</v>
       </c>
       <c r="F62" t="s">
         <v>24</v>
       </c>
       <c r="G62">
         <v>1968</v>
       </c>
       <c r="H62">
-        <v>1968</v>
+        <v>0</v>
       </c>
       <c r="I62">
         <v>0</v>
       </c>
       <c r="J62">
         <v>0</v>
       </c>
       <c r="K62">
         <v>0</v>
       </c>
       <c r="L62">
         <v>0</v>
       </c>
       <c r="M62">
         <v>0</v>
       </c>
       <c r="N62">
         <v>0</v>
       </c>
       <c r="O62">
         <v>0</v>
       </c>
       <c r="P62">
         <v>0</v>
       </c>
@@ -5326,9720 +5326,9720 @@
       </c>
       <c r="T62" s="2">
         <v>-100</v>
       </c>
     </row>
     <row r="63" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
         <v>20</v>
       </c>
       <c r="B63" t="s">
         <v>144</v>
       </c>
       <c r="C63" t="s">
         <v>143</v>
       </c>
       <c r="D63">
         <v>3</v>
       </c>
       <c r="E63" t="s">
         <v>34</v>
       </c>
       <c r="F63" t="s">
         <v>35</v>
       </c>
       <c r="G63">
-        <v>5856</v>
+        <v>5895</v>
       </c>
       <c r="H63">
-        <v>5895</v>
+        <v>0</v>
       </c>
       <c r="I63">
         <v>0</v>
       </c>
       <c r="J63">
         <v>0</v>
       </c>
       <c r="K63">
         <v>0</v>
       </c>
       <c r="L63">
         <v>0</v>
       </c>
       <c r="M63">
         <v>0</v>
       </c>
       <c r="N63">
         <v>0</v>
       </c>
       <c r="O63">
         <v>0</v>
       </c>
       <c r="P63">
         <v>0</v>
       </c>
       <c r="Q63">
         <v>0</v>
       </c>
       <c r="R63">
         <v>0</v>
       </c>
       <c r="S63">
-        <v>-5856</v>
+        <v>-5895</v>
       </c>
       <c r="T63" s="2">
         <v>-100</v>
       </c>
     </row>
     <row r="64" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
         <v>20</v>
       </c>
       <c r="B64" t="s">
         <v>145</v>
       </c>
       <c r="C64" t="s">
         <v>146</v>
       </c>
       <c r="D64">
         <v>3</v>
       </c>
       <c r="E64" t="s">
         <v>34</v>
       </c>
       <c r="F64" t="s">
         <v>35</v>
       </c>
       <c r="G64">
-        <v>3477</v>
+        <v>3503</v>
       </c>
       <c r="H64">
-        <v>3503</v>
+        <v>0</v>
       </c>
       <c r="I64">
         <v>0</v>
       </c>
       <c r="J64">
         <v>0</v>
       </c>
       <c r="K64">
         <v>0</v>
       </c>
       <c r="L64">
         <v>0</v>
       </c>
       <c r="M64">
         <v>0</v>
       </c>
       <c r="N64">
         <v>0</v>
       </c>
       <c r="O64">
         <v>0</v>
       </c>
       <c r="P64">
         <v>0</v>
       </c>
       <c r="Q64">
         <v>0</v>
       </c>
       <c r="R64">
         <v>0</v>
       </c>
       <c r="S64">
-        <v>-3477</v>
+        <v>-3503</v>
       </c>
       <c r="T64" s="2">
         <v>-100</v>
       </c>
     </row>
     <row r="65" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
         <v>20</v>
       </c>
       <c r="B65" t="s">
         <v>147</v>
       </c>
       <c r="C65" t="s">
         <v>148</v>
       </c>
       <c r="D65">
         <v>2</v>
       </c>
       <c r="E65" t="s">
         <v>23</v>
       </c>
       <c r="F65" t="s">
         <v>81</v>
       </c>
       <c r="G65">
-        <v>4852</v>
+        <v>4886</v>
       </c>
       <c r="H65">
-        <v>4886</v>
+        <v>4961</v>
       </c>
       <c r="I65">
-        <v>4961</v>
+        <v>4968</v>
       </c>
       <c r="J65">
-        <v>4968</v>
+        <v>5000</v>
       </c>
       <c r="K65">
-        <v>5000</v>
+        <v>5032</v>
       </c>
       <c r="L65">
-        <v>5032</v>
+        <v>5076</v>
       </c>
       <c r="M65">
-        <v>5076</v>
+        <v>5110</v>
       </c>
       <c r="N65">
-        <v>5110</v>
+        <v>5129</v>
       </c>
       <c r="O65">
-        <v>5129</v>
+        <v>5122</v>
       </c>
       <c r="P65">
-        <v>5122</v>
+        <v>5099</v>
       </c>
       <c r="Q65">
-        <v>5099</v>
+        <v>5086</v>
       </c>
       <c r="R65">
-        <v>5086</v>
+        <v>5103</v>
       </c>
       <c r="S65">
-        <v>234</v>
+        <v>217</v>
       </c>
       <c r="T65" s="2">
-        <v>4.8228</v>
+        <v>4.4413</v>
       </c>
     </row>
     <row r="66" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
         <v>20</v>
       </c>
       <c r="B66" t="s">
         <v>149</v>
       </c>
       <c r="C66" t="s">
         <v>134</v>
       </c>
       <c r="D66">
         <v>1</v>
       </c>
       <c r="E66" t="s">
         <v>30</v>
       </c>
       <c r="F66" t="s">
         <v>150</v>
       </c>
       <c r="G66">
-        <v>8616</v>
+        <v>8595</v>
       </c>
       <c r="H66">
-        <v>8595</v>
+        <v>8545</v>
       </c>
       <c r="I66">
-        <v>8545</v>
+        <v>8508</v>
       </c>
       <c r="J66">
-        <v>8508</v>
+        <v>8454</v>
       </c>
       <c r="K66">
-        <v>8454</v>
+        <v>8449</v>
       </c>
       <c r="L66">
-        <v>8449</v>
+        <v>8397</v>
       </c>
       <c r="M66">
-        <v>8397</v>
+        <v>8365</v>
       </c>
       <c r="N66">
-        <v>8365</v>
+        <v>8318</v>
       </c>
       <c r="O66">
-        <v>8318</v>
+        <v>8269</v>
       </c>
       <c r="P66">
-        <v>8269</v>
+        <v>8248</v>
       </c>
       <c r="Q66">
-        <v>8248</v>
+        <v>8237</v>
       </c>
       <c r="R66">
-        <v>8237</v>
+        <v>8213</v>
       </c>
       <c r="S66">
-        <v>-379</v>
+        <v>-382</v>
       </c>
       <c r="T66" s="2">
-        <v>-4.3987999999999996</v>
+        <v>-4.4443999999999999</v>
       </c>
     </row>
     <row r="67" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
         <v>20</v>
       </c>
       <c r="B67" t="s">
         <v>151</v>
       </c>
       <c r="C67" t="s">
         <v>134</v>
       </c>
       <c r="D67">
         <v>2</v>
       </c>
       <c r="E67" t="s">
         <v>23</v>
       </c>
       <c r="F67" t="s">
         <v>65</v>
       </c>
       <c r="G67">
-        <v>8022</v>
+        <v>8017</v>
       </c>
       <c r="H67">
-        <v>8017</v>
+        <v>8003</v>
       </c>
       <c r="I67">
-        <v>8003</v>
+        <v>7974</v>
       </c>
       <c r="J67">
-        <v>7974</v>
+        <v>7985</v>
       </c>
       <c r="K67">
-        <v>7985</v>
+        <v>7965</v>
       </c>
       <c r="L67">
-        <v>7965</v>
+        <v>7983</v>
       </c>
       <c r="M67">
-        <v>7983</v>
+        <v>7971</v>
       </c>
       <c r="N67">
-        <v>7971</v>
+        <v>7972</v>
       </c>
       <c r="O67">
-        <v>7972</v>
+        <v>7920</v>
       </c>
       <c r="P67">
-        <v>7920</v>
+        <v>7887</v>
       </c>
       <c r="Q67">
-        <v>7887</v>
+        <v>7839</v>
       </c>
       <c r="R67">
-        <v>7839</v>
+        <v>7820</v>
       </c>
       <c r="S67">
-        <v>-183</v>
+        <v>-197</v>
       </c>
       <c r="T67" s="2">
-        <v>-2.2812000000000001</v>
+        <v>-2.4573</v>
       </c>
     </row>
     <row r="68" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
         <v>20</v>
       </c>
       <c r="B68" t="s">
         <v>152</v>
       </c>
       <c r="C68" t="s">
         <v>134</v>
       </c>
       <c r="D68">
         <v>2</v>
       </c>
       <c r="E68" t="s">
         <v>23</v>
       </c>
       <c r="F68" t="s">
         <v>43</v>
       </c>
       <c r="G68">
-        <v>7041</v>
+        <v>7024</v>
       </c>
       <c r="H68">
-        <v>7024</v>
+        <v>7043</v>
       </c>
       <c r="I68">
-        <v>7043</v>
+        <v>7058</v>
       </c>
       <c r="J68">
-        <v>7058</v>
+        <v>7073</v>
       </c>
       <c r="K68">
-        <v>7073</v>
+        <v>7093</v>
       </c>
       <c r="L68">
-        <v>7093</v>
+        <v>7086</v>
       </c>
       <c r="M68">
-        <v>7086</v>
+        <v>7098</v>
       </c>
       <c r="N68">
-        <v>7098</v>
+        <v>7095</v>
       </c>
       <c r="O68">
-        <v>7095</v>
+        <v>7118</v>
       </c>
       <c r="P68">
-        <v>7118</v>
+        <v>7137</v>
       </c>
       <c r="Q68">
-        <v>7137</v>
+        <v>7141</v>
       </c>
       <c r="R68">
-        <v>7141</v>
+        <v>7145</v>
       </c>
       <c r="S68">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="T68" s="2">
-        <v>1.4202999999999999</v>
+        <v>1.7226999999999999</v>
       </c>
     </row>
     <row r="69" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
         <v>20</v>
       </c>
       <c r="B69" t="s">
         <v>153</v>
       </c>
       <c r="C69" t="s">
         <v>134</v>
       </c>
       <c r="D69">
         <v>1</v>
       </c>
       <c r="E69" t="s">
         <v>30</v>
       </c>
       <c r="F69" t="s">
         <v>31</v>
       </c>
       <c r="G69">
-        <v>12811</v>
+        <v>12812</v>
       </c>
       <c r="H69">
-        <v>12812</v>
+        <v>12810</v>
       </c>
       <c r="I69">
-        <v>12810</v>
+        <v>12836</v>
       </c>
       <c r="J69">
-        <v>12836</v>
+        <v>12862</v>
       </c>
       <c r="K69">
-        <v>12862</v>
+        <v>12907</v>
       </c>
       <c r="L69">
-        <v>12907</v>
+        <v>12925</v>
       </c>
       <c r="M69">
-        <v>12925</v>
+        <v>12949</v>
       </c>
       <c r="N69">
-        <v>12949</v>
+        <v>12951</v>
       </c>
       <c r="O69">
+        <v>12961</v>
+      </c>
+      <c r="P69">
         <v>12951</v>
       </c>
-      <c r="P69">
-[...1 lines deleted...]
-      </c>
       <c r="Q69">
-        <v>12951</v>
+        <v>12956</v>
       </c>
       <c r="R69">
-        <v>12956</v>
+        <v>12971</v>
       </c>
       <c r="S69">
-        <v>145</v>
+        <v>159</v>
       </c>
       <c r="T69" s="2">
-        <v>1.1317999999999999</v>
+        <v>1.2410000000000001</v>
       </c>
     </row>
     <row r="70" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
         <v>20</v>
       </c>
       <c r="B70" t="s">
         <v>154</v>
       </c>
       <c r="C70" t="s">
         <v>134</v>
       </c>
       <c r="D70">
         <v>1</v>
       </c>
       <c r="E70" t="s">
         <v>30</v>
       </c>
       <c r="F70" t="s">
         <v>155</v>
       </c>
       <c r="G70">
-        <v>10946</v>
+        <v>10924</v>
       </c>
       <c r="H70">
-        <v>10924</v>
+        <v>10883</v>
       </c>
       <c r="I70">
-        <v>10883</v>
+        <v>10875</v>
       </c>
       <c r="J70">
-        <v>10875</v>
+        <v>10872</v>
       </c>
       <c r="K70">
-        <v>10872</v>
+        <v>10863</v>
       </c>
       <c r="L70">
-        <v>10863</v>
+        <v>10858</v>
       </c>
       <c r="M70">
-        <v>10858</v>
+        <v>10812</v>
       </c>
       <c r="N70">
-        <v>10812</v>
+        <v>10801</v>
       </c>
       <c r="O70">
-        <v>10801</v>
+        <v>10771</v>
       </c>
       <c r="P70">
-        <v>10771</v>
+        <v>10740</v>
       </c>
       <c r="Q70">
-        <v>10740</v>
+        <v>10719</v>
       </c>
       <c r="R70">
-        <v>10719</v>
+        <v>10671</v>
       </c>
       <c r="S70">
-        <v>-227</v>
+        <v>-253</v>
       </c>
       <c r="T70" s="2">
-        <v>-2.0737999999999999</v>
+        <v>-2.3159999999999998</v>
       </c>
     </row>
     <row r="71" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
         <v>20</v>
       </c>
       <c r="B71" t="s">
         <v>156</v>
       </c>
       <c r="C71" t="s">
         <v>157</v>
       </c>
       <c r="D71">
         <v>2</v>
       </c>
       <c r="E71" t="s">
         <v>23</v>
       </c>
       <c r="F71" t="s">
         <v>99</v>
       </c>
       <c r="G71">
-        <v>4334</v>
+        <v>4396</v>
       </c>
       <c r="H71">
-        <v>4396</v>
+        <v>4434</v>
       </c>
       <c r="I71">
-        <v>4434</v>
+        <v>4477</v>
       </c>
       <c r="J71">
-        <v>4477</v>
+        <v>4518</v>
       </c>
       <c r="K71">
-        <v>4518</v>
+        <v>4534</v>
       </c>
       <c r="L71">
-        <v>4534</v>
+        <v>4546</v>
       </c>
       <c r="M71">
-        <v>4546</v>
+        <v>4532</v>
       </c>
       <c r="N71">
-        <v>4532</v>
+        <v>4527</v>
       </c>
       <c r="O71">
-        <v>4527</v>
+        <v>4536</v>
       </c>
       <c r="P71">
-        <v>4536</v>
+        <v>4560</v>
       </c>
       <c r="Q71">
-        <v>4560</v>
+        <v>4569</v>
       </c>
       <c r="R71">
-        <v>4569</v>
+        <v>4591</v>
       </c>
       <c r="S71">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="T71" s="2">
-        <v>5.4222000000000001</v>
+        <v>4.4359000000000002</v>
       </c>
     </row>
     <row r="72" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
         <v>20</v>
       </c>
       <c r="B72" t="s">
         <v>158</v>
       </c>
       <c r="C72" t="s">
         <v>159</v>
       </c>
       <c r="D72">
         <v>3</v>
       </c>
       <c r="E72" t="s">
         <v>34</v>
       </c>
       <c r="F72" t="s">
         <v>35</v>
       </c>
       <c r="G72">
         <v>9810</v>
       </c>
       <c r="H72">
-        <v>9810</v>
+        <v>9784</v>
       </c>
       <c r="I72">
-        <v>9784</v>
+        <v>9740</v>
       </c>
       <c r="J72">
-        <v>9740</v>
+        <v>9689</v>
       </c>
       <c r="K72">
-        <v>9689</v>
+        <v>9516</v>
       </c>
       <c r="L72">
-        <v>9516</v>
+        <v>9386</v>
       </c>
       <c r="M72">
-        <v>9386</v>
+        <v>9277</v>
       </c>
       <c r="N72">
-        <v>9277</v>
+        <v>9187</v>
       </c>
       <c r="O72">
-        <v>9187</v>
+        <v>9106</v>
       </c>
       <c r="P72">
-        <v>9106</v>
+        <v>8997</v>
       </c>
       <c r="Q72">
-        <v>8997</v>
+        <v>8917</v>
       </c>
       <c r="R72">
-        <v>8917</v>
+        <v>8830</v>
       </c>
       <c r="S72">
-        <v>-893</v>
+        <v>-980</v>
       </c>
       <c r="T72" s="2">
-        <v>-9.1029999999999998</v>
+        <v>-9.9898000000000007</v>
       </c>
     </row>
     <row r="73" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
         <v>20</v>
       </c>
       <c r="B73" t="s">
         <v>160</v>
       </c>
       <c r="C73" t="s">
         <v>159</v>
       </c>
       <c r="D73">
         <v>3</v>
       </c>
       <c r="E73" t="s">
         <v>34</v>
       </c>
       <c r="F73" t="s">
         <v>35</v>
       </c>
       <c r="G73">
-        <v>493</v>
+        <v>663</v>
       </c>
       <c r="H73">
-        <v>663</v>
+        <v>854</v>
       </c>
       <c r="I73">
-        <v>854</v>
+        <v>1030</v>
       </c>
       <c r="J73">
-        <v>1030</v>
+        <v>1146</v>
       </c>
       <c r="K73">
-        <v>1146</v>
+        <v>1254</v>
       </c>
       <c r="L73">
-        <v>1254</v>
+        <v>1403</v>
       </c>
       <c r="M73">
-        <v>1403</v>
+        <v>1567</v>
       </c>
       <c r="N73">
-        <v>1567</v>
+        <v>1770</v>
       </c>
       <c r="O73">
-        <v>1770</v>
+        <v>1948</v>
       </c>
       <c r="P73">
-        <v>1948</v>
+        <v>2074</v>
       </c>
       <c r="Q73">
-        <v>2074</v>
+        <v>2183</v>
       </c>
       <c r="R73">
-        <v>2183</v>
+        <v>2309</v>
       </c>
       <c r="S73">
-        <v>1690</v>
+        <v>1646</v>
       </c>
       <c r="T73" s="2">
-        <v>342.79919999999998</v>
+        <v>248.2655</v>
       </c>
     </row>
     <row r="74" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
         <v>161</v>
       </c>
       <c r="B74" t="s">
         <v>162</v>
       </c>
       <c r="C74" t="s">
         <v>163</v>
       </c>
       <c r="D74">
         <v>3</v>
       </c>
       <c r="E74" t="s">
         <v>34</v>
       </c>
       <c r="F74" t="s">
         <v>35</v>
       </c>
       <c r="G74">
-        <v>12255</v>
+        <v>12236</v>
       </c>
       <c r="H74">
-        <v>12236</v>
+        <v>13502</v>
       </c>
       <c r="I74">
-        <v>13502</v>
+        <v>13611</v>
       </c>
       <c r="J74">
-        <v>13611</v>
+        <v>13598</v>
       </c>
       <c r="K74">
-        <v>13598</v>
+        <v>13600</v>
       </c>
       <c r="L74">
-        <v>13600</v>
+        <v>13558</v>
       </c>
       <c r="M74">
-        <v>13558</v>
+        <v>13542</v>
       </c>
       <c r="N74">
-        <v>13542</v>
+        <v>13509</v>
       </c>
       <c r="O74">
-        <v>13509</v>
+        <v>13501</v>
       </c>
       <c r="P74">
-        <v>13501</v>
+        <v>13443</v>
       </c>
       <c r="Q74">
-        <v>13443</v>
+        <v>13409</v>
       </c>
       <c r="R74">
-        <v>13409</v>
+        <v>13320</v>
       </c>
       <c r="S74">
-        <v>1154</v>
+        <v>1084</v>
       </c>
       <c r="T74" s="2">
-        <v>9.4166000000000007</v>
+        <v>8.8590999999999998</v>
       </c>
     </row>
     <row r="75" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A75" t="s">
         <v>161</v>
       </c>
       <c r="B75" t="s">
         <v>164</v>
       </c>
       <c r="C75" t="s">
         <v>163</v>
       </c>
       <c r="D75">
         <v>3</v>
       </c>
       <c r="E75" t="s">
         <v>34</v>
       </c>
       <c r="F75" t="s">
         <v>35</v>
       </c>
       <c r="G75">
-        <v>12408</v>
+        <v>12401</v>
       </c>
       <c r="H75">
+        <v>12410</v>
+      </c>
+      <c r="I75">
         <v>12401</v>
       </c>
-      <c r="I75">
-[...1 lines deleted...]
-      </c>
       <c r="J75">
-        <v>12401</v>
+        <v>12397</v>
       </c>
       <c r="K75">
-        <v>12397</v>
+        <v>12384</v>
       </c>
       <c r="L75">
-        <v>12384</v>
+        <v>12377</v>
       </c>
       <c r="M75">
-        <v>12377</v>
+        <v>12383</v>
       </c>
       <c r="N75">
-        <v>12383</v>
+        <v>12366</v>
       </c>
       <c r="O75">
-        <v>12366</v>
+        <v>12338</v>
       </c>
       <c r="P75">
-        <v>12338</v>
+        <v>12347</v>
       </c>
       <c r="Q75">
-        <v>12347</v>
+        <v>12357</v>
       </c>
       <c r="R75">
-        <v>12357</v>
+        <v>12369</v>
       </c>
       <c r="S75">
-        <v>-51</v>
+        <v>-32</v>
       </c>
       <c r="T75" s="2">
-        <v>-0.41099999999999998</v>
+        <v>-0.25800000000000001</v>
       </c>
     </row>
     <row r="76" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
         <v>161</v>
       </c>
       <c r="B76" t="s">
         <v>165</v>
       </c>
       <c r="C76" t="s">
         <v>163</v>
       </c>
       <c r="D76">
         <v>1</v>
       </c>
       <c r="E76" t="s">
         <v>30</v>
       </c>
       <c r="F76" t="s">
         <v>166</v>
       </c>
       <c r="G76">
-        <v>7515</v>
+        <v>7508</v>
       </c>
       <c r="H76">
-        <v>7508</v>
+        <v>7494</v>
       </c>
       <c r="I76">
-        <v>7494</v>
+        <v>7495</v>
       </c>
       <c r="J76">
-        <v>7495</v>
+        <v>7485</v>
       </c>
       <c r="K76">
-        <v>7485</v>
+        <v>7479</v>
       </c>
       <c r="L76">
-        <v>7479</v>
+        <v>7497</v>
       </c>
       <c r="M76">
-        <v>7497</v>
+        <v>7525</v>
       </c>
       <c r="N76">
-        <v>7525</v>
+        <v>7514</v>
       </c>
       <c r="O76">
-        <v>7514</v>
+        <v>7506</v>
       </c>
       <c r="P76">
-        <v>7506</v>
+        <v>7507</v>
       </c>
       <c r="Q76">
-        <v>7507</v>
+        <v>7481</v>
       </c>
       <c r="R76">
-        <v>7481</v>
+        <v>7490</v>
       </c>
       <c r="S76">
-        <v>-34</v>
+        <v>-18</v>
       </c>
       <c r="T76" s="2">
-        <v>-0.45240000000000002</v>
+        <v>-0.2397</v>
       </c>
     </row>
     <row r="77" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
         <v>161</v>
       </c>
       <c r="B77" t="s">
         <v>167</v>
       </c>
       <c r="C77" t="s">
         <v>163</v>
       </c>
       <c r="D77">
         <v>5</v>
       </c>
       <c r="E77" t="s">
         <v>40</v>
       </c>
       <c r="F77" t="s">
         <v>73</v>
       </c>
       <c r="G77">
-        <v>12934</v>
+        <v>12943</v>
       </c>
       <c r="H77">
         <v>12943</v>
       </c>
       <c r="I77">
-        <v>12943</v>
+        <v>12941</v>
       </c>
       <c r="J77">
         <v>12941</v>
       </c>
       <c r="K77">
-        <v>12941</v>
+        <v>12955</v>
       </c>
       <c r="L77">
-        <v>12955</v>
+        <v>12951</v>
       </c>
       <c r="M77">
-        <v>12951</v>
+        <v>12940</v>
       </c>
       <c r="N77">
-        <v>12940</v>
+        <v>12932</v>
       </c>
       <c r="O77">
-        <v>12932</v>
+        <v>12929</v>
       </c>
       <c r="P77">
-        <v>12929</v>
+        <v>12927</v>
       </c>
       <c r="Q77">
-        <v>12927</v>
+        <v>12922</v>
       </c>
       <c r="R77">
-        <v>12922</v>
+        <v>12928</v>
       </c>
       <c r="S77">
-        <v>-12</v>
+        <v>-15</v>
       </c>
       <c r="T77" s="2">
-        <v>-9.2799999999999994E-2</v>
+        <v>-0.1159</v>
       </c>
     </row>
     <row r="78" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A78" t="s">
         <v>161</v>
       </c>
       <c r="B78" t="s">
         <v>168</v>
       </c>
       <c r="C78" t="s">
         <v>163</v>
       </c>
       <c r="D78">
         <v>3</v>
       </c>
       <c r="E78" t="s">
         <v>34</v>
       </c>
       <c r="F78" t="s">
         <v>35</v>
       </c>
       <c r="G78">
-        <v>11836</v>
+        <v>11865</v>
       </c>
       <c r="H78">
-        <v>11865</v>
+        <v>11903</v>
       </c>
       <c r="I78">
+        <v>11896</v>
+      </c>
+      <c r="J78">
+        <v>11915</v>
+      </c>
+      <c r="K78">
+        <v>11922</v>
+      </c>
+      <c r="L78">
+        <v>11972</v>
+      </c>
+      <c r="M78">
+        <v>11937</v>
+      </c>
+      <c r="N78">
+        <v>11934</v>
+      </c>
+      <c r="O78">
         <v>11903</v>
       </c>
-      <c r="J78">
-[...2 lines deleted...]
-      <c r="K78">
+      <c r="P78">
+        <v>11899</v>
+      </c>
+      <c r="Q78">
+        <v>11931</v>
+      </c>
+      <c r="R78">
         <v>11915</v>
       </c>
-      <c r="L78">
-[...19 lines deleted...]
-      </c>
       <c r="S78">
-        <v>95</v>
+        <v>50</v>
       </c>
       <c r="T78" s="2">
-        <v>0.80259999999999998</v>
+        <v>0.4214</v>
       </c>
     </row>
     <row r="79" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>169</v>
       </c>
       <c r="C79" t="s">
         <v>163</v>
       </c>
       <c r="D79">
         <v>3</v>
       </c>
       <c r="E79" t="s">
         <v>34</v>
       </c>
       <c r="F79" t="s">
         <v>35</v>
       </c>
       <c r="G79">
-        <v>9247</v>
+        <v>9260</v>
       </c>
       <c r="H79">
-        <v>9260</v>
+        <v>9279</v>
       </c>
       <c r="I79">
-        <v>9279</v>
+        <v>9275</v>
       </c>
       <c r="J79">
-        <v>9275</v>
+        <v>9244</v>
       </c>
       <c r="K79">
-        <v>9244</v>
+        <v>9235</v>
       </c>
       <c r="L79">
-        <v>9235</v>
+        <v>9212</v>
       </c>
       <c r="M79">
-        <v>9212</v>
+        <v>9215</v>
       </c>
       <c r="N79">
-        <v>9215</v>
+        <v>9187</v>
       </c>
       <c r="O79">
-        <v>9187</v>
+        <v>9147</v>
       </c>
       <c r="P79">
-        <v>9147</v>
+        <v>9162</v>
       </c>
       <c r="Q79">
-        <v>9162</v>
+        <v>9154</v>
       </c>
       <c r="R79">
-        <v>9154</v>
+        <v>9149</v>
       </c>
       <c r="S79">
-        <v>-93</v>
+        <v>-111</v>
       </c>
       <c r="T79" s="2">
-        <v>-1.0057</v>
+        <v>-1.1987000000000001</v>
       </c>
     </row>
     <row r="80" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
         <v>161</v>
       </c>
       <c r="B80" t="s">
         <v>170</v>
       </c>
       <c r="C80" t="s">
         <v>163</v>
       </c>
       <c r="D80">
         <v>3</v>
       </c>
       <c r="E80" t="s">
         <v>34</v>
       </c>
       <c r="F80" t="s">
         <v>35</v>
       </c>
       <c r="G80">
-        <v>8870</v>
+        <v>8867</v>
       </c>
       <c r="H80">
-        <v>8867</v>
+        <v>8912</v>
       </c>
       <c r="I80">
-        <v>8912</v>
+        <v>8967</v>
       </c>
       <c r="J80">
-        <v>8967</v>
+        <v>9007</v>
       </c>
       <c r="K80">
-        <v>9007</v>
+        <v>9052</v>
       </c>
       <c r="L80">
-        <v>9052</v>
+        <v>9064</v>
       </c>
       <c r="M80">
-        <v>9064</v>
+        <v>9140</v>
       </c>
       <c r="N80">
-        <v>9140</v>
+        <v>9180</v>
       </c>
       <c r="O80">
-        <v>9180</v>
+        <v>9266</v>
       </c>
       <c r="P80">
-        <v>9266</v>
+        <v>9318</v>
       </c>
       <c r="Q80">
-        <v>9318</v>
+        <v>9372</v>
       </c>
       <c r="R80">
-        <v>9372</v>
+        <v>9407</v>
       </c>
       <c r="S80">
-        <v>502</v>
+        <v>540</v>
       </c>
       <c r="T80" s="2">
-        <v>5.6595000000000004</v>
+        <v>6.09</v>
       </c>
     </row>
     <row r="81" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A81" t="s">
         <v>161</v>
       </c>
       <c r="B81" t="s">
         <v>171</v>
       </c>
       <c r="C81" t="s">
         <v>163</v>
       </c>
       <c r="D81">
         <v>4</v>
       </c>
       <c r="E81" t="s">
         <v>26</v>
       </c>
       <c r="F81" t="s">
         <v>27</v>
       </c>
       <c r="G81">
-        <v>7442</v>
+        <v>7424</v>
       </c>
       <c r="H81">
-        <v>7424</v>
+        <v>7400</v>
       </c>
       <c r="I81">
-        <v>7400</v>
+        <v>7388</v>
       </c>
       <c r="J81">
         <v>7388</v>
       </c>
       <c r="K81">
-        <v>7388</v>
+        <v>7397</v>
       </c>
       <c r="L81">
-        <v>7397</v>
+        <v>7363</v>
       </c>
       <c r="M81">
-        <v>7363</v>
+        <v>7329</v>
       </c>
       <c r="N81">
-        <v>7329</v>
+        <v>7362</v>
       </c>
       <c r="O81">
-        <v>7362</v>
+        <v>7358</v>
       </c>
       <c r="P81">
-        <v>7358</v>
+        <v>7347</v>
       </c>
       <c r="Q81">
-        <v>7347</v>
+        <v>7335</v>
       </c>
       <c r="R81">
-        <v>7335</v>
+        <v>7311</v>
       </c>
       <c r="S81">
-        <v>-107</v>
+        <v>-113</v>
       </c>
       <c r="T81" s="2">
-        <v>-1.4378</v>
+        <v>-1.5221</v>
       </c>
     </row>
     <row r="82" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A82" t="s">
         <v>161</v>
       </c>
       <c r="B82" t="s">
         <v>172</v>
       </c>
       <c r="C82" t="s">
         <v>163</v>
       </c>
       <c r="D82">
         <v>4</v>
       </c>
       <c r="E82" t="s">
         <v>26</v>
       </c>
       <c r="F82" t="s">
         <v>173</v>
       </c>
       <c r="G82">
-        <v>8231</v>
+        <v>8230</v>
       </c>
       <c r="H82">
-        <v>8230</v>
+        <v>8216</v>
       </c>
       <c r="I82">
-        <v>8216</v>
+        <v>8215</v>
       </c>
       <c r="J82">
         <v>8215</v>
       </c>
       <c r="K82">
-        <v>8215</v>
+        <v>8204</v>
       </c>
       <c r="L82">
-        <v>8204</v>
+        <v>8191</v>
       </c>
       <c r="M82">
-        <v>8191</v>
+        <v>8210</v>
       </c>
       <c r="N82">
-        <v>8210</v>
+        <v>8180</v>
       </c>
       <c r="O82">
-        <v>8180</v>
+        <v>8195</v>
       </c>
       <c r="P82">
-        <v>8195</v>
+        <v>8197</v>
       </c>
       <c r="Q82">
-        <v>8197</v>
+        <v>8202</v>
       </c>
       <c r="R82">
-        <v>8202</v>
+        <v>8217</v>
       </c>
       <c r="S82">
-        <v>-29</v>
+        <v>-13</v>
       </c>
       <c r="T82" s="2">
-        <v>-0.3523</v>
+        <v>-0.158</v>
       </c>
     </row>
     <row r="83" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
         <v>161</v>
       </c>
       <c r="B83" t="s">
         <v>174</v>
       </c>
       <c r="C83" t="s">
         <v>163</v>
       </c>
       <c r="D83">
         <v>3</v>
       </c>
       <c r="E83" t="s">
         <v>34</v>
       </c>
       <c r="F83" t="s">
         <v>35</v>
       </c>
       <c r="G83">
+        <v>12537</v>
+      </c>
+      <c r="H83">
+        <v>12533</v>
+      </c>
+      <c r="I83">
+        <v>12482</v>
+      </c>
+      <c r="J83">
+        <v>12474</v>
+      </c>
+      <c r="K83">
+        <v>12511</v>
+      </c>
+      <c r="L83">
+        <v>12515</v>
+      </c>
+      <c r="M83">
+        <v>12565</v>
+      </c>
+      <c r="N83">
+        <v>12541</v>
+      </c>
+      <c r="O83">
+        <v>12528</v>
+      </c>
+      <c r="P83">
+        <v>12546</v>
+      </c>
+      <c r="Q83">
         <v>12561</v>
       </c>
-      <c r="H83">
-[...28 lines deleted...]
-      </c>
       <c r="R83">
-        <v>12561</v>
+        <v>12564</v>
       </c>
       <c r="S83">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="T83" s="2">
-        <v>0</v>
+        <v>0.21540000000000001</v>
       </c>
     </row>
     <row r="84" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
         <v>161</v>
       </c>
       <c r="B84" t="s">
         <v>175</v>
       </c>
       <c r="C84" t="s">
         <v>163</v>
       </c>
       <c r="D84">
         <v>1</v>
       </c>
       <c r="E84" t="s">
         <v>30</v>
       </c>
       <c r="F84" t="s">
         <v>166</v>
       </c>
       <c r="G84">
-        <v>3671</v>
+        <v>3647</v>
       </c>
       <c r="H84">
-        <v>3647</v>
+        <v>3615</v>
       </c>
       <c r="I84">
-        <v>3615</v>
+        <v>3575</v>
       </c>
       <c r="J84">
-        <v>3575</v>
+        <v>3555</v>
       </c>
       <c r="K84">
-        <v>3555</v>
+        <v>3535</v>
       </c>
       <c r="L84">
-        <v>3535</v>
+        <v>3520</v>
       </c>
       <c r="M84">
-        <v>3520</v>
+        <v>3489</v>
       </c>
       <c r="N84">
-        <v>3489</v>
+        <v>3462</v>
       </c>
       <c r="O84">
-        <v>3462</v>
+        <v>3450</v>
       </c>
       <c r="P84">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="Q84">
-        <v>3447</v>
+        <v>3424</v>
       </c>
       <c r="R84">
-        <v>3424</v>
+        <v>3405</v>
       </c>
       <c r="S84">
-        <v>-247</v>
+        <v>-242</v>
       </c>
       <c r="T84" s="2">
-        <v>-6.7283999999999997</v>
+        <v>-6.6356000000000002</v>
       </c>
     </row>
     <row r="85" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
         <v>161</v>
       </c>
       <c r="B85" t="s">
         <v>176</v>
       </c>
       <c r="C85" t="s">
         <v>163</v>
       </c>
       <c r="D85">
         <v>1</v>
       </c>
       <c r="E85" t="s">
         <v>30</v>
       </c>
       <c r="F85" t="s">
         <v>83</v>
       </c>
       <c r="G85">
-        <v>11743</v>
+        <v>11761</v>
       </c>
       <c r="H85">
-        <v>11761</v>
+        <v>11757</v>
       </c>
       <c r="I85">
-        <v>11757</v>
+        <v>11772</v>
       </c>
       <c r="J85">
         <v>11772</v>
       </c>
       <c r="K85">
-        <v>11772</v>
+        <v>11779</v>
       </c>
       <c r="L85">
-        <v>11779</v>
+        <v>11773</v>
       </c>
       <c r="M85">
-        <v>11773</v>
+        <v>11760</v>
       </c>
       <c r="N85">
-        <v>11760</v>
+        <v>11729</v>
       </c>
       <c r="O85">
-        <v>11729</v>
+        <v>11731</v>
       </c>
       <c r="P85">
-        <v>11731</v>
+        <v>11695</v>
       </c>
       <c r="Q85">
-        <v>11695</v>
+        <v>11653</v>
       </c>
       <c r="R85">
-        <v>11653</v>
+        <v>11643</v>
       </c>
       <c r="S85">
-        <v>-90</v>
+        <v>-118</v>
       </c>
       <c r="T85" s="2">
-        <v>-0.76639999999999997</v>
+        <v>-1.0033000000000001</v>
       </c>
     </row>
     <row r="86" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A86" t="s">
         <v>161</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86" t="s">
         <v>163</v>
       </c>
       <c r="D86">
         <v>1</v>
       </c>
       <c r="E86" t="s">
         <v>30</v>
       </c>
       <c r="F86" t="s">
         <v>83</v>
       </c>
       <c r="G86">
-        <v>5918</v>
+        <v>5922</v>
       </c>
       <c r="H86">
-        <v>5922</v>
+        <v>5904</v>
       </c>
       <c r="I86">
-        <v>5904</v>
+        <v>5848</v>
       </c>
       <c r="J86">
-        <v>5848</v>
+        <v>5828</v>
       </c>
       <c r="K86">
-        <v>5828</v>
+        <v>5822</v>
       </c>
       <c r="L86">
-        <v>5822</v>
+        <v>5818</v>
       </c>
       <c r="M86">
-        <v>5818</v>
+        <v>5794</v>
       </c>
       <c r="N86">
-        <v>5794</v>
+        <v>5749</v>
       </c>
       <c r="O86">
-        <v>5749</v>
+        <v>5724</v>
       </c>
       <c r="P86">
-        <v>5724</v>
+        <v>5703</v>
       </c>
       <c r="Q86">
-        <v>5703</v>
+        <v>5698</v>
       </c>
       <c r="R86">
-        <v>5698</v>
+        <v>5685</v>
       </c>
       <c r="S86">
-        <v>-220</v>
+        <v>-237</v>
       </c>
       <c r="T86" s="2">
-        <v>-3.7174999999999998</v>
+        <v>-4.0019999999999998</v>
       </c>
     </row>
     <row r="87" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A87" t="s">
         <v>161</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87" t="s">
         <v>163</v>
       </c>
       <c r="D87">
         <v>1</v>
       </c>
       <c r="E87" t="s">
         <v>30</v>
       </c>
       <c r="F87" t="s">
         <v>179</v>
       </c>
       <c r="G87">
-        <v>4813</v>
+        <v>4818</v>
       </c>
       <c r="H87">
-        <v>4818</v>
+        <v>4838</v>
       </c>
       <c r="I87">
         <v>4838</v>
       </c>
       <c r="J87">
-        <v>4838</v>
+        <v>4836</v>
       </c>
       <c r="K87">
-        <v>4836</v>
+        <v>4845</v>
       </c>
       <c r="L87">
-        <v>4845</v>
+        <v>4851</v>
       </c>
       <c r="M87">
-        <v>4851</v>
+        <v>4848</v>
       </c>
       <c r="N87">
-        <v>4848</v>
+        <v>4831</v>
       </c>
       <c r="O87">
-        <v>4831</v>
+        <v>4823</v>
       </c>
       <c r="P87">
-        <v>4823</v>
+        <v>4811</v>
       </c>
       <c r="Q87">
-        <v>4811</v>
+        <v>4813</v>
       </c>
       <c r="R87">
-        <v>4813</v>
+        <v>4815</v>
       </c>
       <c r="S87">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="T87" s="2">
-        <v>0</v>
+        <v>-6.2300000000000001E-2</v>
       </c>
     </row>
     <row r="88" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A88" t="s">
         <v>161</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88" t="s">
         <v>163</v>
       </c>
       <c r="D88">
         <v>4</v>
       </c>
       <c r="E88" t="s">
         <v>26</v>
       </c>
       <c r="F88" t="s">
         <v>27</v>
       </c>
       <c r="G88">
-        <v>9576</v>
+        <v>9578</v>
       </c>
       <c r="H88">
         <v>9578</v>
       </c>
       <c r="I88">
-        <v>9578</v>
+        <v>9591</v>
       </c>
       <c r="J88">
-        <v>9591</v>
+        <v>9609</v>
       </c>
       <c r="K88">
-        <v>9609</v>
+        <v>9615</v>
       </c>
       <c r="L88">
-        <v>9615</v>
+        <v>9632</v>
       </c>
       <c r="M88">
-        <v>9632</v>
+        <v>9610</v>
       </c>
       <c r="N88">
-        <v>9610</v>
+        <v>9618</v>
       </c>
       <c r="O88">
-        <v>9618</v>
+        <v>9602</v>
       </c>
       <c r="P88">
-        <v>9602</v>
+        <v>9607</v>
       </c>
       <c r="Q88">
-        <v>9607</v>
+        <v>9600</v>
       </c>
       <c r="R88">
-        <v>9600</v>
+        <v>9589</v>
       </c>
       <c r="S88">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="T88" s="2">
-        <v>0.25059999999999999</v>
+        <v>0.1148</v>
       </c>
     </row>
     <row r="89" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A89" t="s">
         <v>161</v>
       </c>
       <c r="B89" t="s">
         <v>181</v>
       </c>
       <c r="C89" t="s">
         <v>163</v>
       </c>
       <c r="D89">
         <v>3</v>
       </c>
       <c r="E89" t="s">
         <v>34</v>
       </c>
       <c r="F89" t="s">
         <v>35</v>
       </c>
       <c r="G89">
-        <v>9521</v>
+        <v>9495</v>
       </c>
       <c r="H89">
-        <v>9495</v>
+        <v>9487</v>
       </c>
       <c r="I89">
-        <v>9487</v>
+        <v>9480</v>
       </c>
       <c r="J89">
-        <v>9480</v>
+        <v>9485</v>
       </c>
       <c r="K89">
-        <v>9485</v>
+        <v>9454</v>
       </c>
       <c r="L89">
-        <v>9454</v>
+        <v>9419</v>
       </c>
       <c r="M89">
-        <v>9419</v>
+        <v>9420</v>
       </c>
       <c r="N89">
-        <v>9420</v>
+        <v>9422</v>
       </c>
       <c r="O89">
-        <v>9422</v>
+        <v>9431</v>
       </c>
       <c r="P89">
-        <v>9431</v>
+        <v>9432</v>
       </c>
       <c r="Q89">
-        <v>9432</v>
+        <v>9401</v>
       </c>
       <c r="R89">
-        <v>9401</v>
+        <v>9395</v>
       </c>
       <c r="S89">
-        <v>-120</v>
+        <v>-100</v>
       </c>
       <c r="T89" s="2">
-        <v>-1.2604</v>
+        <v>-1.0531999999999999</v>
       </c>
     </row>
     <row r="90" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A90" t="s">
         <v>161</v>
       </c>
       <c r="B90" t="s">
         <v>182</v>
       </c>
       <c r="C90" t="s">
         <v>163</v>
       </c>
       <c r="D90">
         <v>3</v>
       </c>
       <c r="E90" t="s">
         <v>34</v>
       </c>
       <c r="F90" t="s">
         <v>35</v>
       </c>
       <c r="G90">
-        <v>11367</v>
+        <v>11314</v>
       </c>
       <c r="H90">
         <v>11314</v>
       </c>
       <c r="I90">
-        <v>11314</v>
+        <v>11266</v>
       </c>
       <c r="J90">
-        <v>11266</v>
+        <v>11223</v>
       </c>
       <c r="K90">
-        <v>11223</v>
+        <v>11210</v>
       </c>
       <c r="L90">
-        <v>11210</v>
+        <v>11184</v>
       </c>
       <c r="M90">
-        <v>11184</v>
+        <v>11157</v>
       </c>
       <c r="N90">
-        <v>11157</v>
+        <v>11123</v>
       </c>
       <c r="O90">
-        <v>11123</v>
+        <v>11106</v>
       </c>
       <c r="P90">
-        <v>11106</v>
+        <v>11073</v>
       </c>
       <c r="Q90">
-        <v>11073</v>
+        <v>11031</v>
       </c>
       <c r="R90">
-        <v>11031</v>
+        <v>10992</v>
       </c>
       <c r="S90">
-        <v>-336</v>
+        <v>-322</v>
       </c>
       <c r="T90" s="2">
-        <v>-2.9559000000000002</v>
+        <v>-2.8460000000000001</v>
       </c>
     </row>
     <row r="91" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A91" t="s">
         <v>161</v>
       </c>
       <c r="B91" t="s">
         <v>183</v>
       </c>
       <c r="C91" t="s">
         <v>163</v>
       </c>
       <c r="D91">
         <v>1</v>
       </c>
       <c r="E91" t="s">
         <v>30</v>
       </c>
       <c r="F91" t="s">
         <v>137</v>
       </c>
       <c r="G91">
-        <v>3562</v>
+        <v>3557</v>
       </c>
       <c r="H91">
-        <v>3557</v>
+        <v>3553</v>
       </c>
       <c r="I91">
-        <v>3553</v>
+        <v>3544</v>
       </c>
       <c r="J91">
-        <v>3544</v>
+        <v>3560</v>
       </c>
       <c r="K91">
-        <v>3560</v>
+        <v>3552</v>
       </c>
       <c r="L91">
-        <v>3552</v>
+        <v>3555</v>
       </c>
       <c r="M91">
-        <v>3555</v>
+        <v>3556</v>
       </c>
       <c r="N91">
-        <v>3556</v>
+        <v>3537</v>
       </c>
       <c r="O91">
-        <v>3537</v>
+        <v>3535</v>
       </c>
       <c r="P91">
-        <v>3535</v>
+        <v>3521</v>
       </c>
       <c r="Q91">
-        <v>3521</v>
+        <v>3526</v>
       </c>
       <c r="R91">
-        <v>3526</v>
+        <v>3520</v>
       </c>
       <c r="S91">
-        <v>-36</v>
+        <v>-37</v>
       </c>
       <c r="T91" s="2">
-        <v>-1.0106999999999999</v>
+        <v>-1.0402</v>
       </c>
     </row>
     <row r="92" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A92" t="s">
         <v>161</v>
       </c>
       <c r="B92" t="s">
         <v>184</v>
       </c>
       <c r="C92" t="s">
         <v>163</v>
       </c>
       <c r="D92">
         <v>2</v>
       </c>
       <c r="E92" t="s">
         <v>23</v>
       </c>
       <c r="F92" t="s">
         <v>185</v>
       </c>
       <c r="G92">
-        <v>9800</v>
+        <v>9792</v>
       </c>
       <c r="H92">
-        <v>9792</v>
+        <v>9815</v>
       </c>
       <c r="I92">
         <v>9815</v>
       </c>
       <c r="J92">
-        <v>9815</v>
+        <v>9822</v>
       </c>
       <c r="K92">
-        <v>9822</v>
+        <v>9854</v>
       </c>
       <c r="L92">
-        <v>9854</v>
+        <v>9886</v>
       </c>
       <c r="M92">
-        <v>9886</v>
+        <v>9888</v>
       </c>
       <c r="N92">
-        <v>9888</v>
+        <v>9904</v>
       </c>
       <c r="O92">
-        <v>9904</v>
+        <v>9906</v>
       </c>
       <c r="P92">
-        <v>9906</v>
+        <v>9893</v>
       </c>
       <c r="Q92">
-        <v>9893</v>
+        <v>9885</v>
       </c>
       <c r="R92">
-        <v>9885</v>
+        <v>9895</v>
       </c>
       <c r="S92">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="T92" s="2">
-        <v>0.86729999999999996</v>
+        <v>1.0519000000000001</v>
       </c>
     </row>
     <row r="93" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A93" t="s">
         <v>161</v>
       </c>
       <c r="B93" t="s">
         <v>186</v>
       </c>
       <c r="C93" t="s">
         <v>163</v>
       </c>
       <c r="D93">
         <v>4</v>
       </c>
       <c r="E93" t="s">
         <v>26</v>
       </c>
       <c r="F93" t="s">
         <v>27</v>
       </c>
       <c r="G93">
-        <v>7495</v>
+        <v>7445</v>
       </c>
       <c r="H93">
-        <v>7445</v>
+        <v>7386</v>
       </c>
       <c r="I93">
-        <v>7386</v>
+        <v>7356</v>
       </c>
       <c r="J93">
-        <v>7356</v>
+        <v>7283</v>
       </c>
       <c r="K93">
-        <v>7283</v>
+        <v>7252</v>
       </c>
       <c r="L93">
-        <v>7252</v>
+        <v>7225</v>
       </c>
       <c r="M93">
-        <v>7225</v>
+        <v>7197</v>
       </c>
       <c r="N93">
-        <v>7197</v>
+        <v>7141</v>
       </c>
       <c r="O93">
-        <v>7141</v>
+        <v>7134</v>
       </c>
       <c r="P93">
-        <v>7134</v>
+        <v>7091</v>
       </c>
       <c r="Q93">
-        <v>7091</v>
+        <v>7062</v>
       </c>
       <c r="R93">
-        <v>7062</v>
+        <v>7028</v>
       </c>
       <c r="S93">
-        <v>-433</v>
+        <v>-417</v>
       </c>
       <c r="T93" s="2">
-        <v>-5.7771999999999997</v>
+        <v>-5.6010999999999997</v>
       </c>
     </row>
     <row r="94" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A94" t="s">
         <v>161</v>
       </c>
       <c r="B94" t="s">
         <v>187</v>
       </c>
       <c r="C94" t="s">
         <v>163</v>
       </c>
       <c r="D94">
         <v>3</v>
       </c>
       <c r="E94" t="s">
         <v>34</v>
       </c>
       <c r="F94" t="s">
         <v>35</v>
       </c>
       <c r="G94">
-        <v>10590</v>
+        <v>10558</v>
       </c>
       <c r="H94">
-        <v>10558</v>
+        <v>10541</v>
       </c>
       <c r="I94">
-        <v>10541</v>
+        <v>10474</v>
       </c>
       <c r="J94">
-        <v>10474</v>
+        <v>10461</v>
       </c>
       <c r="K94">
-        <v>10461</v>
+        <v>10473</v>
       </c>
       <c r="L94">
-        <v>10473</v>
+        <v>10442</v>
       </c>
       <c r="M94">
-        <v>10442</v>
+        <v>10421</v>
       </c>
       <c r="N94">
-        <v>10421</v>
+        <v>10435</v>
       </c>
       <c r="O94">
-        <v>10435</v>
+        <v>10415</v>
       </c>
       <c r="P94">
-        <v>10415</v>
+        <v>10389</v>
       </c>
       <c r="Q94">
-        <v>10389</v>
+        <v>10379</v>
       </c>
       <c r="R94">
-        <v>10379</v>
+        <v>10353</v>
       </c>
       <c r="S94">
-        <v>-211</v>
+        <v>-205</v>
       </c>
       <c r="T94" s="2">
-        <v>-1.9923999999999999</v>
+        <v>-1.9417</v>
       </c>
     </row>
     <row r="95" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A95" t="s">
         <v>161</v>
       </c>
       <c r="B95" t="s">
         <v>188</v>
       </c>
       <c r="C95" t="s">
         <v>163</v>
       </c>
       <c r="D95">
         <v>2</v>
       </c>
       <c r="E95" t="s">
         <v>23</v>
       </c>
       <c r="F95" t="s">
         <v>81</v>
       </c>
       <c r="G95">
-        <v>5081</v>
+        <v>5014</v>
       </c>
       <c r="H95">
-        <v>5014</v>
+        <v>4964</v>
       </c>
       <c r="I95">
-        <v>4964</v>
+        <v>4888</v>
       </c>
       <c r="J95">
-        <v>4888</v>
+        <v>4819</v>
       </c>
       <c r="K95">
-        <v>4819</v>
+        <v>4794</v>
       </c>
       <c r="L95">
-        <v>4794</v>
+        <v>4761</v>
       </c>
       <c r="M95">
-        <v>4761</v>
+        <v>4685</v>
       </c>
       <c r="N95">
-        <v>4685</v>
+        <v>4629</v>
       </c>
       <c r="O95">
-        <v>4629</v>
+        <v>4562</v>
       </c>
       <c r="P95">
-        <v>4562</v>
+        <v>4507</v>
       </c>
       <c r="Q95">
-        <v>4507</v>
+        <v>4460</v>
       </c>
       <c r="R95">
-        <v>4460</v>
+        <v>4397</v>
       </c>
       <c r="S95">
-        <v>-621</v>
+        <v>-617</v>
       </c>
       <c r="T95" s="2">
-        <v>-12.222</v>
+        <v>-12.3055</v>
       </c>
     </row>
     <row r="96" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A96" t="s">
         <v>161</v>
       </c>
       <c r="B96" t="s">
         <v>189</v>
       </c>
       <c r="C96" t="s">
         <v>163</v>
       </c>
       <c r="D96">
         <v>1</v>
       </c>
       <c r="E96" t="s">
         <v>30</v>
       </c>
       <c r="F96" t="s">
         <v>190</v>
       </c>
       <c r="G96">
-        <v>5112</v>
+        <v>5101</v>
       </c>
       <c r="H96">
-        <v>5101</v>
+        <v>5110</v>
       </c>
       <c r="I96">
-        <v>5110</v>
+        <v>5113</v>
       </c>
       <c r="J96">
-        <v>5113</v>
+        <v>5086</v>
       </c>
       <c r="K96">
-        <v>5086</v>
+        <v>5069</v>
       </c>
       <c r="L96">
+        <v>5055</v>
+      </c>
+      <c r="M96">
+        <v>5062</v>
+      </c>
+      <c r="N96">
         <v>5069</v>
       </c>
-      <c r="M96">
-[...4 lines deleted...]
-      </c>
       <c r="O96">
-        <v>5069</v>
+        <v>5051</v>
       </c>
       <c r="P96">
-        <v>5051</v>
+        <v>5036</v>
       </c>
       <c r="Q96">
-        <v>5036</v>
+        <v>5043</v>
       </c>
       <c r="R96">
-        <v>5043</v>
+        <v>5021</v>
       </c>
       <c r="S96">
-        <v>-69</v>
+        <v>-80</v>
       </c>
       <c r="T96" s="2">
-        <v>-1.3498000000000001</v>
+        <v>-1.5683</v>
       </c>
     </row>
     <row r="97" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A97" t="s">
         <v>161</v>
       </c>
       <c r="B97" t="s">
         <v>191</v>
       </c>
       <c r="C97" t="s">
         <v>163</v>
       </c>
       <c r="D97">
         <v>3</v>
       </c>
       <c r="E97" t="s">
         <v>34</v>
       </c>
       <c r="F97" t="s">
         <v>35</v>
       </c>
       <c r="G97">
-        <v>14185</v>
+        <v>14117</v>
       </c>
       <c r="H97">
-        <v>14117</v>
+        <v>14165</v>
       </c>
       <c r="I97">
-        <v>14165</v>
+        <v>14212</v>
       </c>
       <c r="J97">
-        <v>14212</v>
+        <v>14191</v>
       </c>
       <c r="K97">
-        <v>14191</v>
+        <v>14189</v>
       </c>
       <c r="L97">
-        <v>14189</v>
+        <v>14143</v>
       </c>
       <c r="M97">
-        <v>14143</v>
+        <v>14116</v>
       </c>
       <c r="N97">
-        <v>14116</v>
+        <v>14074</v>
       </c>
       <c r="O97">
-        <v>14074</v>
+        <v>14072</v>
       </c>
       <c r="P97">
-        <v>14072</v>
+        <v>14022</v>
       </c>
       <c r="Q97">
-        <v>14022</v>
+        <v>14008</v>
       </c>
       <c r="R97">
-        <v>14008</v>
+        <v>13999</v>
       </c>
       <c r="S97">
-        <v>-177</v>
+        <v>-118</v>
       </c>
       <c r="T97" s="2">
-        <v>-1.2478</v>
+        <v>-0.83589999999999998</v>
       </c>
     </row>
     <row r="98" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A98" t="s">
         <v>161</v>
       </c>
       <c r="B98" t="s">
         <v>192</v>
       </c>
       <c r="C98" t="s">
         <v>163</v>
       </c>
       <c r="D98">
         <v>3</v>
       </c>
       <c r="E98" t="s">
         <v>34</v>
       </c>
       <c r="F98" t="s">
         <v>35</v>
       </c>
       <c r="G98">
-        <v>17190</v>
+        <v>17109</v>
       </c>
       <c r="H98">
-        <v>17109</v>
+        <v>17066</v>
       </c>
       <c r="I98">
-        <v>17066</v>
+        <v>16975</v>
       </c>
       <c r="J98">
-        <v>16975</v>
+        <v>16567</v>
       </c>
       <c r="K98">
-        <v>16567</v>
+        <v>16195</v>
       </c>
       <c r="L98">
-        <v>16195</v>
+        <v>15983</v>
       </c>
       <c r="M98">
-        <v>15983</v>
+        <v>15868</v>
       </c>
       <c r="N98">
-        <v>15868</v>
+        <v>15712</v>
       </c>
       <c r="O98">
-        <v>15712</v>
+        <v>15602</v>
       </c>
       <c r="P98">
-        <v>15602</v>
+        <v>15466</v>
       </c>
       <c r="Q98">
-        <v>15466</v>
+        <v>15354</v>
       </c>
       <c r="R98">
-        <v>15354</v>
+        <v>15152</v>
       </c>
       <c r="S98">
-        <v>-1836</v>
+        <v>-1957</v>
       </c>
       <c r="T98" s="2">
-        <v>-10.6806</v>
+        <v>-11.4384</v>
       </c>
     </row>
     <row r="99" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A99" t="s">
         <v>161</v>
       </c>
       <c r="B99" t="s">
         <v>193</v>
       </c>
       <c r="C99" t="s">
         <v>163</v>
       </c>
       <c r="D99">
         <v>2</v>
       </c>
       <c r="E99" t="s">
         <v>23</v>
       </c>
       <c r="F99" t="s">
         <v>185</v>
       </c>
       <c r="G99">
-        <v>8702</v>
+        <v>8665</v>
       </c>
       <c r="H99">
-        <v>8665</v>
+        <v>8660</v>
       </c>
       <c r="I99">
-        <v>8660</v>
+        <v>8657</v>
       </c>
       <c r="J99">
-        <v>8657</v>
+        <v>8627</v>
       </c>
       <c r="K99">
-        <v>8627</v>
+        <v>8634</v>
       </c>
       <c r="L99">
-        <v>8634</v>
+        <v>8622</v>
       </c>
       <c r="M99">
-        <v>8622</v>
+        <v>8599</v>
       </c>
       <c r="N99">
-        <v>8599</v>
+        <v>8582</v>
       </c>
       <c r="O99">
-        <v>8582</v>
+        <v>8539</v>
       </c>
       <c r="P99">
-        <v>8539</v>
+        <v>8524</v>
       </c>
       <c r="Q99">
-        <v>8524</v>
+        <v>8519</v>
       </c>
       <c r="R99">
-        <v>8519</v>
+        <v>8502</v>
       </c>
       <c r="S99">
-        <v>-183</v>
+        <v>-163</v>
       </c>
       <c r="T99" s="2">
-        <v>-2.1030000000000002</v>
+        <v>-1.8811</v>
       </c>
     </row>
     <row r="100" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A100" t="s">
         <v>161</v>
       </c>
       <c r="B100" t="s">
         <v>194</v>
       </c>
       <c r="C100" t="s">
         <v>163</v>
       </c>
       <c r="D100">
         <v>5</v>
       </c>
       <c r="E100" t="s">
         <v>40</v>
       </c>
       <c r="F100" t="s">
         <v>108</v>
       </c>
       <c r="G100">
-        <v>13477</v>
+        <v>13429</v>
       </c>
       <c r="H100">
-        <v>13429</v>
+        <v>13415</v>
       </c>
       <c r="I100">
-        <v>13415</v>
+        <v>13386</v>
       </c>
       <c r="J100">
-        <v>13386</v>
+        <v>13381</v>
       </c>
       <c r="K100">
-        <v>13381</v>
+        <v>13349</v>
       </c>
       <c r="L100">
-        <v>13349</v>
+        <v>13340</v>
       </c>
       <c r="M100">
-        <v>13340</v>
+        <v>13328</v>
       </c>
       <c r="N100">
-        <v>13328</v>
+        <v>13286</v>
       </c>
       <c r="O100">
-        <v>13286</v>
+        <v>13261</v>
       </c>
       <c r="P100">
-        <v>13261</v>
+        <v>13239</v>
       </c>
       <c r="Q100">
-        <v>13239</v>
+        <v>13213</v>
       </c>
       <c r="R100">
-        <v>13213</v>
+        <v>13183</v>
       </c>
       <c r="S100">
-        <v>-264</v>
+        <v>-246</v>
       </c>
       <c r="T100" s="2">
-        <v>-1.9589000000000001</v>
+        <v>-1.8319000000000001</v>
       </c>
     </row>
     <row r="101" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A101" t="s">
         <v>161</v>
       </c>
       <c r="B101" t="s">
         <v>195</v>
       </c>
       <c r="C101" t="s">
         <v>163</v>
       </c>
       <c r="D101">
         <v>5</v>
       </c>
       <c r="E101" t="s">
         <v>40</v>
       </c>
       <c r="F101" t="s">
         <v>196</v>
       </c>
       <c r="G101">
-        <v>2723</v>
+        <v>2711</v>
       </c>
       <c r="H101">
-        <v>2711</v>
+        <v>2699</v>
       </c>
       <c r="I101">
-        <v>2699</v>
+        <v>2698</v>
       </c>
       <c r="J101">
-        <v>2698</v>
+        <v>2697</v>
       </c>
       <c r="K101">
-        <v>2697</v>
+        <v>2694</v>
       </c>
       <c r="L101">
-        <v>2694</v>
+        <v>2692</v>
       </c>
       <c r="M101">
-        <v>2692</v>
+        <v>2673</v>
       </c>
       <c r="N101">
-        <v>2673</v>
+        <v>2661</v>
       </c>
       <c r="O101">
         <v>2661</v>
       </c>
       <c r="P101">
-        <v>2661</v>
+        <v>2647</v>
       </c>
       <c r="Q101">
-        <v>2647</v>
+        <v>2645</v>
       </c>
       <c r="R101">
-        <v>2645</v>
+        <v>2648</v>
       </c>
       <c r="S101">
-        <v>-78</v>
+        <v>-63</v>
       </c>
       <c r="T101" s="2">
-        <v>-2.8645</v>
+        <v>-2.3239000000000001</v>
       </c>
     </row>
     <row r="102" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A102" t="s">
         <v>161</v>
       </c>
       <c r="B102" t="s">
         <v>197</v>
       </c>
       <c r="C102" t="s">
         <v>163</v>
       </c>
       <c r="D102">
         <v>5</v>
       </c>
       <c r="E102" t="s">
         <v>40</v>
       </c>
       <c r="F102" t="s">
         <v>198</v>
       </c>
       <c r="G102">
-        <v>10241</v>
+        <v>10227</v>
       </c>
       <c r="H102">
-        <v>10227</v>
+        <v>10195</v>
       </c>
       <c r="I102">
-        <v>10195</v>
+        <v>10184</v>
       </c>
       <c r="J102">
+        <v>10171</v>
+      </c>
+      <c r="K102">
         <v>10184</v>
       </c>
-      <c r="K102">
-[...1 lines deleted...]
-      </c>
       <c r="L102">
-        <v>10184</v>
+        <v>10152</v>
       </c>
       <c r="M102">
-        <v>10152</v>
+        <v>10122</v>
       </c>
       <c r="N102">
-        <v>10122</v>
+        <v>10092</v>
       </c>
       <c r="O102">
-        <v>10092</v>
+        <v>10078</v>
       </c>
       <c r="P102">
-        <v>10078</v>
+        <v>10039</v>
       </c>
       <c r="Q102">
-        <v>10039</v>
+        <v>10021</v>
       </c>
       <c r="R102">
-        <v>10021</v>
+        <v>10018</v>
       </c>
       <c r="S102">
-        <v>-220</v>
+        <v>-209</v>
       </c>
       <c r="T102" s="2">
-        <v>-2.1482000000000001</v>
+        <v>-2.0436000000000001</v>
       </c>
     </row>
     <row r="103" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A103" t="s">
         <v>161</v>
       </c>
       <c r="B103" t="s">
         <v>199</v>
       </c>
       <c r="C103" t="s">
         <v>163</v>
       </c>
       <c r="D103">
         <v>4</v>
       </c>
       <c r="E103" t="s">
         <v>26</v>
       </c>
       <c r="F103" t="s">
         <v>27</v>
       </c>
       <c r="G103">
-        <v>8957</v>
+        <v>8944</v>
       </c>
       <c r="H103">
-        <v>8944</v>
+        <v>8962</v>
       </c>
       <c r="I103">
-        <v>8962</v>
+        <v>8959</v>
       </c>
       <c r="J103">
-        <v>8959</v>
+        <v>8972</v>
       </c>
       <c r="K103">
-        <v>8972</v>
+        <v>8953</v>
       </c>
       <c r="L103">
-        <v>8953</v>
+        <v>8952</v>
       </c>
       <c r="M103">
-        <v>8952</v>
+        <v>8966</v>
       </c>
       <c r="N103">
-        <v>8966</v>
+        <v>8982</v>
       </c>
       <c r="O103">
-        <v>8982</v>
+        <v>8977</v>
       </c>
       <c r="P103">
-        <v>8977</v>
+        <v>8983</v>
       </c>
       <c r="Q103">
-        <v>8983</v>
+        <v>8981</v>
       </c>
       <c r="R103">
-        <v>8981</v>
+        <v>8976</v>
       </c>
       <c r="S103">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="T103" s="2">
-        <v>0.26790000000000003</v>
+        <v>0.35780000000000001</v>
       </c>
     </row>
     <row r="104" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A104" t="s">
         <v>161</v>
       </c>
       <c r="B104" t="s">
         <v>200</v>
       </c>
       <c r="C104" t="s">
         <v>163</v>
       </c>
       <c r="D104">
         <v>5</v>
       </c>
       <c r="E104" t="s">
         <v>40</v>
       </c>
       <c r="F104" t="s">
         <v>73</v>
       </c>
       <c r="G104">
-        <v>7768</v>
+        <v>7772</v>
       </c>
       <c r="H104">
-        <v>7772</v>
+        <v>7769</v>
       </c>
       <c r="I104">
-        <v>7769</v>
+        <v>7762</v>
       </c>
       <c r="J104">
+        <v>7770</v>
+      </c>
+      <c r="K104">
+        <v>7760</v>
+      </c>
+      <c r="L104">
         <v>7762</v>
       </c>
-      <c r="K104">
-[...4 lines deleted...]
-      </c>
       <c r="M104">
-        <v>7762</v>
+        <v>7749</v>
       </c>
       <c r="N104">
-        <v>7749</v>
+        <v>7764</v>
       </c>
       <c r="O104">
-        <v>7764</v>
+        <v>7767</v>
       </c>
       <c r="P104">
         <v>7767</v>
       </c>
       <c r="Q104">
-        <v>7767</v>
+        <v>7764</v>
       </c>
       <c r="R104">
-        <v>7764</v>
+        <v>7774</v>
       </c>
       <c r="S104">
-        <v>-4</v>
+        <v>2</v>
       </c>
       <c r="T104" s="2">
-        <v>-5.1499999999999997E-2</v>
+        <v>2.5700000000000001E-2</v>
       </c>
     </row>
     <row r="105" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A105" t="s">
         <v>161</v>
       </c>
       <c r="B105" t="s">
         <v>201</v>
       </c>
       <c r="C105" t="s">
         <v>163</v>
       </c>
       <c r="D105">
         <v>1</v>
       </c>
       <c r="E105" t="s">
         <v>30</v>
       </c>
       <c r="F105" t="s">
         <v>83</v>
       </c>
       <c r="G105">
-        <v>10224</v>
+        <v>10211</v>
       </c>
       <c r="H105">
-        <v>10211</v>
+        <v>10197</v>
       </c>
       <c r="I105">
-        <v>10197</v>
+        <v>10174</v>
       </c>
       <c r="J105">
-        <v>10174</v>
+        <v>10123</v>
       </c>
       <c r="K105">
-        <v>10123</v>
+        <v>10112</v>
       </c>
       <c r="L105">
-        <v>10112</v>
+        <v>10105</v>
       </c>
       <c r="M105">
-        <v>10105</v>
+        <v>10075</v>
       </c>
       <c r="N105">
-        <v>10075</v>
+        <v>10044</v>
       </c>
       <c r="O105">
-        <v>10044</v>
+        <v>9999</v>
       </c>
       <c r="P105">
-        <v>9999</v>
+        <v>9986</v>
       </c>
       <c r="Q105">
-        <v>9986</v>
+        <v>9993</v>
       </c>
       <c r="R105">
-        <v>9993</v>
+        <v>9984</v>
       </c>
       <c r="S105">
-        <v>-231</v>
+        <v>-227</v>
       </c>
       <c r="T105" s="2">
-        <v>-2.2593999999999999</v>
+        <v>-2.2231000000000001</v>
       </c>
     </row>
     <row r="106" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A106" t="s">
         <v>161</v>
       </c>
       <c r="B106" t="s">
         <v>202</v>
       </c>
       <c r="C106" t="s">
         <v>163</v>
       </c>
       <c r="D106">
         <v>4</v>
       </c>
       <c r="E106" t="s">
         <v>26</v>
       </c>
       <c r="F106" t="s">
         <v>203</v>
       </c>
       <c r="G106">
         <v>8245</v>
       </c>
       <c r="H106">
-        <v>8245</v>
+        <v>8234</v>
       </c>
       <c r="I106">
-        <v>8234</v>
+        <v>8221</v>
       </c>
       <c r="J106">
-        <v>8221</v>
+        <v>8183</v>
       </c>
       <c r="K106">
-        <v>8183</v>
+        <v>8173</v>
       </c>
       <c r="L106">
-        <v>8173</v>
+        <v>8177</v>
       </c>
       <c r="M106">
-        <v>8177</v>
+        <v>8191</v>
       </c>
       <c r="N106">
-        <v>8191</v>
+        <v>8195</v>
       </c>
       <c r="O106">
-        <v>8195</v>
+        <v>8176</v>
       </c>
       <c r="P106">
-        <v>8176</v>
+        <v>8174</v>
       </c>
       <c r="Q106">
-        <v>8174</v>
+        <v>8166</v>
       </c>
       <c r="R106">
-        <v>8166</v>
+        <v>8147</v>
       </c>
       <c r="S106">
-        <v>-79</v>
+        <v>-98</v>
       </c>
       <c r="T106" s="2">
-        <v>-0.95820000000000005</v>
+        <v>-1.1886000000000001</v>
       </c>
     </row>
     <row r="107" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A107" t="s">
         <v>161</v>
       </c>
       <c r="B107" t="s">
         <v>204</v>
       </c>
       <c r="C107" t="s">
         <v>163</v>
       </c>
       <c r="D107">
         <v>2</v>
       </c>
       <c r="E107" t="s">
         <v>23</v>
       </c>
       <c r="F107" t="s">
         <v>99</v>
       </c>
       <c r="G107">
-        <v>4072</v>
+        <v>4088</v>
       </c>
       <c r="H107">
-        <v>4088</v>
+        <v>4112</v>
       </c>
       <c r="I107">
-        <v>4112</v>
+        <v>4113</v>
       </c>
       <c r="J107">
-        <v>4113</v>
+        <v>4146</v>
       </c>
       <c r="K107">
-        <v>4146</v>
+        <v>4166</v>
       </c>
       <c r="L107">
-        <v>4166</v>
+        <v>4176</v>
       </c>
       <c r="M107">
-        <v>4176</v>
+        <v>4177</v>
       </c>
       <c r="N107">
-        <v>4177</v>
+        <v>4204</v>
       </c>
       <c r="O107">
-        <v>4204</v>
+        <v>4209</v>
       </c>
       <c r="P107">
-        <v>4209</v>
+        <v>4212</v>
       </c>
       <c r="Q107">
-        <v>4212</v>
+        <v>4207</v>
       </c>
       <c r="R107">
-        <v>4207</v>
+        <v>4213</v>
       </c>
       <c r="S107">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="T107" s="2">
-        <v>3.3153000000000001</v>
+        <v>3.0577000000000001</v>
       </c>
     </row>
     <row r="108" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A108" t="s">
         <v>161</v>
       </c>
       <c r="B108" t="s">
         <v>205</v>
       </c>
       <c r="C108" t="s">
         <v>163</v>
       </c>
       <c r="D108">
         <v>5</v>
       </c>
       <c r="E108" t="s">
         <v>40</v>
       </c>
       <c r="F108" t="s">
         <v>121</v>
       </c>
       <c r="G108">
+        <v>7199</v>
+      </c>
+      <c r="H108">
+        <v>7190</v>
+      </c>
+      <c r="I108">
+        <v>7198</v>
+      </c>
+      <c r="J108">
+        <v>7196</v>
+      </c>
+      <c r="K108">
+        <v>7199</v>
+      </c>
+      <c r="L108">
+        <v>7203</v>
+      </c>
+      <c r="M108">
         <v>7194</v>
       </c>
-      <c r="H108">
-[...2 lines deleted...]
-      <c r="I108">
+      <c r="N108">
+        <v>7184</v>
+      </c>
+      <c r="O108">
         <v>7190</v>
       </c>
-      <c r="J108">
-[...14 lines deleted...]
-      <c r="O108">
+      <c r="P108">
+        <v>7191</v>
+      </c>
+      <c r="Q108">
+        <v>7179</v>
+      </c>
+      <c r="R108">
         <v>7184</v>
-      </c>
-[...7 lines deleted...]
-        <v>7179</v>
       </c>
       <c r="S108">
         <v>-15</v>
       </c>
       <c r="T108" s="2">
-        <v>-0.20849999999999999</v>
+        <v>-0.2084</v>
       </c>
     </row>
     <row r="109" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A109" t="s">
         <v>161</v>
       </c>
       <c r="B109" t="s">
         <v>206</v>
       </c>
       <c r="C109" t="s">
         <v>163</v>
       </c>
       <c r="D109">
         <v>3</v>
       </c>
       <c r="E109" t="s">
         <v>34</v>
       </c>
       <c r="F109" t="s">
         <v>35</v>
       </c>
       <c r="G109">
-        <v>10425</v>
+        <v>10410</v>
       </c>
       <c r="H109">
-        <v>10410</v>
+        <v>10773</v>
       </c>
       <c r="I109">
-        <v>10773</v>
+        <v>10738</v>
       </c>
       <c r="J109">
-        <v>10738</v>
+        <v>10727</v>
       </c>
       <c r="K109">
-        <v>10727</v>
+        <v>10730</v>
       </c>
       <c r="L109">
-        <v>10730</v>
+        <v>10729</v>
       </c>
       <c r="M109">
-        <v>10729</v>
+        <v>10739</v>
       </c>
       <c r="N109">
-        <v>10739</v>
+        <v>10718</v>
       </c>
       <c r="O109">
-        <v>10718</v>
+        <v>10694</v>
       </c>
       <c r="P109">
-        <v>10694</v>
+        <v>10646</v>
       </c>
       <c r="Q109">
-        <v>10646</v>
+        <v>10633</v>
       </c>
       <c r="R109">
-        <v>10633</v>
+        <v>10618</v>
       </c>
       <c r="S109">
         <v>208</v>
       </c>
       <c r="T109" s="2">
-        <v>1.9952000000000001</v>
+        <v>1.9981</v>
       </c>
     </row>
     <row r="110" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A110" t="s">
         <v>161</v>
       </c>
       <c r="B110" t="s">
         <v>207</v>
       </c>
       <c r="C110" t="s">
         <v>163</v>
       </c>
       <c r="D110">
         <v>4</v>
       </c>
       <c r="E110" t="s">
         <v>26</v>
       </c>
       <c r="F110" t="s">
         <v>114</v>
       </c>
       <c r="G110">
-        <v>3521</v>
+        <v>3513</v>
       </c>
       <c r="H110">
-        <v>3513</v>
+        <v>3524</v>
       </c>
       <c r="I110">
-        <v>3524</v>
+        <v>3535</v>
       </c>
       <c r="J110">
-        <v>3535</v>
+        <v>3541</v>
       </c>
       <c r="K110">
-        <v>3541</v>
+        <v>3546</v>
       </c>
       <c r="L110">
-        <v>3546</v>
+        <v>3562</v>
       </c>
       <c r="M110">
-        <v>3562</v>
+        <v>3557</v>
       </c>
       <c r="N110">
-        <v>3557</v>
+        <v>3550</v>
       </c>
       <c r="O110">
-        <v>3550</v>
+        <v>3547</v>
       </c>
       <c r="P110">
-        <v>3547</v>
+        <v>3544</v>
       </c>
       <c r="Q110">
-        <v>3544</v>
+        <v>3536</v>
       </c>
       <c r="R110">
-        <v>3536</v>
+        <v>3526</v>
       </c>
       <c r="S110">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="T110" s="2">
-        <v>0.42599999999999999</v>
+        <v>0.37009999999999998</v>
       </c>
     </row>
     <row r="111" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A111" t="s">
         <v>161</v>
       </c>
       <c r="B111" t="s">
         <v>208</v>
       </c>
       <c r="C111" t="s">
         <v>163</v>
       </c>
       <c r="D111">
         <v>3</v>
       </c>
       <c r="E111" t="s">
         <v>34</v>
       </c>
       <c r="F111" t="s">
         <v>35</v>
       </c>
       <c r="G111">
-        <v>11368</v>
+        <v>11344</v>
       </c>
       <c r="H111">
-        <v>11344</v>
+        <v>11324</v>
       </c>
       <c r="I111">
-        <v>11324</v>
+        <v>11276</v>
       </c>
       <c r="J111">
-        <v>11276</v>
+        <v>11226</v>
       </c>
       <c r="K111">
-        <v>11226</v>
+        <v>11145</v>
       </c>
       <c r="L111">
-        <v>11145</v>
+        <v>11104</v>
       </c>
       <c r="M111">
-        <v>11104</v>
+        <v>11023</v>
       </c>
       <c r="N111">
-        <v>11023</v>
+        <v>10960</v>
       </c>
       <c r="O111">
-        <v>10960</v>
+        <v>10907</v>
       </c>
       <c r="P111">
-        <v>10907</v>
+        <v>10846</v>
       </c>
       <c r="Q111">
-        <v>10846</v>
+        <v>10828</v>
       </c>
       <c r="R111">
-        <v>10828</v>
+        <v>10712</v>
       </c>
       <c r="S111">
-        <v>-540</v>
+        <v>-632</v>
       </c>
       <c r="T111" s="2">
-        <v>-4.7502000000000004</v>
+        <v>-5.5712000000000002</v>
       </c>
     </row>
     <row r="112" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A112" t="s">
         <v>161</v>
       </c>
       <c r="B112" t="s">
         <v>209</v>
       </c>
       <c r="C112" t="s">
         <v>163</v>
       </c>
       <c r="D112">
         <v>3</v>
       </c>
       <c r="E112" t="s">
         <v>34</v>
       </c>
       <c r="F112" t="s">
         <v>35</v>
       </c>
       <c r="G112">
-        <v>2206</v>
+        <v>2336</v>
       </c>
       <c r="H112">
-        <v>2336</v>
+        <v>2450</v>
       </c>
       <c r="I112">
-        <v>2450</v>
+        <v>2516</v>
       </c>
       <c r="J112">
-        <v>2516</v>
+        <v>2573</v>
       </c>
       <c r="K112">
-        <v>2573</v>
+        <v>2618</v>
       </c>
       <c r="L112">
-        <v>2618</v>
+        <v>2647</v>
       </c>
       <c r="M112">
-        <v>2647</v>
+        <v>2772</v>
       </c>
       <c r="N112">
-        <v>2772</v>
+        <v>2901</v>
       </c>
       <c r="O112">
-        <v>2901</v>
+        <v>2994</v>
       </c>
       <c r="P112">
-        <v>2994</v>
+        <v>3023</v>
       </c>
       <c r="Q112">
-        <v>3023</v>
+        <v>3059</v>
       </c>
       <c r="R112">
-        <v>3059</v>
+        <v>3113</v>
       </c>
       <c r="S112">
-        <v>853</v>
+        <v>777</v>
       </c>
       <c r="T112" s="2">
-        <v>38.667299999999997</v>
+        <v>33.262</v>
       </c>
     </row>
     <row r="113" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A113" t="s">
         <v>161</v>
       </c>
       <c r="B113" t="s">
         <v>210</v>
       </c>
       <c r="C113" t="s">
         <v>163</v>
       </c>
       <c r="D113">
         <v>5</v>
       </c>
       <c r="E113" t="s">
         <v>40</v>
       </c>
       <c r="F113" t="s">
         <v>211</v>
       </c>
       <c r="G113">
-        <v>6715</v>
+        <v>6720</v>
       </c>
       <c r="H113">
-        <v>6720</v>
+        <v>6705</v>
       </c>
       <c r="I113">
-        <v>6705</v>
+        <v>6712</v>
       </c>
       <c r="J113">
-        <v>6712</v>
+        <v>6711</v>
       </c>
       <c r="K113">
-        <v>6711</v>
+        <v>6727</v>
       </c>
       <c r="L113">
-        <v>6727</v>
+        <v>6738</v>
       </c>
       <c r="M113">
-        <v>6738</v>
+        <v>6761</v>
       </c>
       <c r="N113">
-        <v>6761</v>
+        <v>6778</v>
       </c>
       <c r="O113">
-        <v>6778</v>
+        <v>6766</v>
       </c>
       <c r="P113">
-        <v>6766</v>
+        <v>6751</v>
       </c>
       <c r="Q113">
-        <v>6751</v>
+        <v>6732</v>
       </c>
       <c r="R113">
-        <v>6732</v>
+        <v>6721</v>
       </c>
       <c r="S113">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="T113" s="2">
-        <v>0.25319999999999998</v>
+        <v>1.49E-2</v>
       </c>
     </row>
     <row r="114" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A114" t="s">
         <v>161</v>
       </c>
       <c r="B114" t="s">
         <v>212</v>
       </c>
       <c r="C114" t="s">
         <v>163</v>
       </c>
       <c r="D114">
         <v>4</v>
       </c>
       <c r="E114" t="s">
         <v>26</v>
       </c>
       <c r="F114" t="s">
         <v>114</v>
       </c>
       <c r="G114">
-        <v>10162</v>
+        <v>10147</v>
       </c>
       <c r="H114">
-        <v>10147</v>
+        <v>10107</v>
       </c>
       <c r="I114">
-        <v>10107</v>
+        <v>10089</v>
       </c>
       <c r="J114">
-        <v>10089</v>
+        <v>10062</v>
       </c>
       <c r="K114">
-        <v>10062</v>
+        <v>10046</v>
       </c>
       <c r="L114">
-        <v>10046</v>
+        <v>10032</v>
       </c>
       <c r="M114">
-        <v>10032</v>
+        <v>10007</v>
       </c>
       <c r="N114">
-        <v>10007</v>
+        <v>9993</v>
       </c>
       <c r="O114">
-        <v>9993</v>
+        <v>9992</v>
       </c>
       <c r="P114">
-        <v>9992</v>
+        <v>9960</v>
       </c>
       <c r="Q114">
+        <v>9976</v>
+      </c>
+      <c r="R114">
         <v>9960</v>
       </c>
-      <c r="R114">
-[...1 lines deleted...]
-      </c>
       <c r="S114">
-        <v>-186</v>
+        <v>-187</v>
       </c>
       <c r="T114" s="2">
-        <v>-1.8303</v>
+        <v>-1.8429</v>
       </c>
     </row>
     <row r="115" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A115" t="s">
         <v>161</v>
       </c>
       <c r="B115" t="s">
         <v>213</v>
       </c>
       <c r="C115" t="s">
         <v>163</v>
       </c>
       <c r="D115">
         <v>2</v>
       </c>
       <c r="E115" t="s">
         <v>23</v>
       </c>
       <c r="F115" t="s">
         <v>85</v>
       </c>
       <c r="G115">
-        <v>7052</v>
+        <v>7055</v>
       </c>
       <c r="H115">
-        <v>7055</v>
+        <v>7114</v>
       </c>
       <c r="I115">
-        <v>7114</v>
+        <v>7151</v>
       </c>
       <c r="J115">
-        <v>7151</v>
+        <v>7154</v>
       </c>
       <c r="K115">
-        <v>7154</v>
+        <v>7149</v>
       </c>
       <c r="L115">
-        <v>7149</v>
+        <v>7153</v>
       </c>
       <c r="M115">
-        <v>7153</v>
+        <v>7161</v>
       </c>
       <c r="N115">
-        <v>7161</v>
+        <v>7184</v>
       </c>
       <c r="O115">
-        <v>7184</v>
+        <v>7182</v>
       </c>
       <c r="P115">
         <v>7182</v>
       </c>
       <c r="Q115">
-        <v>7182</v>
+        <v>7167</v>
       </c>
       <c r="R115">
-        <v>7167</v>
+        <v>7170</v>
       </c>
       <c r="S115">
         <v>115</v>
       </c>
       <c r="T115" s="2">
-        <v>1.6307</v>
+        <v>1.63</v>
       </c>
     </row>
     <row r="116" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A116" t="s">
         <v>161</v>
       </c>
       <c r="B116" t="s">
         <v>214</v>
       </c>
       <c r="C116" t="s">
         <v>163</v>
       </c>
       <c r="D116">
         <v>2</v>
       </c>
       <c r="E116" t="s">
         <v>23</v>
       </c>
       <c r="F116" t="s">
         <v>67</v>
       </c>
       <c r="G116">
-        <v>9837</v>
+        <v>9816</v>
       </c>
       <c r="H116">
-        <v>9816</v>
+        <v>9773</v>
       </c>
       <c r="I116">
-        <v>9773</v>
+        <v>9749</v>
       </c>
       <c r="J116">
-        <v>9749</v>
+        <v>9725</v>
       </c>
       <c r="K116">
-        <v>9725</v>
+        <v>9678</v>
       </c>
       <c r="L116">
-        <v>9678</v>
+        <v>9680</v>
       </c>
       <c r="M116">
-        <v>9680</v>
+        <v>9633</v>
       </c>
       <c r="N116">
-        <v>9633</v>
+        <v>9577</v>
       </c>
       <c r="O116">
-        <v>9577</v>
+        <v>9565</v>
       </c>
       <c r="P116">
-        <v>9565</v>
+        <v>9551</v>
       </c>
       <c r="Q116">
-        <v>9551</v>
+        <v>9531</v>
       </c>
       <c r="R116">
-        <v>9531</v>
+        <v>9514</v>
       </c>
       <c r="S116">
-        <v>-306</v>
+        <v>-302</v>
       </c>
       <c r="T116" s="2">
-        <v>-3.1107</v>
+        <v>-3.0766</v>
       </c>
     </row>
     <row r="117" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A117" t="s">
         <v>161</v>
       </c>
       <c r="B117" t="s">
         <v>215</v>
       </c>
       <c r="C117" t="s">
         <v>163</v>
       </c>
       <c r="D117">
         <v>1</v>
       </c>
       <c r="E117" t="s">
         <v>30</v>
       </c>
       <c r="F117" t="s">
         <v>216</v>
       </c>
       <c r="G117">
-        <v>4055</v>
+        <v>4038</v>
       </c>
       <c r="H117">
-        <v>4038</v>
+        <v>4032</v>
       </c>
       <c r="I117">
-        <v>4032</v>
+        <v>4035</v>
       </c>
       <c r="J117">
-        <v>4035</v>
+        <v>4030</v>
       </c>
       <c r="K117">
-        <v>4030</v>
+        <v>4026</v>
       </c>
       <c r="L117">
-        <v>4026</v>
+        <v>4006</v>
       </c>
       <c r="M117">
-        <v>4006</v>
+        <v>3979</v>
       </c>
       <c r="N117">
-        <v>3979</v>
+        <v>3976</v>
       </c>
       <c r="O117">
-        <v>3976</v>
+        <v>3961</v>
       </c>
       <c r="P117">
-        <v>3961</v>
+        <v>3938</v>
       </c>
       <c r="Q117">
-        <v>3938</v>
+        <v>3901</v>
       </c>
       <c r="R117">
-        <v>3901</v>
+        <v>3891</v>
       </c>
       <c r="S117">
-        <v>-154</v>
+        <v>-147</v>
       </c>
       <c r="T117" s="2">
-        <v>-3.7978000000000001</v>
+        <v>-3.6404000000000001</v>
       </c>
     </row>
     <row r="118" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A118" t="s">
         <v>161</v>
       </c>
       <c r="B118" t="s">
         <v>217</v>
       </c>
       <c r="C118" t="s">
         <v>163</v>
       </c>
       <c r="D118">
         <v>3</v>
       </c>
       <c r="E118" t="s">
         <v>34</v>
       </c>
       <c r="F118" t="s">
         <v>35</v>
       </c>
       <c r="G118">
-        <v>8168</v>
+        <v>8152</v>
       </c>
       <c r="H118">
-        <v>8152</v>
+        <v>8132</v>
       </c>
       <c r="I118">
-        <v>8132</v>
+        <v>8116</v>
       </c>
       <c r="J118">
-        <v>8116</v>
+        <v>8111</v>
       </c>
       <c r="K118">
-        <v>8111</v>
+        <v>8094</v>
       </c>
       <c r="L118">
-        <v>8094</v>
+        <v>8092</v>
       </c>
       <c r="M118">
-        <v>8092</v>
+        <v>8104</v>
       </c>
       <c r="N118">
+        <v>8133</v>
+      </c>
+      <c r="O118">
+        <v>8131</v>
+      </c>
+      <c r="P118">
+        <v>8117</v>
+      </c>
+      <c r="Q118">
+        <v>8128</v>
+      </c>
+      <c r="R118">
         <v>8104</v>
       </c>
-      <c r="O118">
-[...10 lines deleted...]
-      </c>
       <c r="S118">
-        <v>-40</v>
+        <v>-48</v>
       </c>
       <c r="T118" s="2">
-        <v>-0.48970000000000002</v>
+        <v>-0.58879999999999999</v>
       </c>
     </row>
     <row r="119" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A119" t="s">
         <v>161</v>
       </c>
       <c r="B119" t="s">
         <v>218</v>
       </c>
       <c r="C119" t="s">
         <v>163</v>
       </c>
       <c r="D119">
         <v>1</v>
       </c>
       <c r="E119" t="s">
         <v>30</v>
       </c>
       <c r="F119" t="s">
         <v>31</v>
       </c>
       <c r="G119">
-        <v>9571</v>
+        <v>9574</v>
       </c>
       <c r="H119">
-        <v>9574</v>
+        <v>9583</v>
       </c>
       <c r="I119">
+        <v>9586</v>
+      </c>
+      <c r="J119">
         <v>9583</v>
       </c>
-      <c r="J119">
-[...1 lines deleted...]
-      </c>
       <c r="K119">
-        <v>9583</v>
+        <v>9601</v>
       </c>
       <c r="L119">
-        <v>9601</v>
+        <v>9631</v>
       </c>
       <c r="M119">
-        <v>9631</v>
+        <v>9625</v>
       </c>
       <c r="N119">
-        <v>9625</v>
+        <v>9605</v>
       </c>
       <c r="O119">
-        <v>9605</v>
+        <v>9610</v>
       </c>
       <c r="P119">
-        <v>9610</v>
+        <v>9592</v>
       </c>
       <c r="Q119">
-        <v>9592</v>
+        <v>9568</v>
       </c>
       <c r="R119">
-        <v>9568</v>
+        <v>9579</v>
       </c>
       <c r="S119">
-        <v>-3</v>
+        <v>5</v>
       </c>
       <c r="T119" s="2">
-        <v>-3.1300000000000001E-2</v>
+        <v>5.2200000000000003E-2</v>
       </c>
     </row>
     <row r="120" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A120" t="s">
         <v>161</v>
       </c>
       <c r="B120" t="s">
         <v>219</v>
       </c>
       <c r="C120" t="s">
         <v>163</v>
       </c>
       <c r="D120">
         <v>3</v>
       </c>
       <c r="E120" t="s">
         <v>34</v>
       </c>
       <c r="F120" t="s">
         <v>35</v>
       </c>
       <c r="G120">
-        <v>9554</v>
+        <v>9543</v>
       </c>
       <c r="H120">
-        <v>9543</v>
+        <v>9606</v>
       </c>
       <c r="I120">
-        <v>9606</v>
+        <v>9607</v>
       </c>
       <c r="J120">
-        <v>9607</v>
+        <v>9584</v>
       </c>
       <c r="K120">
-        <v>9584</v>
+        <v>9562</v>
       </c>
       <c r="L120">
-        <v>9562</v>
+        <v>9567</v>
       </c>
       <c r="M120">
-        <v>9567</v>
+        <v>9552</v>
       </c>
       <c r="N120">
-        <v>9552</v>
+        <v>9546</v>
       </c>
       <c r="O120">
-        <v>9546</v>
+        <v>9520</v>
       </c>
       <c r="P120">
-        <v>9520</v>
+        <v>9493</v>
       </c>
       <c r="Q120">
-        <v>9493</v>
+        <v>9484</v>
       </c>
       <c r="R120">
-        <v>9484</v>
+        <v>9437</v>
       </c>
       <c r="S120">
-        <v>-70</v>
+        <v>-106</v>
       </c>
       <c r="T120" s="2">
-        <v>-0.73270000000000002</v>
+        <v>-1.1108</v>
       </c>
     </row>
     <row r="121" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A121" t="s">
         <v>161</v>
       </c>
       <c r="B121" t="s">
         <v>220</v>
       </c>
       <c r="C121" t="s">
         <v>163</v>
       </c>
       <c r="D121">
         <v>2</v>
       </c>
       <c r="E121" t="s">
         <v>23</v>
       </c>
       <c r="F121" t="s">
         <v>99</v>
       </c>
       <c r="G121">
-        <v>9182</v>
+        <v>9107</v>
       </c>
       <c r="H121">
-        <v>9107</v>
+        <v>9050</v>
       </c>
       <c r="I121">
-        <v>9050</v>
+        <v>8998</v>
       </c>
       <c r="J121">
-        <v>8998</v>
+        <v>8944</v>
       </c>
       <c r="K121">
-        <v>8944</v>
+        <v>8915</v>
       </c>
       <c r="L121">
-        <v>8915</v>
+        <v>8869</v>
       </c>
       <c r="M121">
-        <v>8869</v>
+        <v>8863</v>
       </c>
       <c r="N121">
-        <v>8863</v>
+        <v>8819</v>
       </c>
       <c r="O121">
-        <v>8819</v>
+        <v>8780</v>
       </c>
       <c r="P121">
-        <v>8780</v>
+        <v>8733</v>
       </c>
       <c r="Q121">
-        <v>8733</v>
+        <v>8709</v>
       </c>
       <c r="R121">
-        <v>8709</v>
+        <v>8695</v>
       </c>
       <c r="S121">
-        <v>-473</v>
+        <v>-412</v>
       </c>
       <c r="T121" s="2">
-        <v>-5.1513999999999998</v>
+        <v>-4.524</v>
       </c>
     </row>
     <row r="122" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A122" t="s">
         <v>161</v>
       </c>
       <c r="B122" t="s">
         <v>221</v>
       </c>
       <c r="C122" t="s">
         <v>163</v>
       </c>
       <c r="D122">
         <v>2</v>
       </c>
       <c r="E122" t="s">
         <v>23</v>
       </c>
       <c r="F122" t="s">
         <v>185</v>
       </c>
       <c r="G122">
-        <v>18722</v>
+        <v>18732</v>
       </c>
       <c r="H122">
-        <v>18732</v>
+        <v>18741</v>
       </c>
       <c r="I122">
         <v>18741</v>
       </c>
       <c r="J122">
         <v>18741</v>
       </c>
       <c r="K122">
-        <v>18741</v>
+        <v>18745</v>
       </c>
       <c r="L122">
-        <v>18745</v>
+        <v>18735</v>
       </c>
       <c r="M122">
-        <v>18735</v>
+        <v>18714</v>
       </c>
       <c r="N122">
-        <v>18714</v>
+        <v>18716</v>
       </c>
       <c r="O122">
-        <v>18716</v>
+        <v>18689</v>
       </c>
       <c r="P122">
-        <v>18689</v>
+        <v>18688</v>
       </c>
       <c r="Q122">
-        <v>18688</v>
+        <v>18697</v>
       </c>
       <c r="R122">
-        <v>18697</v>
+        <v>18657</v>
       </c>
       <c r="S122">
-        <v>-25</v>
+        <v>-75</v>
       </c>
       <c r="T122" s="2">
-        <v>-0.13350000000000001</v>
+        <v>-0.40039999999999998</v>
       </c>
     </row>
     <row r="123" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A123" t="s">
         <v>161</v>
       </c>
       <c r="B123" t="s">
         <v>222</v>
       </c>
       <c r="C123" t="s">
         <v>163</v>
       </c>
       <c r="D123">
         <v>2</v>
       </c>
       <c r="E123" t="s">
         <v>23</v>
       </c>
       <c r="F123" t="s">
         <v>67</v>
       </c>
       <c r="G123">
-        <v>9436</v>
+        <v>9399</v>
       </c>
       <c r="H123">
-        <v>9399</v>
+        <v>9378</v>
       </c>
       <c r="I123">
-        <v>9378</v>
+        <v>9338</v>
       </c>
       <c r="J123">
-        <v>9338</v>
+        <v>9315</v>
       </c>
       <c r="K123">
-        <v>9315</v>
+        <v>9308</v>
       </c>
       <c r="L123">
-        <v>9308</v>
+        <v>9289</v>
       </c>
       <c r="M123">
-        <v>9289</v>
+        <v>9278</v>
       </c>
       <c r="N123">
-        <v>9278</v>
+        <v>9237</v>
       </c>
       <c r="O123">
-        <v>9237</v>
+        <v>9147</v>
       </c>
       <c r="P123">
-        <v>9147</v>
+        <v>9084</v>
       </c>
       <c r="Q123">
-        <v>9084</v>
+        <v>9055</v>
       </c>
       <c r="R123">
-        <v>9055</v>
+        <v>9042</v>
       </c>
       <c r="S123">
-        <v>-381</v>
+        <v>-357</v>
       </c>
       <c r="T123" s="2">
-        <v>-4.0377000000000001</v>
+        <v>-3.7982999999999998</v>
       </c>
     </row>
     <row r="124" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A124" t="s">
         <v>161</v>
       </c>
       <c r="B124" t="s">
         <v>223</v>
       </c>
       <c r="C124" t="s">
         <v>163</v>
       </c>
       <c r="D124">
         <v>1</v>
       </c>
       <c r="E124" t="s">
         <v>30</v>
       </c>
       <c r="F124" t="s">
         <v>83</v>
       </c>
       <c r="G124">
-        <v>8579</v>
+        <v>8588</v>
       </c>
       <c r="H124">
-        <v>8588</v>
+        <v>8587</v>
       </c>
       <c r="I124">
-        <v>8587</v>
+        <v>8592</v>
       </c>
       <c r="J124">
-        <v>8592</v>
+        <v>8607</v>
       </c>
       <c r="K124">
-        <v>8607</v>
+        <v>8619</v>
       </c>
       <c r="L124">
-        <v>8619</v>
+        <v>8637</v>
       </c>
       <c r="M124">
-        <v>8637</v>
+        <v>8631</v>
       </c>
       <c r="N124">
-        <v>8631</v>
+        <v>8627</v>
       </c>
       <c r="O124">
-        <v>8627</v>
+        <v>8616</v>
       </c>
       <c r="P124">
-        <v>8616</v>
+        <v>8602</v>
       </c>
       <c r="Q124">
-        <v>8602</v>
+        <v>8605</v>
       </c>
       <c r="R124">
-        <v>8605</v>
+        <v>8604</v>
       </c>
       <c r="S124">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="T124" s="2">
-        <v>0.30309999999999998</v>
+        <v>0.18629999999999999</v>
       </c>
     </row>
     <row r="125" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A125" t="s">
         <v>161</v>
       </c>
       <c r="B125" t="s">
         <v>224</v>
       </c>
       <c r="C125" t="s">
         <v>163</v>
       </c>
       <c r="D125">
         <v>1</v>
       </c>
       <c r="E125" t="s">
         <v>30</v>
       </c>
       <c r="F125" t="s">
         <v>63</v>
       </c>
       <c r="G125">
         <v>6577</v>
       </c>
       <c r="H125">
-        <v>6577</v>
+        <v>6554</v>
       </c>
       <c r="I125">
-        <v>6554</v>
+        <v>6548</v>
       </c>
       <c r="J125">
-        <v>6548</v>
+        <v>6557</v>
       </c>
       <c r="K125">
-        <v>6557</v>
+        <v>6565</v>
       </c>
       <c r="L125">
-        <v>6565</v>
+        <v>6575</v>
       </c>
       <c r="M125">
-        <v>6575</v>
+        <v>6559</v>
       </c>
       <c r="N125">
-        <v>6559</v>
+        <v>6541</v>
       </c>
       <c r="O125">
-        <v>6541</v>
+        <v>6519</v>
       </c>
       <c r="P125">
-        <v>6519</v>
+        <v>6507</v>
       </c>
       <c r="Q125">
-        <v>6507</v>
+        <v>6489</v>
       </c>
       <c r="R125">
-        <v>6489</v>
+        <v>6476</v>
       </c>
       <c r="S125">
-        <v>-88</v>
+        <v>-101</v>
       </c>
       <c r="T125" s="2">
-        <v>-1.3380000000000001</v>
+        <v>-1.5357000000000001</v>
       </c>
     </row>
     <row r="126" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A126" t="s">
         <v>161</v>
       </c>
       <c r="B126" t="s">
         <v>225</v>
       </c>
       <c r="C126" t="s">
         <v>163</v>
       </c>
       <c r="D126">
         <v>3</v>
       </c>
       <c r="E126" t="s">
         <v>34</v>
       </c>
       <c r="F126" t="s">
         <v>35</v>
       </c>
       <c r="G126">
-        <v>6541</v>
+        <v>6524</v>
       </c>
       <c r="H126">
-        <v>6524</v>
+        <v>10050</v>
       </c>
       <c r="I126">
-        <v>10050</v>
+        <v>9618</v>
       </c>
       <c r="J126">
-        <v>9618</v>
+        <v>9439</v>
       </c>
       <c r="K126">
-        <v>9439</v>
+        <v>9357</v>
       </c>
       <c r="L126">
-        <v>9357</v>
+        <v>9258</v>
       </c>
       <c r="M126">
-        <v>9258</v>
+        <v>9179</v>
       </c>
       <c r="N126">
-        <v>9179</v>
+        <v>9080</v>
       </c>
       <c r="O126">
-        <v>9080</v>
+        <v>9014</v>
       </c>
       <c r="P126">
-        <v>9014</v>
+        <v>8927</v>
       </c>
       <c r="Q126">
-        <v>8927</v>
+        <v>8886</v>
       </c>
       <c r="R126">
-        <v>8886</v>
+        <v>8847</v>
       </c>
       <c r="S126">
-        <v>2345</v>
+        <v>2323</v>
       </c>
       <c r="T126" s="2">
-        <v>35.8508</v>
+        <v>35.606999999999999</v>
       </c>
     </row>
     <row r="127" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A127" t="s">
         <v>161</v>
       </c>
       <c r="B127" t="s">
         <v>226</v>
       </c>
       <c r="C127" t="s">
         <v>163</v>
       </c>
       <c r="D127">
         <v>3</v>
       </c>
       <c r="E127" t="s">
         <v>34</v>
       </c>
       <c r="F127" t="s">
         <v>35</v>
       </c>
       <c r="G127">
-        <v>10224</v>
+        <v>10205</v>
       </c>
       <c r="H127">
-        <v>10205</v>
+        <v>10185</v>
       </c>
       <c r="I127">
-        <v>10185</v>
+        <v>10197</v>
       </c>
       <c r="J127">
-        <v>10197</v>
+        <v>10167</v>
       </c>
       <c r="K127">
-        <v>10167</v>
+        <v>10151</v>
       </c>
       <c r="L127">
-        <v>10151</v>
+        <v>10138</v>
       </c>
       <c r="M127">
-        <v>10138</v>
+        <v>10148</v>
       </c>
       <c r="N127">
+        <v>10135</v>
+      </c>
+      <c r="O127">
         <v>10148</v>
       </c>
-      <c r="O127">
-[...1 lines deleted...]
-      </c>
       <c r="P127">
-        <v>10148</v>
+        <v>10127</v>
       </c>
       <c r="Q127">
-        <v>10127</v>
+        <v>10100</v>
       </c>
       <c r="R127">
-        <v>10100</v>
+        <v>10074</v>
       </c>
       <c r="S127">
-        <v>-124</v>
+        <v>-131</v>
       </c>
       <c r="T127" s="2">
-        <v>-1.2128000000000001</v>
+        <v>-1.2837000000000001</v>
       </c>
     </row>
     <row r="128" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A128" t="s">
         <v>161</v>
       </c>
       <c r="B128" t="s">
         <v>227</v>
       </c>
       <c r="C128" t="s">
         <v>163</v>
       </c>
       <c r="D128">
         <v>5</v>
       </c>
       <c r="E128" t="s">
         <v>40</v>
       </c>
       <c r="F128" t="s">
         <v>228</v>
       </c>
       <c r="G128">
-        <v>14565</v>
+        <v>14564</v>
       </c>
       <c r="H128">
-        <v>14564</v>
+        <v>14554</v>
       </c>
       <c r="I128">
-        <v>14554</v>
+        <v>14529</v>
       </c>
       <c r="J128">
-        <v>14529</v>
+        <v>14525</v>
       </c>
       <c r="K128">
-        <v>14525</v>
+        <v>14510</v>
       </c>
       <c r="L128">
-        <v>14510</v>
+        <v>14474</v>
       </c>
       <c r="M128">
-        <v>14474</v>
+        <v>14424</v>
       </c>
       <c r="N128">
-        <v>14424</v>
+        <v>14400</v>
       </c>
       <c r="O128">
-        <v>14400</v>
+        <v>14406</v>
       </c>
       <c r="P128">
-        <v>14406</v>
+        <v>14401</v>
       </c>
       <c r="Q128">
-        <v>14401</v>
+        <v>14389</v>
       </c>
       <c r="R128">
-        <v>14389</v>
+        <v>14363</v>
       </c>
       <c r="S128">
-        <v>-176</v>
+        <v>-201</v>
       </c>
       <c r="T128" s="2">
-        <v>-1.2083999999999999</v>
+        <v>-1.3801000000000001</v>
       </c>
     </row>
     <row r="129" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A129" t="s">
         <v>161</v>
       </c>
       <c r="B129" t="s">
         <v>229</v>
       </c>
       <c r="C129" t="s">
         <v>163</v>
       </c>
       <c r="D129">
         <v>3</v>
       </c>
       <c r="E129" t="s">
         <v>34</v>
       </c>
       <c r="F129" t="s">
         <v>35</v>
       </c>
       <c r="G129">
-        <v>9872</v>
+        <v>9875</v>
       </c>
       <c r="H129">
-        <v>9875</v>
+        <v>9878</v>
       </c>
       <c r="I129">
-        <v>9878</v>
+        <v>9864</v>
       </c>
       <c r="J129">
-        <v>9864</v>
+        <v>9844</v>
       </c>
       <c r="K129">
+        <v>9826</v>
+      </c>
+      <c r="L129">
+        <v>9852</v>
+      </c>
+      <c r="M129">
+        <v>9861</v>
+      </c>
+      <c r="N129">
+        <v>9867</v>
+      </c>
+      <c r="O129">
+        <v>9850</v>
+      </c>
+      <c r="P129">
+        <v>9842</v>
+      </c>
+      <c r="Q129">
         <v>9844</v>
       </c>
-      <c r="L129">
-[...16 lines deleted...]
-      </c>
       <c r="R129">
-        <v>9844</v>
+        <v>9829</v>
       </c>
       <c r="S129">
-        <v>-28</v>
+        <v>-46</v>
       </c>
       <c r="T129" s="2">
-        <v>-0.28360000000000002</v>
+        <v>-0.46579999999999999</v>
       </c>
     </row>
     <row r="130" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A130" t="s">
         <v>161</v>
       </c>
       <c r="B130" t="s">
         <v>230</v>
       </c>
       <c r="C130" t="s">
         <v>163</v>
       </c>
       <c r="D130">
         <v>1</v>
       </c>
       <c r="E130" t="s">
         <v>30</v>
       </c>
       <c r="F130" t="s">
         <v>231</v>
       </c>
       <c r="G130">
-        <v>7805</v>
+        <v>7794</v>
       </c>
       <c r="H130">
-        <v>7794</v>
+        <v>7817</v>
       </c>
       <c r="I130">
+        <v>7811</v>
+      </c>
+      <c r="J130">
+        <v>7812</v>
+      </c>
+      <c r="K130">
         <v>7817</v>
       </c>
-      <c r="J130">
-[...4 lines deleted...]
-      </c>
       <c r="L130">
-        <v>7817</v>
+        <v>7806</v>
       </c>
       <c r="M130">
-        <v>7806</v>
+        <v>7802</v>
       </c>
       <c r="N130">
-        <v>7802</v>
+        <v>7777</v>
       </c>
       <c r="O130">
-        <v>7777</v>
+        <v>7784</v>
       </c>
       <c r="P130">
-        <v>7784</v>
+        <v>7780</v>
       </c>
       <c r="Q130">
-        <v>7780</v>
+        <v>7772</v>
       </c>
       <c r="R130">
-        <v>7772</v>
+        <v>7732</v>
       </c>
       <c r="S130">
-        <v>-33</v>
+        <v>-62</v>
       </c>
       <c r="T130" s="2">
-        <v>-0.42280000000000001</v>
+        <v>-0.79549999999999998</v>
       </c>
     </row>
     <row r="131" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A131" t="s">
         <v>161</v>
       </c>
       <c r="B131" t="s">
         <v>232</v>
       </c>
       <c r="C131" t="s">
         <v>163</v>
       </c>
       <c r="D131">
         <v>1</v>
       </c>
       <c r="E131" t="s">
         <v>30</v>
       </c>
       <c r="F131" t="s">
         <v>233</v>
       </c>
       <c r="G131">
-        <v>8496</v>
+        <v>8487</v>
       </c>
       <c r="H131">
-        <v>8487</v>
+        <v>8480</v>
       </c>
       <c r="I131">
-        <v>8480</v>
+        <v>8463</v>
       </c>
       <c r="J131">
-        <v>8463</v>
+        <v>8435</v>
       </c>
       <c r="K131">
-        <v>8435</v>
+        <v>8432</v>
       </c>
       <c r="L131">
-        <v>8432</v>
+        <v>8423</v>
       </c>
       <c r="M131">
-        <v>8423</v>
+        <v>8397</v>
       </c>
       <c r="N131">
-        <v>8397</v>
+        <v>8394</v>
       </c>
       <c r="O131">
-        <v>8394</v>
+        <v>8368</v>
       </c>
       <c r="P131">
-        <v>8368</v>
+        <v>8351</v>
       </c>
       <c r="Q131">
-        <v>8351</v>
+        <v>8330</v>
       </c>
       <c r="R131">
-        <v>8330</v>
+        <v>8304</v>
       </c>
       <c r="S131">
-        <v>-166</v>
+        <v>-183</v>
       </c>
       <c r="T131" s="2">
-        <v>-1.9539</v>
+        <v>-2.1562000000000001</v>
       </c>
     </row>
     <row r="132" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A132" t="s">
         <v>161</v>
       </c>
       <c r="B132" t="s">
         <v>234</v>
       </c>
       <c r="C132" t="s">
         <v>163</v>
       </c>
       <c r="D132">
         <v>2</v>
       </c>
       <c r="E132" t="s">
         <v>23</v>
       </c>
       <c r="F132" t="s">
         <v>99</v>
       </c>
       <c r="G132">
-        <v>13189</v>
+        <v>13175</v>
       </c>
       <c r="H132">
-        <v>13175</v>
+        <v>13172</v>
       </c>
       <c r="I132">
-        <v>13172</v>
+        <v>13171</v>
       </c>
       <c r="J132">
-        <v>13171</v>
+        <v>13163</v>
       </c>
       <c r="K132">
-        <v>13163</v>
+        <v>13125</v>
       </c>
       <c r="L132">
-        <v>13125</v>
+        <v>13102</v>
       </c>
       <c r="M132">
-        <v>13102</v>
+        <v>13080</v>
       </c>
       <c r="N132">
-        <v>13080</v>
+        <v>13069</v>
       </c>
       <c r="O132">
-        <v>13069</v>
+        <v>13067</v>
       </c>
       <c r="P132">
-        <v>13067</v>
+        <v>13057</v>
       </c>
       <c r="Q132">
-        <v>13057</v>
+        <v>13035</v>
       </c>
       <c r="R132">
-        <v>13035</v>
+        <v>13015</v>
       </c>
       <c r="S132">
-        <v>-154</v>
+        <v>-160</v>
       </c>
       <c r="T132" s="2">
-        <v>-1.1676</v>
+        <v>-1.2143999999999999</v>
       </c>
     </row>
     <row r="133" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A133" t="s">
         <v>161</v>
       </c>
       <c r="B133" t="s">
         <v>235</v>
       </c>
       <c r="C133" t="s">
         <v>163</v>
       </c>
       <c r="D133">
         <v>5</v>
       </c>
       <c r="E133" t="s">
         <v>40</v>
       </c>
       <c r="F133" t="s">
         <v>41</v>
       </c>
       <c r="G133">
-        <v>9016</v>
+        <v>8999</v>
       </c>
       <c r="H133">
-        <v>8999</v>
+        <v>8988</v>
       </c>
       <c r="I133">
-        <v>8988</v>
+        <v>8980</v>
       </c>
       <c r="J133">
-        <v>8980</v>
+        <v>8940</v>
       </c>
       <c r="K133">
-        <v>8940</v>
+        <v>8959</v>
       </c>
       <c r="L133">
+        <v>8982</v>
+      </c>
+      <c r="M133">
+        <v>8972</v>
+      </c>
+      <c r="N133">
+        <v>8963</v>
+      </c>
+      <c r="O133">
+        <v>8973</v>
+      </c>
+      <c r="P133">
         <v>8959</v>
       </c>
-      <c r="M133">
-[...10 lines deleted...]
-      </c>
       <c r="Q133">
-        <v>8959</v>
+        <v>8950</v>
       </c>
       <c r="R133">
-        <v>8950</v>
+        <v>8916</v>
       </c>
       <c r="S133">
-        <v>-66</v>
+        <v>-83</v>
       </c>
       <c r="T133" s="2">
-        <v>-0.73199999999999998</v>
+        <v>-0.92230000000000001</v>
       </c>
     </row>
     <row r="134" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A134" t="s">
         <v>161</v>
       </c>
       <c r="B134" t="s">
         <v>236</v>
       </c>
       <c r="C134" t="s">
         <v>163</v>
       </c>
       <c r="D134">
         <v>5</v>
       </c>
       <c r="E134" t="s">
         <v>40</v>
       </c>
       <c r="F134" t="s">
         <v>73</v>
       </c>
       <c r="G134">
-        <v>13515</v>
+        <v>13517</v>
       </c>
       <c r="H134">
-        <v>13517</v>
+        <v>13511</v>
       </c>
       <c r="I134">
-        <v>13511</v>
+        <v>13475</v>
       </c>
       <c r="J134">
-        <v>13475</v>
+        <v>13478</v>
       </c>
       <c r="K134">
-        <v>13478</v>
+        <v>13441</v>
       </c>
       <c r="L134">
-        <v>13441</v>
+        <v>13421</v>
       </c>
       <c r="M134">
-        <v>13421</v>
+        <v>13385</v>
       </c>
       <c r="N134">
-        <v>13385</v>
+        <v>13367</v>
       </c>
       <c r="O134">
-        <v>13367</v>
+        <v>13365</v>
       </c>
       <c r="P134">
-        <v>13365</v>
+        <v>13328</v>
       </c>
       <c r="Q134">
-        <v>13328</v>
+        <v>13302</v>
       </c>
       <c r="R134">
-        <v>13302</v>
+        <v>13257</v>
       </c>
       <c r="S134">
-        <v>-213</v>
+        <v>-260</v>
       </c>
       <c r="T134" s="2">
-        <v>-1.5760000000000001</v>
+        <v>-1.9235</v>
       </c>
     </row>
     <row r="135" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A135" t="s">
         <v>161</v>
       </c>
       <c r="B135" t="s">
         <v>237</v>
       </c>
       <c r="C135" t="s">
         <v>163</v>
       </c>
       <c r="D135">
         <v>5</v>
       </c>
       <c r="E135" t="s">
         <v>40</v>
       </c>
       <c r="F135" t="s">
         <v>238</v>
       </c>
       <c r="G135">
-        <v>4445</v>
+        <v>4458</v>
       </c>
       <c r="H135">
-        <v>4458</v>
+        <v>4460</v>
       </c>
       <c r="I135">
-        <v>4460</v>
+        <v>4455</v>
       </c>
       <c r="J135">
-        <v>4455</v>
+        <v>4457</v>
       </c>
       <c r="K135">
-        <v>4457</v>
+        <v>4473</v>
       </c>
       <c r="L135">
-        <v>4473</v>
+        <v>4476</v>
       </c>
       <c r="M135">
-        <v>4476</v>
+        <v>4466</v>
       </c>
       <c r="N135">
         <v>4466</v>
       </c>
       <c r="O135">
-        <v>4466</v>
+        <v>4464</v>
       </c>
       <c r="P135">
-        <v>4464</v>
+        <v>4480</v>
       </c>
       <c r="Q135">
-        <v>4480</v>
+        <v>4469</v>
       </c>
       <c r="R135">
-        <v>4469</v>
+        <v>4475</v>
       </c>
       <c r="S135">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="T135" s="2">
-        <v>0.53990000000000005</v>
+        <v>0.38129999999999997</v>
       </c>
     </row>
     <row r="136" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A136" t="s">
         <v>161</v>
       </c>
       <c r="B136" t="s">
         <v>239</v>
       </c>
       <c r="C136" t="s">
         <v>163</v>
       </c>
       <c r="D136">
         <v>5</v>
       </c>
       <c r="E136" t="s">
         <v>40</v>
       </c>
       <c r="F136" t="s">
         <v>41</v>
       </c>
       <c r="G136">
-        <v>11557</v>
+        <v>11575</v>
       </c>
       <c r="H136">
-        <v>11575</v>
+        <v>11542</v>
       </c>
       <c r="I136">
-        <v>11542</v>
+        <v>11550</v>
       </c>
       <c r="J136">
-        <v>11550</v>
+        <v>11549</v>
       </c>
       <c r="K136">
-        <v>11549</v>
+        <v>11519</v>
       </c>
       <c r="L136">
-        <v>11519</v>
+        <v>11541</v>
       </c>
       <c r="M136">
-        <v>11541</v>
+        <v>11518</v>
       </c>
       <c r="N136">
-        <v>11518</v>
+        <v>11465</v>
       </c>
       <c r="O136">
-        <v>11465</v>
+        <v>11459</v>
       </c>
       <c r="P136">
-        <v>11459</v>
+        <v>11462</v>
       </c>
       <c r="Q136">
-        <v>11462</v>
+        <v>11480</v>
       </c>
       <c r="R136">
-        <v>11480</v>
+        <v>11466</v>
       </c>
       <c r="S136">
-        <v>-77</v>
+        <v>-109</v>
       </c>
       <c r="T136" s="2">
-        <v>-0.6663</v>
+        <v>-0.94169999999999998</v>
       </c>
     </row>
     <row r="137" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A137" t="s">
         <v>161</v>
       </c>
       <c r="B137" t="s">
         <v>240</v>
       </c>
       <c r="C137" t="s">
         <v>163</v>
       </c>
       <c r="D137">
         <v>3</v>
       </c>
       <c r="E137" t="s">
         <v>34</v>
       </c>
       <c r="F137" t="s">
         <v>35</v>
       </c>
       <c r="G137">
-        <v>15049</v>
+        <v>14931</v>
       </c>
       <c r="H137">
-        <v>14931</v>
+        <v>14848</v>
       </c>
       <c r="I137">
-        <v>14848</v>
+        <v>14736</v>
       </c>
       <c r="J137">
-        <v>14736</v>
+        <v>14647</v>
       </c>
       <c r="K137">
-        <v>14647</v>
+        <v>14524</v>
       </c>
       <c r="L137">
-        <v>14524</v>
+        <v>14469</v>
       </c>
       <c r="M137">
-        <v>14469</v>
+        <v>14363</v>
       </c>
       <c r="N137">
-        <v>14363</v>
+        <v>14287</v>
       </c>
       <c r="O137">
-        <v>14287</v>
+        <v>14236</v>
       </c>
       <c r="P137">
-        <v>14236</v>
+        <v>14184</v>
       </c>
       <c r="Q137">
-        <v>14184</v>
+        <v>14122</v>
       </c>
       <c r="R137">
-        <v>14122</v>
+        <v>14064</v>
       </c>
       <c r="S137">
-        <v>-927</v>
+        <v>-867</v>
       </c>
       <c r="T137" s="2">
-        <v>-6.1599000000000004</v>
+        <v>-5.8067000000000002</v>
       </c>
     </row>
     <row r="138" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A138" t="s">
         <v>161</v>
       </c>
       <c r="B138" t="s">
         <v>241</v>
       </c>
       <c r="C138" t="s">
         <v>163</v>
       </c>
       <c r="D138">
         <v>3</v>
       </c>
       <c r="E138" t="s">
         <v>34</v>
       </c>
       <c r="F138" t="s">
         <v>35</v>
       </c>
       <c r="G138">
-        <v>7558</v>
+        <v>7566</v>
       </c>
       <c r="H138">
+        <v>7556</v>
+      </c>
+      <c r="I138">
+        <v>7540</v>
+      </c>
+      <c r="J138">
+        <v>7531</v>
+      </c>
+      <c r="K138">
+        <v>7526</v>
+      </c>
+      <c r="L138">
+        <v>7522</v>
+      </c>
+      <c r="M138">
+        <v>7519</v>
+      </c>
+      <c r="N138">
+        <v>7532</v>
+      </c>
+      <c r="O138">
         <v>7566</v>
       </c>
-      <c r="I138">
-[...19 lines deleted...]
-      </c>
       <c r="P138">
-        <v>7566</v>
+        <v>7477</v>
       </c>
       <c r="Q138">
-        <v>7477</v>
+        <v>7482</v>
       </c>
       <c r="R138">
-        <v>7482</v>
+        <v>7490</v>
       </c>
       <c r="S138">
         <v>-76</v>
       </c>
       <c r="T138" s="2">
-        <v>-1.0056</v>
+        <v>-1.0044999999999999</v>
       </c>
     </row>
     <row r="139" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A139" t="s">
         <v>161</v>
       </c>
       <c r="B139" t="s">
         <v>242</v>
       </c>
       <c r="C139" t="s">
         <v>163</v>
       </c>
       <c r="D139">
         <v>2</v>
       </c>
       <c r="E139" t="s">
         <v>23</v>
       </c>
       <c r="F139" t="s">
         <v>81</v>
       </c>
       <c r="G139">
-        <v>11104</v>
+        <v>11120</v>
       </c>
       <c r="H139">
-        <v>11120</v>
+        <v>11136</v>
       </c>
       <c r="I139">
-        <v>11136</v>
+        <v>11150</v>
       </c>
       <c r="J139">
-        <v>11150</v>
+        <v>11143</v>
       </c>
       <c r="K139">
-        <v>11143</v>
+        <v>11135</v>
       </c>
       <c r="L139">
+        <v>11093</v>
+      </c>
+      <c r="M139">
+        <v>11125</v>
+      </c>
+      <c r="N139">
         <v>11135</v>
       </c>
-      <c r="M139">
-[...4 lines deleted...]
-      </c>
       <c r="O139">
-        <v>11135</v>
+        <v>11188</v>
       </c>
       <c r="P139">
-        <v>11188</v>
+        <v>11187</v>
       </c>
       <c r="Q139">
-        <v>11187</v>
+        <v>11203</v>
       </c>
       <c r="R139">
-        <v>11203</v>
+        <v>11207</v>
       </c>
       <c r="S139">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="T139" s="2">
-        <v>0.89159999999999995</v>
+        <v>0.78239999999999998</v>
       </c>
     </row>
     <row r="140" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A140" t="s">
         <v>161</v>
       </c>
       <c r="B140" t="s">
         <v>243</v>
       </c>
       <c r="C140" t="s">
         <v>163</v>
       </c>
       <c r="D140">
         <v>4</v>
       </c>
       <c r="E140" t="s">
         <v>26</v>
       </c>
       <c r="F140" t="s">
         <v>27</v>
       </c>
       <c r="G140">
-        <v>8764</v>
+        <v>8754</v>
       </c>
       <c r="H140">
-        <v>8754</v>
+        <v>8759</v>
       </c>
       <c r="I140">
-        <v>8759</v>
+        <v>8773</v>
       </c>
       <c r="J140">
-        <v>8773</v>
+        <v>8770</v>
       </c>
       <c r="K140">
-        <v>8770</v>
+        <v>8760</v>
       </c>
       <c r="L140">
-        <v>8760</v>
+        <v>8763</v>
       </c>
       <c r="M140">
-        <v>8763</v>
+        <v>8747</v>
       </c>
       <c r="N140">
-        <v>8747</v>
+        <v>8746</v>
       </c>
       <c r="O140">
-        <v>8746</v>
+        <v>8725</v>
       </c>
       <c r="P140">
-        <v>8725</v>
+        <v>8710</v>
       </c>
       <c r="Q140">
-        <v>8710</v>
+        <v>8721</v>
       </c>
       <c r="R140">
-        <v>8721</v>
+        <v>8727</v>
       </c>
       <c r="S140">
-        <v>-43</v>
+        <v>-27</v>
       </c>
       <c r="T140" s="2">
-        <v>-0.49059999999999998</v>
+        <v>-0.30840000000000001</v>
       </c>
     </row>
     <row r="141" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A141" t="s">
         <v>161</v>
       </c>
       <c r="B141" t="s">
         <v>244</v>
       </c>
       <c r="C141" t="s">
         <v>163</v>
       </c>
       <c r="D141">
         <v>3</v>
       </c>
       <c r="E141" t="s">
         <v>34</v>
       </c>
       <c r="F141" t="s">
         <v>35</v>
       </c>
       <c r="G141">
-        <v>8869</v>
+        <v>8859</v>
       </c>
       <c r="H141">
-        <v>8859</v>
+        <v>8835</v>
       </c>
       <c r="I141">
-        <v>8835</v>
+        <v>8800</v>
       </c>
       <c r="J141">
-        <v>8800</v>
+        <v>8777</v>
       </c>
       <c r="K141">
-        <v>8777</v>
+        <v>8727</v>
       </c>
       <c r="L141">
         <v>8727</v>
       </c>
       <c r="M141">
-        <v>8727</v>
+        <v>8694</v>
       </c>
       <c r="N141">
-        <v>8694</v>
+        <v>8682</v>
       </c>
       <c r="O141">
-        <v>8682</v>
+        <v>8686</v>
       </c>
       <c r="P141">
-        <v>8686</v>
+        <v>8652</v>
       </c>
       <c r="Q141">
-        <v>8652</v>
+        <v>8613</v>
       </c>
       <c r="R141">
-        <v>8613</v>
+        <v>8594</v>
       </c>
       <c r="S141">
-        <v>-256</v>
+        <v>-265</v>
       </c>
       <c r="T141" s="2">
-        <v>-2.8864999999999998</v>
+        <v>-2.9912999999999998</v>
       </c>
     </row>
     <row r="142" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A142" t="s">
         <v>161</v>
       </c>
       <c r="B142" t="s">
         <v>245</v>
       </c>
       <c r="C142" t="s">
         <v>163</v>
       </c>
       <c r="D142">
         <v>3</v>
       </c>
       <c r="E142" t="s">
         <v>34</v>
       </c>
       <c r="F142" t="s">
         <v>35</v>
       </c>
       <c r="G142">
-        <v>7378</v>
+        <v>7368</v>
       </c>
       <c r="H142">
-        <v>7368</v>
+        <v>7366</v>
       </c>
       <c r="I142">
+        <v>7362</v>
+      </c>
+      <c r="J142">
         <v>7366</v>
       </c>
-      <c r="J142">
+      <c r="K142">
+        <v>7369</v>
+      </c>
+      <c r="L142">
         <v>7362</v>
-      </c>
-[...4 lines deleted...]
-        <v>7369</v>
       </c>
       <c r="M142">
         <v>7362</v>
       </c>
       <c r="N142">
-        <v>7362</v>
+        <v>7365</v>
       </c>
       <c r="O142">
-        <v>7365</v>
+        <v>7356</v>
       </c>
       <c r="P142">
-        <v>7356</v>
+        <v>7313</v>
       </c>
       <c r="Q142">
-        <v>7313</v>
+        <v>7290</v>
       </c>
       <c r="R142">
-        <v>7290</v>
+        <v>7262</v>
       </c>
       <c r="S142">
-        <v>-88</v>
+        <v>-106</v>
       </c>
       <c r="T142" s="2">
-        <v>-1.1927000000000001</v>
+        <v>-1.4387000000000001</v>
       </c>
     </row>
     <row r="143" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A143" t="s">
         <v>161</v>
       </c>
       <c r="B143" t="s">
         <v>246</v>
       </c>
       <c r="C143" t="s">
         <v>163</v>
       </c>
       <c r="D143">
         <v>4</v>
       </c>
       <c r="E143" t="s">
         <v>26</v>
       </c>
       <c r="F143" t="s">
         <v>27</v>
       </c>
       <c r="G143">
-        <v>5644</v>
+        <v>5645</v>
       </c>
       <c r="H143">
-        <v>5645</v>
+        <v>5626</v>
       </c>
       <c r="I143">
-        <v>5626</v>
+        <v>5581</v>
       </c>
       <c r="J143">
-        <v>5581</v>
+        <v>5550</v>
       </c>
       <c r="K143">
-        <v>5550</v>
+        <v>5525</v>
       </c>
       <c r="L143">
-        <v>5525</v>
+        <v>5476</v>
       </c>
       <c r="M143">
-        <v>5476</v>
+        <v>5461</v>
       </c>
       <c r="N143">
-        <v>5461</v>
+        <v>5444</v>
       </c>
       <c r="O143">
-        <v>5444</v>
+        <v>5439</v>
       </c>
       <c r="P143">
-        <v>5439</v>
+        <v>5405</v>
       </c>
       <c r="Q143">
-        <v>5405</v>
+        <v>5390</v>
       </c>
       <c r="R143">
-        <v>5390</v>
+        <v>5367</v>
       </c>
       <c r="S143">
-        <v>-254</v>
+        <v>-278</v>
       </c>
       <c r="T143" s="2">
-        <v>-4.5004</v>
+        <v>-4.9246999999999996</v>
       </c>
     </row>
     <row r="144" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A144" t="s">
         <v>161</v>
       </c>
       <c r="B144" t="s">
         <v>247</v>
       </c>
       <c r="C144" t="s">
         <v>163</v>
       </c>
       <c r="D144">
         <v>4</v>
       </c>
       <c r="E144" t="s">
         <v>26</v>
       </c>
       <c r="F144" t="s">
         <v>114</v>
       </c>
       <c r="G144">
-        <v>10758</v>
+        <v>10759</v>
       </c>
       <c r="H144">
-        <v>10759</v>
+        <v>10768</v>
       </c>
       <c r="I144">
-        <v>10768</v>
+        <v>10773</v>
       </c>
       <c r="J144">
-        <v>10773</v>
+        <v>10788</v>
       </c>
       <c r="K144">
-        <v>10788</v>
+        <v>10786</v>
       </c>
       <c r="L144">
-        <v>10786</v>
+        <v>10779</v>
       </c>
       <c r="M144">
-        <v>10779</v>
+        <v>10749</v>
       </c>
       <c r="N144">
-        <v>10749</v>
+        <v>10743</v>
       </c>
       <c r="O144">
-        <v>10743</v>
+        <v>10754</v>
       </c>
       <c r="P144">
-        <v>10754</v>
+        <v>10775</v>
       </c>
       <c r="Q144">
-        <v>10775</v>
+        <v>10777</v>
       </c>
       <c r="R144">
-        <v>10777</v>
+        <v>10785</v>
       </c>
       <c r="S144">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="T144" s="2">
-        <v>0.17660000000000001</v>
+        <v>0.2417</v>
       </c>
     </row>
     <row r="145" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A145" t="s">
         <v>161</v>
       </c>
       <c r="B145" t="s">
         <v>248</v>
       </c>
       <c r="C145" t="s">
         <v>163</v>
       </c>
       <c r="D145">
         <v>1</v>
       </c>
       <c r="E145" t="s">
         <v>30</v>
       </c>
       <c r="F145" t="s">
         <v>83</v>
       </c>
       <c r="G145">
-        <v>9277</v>
+        <v>9306</v>
       </c>
       <c r="H145">
-        <v>9306</v>
+        <v>9324</v>
       </c>
       <c r="I145">
-        <v>9324</v>
+        <v>9338</v>
       </c>
       <c r="J145">
-        <v>9338</v>
+        <v>9344</v>
       </c>
       <c r="K145">
-        <v>9344</v>
+        <v>9342</v>
       </c>
       <c r="L145">
-        <v>9342</v>
+        <v>9361</v>
       </c>
       <c r="M145">
         <v>9361</v>
       </c>
       <c r="N145">
         <v>9361</v>
       </c>
       <c r="O145">
-        <v>9361</v>
+        <v>9334</v>
       </c>
       <c r="P145">
-        <v>9334</v>
+        <v>9331</v>
       </c>
       <c r="Q145">
-        <v>9331</v>
+        <v>9332</v>
       </c>
       <c r="R145">
-        <v>9332</v>
+        <v>9369</v>
       </c>
       <c r="S145">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="T145" s="2">
-        <v>0.59289999999999998</v>
+        <v>0.67700000000000005</v>
       </c>
     </row>
     <row r="146" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A146" t="s">
         <v>161</v>
       </c>
       <c r="B146" t="s">
         <v>249</v>
       </c>
       <c r="C146" t="s">
         <v>163</v>
       </c>
       <c r="D146">
         <v>3</v>
       </c>
       <c r="E146" t="s">
         <v>34</v>
       </c>
       <c r="F146" t="s">
         <v>35</v>
       </c>
       <c r="G146">
-        <v>12746</v>
+        <v>12769</v>
       </c>
       <c r="H146">
-        <v>12769</v>
+        <v>12768</v>
       </c>
       <c r="I146">
-        <v>12768</v>
+        <v>12786</v>
       </c>
       <c r="J146">
-        <v>12786</v>
+        <v>12775</v>
       </c>
       <c r="K146">
-        <v>12775</v>
+        <v>12771</v>
       </c>
       <c r="L146">
-        <v>12771</v>
+        <v>12702</v>
       </c>
       <c r="M146">
-        <v>12702</v>
+        <v>12685</v>
       </c>
       <c r="N146">
+        <v>12708</v>
+      </c>
+      <c r="O146">
+        <v>12686</v>
+      </c>
+      <c r="P146">
         <v>12685</v>
       </c>
-      <c r="O146">
-[...4 lines deleted...]
-      </c>
       <c r="Q146">
-        <v>12685</v>
+        <v>12691</v>
       </c>
       <c r="R146">
-        <v>12691</v>
+        <v>12721</v>
       </c>
       <c r="S146">
-        <v>-55</v>
+        <v>-48</v>
       </c>
       <c r="T146" s="2">
-        <v>-0.43149999999999999</v>
+        <v>-0.37590000000000001</v>
       </c>
     </row>
     <row r="147" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A147" t="s">
         <v>161</v>
       </c>
       <c r="B147" t="s">
         <v>250</v>
       </c>
       <c r="C147" t="s">
         <v>163</v>
       </c>
       <c r="D147">
         <v>2</v>
       </c>
       <c r="E147" t="s">
         <v>23</v>
       </c>
       <c r="F147" t="s">
         <v>85</v>
       </c>
       <c r="G147">
-        <v>9077</v>
+        <v>9092</v>
       </c>
       <c r="H147">
-        <v>9092</v>
+        <v>9141</v>
       </c>
       <c r="I147">
-        <v>9141</v>
+        <v>9173</v>
       </c>
       <c r="J147">
-        <v>9173</v>
+        <v>9174</v>
       </c>
       <c r="K147">
-        <v>9174</v>
+        <v>9193</v>
       </c>
       <c r="L147">
+        <v>9209</v>
+      </c>
+      <c r="M147">
         <v>9193</v>
       </c>
-      <c r="M147">
-[...1 lines deleted...]
-      </c>
       <c r="N147">
-        <v>9193</v>
+        <v>9197</v>
       </c>
       <c r="O147">
-        <v>9197</v>
+        <v>9233</v>
       </c>
       <c r="P147">
-        <v>9233</v>
+        <v>9248</v>
       </c>
       <c r="Q147">
-        <v>9248</v>
+        <v>9241</v>
       </c>
       <c r="R147">
-        <v>9241</v>
+        <v>9244</v>
       </c>
       <c r="S147">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="T147" s="2">
-        <v>1.8068</v>
+        <v>1.6718</v>
       </c>
     </row>
     <row r="148" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A148" t="s">
         <v>161</v>
       </c>
       <c r="B148" t="s">
         <v>251</v>
       </c>
       <c r="C148" t="s">
         <v>163</v>
       </c>
       <c r="D148">
         <v>2</v>
       </c>
       <c r="E148" t="s">
         <v>23</v>
       </c>
       <c r="F148" t="s">
         <v>43</v>
       </c>
       <c r="G148">
-        <v>4245</v>
+        <v>4228</v>
       </c>
       <c r="H148">
-        <v>4228</v>
+        <v>4217</v>
       </c>
       <c r="I148">
-        <v>4217</v>
+        <v>4224</v>
       </c>
       <c r="J148">
-        <v>4224</v>
+        <v>4219</v>
       </c>
       <c r="K148">
-        <v>4219</v>
+        <v>4225</v>
       </c>
       <c r="L148">
-        <v>4225</v>
+        <v>4231</v>
       </c>
       <c r="M148">
-        <v>4231</v>
+        <v>4203</v>
       </c>
       <c r="N148">
-        <v>4203</v>
+        <v>4188</v>
       </c>
       <c r="O148">
-        <v>4188</v>
+        <v>4176</v>
       </c>
       <c r="P148">
-        <v>4176</v>
+        <v>4169</v>
       </c>
       <c r="Q148">
-        <v>4169</v>
+        <v>4157</v>
       </c>
       <c r="R148">
-        <v>4157</v>
+        <v>4149</v>
       </c>
       <c r="S148">
-        <v>-88</v>
+        <v>-79</v>
       </c>
       <c r="T148" s="2">
-        <v>-2.073</v>
+        <v>-1.8685</v>
       </c>
     </row>
     <row r="149" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A149" t="s">
         <v>161</v>
       </c>
       <c r="B149" t="s">
         <v>252</v>
       </c>
       <c r="C149" t="s">
         <v>163</v>
       </c>
       <c r="D149">
         <v>5</v>
       </c>
       <c r="E149" t="s">
         <v>40</v>
       </c>
       <c r="F149" t="s">
         <v>41</v>
       </c>
       <c r="G149">
-        <v>4057</v>
+        <v>4058</v>
       </c>
       <c r="H149">
-        <v>4058</v>
+        <v>4051</v>
       </c>
       <c r="I149">
-        <v>4051</v>
+        <v>4047</v>
       </c>
       <c r="J149">
-        <v>4047</v>
+        <v>4037</v>
       </c>
       <c r="K149">
-        <v>4037</v>
+        <v>4021</v>
       </c>
       <c r="L149">
-        <v>4021</v>
+        <v>4019</v>
       </c>
       <c r="M149">
+        <v>4016</v>
+      </c>
+      <c r="N149">
+        <v>4028</v>
+      </c>
+      <c r="O149">
+        <v>4034</v>
+      </c>
+      <c r="P149">
         <v>4019</v>
       </c>
-      <c r="N149">
-[...2 lines deleted...]
-      <c r="O149">
+      <c r="Q149">
+        <v>4026</v>
+      </c>
+      <c r="R149">
         <v>4028</v>
       </c>
-      <c r="P149">
-[...7 lines deleted...]
-      </c>
       <c r="S149">
-        <v>-31</v>
+        <v>-30</v>
       </c>
       <c r="T149" s="2">
-        <v>-0.7641</v>
+        <v>-0.73929999999999996</v>
       </c>
     </row>
     <row r="150" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A150" t="s">
         <v>161</v>
       </c>
       <c r="B150" t="s">
         <v>253</v>
       </c>
       <c r="C150" t="s">
         <v>163</v>
       </c>
       <c r="D150">
         <v>2</v>
       </c>
       <c r="E150" t="s">
         <v>23</v>
       </c>
       <c r="F150" t="s">
         <v>77</v>
       </c>
       <c r="G150">
-        <v>9430</v>
+        <v>9408</v>
       </c>
       <c r="H150">
-        <v>9408</v>
+        <v>9410</v>
       </c>
       <c r="I150">
-        <v>9410</v>
+        <v>9418</v>
       </c>
       <c r="J150">
+        <v>9417</v>
+      </c>
+      <c r="K150">
         <v>9418</v>
       </c>
-      <c r="K150">
-[...1 lines deleted...]
-      </c>
       <c r="L150">
-        <v>9418</v>
+        <v>9392</v>
       </c>
       <c r="M150">
-        <v>9392</v>
+        <v>9327</v>
       </c>
       <c r="N150">
-        <v>9327</v>
+        <v>9268</v>
       </c>
       <c r="O150">
-        <v>9268</v>
+        <v>9250</v>
       </c>
       <c r="P150">
-        <v>9250</v>
+        <v>9216</v>
       </c>
       <c r="Q150">
-        <v>9216</v>
+        <v>9182</v>
       </c>
       <c r="R150">
-        <v>9182</v>
+        <v>9142</v>
       </c>
       <c r="S150">
-        <v>-248</v>
+        <v>-266</v>
       </c>
       <c r="T150" s="2">
-        <v>-2.6299000000000001</v>
+        <v>-2.8273999999999999</v>
       </c>
     </row>
     <row r="151" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A151" t="s">
         <v>161</v>
       </c>
       <c r="B151" t="s">
         <v>254</v>
       </c>
       <c r="C151" t="s">
         <v>163</v>
       </c>
       <c r="D151">
         <v>2</v>
       </c>
       <c r="E151" t="s">
         <v>23</v>
       </c>
       <c r="F151" t="s">
         <v>77</v>
       </c>
       <c r="G151">
-        <v>7089</v>
+        <v>7042</v>
       </c>
       <c r="H151">
-        <v>7042</v>
+        <v>6987</v>
       </c>
       <c r="I151">
-        <v>6987</v>
+        <v>6971</v>
       </c>
       <c r="J151">
-        <v>6971</v>
+        <v>6955</v>
       </c>
       <c r="K151">
-        <v>6955</v>
+        <v>6925</v>
       </c>
       <c r="L151">
-        <v>6925</v>
+        <v>6895</v>
       </c>
       <c r="M151">
-        <v>6895</v>
+        <v>6870</v>
       </c>
       <c r="N151">
-        <v>6870</v>
+        <v>6831</v>
       </c>
       <c r="O151">
-        <v>6831</v>
+        <v>6796</v>
       </c>
       <c r="P151">
-        <v>6796</v>
+        <v>6770</v>
       </c>
       <c r="Q151">
-        <v>6770</v>
+        <v>6757</v>
       </c>
       <c r="R151">
-        <v>6757</v>
+        <v>6720</v>
       </c>
       <c r="S151">
-        <v>-332</v>
+        <v>-322</v>
       </c>
       <c r="T151" s="2">
-        <v>-4.6833</v>
+        <v>-4.5726000000000004</v>
       </c>
     </row>
     <row r="152" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A152" t="s">
         <v>161</v>
       </c>
       <c r="B152" t="s">
         <v>255</v>
       </c>
       <c r="C152" t="s">
         <v>163</v>
       </c>
       <c r="D152">
         <v>3</v>
       </c>
       <c r="E152" t="s">
         <v>34</v>
       </c>
       <c r="F152" t="s">
         <v>35</v>
       </c>
       <c r="G152">
-        <v>4053</v>
+        <v>4049</v>
       </c>
       <c r="H152">
-        <v>4049</v>
+        <v>4062</v>
       </c>
       <c r="I152">
-        <v>4062</v>
+        <v>4051</v>
       </c>
       <c r="J152">
-        <v>4051</v>
+        <v>4067</v>
       </c>
       <c r="K152">
-        <v>4067</v>
+        <v>4066</v>
       </c>
       <c r="L152">
-        <v>4066</v>
+        <v>4078</v>
       </c>
       <c r="M152">
-        <v>4078</v>
+        <v>4088</v>
       </c>
       <c r="N152">
-        <v>4088</v>
+        <v>4084</v>
       </c>
       <c r="O152">
-        <v>4084</v>
+        <v>4074</v>
       </c>
       <c r="P152">
-        <v>4074</v>
+        <v>4072</v>
       </c>
       <c r="Q152">
-        <v>4072</v>
+        <v>4064</v>
       </c>
       <c r="R152">
-        <v>4064</v>
+        <v>4055</v>
       </c>
       <c r="S152">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="T152" s="2">
-        <v>0.27139999999999997</v>
+        <v>0.1482</v>
       </c>
     </row>
     <row r="153" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A153" t="s">
         <v>161</v>
       </c>
       <c r="B153" t="s">
         <v>256</v>
       </c>
       <c r="C153" t="s">
         <v>163</v>
       </c>
       <c r="D153">
         <v>4</v>
       </c>
       <c r="E153" t="s">
         <v>26</v>
       </c>
       <c r="F153" t="s">
         <v>257</v>
       </c>
       <c r="G153">
-        <v>8117</v>
+        <v>8084</v>
       </c>
       <c r="H153">
-        <v>8084</v>
+        <v>8073</v>
       </c>
       <c r="I153">
-        <v>8073</v>
+        <v>8072</v>
       </c>
       <c r="J153">
-        <v>8072</v>
+        <v>8043</v>
       </c>
       <c r="K153">
-        <v>8043</v>
+        <v>8030</v>
       </c>
       <c r="L153">
-        <v>8030</v>
+        <v>8009</v>
       </c>
       <c r="M153">
-        <v>8009</v>
+        <v>7973</v>
       </c>
       <c r="N153">
-        <v>7973</v>
+        <v>7929</v>
       </c>
       <c r="O153">
-        <v>7929</v>
+        <v>7900</v>
       </c>
       <c r="P153">
-        <v>7900</v>
+        <v>7889</v>
       </c>
       <c r="Q153">
-        <v>7889</v>
+        <v>7870</v>
       </c>
       <c r="R153">
-        <v>7870</v>
+        <v>7832</v>
       </c>
       <c r="S153">
-        <v>-247</v>
+        <v>-252</v>
       </c>
       <c r="T153" s="2">
-        <v>-3.0430000000000001</v>
+        <v>-3.1173000000000002</v>
       </c>
     </row>
     <row r="154" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A154" t="s">
         <v>161</v>
       </c>
       <c r="B154" t="s">
         <v>258</v>
       </c>
       <c r="C154" t="s">
         <v>163</v>
       </c>
       <c r="D154">
         <v>1</v>
       </c>
       <c r="E154" t="s">
         <v>30</v>
       </c>
       <c r="F154" t="s">
         <v>31</v>
       </c>
       <c r="G154">
-        <v>4936</v>
+        <v>4919</v>
       </c>
       <c r="H154">
-        <v>4919</v>
+        <v>4906</v>
       </c>
       <c r="I154">
-        <v>4906</v>
+        <v>4871</v>
       </c>
       <c r="J154">
-        <v>4871</v>
+        <v>4866</v>
       </c>
       <c r="K154">
-        <v>4866</v>
+        <v>4863</v>
       </c>
       <c r="L154">
-        <v>4863</v>
+        <v>4860</v>
       </c>
       <c r="M154">
-        <v>4860</v>
+        <v>4844</v>
       </c>
       <c r="N154">
-        <v>4844</v>
+        <v>4838</v>
       </c>
       <c r="O154">
         <v>4838</v>
       </c>
       <c r="P154">
-        <v>4838</v>
+        <v>4846</v>
       </c>
       <c r="Q154">
-        <v>4846</v>
+        <v>4844</v>
       </c>
       <c r="R154">
-        <v>4844</v>
+        <v>4848</v>
       </c>
       <c r="S154">
-        <v>-92</v>
+        <v>-71</v>
       </c>
       <c r="T154" s="2">
-        <v>-1.8638999999999999</v>
+        <v>-1.4434</v>
       </c>
     </row>
     <row r="155" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A155" t="s">
         <v>161</v>
       </c>
       <c r="B155" t="s">
         <v>259</v>
       </c>
       <c r="C155" t="s">
         <v>163</v>
       </c>
       <c r="D155">
         <v>5</v>
       </c>
       <c r="E155" t="s">
         <v>40</v>
       </c>
       <c r="F155" t="s">
         <v>73</v>
       </c>
       <c r="G155">
-        <v>6016</v>
+        <v>6024</v>
       </c>
       <c r="H155">
-        <v>6024</v>
+        <v>6040</v>
       </c>
       <c r="I155">
-        <v>6040</v>
+        <v>6049</v>
       </c>
       <c r="J155">
-        <v>6049</v>
+        <v>6082</v>
       </c>
       <c r="K155">
-        <v>6082</v>
+        <v>6101</v>
       </c>
       <c r="L155">
-        <v>6101</v>
+        <v>6104</v>
       </c>
       <c r="M155">
-        <v>6104</v>
+        <v>6152</v>
       </c>
       <c r="N155">
-        <v>6152</v>
+        <v>6186</v>
       </c>
       <c r="O155">
-        <v>6186</v>
+        <v>6212</v>
       </c>
       <c r="P155">
-        <v>6212</v>
+        <v>6246</v>
       </c>
       <c r="Q155">
-        <v>6246</v>
+        <v>6267</v>
       </c>
       <c r="R155">
-        <v>6267</v>
+        <v>6269</v>
       </c>
       <c r="S155">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="T155" s="2">
-        <v>4.1722000000000001</v>
+        <v>4.0670999999999999</v>
       </c>
     </row>
     <row r="156" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A156" t="s">
         <v>161</v>
       </c>
       <c r="B156" t="s">
         <v>260</v>
       </c>
       <c r="C156" t="s">
         <v>163</v>
       </c>
       <c r="D156">
         <v>4</v>
       </c>
       <c r="E156" t="s">
         <v>26</v>
       </c>
       <c r="F156" t="s">
         <v>27</v>
       </c>
       <c r="G156">
-        <v>9480</v>
+        <v>9450</v>
       </c>
       <c r="H156">
-        <v>9450</v>
+        <v>9430</v>
       </c>
       <c r="I156">
-        <v>9430</v>
+        <v>9397</v>
       </c>
       <c r="J156">
-        <v>9397</v>
+        <v>9347</v>
       </c>
       <c r="K156">
-        <v>9347</v>
+        <v>9319</v>
       </c>
       <c r="L156">
-        <v>9319</v>
+        <v>9295</v>
       </c>
       <c r="M156">
-        <v>9295</v>
+        <v>9266</v>
       </c>
       <c r="N156">
-        <v>9266</v>
+        <v>9246</v>
       </c>
       <c r="O156">
-        <v>9246</v>
+        <v>9254</v>
       </c>
       <c r="P156">
-        <v>9254</v>
+        <v>9213</v>
       </c>
       <c r="Q156">
-        <v>9213</v>
+        <v>9183</v>
       </c>
       <c r="R156">
-        <v>9183</v>
+        <v>9179</v>
       </c>
       <c r="S156">
-        <v>-297</v>
+        <v>-271</v>
       </c>
       <c r="T156" s="2">
-        <v>-3.1328999999999998</v>
+        <v>-2.8677000000000001</v>
       </c>
     </row>
     <row r="157" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A157" t="s">
         <v>161</v>
       </c>
       <c r="B157" t="s">
         <v>261</v>
       </c>
       <c r="C157" t="s">
         <v>163</v>
       </c>
       <c r="D157">
         <v>2</v>
       </c>
       <c r="E157" t="s">
         <v>23</v>
       </c>
       <c r="F157" t="s">
         <v>43</v>
       </c>
       <c r="G157">
+        <v>8331</v>
+      </c>
+      <c r="H157">
         <v>8332</v>
       </c>
-      <c r="H157">
-[...1 lines deleted...]
-      </c>
       <c r="I157">
-        <v>8332</v>
+        <v>8303</v>
       </c>
       <c r="J157">
-        <v>8303</v>
+        <v>8297</v>
       </c>
       <c r="K157">
-        <v>8297</v>
+        <v>8290</v>
       </c>
       <c r="L157">
-        <v>8290</v>
+        <v>8292</v>
       </c>
       <c r="M157">
-        <v>8292</v>
+        <v>8249</v>
       </c>
       <c r="N157">
-        <v>8249</v>
+        <v>8234</v>
       </c>
       <c r="O157">
-        <v>8234</v>
+        <v>8200</v>
       </c>
       <c r="P157">
-        <v>8200</v>
+        <v>8165</v>
       </c>
       <c r="Q157">
-        <v>8165</v>
+        <v>8109</v>
       </c>
       <c r="R157">
-        <v>8109</v>
+        <v>8089</v>
       </c>
       <c r="S157">
-        <v>-223</v>
+        <v>-242</v>
       </c>
       <c r="T157" s="2">
-        <v>-2.6764000000000001</v>
+        <v>-2.9047999999999998</v>
       </c>
     </row>
     <row r="158" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A158" t="s">
         <v>161</v>
       </c>
       <c r="B158" t="s">
         <v>262</v>
       </c>
       <c r="C158" t="s">
         <v>163</v>
       </c>
       <c r="D158">
         <v>1</v>
       </c>
       <c r="E158" t="s">
         <v>30</v>
       </c>
       <c r="F158" t="s">
         <v>137</v>
       </c>
       <c r="G158">
-        <v>5042</v>
+        <v>5043</v>
       </c>
       <c r="H158">
-        <v>5043</v>
+        <v>5037</v>
       </c>
       <c r="I158">
-        <v>5037</v>
+        <v>5047</v>
       </c>
       <c r="J158">
-        <v>5047</v>
+        <v>5065</v>
       </c>
       <c r="K158">
-        <v>5065</v>
+        <v>5071</v>
       </c>
       <c r="L158">
-        <v>5071</v>
+        <v>5059</v>
       </c>
       <c r="M158">
-        <v>5059</v>
+        <v>5074</v>
       </c>
       <c r="N158">
-        <v>5074</v>
+        <v>5083</v>
       </c>
       <c r="O158">
-        <v>5083</v>
+        <v>5097</v>
       </c>
       <c r="P158">
-        <v>5097</v>
+        <v>5103</v>
       </c>
       <c r="Q158">
-        <v>5103</v>
+        <v>5115</v>
       </c>
       <c r="R158">
-        <v>5115</v>
+        <v>5121</v>
       </c>
       <c r="S158">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="T158" s="2">
-        <v>1.4478</v>
+        <v>1.5467</v>
       </c>
     </row>
     <row r="159" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A159" t="s">
         <v>161</v>
       </c>
       <c r="B159" t="s">
         <v>263</v>
       </c>
       <c r="C159" t="s">
         <v>163</v>
       </c>
       <c r="D159">
         <v>5</v>
       </c>
       <c r="E159" t="s">
         <v>40</v>
       </c>
       <c r="F159" t="s">
         <v>123</v>
       </c>
       <c r="G159">
-        <v>9239</v>
+        <v>9222</v>
       </c>
       <c r="H159">
-        <v>9222</v>
+        <v>9233</v>
       </c>
       <c r="I159">
-        <v>9233</v>
+        <v>9223</v>
       </c>
       <c r="J159">
-        <v>9223</v>
+        <v>9204</v>
       </c>
       <c r="K159">
-        <v>9204</v>
+        <v>9195</v>
       </c>
       <c r="L159">
-        <v>9195</v>
+        <v>9205</v>
       </c>
       <c r="M159">
-        <v>9205</v>
+        <v>9218</v>
       </c>
       <c r="N159">
-        <v>9218</v>
+        <v>9228</v>
       </c>
       <c r="O159">
-        <v>9228</v>
+        <v>9237</v>
       </c>
       <c r="P159">
-        <v>9237</v>
+        <v>9264</v>
       </c>
       <c r="Q159">
-        <v>9264</v>
+        <v>9274</v>
       </c>
       <c r="R159">
-        <v>9274</v>
+        <v>9285</v>
       </c>
       <c r="S159">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="T159" s="2">
-        <v>0.37880000000000003</v>
+        <v>0.68310000000000004</v>
       </c>
     </row>
     <row r="160" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A160" t="s">
         <v>161</v>
       </c>
       <c r="B160" t="s">
         <v>264</v>
       </c>
       <c r="C160" t="s">
         <v>163</v>
       </c>
       <c r="D160">
         <v>5</v>
       </c>
       <c r="E160" t="s">
         <v>40</v>
       </c>
       <c r="F160" t="s">
         <v>265</v>
       </c>
       <c r="G160">
-        <v>11795</v>
+        <v>11767</v>
       </c>
       <c r="H160">
-        <v>11767</v>
+        <v>11746</v>
       </c>
       <c r="I160">
-        <v>11746</v>
+        <v>11734</v>
       </c>
       <c r="J160">
-        <v>11734</v>
+        <v>11719</v>
       </c>
       <c r="K160">
-        <v>11719</v>
+        <v>11729</v>
       </c>
       <c r="L160">
-        <v>11729</v>
+        <v>11710</v>
       </c>
       <c r="M160">
-        <v>11710</v>
+        <v>11703</v>
       </c>
       <c r="N160">
-        <v>11703</v>
+        <v>11687</v>
       </c>
       <c r="O160">
         <v>11687</v>
       </c>
       <c r="P160">
-        <v>11687</v>
+        <v>11675</v>
       </c>
       <c r="Q160">
-        <v>11675</v>
+        <v>11665</v>
       </c>
       <c r="R160">
-        <v>11665</v>
+        <v>11647</v>
       </c>
       <c r="S160">
-        <v>-130</v>
+        <v>-120</v>
       </c>
       <c r="T160" s="2">
-        <v>-1.1022000000000001</v>
+        <v>-1.0198</v>
       </c>
     </row>
     <row r="161" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A161" t="s">
         <v>161</v>
       </c>
       <c r="B161" t="s">
         <v>266</v>
       </c>
       <c r="C161" t="s">
         <v>163</v>
       </c>
       <c r="D161">
         <v>5</v>
       </c>
       <c r="E161" t="s">
         <v>40</v>
       </c>
       <c r="F161" t="s">
         <v>73</v>
       </c>
       <c r="G161">
+        <v>4222</v>
+      </c>
+      <c r="H161">
+        <v>4231</v>
+      </c>
+      <c r="I161">
+        <v>4220</v>
+      </c>
+      <c r="J161">
+        <v>4210</v>
+      </c>
+      <c r="K161">
+        <v>4215</v>
+      </c>
+      <c r="L161">
         <v>4227</v>
       </c>
-      <c r="H161">
-[...8 lines deleted...]
-      <c r="K161">
+      <c r="M161">
+        <v>4223</v>
+      </c>
+      <c r="N161">
+        <v>4214</v>
+      </c>
+      <c r="O161">
         <v>4210</v>
       </c>
-      <c r="L161">
-[...8 lines deleted...]
-      <c r="O161">
+      <c r="P161">
         <v>4214</v>
-      </c>
-[...1 lines deleted...]
-        <v>4210</v>
       </c>
       <c r="Q161">
         <v>4214</v>
       </c>
       <c r="R161">
-        <v>4214</v>
+        <v>4202</v>
       </c>
       <c r="S161">
-        <v>-13</v>
+        <v>-20</v>
       </c>
       <c r="T161" s="2">
-        <v>-0.3075</v>
+        <v>-0.47370000000000001</v>
       </c>
     </row>
     <row r="162" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A162" t="s">
         <v>161</v>
       </c>
       <c r="B162" t="s">
         <v>267</v>
       </c>
       <c r="C162" t="s">
         <v>163</v>
       </c>
       <c r="D162">
         <v>2</v>
       </c>
       <c r="E162" t="s">
         <v>23</v>
       </c>
       <c r="F162" t="s">
         <v>49</v>
       </c>
       <c r="G162">
-        <v>11470</v>
+        <v>11463</v>
       </c>
       <c r="H162">
-        <v>11463</v>
+        <v>11449</v>
       </c>
       <c r="I162">
-        <v>11449</v>
+        <v>11457</v>
       </c>
       <c r="J162">
-        <v>11457</v>
+        <v>11443</v>
       </c>
       <c r="K162">
-        <v>11443</v>
+        <v>11437</v>
       </c>
       <c r="L162">
-        <v>11437</v>
+        <v>11430</v>
       </c>
       <c r="M162">
-        <v>11430</v>
+        <v>11397</v>
       </c>
       <c r="N162">
-        <v>11397</v>
+        <v>11379</v>
       </c>
       <c r="O162">
-        <v>11379</v>
+        <v>11353</v>
       </c>
       <c r="P162">
-        <v>11353</v>
+        <v>11330</v>
       </c>
       <c r="Q162">
-        <v>11330</v>
+        <v>11281</v>
       </c>
       <c r="R162">
-        <v>11281</v>
+        <v>11271</v>
       </c>
       <c r="S162">
-        <v>-189</v>
+        <v>-192</v>
       </c>
       <c r="T162" s="2">
-        <v>-1.6477999999999999</v>
+        <v>-1.675</v>
       </c>
     </row>
     <row r="163" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A163" t="s">
         <v>161</v>
       </c>
       <c r="B163" t="s">
         <v>268</v>
       </c>
       <c r="C163" t="s">
         <v>163</v>
       </c>
       <c r="D163">
         <v>3</v>
       </c>
       <c r="E163" t="s">
         <v>34</v>
       </c>
       <c r="F163" t="s">
         <v>35</v>
       </c>
       <c r="G163">
-        <v>10634</v>
+        <v>10624</v>
       </c>
       <c r="H163">
-        <v>10624</v>
+        <v>10598</v>
       </c>
       <c r="I163">
-        <v>10598</v>
+        <v>10547</v>
       </c>
       <c r="J163">
-        <v>10547</v>
+        <v>10507</v>
       </c>
       <c r="K163">
-        <v>10507</v>
+        <v>10492</v>
       </c>
       <c r="L163">
-        <v>10492</v>
+        <v>10436</v>
       </c>
       <c r="M163">
-        <v>10436</v>
+        <v>10382</v>
       </c>
       <c r="N163">
-        <v>10382</v>
+        <v>10356</v>
       </c>
       <c r="O163">
-        <v>10356</v>
+        <v>10333</v>
       </c>
       <c r="P163">
-        <v>10333</v>
+        <v>10280</v>
       </c>
       <c r="Q163">
-        <v>10280</v>
+        <v>10237</v>
       </c>
       <c r="R163">
-        <v>10237</v>
+        <v>10219</v>
       </c>
       <c r="S163">
-        <v>-397</v>
+        <v>-405</v>
       </c>
       <c r="T163" s="2">
-        <v>-3.7332999999999998</v>
+        <v>-3.8121</v>
       </c>
     </row>
     <row r="164" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A164" t="s">
         <v>161</v>
       </c>
       <c r="B164" t="s">
         <v>269</v>
       </c>
       <c r="C164" t="s">
         <v>163</v>
       </c>
       <c r="D164">
         <v>3</v>
       </c>
       <c r="E164" t="s">
         <v>34</v>
       </c>
       <c r="F164" t="s">
         <v>35</v>
       </c>
       <c r="G164">
-        <v>16903</v>
+        <v>16907</v>
       </c>
       <c r="H164">
-        <v>16907</v>
+        <v>16953</v>
       </c>
       <c r="I164">
-        <v>16953</v>
+        <v>16991</v>
       </c>
       <c r="J164">
-        <v>16991</v>
+        <v>17020</v>
       </c>
       <c r="K164">
-        <v>17020</v>
+        <v>17017</v>
       </c>
       <c r="L164">
-        <v>17017</v>
+        <v>17055</v>
       </c>
       <c r="M164">
-        <v>17055</v>
+        <v>17056</v>
       </c>
       <c r="N164">
-        <v>17056</v>
+        <v>17043</v>
       </c>
       <c r="O164">
-        <v>17043</v>
+        <v>17058</v>
       </c>
       <c r="P164">
-        <v>17058</v>
+        <v>17057</v>
       </c>
       <c r="Q164">
-        <v>17057</v>
+        <v>17091</v>
       </c>
       <c r="R164">
-        <v>17091</v>
+        <v>17109</v>
       </c>
       <c r="S164">
-        <v>188</v>
+        <v>202</v>
       </c>
       <c r="T164" s="2">
-        <v>1.1122000000000001</v>
+        <v>1.1948000000000001</v>
       </c>
     </row>
     <row r="165" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A165" t="s">
         <v>161</v>
       </c>
       <c r="B165" t="s">
         <v>270</v>
       </c>
       <c r="C165" t="s">
         <v>163</v>
       </c>
       <c r="D165">
         <v>4</v>
       </c>
       <c r="E165" t="s">
         <v>26</v>
       </c>
       <c r="F165" t="s">
         <v>27</v>
       </c>
       <c r="G165">
-        <v>7446</v>
+        <v>7426</v>
       </c>
       <c r="H165">
-        <v>7426</v>
+        <v>7414</v>
       </c>
       <c r="I165">
-        <v>7414</v>
+        <v>7393</v>
       </c>
       <c r="J165">
-        <v>7393</v>
+        <v>7385</v>
       </c>
       <c r="K165">
-        <v>7385</v>
+        <v>7375</v>
       </c>
       <c r="L165">
-        <v>7375</v>
+        <v>7378</v>
       </c>
       <c r="M165">
-        <v>7378</v>
+        <v>7374</v>
       </c>
       <c r="N165">
-        <v>7374</v>
+        <v>7332</v>
       </c>
       <c r="O165">
-        <v>7332</v>
+        <v>7307</v>
       </c>
       <c r="P165">
-        <v>7307</v>
+        <v>7304</v>
       </c>
       <c r="Q165">
-        <v>7304</v>
+        <v>7281</v>
       </c>
       <c r="R165">
-        <v>7281</v>
+        <v>7270</v>
       </c>
       <c r="S165">
-        <v>-165</v>
+        <v>-156</v>
       </c>
       <c r="T165" s="2">
-        <v>-2.2160000000000002</v>
+        <v>-2.1006999999999998</v>
       </c>
     </row>
     <row r="166" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A166" t="s">
         <v>161</v>
       </c>
       <c r="B166" t="s">
         <v>271</v>
       </c>
       <c r="C166" t="s">
         <v>163</v>
       </c>
       <c r="D166">
         <v>4</v>
       </c>
       <c r="E166" t="s">
         <v>26</v>
       </c>
       <c r="F166" t="s">
         <v>272</v>
       </c>
       <c r="G166">
-        <v>6292</v>
+        <v>6276</v>
       </c>
       <c r="H166">
-        <v>6276</v>
+        <v>6240</v>
       </c>
       <c r="I166">
-        <v>6240</v>
+        <v>6221</v>
       </c>
       <c r="J166">
-        <v>6221</v>
+        <v>6214</v>
       </c>
       <c r="K166">
-        <v>6214</v>
+        <v>6193</v>
       </c>
       <c r="L166">
-        <v>6193</v>
+        <v>6162</v>
       </c>
       <c r="M166">
-        <v>6162</v>
+        <v>6146</v>
       </c>
       <c r="N166">
-        <v>6146</v>
+        <v>6140</v>
       </c>
       <c r="O166">
-        <v>6140</v>
+        <v>6197</v>
       </c>
       <c r="P166">
-        <v>6197</v>
+        <v>6189</v>
       </c>
       <c r="Q166">
-        <v>6189</v>
+        <v>6182</v>
       </c>
       <c r="R166">
-        <v>6182</v>
+        <v>6169</v>
       </c>
       <c r="S166">
-        <v>-110</v>
+        <v>-107</v>
       </c>
       <c r="T166" s="2">
-        <v>-1.7483</v>
+        <v>-1.7049000000000001</v>
       </c>
     </row>
     <row r="167" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A167" t="s">
         <v>161</v>
       </c>
       <c r="B167" t="s">
         <v>273</v>
       </c>
       <c r="C167" t="s">
         <v>163</v>
       </c>
       <c r="D167">
         <v>3</v>
       </c>
       <c r="E167" t="s">
         <v>34</v>
       </c>
       <c r="F167" t="s">
         <v>35</v>
       </c>
       <c r="G167">
-        <v>10610</v>
+        <v>10621</v>
       </c>
       <c r="H167">
-        <v>10621</v>
+        <v>10686</v>
       </c>
       <c r="I167">
-        <v>10686</v>
+        <v>10676</v>
       </c>
       <c r="J167">
-        <v>10676</v>
+        <v>10688</v>
       </c>
       <c r="K167">
-        <v>10688</v>
+        <v>10696</v>
       </c>
       <c r="L167">
+        <v>10706</v>
+      </c>
+      <c r="M167">
+        <v>10724</v>
+      </c>
+      <c r="N167">
         <v>10696</v>
       </c>
-      <c r="M167">
-[...4 lines deleted...]
-      </c>
       <c r="O167">
-        <v>10696</v>
+        <v>10718</v>
       </c>
       <c r="P167">
-        <v>10718</v>
+        <v>10708</v>
       </c>
       <c r="Q167">
-        <v>10708</v>
+        <v>10678</v>
       </c>
       <c r="R167">
-        <v>10678</v>
+        <v>10697</v>
       </c>
       <c r="S167">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="T167" s="2">
-        <v>0.64090000000000003</v>
+        <v>0.71560000000000001</v>
       </c>
     </row>
     <row r="168" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A168" t="s">
         <v>161</v>
       </c>
       <c r="B168" t="s">
         <v>274</v>
       </c>
       <c r="C168" t="s">
         <v>163</v>
       </c>
       <c r="D168">
         <v>5</v>
       </c>
       <c r="E168" t="s">
         <v>40</v>
       </c>
       <c r="F168" t="s">
         <v>275</v>
       </c>
       <c r="G168">
-        <v>7509</v>
+        <v>7503</v>
       </c>
       <c r="H168">
-        <v>7503</v>
+        <v>7501</v>
       </c>
       <c r="I168">
-        <v>7501</v>
+        <v>7496</v>
       </c>
       <c r="J168">
-        <v>7496</v>
+        <v>7510</v>
       </c>
       <c r="K168">
-        <v>7510</v>
+        <v>7497</v>
       </c>
       <c r="L168">
-        <v>7497</v>
+        <v>7504</v>
       </c>
       <c r="M168">
-        <v>7504</v>
+        <v>7507</v>
       </c>
       <c r="N168">
-        <v>7507</v>
+        <v>7512</v>
       </c>
       <c r="O168">
-        <v>7512</v>
+        <v>7525</v>
       </c>
       <c r="P168">
-        <v>7525</v>
+        <v>7535</v>
       </c>
       <c r="Q168">
-        <v>7535</v>
+        <v>7518</v>
       </c>
       <c r="R168">
-        <v>7518</v>
+        <v>7506</v>
       </c>
       <c r="S168">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="T168" s="2">
-        <v>0.11990000000000001</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="169" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A169" t="s">
         <v>161</v>
       </c>
       <c r="B169" t="s">
         <v>276</v>
       </c>
       <c r="C169" t="s">
         <v>163</v>
       </c>
       <c r="D169">
         <v>4</v>
       </c>
       <c r="E169" t="s">
         <v>26</v>
       </c>
       <c r="F169" t="s">
         <v>118</v>
       </c>
       <c r="G169">
-        <v>11013</v>
+        <v>11010</v>
       </c>
       <c r="H169">
-        <v>11010</v>
+        <v>10981</v>
       </c>
       <c r="I169">
-        <v>10981</v>
+        <v>10984</v>
       </c>
       <c r="J169">
-        <v>10984</v>
+        <v>10945</v>
       </c>
       <c r="K169">
-        <v>10945</v>
+        <v>10931</v>
       </c>
       <c r="L169">
-        <v>10931</v>
+        <v>10902</v>
       </c>
       <c r="M169">
-        <v>10902</v>
+        <v>10882</v>
       </c>
       <c r="N169">
-        <v>10882</v>
+        <v>10876</v>
       </c>
       <c r="O169">
-        <v>10876</v>
+        <v>10828</v>
       </c>
       <c r="P169">
-        <v>10828</v>
+        <v>10832</v>
       </c>
       <c r="Q169">
-        <v>10832</v>
+        <v>10801</v>
       </c>
       <c r="R169">
-        <v>10801</v>
+        <v>10778</v>
       </c>
       <c r="S169">
-        <v>-212</v>
+        <v>-232</v>
       </c>
       <c r="T169" s="2">
-        <v>-1.925</v>
+        <v>-2.1072000000000002</v>
       </c>
     </row>
     <row r="170" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A170" t="s">
         <v>161</v>
       </c>
       <c r="B170" t="s">
         <v>277</v>
       </c>
       <c r="C170" t="s">
         <v>163</v>
       </c>
       <c r="D170">
         <v>5</v>
       </c>
       <c r="E170" t="s">
         <v>40</v>
       </c>
       <c r="F170" t="s">
         <v>278</v>
       </c>
       <c r="G170">
-        <v>14799</v>
+        <v>14784</v>
       </c>
       <c r="H170">
-        <v>14784</v>
+        <v>14793</v>
       </c>
       <c r="I170">
-        <v>14793</v>
+        <v>14762</v>
       </c>
       <c r="J170">
-        <v>14762</v>
+        <v>14766</v>
       </c>
       <c r="K170">
-        <v>14766</v>
+        <v>14755</v>
       </c>
       <c r="L170">
-        <v>14755</v>
+        <v>14735</v>
       </c>
       <c r="M170">
-        <v>14735</v>
+        <v>14730</v>
       </c>
       <c r="N170">
-        <v>14730</v>
+        <v>14707</v>
       </c>
       <c r="O170">
-        <v>14707</v>
+        <v>14693</v>
       </c>
       <c r="P170">
-        <v>14693</v>
+        <v>14667</v>
       </c>
       <c r="Q170">
-        <v>14667</v>
+        <v>14658</v>
       </c>
       <c r="R170">
-        <v>14658</v>
+        <v>14656</v>
       </c>
       <c r="S170">
-        <v>-141</v>
+        <v>-128</v>
       </c>
       <c r="T170" s="2">
-        <v>-0.95279999999999998</v>
+        <v>-0.86580000000000001</v>
       </c>
     </row>
     <row r="171" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A171" t="s">
         <v>161</v>
       </c>
       <c r="B171" t="s">
         <v>279</v>
       </c>
       <c r="C171" t="s">
         <v>163</v>
       </c>
       <c r="D171">
         <v>1</v>
       </c>
       <c r="E171" t="s">
         <v>30</v>
       </c>
       <c r="F171" t="s">
         <v>150</v>
       </c>
       <c r="G171">
-        <v>5528</v>
+        <v>5523</v>
       </c>
       <c r="H171">
-        <v>5523</v>
+        <v>5525</v>
       </c>
       <c r="I171">
-        <v>5525</v>
+        <v>5530</v>
       </c>
       <c r="J171">
-        <v>5530</v>
+        <v>5521</v>
       </c>
       <c r="K171">
-        <v>5521</v>
+        <v>5520</v>
       </c>
       <c r="L171">
-        <v>5520</v>
+        <v>5517</v>
       </c>
       <c r="M171">
-        <v>5517</v>
+        <v>5506</v>
       </c>
       <c r="N171">
-        <v>5506</v>
+        <v>5494</v>
       </c>
       <c r="O171">
-        <v>5494</v>
+        <v>5472</v>
       </c>
       <c r="P171">
-        <v>5472</v>
+        <v>5459</v>
       </c>
       <c r="Q171">
-        <v>5459</v>
+        <v>5450</v>
       </c>
       <c r="R171">
-        <v>5450</v>
+        <v>5439</v>
       </c>
       <c r="S171">
-        <v>-78</v>
+        <v>-84</v>
       </c>
       <c r="T171" s="2">
-        <v>-1.411</v>
+        <v>-1.5208999999999999</v>
       </c>
     </row>
     <row r="172" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A172" t="s">
         <v>161</v>
       </c>
       <c r="B172" t="s">
         <v>280</v>
       </c>
       <c r="C172" t="s">
         <v>163</v>
       </c>
       <c r="D172">
         <v>4</v>
       </c>
       <c r="E172" t="s">
         <v>26</v>
       </c>
       <c r="F172" t="s">
         <v>281</v>
       </c>
       <c r="G172">
-        <v>9753</v>
+        <v>9756</v>
       </c>
       <c r="H172">
-        <v>9756</v>
+        <v>9738</v>
       </c>
       <c r="I172">
-        <v>9738</v>
+        <v>9740</v>
       </c>
       <c r="J172">
-        <v>9740</v>
+        <v>9710</v>
       </c>
       <c r="K172">
-        <v>9710</v>
+        <v>9713</v>
       </c>
       <c r="L172">
-        <v>9713</v>
+        <v>9703</v>
       </c>
       <c r="M172">
-        <v>9703</v>
+        <v>9699</v>
       </c>
       <c r="N172">
-        <v>9699</v>
+        <v>9678</v>
       </c>
       <c r="O172">
-        <v>9678</v>
+        <v>9639</v>
       </c>
       <c r="P172">
-        <v>9639</v>
+        <v>9626</v>
       </c>
       <c r="Q172">
-        <v>9626</v>
+        <v>9603</v>
       </c>
       <c r="R172">
-        <v>9603</v>
+        <v>9573</v>
       </c>
       <c r="S172">
-        <v>-150</v>
+        <v>-183</v>
       </c>
       <c r="T172" s="2">
-        <v>-1.538</v>
+        <v>-1.8757999999999999</v>
       </c>
     </row>
     <row r="173" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A173" t="s">
         <v>161</v>
       </c>
       <c r="B173" t="s">
         <v>282</v>
       </c>
       <c r="C173" t="s">
         <v>163</v>
       </c>
       <c r="D173">
         <v>1</v>
       </c>
       <c r="E173" t="s">
         <v>30</v>
       </c>
       <c r="F173" t="s">
         <v>150</v>
       </c>
       <c r="G173">
-        <v>13461</v>
+        <v>13471</v>
       </c>
       <c r="H173">
-        <v>13471</v>
+        <v>13495</v>
       </c>
       <c r="I173">
-        <v>13495</v>
+        <v>13518</v>
       </c>
       <c r="J173">
-        <v>13518</v>
+        <v>13533</v>
       </c>
       <c r="K173">
-        <v>13533</v>
+        <v>13561</v>
       </c>
       <c r="L173">
-        <v>13561</v>
+        <v>13574</v>
       </c>
       <c r="M173">
-        <v>13574</v>
+        <v>13584</v>
       </c>
       <c r="N173">
         <v>13584</v>
       </c>
       <c r="O173">
-        <v>13584</v>
+        <v>13618</v>
       </c>
       <c r="P173">
-        <v>13618</v>
+        <v>13634</v>
       </c>
       <c r="Q173">
-        <v>13634</v>
+        <v>13644</v>
       </c>
       <c r="R173">
-        <v>13644</v>
+        <v>13643</v>
       </c>
       <c r="S173">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="T173" s="2">
-        <v>1.3594999999999999</v>
+        <v>1.2767999999999999</v>
       </c>
     </row>
     <row r="174" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A174" t="s">
         <v>161</v>
       </c>
       <c r="B174" t="s">
         <v>283</v>
       </c>
       <c r="C174" t="s">
         <v>163</v>
       </c>
       <c r="D174">
         <v>5</v>
       </c>
       <c r="E174" t="s">
         <v>40</v>
       </c>
       <c r="F174" t="s">
         <v>108</v>
       </c>
       <c r="G174">
-        <v>19973</v>
+        <v>19978</v>
       </c>
       <c r="H174">
-        <v>19978</v>
+        <v>19990</v>
       </c>
       <c r="I174">
-        <v>19990</v>
+        <v>19998</v>
       </c>
       <c r="J174">
-        <v>19998</v>
+        <v>19985</v>
       </c>
       <c r="K174">
-        <v>19985</v>
+        <v>20004</v>
       </c>
       <c r="L174">
-        <v>20004</v>
+        <v>20047</v>
       </c>
       <c r="M174">
-        <v>20047</v>
+        <v>20042</v>
       </c>
       <c r="N174">
-        <v>20042</v>
+        <v>20008</v>
       </c>
       <c r="O174">
-        <v>20008</v>
+        <v>19995</v>
       </c>
       <c r="P174">
-        <v>19995</v>
+        <v>20010</v>
       </c>
       <c r="Q174">
-        <v>20010</v>
+        <v>20005</v>
       </c>
       <c r="R174">
-        <v>20005</v>
+        <v>19992</v>
       </c>
       <c r="S174">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="T174" s="2">
-        <v>0.16020000000000001</v>
+        <v>7.0099999999999996E-2</v>
       </c>
     </row>
     <row r="175" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A175" t="s">
         <v>161</v>
       </c>
       <c r="B175" t="s">
         <v>284</v>
       </c>
       <c r="C175" t="s">
         <v>163</v>
       </c>
       <c r="D175">
         <v>2</v>
       </c>
       <c r="E175" t="s">
         <v>23</v>
       </c>
       <c r="F175" t="s">
         <v>24</v>
       </c>
       <c r="G175">
-        <v>7539</v>
+        <v>7574</v>
       </c>
       <c r="H175">
-        <v>7574</v>
+        <v>7590</v>
       </c>
       <c r="I175">
-        <v>7590</v>
+        <v>7617</v>
       </c>
       <c r="J175">
-        <v>7617</v>
+        <v>7643</v>
       </c>
       <c r="K175">
-        <v>7643</v>
+        <v>7660</v>
       </c>
       <c r="L175">
-        <v>7660</v>
+        <v>7676</v>
       </c>
       <c r="M175">
         <v>7676</v>
       </c>
       <c r="N175">
-        <v>7676</v>
+        <v>7677</v>
       </c>
       <c r="O175">
-        <v>7677</v>
+        <v>7681</v>
       </c>
       <c r="P175">
-        <v>7681</v>
+        <v>7704</v>
       </c>
       <c r="Q175">
-        <v>7704</v>
+        <v>7698</v>
       </c>
       <c r="R175">
-        <v>7698</v>
+        <v>7715</v>
       </c>
       <c r="S175">
-        <v>159</v>
+        <v>141</v>
       </c>
       <c r="T175" s="2">
-        <v>2.109</v>
+        <v>1.8615999999999999</v>
       </c>
     </row>
     <row r="176" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A176" t="s">
         <v>161</v>
       </c>
       <c r="B176" t="s">
         <v>285</v>
       </c>
       <c r="C176" t="s">
         <v>163</v>
       </c>
       <c r="D176">
         <v>2</v>
       </c>
       <c r="E176" t="s">
         <v>23</v>
       </c>
       <c r="F176" t="s">
         <v>43</v>
       </c>
       <c r="G176">
+        <v>7474</v>
+      </c>
+      <c r="H176">
         <v>7470</v>
       </c>
-      <c r="H176">
-[...1 lines deleted...]
-      </c>
       <c r="I176">
-        <v>7470</v>
+        <v>7476</v>
       </c>
       <c r="J176">
-        <v>7476</v>
+        <v>7464</v>
       </c>
       <c r="K176">
-        <v>7464</v>
+        <v>7475</v>
       </c>
       <c r="L176">
-        <v>7475</v>
+        <v>7484</v>
       </c>
       <c r="M176">
-        <v>7484</v>
+        <v>7496</v>
       </c>
       <c r="N176">
-        <v>7496</v>
+        <v>7499</v>
       </c>
       <c r="O176">
-        <v>7499</v>
+        <v>7526</v>
       </c>
       <c r="P176">
-        <v>7526</v>
+        <v>7537</v>
       </c>
       <c r="Q176">
-        <v>7537</v>
+        <v>7558</v>
       </c>
       <c r="R176">
-        <v>7558</v>
+        <v>7572</v>
       </c>
       <c r="S176">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="T176" s="2">
-        <v>1.1779999999999999</v>
+        <v>1.3111999999999999</v>
       </c>
     </row>
     <row r="177" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A177" t="s">
         <v>161</v>
       </c>
       <c r="B177" t="s">
         <v>286</v>
       </c>
       <c r="C177" t="s">
         <v>163</v>
       </c>
       <c r="D177">
         <v>2</v>
       </c>
       <c r="E177" t="s">
         <v>23</v>
       </c>
       <c r="F177" t="s">
         <v>128</v>
       </c>
       <c r="G177">
-        <v>5476</v>
+        <v>5470</v>
       </c>
       <c r="H177">
         <v>5470</v>
       </c>
       <c r="I177">
-        <v>5470</v>
+        <v>5472</v>
       </c>
       <c r="J177">
-        <v>5472</v>
+        <v>5462</v>
       </c>
       <c r="K177">
-        <v>5462</v>
+        <v>5437</v>
       </c>
       <c r="L177">
-        <v>5437</v>
+        <v>5439</v>
       </c>
       <c r="M177">
-        <v>5439</v>
+        <v>5424</v>
       </c>
       <c r="N177">
         <v>5424</v>
       </c>
       <c r="O177">
-        <v>5424</v>
+        <v>5422</v>
       </c>
       <c r="P177">
-        <v>5422</v>
+        <v>5406</v>
       </c>
       <c r="Q177">
-        <v>5406</v>
+        <v>5397</v>
       </c>
       <c r="R177">
-        <v>5397</v>
+        <v>5392</v>
       </c>
       <c r="S177">
-        <v>-79</v>
+        <v>-78</v>
       </c>
       <c r="T177" s="2">
-        <v>-1.4427000000000001</v>
+        <v>-1.4259999999999999</v>
       </c>
     </row>
     <row r="178" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A178" t="s">
         <v>161</v>
       </c>
       <c r="B178" t="s">
         <v>287</v>
       </c>
       <c r="C178" t="s">
         <v>163</v>
       </c>
       <c r="D178">
         <v>2</v>
       </c>
       <c r="E178" t="s">
         <v>23</v>
       </c>
       <c r="F178" t="s">
         <v>81</v>
       </c>
       <c r="G178">
-        <v>2575</v>
+        <v>2666</v>
       </c>
       <c r="H178">
-        <v>2666</v>
+        <v>2766</v>
       </c>
       <c r="I178">
-        <v>2766</v>
+        <v>2879</v>
       </c>
       <c r="J178">
-        <v>2879</v>
+        <v>2986</v>
       </c>
       <c r="K178">
-        <v>2986</v>
+        <v>3068</v>
       </c>
       <c r="L178">
-        <v>3068</v>
+        <v>3148</v>
       </c>
       <c r="M178">
-        <v>3148</v>
+        <v>3248</v>
       </c>
       <c r="N178">
-        <v>3248</v>
+        <v>3345</v>
       </c>
       <c r="O178">
-        <v>3345</v>
+        <v>3438</v>
       </c>
       <c r="P178">
-        <v>3438</v>
+        <v>3501</v>
       </c>
       <c r="Q178">
-        <v>3501</v>
+        <v>3565</v>
       </c>
       <c r="R178">
-        <v>3565</v>
+        <v>3632</v>
       </c>
       <c r="S178">
-        <v>990</v>
+        <v>966</v>
       </c>
       <c r="T178" s="2">
-        <v>38.446599999999997</v>
+        <v>36.234099999999998</v>
       </c>
     </row>
     <row r="179" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A179" t="s">
         <v>20</v>
       </c>
       <c r="B179" t="s">
         <v>288</v>
       </c>
       <c r="C179" t="s">
         <v>289</v>
       </c>
       <c r="D179">
         <v>3</v>
       </c>
       <c r="E179" t="s">
         <v>34</v>
       </c>
       <c r="F179" t="s">
         <v>35</v>
       </c>
       <c r="G179">
-        <v>19421</v>
+        <v>19375</v>
       </c>
       <c r="H179">
-        <v>19375</v>
+        <v>20117</v>
       </c>
       <c r="I179">
-        <v>20117</v>
+        <v>20102</v>
       </c>
       <c r="J179">
-        <v>20102</v>
+        <v>20123</v>
       </c>
       <c r="K179">
-        <v>20123</v>
+        <v>20147</v>
       </c>
       <c r="L179">
-        <v>20147</v>
+        <v>20166</v>
       </c>
       <c r="M179">
-        <v>20166</v>
+        <v>20167</v>
       </c>
       <c r="N179">
-        <v>20167</v>
+        <v>20172</v>
       </c>
       <c r="O179">
-        <v>20172</v>
+        <v>20259</v>
       </c>
       <c r="P179">
-        <v>20259</v>
+        <v>20229</v>
       </c>
       <c r="Q179">
-        <v>20229</v>
+        <v>20243</v>
       </c>
       <c r="R179">
-        <v>20243</v>
+        <v>20281</v>
       </c>
       <c r="S179">
-        <v>822</v>
+        <v>906</v>
       </c>
       <c r="T179" s="2">
-        <v>4.2324999999999999</v>
+        <v>4.6760999999999999</v>
       </c>
     </row>
     <row r="180" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A180" t="s">
         <v>20</v>
       </c>
       <c r="B180" t="s">
         <v>290</v>
       </c>
       <c r="C180" t="s">
         <v>291</v>
       </c>
       <c r="D180">
         <v>3</v>
       </c>
       <c r="E180" t="s">
         <v>34</v>
       </c>
       <c r="F180" t="s">
         <v>35</v>
       </c>
       <c r="G180">
-        <v>8547</v>
+        <v>8561</v>
       </c>
       <c r="H180">
-        <v>8561</v>
+        <v>8669</v>
       </c>
       <c r="I180">
-        <v>8669</v>
+        <v>8692</v>
       </c>
       <c r="J180">
-        <v>8692</v>
+        <v>8688</v>
       </c>
       <c r="K180">
-        <v>8688</v>
+        <v>8697</v>
       </c>
       <c r="L180">
-        <v>8697</v>
+        <v>8709</v>
       </c>
       <c r="M180">
-        <v>8709</v>
+        <v>8756</v>
       </c>
       <c r="N180">
-        <v>8756</v>
+        <v>8795</v>
       </c>
       <c r="O180">
-        <v>8795</v>
+        <v>8829</v>
       </c>
       <c r="P180">
-        <v>8829</v>
+        <v>8803</v>
       </c>
       <c r="Q180">
-        <v>8803</v>
+        <v>8773</v>
       </c>
       <c r="R180">
-        <v>8773</v>
+        <v>8791</v>
       </c>
       <c r="S180">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="T180" s="2">
-        <v>2.6442000000000001</v>
+        <v>2.6865999999999999</v>
       </c>
     </row>
     <row r="181" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A181" t="s">
         <v>20</v>
       </c>
       <c r="B181" t="s">
         <v>292</v>
       </c>
       <c r="C181" t="s">
         <v>293</v>
       </c>
       <c r="D181">
         <v>3</v>
       </c>
       <c r="E181" t="s">
         <v>34</v>
       </c>
       <c r="F181" t="s">
         <v>35</v>
       </c>
       <c r="G181">
         <v>0</v>
       </c>
       <c r="H181">
         <v>0</v>
       </c>
       <c r="I181">
         <v>0</v>
       </c>
       <c r="J181">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="K181">
-        <v>678</v>
+        <v>1163</v>
       </c>
       <c r="L181">
-        <v>1163</v>
+        <v>1417</v>
       </c>
       <c r="M181">
-        <v>1417</v>
+        <v>1706</v>
       </c>
       <c r="N181">
-        <v>1706</v>
+        <v>1996</v>
       </c>
       <c r="O181">
-        <v>1996</v>
+        <v>2222</v>
       </c>
       <c r="P181">
-        <v>2222</v>
+        <v>2376</v>
       </c>
       <c r="Q181">
-        <v>2376</v>
+        <v>2514</v>
       </c>
       <c r="R181">
-        <v>2514</v>
+        <v>2666</v>
       </c>
       <c r="S181">
-        <v>2514</v>
+        <v>2666</v>
       </c>
       <c r="T181" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="182" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A182" t="s">
         <v>20</v>
       </c>
       <c r="B182" t="s">
         <v>294</v>
       </c>
       <c r="C182" t="s">
         <v>295</v>
       </c>
       <c r="D182">
         <v>3</v>
       </c>
       <c r="E182" t="s">
         <v>34</v>
       </c>
       <c r="F182" t="s">
         <v>35</v>
       </c>
       <c r="G182">
-        <v>11744</v>
+        <v>11768</v>
       </c>
       <c r="H182">
         <v>11768</v>
       </c>
       <c r="I182">
-        <v>11768</v>
+        <v>11779</v>
       </c>
       <c r="J182">
-        <v>11779</v>
+        <v>11727</v>
       </c>
       <c r="K182">
-        <v>11727</v>
+        <v>11745</v>
       </c>
       <c r="L182">
-        <v>11745</v>
+        <v>11766</v>
       </c>
       <c r="M182">
-        <v>11766</v>
+        <v>11800</v>
       </c>
       <c r="N182">
-        <v>11800</v>
+        <v>11822</v>
       </c>
       <c r="O182">
-        <v>11822</v>
+        <v>11842</v>
       </c>
       <c r="P182">
-        <v>11842</v>
+        <v>11877</v>
       </c>
       <c r="Q182">
-        <v>11877</v>
+        <v>11891</v>
       </c>
       <c r="R182">
-        <v>11891</v>
+        <v>11908</v>
       </c>
       <c r="S182">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="T182" s="2">
-        <v>1.2517</v>
+        <v>1.1897</v>
       </c>
     </row>
     <row r="183" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A183" t="s">
         <v>20</v>
       </c>
       <c r="B183" t="s">
         <v>296</v>
       </c>
       <c r="C183" t="s">
         <v>297</v>
       </c>
       <c r="D183">
         <v>3</v>
       </c>
       <c r="E183" t="s">
         <v>34</v>
       </c>
       <c r="F183" t="s">
         <v>35</v>
       </c>
       <c r="G183">
-        <v>10385</v>
+        <v>10377</v>
       </c>
       <c r="H183">
-        <v>10377</v>
+        <v>11770</v>
       </c>
       <c r="I183">
-        <v>11770</v>
+        <v>11712</v>
       </c>
       <c r="J183">
-        <v>11712</v>
+        <v>11743</v>
       </c>
       <c r="K183">
-        <v>11743</v>
+        <v>11787</v>
       </c>
       <c r="L183">
-        <v>11787</v>
+        <v>11821</v>
       </c>
       <c r="M183">
-        <v>11821</v>
+        <v>11848</v>
       </c>
       <c r="N183">
-        <v>11848</v>
+        <v>11913</v>
       </c>
       <c r="O183">
-        <v>11913</v>
+        <v>11939</v>
       </c>
       <c r="P183">
-        <v>11939</v>
+        <v>11926</v>
       </c>
       <c r="Q183">
-        <v>11926</v>
+        <v>11903</v>
       </c>
       <c r="R183">
-        <v>11903</v>
+        <v>11898</v>
       </c>
       <c r="S183">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="T183" s="2">
-        <v>14.6172</v>
+        <v>14.657400000000001</v>
       </c>
     </row>
     <row r="184" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A184" t="s">
         <v>20</v>
       </c>
       <c r="B184" t="s">
         <v>298</v>
       </c>
       <c r="C184" t="s">
         <v>299</v>
       </c>
       <c r="D184">
         <v>2</v>
       </c>
       <c r="E184" t="s">
         <v>23</v>
       </c>
       <c r="F184" t="s">
         <v>67</v>
       </c>
       <c r="G184">
-        <v>8958</v>
+        <v>8967</v>
       </c>
       <c r="H184">
         <v>8967</v>
       </c>
       <c r="I184">
-        <v>8967</v>
+        <v>8966</v>
       </c>
       <c r="J184">
-        <v>8966</v>
+        <v>8992</v>
       </c>
       <c r="K184">
-        <v>8992</v>
+        <v>9007</v>
       </c>
       <c r="L184">
-        <v>9007</v>
+        <v>9003</v>
       </c>
       <c r="M184">
-        <v>9003</v>
+        <v>9014</v>
       </c>
       <c r="N184">
-        <v>9014</v>
+        <v>9052</v>
       </c>
       <c r="O184">
-        <v>9052</v>
+        <v>9103</v>
       </c>
       <c r="P184">
-        <v>9103</v>
+        <v>9121</v>
       </c>
       <c r="Q184">
-        <v>9121</v>
+        <v>9125</v>
       </c>
       <c r="R184">
-        <v>9125</v>
+        <v>9152</v>
       </c>
       <c r="S184">
-        <v>167</v>
+        <v>185</v>
       </c>
       <c r="T184" s="2">
-        <v>1.8643000000000001</v>
+        <v>2.0630999999999999</v>
       </c>
     </row>
     <row r="185" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A185" t="s">
         <v>20</v>
       </c>
       <c r="B185" t="s">
         <v>300</v>
       </c>
       <c r="C185" t="s">
         <v>301</v>
       </c>
       <c r="D185">
         <v>3</v>
       </c>
       <c r="E185" t="s">
         <v>34</v>
       </c>
       <c r="F185" t="s">
         <v>35</v>
       </c>
       <c r="G185">
-        <v>7954</v>
+        <v>7923</v>
       </c>
       <c r="H185">
-        <v>7923</v>
+        <v>7926</v>
       </c>
       <c r="I185">
-        <v>7926</v>
+        <v>7946</v>
       </c>
       <c r="J185">
-        <v>7946</v>
+        <v>7929</v>
       </c>
       <c r="K185">
-        <v>7929</v>
+        <v>7881</v>
       </c>
       <c r="L185">
-        <v>7881</v>
+        <v>7867</v>
       </c>
       <c r="M185">
-        <v>7867</v>
+        <v>7888</v>
       </c>
       <c r="N185">
-        <v>7888</v>
+        <v>7908</v>
       </c>
       <c r="O185">
-        <v>7908</v>
+        <v>7887</v>
       </c>
       <c r="P185">
-        <v>7887</v>
+        <v>7880</v>
       </c>
       <c r="Q185">
-        <v>7880</v>
+        <v>7870</v>
       </c>
       <c r="R185">
-        <v>7870</v>
+        <v>7822</v>
       </c>
       <c r="S185">
-        <v>-84</v>
+        <v>-101</v>
       </c>
       <c r="T185" s="2">
-        <v>-1.0561</v>
+        <v>-1.2747999999999999</v>
       </c>
     </row>
     <row r="186" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A186" t="s">
         <v>20</v>
       </c>
       <c r="B186" t="s">
         <v>302</v>
       </c>
       <c r="C186" t="s">
         <v>303</v>
       </c>
       <c r="D186">
         <v>2</v>
       </c>
       <c r="E186" t="s">
         <v>23</v>
       </c>
       <c r="F186" t="s">
         <v>43</v>
       </c>
       <c r="G186">
-        <v>9730</v>
+        <v>9750</v>
       </c>
       <c r="H186">
-        <v>9750</v>
+        <v>9748</v>
       </c>
       <c r="I186">
-        <v>9748</v>
+        <v>9757</v>
       </c>
       <c r="J186">
-        <v>9757</v>
+        <v>9762</v>
       </c>
       <c r="K186">
-        <v>9762</v>
+        <v>9783</v>
       </c>
       <c r="L186">
-        <v>9783</v>
+        <v>9802</v>
       </c>
       <c r="M186">
-        <v>9802</v>
+        <v>9801</v>
       </c>
       <c r="N186">
-        <v>9801</v>
+        <v>9820</v>
       </c>
       <c r="O186">
-        <v>9820</v>
+        <v>9849</v>
       </c>
       <c r="P186">
-        <v>9849</v>
+        <v>9865</v>
       </c>
       <c r="Q186">
-        <v>9865</v>
+        <v>9869</v>
       </c>
       <c r="R186">
-        <v>9869</v>
+        <v>9888</v>
       </c>
       <c r="S186">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="T186" s="2">
-        <v>1.4286000000000001</v>
+        <v>1.4154</v>
       </c>
     </row>
     <row r="187" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A187" t="s">
         <v>20</v>
       </c>
       <c r="B187" t="s">
         <v>304</v>
       </c>
       <c r="C187" t="s">
         <v>305</v>
       </c>
       <c r="D187">
         <v>3</v>
       </c>
       <c r="E187" t="s">
         <v>34</v>
       </c>
       <c r="F187" t="s">
         <v>35</v>
       </c>
       <c r="G187">
-        <v>8168</v>
+        <v>8167</v>
       </c>
       <c r="H187">
-        <v>8167</v>
+        <v>8191</v>
       </c>
       <c r="I187">
-        <v>8191</v>
+        <v>8187</v>
       </c>
       <c r="J187">
-        <v>8187</v>
+        <v>8155</v>
       </c>
       <c r="K187">
-        <v>8155</v>
+        <v>8133</v>
       </c>
       <c r="L187">
-        <v>8133</v>
+        <v>8129</v>
       </c>
       <c r="M187">
-        <v>8129</v>
+        <v>8149</v>
       </c>
       <c r="N187">
-        <v>8149</v>
+        <v>8158</v>
       </c>
       <c r="O187">
-        <v>8158</v>
+        <v>8143</v>
       </c>
       <c r="P187">
-        <v>8143</v>
+        <v>8124</v>
       </c>
       <c r="Q187">
-        <v>8124</v>
+        <v>8088</v>
       </c>
       <c r="R187">
-        <v>8088</v>
+        <v>8033</v>
       </c>
       <c r="S187">
-        <v>-80</v>
+        <v>-134</v>
       </c>
       <c r="T187" s="2">
-        <v>-0.97940000000000005</v>
+        <v>-1.6407</v>
       </c>
     </row>
     <row r="188" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A188" t="s">
         <v>20</v>
       </c>
       <c r="B188" t="s">
         <v>306</v>
       </c>
       <c r="C188" t="s">
         <v>305</v>
       </c>
       <c r="D188">
         <v>3</v>
       </c>
       <c r="E188" t="s">
         <v>34</v>
       </c>
       <c r="F188" t="s">
         <v>35</v>
       </c>
       <c r="G188">
-        <v>6731</v>
+        <v>6754</v>
       </c>
       <c r="H188">
-        <v>6754</v>
+        <v>6820</v>
       </c>
       <c r="I188">
-        <v>6820</v>
+        <v>6816</v>
       </c>
       <c r="J188">
-        <v>6816</v>
+        <v>6869</v>
       </c>
       <c r="K188">
-        <v>6869</v>
+        <v>6890</v>
       </c>
       <c r="L188">
-        <v>6890</v>
+        <v>6878</v>
       </c>
       <c r="M188">
-        <v>6878</v>
+        <v>6918</v>
       </c>
       <c r="N188">
-        <v>6918</v>
+        <v>6940</v>
       </c>
       <c r="O188">
-        <v>6940</v>
+        <v>6966</v>
       </c>
       <c r="P188">
-        <v>6966</v>
+        <v>6951</v>
       </c>
       <c r="Q188">
-        <v>6951</v>
+        <v>6977</v>
       </c>
       <c r="R188">
-        <v>6977</v>
+        <v>6971</v>
       </c>
       <c r="S188">
-        <v>246</v>
+        <v>217</v>
       </c>
       <c r="T188" s="2">
-        <v>3.6547000000000001</v>
+        <v>3.2128999999999999</v>
       </c>
     </row>
     <row r="189" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A189" t="s">
         <v>20</v>
       </c>
       <c r="B189" t="s">
         <v>307</v>
       </c>
       <c r="C189" t="s">
         <v>305</v>
       </c>
       <c r="D189">
         <v>3</v>
       </c>
       <c r="E189" t="s">
         <v>34</v>
       </c>
       <c r="F189" t="s">
         <v>35</v>
       </c>
       <c r="G189">
-        <v>4161</v>
+        <v>4169</v>
       </c>
       <c r="H189">
-        <v>4169</v>
+        <v>4194</v>
       </c>
       <c r="I189">
-        <v>4194</v>
+        <v>4180</v>
       </c>
       <c r="J189">
-        <v>4180</v>
+        <v>4219</v>
       </c>
       <c r="K189">
-        <v>4219</v>
+        <v>4224</v>
       </c>
       <c r="L189">
-        <v>4224</v>
+        <v>4223</v>
       </c>
       <c r="M189">
-        <v>4223</v>
+        <v>4253</v>
       </c>
       <c r="N189">
-        <v>4253</v>
+        <v>4265</v>
       </c>
       <c r="O189">
-        <v>4265</v>
+        <v>4270</v>
       </c>
       <c r="P189">
-        <v>4270</v>
+        <v>4280</v>
       </c>
       <c r="Q189">
-        <v>4280</v>
+        <v>4285</v>
       </c>
       <c r="R189">
-        <v>4285</v>
+        <v>4325</v>
       </c>
       <c r="S189">
-        <v>124</v>
+        <v>156</v>
       </c>
       <c r="T189" s="2">
-        <v>2.9801000000000002</v>
+        <v>3.7418999999999998</v>
       </c>
     </row>
     <row r="190" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A190" t="s">
         <v>20</v>
       </c>
       <c r="B190" t="s">
         <v>308</v>
       </c>
       <c r="C190" t="s">
         <v>305</v>
       </c>
       <c r="D190">
         <v>2</v>
       </c>
       <c r="E190" t="s">
         <v>23</v>
       </c>
       <c r="F190" t="s">
         <v>67</v>
       </c>
       <c r="G190">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="H190">
-        <v>1558</v>
+        <v>1567</v>
       </c>
       <c r="I190">
-        <v>1567</v>
+        <v>1553</v>
       </c>
       <c r="J190">
-        <v>1553</v>
+        <v>1541</v>
       </c>
       <c r="K190">
         <v>1541</v>
       </c>
       <c r="L190">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="M190">
         <v>1539</v>
       </c>
       <c r="N190">
-        <v>1539</v>
+        <v>1527</v>
       </c>
       <c r="O190">
-        <v>1527</v>
+        <v>1519</v>
       </c>
       <c r="P190">
-        <v>1519</v>
+        <v>1511</v>
       </c>
       <c r="Q190">
-        <v>1511</v>
+        <v>1528</v>
       </c>
       <c r="R190">
-        <v>1528</v>
+        <v>1541</v>
       </c>
       <c r="S190">
-        <v>-28</v>
+        <v>-17</v>
       </c>
       <c r="T190" s="2">
-        <v>-1.7995000000000001</v>
+        <v>-1.0911</v>
       </c>
     </row>
     <row r="191" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A191" t="s">
         <v>20</v>
       </c>
       <c r="B191" t="s">
         <v>309</v>
       </c>
       <c r="C191" t="s">
         <v>305</v>
       </c>
       <c r="D191">
         <v>3</v>
       </c>
       <c r="E191" t="s">
         <v>34</v>
       </c>
       <c r="F191" t="s">
         <v>35</v>
       </c>
       <c r="G191">
-        <v>6992</v>
+        <v>6983</v>
       </c>
       <c r="H191">
-        <v>6983</v>
+        <v>6967</v>
       </c>
       <c r="I191">
-        <v>6967</v>
+        <v>6959</v>
       </c>
       <c r="J191">
-        <v>6959</v>
+        <v>6866</v>
       </c>
       <c r="K191">
-        <v>6866</v>
+        <v>6774</v>
       </c>
       <c r="L191">
-        <v>6774</v>
+        <v>6712</v>
       </c>
       <c r="M191">
-        <v>6712</v>
+        <v>6696</v>
       </c>
       <c r="N191">
-        <v>6696</v>
+        <v>6634</v>
       </c>
       <c r="O191">
-        <v>6634</v>
+        <v>6564</v>
       </c>
       <c r="P191">
-        <v>6564</v>
+        <v>6537</v>
       </c>
       <c r="Q191">
-        <v>6537</v>
+        <v>6481</v>
       </c>
       <c r="R191">
-        <v>6481</v>
+        <v>6448</v>
       </c>
       <c r="S191">
-        <v>-511</v>
+        <v>-535</v>
       </c>
       <c r="T191" s="2">
-        <v>-7.3083999999999998</v>
+        <v>-7.6615000000000002</v>
       </c>
     </row>
     <row r="192" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A192" t="s">
         <v>20</v>
       </c>
       <c r="B192" t="s">
         <v>310</v>
       </c>
       <c r="C192" t="s">
         <v>305</v>
       </c>
       <c r="D192">
         <v>3</v>
       </c>
       <c r="E192" t="s">
         <v>34</v>
       </c>
       <c r="F192" t="s">
         <v>35</v>
       </c>
       <c r="G192">
-        <v>6525</v>
+        <v>6515</v>
       </c>
       <c r="H192">
-        <v>6515</v>
+        <v>6537</v>
       </c>
       <c r="I192">
-        <v>6537</v>
+        <v>6546</v>
       </c>
       <c r="J192">
-        <v>6546</v>
+        <v>6536</v>
       </c>
       <c r="K192">
-        <v>6536</v>
+        <v>6520</v>
       </c>
       <c r="L192">
-        <v>6520</v>
+        <v>6512</v>
       </c>
       <c r="M192">
-        <v>6512</v>
+        <v>6508</v>
       </c>
       <c r="N192">
-        <v>6508</v>
+        <v>6490</v>
       </c>
       <c r="O192">
-        <v>6490</v>
+        <v>6477</v>
       </c>
       <c r="P192">
-        <v>6477</v>
+        <v>6446</v>
       </c>
       <c r="Q192">
-        <v>6446</v>
+        <v>6420</v>
       </c>
       <c r="R192">
-        <v>6420</v>
+        <v>6381</v>
       </c>
       <c r="S192">
-        <v>-105</v>
+        <v>-134</v>
       </c>
       <c r="T192" s="2">
-        <v>-1.6092</v>
+        <v>-2.0568</v>
       </c>
     </row>
     <row r="193" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A193" t="s">
         <v>20</v>
       </c>
       <c r="B193" t="s">
         <v>311</v>
       </c>
       <c r="C193" t="s">
         <v>305</v>
       </c>
       <c r="D193">
         <v>3</v>
       </c>
       <c r="E193" t="s">
         <v>34</v>
       </c>
       <c r="F193" t="s">
         <v>35</v>
       </c>
       <c r="G193">
-        <v>4374</v>
+        <v>4451</v>
       </c>
       <c r="H193">
-        <v>4451</v>
+        <v>4498</v>
       </c>
       <c r="I193">
-        <v>4498</v>
+        <v>4487</v>
       </c>
       <c r="J193">
-        <v>4487</v>
+        <v>4503</v>
       </c>
       <c r="K193">
-        <v>4503</v>
+        <v>4528</v>
       </c>
       <c r="L193">
-        <v>4528</v>
+        <v>4546</v>
       </c>
       <c r="M193">
-        <v>4546</v>
+        <v>4619</v>
       </c>
       <c r="N193">
-        <v>4619</v>
+        <v>4679</v>
       </c>
       <c r="O193">
-        <v>4679</v>
+        <v>4707</v>
       </c>
       <c r="P193">
-        <v>4707</v>
+        <v>4740</v>
       </c>
       <c r="Q193">
-        <v>4740</v>
+        <v>4776</v>
       </c>
       <c r="R193">
-        <v>4776</v>
+        <v>4809</v>
       </c>
       <c r="S193">
-        <v>402</v>
+        <v>358</v>
       </c>
       <c r="T193" s="2">
-        <v>9.1906999999999996</v>
+        <v>8.0431000000000008</v>
       </c>
     </row>
     <row r="194" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A194" t="s">
         <v>20</v>
       </c>
       <c r="B194" t="s">
         <v>312</v>
       </c>
       <c r="C194" t="s">
         <v>305</v>
       </c>
       <c r="D194">
         <v>2</v>
       </c>
       <c r="E194" t="s">
         <v>23</v>
       </c>
       <c r="F194" t="s">
         <v>67</v>
       </c>
       <c r="G194">
-        <v>5827</v>
+        <v>5797</v>
       </c>
       <c r="H194">
-        <v>5797</v>
+        <v>5798</v>
       </c>
       <c r="I194">
-        <v>5798</v>
+        <v>5799</v>
       </c>
       <c r="J194">
-        <v>5799</v>
+        <v>5780</v>
       </c>
       <c r="K194">
-        <v>5780</v>
+        <v>5786</v>
       </c>
       <c r="L194">
-        <v>5786</v>
+        <v>5761</v>
       </c>
       <c r="M194">
-        <v>5761</v>
+        <v>5738</v>
       </c>
       <c r="N194">
-        <v>5738</v>
+        <v>5710</v>
       </c>
       <c r="O194">
-        <v>5710</v>
+        <v>5688</v>
       </c>
       <c r="P194">
-        <v>5688</v>
+        <v>5659</v>
       </c>
       <c r="Q194">
-        <v>5659</v>
+        <v>5635</v>
       </c>
       <c r="R194">
-        <v>5635</v>
+        <v>5621</v>
       </c>
       <c r="S194">
-        <v>-192</v>
+        <v>-176</v>
       </c>
       <c r="T194" s="2">
-        <v>-3.2949999999999999</v>
+        <v>-3.0360999999999998</v>
       </c>
     </row>
     <row r="195" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A195" t="s">
         <v>20</v>
       </c>
       <c r="B195" t="s">
         <v>313</v>
       </c>
       <c r="C195" t="s">
         <v>305</v>
       </c>
       <c r="D195">
         <v>2</v>
       </c>
       <c r="E195" t="s">
         <v>23</v>
       </c>
       <c r="F195" t="s">
         <v>67</v>
       </c>
       <c r="G195">
-        <v>5052</v>
+        <v>5075</v>
       </c>
       <c r="H195">
-        <v>5075</v>
+        <v>5063</v>
       </c>
       <c r="I195">
-        <v>5063</v>
+        <v>5030</v>
       </c>
       <c r="J195">
+        <v>5041</v>
+      </c>
+      <c r="K195">
         <v>5030</v>
       </c>
-      <c r="K195">
-[...1 lines deleted...]
-      </c>
       <c r="L195">
-        <v>5030</v>
+        <v>5020</v>
       </c>
       <c r="M195">
-        <v>5020</v>
+        <v>5022</v>
       </c>
       <c r="N195">
-        <v>5022</v>
+        <v>5013</v>
       </c>
       <c r="O195">
-        <v>5013</v>
+        <v>5009</v>
       </c>
       <c r="P195">
-        <v>5009</v>
+        <v>5019</v>
       </c>
       <c r="Q195">
-        <v>5019</v>
+        <v>5028</v>
       </c>
       <c r="R195">
-        <v>5028</v>
+        <v>5043</v>
       </c>
       <c r="S195">
-        <v>-24</v>
+        <v>-32</v>
       </c>
       <c r="T195" s="2">
-        <v>-0.47510000000000002</v>
+        <v>-0.63049999999999995</v>
       </c>
     </row>
     <row r="196" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A196" t="s">
         <v>20</v>
       </c>
       <c r="B196" t="s">
         <v>314</v>
       </c>
       <c r="C196" t="s">
         <v>22</v>
       </c>
       <c r="D196">
         <v>4</v>
       </c>
       <c r="E196" t="s">
         <v>26</v>
       </c>
       <c r="F196" t="s">
         <v>27</v>
       </c>
       <c r="G196">
-        <v>781</v>
+        <v>894</v>
       </c>
       <c r="H196">
-        <v>894</v>
+        <v>1033</v>
       </c>
       <c r="I196">
-        <v>1033</v>
+        <v>1129</v>
       </c>
       <c r="J196">
-        <v>1129</v>
+        <v>1241</v>
       </c>
       <c r="K196">
-        <v>1241</v>
+        <v>1332</v>
       </c>
       <c r="L196">
-        <v>1332</v>
+        <v>1446</v>
       </c>
       <c r="M196">
-        <v>1446</v>
+        <v>1573</v>
       </c>
       <c r="N196">
-        <v>1573</v>
+        <v>1727</v>
       </c>
       <c r="O196">
-        <v>1727</v>
+        <v>1863</v>
       </c>
       <c r="P196">
-        <v>1863</v>
+        <v>1968</v>
       </c>
       <c r="Q196">
-        <v>1968</v>
+        <v>2042</v>
       </c>
       <c r="R196">
-        <v>2042</v>
+        <v>2120</v>
       </c>
       <c r="S196">
-        <v>1261</v>
+        <v>1226</v>
       </c>
       <c r="T196" s="2">
-        <v>161.4597</v>
+        <v>137.13650000000001</v>
       </c>
     </row>
     <row r="197" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A197" t="s">
         <v>20</v>
       </c>
       <c r="B197" t="s">
         <v>315</v>
       </c>
       <c r="C197" t="s">
         <v>22</v>
       </c>
       <c r="D197">
         <v>2</v>
       </c>
       <c r="E197" t="s">
         <v>23</v>
       </c>
       <c r="F197" t="s">
         <v>185</v>
       </c>
       <c r="G197">
-        <v>6693</v>
+        <v>6720</v>
       </c>
       <c r="H197">
-        <v>6720</v>
+        <v>6782</v>
       </c>
       <c r="I197">
-        <v>6782</v>
+        <v>6794</v>
       </c>
       <c r="J197">
-        <v>6794</v>
+        <v>6822</v>
       </c>
       <c r="K197">
-        <v>6822</v>
+        <v>6867</v>
       </c>
       <c r="L197">
-        <v>6867</v>
+        <v>6894</v>
       </c>
       <c r="M197">
-        <v>6894</v>
+        <v>6946</v>
       </c>
       <c r="N197">
-        <v>6946</v>
+        <v>6974</v>
       </c>
       <c r="O197">
-        <v>6974</v>
+        <v>7002</v>
       </c>
       <c r="P197">
-        <v>7002</v>
+        <v>7036</v>
       </c>
       <c r="Q197">
-        <v>7036</v>
+        <v>7052</v>
       </c>
       <c r="R197">
-        <v>7052</v>
+        <v>7110</v>
       </c>
       <c r="S197">
-        <v>359</v>
+        <v>390</v>
       </c>
       <c r="T197" s="2">
-        <v>5.3638000000000003</v>
+        <v>5.8036000000000003</v>
       </c>
     </row>
     <row r="198" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A198" t="s">
         <v>20</v>
       </c>
       <c r="B198" t="s">
         <v>316</v>
       </c>
       <c r="C198" t="s">
         <v>22</v>
       </c>
       <c r="D198">
         <v>1</v>
       </c>
       <c r="E198" t="s">
         <v>30</v>
       </c>
       <c r="F198" t="s">
         <v>31</v>
       </c>
       <c r="G198">
-        <v>15123</v>
+        <v>15137</v>
       </c>
       <c r="H198">
-        <v>15137</v>
+        <v>15118</v>
       </c>
       <c r="I198">
-        <v>15118</v>
+        <v>15116</v>
       </c>
       <c r="J198">
-        <v>15116</v>
+        <v>15128</v>
       </c>
       <c r="K198">
-        <v>15128</v>
+        <v>15108</v>
       </c>
       <c r="L198">
-        <v>15108</v>
+        <v>15106</v>
       </c>
       <c r="M198">
-        <v>15106</v>
+        <v>15081</v>
       </c>
       <c r="N198">
-        <v>15081</v>
+        <v>15080</v>
       </c>
       <c r="O198">
-        <v>15080</v>
+        <v>15075</v>
       </c>
       <c r="P198">
-        <v>15075</v>
+        <v>15089</v>
       </c>
       <c r="Q198">
-        <v>15089</v>
+        <v>15083</v>
       </c>
       <c r="R198">
-        <v>15083</v>
+        <v>15078</v>
       </c>
       <c r="S198">
-        <v>-40</v>
+        <v>-59</v>
       </c>
       <c r="T198" s="2">
-        <v>-0.26450000000000001</v>
+        <v>-0.38979999999999998</v>
       </c>
     </row>
     <row r="199" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A199" t="s">
         <v>20</v>
       </c>
       <c r="B199" t="s">
         <v>317</v>
       </c>
       <c r="C199" t="s">
         <v>318</v>
       </c>
       <c r="D199">
         <v>2</v>
       </c>
       <c r="E199" t="s">
         <v>23</v>
       </c>
       <c r="F199" t="s">
         <v>99</v>
       </c>
       <c r="G199">
-        <v>4558</v>
+        <v>4551</v>
       </c>
       <c r="H199">
-        <v>4551</v>
+        <v>4547</v>
       </c>
       <c r="I199">
-        <v>4547</v>
+        <v>4534</v>
       </c>
       <c r="J199">
-        <v>4534</v>
+        <v>4536</v>
       </c>
       <c r="K199">
-        <v>4536</v>
+        <v>4528</v>
       </c>
       <c r="L199">
-        <v>4528</v>
+        <v>4524</v>
       </c>
       <c r="M199">
-        <v>4524</v>
+        <v>4515</v>
       </c>
       <c r="N199">
-        <v>4515</v>
+        <v>4487</v>
       </c>
       <c r="O199">
-        <v>4487</v>
+        <v>4469</v>
       </c>
       <c r="P199">
-        <v>4469</v>
+        <v>4462</v>
       </c>
       <c r="Q199">
-        <v>4462</v>
+        <v>4441</v>
       </c>
       <c r="R199">
-        <v>4441</v>
+        <v>4432</v>
       </c>
       <c r="S199">
-        <v>-117</v>
+        <v>-119</v>
       </c>
       <c r="T199" s="2">
-        <v>-2.5669</v>
+        <v>-2.6147999999999998</v>
       </c>
     </row>
     <row r="200" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A200" t="s">
         <v>20</v>
       </c>
       <c r="B200" t="s">
         <v>319</v>
       </c>
       <c r="C200" t="s">
         <v>320</v>
       </c>
       <c r="D200">
         <v>5</v>
       </c>
       <c r="E200" t="s">
         <v>40</v>
       </c>
       <c r="F200" t="s">
         <v>228</v>
       </c>
       <c r="G200">
-        <v>8941</v>
+        <v>8956</v>
       </c>
       <c r="H200">
-        <v>8956</v>
+        <v>8954</v>
       </c>
       <c r="I200">
-        <v>8954</v>
+        <v>8972</v>
       </c>
       <c r="J200">
-        <v>8972</v>
+        <v>8979</v>
       </c>
       <c r="K200">
-        <v>8979</v>
+        <v>8989</v>
       </c>
       <c r="L200">
-        <v>8989</v>
+        <v>9008</v>
       </c>
       <c r="M200">
         <v>9008</v>
       </c>
       <c r="N200">
-        <v>9008</v>
+        <v>8989</v>
       </c>
       <c r="O200">
-        <v>8989</v>
+        <v>8993</v>
       </c>
       <c r="P200">
-        <v>8993</v>
+        <v>8987</v>
       </c>
       <c r="Q200">
-        <v>8987</v>
+        <v>8974</v>
       </c>
       <c r="R200">
-        <v>8974</v>
+        <v>8960</v>
       </c>
       <c r="S200">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="T200" s="2">
-        <v>0.36909999999999998</v>
+        <v>4.4699999999999997E-2</v>
       </c>
     </row>
     <row r="201" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A201" t="s">
         <v>20</v>
       </c>
       <c r="B201" t="s">
         <v>321</v>
       </c>
       <c r="C201" t="s">
         <v>322</v>
       </c>
       <c r="D201">
         <v>5</v>
       </c>
       <c r="E201" t="s">
         <v>40</v>
       </c>
       <c r="F201" t="s">
         <v>196</v>
       </c>
       <c r="G201">
         <v>3246</v>
       </c>
       <c r="H201">
-        <v>3246</v>
+        <v>3240</v>
       </c>
       <c r="I201">
-        <v>3240</v>
+        <v>3256</v>
       </c>
       <c r="J201">
-        <v>3256</v>
+        <v>3273</v>
       </c>
       <c r="K201">
-        <v>3273</v>
+        <v>3275</v>
       </c>
       <c r="L201">
-        <v>3275</v>
+        <v>3270</v>
       </c>
       <c r="M201">
-        <v>3270</v>
+        <v>3259</v>
       </c>
       <c r="N201">
-        <v>3259</v>
+        <v>3257</v>
       </c>
       <c r="O201">
-        <v>3257</v>
+        <v>3258</v>
       </c>
       <c r="P201">
+        <v>3269</v>
+      </c>
+      <c r="Q201">
         <v>3258</v>
       </c>
-      <c r="Q201">
-[...1 lines deleted...]
-      </c>
       <c r="R201">
-        <v>3258</v>
+        <v>3271</v>
       </c>
       <c r="S201">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="T201" s="2">
-        <v>0.36969999999999997</v>
+        <v>0.7702</v>
       </c>
     </row>
     <row r="202" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A202" t="s">
         <v>20</v>
       </c>
       <c r="B202" t="s">
         <v>323</v>
       </c>
       <c r="C202" t="s">
         <v>324</v>
       </c>
       <c r="D202">
         <v>2</v>
       </c>
       <c r="E202" t="s">
         <v>23</v>
       </c>
       <c r="F202" t="s">
         <v>24</v>
       </c>
       <c r="G202">
-        <v>2648</v>
+        <v>2655</v>
       </c>
       <c r="H202">
-        <v>2655</v>
+        <v>2660</v>
       </c>
       <c r="I202">
-        <v>2660</v>
+        <v>2689</v>
       </c>
       <c r="J202">
-        <v>2689</v>
+        <v>2698</v>
       </c>
       <c r="K202">
-        <v>2698</v>
+        <v>2704</v>
       </c>
       <c r="L202">
-        <v>2704</v>
+        <v>2720</v>
       </c>
       <c r="M202">
-        <v>2720</v>
+        <v>2745</v>
       </c>
       <c r="N202">
-        <v>2745</v>
+        <v>2768</v>
       </c>
       <c r="O202">
-        <v>2768</v>
+        <v>2795</v>
       </c>
       <c r="P202">
-        <v>2795</v>
+        <v>2806</v>
       </c>
       <c r="Q202">
-        <v>2806</v>
+        <v>2821</v>
       </c>
       <c r="R202">
-        <v>2821</v>
+        <v>2829</v>
       </c>
       <c r="S202">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="T202" s="2">
-        <v>6.5331999999999999</v>
+        <v>6.5537000000000001</v>
       </c>
     </row>
     <row r="203" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A203" t="s">
         <v>20</v>
       </c>
       <c r="B203" t="s">
         <v>325</v>
       </c>
       <c r="C203" t="s">
         <v>22</v>
       </c>
       <c r="D203">
         <v>1</v>
       </c>
       <c r="E203" t="s">
         <v>30</v>
       </c>
       <c r="F203" t="s">
         <v>216</v>
       </c>
       <c r="G203">
-        <v>6441</v>
+        <v>6452</v>
       </c>
       <c r="H203">
-        <v>6452</v>
+        <v>6458</v>
       </c>
       <c r="I203">
-        <v>6458</v>
+        <v>6475</v>
       </c>
       <c r="J203">
-        <v>6475</v>
+        <v>6491</v>
       </c>
       <c r="K203">
-        <v>6491</v>
+        <v>6507</v>
       </c>
       <c r="L203">
-        <v>6507</v>
+        <v>6509</v>
       </c>
       <c r="M203">
-        <v>6509</v>
+        <v>6517</v>
       </c>
       <c r="N203">
-        <v>6517</v>
+        <v>6530</v>
       </c>
       <c r="O203">
-        <v>6530</v>
+        <v>6551</v>
       </c>
       <c r="P203">
-        <v>6551</v>
+        <v>6562</v>
       </c>
       <c r="Q203">
-        <v>6562</v>
+        <v>6580</v>
       </c>
       <c r="R203">
-        <v>6580</v>
+        <v>6600</v>
       </c>
       <c r="S203">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="T203" s="2">
-        <v>2.1579999999999999</v>
+        <v>2.2938999999999998</v>
       </c>
     </row>
     <row r="204" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A204" t="s">
         <v>20</v>
       </c>
       <c r="B204" t="s">
         <v>326</v>
       </c>
       <c r="C204" t="s">
         <v>327</v>
       </c>
       <c r="D204">
         <v>2</v>
       </c>
       <c r="E204" t="s">
         <v>23</v>
       </c>
       <c r="F204" t="s">
         <v>77</v>
       </c>
       <c r="G204">
-        <v>4513</v>
+        <v>4637</v>
       </c>
       <c r="H204">
-        <v>4637</v>
+        <v>4764</v>
       </c>
       <c r="I204">
-        <v>4764</v>
+        <v>4848</v>
       </c>
       <c r="J204">
-        <v>4848</v>
+        <v>4943</v>
       </c>
       <c r="K204">
-        <v>4943</v>
+        <v>5037</v>
       </c>
       <c r="L204">
-        <v>5037</v>
+        <v>5171</v>
       </c>
       <c r="M204">
-        <v>5171</v>
+        <v>5289</v>
       </c>
       <c r="N204">
-        <v>5289</v>
+        <v>5402</v>
       </c>
       <c r="O204">
-        <v>5402</v>
+        <v>5497</v>
       </c>
       <c r="P204">
-        <v>5497</v>
+        <v>5591</v>
       </c>
       <c r="Q204">
-        <v>5591</v>
+        <v>5665</v>
       </c>
       <c r="R204">
-        <v>5665</v>
+        <v>5746</v>
       </c>
       <c r="S204">
-        <v>1152</v>
+        <v>1109</v>
       </c>
       <c r="T204" s="2">
-        <v>25.526299999999999</v>
+        <v>23.9163</v>
       </c>
     </row>
     <row r="205" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A205" t="s">
         <v>20</v>
       </c>
       <c r="B205" t="s">
         <v>328</v>
       </c>
       <c r="C205" t="s">
         <v>318</v>
       </c>
       <c r="D205">
         <v>4</v>
       </c>
       <c r="E205" t="s">
         <v>26</v>
       </c>
       <c r="F205" t="s">
         <v>114</v>
       </c>
       <c r="G205">
+        <v>5827</v>
+      </c>
+      <c r="H205">
         <v>5836</v>
       </c>
-      <c r="H205">
-[...1 lines deleted...]
-      </c>
       <c r="I205">
-        <v>5836</v>
+        <v>5846</v>
       </c>
       <c r="J205">
-        <v>5846</v>
+        <v>5858</v>
       </c>
       <c r="K205">
-        <v>5858</v>
+        <v>5859</v>
       </c>
       <c r="L205">
-        <v>5859</v>
+        <v>5866</v>
       </c>
       <c r="M205">
+        <v>5851</v>
+      </c>
+      <c r="N205">
+        <v>5860</v>
+      </c>
+      <c r="O205">
+        <v>5861</v>
+      </c>
+      <c r="P205">
+        <v>5860</v>
+      </c>
+      <c r="Q205">
         <v>5866</v>
       </c>
-      <c r="N205">
-[...5 lines deleted...]
-      <c r="P205">
+      <c r="R205">
         <v>5861</v>
       </c>
-      <c r="Q205">
-[...4 lines deleted...]
-      </c>
       <c r="S205">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="T205" s="2">
-        <v>0.5141</v>
+        <v>0.58350000000000002</v>
       </c>
     </row>
     <row r="206" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A206" t="s">
         <v>20</v>
       </c>
       <c r="B206" t="s">
         <v>329</v>
       </c>
       <c r="C206" t="s">
         <v>330</v>
       </c>
       <c r="D206">
         <v>4</v>
       </c>
       <c r="E206" t="s">
         <v>26</v>
       </c>
       <c r="F206" t="s">
         <v>272</v>
       </c>
       <c r="G206">
-        <v>6786</v>
+        <v>6827</v>
       </c>
       <c r="H206">
-        <v>6827</v>
+        <v>6878</v>
       </c>
       <c r="I206">
-        <v>6878</v>
+        <v>6900</v>
       </c>
       <c r="J206">
-        <v>6900</v>
+        <v>6935</v>
       </c>
       <c r="K206">
-        <v>6935</v>
+        <v>6997</v>
       </c>
       <c r="L206">
-        <v>6997</v>
+        <v>7010</v>
       </c>
       <c r="M206">
-        <v>7010</v>
+        <v>7028</v>
       </c>
       <c r="N206">
-        <v>7028</v>
+        <v>7054</v>
       </c>
       <c r="O206">
-        <v>7054</v>
+        <v>7011</v>
       </c>
       <c r="P206">
-        <v>7011</v>
+        <v>7052</v>
       </c>
       <c r="Q206">
-        <v>7052</v>
+        <v>7051</v>
       </c>
       <c r="R206">
-        <v>7051</v>
+        <v>7061</v>
       </c>
       <c r="S206">
-        <v>265</v>
+        <v>234</v>
       </c>
       <c r="T206" s="2">
-        <v>3.9051</v>
+        <v>3.4276</v>
       </c>
     </row>
     <row r="207" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A207" t="s">
         <v>20</v>
       </c>
       <c r="B207" t="s">
         <v>331</v>
       </c>
       <c r="C207" t="s">
         <v>332</v>
       </c>
       <c r="D207">
         <v>4</v>
       </c>
       <c r="E207" t="s">
         <v>26</v>
       </c>
       <c r="F207" t="s">
         <v>27</v>
       </c>
       <c r="G207">
-        <v>2681</v>
+        <v>2777</v>
       </c>
       <c r="H207">
-        <v>2777</v>
+        <v>2859</v>
       </c>
       <c r="I207">
-        <v>2859</v>
+        <v>2950</v>
       </c>
       <c r="J207">
-        <v>2950</v>
+        <v>3080</v>
       </c>
       <c r="K207">
-        <v>3080</v>
+        <v>3139</v>
       </c>
       <c r="L207">
-        <v>3139</v>
+        <v>3195</v>
       </c>
       <c r="M207">
-        <v>3195</v>
+        <v>3255</v>
       </c>
       <c r="N207">
-        <v>3255</v>
+        <v>3351</v>
       </c>
       <c r="O207">
-        <v>3351</v>
+        <v>3436</v>
       </c>
       <c r="P207">
-        <v>3436</v>
+        <v>3498</v>
       </c>
       <c r="Q207">
-        <v>3498</v>
+        <v>3553</v>
       </c>
       <c r="R207">
-        <v>3553</v>
+        <v>3625</v>
       </c>
       <c r="S207">
-        <v>872</v>
+        <v>848</v>
       </c>
       <c r="T207" s="2">
-        <v>32.525199999999998</v>
+        <v>30.5366</v>
       </c>
     </row>
     <row r="208" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A208" t="s">
         <v>20</v>
       </c>
       <c r="B208" t="s">
         <v>333</v>
       </c>
       <c r="C208" t="s">
         <v>22</v>
       </c>
       <c r="D208">
         <v>4</v>
       </c>
       <c r="E208" t="s">
         <v>26</v>
       </c>
       <c r="F208" t="s">
         <v>27</v>
       </c>
       <c r="G208">
-        <v>5224</v>
+        <v>5206</v>
       </c>
       <c r="H208">
-        <v>5206</v>
+        <v>5202</v>
       </c>
       <c r="I208">
-        <v>5202</v>
+        <v>5199</v>
       </c>
       <c r="J208">
-        <v>5199</v>
+        <v>5216</v>
       </c>
       <c r="K208">
-        <v>5216</v>
+        <v>5238</v>
       </c>
       <c r="L208">
-        <v>5238</v>
+        <v>5241</v>
       </c>
       <c r="M208">
-        <v>5241</v>
+        <v>5252</v>
       </c>
       <c r="N208">
-        <v>5252</v>
+        <v>5243</v>
       </c>
       <c r="O208">
-        <v>5243</v>
+        <v>5232</v>
       </c>
       <c r="P208">
-        <v>5232</v>
+        <v>5218</v>
       </c>
       <c r="Q208">
-        <v>5218</v>
+        <v>5222</v>
       </c>
       <c r="R208">
         <v>5222</v>
       </c>
       <c r="S208">
-        <v>-2</v>
+        <v>16</v>
       </c>
       <c r="T208" s="2">
-        <v>-3.8300000000000001E-2</v>
+        <v>0.30730000000000002</v>
       </c>
     </row>
     <row r="209" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A209" t="s">
         <v>20</v>
       </c>
       <c r="B209" t="s">
         <v>334</v>
       </c>
       <c r="C209" t="s">
         <v>22</v>
       </c>
       <c r="D209">
         <v>1</v>
       </c>
       <c r="E209" t="s">
         <v>30</v>
       </c>
       <c r="F209" t="s">
         <v>79</v>
       </c>
       <c r="G209">
-        <v>8681</v>
+        <v>8674</v>
       </c>
       <c r="H209">
+        <v>8687</v>
+      </c>
+      <c r="I209">
+        <v>8685</v>
+      </c>
+      <c r="J209">
+        <v>8671</v>
+      </c>
+      <c r="K209">
+        <v>8666</v>
+      </c>
+      <c r="L209">
+        <v>8665</v>
+      </c>
+      <c r="M209">
+        <v>8670</v>
+      </c>
+      <c r="N209">
+        <v>8647</v>
+      </c>
+      <c r="O209">
+        <v>8626</v>
+      </c>
+      <c r="P209">
+        <v>8639</v>
+      </c>
+      <c r="Q209">
+        <v>8670</v>
+      </c>
+      <c r="R209">
         <v>8674</v>
       </c>
-      <c r="I209">
-[...28 lines deleted...]
-      </c>
       <c r="S209">
-        <v>-11</v>
+        <v>0</v>
       </c>
       <c r="T209" s="2">
-        <v>-0.12670000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A210" t="s">
         <v>20</v>
       </c>
       <c r="B210" t="s">
         <v>335</v>
       </c>
       <c r="C210" t="s">
         <v>336</v>
       </c>
       <c r="D210">
         <v>3</v>
       </c>
       <c r="E210" t="s">
         <v>34</v>
       </c>
       <c r="F210" t="s">
         <v>35</v>
       </c>
       <c r="G210">
-        <v>18101</v>
+        <v>18140</v>
       </c>
       <c r="H210">
-        <v>18140</v>
+        <v>18201</v>
       </c>
       <c r="I210">
-        <v>18201</v>
+        <v>18245</v>
       </c>
       <c r="J210">
-        <v>18245</v>
+        <v>18220</v>
       </c>
       <c r="K210">
-        <v>18220</v>
+        <v>18185</v>
       </c>
       <c r="L210">
-        <v>18185</v>
+        <v>18139</v>
       </c>
       <c r="M210">
-        <v>18139</v>
+        <v>18249</v>
       </c>
       <c r="N210">
-        <v>18249</v>
+        <v>18482</v>
       </c>
       <c r="O210">
-        <v>18482</v>
+        <v>18603</v>
       </c>
       <c r="P210">
-        <v>18603</v>
+        <v>18669</v>
       </c>
       <c r="Q210">
-        <v>18669</v>
+        <v>18666</v>
       </c>
       <c r="R210">
-        <v>18666</v>
+        <v>18704</v>
       </c>
       <c r="S210">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="T210" s="2">
-        <v>3.1214</v>
+        <v>3.1092</v>
       </c>
     </row>
     <row r="211" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A211" t="s">
         <v>20</v>
       </c>
       <c r="B211" t="s">
         <v>337</v>
       </c>
       <c r="C211" t="s">
         <v>22</v>
       </c>
       <c r="D211">
         <v>5</v>
       </c>
       <c r="E211" t="s">
         <v>40</v>
       </c>
       <c r="F211" t="s">
         <v>73</v>
       </c>
       <c r="G211">
-        <v>9551</v>
+        <v>9592</v>
       </c>
       <c r="H211">
-        <v>9592</v>
+        <v>9611</v>
       </c>
       <c r="I211">
-        <v>9611</v>
+        <v>9636</v>
       </c>
       <c r="J211">
-        <v>9636</v>
+        <v>9643</v>
       </c>
       <c r="K211">
-        <v>9643</v>
+        <v>9655</v>
       </c>
       <c r="L211">
-        <v>9655</v>
+        <v>9645</v>
       </c>
       <c r="M211">
-        <v>9645</v>
+        <v>9687</v>
       </c>
       <c r="N211">
-        <v>9687</v>
+        <v>9800</v>
       </c>
       <c r="O211">
-        <v>9800</v>
+        <v>9906</v>
       </c>
       <c r="P211">
-        <v>9906</v>
+        <v>9935</v>
       </c>
       <c r="Q211">
-        <v>9935</v>
+        <v>9968</v>
       </c>
       <c r="R211">
-        <v>9968</v>
+        <v>9982</v>
       </c>
       <c r="S211">
-        <v>417</v>
+        <v>390</v>
       </c>
       <c r="T211" s="2">
-        <v>4.3659999999999997</v>
+        <v>4.0659000000000001</v>
       </c>
     </row>
     <row r="212" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A212" t="s">
         <v>20</v>
       </c>
       <c r="B212" t="s">
         <v>338</v>
       </c>
       <c r="C212" t="s">
         <v>22</v>
       </c>
       <c r="D212">
         <v>2</v>
       </c>
       <c r="E212" t="s">
         <v>23</v>
       </c>
       <c r="F212" t="s">
         <v>85</v>
       </c>
       <c r="G212">
-        <v>19614</v>
+        <v>19640</v>
       </c>
       <c r="H212">
-        <v>19640</v>
+        <v>19675</v>
       </c>
       <c r="I212">
-        <v>19675</v>
+        <v>19698</v>
       </c>
       <c r="J212">
-        <v>19698</v>
+        <v>19723</v>
       </c>
       <c r="K212">
-        <v>19723</v>
+        <v>19768</v>
       </c>
       <c r="L212">
-        <v>19768</v>
+        <v>19791</v>
       </c>
       <c r="M212">
-        <v>19791</v>
+        <v>19817</v>
       </c>
       <c r="N212">
-        <v>19817</v>
+        <v>19799</v>
       </c>
       <c r="O212">
-        <v>19799</v>
+        <v>19845</v>
       </c>
       <c r="P212">
-        <v>19845</v>
+        <v>19846</v>
       </c>
       <c r="Q212">
-        <v>19846</v>
+        <v>19841</v>
       </c>
       <c r="R212">
-        <v>19841</v>
+        <v>19837</v>
       </c>
       <c r="S212">
-        <v>227</v>
+        <v>197</v>
       </c>
       <c r="T212" s="2">
-        <v>1.1573</v>
+        <v>1.0031000000000001</v>
       </c>
     </row>
     <row r="213" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A213" t="s">
         <v>20</v>
       </c>
       <c r="B213" t="s">
         <v>339</v>
       </c>
       <c r="C213" t="s">
         <v>22</v>
       </c>
       <c r="D213">
         <v>3</v>
       </c>
       <c r="E213" t="s">
         <v>34</v>
       </c>
       <c r="F213" t="s">
         <v>35</v>
       </c>
       <c r="G213">
-        <v>6072</v>
+        <v>6083</v>
       </c>
       <c r="H213">
-        <v>6083</v>
+        <v>6068</v>
       </c>
       <c r="I213">
-        <v>6068</v>
+        <v>6038</v>
       </c>
       <c r="J213">
-        <v>6038</v>
+        <v>6056</v>
       </c>
       <c r="K213">
-        <v>6056</v>
+        <v>6032</v>
       </c>
       <c r="L213">
-        <v>6032</v>
+        <v>6001</v>
       </c>
       <c r="M213">
-        <v>6001</v>
+        <v>5982</v>
       </c>
       <c r="N213">
-        <v>5982</v>
+        <v>6013</v>
       </c>
       <c r="O213">
-        <v>6013</v>
+        <v>6015</v>
       </c>
       <c r="P213">
-        <v>6015</v>
+        <v>6012</v>
       </c>
       <c r="Q213">
-        <v>6012</v>
+        <v>5994</v>
       </c>
       <c r="R213">
-        <v>5994</v>
+        <v>5971</v>
       </c>
       <c r="S213">
-        <v>-78</v>
+        <v>-112</v>
       </c>
       <c r="T213" s="2">
-        <v>-1.2846</v>
+        <v>-1.8411999999999999</v>
       </c>
     </row>
     <row r="214" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A214" t="s">
         <v>20</v>
       </c>
       <c r="B214" t="s">
         <v>340</v>
       </c>
       <c r="C214" t="s">
         <v>22</v>
       </c>
       <c r="D214">
         <v>1</v>
       </c>
       <c r="E214" t="s">
         <v>30</v>
       </c>
       <c r="F214" t="s">
         <v>150</v>
       </c>
       <c r="G214">
-        <v>11521</v>
+        <v>11537</v>
       </c>
       <c r="H214">
-        <v>11537</v>
+        <v>11558</v>
       </c>
       <c r="I214">
-        <v>11558</v>
+        <v>11592</v>
       </c>
       <c r="J214">
-        <v>11592</v>
+        <v>11628</v>
       </c>
       <c r="K214">
-        <v>11628</v>
+        <v>11656</v>
       </c>
       <c r="L214">
-        <v>11656</v>
+        <v>11703</v>
       </c>
       <c r="M214">
-        <v>11703</v>
+        <v>11704</v>
       </c>
       <c r="N214">
-        <v>11704</v>
+        <v>11742</v>
       </c>
       <c r="O214">
-        <v>11742</v>
+        <v>11793</v>
       </c>
       <c r="P214">
-        <v>11793</v>
+        <v>11834</v>
       </c>
       <c r="Q214">
-        <v>11834</v>
+        <v>11873</v>
       </c>
       <c r="R214">
-        <v>11873</v>
+        <v>11893</v>
       </c>
       <c r="S214">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="T214" s="2">
-        <v>3.0552999999999999</v>
+        <v>3.0857000000000001</v>
       </c>
     </row>
     <row r="215" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A215" t="s">
         <v>20</v>
       </c>
       <c r="B215" t="s">
         <v>341</v>
       </c>
       <c r="C215" t="s">
         <v>342</v>
       </c>
       <c r="D215">
         <v>3</v>
       </c>
       <c r="E215" t="s">
         <v>34</v>
       </c>
       <c r="F215" t="s">
         <v>35</v>
       </c>
       <c r="G215">
-        <v>20112</v>
+        <v>20122</v>
       </c>
       <c r="H215">
+        <v>20127</v>
+      </c>
+      <c r="I215">
+        <v>20120</v>
+      </c>
+      <c r="J215">
+        <v>20117</v>
+      </c>
+      <c r="K215">
+        <v>20121</v>
+      </c>
+      <c r="L215">
+        <v>20115</v>
+      </c>
+      <c r="M215">
+        <v>20105</v>
+      </c>
+      <c r="N215">
+        <v>20120</v>
+      </c>
+      <c r="O215">
+        <v>20131</v>
+      </c>
+      <c r="P215">
         <v>20122</v>
       </c>
-      <c r="I215">
-[...22 lines deleted...]
-      </c>
       <c r="Q215">
-        <v>20122</v>
+        <v>20116</v>
       </c>
       <c r="R215">
-        <v>20116</v>
+        <v>20104</v>
       </c>
       <c r="S215">
-        <v>4</v>
+        <v>-18</v>
       </c>
       <c r="T215" s="2">
-        <v>1.9900000000000001E-2</v>
+        <v>-8.9499999999999996E-2</v>
       </c>
     </row>
     <row r="216" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A216" t="s">
         <v>20</v>
       </c>
       <c r="B216" t="s">
         <v>343</v>
       </c>
       <c r="C216" t="s">
         <v>342</v>
       </c>
       <c r="D216">
         <v>3</v>
       </c>
       <c r="E216" t="s">
         <v>34</v>
       </c>
       <c r="F216" t="s">
         <v>35</v>
       </c>
       <c r="G216">
-        <v>11344</v>
+        <v>11343</v>
       </c>
       <c r="H216">
+        <v>11353</v>
+      </c>
+      <c r="I216">
+        <v>11350</v>
+      </c>
+      <c r="J216">
+        <v>11346</v>
+      </c>
+      <c r="K216">
         <v>11343</v>
       </c>
-      <c r="I216">
-[...7 lines deleted...]
-      </c>
       <c r="L216">
+        <v>11341</v>
+      </c>
+      <c r="M216">
         <v>11343</v>
       </c>
-      <c r="M216">
-[...1 lines deleted...]
-      </c>
       <c r="N216">
-        <v>11343</v>
+        <v>11342</v>
       </c>
       <c r="O216">
-        <v>11342</v>
+        <v>11349</v>
       </c>
       <c r="P216">
-        <v>11349</v>
+        <v>11345</v>
       </c>
       <c r="Q216">
-        <v>11345</v>
+        <v>11390</v>
       </c>
       <c r="R216">
-        <v>11390</v>
+        <v>11505</v>
       </c>
       <c r="S216">
-        <v>46</v>
+        <v>162</v>
       </c>
       <c r="T216" s="2">
-        <v>0.40550000000000003</v>
+        <v>1.4281999999999999</v>
       </c>
     </row>
     <row r="217" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A217" t="s">
         <v>20</v>
       </c>
       <c r="B217" t="s">
         <v>344</v>
       </c>
       <c r="C217" t="s">
         <v>22</v>
       </c>
       <c r="D217">
         <v>2</v>
       </c>
       <c r="E217" t="s">
         <v>23</v>
       </c>
       <c r="F217" t="s">
         <v>85</v>
       </c>
       <c r="G217">
-        <v>3346</v>
+        <v>3383</v>
       </c>
       <c r="H217">
-        <v>3383</v>
+        <v>3426</v>
       </c>
       <c r="I217">
-        <v>3426</v>
+        <v>3429</v>
       </c>
       <c r="J217">
-        <v>3429</v>
+        <v>3430</v>
       </c>
       <c r="K217">
-        <v>3430</v>
+        <v>3442</v>
       </c>
       <c r="L217">
-        <v>3442</v>
+        <v>3452</v>
       </c>
       <c r="M217">
-        <v>3452</v>
+        <v>3464</v>
       </c>
       <c r="N217">
-        <v>3464</v>
+        <v>3461</v>
       </c>
       <c r="O217">
-        <v>3461</v>
+        <v>3468</v>
       </c>
       <c r="P217">
-        <v>3468</v>
+        <v>3463</v>
       </c>
       <c r="Q217">
-        <v>3463</v>
+        <v>3491</v>
       </c>
       <c r="R217">
-        <v>3491</v>
+        <v>3504</v>
       </c>
       <c r="S217">
-        <v>145</v>
+        <v>121</v>
       </c>
       <c r="T217" s="2">
-        <v>4.3334999999999999</v>
+        <v>3.5767000000000002</v>
       </c>
     </row>
     <row r="218" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A218" t="s">
         <v>20</v>
       </c>
       <c r="B218" t="s">
         <v>345</v>
       </c>
       <c r="C218" t="s">
         <v>346</v>
       </c>
       <c r="D218">
         <v>2</v>
       </c>
       <c r="E218" t="s">
         <v>23</v>
       </c>
       <c r="F218" t="s">
         <v>24</v>
       </c>
       <c r="G218">
-        <v>6330</v>
+        <v>6359</v>
       </c>
       <c r="H218">
-        <v>6359</v>
+        <v>6404</v>
       </c>
       <c r="I218">
-        <v>6404</v>
+        <v>6452</v>
       </c>
       <c r="J218">
-        <v>6452</v>
+        <v>6492</v>
       </c>
       <c r="K218">
-        <v>6492</v>
+        <v>6523</v>
       </c>
       <c r="L218">
-        <v>6523</v>
+        <v>6545</v>
       </c>
       <c r="M218">
-        <v>6545</v>
+        <v>6592</v>
       </c>
       <c r="N218">
-        <v>6592</v>
+        <v>6633</v>
       </c>
       <c r="O218">
-        <v>6633</v>
+        <v>6679</v>
       </c>
       <c r="P218">
-        <v>6679</v>
+        <v>6694</v>
       </c>
       <c r="Q218">
-        <v>6694</v>
+        <v>6714</v>
       </c>
       <c r="R218">
-        <v>6714</v>
+        <v>6745</v>
       </c>
       <c r="S218">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="T218" s="2">
-        <v>6.0663999999999998</v>
+        <v>6.0701000000000001</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:T218" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>202501_202512</vt:lpstr>
+      <vt:lpstr>202502_202601</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Förändringar i vårdval</dc:title>
   <dc:creator>Maria Torstensson</dc:creator>
   <keywords/>
   <lastModifiedBy>Maria Torstensson</lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>