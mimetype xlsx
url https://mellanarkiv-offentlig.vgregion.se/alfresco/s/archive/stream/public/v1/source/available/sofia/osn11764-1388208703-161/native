--- v2 (2026-02-18)
+++ v3 (2026-03-10)
@@ -3,125 +3,125 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\marto4\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BD02C84B-0847-4438-B03B-A76AE5DF77A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DC17B0DC-B24D-407C-B4D4-1C63FEC52FBB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="202502_202601" sheetId="1" r:id="rId1"/>
+    <sheet name="202503_202602" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'202502_202601'!$A$1:$T$218</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'202503_202602'!$A$1:$T$215</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1108" uniqueCount="347">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1093" uniqueCount="342">
   <si>
     <t>Ägarform</t>
   </si>
   <si>
     <t>Vårdcentral</t>
   </si>
   <si>
     <t>Ägare</t>
   </si>
   <si>
     <t>Hsn</t>
   </si>
   <si>
     <t>Nämnd</t>
   </si>
   <si>
     <t>Kommun</t>
   </si>
   <si>
-    <t>Antal 20250228</t>
-[...1 lines deleted...]
-  <si>
     <t>Antal 20250331</t>
   </si>
   <si>
     <t>Antal 20250430</t>
   </si>
   <si>
     <t>Antal 20250531</t>
   </si>
   <si>
     <t>Antal 20250630</t>
   </si>
   <si>
     <t>Antal 20250731</t>
   </si>
   <si>
     <t>Antal 20250831</t>
   </si>
   <si>
     <t>Antal 20250930</t>
   </si>
   <si>
     <t>Antal 20251031</t>
   </si>
   <si>
     <t>Antal 20251130</t>
   </si>
   <si>
     <t>Antal 20251231</t>
   </si>
   <si>
     <t>Antal 20260131</t>
   </si>
   <si>
-    <t>Diff 20250228 - 20260131</t>
-[...2 lines deleted...]
-    <t>Diff % 20250228 - 20260131</t>
+    <t>Antal 20260228</t>
+  </si>
+  <si>
+    <t>Diff 20250331 - 20260228</t>
+  </si>
+  <si>
+    <t>Diff % 20250331 - 20260228</t>
   </si>
   <si>
     <t>Privat</t>
   </si>
   <si>
     <t>Alepraktiken</t>
   </si>
   <si>
     <t>Praktikertjänst AB</t>
   </si>
   <si>
     <t>Västra hälso- och sjukvårdsnämnden</t>
   </si>
   <si>
     <t>Ale</t>
   </si>
   <si>
     <t>Allékliniken Sleipner Vårdcentral</t>
   </si>
   <si>
     <t>Södra hälso- och sjukvårdsnämnden</t>
   </si>
   <si>
     <t>Borås</t>
   </si>
@@ -446,65 +446,50 @@
   <si>
     <t>Medpro Clinic Group AB</t>
   </si>
   <si>
     <t>Kvarterskliniken Lorensberg</t>
   </si>
   <si>
     <t>Kvarterskliniken Tanum</t>
   </si>
   <si>
     <t>Tanum</t>
   </si>
   <si>
     <t>Läkargruppen Mölndalsbro Vårdcentral</t>
   </si>
   <si>
     <t>Läkarhus Kyrkbyn</t>
   </si>
   <si>
     <t>Läkarhus Kyrkbyn AB</t>
   </si>
   <si>
     <t>Maria Alberts Vårdcentral</t>
   </si>
   <si>
-    <t>Medical Vårdcentral och BVC Bohus</t>
-[...13 lines deleted...]
-  <si>
     <t>Medipart Partille Vårdcentral och BVC</t>
   </si>
   <si>
     <t>Medipart AB</t>
   </si>
   <si>
     <t>Medpro Clinic Brålanda-Torpa Vårdcentral</t>
   </si>
   <si>
     <t>Vänersborg</t>
   </si>
   <si>
     <t>Medpro Clinic Lilla Edet Vårdcentral</t>
   </si>
   <si>
     <t>Medpro Clinic Noltorp Vårdcentral</t>
   </si>
   <si>
     <t>Medpro Clinic Stavre Vårdcentral</t>
   </si>
   <si>
     <t>Medpro Clinic Åmål Vårdcentral</t>
   </si>
   <si>
     <t>Åmål</t>
@@ -1058,51 +1043,51 @@
   <si>
     <t>Vårdcentralen Kusten</t>
   </si>
   <si>
     <t>Vårdcentralen Läkarhuset</t>
   </si>
   <si>
     <t>Vårdcentralen Nordstan</t>
   </si>
   <si>
     <t>Wästerläkarna</t>
   </si>
   <si>
     <t>Wästerläkarna AB</t>
   </si>
   <si>
     <t>Wästerläkarna Redegatan</t>
   </si>
   <si>
     <t>Älvpraktiken</t>
   </si>
   <si>
     <t>Älvängens Läkarhus</t>
   </si>
   <si>
-    <t>Älvängens Läkarhus AB</t>
+    <t>Läkarhusen i Väst AB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -1442,51 +1427,51 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:T218"/>
+  <dimension ref="A1:T215"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13.109375" customWidth="1"/>
     <col min="2" max="2" width="44.21875" customWidth="1"/>
     <col min="3" max="3" width="47.21875" customWidth="1"/>
     <col min="4" max="4" width="9.109375" customWidth="1"/>
     <col min="5" max="5" width="34.21875" customWidth="1"/>
     <col min="6" max="6" width="12.77734375" customWidth="1"/>
     <col min="7" max="18" width="19.6640625" customWidth="1"/>
     <col min="19" max="19" width="30.109375" customWidth="1"/>
     <col min="20" max="20" width="32.5546875" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" s="1" customFormat="1" ht="17.399999999999999" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
@@ -1544,13502 +1529,13316 @@
       </c>
       <c r="T1" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2">
         <v>2</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2">
-        <v>8292</v>
+        <v>9913</v>
       </c>
       <c r="H2">
-        <v>9913</v>
+        <v>9845</v>
       </c>
       <c r="I2">
-        <v>9845</v>
+        <v>9808</v>
       </c>
       <c r="J2">
-        <v>9808</v>
+        <v>9810</v>
       </c>
       <c r="K2">
-        <v>9810</v>
+        <v>9782</v>
       </c>
       <c r="L2">
-        <v>9782</v>
+        <v>9787</v>
       </c>
       <c r="M2">
-        <v>9787</v>
+        <v>9761</v>
       </c>
       <c r="N2">
-        <v>9761</v>
+        <v>9753</v>
       </c>
       <c r="O2">
-        <v>9753</v>
+        <v>9735</v>
       </c>
       <c r="P2">
-        <v>9735</v>
+        <v>9725</v>
       </c>
       <c r="Q2">
-        <v>9725</v>
+        <v>9726</v>
       </c>
       <c r="R2">
-        <v>9726</v>
+        <v>9723</v>
       </c>
       <c r="S2">
-        <v>1434</v>
+        <v>-190</v>
       </c>
       <c r="T2" s="2">
-        <v>17.293800000000001</v>
+        <v>-1.9167000000000001</v>
       </c>
     </row>
     <row r="3" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>27</v>
       </c>
       <c r="G3">
-        <v>9057</v>
+        <v>9042</v>
       </c>
       <c r="H3">
-        <v>9042</v>
+        <v>9019</v>
       </c>
       <c r="I3">
-        <v>9019</v>
+        <v>9012</v>
       </c>
       <c r="J3">
-        <v>9012</v>
+        <v>8991</v>
       </c>
       <c r="K3">
-        <v>8991</v>
+        <v>8970</v>
       </c>
       <c r="L3">
+        <v>8974</v>
+      </c>
+      <c r="M3">
+        <v>8994</v>
+      </c>
+      <c r="N3">
         <v>8970</v>
       </c>
-      <c r="M3">
-[...4 lines deleted...]
-      </c>
       <c r="O3">
-        <v>8970</v>
+        <v>8989</v>
       </c>
       <c r="P3">
-        <v>8989</v>
+        <v>8971</v>
       </c>
       <c r="Q3">
-        <v>8971</v>
+        <v>8955</v>
       </c>
       <c r="R3">
-        <v>8955</v>
+        <v>8943</v>
       </c>
       <c r="S3">
-        <v>-102</v>
+        <v>-99</v>
       </c>
       <c r="T3" s="2">
-        <v>-1.1262000000000001</v>
+        <v>-1.0949</v>
       </c>
     </row>
     <row r="4" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>29</v>
       </c>
       <c r="D4">
         <v>1</v>
       </c>
       <c r="E4" t="s">
         <v>30</v>
       </c>
       <c r="F4" t="s">
         <v>31</v>
       </c>
       <c r="G4">
-        <v>3496</v>
+        <v>3539</v>
       </c>
       <c r="H4">
-        <v>3539</v>
+        <v>3592</v>
       </c>
       <c r="I4">
-        <v>3592</v>
+        <v>3612</v>
       </c>
       <c r="J4">
-        <v>3612</v>
+        <v>3619</v>
       </c>
       <c r="K4">
-        <v>3619</v>
+        <v>3629</v>
       </c>
       <c r="L4">
-        <v>3629</v>
+        <v>3644</v>
       </c>
       <c r="M4">
-        <v>3644</v>
+        <v>3710</v>
       </c>
       <c r="N4">
-        <v>3710</v>
+        <v>3839</v>
       </c>
       <c r="O4">
-        <v>3839</v>
+        <v>3818</v>
       </c>
       <c r="P4">
-        <v>3818</v>
+        <v>3823</v>
       </c>
       <c r="Q4">
-        <v>3823</v>
+        <v>3819</v>
       </c>
       <c r="R4">
-        <v>3819</v>
+        <v>0</v>
       </c>
       <c r="S4">
-        <v>323</v>
+        <v>-3539</v>
       </c>
       <c r="T4" s="2">
-        <v>9.2391000000000005</v>
+        <v>-100</v>
       </c>
     </row>
     <row r="5" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5">
         <v>3</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5">
-        <v>2103</v>
+        <v>2119</v>
       </c>
       <c r="H5">
-        <v>2119</v>
+        <v>2131</v>
       </c>
       <c r="I5">
+        <v>2133</v>
+      </c>
+      <c r="J5">
+        <v>2140</v>
+      </c>
+      <c r="K5">
+        <v>2133</v>
+      </c>
+      <c r="L5">
         <v>2131</v>
       </c>
-      <c r="J5">
-[...7 lines deleted...]
-      </c>
       <c r="M5">
-        <v>2131</v>
+        <v>2112</v>
       </c>
       <c r="N5">
-        <v>2112</v>
+        <v>2107</v>
       </c>
       <c r="O5">
-        <v>2107</v>
+        <v>2110</v>
       </c>
       <c r="P5">
-        <v>2110</v>
+        <v>2081</v>
       </c>
       <c r="Q5">
-        <v>2081</v>
+        <v>2076</v>
       </c>
       <c r="R5">
-        <v>2076</v>
+        <v>2071</v>
       </c>
       <c r="S5">
-        <v>-27</v>
+        <v>-48</v>
       </c>
       <c r="T5" s="2">
-        <v>-1.2839</v>
+        <v>-2.2652000000000001</v>
       </c>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>27</v>
       </c>
       <c r="G6">
-        <v>3918</v>
+        <v>3887</v>
       </c>
       <c r="H6">
-        <v>3887</v>
+        <v>3885</v>
       </c>
       <c r="I6">
-        <v>3885</v>
+        <v>3878</v>
       </c>
       <c r="J6">
-        <v>3878</v>
+        <v>3850</v>
       </c>
       <c r="K6">
-        <v>3850</v>
+        <v>3846</v>
       </c>
       <c r="L6">
-        <v>3846</v>
+        <v>3862</v>
       </c>
       <c r="M6">
-        <v>3862</v>
+        <v>3854</v>
       </c>
       <c r="N6">
-        <v>3854</v>
+        <v>3873</v>
       </c>
       <c r="O6">
-        <v>3873</v>
+        <v>3901</v>
       </c>
       <c r="P6">
-        <v>3901</v>
+        <v>3894</v>
       </c>
       <c r="Q6">
-        <v>3894</v>
+        <v>3892</v>
       </c>
       <c r="R6">
-        <v>3892</v>
+        <v>3915</v>
       </c>
       <c r="S6">
-        <v>-26</v>
+        <v>28</v>
       </c>
       <c r="T6" s="2">
-        <v>-0.66359999999999997</v>
+        <v>0.72030000000000005</v>
       </c>
     </row>
     <row r="7" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7">
         <v>5</v>
       </c>
       <c r="E7" t="s">
         <v>40</v>
       </c>
       <c r="F7" t="s">
         <v>41</v>
       </c>
       <c r="G7">
-        <v>8663</v>
+        <v>8684</v>
       </c>
       <c r="H7">
-        <v>8684</v>
+        <v>8685</v>
       </c>
       <c r="I7">
-        <v>8685</v>
+        <v>8716</v>
       </c>
       <c r="J7">
-        <v>8716</v>
+        <v>8736</v>
       </c>
       <c r="K7">
-        <v>8736</v>
+        <v>8728</v>
       </c>
       <c r="L7">
-        <v>8728</v>
+        <v>8748</v>
       </c>
       <c r="M7">
-        <v>8748</v>
+        <v>8783</v>
       </c>
       <c r="N7">
-        <v>8783</v>
+        <v>8830</v>
       </c>
       <c r="O7">
-        <v>8830</v>
+        <v>8860</v>
       </c>
       <c r="P7">
-        <v>8860</v>
+        <v>8845</v>
       </c>
       <c r="Q7">
-        <v>8845</v>
+        <v>8853</v>
       </c>
       <c r="R7">
-        <v>8853</v>
+        <v>8866</v>
       </c>
       <c r="S7">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="T7" s="2">
-        <v>2.1932</v>
+        <v>2.0958000000000001</v>
       </c>
     </row>
     <row r="8" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8">
         <v>2</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8">
-        <v>9958</v>
+        <v>10005</v>
       </c>
       <c r="H8">
-        <v>10005</v>
+        <v>10022</v>
       </c>
       <c r="I8">
-        <v>10022</v>
+        <v>10037</v>
       </c>
       <c r="J8">
-        <v>10037</v>
+        <v>10063</v>
       </c>
       <c r="K8">
-        <v>10063</v>
+        <v>10075</v>
       </c>
       <c r="L8">
-        <v>10075</v>
+        <v>10106</v>
       </c>
       <c r="M8">
-        <v>10106</v>
+        <v>10114</v>
       </c>
       <c r="N8">
-        <v>10114</v>
+        <v>10137</v>
       </c>
       <c r="O8">
-        <v>10137</v>
+        <v>10167</v>
       </c>
       <c r="P8">
-        <v>10167</v>
+        <v>10212</v>
       </c>
       <c r="Q8">
-        <v>10212</v>
+        <v>10215</v>
       </c>
       <c r="R8">
-        <v>10215</v>
+        <v>10158</v>
       </c>
       <c r="S8">
-        <v>257</v>
+        <v>153</v>
       </c>
       <c r="T8" s="2">
-        <v>2.5808</v>
+        <v>1.5291999999999999</v>
       </c>
     </row>
     <row r="9" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9">
         <v>5</v>
       </c>
       <c r="E9" t="s">
         <v>40</v>
       </c>
       <c r="F9" t="s">
         <v>45</v>
       </c>
       <c r="G9">
-        <v>17739</v>
+        <v>17761</v>
       </c>
       <c r="H9">
+        <v>17759</v>
+      </c>
+      <c r="I9">
+        <v>17787</v>
+      </c>
+      <c r="J9">
+        <v>17803</v>
+      </c>
+      <c r="K9">
+        <v>17793</v>
+      </c>
+      <c r="L9">
+        <v>17789</v>
+      </c>
+      <c r="M9">
+        <v>17781</v>
+      </c>
+      <c r="N9">
+        <v>17772</v>
+      </c>
+      <c r="O9">
+        <v>17783</v>
+      </c>
+      <c r="P9">
+        <v>17766</v>
+      </c>
+      <c r="Q9">
         <v>17761</v>
       </c>
-      <c r="I9">
-[...25 lines deleted...]
-      </c>
       <c r="R9">
-        <v>17761</v>
+        <v>17738</v>
       </c>
       <c r="S9">
-        <v>22</v>
+        <v>-23</v>
       </c>
       <c r="T9" s="2">
-        <v>0.124</v>
+        <v>-0.1295</v>
       </c>
     </row>
     <row r="10" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>27</v>
       </c>
       <c r="G10">
-        <v>9264</v>
+        <v>9261</v>
       </c>
       <c r="H10">
-        <v>9261</v>
+        <v>9281</v>
       </c>
       <c r="I10">
-        <v>9281</v>
+        <v>9284</v>
       </c>
       <c r="J10">
-        <v>9284</v>
+        <v>9277</v>
       </c>
       <c r="K10">
-        <v>9277</v>
+        <v>9302</v>
       </c>
       <c r="L10">
-        <v>9302</v>
+        <v>9301</v>
       </c>
       <c r="M10">
-        <v>9301</v>
+        <v>9319</v>
       </c>
       <c r="N10">
-        <v>9319</v>
+        <v>9328</v>
       </c>
       <c r="O10">
-        <v>9328</v>
+        <v>9331</v>
       </c>
       <c r="P10">
-        <v>9331</v>
+        <v>9325</v>
       </c>
       <c r="Q10">
-        <v>9325</v>
+        <v>9306</v>
       </c>
       <c r="R10">
-        <v>9306</v>
+        <v>9286</v>
       </c>
       <c r="S10">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="T10" s="2">
-        <v>0.45340000000000003</v>
+        <v>0.26989999999999997</v>
       </c>
     </row>
     <row r="11" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
       <c r="D11">
         <v>2</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11" t="s">
         <v>49</v>
       </c>
       <c r="G11">
+        <v>5571</v>
+      </c>
+      <c r="H11">
+        <v>5575</v>
+      </c>
+      <c r="I11">
+        <v>5593</v>
+      </c>
+      <c r="J11">
+        <v>5589</v>
+      </c>
+      <c r="K11">
         <v>5582</v>
       </c>
-      <c r="H11">
-[...10 lines deleted...]
-      </c>
       <c r="L11">
-        <v>5582</v>
+        <v>5591</v>
       </c>
       <c r="M11">
-        <v>5591</v>
+        <v>5586</v>
       </c>
       <c r="N11">
-        <v>5586</v>
+        <v>5573</v>
       </c>
       <c r="O11">
-        <v>5573</v>
+        <v>5563</v>
       </c>
       <c r="P11">
-        <v>5563</v>
+        <v>5562</v>
       </c>
       <c r="Q11">
-        <v>5562</v>
+        <v>5558</v>
       </c>
       <c r="R11">
-        <v>5558</v>
+        <v>5539</v>
       </c>
       <c r="S11">
-        <v>-24</v>
+        <v>-32</v>
       </c>
       <c r="T11" s="2">
-        <v>-0.43</v>
+        <v>-0.57440000000000002</v>
       </c>
     </row>
     <row r="12" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
       <c r="D12">
         <v>3</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12">
-        <v>10389</v>
+        <v>10400</v>
       </c>
       <c r="H12">
         <v>10400</v>
       </c>
       <c r="I12">
-        <v>10400</v>
+        <v>10411</v>
       </c>
       <c r="J12">
-        <v>10411</v>
+        <v>10432</v>
       </c>
       <c r="K12">
-        <v>10432</v>
+        <v>10447</v>
       </c>
       <c r="L12">
-        <v>10447</v>
+        <v>10427</v>
       </c>
       <c r="M12">
-        <v>10427</v>
+        <v>10416</v>
       </c>
       <c r="N12">
-        <v>10416</v>
+        <v>10425</v>
       </c>
       <c r="O12">
-        <v>10425</v>
+        <v>10408</v>
       </c>
       <c r="P12">
-        <v>10408</v>
+        <v>10384</v>
       </c>
       <c r="Q12">
-        <v>10384</v>
+        <v>10366</v>
       </c>
       <c r="R12">
-        <v>10366</v>
+        <v>10357</v>
       </c>
       <c r="S12">
-        <v>-23</v>
+        <v>-43</v>
       </c>
       <c r="T12" s="2">
-        <v>-0.22140000000000001</v>
+        <v>-0.41349999999999998</v>
       </c>
     </row>
     <row r="13" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>52</v>
       </c>
       <c r="C13" t="s">
         <v>48</v>
       </c>
       <c r="D13">
         <v>3</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>35</v>
       </c>
       <c r="G13">
-        <v>9332</v>
+        <v>9903</v>
       </c>
       <c r="H13">
-        <v>9903</v>
+        <v>10145</v>
       </c>
       <c r="I13">
-        <v>10145</v>
+        <v>10281</v>
       </c>
       <c r="J13">
-        <v>10281</v>
+        <v>10308</v>
       </c>
       <c r="K13">
-        <v>10308</v>
+        <v>10411</v>
       </c>
       <c r="L13">
-        <v>10411</v>
+        <v>10422</v>
       </c>
       <c r="M13">
-        <v>10422</v>
+        <v>10438</v>
       </c>
       <c r="N13">
-        <v>10438</v>
+        <v>10497</v>
       </c>
       <c r="O13">
-        <v>10497</v>
+        <v>10574</v>
       </c>
       <c r="P13">
-        <v>10574</v>
+        <v>10594</v>
       </c>
       <c r="Q13">
-        <v>10594</v>
+        <v>10650</v>
       </c>
       <c r="R13">
-        <v>10650</v>
+        <v>10695</v>
       </c>
       <c r="S13">
-        <v>1318</v>
+        <v>792</v>
       </c>
       <c r="T13" s="2">
-        <v>14.1234</v>
+        <v>7.9976000000000003</v>
       </c>
     </row>
     <row r="14" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
         <v>53</v>
       </c>
       <c r="C14" t="s">
         <v>51</v>
       </c>
       <c r="D14">
         <v>3</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" t="s">
         <v>35</v>
       </c>
       <c r="G14">
-        <v>10716</v>
+        <v>10712</v>
       </c>
       <c r="H14">
-        <v>10712</v>
+        <v>10709</v>
       </c>
       <c r="I14">
-        <v>10709</v>
+        <v>10680</v>
       </c>
       <c r="J14">
-        <v>10680</v>
+        <v>10676</v>
       </c>
       <c r="K14">
-        <v>10676</v>
+        <v>10645</v>
       </c>
       <c r="L14">
-        <v>10645</v>
+        <v>10603</v>
       </c>
       <c r="M14">
-        <v>10603</v>
+        <v>10557</v>
       </c>
       <c r="N14">
-        <v>10557</v>
+        <v>10527</v>
       </c>
       <c r="O14">
-        <v>10527</v>
+        <v>10500</v>
       </c>
       <c r="P14">
-        <v>10500</v>
+        <v>10469</v>
       </c>
       <c r="Q14">
-        <v>10469</v>
+        <v>10467</v>
       </c>
       <c r="R14">
-        <v>10467</v>
+        <v>10457</v>
       </c>
       <c r="S14">
-        <v>-249</v>
+        <v>-255</v>
       </c>
       <c r="T14" s="2">
-        <v>-2.3235999999999999</v>
+        <v>-2.3805000000000001</v>
       </c>
     </row>
     <row r="15" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
         <v>20</v>
       </c>
       <c r="B15" t="s">
         <v>54</v>
       </c>
       <c r="C15" t="s">
         <v>55</v>
       </c>
       <c r="D15">
         <v>5</v>
       </c>
       <c r="E15" t="s">
         <v>40</v>
       </c>
       <c r="F15" t="s">
         <v>56</v>
       </c>
       <c r="G15">
-        <v>5825</v>
+        <v>5830</v>
       </c>
       <c r="H15">
-        <v>5830</v>
+        <v>5836</v>
       </c>
       <c r="I15">
-        <v>5836</v>
+        <v>5820</v>
       </c>
       <c r="J15">
-        <v>5820</v>
+        <v>5835</v>
       </c>
       <c r="K15">
         <v>5835</v>
       </c>
       <c r="L15">
-        <v>5835</v>
+        <v>5826</v>
       </c>
       <c r="M15">
-        <v>5826</v>
+        <v>5819</v>
       </c>
       <c r="N15">
-        <v>5819</v>
+        <v>5809</v>
       </c>
       <c r="O15">
-        <v>5809</v>
+        <v>5806</v>
       </c>
       <c r="P15">
-        <v>5806</v>
+        <v>5800</v>
       </c>
       <c r="Q15">
-        <v>5800</v>
+        <v>5786</v>
       </c>
       <c r="R15">
-        <v>5786</v>
+        <v>5783</v>
       </c>
       <c r="S15">
-        <v>-39</v>
+        <v>-47</v>
       </c>
       <c r="T15" s="2">
-        <v>-0.66949999999999998</v>
+        <v>-0.80620000000000003</v>
       </c>
     </row>
     <row r="16" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16" t="s">
         <v>57</v>
       </c>
       <c r="C16" t="s">
         <v>51</v>
       </c>
       <c r="D16">
         <v>3</v>
       </c>
       <c r="E16" t="s">
         <v>34</v>
       </c>
       <c r="F16" t="s">
         <v>35</v>
       </c>
       <c r="G16">
-        <v>10399</v>
+        <v>10424</v>
       </c>
       <c r="H16">
-        <v>10424</v>
+        <v>10465</v>
       </c>
       <c r="I16">
-        <v>10465</v>
+        <v>10517</v>
       </c>
       <c r="J16">
-        <v>10517</v>
+        <v>10550</v>
       </c>
       <c r="K16">
-        <v>10550</v>
+        <v>10551</v>
       </c>
       <c r="L16">
-        <v>10551</v>
+        <v>10643</v>
       </c>
       <c r="M16">
-        <v>10643</v>
+        <v>10725</v>
       </c>
       <c r="N16">
-        <v>10725</v>
+        <v>10799</v>
       </c>
       <c r="O16">
-        <v>10799</v>
+        <v>10816</v>
       </c>
       <c r="P16">
-        <v>10816</v>
+        <v>10843</v>
       </c>
       <c r="Q16">
-        <v>10843</v>
+        <v>10867</v>
       </c>
       <c r="R16">
-        <v>10867</v>
+        <v>10852</v>
       </c>
       <c r="S16">
-        <v>468</v>
+        <v>428</v>
       </c>
       <c r="T16" s="2">
-        <v>4.5004</v>
+        <v>4.1059000000000001</v>
       </c>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17" t="s">
         <v>58</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17">
         <v>1</v>
       </c>
       <c r="E17" t="s">
         <v>30</v>
       </c>
       <c r="F17" t="s">
         <v>31</v>
       </c>
       <c r="G17">
-        <v>4694</v>
+        <v>4677</v>
       </c>
       <c r="H17">
-        <v>4677</v>
+        <v>4630</v>
       </c>
       <c r="I17">
-        <v>4630</v>
+        <v>4641</v>
       </c>
       <c r="J17">
-        <v>4641</v>
+        <v>4629</v>
       </c>
       <c r="K17">
-        <v>4629</v>
+        <v>4612</v>
       </c>
       <c r="L17">
-        <v>4612</v>
+        <v>4579</v>
       </c>
       <c r="M17">
-        <v>4579</v>
+        <v>4603</v>
       </c>
       <c r="N17">
-        <v>4603</v>
+        <v>4626</v>
       </c>
       <c r="O17">
-        <v>4626</v>
+        <v>4639</v>
       </c>
       <c r="P17">
-        <v>4639</v>
+        <v>4637</v>
       </c>
       <c r="Q17">
-        <v>4637</v>
+        <v>4616</v>
       </c>
       <c r="R17">
-        <v>4616</v>
+        <v>6429</v>
       </c>
       <c r="S17">
-        <v>-78</v>
+        <v>1752</v>
       </c>
       <c r="T17" s="2">
-        <v>-1.6617</v>
+        <v>37.459899999999998</v>
       </c>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
         <v>59</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
       <c r="D18">
         <v>3</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" t="s">
         <v>35</v>
       </c>
       <c r="G18">
-        <v>13905</v>
+        <v>13938</v>
       </c>
       <c r="H18">
-        <v>13938</v>
+        <v>13948</v>
       </c>
       <c r="I18">
-        <v>13948</v>
+        <v>13955</v>
       </c>
       <c r="J18">
-        <v>13955</v>
+        <v>13971</v>
       </c>
       <c r="K18">
-        <v>13971</v>
+        <v>13988</v>
       </c>
       <c r="L18">
+        <v>13979</v>
+      </c>
+      <c r="M18">
         <v>13988</v>
       </c>
-      <c r="M18">
-[...1 lines deleted...]
-      </c>
       <c r="N18">
-        <v>13988</v>
+        <v>14017</v>
       </c>
       <c r="O18">
-        <v>14017</v>
+        <v>14046</v>
       </c>
       <c r="P18">
-        <v>14046</v>
+        <v>14023</v>
       </c>
       <c r="Q18">
-        <v>14023</v>
+        <v>14036</v>
       </c>
       <c r="R18">
-        <v>14036</v>
+        <v>14051</v>
       </c>
       <c r="S18">
-        <v>131</v>
+        <v>113</v>
       </c>
       <c r="T18" s="2">
-        <v>0.94210000000000005</v>
+        <v>0.81069999999999998</v>
       </c>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
         <v>20</v>
       </c>
       <c r="B19" t="s">
         <v>60</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
       <c r="D19">
         <v>3</v>
       </c>
       <c r="E19" t="s">
         <v>34</v>
       </c>
       <c r="F19" t="s">
         <v>35</v>
       </c>
       <c r="G19">
-        <v>17558</v>
+        <v>17593</v>
       </c>
       <c r="H19">
-        <v>17593</v>
+        <v>17565</v>
       </c>
       <c r="I19">
-        <v>17565</v>
+        <v>17532</v>
       </c>
       <c r="J19">
-        <v>17532</v>
+        <v>17513</v>
       </c>
       <c r="K19">
-        <v>17513</v>
+        <v>17469</v>
       </c>
       <c r="L19">
-        <v>17469</v>
+        <v>17488</v>
       </c>
       <c r="M19">
-        <v>17488</v>
+        <v>17536</v>
       </c>
       <c r="N19">
-        <v>17536</v>
+        <v>17518</v>
       </c>
       <c r="O19">
-        <v>17518</v>
+        <v>17452</v>
       </c>
       <c r="P19">
-        <v>17452</v>
+        <v>17320</v>
       </c>
       <c r="Q19">
-        <v>17320</v>
+        <v>17220</v>
       </c>
       <c r="R19">
-        <v>17220</v>
+        <v>17150</v>
       </c>
       <c r="S19">
-        <v>-338</v>
+        <v>-443</v>
       </c>
       <c r="T19" s="2">
-        <v>-1.925</v>
+        <v>-2.5179999999999998</v>
       </c>
     </row>
     <row r="20" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20" t="s">
         <v>61</v>
       </c>
       <c r="C20" t="s">
         <v>51</v>
       </c>
       <c r="D20">
         <v>3</v>
       </c>
       <c r="E20" t="s">
         <v>34</v>
       </c>
       <c r="F20" t="s">
         <v>35</v>
       </c>
       <c r="G20">
-        <v>7610</v>
+        <v>7613</v>
       </c>
       <c r="H20">
-        <v>7613</v>
+        <v>7582</v>
       </c>
       <c r="I20">
-        <v>7582</v>
+        <v>7571</v>
       </c>
       <c r="J20">
-        <v>7571</v>
+        <v>7606</v>
       </c>
       <c r="K20">
-        <v>7606</v>
+        <v>7596</v>
       </c>
       <c r="L20">
-        <v>7596</v>
+        <v>7626</v>
       </c>
       <c r="M20">
-        <v>7626</v>
+        <v>7661</v>
       </c>
       <c r="N20">
-        <v>7661</v>
+        <v>7689</v>
       </c>
       <c r="O20">
-        <v>7689</v>
+        <v>7655</v>
       </c>
       <c r="P20">
-        <v>7655</v>
+        <v>7617</v>
       </c>
       <c r="Q20">
-        <v>7617</v>
+        <v>7563</v>
       </c>
       <c r="R20">
-        <v>7563</v>
+        <v>7541</v>
       </c>
       <c r="S20">
-        <v>-47</v>
+        <v>-72</v>
       </c>
       <c r="T20" s="2">
-        <v>-0.61760000000000004</v>
+        <v>-0.94579999999999997</v>
       </c>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>62</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
       <c r="D21">
         <v>1</v>
       </c>
       <c r="E21" t="s">
         <v>30</v>
       </c>
       <c r="F21" t="s">
         <v>63</v>
       </c>
       <c r="G21">
-        <v>6948</v>
+        <v>6956</v>
       </c>
       <c r="H21">
-        <v>6956</v>
+        <v>6952</v>
       </c>
       <c r="I21">
-        <v>6952</v>
+        <v>6939</v>
       </c>
       <c r="J21">
-        <v>6939</v>
+        <v>6934</v>
       </c>
       <c r="K21">
+        <v>6933</v>
+      </c>
+      <c r="L21">
+        <v>6943</v>
+      </c>
+      <c r="M21">
         <v>6934</v>
       </c>
-      <c r="L21">
-[...4 lines deleted...]
-      </c>
       <c r="N21">
-        <v>6934</v>
+        <v>6940</v>
       </c>
       <c r="O21">
-        <v>6940</v>
+        <v>6925</v>
       </c>
       <c r="P21">
-        <v>6925</v>
+        <v>6927</v>
       </c>
       <c r="Q21">
+        <v>6917</v>
+      </c>
+      <c r="R21">
         <v>6927</v>
       </c>
-      <c r="R21">
-[...1 lines deleted...]
-      </c>
       <c r="S21">
-        <v>-31</v>
+        <v>-29</v>
       </c>
       <c r="T21" s="2">
-        <v>-0.44619999999999999</v>
+        <v>-0.41689999999999999</v>
       </c>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
         <v>20</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" t="s">
         <v>48</v>
       </c>
       <c r="D22">
         <v>2</v>
       </c>
       <c r="E22" t="s">
         <v>23</v>
       </c>
       <c r="F22" t="s">
         <v>65</v>
       </c>
       <c r="G22">
-        <v>3404</v>
+        <v>3402</v>
       </c>
       <c r="H22">
-        <v>3402</v>
+        <v>3389</v>
       </c>
       <c r="I22">
-        <v>3389</v>
+        <v>3379</v>
       </c>
       <c r="J22">
-        <v>3379</v>
+        <v>3377</v>
       </c>
       <c r="K22">
-        <v>3377</v>
+        <v>3366</v>
       </c>
       <c r="L22">
-        <v>3366</v>
+        <v>3351</v>
       </c>
       <c r="M22">
-        <v>3351</v>
+        <v>3324</v>
       </c>
       <c r="N22">
-        <v>3324</v>
+        <v>3337</v>
       </c>
       <c r="O22">
-        <v>3337</v>
+        <v>3341</v>
       </c>
       <c r="P22">
-        <v>3341</v>
+        <v>3343</v>
       </c>
       <c r="Q22">
-        <v>3343</v>
+        <v>3333</v>
       </c>
       <c r="R22">
-        <v>3333</v>
+        <v>3328</v>
       </c>
       <c r="S22">
-        <v>-71</v>
+        <v>-74</v>
       </c>
       <c r="T22" s="2">
-        <v>-2.0857999999999999</v>
+        <v>-2.1751999999999998</v>
       </c>
     </row>
     <row r="23" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
         <v>20</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>55</v>
       </c>
       <c r="D23">
         <v>2</v>
       </c>
       <c r="E23" t="s">
         <v>23</v>
       </c>
       <c r="F23" t="s">
         <v>67</v>
       </c>
       <c r="G23">
-        <v>10473</v>
+        <v>10485</v>
       </c>
       <c r="H23">
-        <v>10485</v>
+        <v>10484</v>
       </c>
       <c r="I23">
-        <v>10484</v>
+        <v>10488</v>
       </c>
       <c r="J23">
-        <v>10488</v>
+        <v>10475</v>
       </c>
       <c r="K23">
-        <v>10475</v>
+        <v>10465</v>
       </c>
       <c r="L23">
-        <v>10465</v>
+        <v>10453</v>
       </c>
       <c r="M23">
-        <v>10453</v>
+        <v>10430</v>
       </c>
       <c r="N23">
-        <v>10430</v>
+        <v>10426</v>
       </c>
       <c r="O23">
-        <v>10426</v>
+        <v>10423</v>
       </c>
       <c r="P23">
-        <v>10423</v>
+        <v>10425</v>
       </c>
       <c r="Q23">
-        <v>10425</v>
+        <v>10393</v>
       </c>
       <c r="R23">
-        <v>10393</v>
+        <v>10396</v>
       </c>
       <c r="S23">
-        <v>-80</v>
+        <v>-89</v>
       </c>
       <c r="T23" s="2">
-        <v>-0.76390000000000002</v>
+        <v>-0.8488</v>
       </c>
     </row>
     <row r="24" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
         <v>20</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>1</v>
       </c>
       <c r="E24" t="s">
         <v>30</v>
       </c>
       <c r="F24" t="s">
         <v>69</v>
       </c>
       <c r="G24">
-        <v>10217</v>
+        <v>10226</v>
       </c>
       <c r="H24">
-        <v>10226</v>
+        <v>10235</v>
       </c>
       <c r="I24">
-        <v>10235</v>
+        <v>10253</v>
       </c>
       <c r="J24">
-        <v>10253</v>
+        <v>10282</v>
       </c>
       <c r="K24">
-        <v>10282</v>
+        <v>10313</v>
       </c>
       <c r="L24">
-        <v>10313</v>
+        <v>10330</v>
       </c>
       <c r="M24">
-        <v>10330</v>
+        <v>10346</v>
       </c>
       <c r="N24">
-        <v>10346</v>
+        <v>10362</v>
       </c>
       <c r="O24">
-        <v>10362</v>
+        <v>10354</v>
       </c>
       <c r="P24">
-        <v>10354</v>
+        <v>10371</v>
       </c>
       <c r="Q24">
-        <v>10371</v>
+        <v>10379</v>
       </c>
       <c r="R24">
-        <v>10379</v>
+        <v>10386</v>
       </c>
       <c r="S24">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="T24" s="2">
-        <v>1.5855999999999999</v>
+        <v>1.5646</v>
       </c>
     </row>
     <row r="25" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
         <v>20</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
       <c r="C25" t="s">
         <v>48</v>
       </c>
       <c r="D25">
         <v>3</v>
       </c>
       <c r="E25" t="s">
         <v>34</v>
       </c>
       <c r="F25" t="s">
         <v>35</v>
       </c>
       <c r="G25">
-        <v>8631</v>
+        <v>8779</v>
       </c>
       <c r="H25">
-        <v>8779</v>
+        <v>8824</v>
       </c>
       <c r="I25">
-        <v>8824</v>
+        <v>8894</v>
       </c>
       <c r="J25">
-        <v>8894</v>
+        <v>8939</v>
       </c>
       <c r="K25">
-        <v>8939</v>
+        <v>9005</v>
       </c>
       <c r="L25">
-        <v>9005</v>
+        <v>9116</v>
       </c>
       <c r="M25">
-        <v>9116</v>
+        <v>9168</v>
       </c>
       <c r="N25">
-        <v>9168</v>
+        <v>9167</v>
       </c>
       <c r="O25">
-        <v>9167</v>
+        <v>9158</v>
       </c>
       <c r="P25">
-        <v>9158</v>
+        <v>9171</v>
       </c>
       <c r="Q25">
-        <v>9171</v>
+        <v>9187</v>
       </c>
       <c r="R25">
-        <v>9187</v>
+        <v>9212</v>
       </c>
       <c r="S25">
-        <v>556</v>
+        <v>433</v>
       </c>
       <c r="T25" s="2">
-        <v>6.4419000000000004</v>
+        <v>4.9321999999999999</v>
       </c>
     </row>
     <row r="26" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
         <v>20</v>
       </c>
       <c r="B26" t="s">
         <v>71</v>
       </c>
       <c r="C26" t="s">
         <v>72</v>
       </c>
       <c r="D26">
         <v>5</v>
       </c>
       <c r="E26" t="s">
         <v>40</v>
       </c>
       <c r="F26" t="s">
         <v>73</v>
       </c>
       <c r="G26">
-        <v>2527</v>
+        <v>2530</v>
       </c>
       <c r="H26">
         <v>2530</v>
       </c>
       <c r="I26">
-        <v>2530</v>
+        <v>2531</v>
       </c>
       <c r="J26">
-        <v>2531</v>
+        <v>2523</v>
       </c>
       <c r="K26">
-        <v>2523</v>
+        <v>2524</v>
       </c>
       <c r="L26">
-        <v>2524</v>
+        <v>2532</v>
       </c>
       <c r="M26">
-        <v>2532</v>
+        <v>2517</v>
       </c>
       <c r="N26">
-        <v>2517</v>
+        <v>2527</v>
       </c>
       <c r="O26">
-        <v>2527</v>
+        <v>2525</v>
       </c>
       <c r="P26">
-        <v>2525</v>
+        <v>2526</v>
       </c>
       <c r="Q26">
-        <v>2526</v>
+        <v>2541</v>
       </c>
       <c r="R26">
-        <v>2541</v>
+        <v>2539</v>
       </c>
       <c r="S26">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="T26" s="2">
-        <v>0.55400000000000005</v>
+        <v>0.35570000000000002</v>
       </c>
     </row>
     <row r="27" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
         <v>20</v>
       </c>
       <c r="B27" t="s">
         <v>74</v>
       </c>
       <c r="C27" t="s">
         <v>75</v>
       </c>
       <c r="D27">
         <v>5</v>
       </c>
       <c r="E27" t="s">
         <v>40</v>
       </c>
       <c r="F27" t="s">
         <v>73</v>
       </c>
       <c r="G27">
-        <v>5041</v>
+        <v>5023</v>
       </c>
       <c r="H27">
-        <v>5023</v>
+        <v>5017</v>
       </c>
       <c r="I27">
-        <v>5017</v>
+        <v>4993</v>
       </c>
       <c r="J27">
-        <v>4993</v>
+        <v>4970</v>
       </c>
       <c r="K27">
-        <v>4970</v>
+        <v>4961</v>
       </c>
       <c r="L27">
-        <v>4961</v>
+        <v>4973</v>
       </c>
       <c r="M27">
-        <v>4973</v>
+        <v>4964</v>
       </c>
       <c r="N27">
-        <v>4964</v>
+        <v>4977</v>
       </c>
       <c r="O27">
-        <v>4977</v>
+        <v>4971</v>
       </c>
       <c r="P27">
+        <v>4967</v>
+      </c>
+      <c r="Q27">
         <v>4971</v>
       </c>
-      <c r="Q27">
-[...1 lines deleted...]
-      </c>
       <c r="R27">
-        <v>4971</v>
+        <v>4965</v>
       </c>
       <c r="S27">
-        <v>-70</v>
+        <v>-58</v>
       </c>
       <c r="T27" s="2">
-        <v>-1.3886000000000001</v>
+        <v>-1.1547000000000001</v>
       </c>
     </row>
     <row r="28" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
         <v>20</v>
       </c>
       <c r="B28" t="s">
         <v>76</v>
       </c>
       <c r="C28" t="s">
         <v>48</v>
       </c>
       <c r="D28">
         <v>2</v>
       </c>
       <c r="E28" t="s">
         <v>23</v>
       </c>
       <c r="F28" t="s">
         <v>77</v>
       </c>
       <c r="G28">
-        <v>11225</v>
+        <v>11181</v>
       </c>
       <c r="H28">
-        <v>11181</v>
+        <v>11163</v>
       </c>
       <c r="I28">
-        <v>11163</v>
+        <v>11125</v>
       </c>
       <c r="J28">
-        <v>11125</v>
+        <v>11088</v>
       </c>
       <c r="K28">
-        <v>11088</v>
+        <v>11001</v>
       </c>
       <c r="L28">
-        <v>11001</v>
+        <v>10966</v>
       </c>
       <c r="M28">
-        <v>10966</v>
+        <v>10930</v>
       </c>
       <c r="N28">
-        <v>10930</v>
+        <v>10899</v>
       </c>
       <c r="O28">
-        <v>10899</v>
+        <v>10865</v>
       </c>
       <c r="P28">
-        <v>10865</v>
+        <v>10838</v>
       </c>
       <c r="Q28">
-        <v>10838</v>
+        <v>10812</v>
       </c>
       <c r="R28">
-        <v>10812</v>
+        <v>10797</v>
       </c>
       <c r="S28">
-        <v>-413</v>
+        <v>-384</v>
       </c>
       <c r="T28" s="2">
-        <v>-3.6793</v>
+        <v>-3.4344000000000001</v>
       </c>
     </row>
     <row r="29" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" t="s">
         <v>78</v>
       </c>
       <c r="C29" t="s">
         <v>48</v>
       </c>
       <c r="D29">
         <v>1</v>
       </c>
       <c r="E29" t="s">
         <v>30</v>
       </c>
       <c r="F29" t="s">
         <v>79</v>
       </c>
       <c r="G29">
+        <v>5052</v>
+      </c>
+      <c r="H29">
+        <v>5069</v>
+      </c>
+      <c r="I29">
+        <v>5094</v>
+      </c>
+      <c r="J29">
+        <v>5140</v>
+      </c>
+      <c r="K29">
+        <v>5150</v>
+      </c>
+      <c r="L29">
+        <v>5144</v>
+      </c>
+      <c r="M29">
+        <v>5124</v>
+      </c>
+      <c r="N29">
+        <v>5125</v>
+      </c>
+      <c r="O29">
+        <v>5097</v>
+      </c>
+      <c r="P29">
+        <v>5073</v>
+      </c>
+      <c r="Q29">
+        <v>5071</v>
+      </c>
+      <c r="R29">
         <v>5055</v>
       </c>
-      <c r="H29">
-[...31 lines deleted...]
-      </c>
       <c r="S29">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="T29" s="2">
-        <v>0.3165</v>
+        <v>5.9400000000000001E-2</v>
       </c>
     </row>
     <row r="30" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
         <v>20</v>
       </c>
       <c r="B30" t="s">
         <v>80</v>
       </c>
       <c r="C30" t="s">
         <v>51</v>
       </c>
       <c r="D30">
         <v>2</v>
       </c>
       <c r="E30" t="s">
         <v>23</v>
       </c>
       <c r="F30" t="s">
         <v>81</v>
       </c>
       <c r="G30">
-        <v>9285</v>
+        <v>9308</v>
       </c>
       <c r="H30">
-        <v>9308</v>
+        <v>9292</v>
       </c>
       <c r="I30">
-        <v>9292</v>
+        <v>9277</v>
       </c>
       <c r="J30">
-        <v>9277</v>
+        <v>9268</v>
       </c>
       <c r="K30">
-        <v>9268</v>
+        <v>9243</v>
       </c>
       <c r="L30">
-        <v>9243</v>
+        <v>9220</v>
       </c>
       <c r="M30">
-        <v>9220</v>
+        <v>9229</v>
       </c>
       <c r="N30">
-        <v>9229</v>
+        <v>9223</v>
       </c>
       <c r="O30">
-        <v>9223</v>
+        <v>9222</v>
       </c>
       <c r="P30">
-        <v>9222</v>
+        <v>9227</v>
       </c>
       <c r="Q30">
-        <v>9227</v>
+        <v>9225</v>
       </c>
       <c r="R30">
-        <v>9225</v>
+        <v>9217</v>
       </c>
       <c r="S30">
-        <v>-60</v>
+        <v>-91</v>
       </c>
       <c r="T30" s="2">
-        <v>-0.6462</v>
+        <v>-0.97770000000000001</v>
       </c>
     </row>
     <row r="31" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
         <v>20</v>
       </c>
       <c r="B31" t="s">
         <v>82</v>
       </c>
       <c r="C31" t="s">
         <v>22</v>
       </c>
       <c r="D31">
         <v>1</v>
       </c>
       <c r="E31" t="s">
         <v>30</v>
       </c>
       <c r="F31" t="s">
         <v>83</v>
       </c>
       <c r="G31">
-        <v>8357</v>
+        <v>8358</v>
       </c>
       <c r="H31">
-        <v>8358</v>
+        <v>8342</v>
       </c>
       <c r="I31">
-        <v>8342</v>
+        <v>8328</v>
       </c>
       <c r="J31">
-        <v>8328</v>
+        <v>8301</v>
       </c>
       <c r="K31">
-        <v>8301</v>
+        <v>8282</v>
       </c>
       <c r="L31">
-        <v>8282</v>
+        <v>8262</v>
       </c>
       <c r="M31">
-        <v>8262</v>
+        <v>8240</v>
       </c>
       <c r="N31">
-        <v>8240</v>
+        <v>8224</v>
       </c>
       <c r="O31">
-        <v>8224</v>
+        <v>8217</v>
       </c>
       <c r="P31">
-        <v>8217</v>
+        <v>8175</v>
       </c>
       <c r="Q31">
-        <v>8175</v>
+        <v>8135</v>
       </c>
       <c r="R31">
-        <v>8135</v>
+        <v>8122</v>
       </c>
       <c r="S31">
-        <v>-222</v>
+        <v>-236</v>
       </c>
       <c r="T31" s="2">
-        <v>-2.6564999999999999</v>
+        <v>-2.8235999999999999</v>
       </c>
     </row>
     <row r="32" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
         <v>20</v>
       </c>
       <c r="B32" t="s">
         <v>84</v>
       </c>
       <c r="C32" t="s">
         <v>22</v>
       </c>
       <c r="D32">
         <v>2</v>
       </c>
       <c r="E32" t="s">
         <v>23</v>
       </c>
       <c r="F32" t="s">
         <v>85</v>
       </c>
       <c r="G32">
-        <v>14507</v>
+        <v>14520</v>
       </c>
       <c r="H32">
-        <v>14520</v>
+        <v>14524</v>
       </c>
       <c r="I32">
-        <v>14524</v>
+        <v>14536</v>
       </c>
       <c r="J32">
-        <v>14536</v>
+        <v>14499</v>
       </c>
       <c r="K32">
         <v>14499</v>
       </c>
       <c r="L32">
         <v>14499</v>
       </c>
       <c r="M32">
-        <v>14499</v>
+        <v>14450</v>
       </c>
       <c r="N32">
-        <v>14450</v>
+        <v>14437</v>
       </c>
       <c r="O32">
-        <v>14437</v>
+        <v>14399</v>
       </c>
       <c r="P32">
-        <v>14399</v>
+        <v>14379</v>
       </c>
       <c r="Q32">
-        <v>14379</v>
+        <v>14355</v>
       </c>
       <c r="R32">
-        <v>14355</v>
+        <v>14356</v>
       </c>
       <c r="S32">
-        <v>-152</v>
+        <v>-164</v>
       </c>
       <c r="T32" s="2">
-        <v>-1.0478000000000001</v>
+        <v>-1.1294999999999999</v>
       </c>
     </row>
     <row r="33" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
         <v>20</v>
       </c>
       <c r="B33" t="s">
         <v>86</v>
       </c>
       <c r="C33" t="s">
         <v>87</v>
       </c>
       <c r="D33">
         <v>4</v>
       </c>
       <c r="E33" t="s">
         <v>26</v>
       </c>
       <c r="F33" t="s">
         <v>27</v>
       </c>
       <c r="G33">
-        <v>8504</v>
+        <v>8496</v>
       </c>
       <c r="H33">
-        <v>8496</v>
+        <v>8461</v>
       </c>
       <c r="I33">
-        <v>8461</v>
+        <v>8424</v>
       </c>
       <c r="J33">
-        <v>8424</v>
+        <v>8392</v>
       </c>
       <c r="K33">
-        <v>8392</v>
+        <v>8366</v>
       </c>
       <c r="L33">
-        <v>8366</v>
+        <v>8342</v>
       </c>
       <c r="M33">
-        <v>8342</v>
+        <v>8339</v>
       </c>
       <c r="N33">
-        <v>8339</v>
+        <v>8304</v>
       </c>
       <c r="O33">
-        <v>8304</v>
+        <v>8286</v>
       </c>
       <c r="P33">
-        <v>8286</v>
+        <v>8270</v>
       </c>
       <c r="Q33">
-        <v>8270</v>
+        <v>8285</v>
       </c>
       <c r="R33">
-        <v>8285</v>
+        <v>8237</v>
       </c>
       <c r="S33">
-        <v>-219</v>
+        <v>-259</v>
       </c>
       <c r="T33" s="2">
-        <v>-2.5752999999999999</v>
+        <v>-3.0485000000000002</v>
       </c>
     </row>
     <row r="34" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
         <v>20</v>
       </c>
       <c r="B34" t="s">
         <v>88</v>
       </c>
       <c r="C34" t="s">
         <v>89</v>
       </c>
       <c r="D34">
         <v>3</v>
       </c>
       <c r="E34" t="s">
         <v>34</v>
       </c>
       <c r="F34" t="s">
         <v>35</v>
       </c>
       <c r="G34">
-        <v>6493</v>
+        <v>6484</v>
       </c>
       <c r="H34">
-        <v>6484</v>
+        <v>6465</v>
       </c>
       <c r="I34">
-        <v>6465</v>
+        <v>6467</v>
       </c>
       <c r="J34">
-        <v>6467</v>
+        <v>6437</v>
       </c>
       <c r="K34">
-        <v>6437</v>
+        <v>6417</v>
       </c>
       <c r="L34">
-        <v>6417</v>
+        <v>6399</v>
       </c>
       <c r="M34">
-        <v>6399</v>
+        <v>6404</v>
       </c>
       <c r="N34">
-        <v>6404</v>
+        <v>6376</v>
       </c>
       <c r="O34">
-        <v>6376</v>
+        <v>6338</v>
       </c>
       <c r="P34">
-        <v>6338</v>
+        <v>6299</v>
       </c>
       <c r="Q34">
-        <v>6299</v>
+        <v>6276</v>
       </c>
       <c r="R34">
-        <v>6276</v>
+        <v>6258</v>
       </c>
       <c r="S34">
-        <v>-217</v>
+        <v>-226</v>
       </c>
       <c r="T34" s="2">
-        <v>-3.3420999999999998</v>
+        <v>-3.4855</v>
       </c>
     </row>
     <row r="35" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
         <v>20</v>
       </c>
       <c r="B35" t="s">
         <v>90</v>
       </c>
       <c r="C35" t="s">
         <v>91</v>
       </c>
       <c r="D35">
         <v>3</v>
       </c>
       <c r="E35" t="s">
         <v>34</v>
       </c>
       <c r="F35" t="s">
         <v>35</v>
       </c>
       <c r="G35">
-        <v>9502</v>
+        <v>9838</v>
       </c>
       <c r="H35">
-        <v>9838</v>
+        <v>9921</v>
       </c>
       <c r="I35">
-        <v>9921</v>
+        <v>9991</v>
       </c>
       <c r="J35">
-        <v>9991</v>
+        <v>10043</v>
       </c>
       <c r="K35">
-        <v>10043</v>
+        <v>10061</v>
       </c>
       <c r="L35">
-        <v>10061</v>
+        <v>10132</v>
       </c>
       <c r="M35">
-        <v>10132</v>
+        <v>10167</v>
       </c>
       <c r="N35">
-        <v>10167</v>
+        <v>10214</v>
       </c>
       <c r="O35">
-        <v>10214</v>
+        <v>10276</v>
       </c>
       <c r="P35">
-        <v>10276</v>
+        <v>10305</v>
       </c>
       <c r="Q35">
-        <v>10305</v>
+        <v>10375</v>
       </c>
       <c r="R35">
-        <v>10375</v>
+        <v>10406</v>
       </c>
       <c r="S35">
-        <v>873</v>
+        <v>568</v>
       </c>
       <c r="T35" s="2">
-        <v>9.1875</v>
+        <v>5.7735000000000003</v>
       </c>
     </row>
     <row r="36" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
         <v>20</v>
       </c>
       <c r="B36" t="s">
         <v>92</v>
       </c>
       <c r="C36" t="s">
         <v>91</v>
       </c>
       <c r="D36">
         <v>2</v>
       </c>
       <c r="E36" t="s">
         <v>23</v>
       </c>
       <c r="F36" t="s">
         <v>67</v>
       </c>
       <c r="G36">
-        <v>6811</v>
+        <v>6867</v>
       </c>
       <c r="H36">
-        <v>6867</v>
+        <v>6915</v>
       </c>
       <c r="I36">
-        <v>6915</v>
+        <v>6978</v>
       </c>
       <c r="J36">
-        <v>6978</v>
+        <v>7001</v>
       </c>
       <c r="K36">
-        <v>7001</v>
+        <v>7017</v>
       </c>
       <c r="L36">
-        <v>7017</v>
+        <v>7074</v>
       </c>
       <c r="M36">
-        <v>7074</v>
+        <v>7122</v>
       </c>
       <c r="N36">
-        <v>7122</v>
+        <v>7189</v>
       </c>
       <c r="O36">
-        <v>7189</v>
+        <v>7255</v>
       </c>
       <c r="P36">
-        <v>7255</v>
+        <v>7285</v>
       </c>
       <c r="Q36">
-        <v>7285</v>
+        <v>7313</v>
       </c>
       <c r="R36">
-        <v>7313</v>
+        <v>7333</v>
       </c>
       <c r="S36">
-        <v>502</v>
+        <v>466</v>
       </c>
       <c r="T36" s="2">
-        <v>7.3704000000000001</v>
+        <v>6.7861000000000002</v>
       </c>
     </row>
     <row r="37" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
         <v>20</v>
       </c>
       <c r="B37" t="s">
         <v>93</v>
       </c>
       <c r="C37" t="s">
         <v>94</v>
       </c>
       <c r="D37">
         <v>2</v>
       </c>
       <c r="E37" t="s">
         <v>23</v>
       </c>
       <c r="F37" t="s">
         <v>24</v>
       </c>
       <c r="G37">
-        <v>5782</v>
+        <v>5770</v>
       </c>
       <c r="H37">
-        <v>5770</v>
+        <v>5727</v>
       </c>
       <c r="I37">
-        <v>5727</v>
+        <v>5676</v>
       </c>
       <c r="J37">
-        <v>5676</v>
+        <v>5642</v>
       </c>
       <c r="K37">
-        <v>5642</v>
+        <v>5622</v>
       </c>
       <c r="L37">
-        <v>5622</v>
+        <v>5591</v>
       </c>
       <c r="M37">
-        <v>5591</v>
+        <v>5567</v>
       </c>
       <c r="N37">
-        <v>5567</v>
+        <v>5510</v>
       </c>
       <c r="O37">
-        <v>5510</v>
+        <v>5490</v>
       </c>
       <c r="P37">
-        <v>5490</v>
+        <v>5465</v>
       </c>
       <c r="Q37">
-        <v>5465</v>
+        <v>5436</v>
       </c>
       <c r="R37">
-        <v>5436</v>
+        <v>5399</v>
       </c>
       <c r="S37">
-        <v>-346</v>
+        <v>-371</v>
       </c>
       <c r="T37" s="2">
-        <v>-5.9840999999999998</v>
+        <v>-6.4298000000000002</v>
       </c>
     </row>
     <row r="38" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
         <v>20</v>
       </c>
       <c r="B38" t="s">
         <v>95</v>
       </c>
       <c r="C38" t="s">
         <v>96</v>
       </c>
       <c r="D38">
         <v>2</v>
       </c>
       <c r="E38" t="s">
         <v>23</v>
       </c>
       <c r="F38" t="s">
         <v>81</v>
       </c>
       <c r="G38">
-        <v>7952</v>
+        <v>7943</v>
       </c>
       <c r="H38">
-        <v>7943</v>
+        <v>7931</v>
       </c>
       <c r="I38">
-        <v>7931</v>
+        <v>7902</v>
       </c>
       <c r="J38">
-        <v>7902</v>
+        <v>7872</v>
       </c>
       <c r="K38">
-        <v>7872</v>
+        <v>7884</v>
       </c>
       <c r="L38">
-        <v>7884</v>
+        <v>7848</v>
       </c>
       <c r="M38">
-        <v>7848</v>
+        <v>7839</v>
       </c>
       <c r="N38">
-        <v>7839</v>
+        <v>7829</v>
       </c>
       <c r="O38">
-        <v>7829</v>
+        <v>8036</v>
       </c>
       <c r="P38">
-        <v>8036</v>
+        <v>8008</v>
       </c>
       <c r="Q38">
-        <v>8008</v>
+        <v>7942</v>
       </c>
       <c r="R38">
-        <v>7942</v>
+        <v>7879</v>
       </c>
       <c r="S38">
-        <v>-10</v>
+        <v>-64</v>
       </c>
       <c r="T38" s="2">
-        <v>-0.1258</v>
+        <v>-0.80569999999999997</v>
       </c>
     </row>
     <row r="39" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
         <v>20</v>
       </c>
       <c r="B39" t="s">
         <v>97</v>
       </c>
       <c r="C39" t="s">
         <v>98</v>
       </c>
       <c r="D39">
         <v>2</v>
       </c>
       <c r="E39" t="s">
         <v>23</v>
       </c>
       <c r="F39" t="s">
         <v>99</v>
       </c>
       <c r="G39">
-        <v>6923</v>
+        <v>6946</v>
       </c>
       <c r="H39">
-        <v>6946</v>
+        <v>6939</v>
       </c>
       <c r="I39">
-        <v>6939</v>
+        <v>6914</v>
       </c>
       <c r="J39">
-        <v>6914</v>
+        <v>6938</v>
       </c>
       <c r="K39">
         <v>6938</v>
       </c>
       <c r="L39">
-        <v>6938</v>
+        <v>6958</v>
       </c>
       <c r="M39">
-        <v>6958</v>
+        <v>6946</v>
       </c>
       <c r="N39">
-        <v>6946</v>
+        <v>6942</v>
       </c>
       <c r="O39">
-        <v>6942</v>
+        <v>6965</v>
       </c>
       <c r="P39">
-        <v>6965</v>
+        <v>6978</v>
       </c>
       <c r="Q39">
-        <v>6978</v>
+        <v>6988</v>
       </c>
       <c r="R39">
-        <v>6988</v>
+        <v>6977</v>
       </c>
       <c r="S39">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="T39" s="2">
-        <v>0.93889999999999996</v>
+        <v>0.44629999999999997</v>
       </c>
     </row>
     <row r="40" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
         <v>20</v>
       </c>
       <c r="B40" t="s">
         <v>100</v>
       </c>
       <c r="C40" t="s">
         <v>101</v>
       </c>
       <c r="D40">
         <v>1</v>
       </c>
       <c r="E40" t="s">
         <v>30</v>
       </c>
       <c r="F40" t="s">
         <v>83</v>
       </c>
       <c r="G40">
-        <v>3835</v>
+        <v>3838</v>
       </c>
       <c r="H40">
-        <v>3838</v>
+        <v>3873</v>
       </c>
       <c r="I40">
-        <v>3873</v>
+        <v>3931</v>
       </c>
       <c r="J40">
-        <v>3931</v>
+        <v>3989</v>
       </c>
       <c r="K40">
-        <v>3989</v>
+        <v>4009</v>
       </c>
       <c r="L40">
-        <v>4009</v>
+        <v>4066</v>
       </c>
       <c r="M40">
-        <v>4066</v>
+        <v>4151</v>
       </c>
       <c r="N40">
-        <v>4151</v>
+        <v>4243</v>
       </c>
       <c r="O40">
-        <v>4243</v>
+        <v>4314</v>
       </c>
       <c r="P40">
-        <v>4314</v>
+        <v>4370</v>
       </c>
       <c r="Q40">
-        <v>4370</v>
+        <v>4424</v>
       </c>
       <c r="R40">
-        <v>4424</v>
+        <v>4474</v>
       </c>
       <c r="S40">
-        <v>589</v>
+        <v>636</v>
       </c>
       <c r="T40" s="2">
-        <v>15.358499999999999</v>
+        <v>16.571100000000001</v>
       </c>
     </row>
     <row r="41" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
         <v>20</v>
       </c>
       <c r="B41" t="s">
         <v>102</v>
       </c>
       <c r="C41" t="s">
         <v>103</v>
       </c>
       <c r="D41">
         <v>2</v>
       </c>
       <c r="E41" t="s">
         <v>23</v>
       </c>
       <c r="F41" t="s">
         <v>67</v>
       </c>
       <c r="G41">
-        <v>4749</v>
+        <v>4851</v>
       </c>
       <c r="H41">
-        <v>4851</v>
+        <v>4944</v>
       </c>
       <c r="I41">
-        <v>4944</v>
+        <v>5007</v>
       </c>
       <c r="J41">
-        <v>5007</v>
+        <v>5071</v>
       </c>
       <c r="K41">
-        <v>5071</v>
+        <v>5121</v>
       </c>
       <c r="L41">
-        <v>5121</v>
+        <v>5197</v>
       </c>
       <c r="M41">
-        <v>5197</v>
+        <v>5281</v>
       </c>
       <c r="N41">
-        <v>5281</v>
+        <v>5364</v>
       </c>
       <c r="O41">
-        <v>5364</v>
+        <v>5420</v>
       </c>
       <c r="P41">
-        <v>5420</v>
+        <v>5464</v>
       </c>
       <c r="Q41">
-        <v>5464</v>
+        <v>5532</v>
       </c>
       <c r="R41">
-        <v>5532</v>
+        <v>5585</v>
       </c>
       <c r="S41">
-        <v>783</v>
+        <v>734</v>
       </c>
       <c r="T41" s="2">
-        <v>16.4877</v>
+        <v>15.1309</v>
       </c>
     </row>
     <row r="42" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
         <v>20</v>
       </c>
       <c r="B42" t="s">
         <v>104</v>
       </c>
       <c r="C42" t="s">
         <v>105</v>
       </c>
       <c r="D42">
         <v>3</v>
       </c>
       <c r="E42" t="s">
         <v>34</v>
       </c>
       <c r="F42" t="s">
         <v>35</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42">
         <v>0</v>
       </c>
       <c r="J42">
-        <v>0</v>
+        <v>212</v>
       </c>
       <c r="K42">
-        <v>212</v>
+        <v>374</v>
       </c>
       <c r="L42">
-        <v>374</v>
+        <v>668</v>
       </c>
       <c r="M42">
-        <v>668</v>
+        <v>896</v>
       </c>
       <c r="N42">
-        <v>896</v>
+        <v>1067</v>
       </c>
       <c r="O42">
-        <v>1067</v>
+        <v>1195</v>
       </c>
       <c r="P42">
-        <v>1195</v>
+        <v>1288</v>
       </c>
       <c r="Q42">
-        <v>1288</v>
+        <v>1425</v>
       </c>
       <c r="R42">
-        <v>1425</v>
+        <v>1522</v>
       </c>
       <c r="S42">
-        <v>1425</v>
+        <v>1522</v>
       </c>
       <c r="T42" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
         <v>20</v>
       </c>
       <c r="B43" t="s">
         <v>107</v>
       </c>
       <c r="C43" t="s">
         <v>22</v>
       </c>
       <c r="D43">
         <v>5</v>
       </c>
       <c r="E43" t="s">
         <v>40</v>
       </c>
       <c r="F43" t="s">
         <v>108</v>
       </c>
       <c r="G43">
-        <v>10313</v>
+        <v>10303</v>
       </c>
       <c r="H43">
-        <v>10303</v>
+        <v>10337</v>
       </c>
       <c r="I43">
-        <v>10337</v>
+        <v>10370</v>
       </c>
       <c r="J43">
-        <v>10370</v>
+        <v>10437</v>
       </c>
       <c r="K43">
-        <v>10437</v>
+        <v>10479</v>
       </c>
       <c r="L43">
-        <v>10479</v>
+        <v>10491</v>
       </c>
       <c r="M43">
-        <v>10491</v>
+        <v>10533</v>
       </c>
       <c r="N43">
-        <v>10533</v>
+        <v>10566</v>
       </c>
       <c r="O43">
-        <v>10566</v>
+        <v>10579</v>
       </c>
       <c r="P43">
-        <v>10579</v>
+        <v>10588</v>
       </c>
       <c r="Q43">
-        <v>10588</v>
+        <v>10647</v>
       </c>
       <c r="R43">
-        <v>10647</v>
+        <v>10663</v>
       </c>
       <c r="S43">
-        <v>334</v>
+        <v>360</v>
       </c>
       <c r="T43" s="2">
-        <v>3.2385999999999999</v>
+        <v>3.4941</v>
       </c>
     </row>
     <row r="44" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
         <v>20</v>
       </c>
       <c r="B44" t="s">
         <v>109</v>
       </c>
       <c r="C44" t="s">
         <v>22</v>
       </c>
       <c r="D44">
         <v>4</v>
       </c>
       <c r="E44" t="s">
         <v>26</v>
       </c>
       <c r="F44" t="s">
         <v>27</v>
       </c>
       <c r="G44">
-        <v>14492</v>
+        <v>14494</v>
       </c>
       <c r="H44">
+        <v>14522</v>
+      </c>
+      <c r="I44">
+        <v>14529</v>
+      </c>
+      <c r="J44">
         <v>14494</v>
-      </c>
-[...4 lines deleted...]
-        <v>14529</v>
       </c>
       <c r="K44">
         <v>14494</v>
       </c>
       <c r="L44">
-        <v>14494</v>
+        <v>14470</v>
       </c>
       <c r="M44">
-        <v>14470</v>
+        <v>14453</v>
       </c>
       <c r="N44">
         <v>14453</v>
       </c>
       <c r="O44">
-        <v>14453</v>
+        <v>14438</v>
       </c>
       <c r="P44">
-        <v>14438</v>
+        <v>14422</v>
       </c>
       <c r="Q44">
-        <v>14422</v>
+        <v>14434</v>
       </c>
       <c r="R44">
-        <v>14434</v>
+        <v>14451</v>
       </c>
       <c r="S44">
-        <v>-58</v>
+        <v>-43</v>
       </c>
       <c r="T44" s="2">
-        <v>-0.4002</v>
+        <v>-0.29670000000000002</v>
       </c>
     </row>
     <row r="45" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
         <v>20</v>
       </c>
       <c r="B45" t="s">
         <v>110</v>
       </c>
       <c r="C45" t="s">
         <v>111</v>
       </c>
       <c r="D45">
         <v>3</v>
       </c>
       <c r="E45" t="s">
         <v>34</v>
       </c>
       <c r="F45" t="s">
         <v>35</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45">
         <v>0</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
       <c r="K45">
         <v>0</v>
       </c>
       <c r="L45">
         <v>0</v>
       </c>
       <c r="M45">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="N45">
-        <v>49</v>
+        <v>135</v>
       </c>
       <c r="O45">
-        <v>135</v>
+        <v>216</v>
       </c>
       <c r="P45">
-        <v>216</v>
+        <v>325</v>
       </c>
       <c r="Q45">
-        <v>325</v>
+        <v>378</v>
       </c>
       <c r="R45">
-        <v>378</v>
+        <v>442</v>
       </c>
       <c r="S45">
-        <v>378</v>
+        <v>442</v>
       </c>
       <c r="T45" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="46" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
         <v>20</v>
       </c>
       <c r="B46" t="s">
         <v>112</v>
       </c>
       <c r="C46" t="s">
         <v>113</v>
       </c>
       <c r="D46">
         <v>4</v>
       </c>
       <c r="E46" t="s">
         <v>26</v>
       </c>
       <c r="F46" t="s">
         <v>114</v>
       </c>
       <c r="G46">
-        <v>2817</v>
+        <v>2847</v>
       </c>
       <c r="H46">
-        <v>2847</v>
+        <v>2856</v>
       </c>
       <c r="I46">
+        <v>2874</v>
+      </c>
+      <c r="J46">
+        <v>2895</v>
+      </c>
+      <c r="K46">
+        <v>2892</v>
+      </c>
+      <c r="L46">
+        <v>2891</v>
+      </c>
+      <c r="M46">
+        <v>2864</v>
+      </c>
+      <c r="N46">
         <v>2856</v>
       </c>
-      <c r="J46">
-[...13 lines deleted...]
-      </c>
       <c r="O46">
-        <v>2856</v>
+        <v>2875</v>
       </c>
       <c r="P46">
-        <v>2875</v>
+        <v>2870</v>
       </c>
       <c r="Q46">
-        <v>2870</v>
+        <v>2886</v>
       </c>
       <c r="R46">
-        <v>2886</v>
+        <v>2887</v>
       </c>
       <c r="S46">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="T46" s="2">
-        <v>2.4493999999999998</v>
+        <v>1.405</v>
       </c>
     </row>
     <row r="47" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
         <v>20</v>
       </c>
       <c r="B47" t="s">
         <v>115</v>
       </c>
       <c r="C47" t="s">
         <v>116</v>
       </c>
       <c r="D47">
         <v>2</v>
       </c>
       <c r="E47" t="s">
         <v>23</v>
       </c>
       <c r="F47" t="s">
         <v>67</v>
       </c>
       <c r="G47">
-        <v>4939</v>
+        <v>4956</v>
       </c>
       <c r="H47">
-        <v>4956</v>
+        <v>4953</v>
       </c>
       <c r="I47">
-        <v>4953</v>
+        <v>4940</v>
       </c>
       <c r="J47">
-        <v>4940</v>
+        <v>4912</v>
       </c>
       <c r="K47">
-        <v>4912</v>
+        <v>4911</v>
       </c>
       <c r="L47">
-        <v>4911</v>
+        <v>4871</v>
       </c>
       <c r="M47">
-        <v>4871</v>
+        <v>4873</v>
       </c>
       <c r="N47">
-        <v>4873</v>
+        <v>4850</v>
       </c>
       <c r="O47">
-        <v>4850</v>
+        <v>4857</v>
       </c>
       <c r="P47">
-        <v>4857</v>
+        <v>4870</v>
       </c>
       <c r="Q47">
-        <v>4870</v>
+        <v>4944</v>
       </c>
       <c r="R47">
-        <v>4944</v>
+        <v>4978</v>
       </c>
       <c r="S47">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="T47" s="2">
-        <v>0.1012</v>
+        <v>0.44390000000000002</v>
       </c>
     </row>
     <row r="48" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
         <v>20</v>
       </c>
       <c r="B48" t="s">
         <v>117</v>
       </c>
       <c r="C48" t="s">
         <v>22</v>
       </c>
       <c r="D48">
         <v>4</v>
       </c>
       <c r="E48" t="s">
         <v>26</v>
       </c>
       <c r="F48" t="s">
         <v>118</v>
       </c>
       <c r="G48">
-        <v>13198</v>
+        <v>13186</v>
       </c>
       <c r="H48">
+        <v>13174</v>
+      </c>
+      <c r="I48">
         <v>13186</v>
       </c>
-      <c r="I48">
-[...1 lines deleted...]
-      </c>
       <c r="J48">
-        <v>13186</v>
+        <v>13217</v>
       </c>
       <c r="K48">
-        <v>13217</v>
+        <v>13222</v>
       </c>
       <c r="L48">
-        <v>13222</v>
+        <v>13239</v>
       </c>
       <c r="M48">
-        <v>13239</v>
+        <v>13255</v>
       </c>
       <c r="N48">
-        <v>13255</v>
+        <v>13276</v>
       </c>
       <c r="O48">
-        <v>13276</v>
+        <v>13262</v>
       </c>
       <c r="P48">
-        <v>13262</v>
+        <v>13275</v>
       </c>
       <c r="Q48">
-        <v>13275</v>
+        <v>13297</v>
       </c>
       <c r="R48">
-        <v>13297</v>
+        <v>13301</v>
       </c>
       <c r="S48">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="T48" s="2">
-        <v>0.75009999999999999</v>
+        <v>0.87209999999999999</v>
       </c>
     </row>
     <row r="49" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
         <v>20</v>
       </c>
       <c r="B49" t="s">
         <v>119</v>
       </c>
       <c r="C49" t="s">
         <v>120</v>
       </c>
       <c r="D49">
         <v>5</v>
       </c>
       <c r="E49" t="s">
         <v>40</v>
       </c>
       <c r="F49" t="s">
         <v>121</v>
       </c>
       <c r="G49">
-        <v>2376</v>
+        <v>2374</v>
       </c>
       <c r="H49">
+        <v>2379</v>
+      </c>
+      <c r="I49">
         <v>2374</v>
       </c>
-      <c r="I49">
-[...1 lines deleted...]
-      </c>
       <c r="J49">
-        <v>2374</v>
+        <v>2365</v>
       </c>
       <c r="K49">
         <v>2365</v>
       </c>
       <c r="L49">
-        <v>2365</v>
+        <v>2376</v>
       </c>
       <c r="M49">
+        <v>2378</v>
+      </c>
+      <c r="N49">
+        <v>2366</v>
+      </c>
+      <c r="O49">
+        <v>2372</v>
+      </c>
+      <c r="P49">
         <v>2376</v>
       </c>
-      <c r="N49">
-[...7 lines deleted...]
-      </c>
       <c r="Q49">
-        <v>2376</v>
+        <v>2380</v>
       </c>
       <c r="R49">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="S49">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="T49" s="2">
-        <v>0.16839999999999999</v>
+        <v>0.33700000000000002</v>
       </c>
     </row>
     <row r="50" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
         <v>20</v>
       </c>
       <c r="B50" t="s">
         <v>122</v>
       </c>
       <c r="C50" t="s">
         <v>120</v>
       </c>
       <c r="D50">
         <v>5</v>
       </c>
       <c r="E50" t="s">
         <v>40</v>
       </c>
       <c r="F50" t="s">
         <v>123</v>
       </c>
       <c r="G50">
-        <v>1796</v>
+        <v>1800</v>
       </c>
       <c r="H50">
-        <v>1800</v>
+        <v>1804</v>
       </c>
       <c r="I50">
+        <v>1808</v>
+      </c>
+      <c r="J50">
+        <v>1812</v>
+      </c>
+      <c r="K50">
         <v>1804</v>
       </c>
-      <c r="J50">
-[...4 lines deleted...]
-      </c>
       <c r="L50">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="M50">
         <v>1809</v>
       </c>
       <c r="N50">
-        <v>1809</v>
+        <v>1806</v>
       </c>
       <c r="O50">
-        <v>1806</v>
+        <v>1793</v>
       </c>
       <c r="P50">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="Q50">
-        <v>1792</v>
+        <v>1791</v>
       </c>
       <c r="R50">
-        <v>1791</v>
+        <v>1776</v>
       </c>
       <c r="S50">
-        <v>-5</v>
+        <v>-24</v>
       </c>
       <c r="T50" s="2">
-        <v>-0.27839999999999998</v>
+        <v>-1.3332999999999999</v>
       </c>
     </row>
     <row r="51" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
         <v>20</v>
       </c>
       <c r="B51" t="s">
         <v>124</v>
       </c>
       <c r="C51" t="s">
         <v>125</v>
       </c>
       <c r="D51">
         <v>3</v>
       </c>
       <c r="E51" t="s">
         <v>34</v>
       </c>
       <c r="F51" t="s">
         <v>35</v>
       </c>
       <c r="G51">
-        <v>7607</v>
+        <v>7802</v>
       </c>
       <c r="H51">
-        <v>7802</v>
+        <v>7990</v>
       </c>
       <c r="I51">
-        <v>7990</v>
+        <v>8154</v>
       </c>
       <c r="J51">
-        <v>8154</v>
+        <v>8278</v>
       </c>
       <c r="K51">
-        <v>8278</v>
+        <v>8415</v>
       </c>
       <c r="L51">
-        <v>8415</v>
+        <v>8599</v>
       </c>
       <c r="M51">
-        <v>8599</v>
+        <v>8716</v>
       </c>
       <c r="N51">
-        <v>8716</v>
+        <v>8877</v>
       </c>
       <c r="O51">
-        <v>8877</v>
+        <v>9002</v>
       </c>
       <c r="P51">
-        <v>9002</v>
+        <v>9108</v>
       </c>
       <c r="Q51">
-        <v>9108</v>
+        <v>9350</v>
       </c>
       <c r="R51">
-        <v>9350</v>
+        <v>9488</v>
       </c>
       <c r="S51">
-        <v>1743</v>
+        <v>1686</v>
       </c>
       <c r="T51" s="2">
-        <v>22.9131</v>
+        <v>21.6098</v>
       </c>
     </row>
     <row r="52" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
         <v>20</v>
       </c>
       <c r="B52" t="s">
         <v>126</v>
       </c>
       <c r="C52" t="s">
         <v>127</v>
       </c>
       <c r="D52">
         <v>2</v>
       </c>
       <c r="E52" t="s">
         <v>23</v>
       </c>
       <c r="F52" t="s">
         <v>128</v>
       </c>
       <c r="G52">
-        <v>6885</v>
+        <v>6875</v>
       </c>
       <c r="H52">
-        <v>6875</v>
+        <v>6903</v>
       </c>
       <c r="I52">
-        <v>6903</v>
+        <v>6916</v>
       </c>
       <c r="J52">
-        <v>6916</v>
+        <v>6930</v>
       </c>
       <c r="K52">
+        <v>6923</v>
+      </c>
+      <c r="L52">
+        <v>6934</v>
+      </c>
+      <c r="M52">
         <v>6930</v>
       </c>
-      <c r="L52">
-[...4 lines deleted...]
-      </c>
       <c r="N52">
-        <v>6930</v>
+        <v>6964</v>
       </c>
       <c r="O52">
-        <v>6964</v>
+        <v>6983</v>
       </c>
       <c r="P52">
-        <v>6983</v>
+        <v>6990</v>
       </c>
       <c r="Q52">
-        <v>6990</v>
+        <v>6989</v>
       </c>
       <c r="R52">
-        <v>6989</v>
+        <v>6991</v>
       </c>
       <c r="S52">
-        <v>104</v>
+        <v>116</v>
       </c>
       <c r="T52" s="2">
-        <v>1.5105</v>
+        <v>1.6873</v>
       </c>
     </row>
     <row r="53" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
         <v>20</v>
       </c>
       <c r="B53" t="s">
         <v>129</v>
       </c>
       <c r="C53" t="s">
         <v>22</v>
       </c>
       <c r="D53">
         <v>3</v>
       </c>
       <c r="E53" t="s">
         <v>34</v>
       </c>
       <c r="F53" t="s">
         <v>35</v>
       </c>
       <c r="G53">
-        <v>7202</v>
+        <v>7217</v>
       </c>
       <c r="H53">
-        <v>7217</v>
+        <v>7229</v>
       </c>
       <c r="I53">
+        <v>7225</v>
+      </c>
+      <c r="J53">
         <v>7229</v>
       </c>
-      <c r="J53">
+      <c r="K53">
+        <v>7227</v>
+      </c>
+      <c r="L53">
+        <v>7210</v>
+      </c>
+      <c r="M53">
+        <v>7226</v>
+      </c>
+      <c r="N53">
+        <v>7220</v>
+      </c>
+      <c r="O53">
+        <v>7268</v>
+      </c>
+      <c r="P53">
+        <v>7241</v>
+      </c>
+      <c r="Q53">
         <v>7225</v>
       </c>
-      <c r="K53">
-[...5 lines deleted...]
-      <c r="M53">
+      <c r="R53">
         <v>7210</v>
       </c>
-      <c r="N53">
-[...13 lines deleted...]
-      </c>
       <c r="S53">
-        <v>23</v>
+        <v>-7</v>
       </c>
       <c r="T53" s="2">
-        <v>0.31940000000000002</v>
+        <v>-9.7000000000000003E-2</v>
       </c>
     </row>
     <row r="54" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
         <v>20</v>
       </c>
       <c r="B54" t="s">
         <v>130</v>
       </c>
       <c r="C54" t="s">
         <v>131</v>
       </c>
       <c r="D54">
         <v>3</v>
       </c>
       <c r="E54" t="s">
         <v>34</v>
       </c>
       <c r="F54" t="s">
         <v>35</v>
       </c>
       <c r="G54">
-        <v>6038</v>
+        <v>6037</v>
       </c>
       <c r="H54">
-        <v>6037</v>
+        <v>6036</v>
       </c>
       <c r="I54">
-        <v>6036</v>
+        <v>6015</v>
       </c>
       <c r="J54">
-        <v>6015</v>
+        <v>6004</v>
       </c>
       <c r="K54">
-        <v>6004</v>
+        <v>6018</v>
       </c>
       <c r="L54">
-        <v>6018</v>
+        <v>6001</v>
       </c>
       <c r="M54">
-        <v>6001</v>
+        <v>5975</v>
       </c>
       <c r="N54">
-        <v>5975</v>
+        <v>5990</v>
       </c>
       <c r="O54">
-        <v>5990</v>
+        <v>5984</v>
       </c>
       <c r="P54">
-        <v>5984</v>
+        <v>5971</v>
       </c>
       <c r="Q54">
-        <v>5971</v>
+        <v>5981</v>
       </c>
       <c r="R54">
-        <v>5981</v>
+        <v>5963</v>
       </c>
       <c r="S54">
-        <v>-57</v>
+        <v>-74</v>
       </c>
       <c r="T54" s="2">
-        <v>-0.94399999999999995</v>
+        <v>-1.2258</v>
       </c>
     </row>
     <row r="55" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
         <v>20</v>
       </c>
       <c r="B55" t="s">
         <v>132</v>
       </c>
       <c r="C55" t="s">
         <v>131</v>
       </c>
       <c r="D55">
         <v>3</v>
       </c>
       <c r="E55" t="s">
         <v>34</v>
       </c>
       <c r="F55" t="s">
         <v>35</v>
       </c>
       <c r="G55">
-        <v>4403</v>
+        <v>4388</v>
       </c>
       <c r="H55">
-        <v>4388</v>
+        <v>4379</v>
       </c>
       <c r="I55">
         <v>4379</v>
       </c>
       <c r="J55">
-        <v>4379</v>
+        <v>4352</v>
       </c>
       <c r="K55">
-        <v>4352</v>
+        <v>4329</v>
       </c>
       <c r="L55">
-        <v>4329</v>
+        <v>4320</v>
       </c>
       <c r="M55">
-        <v>4320</v>
+        <v>4293</v>
       </c>
       <c r="N55">
-        <v>4293</v>
+        <v>4287</v>
       </c>
       <c r="O55">
-        <v>4287</v>
+        <v>4273</v>
       </c>
       <c r="P55">
-        <v>4273</v>
+        <v>4266</v>
       </c>
       <c r="Q55">
-        <v>4266</v>
+        <v>4251</v>
       </c>
       <c r="R55">
-        <v>4251</v>
+        <v>4226</v>
       </c>
       <c r="S55">
-        <v>-152</v>
+        <v>-162</v>
       </c>
       <c r="T55" s="2">
-        <v>-3.4521999999999999</v>
+        <v>-3.6919</v>
       </c>
     </row>
     <row r="56" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
         <v>20</v>
       </c>
       <c r="B56" t="s">
         <v>133</v>
       </c>
       <c r="C56" t="s">
         <v>134</v>
       </c>
       <c r="D56">
         <v>3</v>
       </c>
       <c r="E56" t="s">
         <v>34</v>
       </c>
       <c r="F56" t="s">
         <v>35</v>
       </c>
       <c r="G56">
-        <v>705</v>
+        <v>767</v>
       </c>
       <c r="H56">
-        <v>767</v>
+        <v>826</v>
       </c>
       <c r="I56">
-        <v>826</v>
+        <v>878</v>
       </c>
       <c r="J56">
-        <v>878</v>
+        <v>954</v>
       </c>
       <c r="K56">
-        <v>954</v>
+        <v>1025</v>
       </c>
       <c r="L56">
-        <v>1025</v>
+        <v>1153</v>
       </c>
       <c r="M56">
-        <v>1153</v>
+        <v>1275</v>
       </c>
       <c r="N56">
-        <v>1275</v>
+        <v>1376</v>
       </c>
       <c r="O56">
-        <v>1376</v>
+        <v>1456</v>
       </c>
       <c r="P56">
-        <v>1456</v>
+        <v>1521</v>
       </c>
       <c r="Q56">
-        <v>1521</v>
+        <v>1613</v>
       </c>
       <c r="R56">
-        <v>1613</v>
+        <v>1679</v>
       </c>
       <c r="S56">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="T56" s="2">
-        <v>128.79429999999999</v>
+        <v>118.90479999999999</v>
       </c>
     </row>
     <row r="57" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
         <v>20</v>
       </c>
       <c r="B57" t="s">
         <v>135</v>
       </c>
       <c r="C57" t="s">
         <v>131</v>
       </c>
       <c r="D57">
         <v>3</v>
       </c>
       <c r="E57" t="s">
         <v>34</v>
       </c>
       <c r="F57" t="s">
         <v>35</v>
       </c>
       <c r="G57">
-        <v>1617</v>
+        <v>1623</v>
       </c>
       <c r="H57">
-        <v>1623</v>
+        <v>1609</v>
       </c>
       <c r="I57">
-        <v>1609</v>
+        <v>1602</v>
       </c>
       <c r="J57">
-        <v>1602</v>
+        <v>1588</v>
       </c>
       <c r="K57">
-        <v>1588</v>
+        <v>1573</v>
       </c>
       <c r="L57">
-        <v>1573</v>
+        <v>1561</v>
       </c>
       <c r="M57">
-        <v>1561</v>
+        <v>1547</v>
       </c>
       <c r="N57">
-        <v>1547</v>
+        <v>1539</v>
       </c>
       <c r="O57">
-        <v>1539</v>
+        <v>1531</v>
       </c>
       <c r="P57">
-        <v>1531</v>
+        <v>1524</v>
       </c>
       <c r="Q57">
-        <v>1524</v>
+        <v>1506</v>
       </c>
       <c r="R57">
-        <v>1506</v>
+        <v>1501</v>
       </c>
       <c r="S57">
-        <v>-111</v>
+        <v>-122</v>
       </c>
       <c r="T57" s="2">
-        <v>-6.8646000000000003</v>
+        <v>-7.5168999999999997</v>
       </c>
     </row>
     <row r="58" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
         <v>20</v>
       </c>
       <c r="B58" t="s">
         <v>136</v>
       </c>
       <c r="C58" t="s">
         <v>131</v>
       </c>
       <c r="D58">
         <v>1</v>
       </c>
       <c r="E58" t="s">
         <v>30</v>
       </c>
       <c r="F58" t="s">
         <v>137</v>
       </c>
       <c r="G58">
-        <v>4028</v>
+        <v>4021</v>
       </c>
       <c r="H58">
-        <v>4021</v>
+        <v>4017</v>
       </c>
       <c r="I58">
-        <v>4017</v>
+        <v>4012</v>
       </c>
       <c r="J58">
-        <v>4012</v>
+        <v>4022</v>
       </c>
       <c r="K58">
-        <v>4022</v>
+        <v>4015</v>
       </c>
       <c r="L58">
-        <v>4015</v>
+        <v>4001</v>
       </c>
       <c r="M58">
-        <v>4001</v>
+        <v>4013</v>
       </c>
       <c r="N58">
-        <v>4013</v>
+        <v>4011</v>
       </c>
       <c r="O58">
-        <v>4011</v>
+        <v>4007</v>
       </c>
       <c r="P58">
-        <v>4007</v>
+        <v>3993</v>
       </c>
       <c r="Q58">
-        <v>3993</v>
+        <v>3975</v>
       </c>
       <c r="R58">
-        <v>3975</v>
+        <v>3972</v>
       </c>
       <c r="S58">
-        <v>-53</v>
+        <v>-49</v>
       </c>
       <c r="T58" s="2">
-        <v>-1.3158000000000001</v>
+        <v>-1.2185999999999999</v>
       </c>
     </row>
     <row r="59" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
         <v>20</v>
       </c>
       <c r="B59" t="s">
         <v>138</v>
       </c>
       <c r="C59" t="s">
         <v>91</v>
       </c>
       <c r="D59">
         <v>2</v>
       </c>
       <c r="E59" t="s">
         <v>23</v>
       </c>
       <c r="F59" t="s">
         <v>67</v>
       </c>
       <c r="G59">
-        <v>7714</v>
+        <v>7705</v>
       </c>
       <c r="H59">
-        <v>7705</v>
+        <v>7719</v>
       </c>
       <c r="I59">
+        <v>7715</v>
+      </c>
+      <c r="J59">
+        <v>7708</v>
+      </c>
+      <c r="K59">
         <v>7719</v>
       </c>
-      <c r="J59">
-[...4 lines deleted...]
-      </c>
       <c r="L59">
-        <v>7719</v>
+        <v>7703</v>
       </c>
       <c r="M59">
-        <v>7703</v>
+        <v>7706</v>
       </c>
       <c r="N59">
-        <v>7706</v>
+        <v>7713</v>
       </c>
       <c r="O59">
-        <v>7713</v>
+        <v>7704</v>
       </c>
       <c r="P59">
         <v>7704</v>
       </c>
       <c r="Q59">
-        <v>7704</v>
+        <v>7708</v>
       </c>
       <c r="R59">
-        <v>7708</v>
+        <v>7694</v>
       </c>
       <c r="S59">
-        <v>-6</v>
+        <v>-11</v>
       </c>
       <c r="T59" s="2">
-        <v>-7.7799999999999994E-2</v>
+        <v>-0.14280000000000001</v>
       </c>
     </row>
     <row r="60" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
         <v>20</v>
       </c>
       <c r="B60" t="s">
         <v>139</v>
       </c>
       <c r="C60" t="s">
         <v>140</v>
       </c>
       <c r="D60">
         <v>3</v>
       </c>
       <c r="E60" t="s">
         <v>34</v>
       </c>
       <c r="F60" t="s">
         <v>35</v>
       </c>
       <c r="G60">
-        <v>3566</v>
+        <v>3544</v>
       </c>
       <c r="H60">
-        <v>3544</v>
+        <v>3536</v>
       </c>
       <c r="I60">
-        <v>3536</v>
+        <v>3500</v>
       </c>
       <c r="J60">
-        <v>3500</v>
+        <v>3491</v>
       </c>
       <c r="K60">
-        <v>3491</v>
+        <v>3446</v>
       </c>
       <c r="L60">
-        <v>3446</v>
+        <v>3450</v>
       </c>
       <c r="M60">
-        <v>3450</v>
+        <v>3453</v>
       </c>
       <c r="N60">
-        <v>3453</v>
+        <v>3441</v>
       </c>
       <c r="O60">
-        <v>3441</v>
+        <v>3447</v>
       </c>
       <c r="P60">
-        <v>3447</v>
+        <v>3416</v>
       </c>
       <c r="Q60">
-        <v>3416</v>
+        <v>3398</v>
       </c>
       <c r="R60">
-        <v>3398</v>
+        <v>3384</v>
       </c>
       <c r="S60">
-        <v>-168</v>
+        <v>-160</v>
       </c>
       <c r="T60" s="2">
-        <v>-4.7111999999999998</v>
+        <v>-4.5147000000000004</v>
       </c>
     </row>
     <row r="61" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
         <v>20</v>
       </c>
       <c r="B61" t="s">
         <v>141</v>
       </c>
       <c r="C61" t="s">
         <v>22</v>
       </c>
       <c r="D61">
         <v>1</v>
       </c>
       <c r="E61" t="s">
         <v>30</v>
       </c>
       <c r="F61" t="s">
         <v>31</v>
       </c>
       <c r="G61">
-        <v>11165</v>
+        <v>11166</v>
       </c>
       <c r="H61">
-        <v>11166</v>
+        <v>11171</v>
       </c>
       <c r="I61">
-        <v>11171</v>
+        <v>11100</v>
       </c>
       <c r="J61">
-        <v>11100</v>
+        <v>11115</v>
       </c>
       <c r="K61">
-        <v>11115</v>
+        <v>11067</v>
       </c>
       <c r="L61">
-        <v>11067</v>
+        <v>11073</v>
       </c>
       <c r="M61">
-        <v>11073</v>
+        <v>11068</v>
       </c>
       <c r="N61">
+        <v>11089</v>
+      </c>
+      <c r="O61">
+        <v>11083</v>
+      </c>
+      <c r="P61">
+        <v>11070</v>
+      </c>
+      <c r="Q61">
         <v>11068</v>
       </c>
-      <c r="O61">
-[...7 lines deleted...]
-      </c>
       <c r="R61">
-        <v>11068</v>
+        <v>11268</v>
       </c>
       <c r="S61">
-        <v>-97</v>
+        <v>102</v>
       </c>
       <c r="T61" s="2">
-        <v>-0.86880000000000002</v>
+        <v>0.91349999999999998</v>
       </c>
     </row>
     <row r="62" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
         <v>20</v>
       </c>
       <c r="B62" t="s">
         <v>142</v>
       </c>
       <c r="C62" t="s">
         <v>143</v>
       </c>
       <c r="D62">
         <v>2</v>
       </c>
       <c r="E62" t="s">
         <v>23</v>
       </c>
       <c r="F62" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="G62">
-        <v>1968</v>
+        <v>4961</v>
       </c>
       <c r="H62">
-        <v>0</v>
+        <v>4968</v>
       </c>
       <c r="I62">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="J62">
-        <v>0</v>
+        <v>5032</v>
       </c>
       <c r="K62">
-        <v>0</v>
+        <v>5076</v>
       </c>
       <c r="L62">
-        <v>0</v>
+        <v>5110</v>
       </c>
       <c r="M62">
-        <v>0</v>
+        <v>5129</v>
       </c>
       <c r="N62">
-        <v>0</v>
+        <v>5122</v>
       </c>
       <c r="O62">
-        <v>0</v>
+        <v>5099</v>
       </c>
       <c r="P62">
-        <v>0</v>
+        <v>5086</v>
       </c>
       <c r="Q62">
-        <v>0</v>
+        <v>5103</v>
       </c>
       <c r="R62">
-        <v>0</v>
+        <v>5106</v>
       </c>
       <c r="S62">
-        <v>-1968</v>
+        <v>145</v>
       </c>
       <c r="T62" s="2">
-        <v>-100</v>
+        <v>2.9228000000000001</v>
       </c>
     </row>
     <row r="63" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
         <v>20</v>
       </c>
       <c r="B63" t="s">
         <v>144</v>
       </c>
       <c r="C63" t="s">
-        <v>143</v>
+        <v>134</v>
       </c>
       <c r="D63">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E63" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F63" t="s">
-        <v>35</v>
+        <v>145</v>
       </c>
       <c r="G63">
-        <v>5895</v>
+        <v>8545</v>
       </c>
       <c r="H63">
-        <v>0</v>
+        <v>8508</v>
       </c>
       <c r="I63">
-        <v>0</v>
+        <v>8454</v>
       </c>
       <c r="J63">
-        <v>0</v>
+        <v>8449</v>
       </c>
       <c r="K63">
-        <v>0</v>
+        <v>8397</v>
       </c>
       <c r="L63">
-        <v>0</v>
+        <v>8365</v>
       </c>
       <c r="M63">
-        <v>0</v>
+        <v>8318</v>
       </c>
       <c r="N63">
-        <v>0</v>
+        <v>8269</v>
       </c>
       <c r="O63">
-        <v>0</v>
+        <v>8248</v>
       </c>
       <c r="P63">
-        <v>0</v>
+        <v>8237</v>
       </c>
       <c r="Q63">
-        <v>0</v>
+        <v>8213</v>
       </c>
       <c r="R63">
-        <v>0</v>
+        <v>8337</v>
       </c>
       <c r="S63">
-        <v>-5895</v>
+        <v>-208</v>
       </c>
       <c r="T63" s="2">
-        <v>-100</v>
+        <v>-2.4342000000000001</v>
       </c>
     </row>
     <row r="64" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
         <v>20</v>
       </c>
       <c r="B64" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C64" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="D64">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E64" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F64" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="G64">
-        <v>3503</v>
+        <v>8003</v>
       </c>
       <c r="H64">
-        <v>0</v>
+        <v>7974</v>
       </c>
       <c r="I64">
-        <v>0</v>
+        <v>7985</v>
       </c>
       <c r="J64">
-        <v>0</v>
+        <v>7965</v>
       </c>
       <c r="K64">
-        <v>0</v>
+        <v>7983</v>
       </c>
       <c r="L64">
-        <v>0</v>
+        <v>7971</v>
       </c>
       <c r="M64">
-        <v>0</v>
+        <v>7972</v>
       </c>
       <c r="N64">
-        <v>0</v>
+        <v>7920</v>
       </c>
       <c r="O64">
-        <v>0</v>
+        <v>7887</v>
       </c>
       <c r="P64">
-        <v>0</v>
+        <v>7839</v>
       </c>
       <c r="Q64">
-        <v>0</v>
+        <v>7820</v>
       </c>
       <c r="R64">
-        <v>0</v>
+        <v>7810</v>
       </c>
       <c r="S64">
-        <v>-3503</v>
+        <v>-193</v>
       </c>
       <c r="T64" s="2">
-        <v>-100</v>
+        <v>-2.4116</v>
       </c>
     </row>
     <row r="65" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
         <v>20</v>
       </c>
       <c r="B65" t="s">
         <v>147</v>
       </c>
       <c r="C65" t="s">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="D65">
         <v>2</v>
       </c>
       <c r="E65" t="s">
         <v>23</v>
       </c>
       <c r="F65" t="s">
-        <v>81</v>
+        <v>43</v>
       </c>
       <c r="G65">
-        <v>4886</v>
+        <v>7043</v>
       </c>
       <c r="H65">
-        <v>4961</v>
+        <v>7058</v>
       </c>
       <c r="I65">
-        <v>4968</v>
+        <v>7073</v>
       </c>
       <c r="J65">
-        <v>5000</v>
+        <v>7093</v>
       </c>
       <c r="K65">
-        <v>5032</v>
+        <v>7086</v>
       </c>
       <c r="L65">
-        <v>5076</v>
+        <v>7098</v>
       </c>
       <c r="M65">
-        <v>5110</v>
+        <v>7095</v>
       </c>
       <c r="N65">
-        <v>5129</v>
+        <v>7118</v>
       </c>
       <c r="O65">
-        <v>5122</v>
+        <v>7137</v>
       </c>
       <c r="P65">
-        <v>5099</v>
+        <v>7141</v>
       </c>
       <c r="Q65">
-        <v>5086</v>
+        <v>7145</v>
       </c>
       <c r="R65">
-        <v>5103</v>
+        <v>7183</v>
       </c>
       <c r="S65">
-        <v>217</v>
+        <v>140</v>
       </c>
       <c r="T65" s="2">
-        <v>4.4413</v>
+        <v>1.9878</v>
       </c>
     </row>
     <row r="66" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
         <v>20</v>
       </c>
       <c r="B66" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C66" t="s">
         <v>134</v>
       </c>
       <c r="D66">
         <v>1</v>
       </c>
       <c r="E66" t="s">
         <v>30</v>
       </c>
       <c r="F66" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="G66">
-        <v>8595</v>
+        <v>12810</v>
       </c>
       <c r="H66">
-        <v>8545</v>
+        <v>12836</v>
       </c>
       <c r="I66">
-        <v>8508</v>
+        <v>12862</v>
       </c>
       <c r="J66">
-        <v>8454</v>
+        <v>12907</v>
       </c>
       <c r="K66">
-        <v>8449</v>
+        <v>12925</v>
       </c>
       <c r="L66">
-        <v>8397</v>
+        <v>12949</v>
       </c>
       <c r="M66">
-        <v>8365</v>
+        <v>12951</v>
       </c>
       <c r="N66">
-        <v>8318</v>
+        <v>12961</v>
       </c>
       <c r="O66">
-        <v>8269</v>
+        <v>12951</v>
       </c>
       <c r="P66">
-        <v>8248</v>
+        <v>12956</v>
       </c>
       <c r="Q66">
-        <v>8237</v>
+        <v>12971</v>
       </c>
       <c r="R66">
-        <v>8213</v>
+        <v>13051</v>
       </c>
       <c r="S66">
-        <v>-382</v>
+        <v>241</v>
       </c>
       <c r="T66" s="2">
-        <v>-4.4443999999999999</v>
+        <v>1.8813</v>
       </c>
     </row>
     <row r="67" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
         <v>20</v>
       </c>
       <c r="B67" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C67" t="s">
         <v>134</v>
       </c>
       <c r="D67">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E67" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F67" t="s">
-        <v>65</v>
+        <v>150</v>
       </c>
       <c r="G67">
-        <v>8017</v>
+        <v>10883</v>
       </c>
       <c r="H67">
-        <v>8003</v>
+        <v>10875</v>
       </c>
       <c r="I67">
-        <v>7974</v>
+        <v>10872</v>
       </c>
       <c r="J67">
-        <v>7985</v>
+        <v>10863</v>
       </c>
       <c r="K67">
-        <v>7965</v>
+        <v>10858</v>
       </c>
       <c r="L67">
-        <v>7983</v>
+        <v>10812</v>
       </c>
       <c r="M67">
-        <v>7971</v>
+        <v>10801</v>
       </c>
       <c r="N67">
-        <v>7972</v>
+        <v>10771</v>
       </c>
       <c r="O67">
-        <v>7920</v>
+        <v>10740</v>
       </c>
       <c r="P67">
-        <v>7887</v>
+        <v>10719</v>
       </c>
       <c r="Q67">
-        <v>7839</v>
+        <v>10671</v>
       </c>
       <c r="R67">
-        <v>7820</v>
+        <v>10632</v>
       </c>
       <c r="S67">
-        <v>-197</v>
+        <v>-251</v>
       </c>
       <c r="T67" s="2">
-        <v>-2.4573</v>
+        <v>-2.3062999999999998</v>
       </c>
     </row>
     <row r="68" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
         <v>20</v>
       </c>
       <c r="B68" t="s">
+        <v>151</v>
+      </c>
+      <c r="C68" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D68">
         <v>2</v>
       </c>
       <c r="E68" t="s">
         <v>23</v>
       </c>
       <c r="F68" t="s">
-        <v>43</v>
+        <v>99</v>
       </c>
       <c r="G68">
-        <v>7024</v>
+        <v>4434</v>
       </c>
       <c r="H68">
-        <v>7043</v>
+        <v>4477</v>
       </c>
       <c r="I68">
-        <v>7058</v>
+        <v>4518</v>
       </c>
       <c r="J68">
-        <v>7073</v>
+        <v>4534</v>
       </c>
       <c r="K68">
-        <v>7093</v>
+        <v>4546</v>
       </c>
       <c r="L68">
-        <v>7086</v>
+        <v>4532</v>
       </c>
       <c r="M68">
-        <v>7098</v>
+        <v>4527</v>
       </c>
       <c r="N68">
-        <v>7095</v>
+        <v>4536</v>
       </c>
       <c r="O68">
-        <v>7118</v>
+        <v>4560</v>
       </c>
       <c r="P68">
-        <v>7137</v>
+        <v>4569</v>
       </c>
       <c r="Q68">
-        <v>7141</v>
+        <v>4591</v>
       </c>
       <c r="R68">
-        <v>7145</v>
+        <v>4604</v>
       </c>
       <c r="S68">
-        <v>121</v>
+        <v>170</v>
       </c>
       <c r="T68" s="2">
-        <v>1.7226999999999999</v>
+        <v>3.8340000000000001</v>
       </c>
     </row>
     <row r="69" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
         <v>20</v>
       </c>
       <c r="B69" t="s">
         <v>153</v>
       </c>
       <c r="C69" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="D69">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E69" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F69" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G69">
-        <v>12812</v>
+        <v>9784</v>
       </c>
       <c r="H69">
-        <v>12810</v>
+        <v>9740</v>
       </c>
       <c r="I69">
-        <v>12836</v>
+        <v>9689</v>
       </c>
       <c r="J69">
-        <v>12862</v>
+        <v>9516</v>
       </c>
       <c r="K69">
-        <v>12907</v>
+        <v>9386</v>
       </c>
       <c r="L69">
-        <v>12925</v>
+        <v>9277</v>
       </c>
       <c r="M69">
-        <v>12949</v>
+        <v>9187</v>
       </c>
       <c r="N69">
-        <v>12951</v>
+        <v>9106</v>
       </c>
       <c r="O69">
-        <v>12961</v>
+        <v>8997</v>
       </c>
       <c r="P69">
-        <v>12951</v>
+        <v>8917</v>
       </c>
       <c r="Q69">
-        <v>12956</v>
+        <v>8830</v>
       </c>
       <c r="R69">
-        <v>12971</v>
+        <v>8741</v>
       </c>
       <c r="S69">
-        <v>159</v>
+        <v>-1043</v>
       </c>
       <c r="T69" s="2">
-        <v>1.2410000000000001</v>
+        <v>-10.660299999999999</v>
       </c>
     </row>
     <row r="70" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
         <v>20</v>
       </c>
       <c r="B70" t="s">
+        <v>155</v>
+      </c>
+      <c r="C70" t="s">
         <v>154</v>
       </c>
-      <c r="C70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D70">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E70" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F70" t="s">
-        <v>155</v>
+        <v>35</v>
       </c>
       <c r="G70">
-        <v>10924</v>
+        <v>854</v>
       </c>
       <c r="H70">
-        <v>10883</v>
+        <v>1030</v>
       </c>
       <c r="I70">
-        <v>10875</v>
+        <v>1146</v>
       </c>
       <c r="J70">
-        <v>10872</v>
+        <v>1254</v>
       </c>
       <c r="K70">
-        <v>10863</v>
+        <v>1403</v>
       </c>
       <c r="L70">
-        <v>10858</v>
+        <v>1567</v>
       </c>
       <c r="M70">
-        <v>10812</v>
+        <v>1770</v>
       </c>
       <c r="N70">
-        <v>10801</v>
+        <v>1948</v>
       </c>
       <c r="O70">
-        <v>10771</v>
+        <v>2074</v>
       </c>
       <c r="P70">
-        <v>10740</v>
+        <v>2183</v>
       </c>
       <c r="Q70">
-        <v>10719</v>
+        <v>2309</v>
       </c>
       <c r="R70">
-        <v>10671</v>
+        <v>2432</v>
       </c>
       <c r="S70">
-        <v>-253</v>
+        <v>1578</v>
       </c>
       <c r="T70" s="2">
-        <v>-2.3159999999999998</v>
+        <v>184.7775</v>
       </c>
     </row>
     <row r="71" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
-        <v>20</v>
+        <v>156</v>
       </c>
       <c r="B71" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C71" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D71">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E71" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F71" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="G71">
-        <v>4396</v>
+        <v>13502</v>
       </c>
       <c r="H71">
-        <v>4434</v>
+        <v>13611</v>
       </c>
       <c r="I71">
-        <v>4477</v>
+        <v>13598</v>
       </c>
       <c r="J71">
-        <v>4518</v>
+        <v>13600</v>
       </c>
       <c r="K71">
-        <v>4534</v>
+        <v>13558</v>
       </c>
       <c r="L71">
-        <v>4546</v>
+        <v>13542</v>
       </c>
       <c r="M71">
-        <v>4532</v>
+        <v>13509</v>
       </c>
       <c r="N71">
-        <v>4527</v>
+        <v>13501</v>
       </c>
       <c r="O71">
-        <v>4536</v>
+        <v>13443</v>
       </c>
       <c r="P71">
-        <v>4560</v>
+        <v>13409</v>
       </c>
       <c r="Q71">
-        <v>4569</v>
+        <v>13320</v>
       </c>
       <c r="R71">
-        <v>4591</v>
+        <v>13313</v>
       </c>
       <c r="S71">
-        <v>195</v>
+        <v>-189</v>
       </c>
       <c r="T71" s="2">
-        <v>4.4359000000000002</v>
+        <v>-1.3997999999999999</v>
       </c>
     </row>
     <row r="72" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
-        <v>20</v>
+        <v>156</v>
       </c>
       <c r="B72" t="s">
+        <v>159</v>
+      </c>
+      <c r="C72" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D72">
         <v>3</v>
       </c>
       <c r="E72" t="s">
         <v>34</v>
       </c>
       <c r="F72" t="s">
         <v>35</v>
       </c>
       <c r="G72">
-        <v>9810</v>
+        <v>12410</v>
       </c>
       <c r="H72">
-        <v>9784</v>
+        <v>12401</v>
       </c>
       <c r="I72">
-        <v>9740</v>
+        <v>12397</v>
       </c>
       <c r="J72">
-        <v>9689</v>
+        <v>12384</v>
       </c>
       <c r="K72">
-        <v>9516</v>
+        <v>12377</v>
       </c>
       <c r="L72">
-        <v>9386</v>
+        <v>12383</v>
       </c>
       <c r="M72">
-        <v>9277</v>
+        <v>12366</v>
       </c>
       <c r="N72">
-        <v>9187</v>
+        <v>12338</v>
       </c>
       <c r="O72">
-        <v>9106</v>
+        <v>12347</v>
       </c>
       <c r="P72">
-        <v>8997</v>
+        <v>12357</v>
       </c>
       <c r="Q72">
-        <v>8917</v>
+        <v>12369</v>
       </c>
       <c r="R72">
-        <v>8830</v>
+        <v>12370</v>
       </c>
       <c r="S72">
-        <v>-980</v>
+        <v>-40</v>
       </c>
       <c r="T72" s="2">
-        <v>-9.9898000000000007</v>
+        <v>-0.32229999999999998</v>
       </c>
     </row>
     <row r="73" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
-        <v>20</v>
+        <v>156</v>
       </c>
       <c r="B73" t="s">
         <v>160</v>
       </c>
       <c r="C73" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E73" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F73" t="s">
-        <v>35</v>
+        <v>161</v>
       </c>
       <c r="G73">
-        <v>663</v>
+        <v>7494</v>
       </c>
       <c r="H73">
-        <v>854</v>
+        <v>7495</v>
       </c>
       <c r="I73">
-        <v>1030</v>
+        <v>7485</v>
       </c>
       <c r="J73">
-        <v>1146</v>
+        <v>7479</v>
       </c>
       <c r="K73">
-        <v>1254</v>
+        <v>7497</v>
       </c>
       <c r="L73">
-        <v>1403</v>
+        <v>7525</v>
       </c>
       <c r="M73">
-        <v>1567</v>
+        <v>7514</v>
       </c>
       <c r="N73">
-        <v>1770</v>
+        <v>7506</v>
       </c>
       <c r="O73">
-        <v>1948</v>
+        <v>7507</v>
       </c>
       <c r="P73">
-        <v>2074</v>
+        <v>7481</v>
       </c>
       <c r="Q73">
-        <v>2183</v>
+        <v>7490</v>
       </c>
       <c r="R73">
-        <v>2309</v>
+        <v>7491</v>
       </c>
       <c r="S73">
-        <v>1646</v>
+        <v>-3</v>
       </c>
       <c r="T73" s="2">
-        <v>248.2655</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="74" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B74" t="s">
         <v>162</v>
       </c>
       <c r="C74" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D74">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E74" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F74" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
       <c r="G74">
-        <v>12236</v>
+        <v>12943</v>
       </c>
       <c r="H74">
-        <v>13502</v>
+        <v>12941</v>
       </c>
       <c r="I74">
-        <v>13611</v>
+        <v>12941</v>
       </c>
       <c r="J74">
-        <v>13598</v>
+        <v>12955</v>
       </c>
       <c r="K74">
-        <v>13600</v>
+        <v>12951</v>
       </c>
       <c r="L74">
-        <v>13558</v>
+        <v>12940</v>
       </c>
       <c r="M74">
-        <v>13542</v>
+        <v>12932</v>
       </c>
       <c r="N74">
-        <v>13509</v>
+        <v>12929</v>
       </c>
       <c r="O74">
-        <v>13501</v>
+        <v>12927</v>
       </c>
       <c r="P74">
-        <v>13443</v>
+        <v>12922</v>
       </c>
       <c r="Q74">
-        <v>13409</v>
+        <v>12928</v>
       </c>
       <c r="R74">
-        <v>13320</v>
+        <v>12923</v>
       </c>
       <c r="S74">
-        <v>1084</v>
+        <v>-20</v>
       </c>
       <c r="T74" s="2">
-        <v>8.8590999999999998</v>
+        <v>-0.1545</v>
       </c>
     </row>
     <row r="75" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A75" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B75" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C75" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D75">
         <v>3</v>
       </c>
       <c r="E75" t="s">
         <v>34</v>
       </c>
       <c r="F75" t="s">
         <v>35</v>
       </c>
       <c r="G75">
-        <v>12401</v>
+        <v>11903</v>
       </c>
       <c r="H75">
-        <v>12410</v>
+        <v>11896</v>
       </c>
       <c r="I75">
-        <v>12401</v>
+        <v>11915</v>
       </c>
       <c r="J75">
-        <v>12397</v>
+        <v>11922</v>
       </c>
       <c r="K75">
-        <v>12384</v>
+        <v>11972</v>
       </c>
       <c r="L75">
-        <v>12377</v>
+        <v>11937</v>
       </c>
       <c r="M75">
-        <v>12383</v>
+        <v>11934</v>
       </c>
       <c r="N75">
-        <v>12366</v>
+        <v>11903</v>
       </c>
       <c r="O75">
-        <v>12338</v>
+        <v>11899</v>
       </c>
       <c r="P75">
-        <v>12347</v>
+        <v>11931</v>
       </c>
       <c r="Q75">
-        <v>12357</v>
+        <v>11915</v>
       </c>
       <c r="R75">
-        <v>12369</v>
+        <v>11904</v>
       </c>
       <c r="S75">
-        <v>-32</v>
+        <v>1</v>
       </c>
       <c r="T75" s="2">
-        <v>-0.25800000000000001</v>
+        <v>8.3999999999999995E-3</v>
       </c>
     </row>
     <row r="76" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B76" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C76" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D76">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E76" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F76" t="s">
-        <v>166</v>
+        <v>35</v>
       </c>
       <c r="G76">
-        <v>7508</v>
+        <v>9279</v>
       </c>
       <c r="H76">
-        <v>7494</v>
+        <v>9275</v>
       </c>
       <c r="I76">
-        <v>7495</v>
+        <v>9244</v>
       </c>
       <c r="J76">
-        <v>7485</v>
+        <v>9235</v>
       </c>
       <c r="K76">
-        <v>7479</v>
+        <v>9212</v>
       </c>
       <c r="L76">
-        <v>7497</v>
+        <v>9215</v>
       </c>
       <c r="M76">
-        <v>7525</v>
+        <v>9187</v>
       </c>
       <c r="N76">
-        <v>7514</v>
+        <v>9147</v>
       </c>
       <c r="O76">
-        <v>7506</v>
+        <v>9162</v>
       </c>
       <c r="P76">
-        <v>7507</v>
+        <v>9154</v>
       </c>
       <c r="Q76">
-        <v>7481</v>
+        <v>9149</v>
       </c>
       <c r="R76">
-        <v>7490</v>
+        <v>9143</v>
       </c>
       <c r="S76">
-        <v>-18</v>
+        <v>-136</v>
       </c>
       <c r="T76" s="2">
-        <v>-0.2397</v>
+        <v>-1.4657</v>
       </c>
     </row>
     <row r="77" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B77" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C77" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D77">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E77" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F77" t="s">
-        <v>73</v>
+        <v>35</v>
       </c>
       <c r="G77">
-        <v>12943</v>
+        <v>8912</v>
       </c>
       <c r="H77">
-        <v>12943</v>
+        <v>8967</v>
       </c>
       <c r="I77">
-        <v>12941</v>
+        <v>9007</v>
       </c>
       <c r="J77">
-        <v>12941</v>
+        <v>9052</v>
       </c>
       <c r="K77">
-        <v>12955</v>
+        <v>9064</v>
       </c>
       <c r="L77">
-        <v>12951</v>
+        <v>9140</v>
       </c>
       <c r="M77">
-        <v>12940</v>
+        <v>9180</v>
       </c>
       <c r="N77">
-        <v>12932</v>
+        <v>9266</v>
       </c>
       <c r="O77">
-        <v>12929</v>
+        <v>9318</v>
       </c>
       <c r="P77">
-        <v>12927</v>
+        <v>9372</v>
       </c>
       <c r="Q77">
-        <v>12922</v>
+        <v>9407</v>
       </c>
       <c r="R77">
-        <v>12928</v>
+        <v>9444</v>
       </c>
       <c r="S77">
-        <v>-15</v>
+        <v>532</v>
       </c>
       <c r="T77" s="2">
-        <v>-0.1159</v>
+        <v>5.9695</v>
       </c>
     </row>
     <row r="78" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A78" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B78" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C78" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D78">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E78" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F78" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G78">
-        <v>11865</v>
+        <v>7400</v>
       </c>
       <c r="H78">
-        <v>11903</v>
+        <v>7388</v>
       </c>
       <c r="I78">
-        <v>11896</v>
+        <v>7388</v>
       </c>
       <c r="J78">
-        <v>11915</v>
+        <v>7397</v>
       </c>
       <c r="K78">
-        <v>11922</v>
+        <v>7363</v>
       </c>
       <c r="L78">
-        <v>11972</v>
+        <v>7329</v>
       </c>
       <c r="M78">
-        <v>11937</v>
+        <v>7362</v>
       </c>
       <c r="N78">
-        <v>11934</v>
+        <v>7358</v>
       </c>
       <c r="O78">
-        <v>11903</v>
+        <v>7347</v>
       </c>
       <c r="P78">
-        <v>11899</v>
+        <v>7335</v>
       </c>
       <c r="Q78">
-        <v>11931</v>
+        <v>7311</v>
       </c>
       <c r="R78">
-        <v>11915</v>
+        <v>7313</v>
       </c>
       <c r="S78">
-        <v>50</v>
+        <v>-87</v>
       </c>
       <c r="T78" s="2">
-        <v>0.4214</v>
+        <v>-1.1757</v>
       </c>
     </row>
     <row r="79" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A79" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B79" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C79" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D79">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E79" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F79" t="s">
-        <v>35</v>
+        <v>168</v>
       </c>
       <c r="G79">
-        <v>9260</v>
+        <v>8216</v>
       </c>
       <c r="H79">
-        <v>9279</v>
+        <v>8215</v>
       </c>
       <c r="I79">
-        <v>9275</v>
+        <v>8215</v>
       </c>
       <c r="J79">
-        <v>9244</v>
+        <v>8204</v>
       </c>
       <c r="K79">
-        <v>9235</v>
+        <v>8191</v>
       </c>
       <c r="L79">
-        <v>9212</v>
+        <v>8210</v>
       </c>
       <c r="M79">
-        <v>9215</v>
+        <v>8180</v>
       </c>
       <c r="N79">
-        <v>9187</v>
+        <v>8195</v>
       </c>
       <c r="O79">
-        <v>9147</v>
+        <v>8197</v>
       </c>
       <c r="P79">
-        <v>9162</v>
+        <v>8202</v>
       </c>
       <c r="Q79">
-        <v>9154</v>
+        <v>8217</v>
       </c>
       <c r="R79">
-        <v>9149</v>
+        <v>8224</v>
       </c>
       <c r="S79">
-        <v>-111</v>
+        <v>8</v>
       </c>
       <c r="T79" s="2">
-        <v>-1.1987000000000001</v>
+        <v>9.74E-2</v>
       </c>
     </row>
     <row r="80" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B80" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C80" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D80">
         <v>3</v>
       </c>
       <c r="E80" t="s">
         <v>34</v>
       </c>
       <c r="F80" t="s">
         <v>35</v>
       </c>
       <c r="G80">
-        <v>8867</v>
+        <v>12533</v>
       </c>
       <c r="H80">
-        <v>8912</v>
+        <v>12482</v>
       </c>
       <c r="I80">
-        <v>8967</v>
+        <v>12474</v>
       </c>
       <c r="J80">
-        <v>9007</v>
+        <v>12511</v>
       </c>
       <c r="K80">
-        <v>9052</v>
+        <v>12515</v>
       </c>
       <c r="L80">
-        <v>9064</v>
+        <v>12565</v>
       </c>
       <c r="M80">
-        <v>9140</v>
+        <v>12541</v>
       </c>
       <c r="N80">
-        <v>9180</v>
+        <v>12528</v>
       </c>
       <c r="O80">
-        <v>9266</v>
+        <v>12546</v>
       </c>
       <c r="P80">
-        <v>9318</v>
+        <v>12561</v>
       </c>
       <c r="Q80">
-        <v>9372</v>
+        <v>12564</v>
       </c>
       <c r="R80">
-        <v>9407</v>
+        <v>12586</v>
       </c>
       <c r="S80">
-        <v>540</v>
+        <v>53</v>
       </c>
       <c r="T80" s="2">
-        <v>6.09</v>
+        <v>0.4229</v>
       </c>
     </row>
     <row r="81" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A81" t="s">
+        <v>156</v>
+      </c>
+      <c r="B81" t="s">
+        <v>170</v>
+      </c>
+      <c r="C81" t="s">
+        <v>158</v>
+      </c>
+      <c r="D81">
+        <v>1</v>
+      </c>
+      <c r="E81" t="s">
+        <v>30</v>
+      </c>
+      <c r="F81" t="s">
         <v>161</v>
       </c>
-      <c r="B81" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G81">
-        <v>7424</v>
+        <v>3615</v>
       </c>
       <c r="H81">
-        <v>7400</v>
+        <v>3575</v>
       </c>
       <c r="I81">
-        <v>7388</v>
+        <v>3555</v>
       </c>
       <c r="J81">
-        <v>7388</v>
+        <v>3535</v>
       </c>
       <c r="K81">
-        <v>7397</v>
+        <v>3520</v>
       </c>
       <c r="L81">
-        <v>7363</v>
+        <v>3489</v>
       </c>
       <c r="M81">
-        <v>7329</v>
+        <v>3462</v>
       </c>
       <c r="N81">
-        <v>7362</v>
+        <v>3450</v>
       </c>
       <c r="O81">
-        <v>7358</v>
+        <v>3447</v>
       </c>
       <c r="P81">
-        <v>7347</v>
+        <v>3424</v>
       </c>
       <c r="Q81">
-        <v>7335</v>
+        <v>3405</v>
       </c>
       <c r="R81">
-        <v>7311</v>
+        <v>3381</v>
       </c>
       <c r="S81">
-        <v>-113</v>
+        <v>-234</v>
       </c>
       <c r="T81" s="2">
-        <v>-1.5221</v>
+        <v>-6.4729999999999999</v>
       </c>
     </row>
     <row r="82" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A82" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B82" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C82" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D82">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E82" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F82" t="s">
-        <v>173</v>
+        <v>83</v>
       </c>
       <c r="G82">
-        <v>8230</v>
+        <v>11757</v>
       </c>
       <c r="H82">
-        <v>8216</v>
+        <v>11772</v>
       </c>
       <c r="I82">
-        <v>8215</v>
+        <v>11772</v>
       </c>
       <c r="J82">
-        <v>8215</v>
+        <v>11779</v>
       </c>
       <c r="K82">
-        <v>8204</v>
+        <v>11773</v>
       </c>
       <c r="L82">
-        <v>8191</v>
+        <v>11760</v>
       </c>
       <c r="M82">
-        <v>8210</v>
+        <v>11729</v>
       </c>
       <c r="N82">
-        <v>8180</v>
+        <v>11731</v>
       </c>
       <c r="O82">
-        <v>8195</v>
+        <v>11695</v>
       </c>
       <c r="P82">
-        <v>8197</v>
+        <v>11653</v>
       </c>
       <c r="Q82">
-        <v>8202</v>
+        <v>11643</v>
       </c>
       <c r="R82">
-        <v>8217</v>
+        <v>11616</v>
       </c>
       <c r="S82">
-        <v>-13</v>
+        <v>-141</v>
       </c>
       <c r="T82" s="2">
-        <v>-0.158</v>
+        <v>-1.1993</v>
       </c>
     </row>
     <row r="83" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B83" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C83" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D83">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E83" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F83" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="G83">
-        <v>12537</v>
+        <v>5904</v>
       </c>
       <c r="H83">
-        <v>12533</v>
+        <v>5848</v>
       </c>
       <c r="I83">
-        <v>12482</v>
+        <v>5828</v>
       </c>
       <c r="J83">
-        <v>12474</v>
+        <v>5822</v>
       </c>
       <c r="K83">
-        <v>12511</v>
+        <v>5818</v>
       </c>
       <c r="L83">
-        <v>12515</v>
+        <v>5794</v>
       </c>
       <c r="M83">
-        <v>12565</v>
+        <v>5749</v>
       </c>
       <c r="N83">
-        <v>12541</v>
+        <v>5724</v>
       </c>
       <c r="O83">
-        <v>12528</v>
+        <v>5703</v>
       </c>
       <c r="P83">
-        <v>12546</v>
+        <v>5698</v>
       </c>
       <c r="Q83">
-        <v>12561</v>
+        <v>5685</v>
       </c>
       <c r="R83">
-        <v>12564</v>
+        <v>5717</v>
       </c>
       <c r="S83">
-        <v>27</v>
+        <v>-187</v>
       </c>
       <c r="T83" s="2">
-        <v>0.21540000000000001</v>
+        <v>-3.1673</v>
       </c>
     </row>
     <row r="84" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B84" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C84" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D84">
         <v>1</v>
       </c>
       <c r="E84" t="s">
         <v>30</v>
       </c>
       <c r="F84" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="G84">
-        <v>3647</v>
+        <v>4838</v>
       </c>
       <c r="H84">
-        <v>3615</v>
+        <v>4838</v>
       </c>
       <c r="I84">
-        <v>3575</v>
+        <v>4836</v>
       </c>
       <c r="J84">
-        <v>3555</v>
+        <v>4845</v>
       </c>
       <c r="K84">
-        <v>3535</v>
+        <v>4851</v>
       </c>
       <c r="L84">
-        <v>3520</v>
+        <v>4848</v>
       </c>
       <c r="M84">
-        <v>3489</v>
+        <v>4831</v>
       </c>
       <c r="N84">
-        <v>3462</v>
+        <v>4823</v>
       </c>
       <c r="O84">
-        <v>3450</v>
+        <v>4811</v>
       </c>
       <c r="P84">
-        <v>3447</v>
+        <v>4813</v>
       </c>
       <c r="Q84">
-        <v>3424</v>
+        <v>4815</v>
       </c>
       <c r="R84">
-        <v>3405</v>
+        <v>4817</v>
       </c>
       <c r="S84">
-        <v>-242</v>
+        <v>-21</v>
       </c>
       <c r="T84" s="2">
-        <v>-6.6356000000000002</v>
+        <v>-0.43409999999999999</v>
       </c>
     </row>
     <row r="85" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B85" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C85" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D85">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E85" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F85" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="G85">
-        <v>11761</v>
+        <v>9578</v>
       </c>
       <c r="H85">
-        <v>11757</v>
+        <v>9591</v>
       </c>
       <c r="I85">
-        <v>11772</v>
+        <v>9609</v>
       </c>
       <c r="J85">
-        <v>11772</v>
+        <v>9615</v>
       </c>
       <c r="K85">
-        <v>11779</v>
+        <v>9632</v>
       </c>
       <c r="L85">
-        <v>11773</v>
+        <v>9610</v>
       </c>
       <c r="M85">
-        <v>11760</v>
+        <v>9618</v>
       </c>
       <c r="N85">
-        <v>11729</v>
+        <v>9602</v>
       </c>
       <c r="O85">
-        <v>11731</v>
+        <v>9607</v>
       </c>
       <c r="P85">
-        <v>11695</v>
+        <v>9600</v>
       </c>
       <c r="Q85">
-        <v>11653</v>
+        <v>9589</v>
       </c>
       <c r="R85">
-        <v>11643</v>
+        <v>9580</v>
       </c>
       <c r="S85">
-        <v>-118</v>
+        <v>2</v>
       </c>
       <c r="T85" s="2">
-        <v>-1.0033000000000001</v>
+        <v>2.0899999999999998E-2</v>
       </c>
     </row>
     <row r="86" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A86" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B86" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C86" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D86">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E86" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F86" t="s">
-        <v>83</v>
+        <v>35</v>
       </c>
       <c r="G86">
-        <v>5922</v>
+        <v>9487</v>
       </c>
       <c r="H86">
-        <v>5904</v>
+        <v>9480</v>
       </c>
       <c r="I86">
-        <v>5848</v>
+        <v>9485</v>
       </c>
       <c r="J86">
-        <v>5828</v>
+        <v>9454</v>
       </c>
       <c r="K86">
-        <v>5822</v>
+        <v>9419</v>
       </c>
       <c r="L86">
-        <v>5818</v>
+        <v>9420</v>
       </c>
       <c r="M86">
-        <v>5794</v>
+        <v>9422</v>
       </c>
       <c r="N86">
-        <v>5749</v>
+        <v>9431</v>
       </c>
       <c r="O86">
-        <v>5724</v>
+        <v>9432</v>
       </c>
       <c r="P86">
-        <v>5703</v>
+        <v>9401</v>
       </c>
       <c r="Q86">
-        <v>5698</v>
+        <v>9395</v>
       </c>
       <c r="R86">
-        <v>5685</v>
+        <v>9398</v>
       </c>
       <c r="S86">
-        <v>-237</v>
+        <v>-89</v>
       </c>
       <c r="T86" s="2">
-        <v>-4.0019999999999998</v>
+        <v>-0.93810000000000004</v>
       </c>
     </row>
     <row r="87" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A87" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B87" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C87" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D87">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E87" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F87" t="s">
-        <v>179</v>
+        <v>35</v>
       </c>
       <c r="G87">
-        <v>4818</v>
+        <v>11314</v>
       </c>
       <c r="H87">
-        <v>4838</v>
+        <v>11266</v>
       </c>
       <c r="I87">
-        <v>4838</v>
+        <v>11223</v>
       </c>
       <c r="J87">
-        <v>4836</v>
+        <v>11210</v>
       </c>
       <c r="K87">
-        <v>4845</v>
+        <v>11184</v>
       </c>
       <c r="L87">
-        <v>4851</v>
+        <v>11157</v>
       </c>
       <c r="M87">
-        <v>4848</v>
+        <v>11123</v>
       </c>
       <c r="N87">
-        <v>4831</v>
+        <v>11106</v>
       </c>
       <c r="O87">
-        <v>4823</v>
+        <v>11073</v>
       </c>
       <c r="P87">
-        <v>4811</v>
+        <v>11031</v>
       </c>
       <c r="Q87">
-        <v>4813</v>
+        <v>10992</v>
       </c>
       <c r="R87">
-        <v>4815</v>
+        <v>10941</v>
       </c>
       <c r="S87">
-        <v>-3</v>
+        <v>-373</v>
       </c>
       <c r="T87" s="2">
-        <v>-6.2300000000000001E-2</v>
+        <v>-3.2968000000000002</v>
       </c>
     </row>
     <row r="88" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A88" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B88" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C88" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D88">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E88" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F88" t="s">
-        <v>27</v>
+        <v>137</v>
       </c>
       <c r="G88">
-        <v>9578</v>
+        <v>3553</v>
       </c>
       <c r="H88">
-        <v>9578</v>
+        <v>3544</v>
       </c>
       <c r="I88">
-        <v>9591</v>
+        <v>3560</v>
       </c>
       <c r="J88">
-        <v>9609</v>
+        <v>3552</v>
       </c>
       <c r="K88">
-        <v>9615</v>
+        <v>3555</v>
       </c>
       <c r="L88">
-        <v>9632</v>
+        <v>3556</v>
       </c>
       <c r="M88">
-        <v>9610</v>
+        <v>3537</v>
       </c>
       <c r="N88">
-        <v>9618</v>
+        <v>3535</v>
       </c>
       <c r="O88">
-        <v>9602</v>
+        <v>3521</v>
       </c>
       <c r="P88">
-        <v>9607</v>
+        <v>3526</v>
       </c>
       <c r="Q88">
-        <v>9600</v>
+        <v>3520</v>
       </c>
       <c r="R88">
-        <v>9589</v>
+        <v>3521</v>
       </c>
       <c r="S88">
-        <v>11</v>
+        <v>-32</v>
       </c>
       <c r="T88" s="2">
-        <v>0.1148</v>
+        <v>-0.90059999999999996</v>
       </c>
     </row>
     <row r="89" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A89" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B89" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C89" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D89">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E89" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F89" t="s">
-        <v>35</v>
+        <v>180</v>
       </c>
       <c r="G89">
-        <v>9495</v>
+        <v>9815</v>
       </c>
       <c r="H89">
-        <v>9487</v>
+        <v>9815</v>
       </c>
       <c r="I89">
-        <v>9480</v>
+        <v>9822</v>
       </c>
       <c r="J89">
-        <v>9485</v>
+        <v>9854</v>
       </c>
       <c r="K89">
-        <v>9454</v>
+        <v>9886</v>
       </c>
       <c r="L89">
-        <v>9419</v>
+        <v>9888</v>
       </c>
       <c r="M89">
-        <v>9420</v>
+        <v>9904</v>
       </c>
       <c r="N89">
-        <v>9422</v>
+        <v>9906</v>
       </c>
       <c r="O89">
-        <v>9431</v>
+        <v>9893</v>
       </c>
       <c r="P89">
-        <v>9432</v>
+        <v>9885</v>
       </c>
       <c r="Q89">
-        <v>9401</v>
+        <v>9895</v>
       </c>
       <c r="R89">
-        <v>9395</v>
+        <v>9881</v>
       </c>
       <c r="S89">
-        <v>-100</v>
+        <v>66</v>
       </c>
       <c r="T89" s="2">
-        <v>-1.0531999999999999</v>
+        <v>0.6724</v>
       </c>
     </row>
     <row r="90" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A90" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B90" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C90" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D90">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E90" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F90" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G90">
-        <v>11314</v>
+        <v>7386</v>
       </c>
       <c r="H90">
-        <v>11314</v>
+        <v>7356</v>
       </c>
       <c r="I90">
-        <v>11266</v>
+        <v>7283</v>
       </c>
       <c r="J90">
-        <v>11223</v>
+        <v>7252</v>
       </c>
       <c r="K90">
-        <v>11210</v>
+        <v>7225</v>
       </c>
       <c r="L90">
-        <v>11184</v>
+        <v>7197</v>
       </c>
       <c r="M90">
-        <v>11157</v>
+        <v>7141</v>
       </c>
       <c r="N90">
-        <v>11123</v>
+        <v>7134</v>
       </c>
       <c r="O90">
-        <v>11106</v>
+        <v>7091</v>
       </c>
       <c r="P90">
-        <v>11073</v>
+        <v>7062</v>
       </c>
       <c r="Q90">
-        <v>11031</v>
+        <v>7028</v>
       </c>
       <c r="R90">
-        <v>10992</v>
+        <v>7006</v>
       </c>
       <c r="S90">
-        <v>-322</v>
+        <v>-380</v>
       </c>
       <c r="T90" s="2">
-        <v>-2.8460000000000001</v>
+        <v>-5.1448999999999998</v>
       </c>
     </row>
     <row r="91" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A91" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B91" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C91" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D91">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E91" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F91" t="s">
-        <v>137</v>
+        <v>35</v>
       </c>
       <c r="G91">
-        <v>3557</v>
+        <v>10541</v>
       </c>
       <c r="H91">
-        <v>3553</v>
+        <v>10474</v>
       </c>
       <c r="I91">
-        <v>3544</v>
+        <v>10461</v>
       </c>
       <c r="J91">
-        <v>3560</v>
+        <v>10473</v>
       </c>
       <c r="K91">
-        <v>3552</v>
+        <v>10442</v>
       </c>
       <c r="L91">
-        <v>3555</v>
+        <v>10421</v>
       </c>
       <c r="M91">
-        <v>3556</v>
+        <v>10435</v>
       </c>
       <c r="N91">
-        <v>3537</v>
+        <v>10415</v>
       </c>
       <c r="O91">
-        <v>3535</v>
+        <v>10389</v>
       </c>
       <c r="P91">
-        <v>3521</v>
+        <v>10379</v>
       </c>
       <c r="Q91">
-        <v>3526</v>
+        <v>10353</v>
       </c>
       <c r="R91">
-        <v>3520</v>
+        <v>10332</v>
       </c>
       <c r="S91">
-        <v>-37</v>
+        <v>-209</v>
       </c>
       <c r="T91" s="2">
-        <v>-1.0402</v>
+        <v>-1.9826999999999999</v>
       </c>
     </row>
     <row r="92" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A92" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B92" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C92" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D92">
         <v>2</v>
       </c>
       <c r="E92" t="s">
         <v>23</v>
       </c>
       <c r="F92" t="s">
-        <v>185</v>
+        <v>81</v>
       </c>
       <c r="G92">
-        <v>9792</v>
+        <v>4964</v>
       </c>
       <c r="H92">
-        <v>9815</v>
+        <v>4888</v>
       </c>
       <c r="I92">
-        <v>9815</v>
+        <v>4819</v>
       </c>
       <c r="J92">
-        <v>9822</v>
+        <v>4794</v>
       </c>
       <c r="K92">
-        <v>9854</v>
+        <v>4761</v>
       </c>
       <c r="L92">
-        <v>9886</v>
+        <v>4685</v>
       </c>
       <c r="M92">
-        <v>9888</v>
+        <v>4629</v>
       </c>
       <c r="N92">
-        <v>9904</v>
+        <v>4562</v>
       </c>
       <c r="O92">
-        <v>9906</v>
+        <v>4507</v>
       </c>
       <c r="P92">
-        <v>9893</v>
+        <v>4460</v>
       </c>
       <c r="Q92">
-        <v>9885</v>
+        <v>4397</v>
       </c>
       <c r="R92">
-        <v>9895</v>
+        <v>4344</v>
       </c>
       <c r="S92">
-        <v>103</v>
+        <v>-620</v>
       </c>
       <c r="T92" s="2">
-        <v>1.0519000000000001</v>
+        <v>-12.4899</v>
       </c>
     </row>
     <row r="93" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A93" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B93" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C93" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D93">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E93" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F93" t="s">
-        <v>27</v>
+        <v>185</v>
       </c>
       <c r="G93">
-        <v>7445</v>
+        <v>5110</v>
       </c>
       <c r="H93">
-        <v>7386</v>
+        <v>5113</v>
       </c>
       <c r="I93">
-        <v>7356</v>
+        <v>5086</v>
       </c>
       <c r="J93">
-        <v>7283</v>
+        <v>5069</v>
       </c>
       <c r="K93">
-        <v>7252</v>
+        <v>5055</v>
       </c>
       <c r="L93">
-        <v>7225</v>
+        <v>5062</v>
       </c>
       <c r="M93">
-        <v>7197</v>
+        <v>5069</v>
       </c>
       <c r="N93">
-        <v>7141</v>
+        <v>5051</v>
       </c>
       <c r="O93">
-        <v>7134</v>
+        <v>5036</v>
       </c>
       <c r="P93">
-        <v>7091</v>
+        <v>5043</v>
       </c>
       <c r="Q93">
-        <v>7062</v>
+        <v>5021</v>
       </c>
       <c r="R93">
-        <v>7028</v>
+        <v>5011</v>
       </c>
       <c r="S93">
-        <v>-417</v>
+        <v>-99</v>
       </c>
       <c r="T93" s="2">
-        <v>-5.6010999999999997</v>
+        <v>-1.9374</v>
       </c>
     </row>
     <row r="94" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A94" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B94" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C94" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D94">
         <v>3</v>
       </c>
       <c r="E94" t="s">
         <v>34</v>
       </c>
       <c r="F94" t="s">
         <v>35</v>
       </c>
       <c r="G94">
-        <v>10558</v>
+        <v>14165</v>
       </c>
       <c r="H94">
-        <v>10541</v>
+        <v>14212</v>
       </c>
       <c r="I94">
-        <v>10474</v>
+        <v>14191</v>
       </c>
       <c r="J94">
-        <v>10461</v>
+        <v>14189</v>
       </c>
       <c r="K94">
-        <v>10473</v>
+        <v>14143</v>
       </c>
       <c r="L94">
-        <v>10442</v>
+        <v>14116</v>
       </c>
       <c r="M94">
-        <v>10421</v>
+        <v>14074</v>
       </c>
       <c r="N94">
-        <v>10435</v>
+        <v>14072</v>
       </c>
       <c r="O94">
-        <v>10415</v>
+        <v>14022</v>
       </c>
       <c r="P94">
-        <v>10389</v>
+        <v>14008</v>
       </c>
       <c r="Q94">
-        <v>10379</v>
+        <v>13999</v>
       </c>
       <c r="R94">
-        <v>10353</v>
+        <v>14006</v>
       </c>
       <c r="S94">
-        <v>-205</v>
+        <v>-159</v>
       </c>
       <c r="T94" s="2">
-        <v>-1.9417</v>
+        <v>-1.1225000000000001</v>
       </c>
     </row>
     <row r="95" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A95" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B95" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C95" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D95">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E95" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F95" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="G95">
-        <v>5014</v>
+        <v>17066</v>
       </c>
       <c r="H95">
-        <v>4964</v>
+        <v>16975</v>
       </c>
       <c r="I95">
-        <v>4888</v>
+        <v>16567</v>
       </c>
       <c r="J95">
-        <v>4819</v>
+        <v>16195</v>
       </c>
       <c r="K95">
-        <v>4794</v>
+        <v>15983</v>
       </c>
       <c r="L95">
-        <v>4761</v>
+        <v>15868</v>
       </c>
       <c r="M95">
-        <v>4685</v>
+        <v>15712</v>
       </c>
       <c r="N95">
-        <v>4629</v>
+        <v>15602</v>
       </c>
       <c r="O95">
-        <v>4562</v>
+        <v>15466</v>
       </c>
       <c r="P95">
-        <v>4507</v>
+        <v>15354</v>
       </c>
       <c r="Q95">
-        <v>4460</v>
+        <v>15152</v>
       </c>
       <c r="R95">
-        <v>4397</v>
+        <v>15023</v>
       </c>
       <c r="S95">
-        <v>-617</v>
+        <v>-2043</v>
       </c>
       <c r="T95" s="2">
-        <v>-12.3055</v>
+        <v>-11.9712</v>
       </c>
     </row>
     <row r="96" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A96" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B96" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C96" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D96">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E96" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F96" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="G96">
-        <v>5101</v>
+        <v>8660</v>
       </c>
       <c r="H96">
-        <v>5110</v>
+        <v>8657</v>
       </c>
       <c r="I96">
-        <v>5113</v>
+        <v>8627</v>
       </c>
       <c r="J96">
-        <v>5086</v>
+        <v>8634</v>
       </c>
       <c r="K96">
-        <v>5069</v>
+        <v>8622</v>
       </c>
       <c r="L96">
-        <v>5055</v>
+        <v>8599</v>
       </c>
       <c r="M96">
-        <v>5062</v>
+        <v>8582</v>
       </c>
       <c r="N96">
-        <v>5069</v>
+        <v>8539</v>
       </c>
       <c r="O96">
-        <v>5051</v>
+        <v>8524</v>
       </c>
       <c r="P96">
-        <v>5036</v>
+        <v>8519</v>
       </c>
       <c r="Q96">
-        <v>5043</v>
+        <v>8502</v>
       </c>
       <c r="R96">
-        <v>5021</v>
+        <v>8484</v>
       </c>
       <c r="S96">
-        <v>-80</v>
+        <v>-176</v>
       </c>
       <c r="T96" s="2">
-        <v>-1.5683</v>
+        <v>-2.0323000000000002</v>
       </c>
     </row>
     <row r="97" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A97" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B97" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C97" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D97">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E97" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F97" t="s">
-        <v>35</v>
+        <v>108</v>
       </c>
       <c r="G97">
-        <v>14117</v>
+        <v>13415</v>
       </c>
       <c r="H97">
-        <v>14165</v>
+        <v>13386</v>
       </c>
       <c r="I97">
-        <v>14212</v>
+        <v>13381</v>
       </c>
       <c r="J97">
-        <v>14191</v>
+        <v>13349</v>
       </c>
       <c r="K97">
-        <v>14189</v>
+        <v>13340</v>
       </c>
       <c r="L97">
-        <v>14143</v>
+        <v>13328</v>
       </c>
       <c r="M97">
-        <v>14116</v>
+        <v>13286</v>
       </c>
       <c r="N97">
-        <v>14074</v>
+        <v>13261</v>
       </c>
       <c r="O97">
-        <v>14072</v>
+        <v>13239</v>
       </c>
       <c r="P97">
-        <v>14022</v>
+        <v>13213</v>
       </c>
       <c r="Q97">
-        <v>14008</v>
+        <v>13183</v>
       </c>
       <c r="R97">
-        <v>13999</v>
+        <v>13172</v>
       </c>
       <c r="S97">
-        <v>-118</v>
+        <v>-243</v>
       </c>
       <c r="T97" s="2">
-        <v>-0.83589999999999998</v>
+        <v>-1.8113999999999999</v>
       </c>
     </row>
     <row r="98" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A98" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B98" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C98" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D98">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E98" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F98" t="s">
-        <v>35</v>
+        <v>191</v>
       </c>
       <c r="G98">
-        <v>17109</v>
+        <v>2699</v>
       </c>
       <c r="H98">
-        <v>17066</v>
+        <v>2698</v>
       </c>
       <c r="I98">
-        <v>16975</v>
+        <v>2697</v>
       </c>
       <c r="J98">
-        <v>16567</v>
+        <v>2694</v>
       </c>
       <c r="K98">
-        <v>16195</v>
+        <v>2692</v>
       </c>
       <c r="L98">
-        <v>15983</v>
+        <v>2673</v>
       </c>
       <c r="M98">
-        <v>15868</v>
+        <v>2661</v>
       </c>
       <c r="N98">
-        <v>15712</v>
+        <v>2661</v>
       </c>
       <c r="O98">
-        <v>15602</v>
+        <v>2647</v>
       </c>
       <c r="P98">
-        <v>15466</v>
+        <v>2645</v>
       </c>
       <c r="Q98">
-        <v>15354</v>
+        <v>2648</v>
       </c>
       <c r="R98">
-        <v>15152</v>
+        <v>2637</v>
       </c>
       <c r="S98">
-        <v>-1957</v>
+        <v>-62</v>
       </c>
       <c r="T98" s="2">
-        <v>-11.4384</v>
+        <v>-2.2970999999999999</v>
       </c>
     </row>
     <row r="99" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A99" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B99" t="s">
+        <v>192</v>
+      </c>
+      <c r="C99" t="s">
+        <v>158</v>
+      </c>
+      <c r="D99">
+        <v>5</v>
+      </c>
+      <c r="E99" t="s">
+        <v>40</v>
+      </c>
+      <c r="F99" t="s">
         <v>193</v>
       </c>
-      <c r="C99" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G99">
-        <v>8665</v>
+        <v>10195</v>
       </c>
       <c r="H99">
-        <v>8660</v>
+        <v>10184</v>
       </c>
       <c r="I99">
-        <v>8657</v>
+        <v>10171</v>
       </c>
       <c r="J99">
-        <v>8627</v>
+        <v>10184</v>
       </c>
       <c r="K99">
-        <v>8634</v>
+        <v>10152</v>
       </c>
       <c r="L99">
-        <v>8622</v>
+        <v>10122</v>
       </c>
       <c r="M99">
-        <v>8599</v>
+        <v>10092</v>
       </c>
       <c r="N99">
-        <v>8582</v>
+        <v>10078</v>
       </c>
       <c r="O99">
-        <v>8539</v>
+        <v>10039</v>
       </c>
       <c r="P99">
-        <v>8524</v>
+        <v>10021</v>
       </c>
       <c r="Q99">
-        <v>8519</v>
+        <v>10018</v>
       </c>
       <c r="R99">
-        <v>8502</v>
+        <v>9998</v>
       </c>
       <c r="S99">
-        <v>-163</v>
+        <v>-197</v>
       </c>
       <c r="T99" s="2">
-        <v>-1.8811</v>
+        <v>-1.9322999999999999</v>
       </c>
     </row>
     <row r="100" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A100" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B100" t="s">
         <v>194</v>
       </c>
       <c r="C100" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D100">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E100" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="F100" t="s">
-        <v>108</v>
+        <v>27</v>
       </c>
       <c r="G100">
-        <v>13429</v>
+        <v>8962</v>
       </c>
       <c r="H100">
-        <v>13415</v>
+        <v>8959</v>
       </c>
       <c r="I100">
-        <v>13386</v>
+        <v>8972</v>
       </c>
       <c r="J100">
-        <v>13381</v>
+        <v>8953</v>
       </c>
       <c r="K100">
-        <v>13349</v>
+        <v>8952</v>
       </c>
       <c r="L100">
-        <v>13340</v>
+        <v>8966</v>
       </c>
       <c r="M100">
-        <v>13328</v>
+        <v>8982</v>
       </c>
       <c r="N100">
-        <v>13286</v>
+        <v>8977</v>
       </c>
       <c r="O100">
-        <v>13261</v>
+        <v>8983</v>
       </c>
       <c r="P100">
-        <v>13239</v>
+        <v>8981</v>
       </c>
       <c r="Q100">
-        <v>13213</v>
+        <v>8976</v>
       </c>
       <c r="R100">
-        <v>13183</v>
+        <v>8994</v>
       </c>
       <c r="S100">
-        <v>-246</v>
+        <v>32</v>
       </c>
       <c r="T100" s="2">
-        <v>-1.8319000000000001</v>
+        <v>0.35709999999999997</v>
       </c>
     </row>
     <row r="101" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A101" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B101" t="s">
         <v>195</v>
       </c>
       <c r="C101" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D101">
         <v>5</v>
       </c>
       <c r="E101" t="s">
         <v>40</v>
       </c>
       <c r="F101" t="s">
-        <v>196</v>
+        <v>73</v>
       </c>
       <c r="G101">
-        <v>2711</v>
+        <v>7769</v>
       </c>
       <c r="H101">
-        <v>2699</v>
+        <v>7762</v>
       </c>
       <c r="I101">
-        <v>2698</v>
+        <v>7770</v>
       </c>
       <c r="J101">
-        <v>2697</v>
+        <v>7760</v>
       </c>
       <c r="K101">
-        <v>2694</v>
+        <v>7762</v>
       </c>
       <c r="L101">
-        <v>2692</v>
+        <v>7749</v>
       </c>
       <c r="M101">
-        <v>2673</v>
+        <v>7764</v>
       </c>
       <c r="N101">
-        <v>2661</v>
+        <v>7767</v>
       </c>
       <c r="O101">
-        <v>2661</v>
+        <v>7767</v>
       </c>
       <c r="P101">
-        <v>2647</v>
+        <v>7764</v>
       </c>
       <c r="Q101">
-        <v>2645</v>
+        <v>7774</v>
       </c>
       <c r="R101">
-        <v>2648</v>
+        <v>7771</v>
       </c>
       <c r="S101">
-        <v>-63</v>
+        <v>2</v>
       </c>
       <c r="T101" s="2">
-        <v>-2.3239000000000001</v>
+        <v>2.5700000000000001E-2</v>
       </c>
     </row>
     <row r="102" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A102" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B102" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C102" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D102">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E102" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F102" t="s">
-        <v>198</v>
+        <v>83</v>
       </c>
       <c r="G102">
-        <v>10227</v>
+        <v>10197</v>
       </c>
       <c r="H102">
-        <v>10195</v>
+        <v>10174</v>
       </c>
       <c r="I102">
-        <v>10184</v>
+        <v>10123</v>
       </c>
       <c r="J102">
-        <v>10171</v>
+        <v>10112</v>
       </c>
       <c r="K102">
-        <v>10184</v>
+        <v>10105</v>
       </c>
       <c r="L102">
-        <v>10152</v>
+        <v>10075</v>
       </c>
       <c r="M102">
-        <v>10122</v>
+        <v>10044</v>
       </c>
       <c r="N102">
-        <v>10092</v>
+        <v>9999</v>
       </c>
       <c r="O102">
-        <v>10078</v>
+        <v>9986</v>
       </c>
       <c r="P102">
-        <v>10039</v>
+        <v>9993</v>
       </c>
       <c r="Q102">
-        <v>10021</v>
+        <v>9984</v>
       </c>
       <c r="R102">
-        <v>10018</v>
+        <v>9965</v>
       </c>
       <c r="S102">
-        <v>-209</v>
+        <v>-232</v>
       </c>
       <c r="T102" s="2">
-        <v>-2.0436000000000001</v>
+        <v>-2.2751999999999999</v>
       </c>
     </row>
     <row r="103" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A103" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B103" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C103" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D103">
         <v>4</v>
       </c>
       <c r="E103" t="s">
         <v>26</v>
       </c>
       <c r="F103" t="s">
-        <v>27</v>
+        <v>198</v>
       </c>
       <c r="G103">
-        <v>8944</v>
+        <v>8234</v>
       </c>
       <c r="H103">
-        <v>8962</v>
+        <v>8221</v>
       </c>
       <c r="I103">
-        <v>8959</v>
+        <v>8183</v>
       </c>
       <c r="J103">
-        <v>8972</v>
+        <v>8173</v>
       </c>
       <c r="K103">
-        <v>8953</v>
+        <v>8177</v>
       </c>
       <c r="L103">
-        <v>8952</v>
+        <v>8191</v>
       </c>
       <c r="M103">
-        <v>8966</v>
+        <v>8195</v>
       </c>
       <c r="N103">
-        <v>8982</v>
+        <v>8176</v>
       </c>
       <c r="O103">
-        <v>8977</v>
+        <v>8174</v>
       </c>
       <c r="P103">
-        <v>8983</v>
+        <v>8166</v>
       </c>
       <c r="Q103">
-        <v>8981</v>
+        <v>8147</v>
       </c>
       <c r="R103">
-        <v>8976</v>
+        <v>8131</v>
       </c>
       <c r="S103">
-        <v>32</v>
+        <v>-103</v>
       </c>
       <c r="T103" s="2">
-        <v>0.35780000000000001</v>
+        <v>-1.2508999999999999</v>
       </c>
     </row>
     <row r="104" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A104" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B104" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C104" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D104">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E104" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="F104" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
       <c r="G104">
-        <v>7772</v>
+        <v>4112</v>
       </c>
       <c r="H104">
-        <v>7769</v>
+        <v>4113</v>
       </c>
       <c r="I104">
-        <v>7762</v>
+        <v>4146</v>
       </c>
       <c r="J104">
-        <v>7770</v>
+        <v>4166</v>
       </c>
       <c r="K104">
-        <v>7760</v>
+        <v>4176</v>
       </c>
       <c r="L104">
-        <v>7762</v>
+        <v>4177</v>
       </c>
       <c r="M104">
-        <v>7749</v>
+        <v>4204</v>
       </c>
       <c r="N104">
-        <v>7764</v>
+        <v>4209</v>
       </c>
       <c r="O104">
-        <v>7767</v>
+        <v>4212</v>
       </c>
       <c r="P104">
-        <v>7767</v>
+        <v>4207</v>
       </c>
       <c r="Q104">
-        <v>7764</v>
+        <v>4213</v>
       </c>
       <c r="R104">
-        <v>7774</v>
+        <v>4210</v>
       </c>
       <c r="S104">
-        <v>2</v>
+        <v>98</v>
       </c>
       <c r="T104" s="2">
-        <v>2.5700000000000001E-2</v>
+        <v>2.3833000000000002</v>
       </c>
     </row>
     <row r="105" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A105" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B105" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C105" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D105">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E105" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F105" t="s">
-        <v>83</v>
+        <v>121</v>
       </c>
       <c r="G105">
-        <v>10211</v>
+        <v>7190</v>
       </c>
       <c r="H105">
-        <v>10197</v>
+        <v>7198</v>
       </c>
       <c r="I105">
-        <v>10174</v>
+        <v>7196</v>
       </c>
       <c r="J105">
-        <v>10123</v>
+        <v>7199</v>
       </c>
       <c r="K105">
-        <v>10112</v>
+        <v>7203</v>
       </c>
       <c r="L105">
-        <v>10105</v>
+        <v>7194</v>
       </c>
       <c r="M105">
-        <v>10075</v>
+        <v>7184</v>
       </c>
       <c r="N105">
-        <v>10044</v>
+        <v>7190</v>
       </c>
       <c r="O105">
-        <v>9999</v>
+        <v>7191</v>
       </c>
       <c r="P105">
-        <v>9986</v>
+        <v>7179</v>
       </c>
       <c r="Q105">
-        <v>9993</v>
+        <v>7184</v>
       </c>
       <c r="R105">
-        <v>9984</v>
+        <v>7187</v>
       </c>
       <c r="S105">
-        <v>-227</v>
+        <v>-3</v>
       </c>
       <c r="T105" s="2">
-        <v>-2.2231000000000001</v>
+        <v>-4.1700000000000001E-2</v>
       </c>
     </row>
     <row r="106" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A106" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B106" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C106" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D106">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E106" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F106" t="s">
-        <v>203</v>
+        <v>35</v>
       </c>
       <c r="G106">
-        <v>8245</v>
+        <v>10773</v>
       </c>
       <c r="H106">
-        <v>8234</v>
+        <v>10738</v>
       </c>
       <c r="I106">
-        <v>8221</v>
+        <v>10727</v>
       </c>
       <c r="J106">
-        <v>8183</v>
+        <v>10730</v>
       </c>
       <c r="K106">
-        <v>8173</v>
+        <v>10729</v>
       </c>
       <c r="L106">
-        <v>8177</v>
+        <v>10739</v>
       </c>
       <c r="M106">
-        <v>8191</v>
+        <v>10718</v>
       </c>
       <c r="N106">
-        <v>8195</v>
+        <v>10694</v>
       </c>
       <c r="O106">
-        <v>8176</v>
+        <v>10646</v>
       </c>
       <c r="P106">
-        <v>8174</v>
+        <v>10633</v>
       </c>
       <c r="Q106">
-        <v>8166</v>
+        <v>10618</v>
       </c>
       <c r="R106">
-        <v>8147</v>
+        <v>10617</v>
       </c>
       <c r="S106">
-        <v>-98</v>
+        <v>-156</v>
       </c>
       <c r="T106" s="2">
-        <v>-1.1886000000000001</v>
+        <v>-1.4480999999999999</v>
       </c>
     </row>
     <row r="107" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A107" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B107" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C107" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D107">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E107" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F107" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="G107">
-        <v>4088</v>
+        <v>3524</v>
       </c>
       <c r="H107">
-        <v>4112</v>
+        <v>3535</v>
       </c>
       <c r="I107">
-        <v>4113</v>
+        <v>3541</v>
       </c>
       <c r="J107">
-        <v>4146</v>
+        <v>3546</v>
       </c>
       <c r="K107">
-        <v>4166</v>
+        <v>3562</v>
       </c>
       <c r="L107">
-        <v>4176</v>
+        <v>3557</v>
       </c>
       <c r="M107">
-        <v>4177</v>
+        <v>3550</v>
       </c>
       <c r="N107">
-        <v>4204</v>
+        <v>3547</v>
       </c>
       <c r="O107">
-        <v>4209</v>
+        <v>3544</v>
       </c>
       <c r="P107">
-        <v>4212</v>
+        <v>3536</v>
       </c>
       <c r="Q107">
-        <v>4207</v>
+        <v>3526</v>
       </c>
       <c r="R107">
-        <v>4213</v>
+        <v>3531</v>
       </c>
       <c r="S107">
-        <v>125</v>
+        <v>7</v>
       </c>
       <c r="T107" s="2">
-        <v>3.0577000000000001</v>
+        <v>0.1986</v>
       </c>
     </row>
     <row r="108" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A108" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B108" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C108" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D108">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E108" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F108" t="s">
-        <v>121</v>
+        <v>35</v>
       </c>
       <c r="G108">
-        <v>7199</v>
+        <v>11324</v>
       </c>
       <c r="H108">
-        <v>7190</v>
+        <v>11276</v>
       </c>
       <c r="I108">
-        <v>7198</v>
+        <v>11226</v>
       </c>
       <c r="J108">
-        <v>7196</v>
+        <v>11145</v>
       </c>
       <c r="K108">
-        <v>7199</v>
+        <v>11104</v>
       </c>
       <c r="L108">
-        <v>7203</v>
+        <v>11023</v>
       </c>
       <c r="M108">
-        <v>7194</v>
+        <v>10960</v>
       </c>
       <c r="N108">
-        <v>7184</v>
+        <v>10907</v>
       </c>
       <c r="O108">
-        <v>7190</v>
+        <v>10846</v>
       </c>
       <c r="P108">
-        <v>7191</v>
+        <v>10828</v>
       </c>
       <c r="Q108">
-        <v>7179</v>
+        <v>10712</v>
       </c>
       <c r="R108">
-        <v>7184</v>
+        <v>10714</v>
       </c>
       <c r="S108">
-        <v>-15</v>
+        <v>-610</v>
       </c>
       <c r="T108" s="2">
-        <v>-0.2084</v>
+        <v>-5.3868</v>
       </c>
     </row>
     <row r="109" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A109" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B109" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C109" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D109">
         <v>3</v>
       </c>
       <c r="E109" t="s">
         <v>34</v>
       </c>
       <c r="F109" t="s">
         <v>35</v>
       </c>
       <c r="G109">
-        <v>10410</v>
+        <v>2450</v>
       </c>
       <c r="H109">
-        <v>10773</v>
+        <v>2516</v>
       </c>
       <c r="I109">
-        <v>10738</v>
+        <v>2573</v>
       </c>
       <c r="J109">
-        <v>10727</v>
+        <v>2618</v>
       </c>
       <c r="K109">
-        <v>10730</v>
+        <v>2647</v>
       </c>
       <c r="L109">
-        <v>10729</v>
+        <v>2772</v>
       </c>
       <c r="M109">
-        <v>10739</v>
+        <v>2901</v>
       </c>
       <c r="N109">
-        <v>10718</v>
+        <v>2994</v>
       </c>
       <c r="O109">
-        <v>10694</v>
+        <v>3023</v>
       </c>
       <c r="P109">
-        <v>10646</v>
+        <v>3059</v>
       </c>
       <c r="Q109">
-        <v>10633</v>
+        <v>3113</v>
       </c>
       <c r="R109">
-        <v>10618</v>
+        <v>3146</v>
       </c>
       <c r="S109">
-        <v>208</v>
+        <v>696</v>
       </c>
       <c r="T109" s="2">
-        <v>1.9981</v>
+        <v>28.408200000000001</v>
       </c>
     </row>
     <row r="110" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A110" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B110" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C110" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D110">
+        <v>5</v>
+      </c>
+      <c r="E110" t="s">
+        <v>40</v>
+      </c>
+      <c r="F110" t="s">
+        <v>206</v>
+      </c>
+      <c r="G110">
+        <v>6705</v>
+      </c>
+      <c r="H110">
+        <v>6712</v>
+      </c>
+      <c r="I110">
+        <v>6711</v>
+      </c>
+      <c r="J110">
+        <v>6727</v>
+      </c>
+      <c r="K110">
+        <v>6738</v>
+      </c>
+      <c r="L110">
+        <v>6761</v>
+      </c>
+      <c r="M110">
+        <v>6778</v>
+      </c>
+      <c r="N110">
+        <v>6766</v>
+      </c>
+      <c r="O110">
+        <v>6751</v>
+      </c>
+      <c r="P110">
+        <v>6732</v>
+      </c>
+      <c r="Q110">
+        <v>6721</v>
+      </c>
+      <c r="R110">
+        <v>6709</v>
+      </c>
+      <c r="S110">
         <v>4</v>
       </c>
-      <c r="E110" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="T110" s="2">
-        <v>0.37009999999999998</v>
+        <v>5.9700000000000003E-2</v>
       </c>
     </row>
     <row r="111" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A111" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B111" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C111" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D111">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E111" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F111" t="s">
-        <v>35</v>
+        <v>114</v>
       </c>
       <c r="G111">
-        <v>11344</v>
+        <v>10107</v>
       </c>
       <c r="H111">
-        <v>11324</v>
+        <v>10089</v>
       </c>
       <c r="I111">
-        <v>11276</v>
+        <v>10062</v>
       </c>
       <c r="J111">
-        <v>11226</v>
+        <v>10046</v>
       </c>
       <c r="K111">
-        <v>11145</v>
+        <v>10032</v>
       </c>
       <c r="L111">
-        <v>11104</v>
+        <v>10007</v>
       </c>
       <c r="M111">
-        <v>11023</v>
+        <v>9993</v>
       </c>
       <c r="N111">
-        <v>10960</v>
+        <v>9992</v>
       </c>
       <c r="O111">
-        <v>10907</v>
+        <v>9960</v>
       </c>
       <c r="P111">
-        <v>10846</v>
+        <v>9976</v>
       </c>
       <c r="Q111">
-        <v>10828</v>
+        <v>9960</v>
       </c>
       <c r="R111">
-        <v>10712</v>
+        <v>9928</v>
       </c>
       <c r="S111">
-        <v>-632</v>
+        <v>-179</v>
       </c>
       <c r="T111" s="2">
-        <v>-5.5712000000000002</v>
+        <v>-1.7709999999999999</v>
       </c>
     </row>
     <row r="112" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A112" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B112" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C112" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D112">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E112" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F112" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="G112">
-        <v>2336</v>
+        <v>7114</v>
       </c>
       <c r="H112">
-        <v>2450</v>
+        <v>7151</v>
       </c>
       <c r="I112">
-        <v>2516</v>
+        <v>7154</v>
       </c>
       <c r="J112">
-        <v>2573</v>
+        <v>7149</v>
       </c>
       <c r="K112">
-        <v>2618</v>
+        <v>7153</v>
       </c>
       <c r="L112">
-        <v>2647</v>
+        <v>7161</v>
       </c>
       <c r="M112">
-        <v>2772</v>
+        <v>7184</v>
       </c>
       <c r="N112">
-        <v>2901</v>
+        <v>7182</v>
       </c>
       <c r="O112">
-        <v>2994</v>
+        <v>7182</v>
       </c>
       <c r="P112">
-        <v>3023</v>
+        <v>7167</v>
       </c>
       <c r="Q112">
-        <v>3059</v>
+        <v>7170</v>
       </c>
       <c r="R112">
-        <v>3113</v>
+        <v>7193</v>
       </c>
       <c r="S112">
-        <v>777</v>
+        <v>79</v>
       </c>
       <c r="T112" s="2">
-        <v>33.262</v>
+        <v>1.1105</v>
       </c>
     </row>
     <row r="113" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A113" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B113" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C113" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D113">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E113" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="F113" t="s">
-        <v>211</v>
+        <v>67</v>
       </c>
       <c r="G113">
-        <v>6720</v>
+        <v>9773</v>
       </c>
       <c r="H113">
-        <v>6705</v>
+        <v>9749</v>
       </c>
       <c r="I113">
-        <v>6712</v>
+        <v>9725</v>
       </c>
       <c r="J113">
-        <v>6711</v>
+        <v>9678</v>
       </c>
       <c r="K113">
-        <v>6727</v>
+        <v>9680</v>
       </c>
       <c r="L113">
-        <v>6738</v>
+        <v>9633</v>
       </c>
       <c r="M113">
-        <v>6761</v>
+        <v>9577</v>
       </c>
       <c r="N113">
-        <v>6778</v>
+        <v>9565</v>
       </c>
       <c r="O113">
-        <v>6766</v>
+        <v>9551</v>
       </c>
       <c r="P113">
-        <v>6751</v>
+        <v>9531</v>
       </c>
       <c r="Q113">
-        <v>6732</v>
+        <v>9514</v>
       </c>
       <c r="R113">
-        <v>6721</v>
+        <v>9499</v>
       </c>
       <c r="S113">
-        <v>1</v>
+        <v>-274</v>
       </c>
       <c r="T113" s="2">
-        <v>1.49E-2</v>
+        <v>-2.8035999999999999</v>
       </c>
     </row>
     <row r="114" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A114" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B114" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C114" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D114">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E114" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F114" t="s">
-        <v>114</v>
+        <v>211</v>
       </c>
       <c r="G114">
-        <v>10147</v>
+        <v>4032</v>
       </c>
       <c r="H114">
-        <v>10107</v>
+        <v>4035</v>
       </c>
       <c r="I114">
-        <v>10089</v>
+        <v>4030</v>
       </c>
       <c r="J114">
-        <v>10062</v>
+        <v>4026</v>
       </c>
       <c r="K114">
-        <v>10046</v>
+        <v>4006</v>
       </c>
       <c r="L114">
-        <v>10032</v>
+        <v>3979</v>
       </c>
       <c r="M114">
-        <v>10007</v>
+        <v>3976</v>
       </c>
       <c r="N114">
-        <v>9993</v>
+        <v>3961</v>
       </c>
       <c r="O114">
-        <v>9992</v>
+        <v>3938</v>
       </c>
       <c r="P114">
-        <v>9960</v>
+        <v>3901</v>
       </c>
       <c r="Q114">
-        <v>9976</v>
+        <v>3891</v>
       </c>
       <c r="R114">
-        <v>9960</v>
+        <v>3871</v>
       </c>
       <c r="S114">
-        <v>-187</v>
+        <v>-161</v>
       </c>
       <c r="T114" s="2">
-        <v>-1.8429</v>
+        <v>-3.9931000000000001</v>
       </c>
     </row>
     <row r="115" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A115" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B115" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C115" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D115">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E115" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F115" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="G115">
-        <v>7055</v>
+        <v>8132</v>
       </c>
       <c r="H115">
-        <v>7114</v>
+        <v>8116</v>
       </c>
       <c r="I115">
-        <v>7151</v>
+        <v>8111</v>
       </c>
       <c r="J115">
-        <v>7154</v>
+        <v>8094</v>
       </c>
       <c r="K115">
-        <v>7149</v>
+        <v>8092</v>
       </c>
       <c r="L115">
-        <v>7153</v>
+        <v>8104</v>
       </c>
       <c r="M115">
-        <v>7161</v>
+        <v>8133</v>
       </c>
       <c r="N115">
-        <v>7184</v>
+        <v>8131</v>
       </c>
       <c r="O115">
-        <v>7182</v>
+        <v>8117</v>
       </c>
       <c r="P115">
-        <v>7182</v>
+        <v>8128</v>
       </c>
       <c r="Q115">
-        <v>7167</v>
+        <v>8104</v>
       </c>
       <c r="R115">
-        <v>7170</v>
+        <v>8071</v>
       </c>
       <c r="S115">
-        <v>115</v>
+        <v>-61</v>
       </c>
       <c r="T115" s="2">
-        <v>1.63</v>
+        <v>-0.75009999999999999</v>
       </c>
     </row>
     <row r="116" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A116" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B116" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C116" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D116">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E116" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F116" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="G116">
-        <v>9816</v>
+        <v>9583</v>
       </c>
       <c r="H116">
-        <v>9773</v>
+        <v>9586</v>
       </c>
       <c r="I116">
-        <v>9749</v>
+        <v>9583</v>
       </c>
       <c r="J116">
-        <v>9725</v>
+        <v>9601</v>
       </c>
       <c r="K116">
-        <v>9678</v>
+        <v>9631</v>
       </c>
       <c r="L116">
-        <v>9680</v>
+        <v>9625</v>
       </c>
       <c r="M116">
-        <v>9633</v>
+        <v>9605</v>
       </c>
       <c r="N116">
-        <v>9577</v>
+        <v>9610</v>
       </c>
       <c r="O116">
-        <v>9565</v>
+        <v>9592</v>
       </c>
       <c r="P116">
-        <v>9551</v>
+        <v>9568</v>
       </c>
       <c r="Q116">
-        <v>9531</v>
+        <v>9579</v>
       </c>
       <c r="R116">
-        <v>9514</v>
+        <v>9614</v>
       </c>
       <c r="S116">
-        <v>-302</v>
+        <v>31</v>
       </c>
       <c r="T116" s="2">
-        <v>-3.0766</v>
+        <v>0.32350000000000001</v>
       </c>
     </row>
     <row r="117" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A117" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B117" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C117" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D117">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E117" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F117" t="s">
-        <v>216</v>
+        <v>35</v>
       </c>
       <c r="G117">
-        <v>4038</v>
+        <v>9606</v>
       </c>
       <c r="H117">
-        <v>4032</v>
+        <v>9607</v>
       </c>
       <c r="I117">
-        <v>4035</v>
+        <v>9584</v>
       </c>
       <c r="J117">
-        <v>4030</v>
+        <v>9562</v>
       </c>
       <c r="K117">
-        <v>4026</v>
+        <v>9567</v>
       </c>
       <c r="L117">
-        <v>4006</v>
+        <v>9552</v>
       </c>
       <c r="M117">
-        <v>3979</v>
+        <v>9546</v>
       </c>
       <c r="N117">
-        <v>3976</v>
+        <v>9520</v>
       </c>
       <c r="O117">
-        <v>3961</v>
+        <v>9493</v>
       </c>
       <c r="P117">
-        <v>3938</v>
+        <v>9484</v>
       </c>
       <c r="Q117">
-        <v>3901</v>
+        <v>9437</v>
       </c>
       <c r="R117">
-        <v>3891</v>
+        <v>9436</v>
       </c>
       <c r="S117">
-        <v>-147</v>
+        <v>-170</v>
       </c>
       <c r="T117" s="2">
-        <v>-3.6404000000000001</v>
+        <v>-1.7697000000000001</v>
       </c>
     </row>
     <row r="118" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A118" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B118" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C118" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D118">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E118" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F118" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="G118">
-        <v>8152</v>
+        <v>9050</v>
       </c>
       <c r="H118">
-        <v>8132</v>
+        <v>8998</v>
       </c>
       <c r="I118">
-        <v>8116</v>
+        <v>8944</v>
       </c>
       <c r="J118">
-        <v>8111</v>
+        <v>8915</v>
       </c>
       <c r="K118">
-        <v>8094</v>
+        <v>8869</v>
       </c>
       <c r="L118">
-        <v>8092</v>
+        <v>8863</v>
       </c>
       <c r="M118">
-        <v>8104</v>
+        <v>8819</v>
       </c>
       <c r="N118">
-        <v>8133</v>
+        <v>8780</v>
       </c>
       <c r="O118">
-        <v>8131</v>
+        <v>8733</v>
       </c>
       <c r="P118">
-        <v>8117</v>
+        <v>8709</v>
       </c>
       <c r="Q118">
-        <v>8128</v>
+        <v>8695</v>
       </c>
       <c r="R118">
-        <v>8104</v>
+        <v>8692</v>
       </c>
       <c r="S118">
-        <v>-48</v>
+        <v>-358</v>
       </c>
       <c r="T118" s="2">
-        <v>-0.58879999999999999</v>
+        <v>-3.9558</v>
       </c>
     </row>
     <row r="119" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A119" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B119" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="C119" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D119">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E119" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F119" t="s">
-        <v>31</v>
+        <v>180</v>
       </c>
       <c r="G119">
-        <v>9574</v>
+        <v>18741</v>
       </c>
       <c r="H119">
-        <v>9583</v>
+        <v>18741</v>
       </c>
       <c r="I119">
-        <v>9586</v>
+        <v>18741</v>
       </c>
       <c r="J119">
-        <v>9583</v>
+        <v>18745</v>
       </c>
       <c r="K119">
-        <v>9601</v>
+        <v>18735</v>
       </c>
       <c r="L119">
-        <v>9631</v>
+        <v>18714</v>
       </c>
       <c r="M119">
-        <v>9625</v>
+        <v>18716</v>
       </c>
       <c r="N119">
-        <v>9605</v>
+        <v>18689</v>
       </c>
       <c r="O119">
-        <v>9610</v>
+        <v>18688</v>
       </c>
       <c r="P119">
-        <v>9592</v>
+        <v>18697</v>
       </c>
       <c r="Q119">
-        <v>9568</v>
+        <v>18657</v>
       </c>
       <c r="R119">
-        <v>9579</v>
+        <v>18640</v>
       </c>
       <c r="S119">
-        <v>5</v>
+        <v>-101</v>
       </c>
       <c r="T119" s="2">
-        <v>5.2200000000000003E-2</v>
+        <v>-0.53890000000000005</v>
       </c>
     </row>
     <row r="120" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A120" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B120" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C120" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D120">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E120" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F120" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="G120">
-        <v>9543</v>
+        <v>9378</v>
       </c>
       <c r="H120">
-        <v>9606</v>
+        <v>9338</v>
       </c>
       <c r="I120">
-        <v>9607</v>
+        <v>9315</v>
       </c>
       <c r="J120">
-        <v>9584</v>
+        <v>9308</v>
       </c>
       <c r="K120">
-        <v>9562</v>
+        <v>9289</v>
       </c>
       <c r="L120">
-        <v>9567</v>
+        <v>9278</v>
       </c>
       <c r="M120">
-        <v>9552</v>
+        <v>9237</v>
       </c>
       <c r="N120">
-        <v>9546</v>
+        <v>9147</v>
       </c>
       <c r="O120">
-        <v>9520</v>
+        <v>9084</v>
       </c>
       <c r="P120">
-        <v>9493</v>
+        <v>9055</v>
       </c>
       <c r="Q120">
-        <v>9484</v>
+        <v>9042</v>
       </c>
       <c r="R120">
-        <v>9437</v>
+        <v>9016</v>
       </c>
       <c r="S120">
-        <v>-106</v>
+        <v>-362</v>
       </c>
       <c r="T120" s="2">
-        <v>-1.1108</v>
+        <v>-3.8601000000000001</v>
       </c>
     </row>
     <row r="121" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A121" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B121" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C121" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D121">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E121" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F121" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="G121">
-        <v>9107</v>
+        <v>8587</v>
       </c>
       <c r="H121">
-        <v>9050</v>
+        <v>8592</v>
       </c>
       <c r="I121">
-        <v>8998</v>
+        <v>8607</v>
       </c>
       <c r="J121">
-        <v>8944</v>
+        <v>8619</v>
       </c>
       <c r="K121">
-        <v>8915</v>
+        <v>8637</v>
       </c>
       <c r="L121">
-        <v>8869</v>
+        <v>8631</v>
       </c>
       <c r="M121">
-        <v>8863</v>
+        <v>8627</v>
       </c>
       <c r="N121">
-        <v>8819</v>
+        <v>8616</v>
       </c>
       <c r="O121">
-        <v>8780</v>
+        <v>8602</v>
       </c>
       <c r="P121">
-        <v>8733</v>
+        <v>8605</v>
       </c>
       <c r="Q121">
-        <v>8709</v>
+        <v>8604</v>
       </c>
       <c r="R121">
-        <v>8695</v>
+        <v>8619</v>
       </c>
       <c r="S121">
-        <v>-412</v>
+        <v>32</v>
       </c>
       <c r="T121" s="2">
-        <v>-4.524</v>
+        <v>0.37269999999999998</v>
       </c>
     </row>
     <row r="122" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A122" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B122" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C122" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D122">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E122" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F122" t="s">
-        <v>185</v>
+        <v>63</v>
       </c>
       <c r="G122">
-        <v>18732</v>
+        <v>6554</v>
       </c>
       <c r="H122">
-        <v>18741</v>
+        <v>6548</v>
       </c>
       <c r="I122">
-        <v>18741</v>
+        <v>6557</v>
       </c>
       <c r="J122">
-        <v>18741</v>
+        <v>6565</v>
       </c>
       <c r="K122">
-        <v>18745</v>
+        <v>6575</v>
       </c>
       <c r="L122">
-        <v>18735</v>
+        <v>6559</v>
       </c>
       <c r="M122">
-        <v>18714</v>
+        <v>6541</v>
       </c>
       <c r="N122">
-        <v>18716</v>
+        <v>6519</v>
       </c>
       <c r="O122">
-        <v>18689</v>
+        <v>6507</v>
       </c>
       <c r="P122">
-        <v>18688</v>
+        <v>6489</v>
       </c>
       <c r="Q122">
-        <v>18697</v>
+        <v>6476</v>
       </c>
       <c r="R122">
-        <v>18657</v>
+        <v>6453</v>
       </c>
       <c r="S122">
-        <v>-75</v>
+        <v>-101</v>
       </c>
       <c r="T122" s="2">
-        <v>-0.40039999999999998</v>
+        <v>-1.5409999999999999</v>
       </c>
     </row>
     <row r="123" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A123" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B123" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C123" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D123">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E123" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F123" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="G123">
-        <v>9399</v>
+        <v>10050</v>
       </c>
       <c r="H123">
-        <v>9378</v>
+        <v>9618</v>
       </c>
       <c r="I123">
-        <v>9338</v>
+        <v>9439</v>
       </c>
       <c r="J123">
-        <v>9315</v>
+        <v>9357</v>
       </c>
       <c r="K123">
-        <v>9308</v>
+        <v>9258</v>
       </c>
       <c r="L123">
-        <v>9289</v>
+        <v>9179</v>
       </c>
       <c r="M123">
-        <v>9278</v>
+        <v>9080</v>
       </c>
       <c r="N123">
-        <v>9237</v>
+        <v>9014</v>
       </c>
       <c r="O123">
-        <v>9147</v>
+        <v>8927</v>
       </c>
       <c r="P123">
-        <v>9084</v>
+        <v>8886</v>
       </c>
       <c r="Q123">
-        <v>9055</v>
+        <v>8847</v>
       </c>
       <c r="R123">
-        <v>9042</v>
+        <v>8817</v>
       </c>
       <c r="S123">
-        <v>-357</v>
+        <v>-1233</v>
       </c>
       <c r="T123" s="2">
-        <v>-3.7982999999999998</v>
+        <v>-12.268700000000001</v>
       </c>
     </row>
     <row r="124" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A124" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B124" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C124" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D124">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E124" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F124" t="s">
-        <v>83</v>
+        <v>35</v>
       </c>
       <c r="G124">
-        <v>8588</v>
+        <v>10185</v>
       </c>
       <c r="H124">
-        <v>8587</v>
+        <v>10197</v>
       </c>
       <c r="I124">
-        <v>8592</v>
+        <v>10167</v>
       </c>
       <c r="J124">
-        <v>8607</v>
+        <v>10151</v>
       </c>
       <c r="K124">
-        <v>8619</v>
+        <v>10138</v>
       </c>
       <c r="L124">
-        <v>8637</v>
+        <v>10148</v>
       </c>
       <c r="M124">
-        <v>8631</v>
+        <v>10135</v>
       </c>
       <c r="N124">
-        <v>8627</v>
+        <v>10148</v>
       </c>
       <c r="O124">
-        <v>8616</v>
+        <v>10127</v>
       </c>
       <c r="P124">
-        <v>8602</v>
+        <v>10100</v>
       </c>
       <c r="Q124">
-        <v>8605</v>
+        <v>10074</v>
       </c>
       <c r="R124">
-        <v>8604</v>
+        <v>10042</v>
       </c>
       <c r="S124">
-        <v>16</v>
+        <v>-143</v>
       </c>
       <c r="T124" s="2">
-        <v>0.18629999999999999</v>
+        <v>-1.4039999999999999</v>
       </c>
     </row>
     <row r="125" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A125" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B125" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C125" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D125">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E125" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F125" t="s">
-        <v>63</v>
+        <v>223</v>
       </c>
       <c r="G125">
-        <v>6577</v>
+        <v>14554</v>
       </c>
       <c r="H125">
-        <v>6554</v>
+        <v>14529</v>
       </c>
       <c r="I125">
-        <v>6548</v>
+        <v>14525</v>
       </c>
       <c r="J125">
-        <v>6557</v>
+        <v>14510</v>
       </c>
       <c r="K125">
-        <v>6565</v>
+        <v>14474</v>
       </c>
       <c r="L125">
-        <v>6575</v>
+        <v>14424</v>
       </c>
       <c r="M125">
-        <v>6559</v>
+        <v>14400</v>
       </c>
       <c r="N125">
-        <v>6541</v>
+        <v>14406</v>
       </c>
       <c r="O125">
-        <v>6519</v>
+        <v>14401</v>
       </c>
       <c r="P125">
-        <v>6507</v>
+        <v>14389</v>
       </c>
       <c r="Q125">
-        <v>6489</v>
+        <v>14363</v>
       </c>
       <c r="R125">
-        <v>6476</v>
+        <v>14351</v>
       </c>
       <c r="S125">
-        <v>-101</v>
+        <v>-203</v>
       </c>
       <c r="T125" s="2">
-        <v>-1.5357000000000001</v>
+        <v>-1.3948</v>
       </c>
     </row>
     <row r="126" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A126" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B126" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="C126" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D126">
         <v>3</v>
       </c>
       <c r="E126" t="s">
         <v>34</v>
       </c>
       <c r="F126" t="s">
         <v>35</v>
       </c>
       <c r="G126">
-        <v>6524</v>
+        <v>9878</v>
       </c>
       <c r="H126">
-        <v>10050</v>
+        <v>9864</v>
       </c>
       <c r="I126">
-        <v>9618</v>
+        <v>9844</v>
       </c>
       <c r="J126">
-        <v>9439</v>
+        <v>9826</v>
       </c>
       <c r="K126">
-        <v>9357</v>
+        <v>9852</v>
       </c>
       <c r="L126">
-        <v>9258</v>
+        <v>9861</v>
       </c>
       <c r="M126">
-        <v>9179</v>
+        <v>9867</v>
       </c>
       <c r="N126">
-        <v>9080</v>
+        <v>9850</v>
       </c>
       <c r="O126">
-        <v>9014</v>
+        <v>9842</v>
       </c>
       <c r="P126">
-        <v>8927</v>
+        <v>9844</v>
       </c>
       <c r="Q126">
-        <v>8886</v>
+        <v>9829</v>
       </c>
       <c r="R126">
-        <v>8847</v>
+        <v>9857</v>
       </c>
       <c r="S126">
-        <v>2323</v>
+        <v>-21</v>
       </c>
       <c r="T126" s="2">
-        <v>35.606999999999999</v>
+        <v>-0.21260000000000001</v>
       </c>
     </row>
     <row r="127" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A127" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B127" t="s">
+        <v>225</v>
+      </c>
+      <c r="C127" t="s">
+        <v>158</v>
+      </c>
+      <c r="D127">
+        <v>1</v>
+      </c>
+      <c r="E127" t="s">
+        <v>30</v>
+      </c>
+      <c r="F127" t="s">
         <v>226</v>
       </c>
-      <c r="C127" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G127">
-        <v>10205</v>
+        <v>7817</v>
       </c>
       <c r="H127">
-        <v>10185</v>
+        <v>7811</v>
       </c>
       <c r="I127">
-        <v>10197</v>
+        <v>7812</v>
       </c>
       <c r="J127">
-        <v>10167</v>
+        <v>7817</v>
       </c>
       <c r="K127">
-        <v>10151</v>
+        <v>7806</v>
       </c>
       <c r="L127">
-        <v>10138</v>
+        <v>7802</v>
       </c>
       <c r="M127">
-        <v>10148</v>
+        <v>7777</v>
       </c>
       <c r="N127">
-        <v>10135</v>
+        <v>7784</v>
       </c>
       <c r="O127">
-        <v>10148</v>
+        <v>7780</v>
       </c>
       <c r="P127">
-        <v>10127</v>
+        <v>7772</v>
       </c>
       <c r="Q127">
-        <v>10100</v>
+        <v>7732</v>
       </c>
       <c r="R127">
-        <v>10074</v>
+        <v>7752</v>
       </c>
       <c r="S127">
-        <v>-131</v>
+        <v>-65</v>
       </c>
       <c r="T127" s="2">
-        <v>-1.2837000000000001</v>
+        <v>-0.83150000000000002</v>
       </c>
     </row>
     <row r="128" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A128" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B128" t="s">
         <v>227</v>
       </c>
       <c r="C128" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D128">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E128" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F128" t="s">
         <v>228</v>
       </c>
       <c r="G128">
-        <v>14564</v>
+        <v>8480</v>
       </c>
       <c r="H128">
-        <v>14554</v>
+        <v>8463</v>
       </c>
       <c r="I128">
-        <v>14529</v>
+        <v>8435</v>
       </c>
       <c r="J128">
-        <v>14525</v>
+        <v>8432</v>
       </c>
       <c r="K128">
-        <v>14510</v>
+        <v>8423</v>
       </c>
       <c r="L128">
-        <v>14474</v>
+        <v>8397</v>
       </c>
       <c r="M128">
-        <v>14424</v>
+        <v>8394</v>
       </c>
       <c r="N128">
-        <v>14400</v>
+        <v>8368</v>
       </c>
       <c r="O128">
-        <v>14406</v>
+        <v>8351</v>
       </c>
       <c r="P128">
-        <v>14401</v>
+        <v>8330</v>
       </c>
       <c r="Q128">
-        <v>14389</v>
+        <v>8304</v>
       </c>
       <c r="R128">
-        <v>14363</v>
+        <v>8296</v>
       </c>
       <c r="S128">
-        <v>-201</v>
+        <v>-184</v>
       </c>
       <c r="T128" s="2">
-        <v>-1.3801000000000001</v>
+        <v>-2.1698</v>
       </c>
     </row>
     <row r="129" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A129" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B129" t="s">
         <v>229</v>
       </c>
       <c r="C129" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D129">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E129" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F129" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="G129">
-        <v>9875</v>
+        <v>13172</v>
       </c>
       <c r="H129">
-        <v>9878</v>
+        <v>13171</v>
       </c>
       <c r="I129">
-        <v>9864</v>
+        <v>13163</v>
       </c>
       <c r="J129">
-        <v>9844</v>
+        <v>13125</v>
       </c>
       <c r="K129">
-        <v>9826</v>
+        <v>13102</v>
       </c>
       <c r="L129">
-        <v>9852</v>
+        <v>13080</v>
       </c>
       <c r="M129">
-        <v>9861</v>
+        <v>13069</v>
       </c>
       <c r="N129">
-        <v>9867</v>
+        <v>13067</v>
       </c>
       <c r="O129">
-        <v>9850</v>
+        <v>13057</v>
       </c>
       <c r="P129">
-        <v>9842</v>
+        <v>13035</v>
       </c>
       <c r="Q129">
-        <v>9844</v>
+        <v>13015</v>
       </c>
       <c r="R129">
-        <v>9829</v>
+        <v>13003</v>
       </c>
       <c r="S129">
-        <v>-46</v>
+        <v>-169</v>
       </c>
       <c r="T129" s="2">
-        <v>-0.46579999999999999</v>
+        <v>-1.2829999999999999</v>
       </c>
     </row>
     <row r="130" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A130" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B130" t="s">
         <v>230</v>
       </c>
       <c r="C130" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D130">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E130" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F130" t="s">
-        <v>231</v>
+        <v>41</v>
       </c>
       <c r="G130">
-        <v>7794</v>
+        <v>8988</v>
       </c>
       <c r="H130">
-        <v>7817</v>
+        <v>8980</v>
       </c>
       <c r="I130">
-        <v>7811</v>
+        <v>8940</v>
       </c>
       <c r="J130">
-        <v>7812</v>
+        <v>8959</v>
       </c>
       <c r="K130">
-        <v>7817</v>
+        <v>8982</v>
       </c>
       <c r="L130">
-        <v>7806</v>
+        <v>8972</v>
       </c>
       <c r="M130">
-        <v>7802</v>
+        <v>8963</v>
       </c>
       <c r="N130">
-        <v>7777</v>
+        <v>8973</v>
       </c>
       <c r="O130">
-        <v>7784</v>
+        <v>8959</v>
       </c>
       <c r="P130">
-        <v>7780</v>
+        <v>8950</v>
       </c>
       <c r="Q130">
-        <v>7772</v>
+        <v>8916</v>
       </c>
       <c r="R130">
-        <v>7732</v>
+        <v>8923</v>
       </c>
       <c r="S130">
-        <v>-62</v>
+        <v>-65</v>
       </c>
       <c r="T130" s="2">
-        <v>-0.79549999999999998</v>
+        <v>-0.72319999999999995</v>
       </c>
     </row>
     <row r="131" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A131" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B131" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C131" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D131">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E131" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F131" t="s">
-        <v>233</v>
+        <v>73</v>
       </c>
       <c r="G131">
-        <v>8487</v>
+        <v>13511</v>
       </c>
       <c r="H131">
-        <v>8480</v>
+        <v>13475</v>
       </c>
       <c r="I131">
-        <v>8463</v>
+        <v>13478</v>
       </c>
       <c r="J131">
-        <v>8435</v>
+        <v>13441</v>
       </c>
       <c r="K131">
-        <v>8432</v>
+        <v>13421</v>
       </c>
       <c r="L131">
-        <v>8423</v>
+        <v>13385</v>
       </c>
       <c r="M131">
-        <v>8397</v>
+        <v>13367</v>
       </c>
       <c r="N131">
-        <v>8394</v>
+        <v>13365</v>
       </c>
       <c r="O131">
-        <v>8368</v>
+        <v>13328</v>
       </c>
       <c r="P131">
-        <v>8351</v>
+        <v>13302</v>
       </c>
       <c r="Q131">
-        <v>8330</v>
+        <v>13257</v>
       </c>
       <c r="R131">
-        <v>8304</v>
+        <v>13244</v>
       </c>
       <c r="S131">
-        <v>-183</v>
+        <v>-267</v>
       </c>
       <c r="T131" s="2">
-        <v>-2.1562000000000001</v>
+        <v>-1.9762</v>
       </c>
     </row>
     <row r="132" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A132" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B132" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C132" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D132">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E132" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="F132" t="s">
-        <v>99</v>
+        <v>233</v>
       </c>
       <c r="G132">
-        <v>13175</v>
+        <v>4460</v>
       </c>
       <c r="H132">
-        <v>13172</v>
+        <v>4455</v>
       </c>
       <c r="I132">
-        <v>13171</v>
+        <v>4457</v>
       </c>
       <c r="J132">
-        <v>13163</v>
+        <v>4473</v>
       </c>
       <c r="K132">
-        <v>13125</v>
+        <v>4476</v>
       </c>
       <c r="L132">
-        <v>13102</v>
+        <v>4466</v>
       </c>
       <c r="M132">
-        <v>13080</v>
+        <v>4466</v>
       </c>
       <c r="N132">
-        <v>13069</v>
+        <v>4464</v>
       </c>
       <c r="O132">
-        <v>13067</v>
+        <v>4480</v>
       </c>
       <c r="P132">
-        <v>13057</v>
+        <v>4469</v>
       </c>
       <c r="Q132">
-        <v>13035</v>
+        <v>4475</v>
       </c>
       <c r="R132">
-        <v>13015</v>
+        <v>4486</v>
       </c>
       <c r="S132">
-        <v>-160</v>
+        <v>26</v>
       </c>
       <c r="T132" s="2">
-        <v>-1.2143999999999999</v>
+        <v>0.58299999999999996</v>
       </c>
     </row>
     <row r="133" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A133" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B133" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C133" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D133">
         <v>5</v>
       </c>
       <c r="E133" t="s">
         <v>40</v>
       </c>
       <c r="F133" t="s">
         <v>41</v>
       </c>
       <c r="G133">
-        <v>8999</v>
+        <v>11542</v>
       </c>
       <c r="H133">
-        <v>8988</v>
+        <v>11550</v>
       </c>
       <c r="I133">
-        <v>8980</v>
+        <v>11549</v>
       </c>
       <c r="J133">
-        <v>8940</v>
+        <v>11519</v>
       </c>
       <c r="K133">
-        <v>8959</v>
+        <v>11541</v>
       </c>
       <c r="L133">
-        <v>8982</v>
+        <v>11518</v>
       </c>
       <c r="M133">
-        <v>8972</v>
+        <v>11465</v>
       </c>
       <c r="N133">
-        <v>8963</v>
+        <v>11459</v>
       </c>
       <c r="O133">
-        <v>8973</v>
+        <v>11462</v>
       </c>
       <c r="P133">
-        <v>8959</v>
+        <v>11480</v>
       </c>
       <c r="Q133">
-        <v>8950</v>
+        <v>11466</v>
       </c>
       <c r="R133">
-        <v>8916</v>
+        <v>11469</v>
       </c>
       <c r="S133">
-        <v>-83</v>
+        <v>-73</v>
       </c>
       <c r="T133" s="2">
-        <v>-0.92230000000000001</v>
+        <v>-0.63249999999999995</v>
       </c>
     </row>
     <row r="134" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A134" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B134" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C134" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D134">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E134" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F134" t="s">
-        <v>73</v>
+        <v>35</v>
       </c>
       <c r="G134">
-        <v>13517</v>
+        <v>14848</v>
       </c>
       <c r="H134">
-        <v>13511</v>
+        <v>14736</v>
       </c>
       <c r="I134">
-        <v>13475</v>
+        <v>14647</v>
       </c>
       <c r="J134">
-        <v>13478</v>
+        <v>14524</v>
       </c>
       <c r="K134">
-        <v>13441</v>
+        <v>14469</v>
       </c>
       <c r="L134">
-        <v>13421</v>
+        <v>14363</v>
       </c>
       <c r="M134">
-        <v>13385</v>
+        <v>14287</v>
       </c>
       <c r="N134">
-        <v>13367</v>
+        <v>14236</v>
       </c>
       <c r="O134">
-        <v>13365</v>
+        <v>14184</v>
       </c>
       <c r="P134">
-        <v>13328</v>
+        <v>14122</v>
       </c>
       <c r="Q134">
-        <v>13302</v>
+        <v>14064</v>
       </c>
       <c r="R134">
-        <v>13257</v>
+        <v>13998</v>
       </c>
       <c r="S134">
-        <v>-260</v>
+        <v>-850</v>
       </c>
       <c r="T134" s="2">
-        <v>-1.9235</v>
+        <v>-5.7247000000000003</v>
       </c>
     </row>
     <row r="135" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A135" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B135" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="C135" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D135">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E135" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F135" t="s">
-        <v>238</v>
+        <v>35</v>
       </c>
       <c r="G135">
-        <v>4458</v>
+        <v>7556</v>
       </c>
       <c r="H135">
-        <v>4460</v>
+        <v>7540</v>
       </c>
       <c r="I135">
-        <v>4455</v>
+        <v>7531</v>
       </c>
       <c r="J135">
-        <v>4457</v>
+        <v>7526</v>
       </c>
       <c r="K135">
-        <v>4473</v>
+        <v>7522</v>
       </c>
       <c r="L135">
-        <v>4476</v>
+        <v>7519</v>
       </c>
       <c r="M135">
-        <v>4466</v>
+        <v>7532</v>
       </c>
       <c r="N135">
-        <v>4466</v>
+        <v>7566</v>
       </c>
       <c r="O135">
-        <v>4464</v>
+        <v>7477</v>
       </c>
       <c r="P135">
-        <v>4480</v>
+        <v>7482</v>
       </c>
       <c r="Q135">
-        <v>4469</v>
+        <v>7490</v>
       </c>
       <c r="R135">
-        <v>4475</v>
+        <v>7499</v>
       </c>
       <c r="S135">
-        <v>17</v>
+        <v>-57</v>
       </c>
       <c r="T135" s="2">
-        <v>0.38129999999999997</v>
+        <v>-0.75439999999999996</v>
       </c>
     </row>
     <row r="136" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A136" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B136" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C136" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D136">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E136" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="F136" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="G136">
-        <v>11575</v>
+        <v>11136</v>
       </c>
       <c r="H136">
-        <v>11542</v>
+        <v>11150</v>
       </c>
       <c r="I136">
-        <v>11550</v>
+        <v>11143</v>
       </c>
       <c r="J136">
-        <v>11549</v>
+        <v>11135</v>
       </c>
       <c r="K136">
-        <v>11519</v>
+        <v>11093</v>
       </c>
       <c r="L136">
-        <v>11541</v>
+        <v>11125</v>
       </c>
       <c r="M136">
-        <v>11518</v>
+        <v>11135</v>
       </c>
       <c r="N136">
-        <v>11465</v>
+        <v>11188</v>
       </c>
       <c r="O136">
-        <v>11459</v>
+        <v>11187</v>
       </c>
       <c r="P136">
-        <v>11462</v>
+        <v>11203</v>
       </c>
       <c r="Q136">
-        <v>11480</v>
+        <v>11207</v>
       </c>
       <c r="R136">
-        <v>11466</v>
+        <v>11231</v>
       </c>
       <c r="S136">
-        <v>-109</v>
+        <v>95</v>
       </c>
       <c r="T136" s="2">
-        <v>-0.94169999999999998</v>
+        <v>0.85309999999999997</v>
       </c>
     </row>
     <row r="137" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A137" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B137" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C137" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D137">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E137" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F137" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G137">
-        <v>14931</v>
+        <v>8759</v>
       </c>
       <c r="H137">
-        <v>14848</v>
+        <v>8773</v>
       </c>
       <c r="I137">
-        <v>14736</v>
+        <v>8770</v>
       </c>
       <c r="J137">
-        <v>14647</v>
+        <v>8760</v>
       </c>
       <c r="K137">
-        <v>14524</v>
+        <v>8763</v>
       </c>
       <c r="L137">
-        <v>14469</v>
+        <v>8747</v>
       </c>
       <c r="M137">
-        <v>14363</v>
+        <v>8746</v>
       </c>
       <c r="N137">
-        <v>14287</v>
+        <v>8725</v>
       </c>
       <c r="O137">
-        <v>14236</v>
+        <v>8710</v>
       </c>
       <c r="P137">
-        <v>14184</v>
+        <v>8721</v>
       </c>
       <c r="Q137">
-        <v>14122</v>
+        <v>8727</v>
       </c>
       <c r="R137">
-        <v>14064</v>
+        <v>8725</v>
       </c>
       <c r="S137">
-        <v>-867</v>
+        <v>-34</v>
       </c>
       <c r="T137" s="2">
-        <v>-5.8067000000000002</v>
+        <v>-0.38819999999999999</v>
       </c>
     </row>
     <row r="138" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A138" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B138" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C138" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D138">
         <v>3</v>
       </c>
       <c r="E138" t="s">
         <v>34</v>
       </c>
       <c r="F138" t="s">
         <v>35</v>
       </c>
       <c r="G138">
-        <v>7566</v>
+        <v>8835</v>
       </c>
       <c r="H138">
-        <v>7556</v>
+        <v>8800</v>
       </c>
       <c r="I138">
-        <v>7540</v>
+        <v>8777</v>
       </c>
       <c r="J138">
-        <v>7531</v>
+        <v>8727</v>
       </c>
       <c r="K138">
-        <v>7526</v>
+        <v>8727</v>
       </c>
       <c r="L138">
-        <v>7522</v>
+        <v>8694</v>
       </c>
       <c r="M138">
-        <v>7519</v>
+        <v>8682</v>
       </c>
       <c r="N138">
-        <v>7532</v>
+        <v>8686</v>
       </c>
       <c r="O138">
-        <v>7566</v>
+        <v>8652</v>
       </c>
       <c r="P138">
-        <v>7477</v>
+        <v>8613</v>
       </c>
       <c r="Q138">
-        <v>7482</v>
+        <v>8594</v>
       </c>
       <c r="R138">
-        <v>7490</v>
+        <v>8593</v>
       </c>
       <c r="S138">
-        <v>-76</v>
+        <v>-242</v>
       </c>
       <c r="T138" s="2">
-        <v>-1.0044999999999999</v>
+        <v>-2.7391000000000001</v>
       </c>
     </row>
     <row r="139" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A139" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B139" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C139" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D139">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E139" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F139" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="G139">
-        <v>11120</v>
+        <v>7366</v>
       </c>
       <c r="H139">
-        <v>11136</v>
+        <v>7362</v>
       </c>
       <c r="I139">
-        <v>11150</v>
+        <v>7366</v>
       </c>
       <c r="J139">
-        <v>11143</v>
+        <v>7369</v>
       </c>
       <c r="K139">
-        <v>11135</v>
+        <v>7362</v>
       </c>
       <c r="L139">
-        <v>11093</v>
+        <v>7362</v>
       </c>
       <c r="M139">
-        <v>11125</v>
+        <v>7365</v>
       </c>
       <c r="N139">
-        <v>11135</v>
+        <v>7356</v>
       </c>
       <c r="O139">
-        <v>11188</v>
+        <v>7313</v>
       </c>
       <c r="P139">
-        <v>11187</v>
+        <v>7290</v>
       </c>
       <c r="Q139">
-        <v>11203</v>
+        <v>7262</v>
       </c>
       <c r="R139">
-        <v>11207</v>
+        <v>7224</v>
       </c>
       <c r="S139">
-        <v>87</v>
+        <v>-142</v>
       </c>
       <c r="T139" s="2">
-        <v>0.78239999999999998</v>
+        <v>-1.9278</v>
       </c>
     </row>
     <row r="140" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A140" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B140" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C140" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D140">
         <v>4</v>
       </c>
       <c r="E140" t="s">
         <v>26</v>
       </c>
       <c r="F140" t="s">
         <v>27</v>
       </c>
       <c r="G140">
-        <v>8754</v>
+        <v>5626</v>
       </c>
       <c r="H140">
-        <v>8759</v>
+        <v>5581</v>
       </c>
       <c r="I140">
-        <v>8773</v>
+        <v>5550</v>
       </c>
       <c r="J140">
-        <v>8770</v>
+        <v>5525</v>
       </c>
       <c r="K140">
-        <v>8760</v>
+        <v>5476</v>
       </c>
       <c r="L140">
-        <v>8763</v>
+        <v>5461</v>
       </c>
       <c r="M140">
-        <v>8747</v>
+        <v>5444</v>
       </c>
       <c r="N140">
-        <v>8746</v>
+        <v>5439</v>
       </c>
       <c r="O140">
-        <v>8725</v>
+        <v>5405</v>
       </c>
       <c r="P140">
-        <v>8710</v>
+        <v>5390</v>
       </c>
       <c r="Q140">
-        <v>8721</v>
+        <v>5367</v>
       </c>
       <c r="R140">
-        <v>8727</v>
+        <v>5343</v>
       </c>
       <c r="S140">
-        <v>-27</v>
+        <v>-283</v>
       </c>
       <c r="T140" s="2">
-        <v>-0.30840000000000001</v>
+        <v>-5.0301999999999998</v>
       </c>
     </row>
     <row r="141" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A141" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B141" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C141" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D141">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E141" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F141" t="s">
-        <v>35</v>
+        <v>114</v>
       </c>
       <c r="G141">
-        <v>8859</v>
+        <v>10768</v>
       </c>
       <c r="H141">
-        <v>8835</v>
+        <v>10773</v>
       </c>
       <c r="I141">
-        <v>8800</v>
+        <v>10788</v>
       </c>
       <c r="J141">
-        <v>8777</v>
+        <v>10786</v>
       </c>
       <c r="K141">
-        <v>8727</v>
+        <v>10779</v>
       </c>
       <c r="L141">
-        <v>8727</v>
+        <v>10749</v>
       </c>
       <c r="M141">
-        <v>8694</v>
+        <v>10743</v>
       </c>
       <c r="N141">
-        <v>8682</v>
+        <v>10754</v>
       </c>
       <c r="O141">
-        <v>8686</v>
+        <v>10775</v>
       </c>
       <c r="P141">
-        <v>8652</v>
+        <v>10777</v>
       </c>
       <c r="Q141">
-        <v>8613</v>
+        <v>10785</v>
       </c>
       <c r="R141">
-        <v>8594</v>
+        <v>10818</v>
       </c>
       <c r="S141">
-        <v>-265</v>
+        <v>50</v>
       </c>
       <c r="T141" s="2">
-        <v>-2.9912999999999998</v>
+        <v>0.46429999999999999</v>
       </c>
     </row>
     <row r="142" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A142" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B142" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C142" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D142">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E142" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F142" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="G142">
-        <v>7368</v>
+        <v>9324</v>
       </c>
       <c r="H142">
-        <v>7366</v>
+        <v>9338</v>
       </c>
       <c r="I142">
-        <v>7362</v>
+        <v>9344</v>
       </c>
       <c r="J142">
-        <v>7366</v>
+        <v>9342</v>
       </c>
       <c r="K142">
-        <v>7369</v>
+        <v>9361</v>
       </c>
       <c r="L142">
-        <v>7362</v>
+        <v>9361</v>
       </c>
       <c r="M142">
-        <v>7362</v>
+        <v>9361</v>
       </c>
       <c r="N142">
-        <v>7365</v>
+        <v>9334</v>
       </c>
       <c r="O142">
-        <v>7356</v>
+        <v>9331</v>
       </c>
       <c r="P142">
-        <v>7313</v>
+        <v>9332</v>
       </c>
       <c r="Q142">
-        <v>7290</v>
+        <v>9369</v>
       </c>
       <c r="R142">
-        <v>7262</v>
+        <v>9388</v>
       </c>
       <c r="S142">
-        <v>-106</v>
+        <v>64</v>
       </c>
       <c r="T142" s="2">
-        <v>-1.4387000000000001</v>
+        <v>0.68640000000000001</v>
       </c>
     </row>
     <row r="143" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A143" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B143" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C143" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D143">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E143" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F143" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G143">
-        <v>5645</v>
+        <v>12768</v>
       </c>
       <c r="H143">
-        <v>5626</v>
+        <v>12786</v>
       </c>
       <c r="I143">
-        <v>5581</v>
+        <v>12775</v>
       </c>
       <c r="J143">
-        <v>5550</v>
+        <v>12771</v>
       </c>
       <c r="K143">
-        <v>5525</v>
+        <v>12702</v>
       </c>
       <c r="L143">
-        <v>5476</v>
+        <v>12685</v>
       </c>
       <c r="M143">
-        <v>5461</v>
+        <v>12708</v>
       </c>
       <c r="N143">
-        <v>5444</v>
+        <v>12686</v>
       </c>
       <c r="O143">
-        <v>5439</v>
+        <v>12685</v>
       </c>
       <c r="P143">
-        <v>5405</v>
+        <v>12691</v>
       </c>
       <c r="Q143">
-        <v>5390</v>
+        <v>12721</v>
       </c>
       <c r="R143">
-        <v>5367</v>
+        <v>12742</v>
       </c>
       <c r="S143">
-        <v>-278</v>
+        <v>-26</v>
       </c>
       <c r="T143" s="2">
-        <v>-4.9246999999999996</v>
+        <v>-0.2036</v>
       </c>
     </row>
     <row r="144" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A144" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B144" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C144" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D144">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E144" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F144" t="s">
-        <v>114</v>
+        <v>85</v>
       </c>
       <c r="G144">
-        <v>10759</v>
+        <v>9141</v>
       </c>
       <c r="H144">
-        <v>10768</v>
+        <v>9173</v>
       </c>
       <c r="I144">
-        <v>10773</v>
+        <v>9174</v>
       </c>
       <c r="J144">
-        <v>10788</v>
+        <v>9193</v>
       </c>
       <c r="K144">
-        <v>10786</v>
+        <v>9209</v>
       </c>
       <c r="L144">
-        <v>10779</v>
+        <v>9193</v>
       </c>
       <c r="M144">
-        <v>10749</v>
+        <v>9197</v>
       </c>
       <c r="N144">
-        <v>10743</v>
+        <v>9233</v>
       </c>
       <c r="O144">
-        <v>10754</v>
+        <v>9248</v>
       </c>
       <c r="P144">
-        <v>10775</v>
+        <v>9241</v>
       </c>
       <c r="Q144">
-        <v>10777</v>
+        <v>9244</v>
       </c>
       <c r="R144">
-        <v>10785</v>
+        <v>9246</v>
       </c>
       <c r="S144">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="T144" s="2">
-        <v>0.2417</v>
+        <v>1.1487000000000001</v>
       </c>
     </row>
     <row r="145" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A145" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B145" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C145" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D145">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E145" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F145" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="G145">
-        <v>9306</v>
+        <v>4217</v>
       </c>
       <c r="H145">
-        <v>9324</v>
+        <v>4224</v>
       </c>
       <c r="I145">
-        <v>9338</v>
+        <v>4219</v>
       </c>
       <c r="J145">
-        <v>9344</v>
+        <v>4225</v>
       </c>
       <c r="K145">
-        <v>9342</v>
+        <v>4231</v>
       </c>
       <c r="L145">
-        <v>9361</v>
+        <v>4203</v>
       </c>
       <c r="M145">
-        <v>9361</v>
+        <v>4188</v>
       </c>
       <c r="N145">
-        <v>9361</v>
+        <v>4176</v>
       </c>
       <c r="O145">
-        <v>9334</v>
+        <v>4169</v>
       </c>
       <c r="P145">
-        <v>9331</v>
+        <v>4157</v>
       </c>
       <c r="Q145">
-        <v>9332</v>
+        <v>4149</v>
       </c>
       <c r="R145">
-        <v>9369</v>
+        <v>4152</v>
       </c>
       <c r="S145">
-        <v>63</v>
+        <v>-65</v>
       </c>
       <c r="T145" s="2">
-        <v>0.67700000000000005</v>
+        <v>-1.5414000000000001</v>
       </c>
     </row>
     <row r="146" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A146" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B146" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C146" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D146">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E146" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F146" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G146">
-        <v>12769</v>
+        <v>4051</v>
       </c>
       <c r="H146">
-        <v>12768</v>
+        <v>4047</v>
       </c>
       <c r="I146">
-        <v>12786</v>
+        <v>4037</v>
       </c>
       <c r="J146">
-        <v>12775</v>
+        <v>4021</v>
       </c>
       <c r="K146">
-        <v>12771</v>
+        <v>4019</v>
       </c>
       <c r="L146">
-        <v>12702</v>
+        <v>4016</v>
       </c>
       <c r="M146">
-        <v>12685</v>
+        <v>4028</v>
       </c>
       <c r="N146">
-        <v>12708</v>
+        <v>4034</v>
       </c>
       <c r="O146">
-        <v>12686</v>
+        <v>4019</v>
       </c>
       <c r="P146">
-        <v>12685</v>
+        <v>4026</v>
       </c>
       <c r="Q146">
-        <v>12691</v>
+        <v>4028</v>
       </c>
       <c r="R146">
-        <v>12721</v>
+        <v>4038</v>
       </c>
       <c r="S146">
-        <v>-48</v>
+        <v>-13</v>
       </c>
       <c r="T146" s="2">
-        <v>-0.37590000000000001</v>
+        <v>-0.32090000000000002</v>
       </c>
     </row>
     <row r="147" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A147" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B147" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C147" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D147">
         <v>2</v>
       </c>
       <c r="E147" t="s">
         <v>23</v>
       </c>
       <c r="F147" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="G147">
-        <v>9092</v>
+        <v>9410</v>
       </c>
       <c r="H147">
-        <v>9141</v>
+        <v>9418</v>
       </c>
       <c r="I147">
-        <v>9173</v>
+        <v>9417</v>
       </c>
       <c r="J147">
-        <v>9174</v>
+        <v>9418</v>
       </c>
       <c r="K147">
-        <v>9193</v>
+        <v>9392</v>
       </c>
       <c r="L147">
-        <v>9209</v>
+        <v>9327</v>
       </c>
       <c r="M147">
-        <v>9193</v>
+        <v>9268</v>
       </c>
       <c r="N147">
-        <v>9197</v>
+        <v>9250</v>
       </c>
       <c r="O147">
-        <v>9233</v>
+        <v>9216</v>
       </c>
       <c r="P147">
-        <v>9248</v>
+        <v>9182</v>
       </c>
       <c r="Q147">
-        <v>9241</v>
+        <v>9142</v>
       </c>
       <c r="R147">
-        <v>9244</v>
+        <v>9151</v>
       </c>
       <c r="S147">
-        <v>152</v>
+        <v>-259</v>
       </c>
       <c r="T147" s="2">
-        <v>1.6718</v>
+        <v>-2.7524000000000002</v>
       </c>
     </row>
     <row r="148" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A148" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B148" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C148" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D148">
         <v>2</v>
       </c>
       <c r="E148" t="s">
         <v>23</v>
       </c>
       <c r="F148" t="s">
-        <v>43</v>
+        <v>77</v>
       </c>
       <c r="G148">
-        <v>4228</v>
+        <v>6987</v>
       </c>
       <c r="H148">
-        <v>4217</v>
+        <v>6971</v>
       </c>
       <c r="I148">
-        <v>4224</v>
+        <v>6955</v>
       </c>
       <c r="J148">
-        <v>4219</v>
+        <v>6925</v>
       </c>
       <c r="K148">
-        <v>4225</v>
+        <v>6895</v>
       </c>
       <c r="L148">
-        <v>4231</v>
+        <v>6870</v>
       </c>
       <c r="M148">
-        <v>4203</v>
+        <v>6831</v>
       </c>
       <c r="N148">
-        <v>4188</v>
+        <v>6796</v>
       </c>
       <c r="O148">
-        <v>4176</v>
+        <v>6770</v>
       </c>
       <c r="P148">
-        <v>4169</v>
+        <v>6757</v>
       </c>
       <c r="Q148">
-        <v>4157</v>
+        <v>6720</v>
       </c>
       <c r="R148">
-        <v>4149</v>
+        <v>6702</v>
       </c>
       <c r="S148">
-        <v>-79</v>
+        <v>-285</v>
       </c>
       <c r="T148" s="2">
-        <v>-1.8685</v>
+        <v>-4.0789999999999997</v>
       </c>
     </row>
     <row r="149" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A149" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B149" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C149" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D149">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E149" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F149" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="G149">
-        <v>4058</v>
+        <v>4062</v>
       </c>
       <c r="H149">
         <v>4051</v>
       </c>
       <c r="I149">
-        <v>4047</v>
+        <v>4067</v>
       </c>
       <c r="J149">
-        <v>4037</v>
+        <v>4066</v>
       </c>
       <c r="K149">
-        <v>4021</v>
+        <v>4078</v>
       </c>
       <c r="L149">
-        <v>4019</v>
+        <v>4088</v>
       </c>
       <c r="M149">
-        <v>4016</v>
+        <v>4084</v>
       </c>
       <c r="N149">
-        <v>4028</v>
+        <v>4074</v>
       </c>
       <c r="O149">
-        <v>4034</v>
+        <v>4072</v>
       </c>
       <c r="P149">
-        <v>4019</v>
+        <v>4064</v>
       </c>
       <c r="Q149">
-        <v>4026</v>
+        <v>4055</v>
       </c>
       <c r="R149">
-        <v>4028</v>
+        <v>4058</v>
       </c>
       <c r="S149">
-        <v>-30</v>
+        <v>-4</v>
       </c>
       <c r="T149" s="2">
-        <v>-0.73929999999999996</v>
+        <v>-9.8500000000000004E-2</v>
       </c>
     </row>
     <row r="150" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A150" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B150" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C150" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D150">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E150" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F150" t="s">
-        <v>77</v>
+        <v>252</v>
       </c>
       <c r="G150">
-        <v>9408</v>
+        <v>8073</v>
       </c>
       <c r="H150">
-        <v>9410</v>
+        <v>8072</v>
       </c>
       <c r="I150">
-        <v>9418</v>
+        <v>8043</v>
       </c>
       <c r="J150">
-        <v>9417</v>
+        <v>8030</v>
       </c>
       <c r="K150">
-        <v>9418</v>
+        <v>8009</v>
       </c>
       <c r="L150">
-        <v>9392</v>
+        <v>7973</v>
       </c>
       <c r="M150">
-        <v>9327</v>
+        <v>7929</v>
       </c>
       <c r="N150">
-        <v>9268</v>
+        <v>7900</v>
       </c>
       <c r="O150">
-        <v>9250</v>
+        <v>7889</v>
       </c>
       <c r="P150">
-        <v>9216</v>
+        <v>7870</v>
       </c>
       <c r="Q150">
-        <v>9182</v>
+        <v>7832</v>
       </c>
       <c r="R150">
-        <v>9142</v>
+        <v>7816</v>
       </c>
       <c r="S150">
-        <v>-266</v>
+        <v>-257</v>
       </c>
       <c r="T150" s="2">
-        <v>-2.8273999999999999</v>
+        <v>-3.1835</v>
       </c>
     </row>
     <row r="151" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A151" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B151" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="C151" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D151">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E151" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F151" t="s">
-        <v>77</v>
+        <v>31</v>
       </c>
       <c r="G151">
-        <v>7042</v>
+        <v>4906</v>
       </c>
       <c r="H151">
-        <v>6987</v>
+        <v>4871</v>
       </c>
       <c r="I151">
-        <v>6971</v>
+        <v>4866</v>
       </c>
       <c r="J151">
-        <v>6955</v>
+        <v>4863</v>
       </c>
       <c r="K151">
-        <v>6925</v>
+        <v>4860</v>
       </c>
       <c r="L151">
-        <v>6895</v>
+        <v>4844</v>
       </c>
       <c r="M151">
-        <v>6870</v>
+        <v>4838</v>
       </c>
       <c r="N151">
-        <v>6831</v>
+        <v>4838</v>
       </c>
       <c r="O151">
-        <v>6796</v>
+        <v>4846</v>
       </c>
       <c r="P151">
-        <v>6770</v>
+        <v>4844</v>
       </c>
       <c r="Q151">
-        <v>6757</v>
+        <v>4848</v>
       </c>
       <c r="R151">
-        <v>6720</v>
+        <v>6017</v>
       </c>
       <c r="S151">
-        <v>-322</v>
+        <v>1111</v>
       </c>
       <c r="T151" s="2">
-        <v>-4.5726000000000004</v>
+        <v>22.645700000000001</v>
       </c>
     </row>
     <row r="152" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A152" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B152" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C152" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D152">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E152" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F152" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
       <c r="G152">
-        <v>4049</v>
+        <v>6040</v>
       </c>
       <c r="H152">
-        <v>4062</v>
+        <v>6049</v>
       </c>
       <c r="I152">
-        <v>4051</v>
+        <v>6082</v>
       </c>
       <c r="J152">
-        <v>4067</v>
+        <v>6101</v>
       </c>
       <c r="K152">
-        <v>4066</v>
+        <v>6104</v>
       </c>
       <c r="L152">
-        <v>4078</v>
+        <v>6152</v>
       </c>
       <c r="M152">
-        <v>4088</v>
+        <v>6186</v>
       </c>
       <c r="N152">
-        <v>4084</v>
+        <v>6212</v>
       </c>
       <c r="O152">
-        <v>4074</v>
+        <v>6246</v>
       </c>
       <c r="P152">
-        <v>4072</v>
+        <v>6267</v>
       </c>
       <c r="Q152">
-        <v>4064</v>
+        <v>6269</v>
       </c>
       <c r="R152">
-        <v>4055</v>
+        <v>6286</v>
       </c>
       <c r="S152">
-        <v>6</v>
+        <v>246</v>
       </c>
       <c r="T152" s="2">
-        <v>0.1482</v>
+        <v>4.0728</v>
       </c>
     </row>
     <row r="153" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A153" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B153" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C153" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D153">
         <v>4</v>
       </c>
       <c r="E153" t="s">
         <v>26</v>
       </c>
       <c r="F153" t="s">
-        <v>257</v>
+        <v>27</v>
       </c>
       <c r="G153">
-        <v>8084</v>
+        <v>9430</v>
       </c>
       <c r="H153">
-        <v>8073</v>
+        <v>9397</v>
       </c>
       <c r="I153">
-        <v>8072</v>
+        <v>9347</v>
       </c>
       <c r="J153">
-        <v>8043</v>
+        <v>9319</v>
       </c>
       <c r="K153">
-        <v>8030</v>
+        <v>9295</v>
       </c>
       <c r="L153">
-        <v>8009</v>
+        <v>9266</v>
       </c>
       <c r="M153">
-        <v>7973</v>
+        <v>9246</v>
       </c>
       <c r="N153">
-        <v>7929</v>
+        <v>9254</v>
       </c>
       <c r="O153">
-        <v>7900</v>
+        <v>9213</v>
       </c>
       <c r="P153">
-        <v>7889</v>
+        <v>9183</v>
       </c>
       <c r="Q153">
-        <v>7870</v>
+        <v>9179</v>
       </c>
       <c r="R153">
-        <v>7832</v>
+        <v>9117</v>
       </c>
       <c r="S153">
-        <v>-252</v>
+        <v>-313</v>
       </c>
       <c r="T153" s="2">
-        <v>-3.1173000000000002</v>
+        <v>-3.3191999999999999</v>
       </c>
     </row>
     <row r="154" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A154" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B154" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C154" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D154">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E154" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F154" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="G154">
-        <v>4919</v>
+        <v>8332</v>
       </c>
       <c r="H154">
-        <v>4906</v>
+        <v>8303</v>
       </c>
       <c r="I154">
-        <v>4871</v>
+        <v>8297</v>
       </c>
       <c r="J154">
-        <v>4866</v>
+        <v>8290</v>
       </c>
       <c r="K154">
-        <v>4863</v>
+        <v>8292</v>
       </c>
       <c r="L154">
-        <v>4860</v>
+        <v>8249</v>
       </c>
       <c r="M154">
-        <v>4844</v>
+        <v>8234</v>
       </c>
       <c r="N154">
-        <v>4838</v>
+        <v>8200</v>
       </c>
       <c r="O154">
-        <v>4838</v>
+        <v>8165</v>
       </c>
       <c r="P154">
-        <v>4846</v>
+        <v>8109</v>
       </c>
       <c r="Q154">
-        <v>4844</v>
+        <v>8089</v>
       </c>
       <c r="R154">
-        <v>4848</v>
+        <v>8098</v>
       </c>
       <c r="S154">
-        <v>-71</v>
+        <v>-234</v>
       </c>
       <c r="T154" s="2">
-        <v>-1.4434</v>
+        <v>-2.8083999999999998</v>
       </c>
     </row>
     <row r="155" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A155" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B155" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C155" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D155">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E155" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F155" t="s">
-        <v>73</v>
+        <v>137</v>
       </c>
       <c r="G155">
-        <v>6024</v>
+        <v>5037</v>
       </c>
       <c r="H155">
-        <v>6040</v>
+        <v>5047</v>
       </c>
       <c r="I155">
-        <v>6049</v>
+        <v>5065</v>
       </c>
       <c r="J155">
-        <v>6082</v>
+        <v>5071</v>
       </c>
       <c r="K155">
-        <v>6101</v>
+        <v>5059</v>
       </c>
       <c r="L155">
-        <v>6104</v>
+        <v>5074</v>
       </c>
       <c r="M155">
-        <v>6152</v>
+        <v>5083</v>
       </c>
       <c r="N155">
-        <v>6186</v>
+        <v>5097</v>
       </c>
       <c r="O155">
-        <v>6212</v>
+        <v>5103</v>
       </c>
       <c r="P155">
-        <v>6246</v>
+        <v>5115</v>
       </c>
       <c r="Q155">
-        <v>6267</v>
+        <v>5121</v>
       </c>
       <c r="R155">
-        <v>6269</v>
+        <v>5131</v>
       </c>
       <c r="S155">
-        <v>245</v>
+        <v>94</v>
       </c>
       <c r="T155" s="2">
-        <v>4.0670999999999999</v>
+        <v>1.8662000000000001</v>
       </c>
     </row>
     <row r="156" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A156" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B156" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C156" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D156">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E156" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="F156" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="G156">
-        <v>9450</v>
+        <v>9233</v>
       </c>
       <c r="H156">
-        <v>9430</v>
+        <v>9223</v>
       </c>
       <c r="I156">
-        <v>9397</v>
+        <v>9204</v>
       </c>
       <c r="J156">
-        <v>9347</v>
+        <v>9195</v>
       </c>
       <c r="K156">
-        <v>9319</v>
+        <v>9205</v>
       </c>
       <c r="L156">
-        <v>9295</v>
+        <v>9218</v>
       </c>
       <c r="M156">
-        <v>9266</v>
+        <v>9228</v>
       </c>
       <c r="N156">
-        <v>9246</v>
+        <v>9237</v>
       </c>
       <c r="O156">
-        <v>9254</v>
+        <v>9264</v>
       </c>
       <c r="P156">
-        <v>9213</v>
+        <v>9274</v>
       </c>
       <c r="Q156">
-        <v>9183</v>
+        <v>9285</v>
       </c>
       <c r="R156">
-        <v>9179</v>
+        <v>9297</v>
       </c>
       <c r="S156">
-        <v>-271</v>
+        <v>64</v>
       </c>
       <c r="T156" s="2">
-        <v>-2.8677000000000001</v>
+        <v>0.69320000000000004</v>
       </c>
     </row>
     <row r="157" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A157" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C157" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D157">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E157" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="F157" t="s">
-        <v>43</v>
+        <v>260</v>
       </c>
       <c r="G157">
-        <v>8331</v>
+        <v>11746</v>
       </c>
       <c r="H157">
-        <v>8332</v>
+        <v>11734</v>
       </c>
       <c r="I157">
-        <v>8303</v>
+        <v>11719</v>
       </c>
       <c r="J157">
-        <v>8297</v>
+        <v>11729</v>
       </c>
       <c r="K157">
-        <v>8290</v>
+        <v>11710</v>
       </c>
       <c r="L157">
-        <v>8292</v>
+        <v>11703</v>
       </c>
       <c r="M157">
-        <v>8249</v>
+        <v>11687</v>
       </c>
       <c r="N157">
-        <v>8234</v>
+        <v>11687</v>
       </c>
       <c r="O157">
-        <v>8200</v>
+        <v>11675</v>
       </c>
       <c r="P157">
-        <v>8165</v>
+        <v>11665</v>
       </c>
       <c r="Q157">
-        <v>8109</v>
+        <v>11647</v>
       </c>
       <c r="R157">
-        <v>8089</v>
+        <v>11625</v>
       </c>
       <c r="S157">
-        <v>-242</v>
+        <v>-121</v>
       </c>
       <c r="T157" s="2">
-        <v>-2.9047999999999998</v>
+        <v>-1.0301</v>
       </c>
     </row>
     <row r="158" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A158" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B158" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C158" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D158">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E158" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F158" t="s">
-        <v>137</v>
+        <v>73</v>
       </c>
       <c r="G158">
-        <v>5043</v>
+        <v>4231</v>
       </c>
       <c r="H158">
-        <v>5037</v>
+        <v>4220</v>
       </c>
       <c r="I158">
-        <v>5047</v>
+        <v>4210</v>
       </c>
       <c r="J158">
-        <v>5065</v>
+        <v>4215</v>
       </c>
       <c r="K158">
-        <v>5071</v>
+        <v>4227</v>
       </c>
       <c r="L158">
-        <v>5059</v>
+        <v>4223</v>
       </c>
       <c r="M158">
-        <v>5074</v>
+        <v>4214</v>
       </c>
       <c r="N158">
-        <v>5083</v>
+        <v>4210</v>
       </c>
       <c r="O158">
-        <v>5097</v>
+        <v>4214</v>
       </c>
       <c r="P158">
-        <v>5103</v>
+        <v>4214</v>
       </c>
       <c r="Q158">
-        <v>5115</v>
+        <v>4202</v>
       </c>
       <c r="R158">
-        <v>5121</v>
+        <v>4202</v>
       </c>
       <c r="S158">
-        <v>78</v>
+        <v>-29</v>
       </c>
       <c r="T158" s="2">
-        <v>1.5467</v>
+        <v>-0.68540000000000001</v>
       </c>
     </row>
     <row r="159" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A159" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B159" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="C159" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D159">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E159" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="F159" t="s">
-        <v>123</v>
+        <v>49</v>
       </c>
       <c r="G159">
-        <v>9222</v>
+        <v>11449</v>
       </c>
       <c r="H159">
-        <v>9233</v>
+        <v>11457</v>
       </c>
       <c r="I159">
-        <v>9223</v>
+        <v>11443</v>
       </c>
       <c r="J159">
-        <v>9204</v>
+        <v>11437</v>
       </c>
       <c r="K159">
-        <v>9195</v>
+        <v>11430</v>
       </c>
       <c r="L159">
-        <v>9205</v>
+        <v>11397</v>
       </c>
       <c r="M159">
-        <v>9218</v>
+        <v>11379</v>
       </c>
       <c r="N159">
-        <v>9228</v>
+        <v>11353</v>
       </c>
       <c r="O159">
-        <v>9237</v>
+        <v>11330</v>
       </c>
       <c r="P159">
-        <v>9264</v>
+        <v>11281</v>
       </c>
       <c r="Q159">
-        <v>9274</v>
+        <v>11271</v>
       </c>
       <c r="R159">
-        <v>9285</v>
+        <v>11267</v>
       </c>
       <c r="S159">
-        <v>63</v>
+        <v>-182</v>
       </c>
       <c r="T159" s="2">
-        <v>0.68310000000000004</v>
+        <v>-1.5896999999999999</v>
       </c>
     </row>
     <row r="160" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A160" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B160" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C160" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D160">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E160" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F160" t="s">
-        <v>265</v>
+        <v>35</v>
       </c>
       <c r="G160">
-        <v>11767</v>
+        <v>10598</v>
       </c>
       <c r="H160">
-        <v>11746</v>
+        <v>10547</v>
       </c>
       <c r="I160">
-        <v>11734</v>
+        <v>10507</v>
       </c>
       <c r="J160">
-        <v>11719</v>
+        <v>10492</v>
       </c>
       <c r="K160">
-        <v>11729</v>
+        <v>10436</v>
       </c>
       <c r="L160">
-        <v>11710</v>
+        <v>10382</v>
       </c>
       <c r="M160">
-        <v>11703</v>
+        <v>10356</v>
       </c>
       <c r="N160">
-        <v>11687</v>
+        <v>10333</v>
       </c>
       <c r="O160">
-        <v>11687</v>
+        <v>10280</v>
       </c>
       <c r="P160">
-        <v>11675</v>
+        <v>10237</v>
       </c>
       <c r="Q160">
-        <v>11665</v>
+        <v>10219</v>
       </c>
       <c r="R160">
-        <v>11647</v>
+        <v>10191</v>
       </c>
       <c r="S160">
-        <v>-120</v>
+        <v>-407</v>
       </c>
       <c r="T160" s="2">
-        <v>-1.0198</v>
+        <v>-3.8403</v>
       </c>
     </row>
     <row r="161" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A161" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B161" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C161" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D161">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E161" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F161" t="s">
-        <v>73</v>
+        <v>35</v>
       </c>
       <c r="G161">
-        <v>4222</v>
+        <v>16953</v>
       </c>
       <c r="H161">
-        <v>4231</v>
+        <v>16991</v>
       </c>
       <c r="I161">
-        <v>4220</v>
+        <v>17020</v>
       </c>
       <c r="J161">
-        <v>4210</v>
+        <v>17017</v>
       </c>
       <c r="K161">
-        <v>4215</v>
+        <v>17055</v>
       </c>
       <c r="L161">
-        <v>4227</v>
+        <v>17056</v>
       </c>
       <c r="M161">
-        <v>4223</v>
+        <v>17043</v>
       </c>
       <c r="N161">
-        <v>4214</v>
+        <v>17058</v>
       </c>
       <c r="O161">
-        <v>4210</v>
+        <v>17057</v>
       </c>
       <c r="P161">
-        <v>4214</v>
+        <v>17091</v>
       </c>
       <c r="Q161">
-        <v>4214</v>
+        <v>17109</v>
       </c>
       <c r="R161">
-        <v>4202</v>
+        <v>17131</v>
       </c>
       <c r="S161">
-        <v>-20</v>
+        <v>178</v>
       </c>
       <c r="T161" s="2">
-        <v>-0.47370000000000001</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="162" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A162" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B162" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C162" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D162">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E162" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F162" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="G162">
-        <v>11463</v>
+        <v>7414</v>
       </c>
       <c r="H162">
-        <v>11449</v>
+        <v>7393</v>
       </c>
       <c r="I162">
-        <v>11457</v>
+        <v>7385</v>
       </c>
       <c r="J162">
-        <v>11443</v>
+        <v>7375</v>
       </c>
       <c r="K162">
-        <v>11437</v>
+        <v>7378</v>
       </c>
       <c r="L162">
-        <v>11430</v>
+        <v>7374</v>
       </c>
       <c r="M162">
-        <v>11397</v>
+        <v>7332</v>
       </c>
       <c r="N162">
-        <v>11379</v>
+        <v>7307</v>
       </c>
       <c r="O162">
-        <v>11353</v>
+        <v>7304</v>
       </c>
       <c r="P162">
-        <v>11330</v>
+        <v>7281</v>
       </c>
       <c r="Q162">
-        <v>11281</v>
+        <v>7270</v>
       </c>
       <c r="R162">
-        <v>11271</v>
+        <v>7277</v>
       </c>
       <c r="S162">
-        <v>-192</v>
+        <v>-137</v>
       </c>
       <c r="T162" s="2">
-        <v>-1.675</v>
+        <v>-1.8479000000000001</v>
       </c>
     </row>
     <row r="163" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A163" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B163" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C163" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D163">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E163" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F163" t="s">
-        <v>35</v>
+        <v>267</v>
       </c>
       <c r="G163">
-        <v>10624</v>
+        <v>6240</v>
       </c>
       <c r="H163">
-        <v>10598</v>
+        <v>6221</v>
       </c>
       <c r="I163">
-        <v>10547</v>
+        <v>6214</v>
       </c>
       <c r="J163">
-        <v>10507</v>
+        <v>6193</v>
       </c>
       <c r="K163">
-        <v>10492</v>
+        <v>6162</v>
       </c>
       <c r="L163">
-        <v>10436</v>
+        <v>6146</v>
       </c>
       <c r="M163">
-        <v>10382</v>
+        <v>6140</v>
       </c>
       <c r="N163">
-        <v>10356</v>
+        <v>6197</v>
       </c>
       <c r="O163">
-        <v>10333</v>
+        <v>6189</v>
       </c>
       <c r="P163">
-        <v>10280</v>
+        <v>6182</v>
       </c>
       <c r="Q163">
-        <v>10237</v>
+        <v>6169</v>
       </c>
       <c r="R163">
-        <v>10219</v>
+        <v>6168</v>
       </c>
       <c r="S163">
-        <v>-405</v>
+        <v>-72</v>
       </c>
       <c r="T163" s="2">
-        <v>-3.8121</v>
+        <v>-1.1537999999999999</v>
       </c>
     </row>
     <row r="164" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A164" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B164" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C164" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D164">
         <v>3</v>
       </c>
       <c r="E164" t="s">
         <v>34</v>
       </c>
       <c r="F164" t="s">
         <v>35</v>
       </c>
       <c r="G164">
-        <v>16907</v>
+        <v>10686</v>
       </c>
       <c r="H164">
-        <v>16953</v>
+        <v>10676</v>
       </c>
       <c r="I164">
-        <v>16991</v>
+        <v>10688</v>
       </c>
       <c r="J164">
-        <v>17020</v>
+        <v>10696</v>
       </c>
       <c r="K164">
-        <v>17017</v>
+        <v>10706</v>
       </c>
       <c r="L164">
-        <v>17055</v>
+        <v>10724</v>
       </c>
       <c r="M164">
-        <v>17056</v>
+        <v>10696</v>
       </c>
       <c r="N164">
-        <v>17043</v>
+        <v>10718</v>
       </c>
       <c r="O164">
-        <v>17058</v>
+        <v>10708</v>
       </c>
       <c r="P164">
-        <v>17057</v>
+        <v>10678</v>
       </c>
       <c r="Q164">
-        <v>17091</v>
+        <v>10697</v>
       </c>
       <c r="R164">
-        <v>17109</v>
+        <v>10727</v>
       </c>
       <c r="S164">
-        <v>202</v>
+        <v>41</v>
       </c>
       <c r="T164" s="2">
-        <v>1.1948000000000001</v>
+        <v>0.38369999999999999</v>
       </c>
     </row>
     <row r="165" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A165" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B165" t="s">
+        <v>269</v>
+      </c>
+      <c r="C165" t="s">
+        <v>158</v>
+      </c>
+      <c r="D165">
+        <v>5</v>
+      </c>
+      <c r="E165" t="s">
+        <v>40</v>
+      </c>
+      <c r="F165" t="s">
         <v>270</v>
       </c>
-      <c r="C165" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G165">
-        <v>7426</v>
+        <v>7501</v>
       </c>
       <c r="H165">
-        <v>7414</v>
+        <v>7496</v>
       </c>
       <c r="I165">
-        <v>7393</v>
+        <v>7510</v>
       </c>
       <c r="J165">
-        <v>7385</v>
+        <v>7497</v>
       </c>
       <c r="K165">
-        <v>7375</v>
+        <v>7504</v>
       </c>
       <c r="L165">
-        <v>7378</v>
+        <v>7507</v>
       </c>
       <c r="M165">
-        <v>7374</v>
+        <v>7512</v>
       </c>
       <c r="N165">
-        <v>7332</v>
+        <v>7525</v>
       </c>
       <c r="O165">
-        <v>7307</v>
+        <v>7535</v>
       </c>
       <c r="P165">
-        <v>7304</v>
+        <v>7518</v>
       </c>
       <c r="Q165">
-        <v>7281</v>
+        <v>7506</v>
       </c>
       <c r="R165">
-        <v>7270</v>
+        <v>7514</v>
       </c>
       <c r="S165">
-        <v>-156</v>
+        <v>13</v>
       </c>
       <c r="T165" s="2">
-        <v>-2.1006999999999998</v>
+        <v>0.17330000000000001</v>
       </c>
     </row>
     <row r="166" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A166" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B166" t="s">
         <v>271</v>
       </c>
       <c r="C166" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D166">
         <v>4</v>
       </c>
       <c r="E166" t="s">
         <v>26</v>
       </c>
       <c r="F166" t="s">
-        <v>272</v>
+        <v>118</v>
       </c>
       <c r="G166">
-        <v>6276</v>
+        <v>10981</v>
       </c>
       <c r="H166">
-        <v>6240</v>
+        <v>10984</v>
       </c>
       <c r="I166">
-        <v>6221</v>
+        <v>10945</v>
       </c>
       <c r="J166">
-        <v>6214</v>
+        <v>10931</v>
       </c>
       <c r="K166">
-        <v>6193</v>
+        <v>10902</v>
       </c>
       <c r="L166">
-        <v>6162</v>
+        <v>10882</v>
       </c>
       <c r="M166">
-        <v>6146</v>
+        <v>10876</v>
       </c>
       <c r="N166">
-        <v>6140</v>
+        <v>10828</v>
       </c>
       <c r="O166">
-        <v>6197</v>
+        <v>10832</v>
       </c>
       <c r="P166">
-        <v>6189</v>
+        <v>10801</v>
       </c>
       <c r="Q166">
-        <v>6182</v>
+        <v>10778</v>
       </c>
       <c r="R166">
-        <v>6169</v>
+        <v>10769</v>
       </c>
       <c r="S166">
-        <v>-107</v>
+        <v>-212</v>
       </c>
       <c r="T166" s="2">
-        <v>-1.7049000000000001</v>
+        <v>-1.9306000000000001</v>
       </c>
     </row>
     <row r="167" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A167" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B167" t="s">
+        <v>272</v>
+      </c>
+      <c r="C167" t="s">
+        <v>158</v>
+      </c>
+      <c r="D167">
+        <v>5</v>
+      </c>
+      <c r="E167" t="s">
+        <v>40</v>
+      </c>
+      <c r="F167" t="s">
         <v>273</v>
       </c>
-      <c r="C167" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G167">
-        <v>10621</v>
+        <v>14793</v>
       </c>
       <c r="H167">
-        <v>10686</v>
+        <v>14762</v>
       </c>
       <c r="I167">
-        <v>10676</v>
+        <v>14766</v>
       </c>
       <c r="J167">
-        <v>10688</v>
+        <v>14755</v>
       </c>
       <c r="K167">
-        <v>10696</v>
+        <v>14735</v>
       </c>
       <c r="L167">
-        <v>10706</v>
+        <v>14730</v>
       </c>
       <c r="M167">
-        <v>10724</v>
+        <v>14707</v>
       </c>
       <c r="N167">
-        <v>10696</v>
+        <v>14693</v>
       </c>
       <c r="O167">
-        <v>10718</v>
+        <v>14667</v>
       </c>
       <c r="P167">
-        <v>10708</v>
+        <v>14658</v>
       </c>
       <c r="Q167">
-        <v>10678</v>
+        <v>14656</v>
       </c>
       <c r="R167">
-        <v>10697</v>
+        <v>14634</v>
       </c>
       <c r="S167">
-        <v>76</v>
+        <v>-159</v>
       </c>
       <c r="T167" s="2">
-        <v>0.71560000000000001</v>
+        <v>-1.0748</v>
       </c>
     </row>
     <row r="168" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A168" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B168" t="s">
         <v>274</v>
       </c>
       <c r="C168" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D168">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E168" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F168" t="s">
-        <v>275</v>
+        <v>145</v>
       </c>
       <c r="G168">
-        <v>7503</v>
+        <v>5525</v>
       </c>
       <c r="H168">
-        <v>7501</v>
+        <v>5530</v>
       </c>
       <c r="I168">
-        <v>7496</v>
+        <v>5521</v>
       </c>
       <c r="J168">
-        <v>7510</v>
+        <v>5520</v>
       </c>
       <c r="K168">
-        <v>7497</v>
+        <v>5517</v>
       </c>
       <c r="L168">
-        <v>7504</v>
+        <v>5506</v>
       </c>
       <c r="M168">
-        <v>7507</v>
+        <v>5494</v>
       </c>
       <c r="N168">
-        <v>7512</v>
+        <v>5472</v>
       </c>
       <c r="O168">
-        <v>7525</v>
+        <v>5459</v>
       </c>
       <c r="P168">
-        <v>7535</v>
+        <v>5450</v>
       </c>
       <c r="Q168">
-        <v>7518</v>
+        <v>5439</v>
       </c>
       <c r="R168">
-        <v>7506</v>
+        <v>5444</v>
       </c>
       <c r="S168">
-        <v>3</v>
+        <v>-81</v>
       </c>
       <c r="T168" s="2">
-        <v>0.04</v>
+        <v>-1.4661</v>
       </c>
     </row>
     <row r="169" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A169" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B169" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C169" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D169">
         <v>4</v>
       </c>
       <c r="E169" t="s">
         <v>26</v>
       </c>
       <c r="F169" t="s">
-        <v>118</v>
+        <v>276</v>
       </c>
       <c r="G169">
-        <v>11010</v>
+        <v>9738</v>
       </c>
       <c r="H169">
-        <v>10981</v>
+        <v>9740</v>
       </c>
       <c r="I169">
-        <v>10984</v>
+        <v>9710</v>
       </c>
       <c r="J169">
-        <v>10945</v>
+        <v>9713</v>
       </c>
       <c r="K169">
-        <v>10931</v>
+        <v>9703</v>
       </c>
       <c r="L169">
-        <v>10902</v>
+        <v>9699</v>
       </c>
       <c r="M169">
-        <v>10882</v>
+        <v>9678</v>
       </c>
       <c r="N169">
-        <v>10876</v>
+        <v>9639</v>
       </c>
       <c r="O169">
-        <v>10828</v>
+        <v>9626</v>
       </c>
       <c r="P169">
-        <v>10832</v>
+        <v>9603</v>
       </c>
       <c r="Q169">
-        <v>10801</v>
+        <v>9573</v>
       </c>
       <c r="R169">
-        <v>10778</v>
+        <v>9531</v>
       </c>
       <c r="S169">
-        <v>-232</v>
+        <v>-207</v>
       </c>
       <c r="T169" s="2">
-        <v>-2.1072000000000002</v>
+        <v>-2.1257000000000001</v>
       </c>
     </row>
     <row r="170" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A170" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B170" t="s">
         <v>277</v>
       </c>
       <c r="C170" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D170">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E170" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F170" t="s">
-        <v>278</v>
+        <v>145</v>
       </c>
       <c r="G170">
-        <v>14784</v>
+        <v>13495</v>
       </c>
       <c r="H170">
-        <v>14793</v>
+        <v>13518</v>
       </c>
       <c r="I170">
-        <v>14762</v>
+        <v>13533</v>
       </c>
       <c r="J170">
-        <v>14766</v>
+        <v>13561</v>
       </c>
       <c r="K170">
-        <v>14755</v>
+        <v>13574</v>
       </c>
       <c r="L170">
-        <v>14735</v>
+        <v>13584</v>
       </c>
       <c r="M170">
-        <v>14730</v>
+        <v>13584</v>
       </c>
       <c r="N170">
-        <v>14707</v>
+        <v>13618</v>
       </c>
       <c r="O170">
-        <v>14693</v>
+        <v>13634</v>
       </c>
       <c r="P170">
-        <v>14667</v>
+        <v>13644</v>
       </c>
       <c r="Q170">
-        <v>14658</v>
+        <v>13643</v>
       </c>
       <c r="R170">
-        <v>14656</v>
+        <v>13692</v>
       </c>
       <c r="S170">
-        <v>-128</v>
+        <v>197</v>
       </c>
       <c r="T170" s="2">
-        <v>-0.86580000000000001</v>
+        <v>1.4598</v>
       </c>
     </row>
     <row r="171" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A171" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B171" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C171" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D171">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E171" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F171" t="s">
-        <v>150</v>
+        <v>108</v>
       </c>
       <c r="G171">
-        <v>5523</v>
+        <v>19990</v>
       </c>
       <c r="H171">
-        <v>5525</v>
+        <v>19998</v>
       </c>
       <c r="I171">
-        <v>5530</v>
+        <v>19985</v>
       </c>
       <c r="J171">
-        <v>5521</v>
+        <v>20004</v>
       </c>
       <c r="K171">
-        <v>5520</v>
+        <v>20047</v>
       </c>
       <c r="L171">
-        <v>5517</v>
+        <v>20042</v>
       </c>
       <c r="M171">
-        <v>5506</v>
+        <v>20008</v>
       </c>
       <c r="N171">
-        <v>5494</v>
+        <v>19995</v>
       </c>
       <c r="O171">
-        <v>5472</v>
+        <v>20010</v>
       </c>
       <c r="P171">
-        <v>5459</v>
+        <v>20005</v>
       </c>
       <c r="Q171">
-        <v>5450</v>
+        <v>19992</v>
       </c>
       <c r="R171">
-        <v>5439</v>
+        <v>20003</v>
       </c>
       <c r="S171">
-        <v>-84</v>
+        <v>13</v>
       </c>
       <c r="T171" s="2">
-        <v>-1.5208999999999999</v>
+        <v>6.5000000000000002E-2</v>
       </c>
     </row>
     <row r="172" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A172" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B172" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="C172" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D172">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E172" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F172" t="s">
-        <v>281</v>
+        <v>24</v>
       </c>
       <c r="G172">
-        <v>9756</v>
+        <v>7590</v>
       </c>
       <c r="H172">
-        <v>9738</v>
+        <v>7617</v>
       </c>
       <c r="I172">
-        <v>9740</v>
+        <v>7643</v>
       </c>
       <c r="J172">
-        <v>9710</v>
+        <v>7660</v>
       </c>
       <c r="K172">
-        <v>9713</v>
+        <v>7676</v>
       </c>
       <c r="L172">
-        <v>9703</v>
+        <v>7676</v>
       </c>
       <c r="M172">
-        <v>9699</v>
+        <v>7677</v>
       </c>
       <c r="N172">
-        <v>9678</v>
+        <v>7681</v>
       </c>
       <c r="O172">
-        <v>9639</v>
+        <v>7704</v>
       </c>
       <c r="P172">
-        <v>9626</v>
+        <v>7698</v>
       </c>
       <c r="Q172">
-        <v>9603</v>
+        <v>7715</v>
       </c>
       <c r="R172">
-        <v>9573</v>
+        <v>7723</v>
       </c>
       <c r="S172">
-        <v>-183</v>
+        <v>133</v>
       </c>
       <c r="T172" s="2">
-        <v>-1.8757999999999999</v>
+        <v>1.7523</v>
       </c>
     </row>
     <row r="173" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A173" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B173" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C173" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D173">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E173" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F173" t="s">
-        <v>150</v>
+        <v>43</v>
       </c>
       <c r="G173">
-        <v>13471</v>
+        <v>7470</v>
       </c>
       <c r="H173">
-        <v>13495</v>
+        <v>7476</v>
       </c>
       <c r="I173">
-        <v>13518</v>
+        <v>7464</v>
       </c>
       <c r="J173">
-        <v>13533</v>
+        <v>7475</v>
       </c>
       <c r="K173">
-        <v>13561</v>
+        <v>7484</v>
       </c>
       <c r="L173">
-        <v>13574</v>
+        <v>7496</v>
       </c>
       <c r="M173">
-        <v>13584</v>
+        <v>7499</v>
       </c>
       <c r="N173">
-        <v>13584</v>
+        <v>7526</v>
       </c>
       <c r="O173">
-        <v>13618</v>
+        <v>7537</v>
       </c>
       <c r="P173">
-        <v>13634</v>
+        <v>7558</v>
       </c>
       <c r="Q173">
-        <v>13644</v>
+        <v>7572</v>
       </c>
       <c r="R173">
-        <v>13643</v>
+        <v>7601</v>
       </c>
       <c r="S173">
-        <v>172</v>
+        <v>131</v>
       </c>
       <c r="T173" s="2">
-        <v>1.2767999999999999</v>
+        <v>1.7537</v>
       </c>
     </row>
     <row r="174" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A174" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B174" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C174" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D174">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E174" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="F174" t="s">
-        <v>108</v>
+        <v>128</v>
       </c>
       <c r="G174">
-        <v>19978</v>
+        <v>5470</v>
       </c>
       <c r="H174">
-        <v>19990</v>
+        <v>5472</v>
       </c>
       <c r="I174">
-        <v>19998</v>
+        <v>5462</v>
       </c>
       <c r="J174">
-        <v>19985</v>
+        <v>5437</v>
       </c>
       <c r="K174">
-        <v>20004</v>
+        <v>5439</v>
       </c>
       <c r="L174">
-        <v>20047</v>
+        <v>5424</v>
       </c>
       <c r="M174">
-        <v>20042</v>
+        <v>5424</v>
       </c>
       <c r="N174">
-        <v>20008</v>
+        <v>5422</v>
       </c>
       <c r="O174">
-        <v>19995</v>
+        <v>5406</v>
       </c>
       <c r="P174">
-        <v>20010</v>
+        <v>5397</v>
       </c>
       <c r="Q174">
-        <v>20005</v>
+        <v>5392</v>
       </c>
       <c r="R174">
-        <v>19992</v>
+        <v>5398</v>
       </c>
       <c r="S174">
-        <v>14</v>
+        <v>-72</v>
       </c>
       <c r="T174" s="2">
-        <v>7.0099999999999996E-2</v>
+        <v>-1.3163</v>
       </c>
     </row>
     <row r="175" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A175" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B175" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="C175" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D175">
         <v>2</v>
       </c>
       <c r="E175" t="s">
         <v>23</v>
       </c>
       <c r="F175" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="G175">
-        <v>7574</v>
+        <v>2766</v>
       </c>
       <c r="H175">
-        <v>7590</v>
+        <v>2879</v>
       </c>
       <c r="I175">
-        <v>7617</v>
+        <v>2986</v>
       </c>
       <c r="J175">
-        <v>7643</v>
+        <v>3068</v>
       </c>
       <c r="K175">
-        <v>7660</v>
+        <v>3148</v>
       </c>
       <c r="L175">
-        <v>7676</v>
+        <v>3248</v>
       </c>
       <c r="M175">
-        <v>7676</v>
+        <v>3345</v>
       </c>
       <c r="N175">
-        <v>7677</v>
+        <v>3438</v>
       </c>
       <c r="O175">
-        <v>7681</v>
+        <v>3501</v>
       </c>
       <c r="P175">
-        <v>7704</v>
+        <v>3565</v>
       </c>
       <c r="Q175">
-        <v>7698</v>
+        <v>3632</v>
       </c>
       <c r="R175">
-        <v>7715</v>
+        <v>3701</v>
       </c>
       <c r="S175">
-        <v>141</v>
+        <v>935</v>
       </c>
       <c r="T175" s="2">
-        <v>1.8615999999999999</v>
+        <v>33.8033</v>
       </c>
     </row>
     <row r="176" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A176" t="s">
-        <v>161</v>
+        <v>20</v>
       </c>
       <c r="B176" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C176" t="s">
-        <v>163</v>
+        <v>284</v>
       </c>
       <c r="D176">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E176" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F176" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G176">
-        <v>7474</v>
+        <v>20117</v>
       </c>
       <c r="H176">
-        <v>7470</v>
+        <v>20102</v>
       </c>
       <c r="I176">
-        <v>7476</v>
+        <v>20123</v>
       </c>
       <c r="J176">
-        <v>7464</v>
+        <v>20147</v>
       </c>
       <c r="K176">
-        <v>7475</v>
+        <v>20166</v>
       </c>
       <c r="L176">
-        <v>7484</v>
+        <v>20167</v>
       </c>
       <c r="M176">
-        <v>7496</v>
+        <v>20172</v>
       </c>
       <c r="N176">
-        <v>7499</v>
+        <v>20259</v>
       </c>
       <c r="O176">
-        <v>7526</v>
+        <v>20229</v>
       </c>
       <c r="P176">
-        <v>7537</v>
+        <v>20243</v>
       </c>
       <c r="Q176">
-        <v>7558</v>
+        <v>20281</v>
       </c>
       <c r="R176">
-        <v>7572</v>
+        <v>20319</v>
       </c>
       <c r="S176">
-        <v>98</v>
+        <v>202</v>
       </c>
       <c r="T176" s="2">
-        <v>1.3111999999999999</v>
+        <v>1.0041</v>
       </c>
     </row>
     <row r="177" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A177" t="s">
-        <v>161</v>
+        <v>20</v>
       </c>
       <c r="B177" t="s">
+        <v>285</v>
+      </c>
+      <c r="C177" t="s">
         <v>286</v>
       </c>
-      <c r="C177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D177">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E177" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F177" t="s">
-        <v>128</v>
+        <v>35</v>
       </c>
       <c r="G177">
-        <v>5470</v>
+        <v>8669</v>
       </c>
       <c r="H177">
-        <v>5470</v>
+        <v>8692</v>
       </c>
       <c r="I177">
-        <v>5472</v>
+        <v>8688</v>
       </c>
       <c r="J177">
-        <v>5462</v>
+        <v>8697</v>
       </c>
       <c r="K177">
-        <v>5437</v>
+        <v>8709</v>
       </c>
       <c r="L177">
-        <v>5439</v>
+        <v>8756</v>
       </c>
       <c r="M177">
-        <v>5424</v>
+        <v>8795</v>
       </c>
       <c r="N177">
-        <v>5424</v>
+        <v>8829</v>
       </c>
       <c r="O177">
-        <v>5422</v>
+        <v>8803</v>
       </c>
       <c r="P177">
-        <v>5406</v>
+        <v>8773</v>
       </c>
       <c r="Q177">
-        <v>5397</v>
+        <v>8791</v>
       </c>
       <c r="R177">
-        <v>5392</v>
+        <v>8833</v>
       </c>
       <c r="S177">
-        <v>-78</v>
+        <v>164</v>
       </c>
       <c r="T177" s="2">
-        <v>-1.4259999999999999</v>
+        <v>1.8917999999999999</v>
       </c>
     </row>
     <row r="178" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A178" t="s">
-        <v>161</v>
+        <v>20</v>
       </c>
       <c r="B178" t="s">
         <v>287</v>
       </c>
       <c r="C178" t="s">
-        <v>163</v>
+        <v>288</v>
       </c>
       <c r="D178">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E178" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F178" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="G178">
+        <v>0</v>
+      </c>
+      <c r="H178">
+        <v>0</v>
+      </c>
+      <c r="I178">
+        <v>678</v>
+      </c>
+      <c r="J178">
+        <v>1163</v>
+      </c>
+      <c r="K178">
+        <v>1417</v>
+      </c>
+      <c r="L178">
+        <v>1706</v>
+      </c>
+      <c r="M178">
+        <v>1996</v>
+      </c>
+      <c r="N178">
+        <v>2222</v>
+      </c>
+      <c r="O178">
+        <v>2376</v>
+      </c>
+      <c r="P178">
+        <v>2514</v>
+      </c>
+      <c r="Q178">
         <v>2666</v>
       </c>
-      <c r="H178">
-[...28 lines deleted...]
-      </c>
       <c r="R178">
-        <v>3632</v>
+        <v>2809</v>
       </c>
       <c r="S178">
-        <v>966</v>
-[...2 lines deleted...]
-        <v>36.234099999999998</v>
+        <v>2809</v>
+      </c>
+      <c r="T178" s="2" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="179" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A179" t="s">
         <v>20</v>
       </c>
       <c r="B179" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C179" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D179">
         <v>3</v>
       </c>
       <c r="E179" t="s">
         <v>34</v>
       </c>
       <c r="F179" t="s">
         <v>35</v>
       </c>
       <c r="G179">
-        <v>19375</v>
+        <v>11768</v>
       </c>
       <c r="H179">
-        <v>20117</v>
+        <v>11779</v>
       </c>
       <c r="I179">
-        <v>20102</v>
+        <v>11727</v>
       </c>
       <c r="J179">
-        <v>20123</v>
+        <v>11745</v>
       </c>
       <c r="K179">
-        <v>20147</v>
+        <v>11766</v>
       </c>
       <c r="L179">
-        <v>20166</v>
+        <v>11800</v>
       </c>
       <c r="M179">
-        <v>20167</v>
+        <v>11822</v>
       </c>
       <c r="N179">
-        <v>20172</v>
+        <v>11842</v>
       </c>
       <c r="O179">
-        <v>20259</v>
+        <v>11877</v>
       </c>
       <c r="P179">
-        <v>20229</v>
+        <v>11891</v>
       </c>
       <c r="Q179">
-        <v>20243</v>
+        <v>11908</v>
       </c>
       <c r="R179">
-        <v>20281</v>
+        <v>11917</v>
       </c>
       <c r="S179">
-        <v>906</v>
+        <v>149</v>
       </c>
       <c r="T179" s="2">
-        <v>4.6760999999999999</v>
+        <v>1.2661</v>
       </c>
     </row>
     <row r="180" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A180" t="s">
         <v>20</v>
       </c>
       <c r="B180" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C180" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D180">
         <v>3</v>
       </c>
       <c r="E180" t="s">
         <v>34</v>
       </c>
       <c r="F180" t="s">
         <v>35</v>
       </c>
       <c r="G180">
-        <v>8561</v>
+        <v>11770</v>
       </c>
       <c r="H180">
-        <v>8669</v>
+        <v>11712</v>
       </c>
       <c r="I180">
-        <v>8692</v>
+        <v>11743</v>
       </c>
       <c r="J180">
-        <v>8688</v>
+        <v>11787</v>
       </c>
       <c r="K180">
-        <v>8697</v>
+        <v>11821</v>
       </c>
       <c r="L180">
-        <v>8709</v>
+        <v>11848</v>
       </c>
       <c r="M180">
-        <v>8756</v>
+        <v>11913</v>
       </c>
       <c r="N180">
-        <v>8795</v>
+        <v>11939</v>
       </c>
       <c r="O180">
-        <v>8829</v>
+        <v>11926</v>
       </c>
       <c r="P180">
-        <v>8803</v>
+        <v>11903</v>
       </c>
       <c r="Q180">
-        <v>8773</v>
+        <v>11898</v>
       </c>
       <c r="R180">
-        <v>8791</v>
+        <v>11892</v>
       </c>
       <c r="S180">
-        <v>230</v>
+        <v>122</v>
       </c>
       <c r="T180" s="2">
-        <v>2.6865999999999999</v>
+        <v>1.0365</v>
       </c>
     </row>
     <row r="181" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A181" t="s">
         <v>20</v>
       </c>
       <c r="B181" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C181" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D181">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E181" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F181" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="G181">
-        <v>0</v>
+        <v>8967</v>
       </c>
       <c r="H181">
-        <v>0</v>
+        <v>8966</v>
       </c>
       <c r="I181">
-        <v>0</v>
+        <v>8992</v>
       </c>
       <c r="J181">
-        <v>678</v>
+        <v>9007</v>
       </c>
       <c r="K181">
-        <v>1163</v>
+        <v>9003</v>
       </c>
       <c r="L181">
-        <v>1417</v>
+        <v>9014</v>
       </c>
       <c r="M181">
-        <v>1706</v>
+        <v>9052</v>
       </c>
       <c r="N181">
-        <v>1996</v>
+        <v>9103</v>
       </c>
       <c r="O181">
-        <v>2222</v>
+        <v>9121</v>
       </c>
       <c r="P181">
-        <v>2376</v>
+        <v>9125</v>
       </c>
       <c r="Q181">
-        <v>2514</v>
+        <v>9152</v>
       </c>
       <c r="R181">
-        <v>2666</v>
+        <v>9203</v>
       </c>
       <c r="S181">
-        <v>2666</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>236</v>
+      </c>
+      <c r="T181" s="2">
+        <v>2.6318999999999999</v>
       </c>
     </row>
     <row r="182" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A182" t="s">
         <v>20</v>
       </c>
       <c r="B182" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C182" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D182">
         <v>3</v>
       </c>
       <c r="E182" t="s">
         <v>34</v>
       </c>
       <c r="F182" t="s">
         <v>35</v>
       </c>
       <c r="G182">
-        <v>11768</v>
+        <v>7926</v>
       </c>
       <c r="H182">
-        <v>11768</v>
+        <v>7946</v>
       </c>
       <c r="I182">
-        <v>11779</v>
+        <v>7929</v>
       </c>
       <c r="J182">
-        <v>11727</v>
+        <v>7881</v>
       </c>
       <c r="K182">
-        <v>11745</v>
+        <v>7867</v>
       </c>
       <c r="L182">
-        <v>11766</v>
+        <v>7888</v>
       </c>
       <c r="M182">
-        <v>11800</v>
+        <v>7908</v>
       </c>
       <c r="N182">
-        <v>11822</v>
+        <v>7887</v>
       </c>
       <c r="O182">
-        <v>11842</v>
+        <v>7880</v>
       </c>
       <c r="P182">
-        <v>11877</v>
+        <v>7870</v>
       </c>
       <c r="Q182">
-        <v>11891</v>
+        <v>7822</v>
       </c>
       <c r="R182">
-        <v>11908</v>
+        <v>7823</v>
       </c>
       <c r="S182">
-        <v>140</v>
+        <v>-103</v>
       </c>
       <c r="T182" s="2">
-        <v>1.1897</v>
+        <v>-1.2995000000000001</v>
       </c>
     </row>
     <row r="183" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A183" t="s">
         <v>20</v>
       </c>
       <c r="B183" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C183" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D183">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E183" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F183" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G183">
-        <v>10377</v>
+        <v>9748</v>
       </c>
       <c r="H183">
-        <v>11770</v>
+        <v>9757</v>
       </c>
       <c r="I183">
-        <v>11712</v>
+        <v>9762</v>
       </c>
       <c r="J183">
-        <v>11743</v>
+        <v>9783</v>
       </c>
       <c r="K183">
-        <v>11787</v>
+        <v>9802</v>
       </c>
       <c r="L183">
-        <v>11821</v>
+        <v>9801</v>
       </c>
       <c r="M183">
-        <v>11848</v>
+        <v>9820</v>
       </c>
       <c r="N183">
-        <v>11913</v>
+        <v>9849</v>
       </c>
       <c r="O183">
-        <v>11939</v>
+        <v>9865</v>
       </c>
       <c r="P183">
-        <v>11926</v>
+        <v>9869</v>
       </c>
       <c r="Q183">
-        <v>11903</v>
+        <v>9888</v>
       </c>
       <c r="R183">
-        <v>11898</v>
+        <v>9881</v>
       </c>
       <c r="S183">
-        <v>1521</v>
+        <v>133</v>
       </c>
       <c r="T183" s="2">
-        <v>14.657400000000001</v>
+        <v>1.3644000000000001</v>
       </c>
     </row>
     <row r="184" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A184" t="s">
         <v>20</v>
       </c>
       <c r="B184" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C184" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D184">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E184" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F184" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="G184">
-        <v>8967</v>
+        <v>8191</v>
       </c>
       <c r="H184">
-        <v>8967</v>
+        <v>8187</v>
       </c>
       <c r="I184">
-        <v>8966</v>
+        <v>8155</v>
       </c>
       <c r="J184">
-        <v>8992</v>
+        <v>8133</v>
       </c>
       <c r="K184">
-        <v>9007</v>
+        <v>8129</v>
       </c>
       <c r="L184">
-        <v>9003</v>
+        <v>8149</v>
       </c>
       <c r="M184">
-        <v>9014</v>
+        <v>8158</v>
       </c>
       <c r="N184">
-        <v>9052</v>
+        <v>8143</v>
       </c>
       <c r="O184">
-        <v>9103</v>
+        <v>8124</v>
       </c>
       <c r="P184">
-        <v>9121</v>
+        <v>8088</v>
       </c>
       <c r="Q184">
-        <v>9125</v>
+        <v>8033</v>
       </c>
       <c r="R184">
-        <v>9152</v>
+        <v>8009</v>
       </c>
       <c r="S184">
-        <v>185</v>
+        <v>-182</v>
       </c>
       <c r="T184" s="2">
-        <v>2.0630999999999999</v>
+        <v>-2.222</v>
       </c>
     </row>
     <row r="185" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A185" t="s">
         <v>20</v>
       </c>
       <c r="B185" t="s">
+        <v>301</v>
+      </c>
+      <c r="C185" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="D185">
         <v>3</v>
       </c>
       <c r="E185" t="s">
         <v>34</v>
       </c>
       <c r="F185" t="s">
         <v>35</v>
       </c>
       <c r="G185">
-        <v>7923</v>
+        <v>6820</v>
       </c>
       <c r="H185">
-        <v>7926</v>
+        <v>6816</v>
       </c>
       <c r="I185">
-        <v>7946</v>
+        <v>6869</v>
       </c>
       <c r="J185">
-        <v>7929</v>
+        <v>6890</v>
       </c>
       <c r="K185">
-        <v>7881</v>
+        <v>6878</v>
       </c>
       <c r="L185">
-        <v>7867</v>
+        <v>6918</v>
       </c>
       <c r="M185">
-        <v>7888</v>
+        <v>6940</v>
       </c>
       <c r="N185">
-        <v>7908</v>
+        <v>6966</v>
       </c>
       <c r="O185">
-        <v>7887</v>
+        <v>6951</v>
       </c>
       <c r="P185">
-        <v>7880</v>
+        <v>6977</v>
       </c>
       <c r="Q185">
-        <v>7870</v>
+        <v>6971</v>
       </c>
       <c r="R185">
-        <v>7822</v>
+        <v>6969</v>
       </c>
       <c r="S185">
-        <v>-101</v>
+        <v>149</v>
       </c>
       <c r="T185" s="2">
-        <v>-1.2747999999999999</v>
+        <v>2.1848000000000001</v>
       </c>
     </row>
     <row r="186" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A186" t="s">
         <v>20</v>
       </c>
       <c r="B186" t="s">
         <v>302</v>
       </c>
       <c r="C186" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="D186">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E186" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F186" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G186">
-        <v>9750</v>
+        <v>4194</v>
       </c>
       <c r="H186">
-        <v>9748</v>
+        <v>4180</v>
       </c>
       <c r="I186">
-        <v>9757</v>
+        <v>4219</v>
       </c>
       <c r="J186">
-        <v>9762</v>
+        <v>4224</v>
       </c>
       <c r="K186">
-        <v>9783</v>
+        <v>4223</v>
       </c>
       <c r="L186">
-        <v>9802</v>
+        <v>4253</v>
       </c>
       <c r="M186">
-        <v>9801</v>
+        <v>4265</v>
       </c>
       <c r="N186">
-        <v>9820</v>
+        <v>4270</v>
       </c>
       <c r="O186">
-        <v>9849</v>
+        <v>4280</v>
       </c>
       <c r="P186">
-        <v>9865</v>
+        <v>4285</v>
       </c>
       <c r="Q186">
-        <v>9869</v>
+        <v>4325</v>
       </c>
       <c r="R186">
-        <v>9888</v>
+        <v>4332</v>
       </c>
       <c r="S186">
         <v>138</v>
       </c>
       <c r="T186" s="2">
-        <v>1.4154</v>
+        <v>3.2904</v>
       </c>
     </row>
     <row r="187" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A187" t="s">
         <v>20</v>
       </c>
       <c r="B187" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="C187" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D187">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E187" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F187" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="G187">
-        <v>8167</v>
+        <v>1567</v>
       </c>
       <c r="H187">
-        <v>8191</v>
+        <v>1553</v>
       </c>
       <c r="I187">
-        <v>8187</v>
+        <v>1541</v>
       </c>
       <c r="J187">
-        <v>8155</v>
+        <v>1541</v>
       </c>
       <c r="K187">
-        <v>8133</v>
+        <v>1539</v>
       </c>
       <c r="L187">
-        <v>8129</v>
+        <v>1539</v>
       </c>
       <c r="M187">
-        <v>8149</v>
+        <v>1527</v>
       </c>
       <c r="N187">
-        <v>8158</v>
+        <v>1519</v>
       </c>
       <c r="O187">
-        <v>8143</v>
+        <v>1511</v>
       </c>
       <c r="P187">
-        <v>8124</v>
+        <v>1528</v>
       </c>
       <c r="Q187">
-        <v>8088</v>
+        <v>1541</v>
       </c>
       <c r="R187">
-        <v>8033</v>
+        <v>1535</v>
       </c>
       <c r="S187">
-        <v>-134</v>
+        <v>-32</v>
       </c>
       <c r="T187" s="2">
-        <v>-1.6407</v>
+        <v>-2.0421</v>
       </c>
     </row>
     <row r="188" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A188" t="s">
         <v>20</v>
       </c>
       <c r="B188" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C188" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D188">
         <v>3</v>
       </c>
       <c r="E188" t="s">
         <v>34</v>
       </c>
       <c r="F188" t="s">
         <v>35</v>
       </c>
       <c r="G188">
-        <v>6754</v>
+        <v>6967</v>
       </c>
       <c r="H188">
-        <v>6820</v>
+        <v>6959</v>
       </c>
       <c r="I188">
-        <v>6816</v>
+        <v>6866</v>
       </c>
       <c r="J188">
-        <v>6869</v>
+        <v>6774</v>
       </c>
       <c r="K188">
-        <v>6890</v>
+        <v>6712</v>
       </c>
       <c r="L188">
-        <v>6878</v>
+        <v>6696</v>
       </c>
       <c r="M188">
-        <v>6918</v>
+        <v>6634</v>
       </c>
       <c r="N188">
-        <v>6940</v>
+        <v>6564</v>
       </c>
       <c r="O188">
-        <v>6966</v>
+        <v>6537</v>
       </c>
       <c r="P188">
-        <v>6951</v>
+        <v>6481</v>
       </c>
       <c r="Q188">
-        <v>6977</v>
+        <v>6448</v>
       </c>
       <c r="R188">
-        <v>6971</v>
+        <v>6431</v>
       </c>
       <c r="S188">
-        <v>217</v>
+        <v>-536</v>
       </c>
       <c r="T188" s="2">
-        <v>3.2128999999999999</v>
+        <v>-7.6933999999999996</v>
       </c>
     </row>
     <row r="189" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A189" t="s">
         <v>20</v>
       </c>
       <c r="B189" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C189" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D189">
         <v>3</v>
       </c>
       <c r="E189" t="s">
         <v>34</v>
       </c>
       <c r="F189" t="s">
         <v>35</v>
       </c>
       <c r="G189">
-        <v>4169</v>
+        <v>6537</v>
       </c>
       <c r="H189">
-        <v>4194</v>
+        <v>6546</v>
       </c>
       <c r="I189">
-        <v>4180</v>
+        <v>6536</v>
       </c>
       <c r="J189">
-        <v>4219</v>
+        <v>6520</v>
       </c>
       <c r="K189">
-        <v>4224</v>
+        <v>6512</v>
       </c>
       <c r="L189">
-        <v>4223</v>
+        <v>6508</v>
       </c>
       <c r="M189">
-        <v>4253</v>
+        <v>6490</v>
       </c>
       <c r="N189">
-        <v>4265</v>
+        <v>6477</v>
       </c>
       <c r="O189">
-        <v>4270</v>
+        <v>6446</v>
       </c>
       <c r="P189">
-        <v>4280</v>
+        <v>6420</v>
       </c>
       <c r="Q189">
-        <v>4285</v>
+        <v>6381</v>
       </c>
       <c r="R189">
-        <v>4325</v>
+        <v>6372</v>
       </c>
       <c r="S189">
-        <v>156</v>
+        <v>-165</v>
       </c>
       <c r="T189" s="2">
-        <v>3.7418999999999998</v>
+        <v>-2.5240999999999998</v>
       </c>
     </row>
     <row r="190" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A190" t="s">
         <v>20</v>
       </c>
       <c r="B190" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C190" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D190">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E190" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F190" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="G190">
-        <v>1558</v>
+        <v>4498</v>
       </c>
       <c r="H190">
-        <v>1567</v>
+        <v>4487</v>
       </c>
       <c r="I190">
-        <v>1553</v>
+        <v>4503</v>
       </c>
       <c r="J190">
-        <v>1541</v>
+        <v>4528</v>
       </c>
       <c r="K190">
-        <v>1541</v>
+        <v>4546</v>
       </c>
       <c r="L190">
-        <v>1539</v>
+        <v>4619</v>
       </c>
       <c r="M190">
-        <v>1539</v>
+        <v>4679</v>
       </c>
       <c r="N190">
-        <v>1527</v>
+        <v>4707</v>
       </c>
       <c r="O190">
-        <v>1519</v>
+        <v>4740</v>
       </c>
       <c r="P190">
-        <v>1511</v>
+        <v>4776</v>
       </c>
       <c r="Q190">
-        <v>1528</v>
+        <v>4809</v>
       </c>
       <c r="R190">
-        <v>1541</v>
+        <v>4845</v>
       </c>
       <c r="S190">
-        <v>-17</v>
+        <v>347</v>
       </c>
       <c r="T190" s="2">
-        <v>-1.0911</v>
+        <v>7.7145000000000001</v>
       </c>
     </row>
     <row r="191" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A191" t="s">
         <v>20</v>
       </c>
       <c r="B191" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C191" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D191">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E191" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F191" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="G191">
-        <v>6983</v>
+        <v>5798</v>
       </c>
       <c r="H191">
-        <v>6967</v>
+        <v>5799</v>
       </c>
       <c r="I191">
-        <v>6959</v>
+        <v>5780</v>
       </c>
       <c r="J191">
-        <v>6866</v>
+        <v>5786</v>
       </c>
       <c r="K191">
-        <v>6774</v>
+        <v>5761</v>
       </c>
       <c r="L191">
-        <v>6712</v>
+        <v>5738</v>
       </c>
       <c r="M191">
-        <v>6696</v>
+        <v>5710</v>
       </c>
       <c r="N191">
-        <v>6634</v>
+        <v>5688</v>
       </c>
       <c r="O191">
-        <v>6564</v>
+        <v>5659</v>
       </c>
       <c r="P191">
-        <v>6537</v>
+        <v>5635</v>
       </c>
       <c r="Q191">
-        <v>6481</v>
+        <v>5621</v>
       </c>
       <c r="R191">
-        <v>6448</v>
+        <v>5623</v>
       </c>
       <c r="S191">
-        <v>-535</v>
+        <v>-175</v>
       </c>
       <c r="T191" s="2">
-        <v>-7.6615000000000002</v>
+        <v>-3.0183</v>
       </c>
     </row>
     <row r="192" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A192" t="s">
         <v>20</v>
       </c>
       <c r="B192" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C192" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D192">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E192" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F192" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="G192">
-        <v>6515</v>
+        <v>5063</v>
       </c>
       <c r="H192">
-        <v>6537</v>
+        <v>5030</v>
       </c>
       <c r="I192">
-        <v>6546</v>
+        <v>5041</v>
       </c>
       <c r="J192">
-        <v>6536</v>
+        <v>5030</v>
       </c>
       <c r="K192">
-        <v>6520</v>
+        <v>5020</v>
       </c>
       <c r="L192">
-        <v>6512</v>
+        <v>5022</v>
       </c>
       <c r="M192">
-        <v>6508</v>
+        <v>5013</v>
       </c>
       <c r="N192">
-        <v>6490</v>
+        <v>5009</v>
       </c>
       <c r="O192">
-        <v>6477</v>
+        <v>5019</v>
       </c>
       <c r="P192">
-        <v>6446</v>
+        <v>5028</v>
       </c>
       <c r="Q192">
-        <v>6420</v>
+        <v>5043</v>
       </c>
       <c r="R192">
-        <v>6381</v>
+        <v>5034</v>
       </c>
       <c r="S192">
-        <v>-134</v>
+        <v>-29</v>
       </c>
       <c r="T192" s="2">
-        <v>-2.0568</v>
+        <v>-0.57279999999999998</v>
       </c>
     </row>
     <row r="193" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A193" t="s">
         <v>20</v>
       </c>
       <c r="B193" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="C193" t="s">
-        <v>305</v>
+        <v>22</v>
       </c>
       <c r="D193">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E193" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F193" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G193">
-        <v>4451</v>
+        <v>1033</v>
       </c>
       <c r="H193">
-        <v>4498</v>
+        <v>1129</v>
       </c>
       <c r="I193">
-        <v>4487</v>
+        <v>1241</v>
       </c>
       <c r="J193">
-        <v>4503</v>
+        <v>1332</v>
       </c>
       <c r="K193">
-        <v>4528</v>
+        <v>1446</v>
       </c>
       <c r="L193">
-        <v>4546</v>
+        <v>1573</v>
       </c>
       <c r="M193">
-        <v>4619</v>
+        <v>1727</v>
       </c>
       <c r="N193">
-        <v>4679</v>
+        <v>1863</v>
       </c>
       <c r="O193">
-        <v>4707</v>
+        <v>1968</v>
       </c>
       <c r="P193">
-        <v>4740</v>
+        <v>2042</v>
       </c>
       <c r="Q193">
-        <v>4776</v>
+        <v>2120</v>
       </c>
       <c r="R193">
-        <v>4809</v>
+        <v>2220</v>
       </c>
       <c r="S193">
-        <v>358</v>
+        <v>1187</v>
       </c>
       <c r="T193" s="2">
-        <v>8.0431000000000008</v>
+        <v>114.908</v>
       </c>
     </row>
     <row r="194" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A194" t="s">
         <v>20</v>
       </c>
       <c r="B194" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C194" t="s">
-        <v>305</v>
+        <v>22</v>
       </c>
       <c r="D194">
         <v>2</v>
       </c>
       <c r="E194" t="s">
         <v>23</v>
       </c>
       <c r="F194" t="s">
-        <v>67</v>
+        <v>180</v>
       </c>
       <c r="G194">
-        <v>5797</v>
+        <v>6782</v>
       </c>
       <c r="H194">
-        <v>5798</v>
+        <v>6794</v>
       </c>
       <c r="I194">
-        <v>5799</v>
+        <v>6822</v>
       </c>
       <c r="J194">
-        <v>5780</v>
+        <v>6867</v>
       </c>
       <c r="K194">
-        <v>5786</v>
+        <v>6894</v>
       </c>
       <c r="L194">
-        <v>5761</v>
+        <v>6946</v>
       </c>
       <c r="M194">
-        <v>5738</v>
+        <v>6974</v>
       </c>
       <c r="N194">
-        <v>5710</v>
+        <v>7002</v>
       </c>
       <c r="O194">
-        <v>5688</v>
+        <v>7036</v>
       </c>
       <c r="P194">
-        <v>5659</v>
+        <v>7052</v>
       </c>
       <c r="Q194">
-        <v>5635</v>
+        <v>7110</v>
       </c>
       <c r="R194">
-        <v>5621</v>
+        <v>7170</v>
       </c>
       <c r="S194">
-        <v>-176</v>
+        <v>388</v>
       </c>
       <c r="T194" s="2">
-        <v>-3.0360999999999998</v>
+        <v>5.7210000000000001</v>
       </c>
     </row>
     <row r="195" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A195" t="s">
         <v>20</v>
       </c>
       <c r="B195" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C195" t="s">
-        <v>305</v>
+        <v>22</v>
       </c>
       <c r="D195">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E195" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F195" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="G195">
-        <v>5075</v>
+        <v>15118</v>
       </c>
       <c r="H195">
-        <v>5063</v>
+        <v>15116</v>
       </c>
       <c r="I195">
-        <v>5030</v>
+        <v>15128</v>
       </c>
       <c r="J195">
-        <v>5041</v>
+        <v>15108</v>
       </c>
       <c r="K195">
-        <v>5030</v>
+        <v>15106</v>
       </c>
       <c r="L195">
-        <v>5020</v>
+        <v>15081</v>
       </c>
       <c r="M195">
-        <v>5022</v>
+        <v>15080</v>
       </c>
       <c r="N195">
-        <v>5013</v>
+        <v>15075</v>
       </c>
       <c r="O195">
-        <v>5009</v>
+        <v>15089</v>
       </c>
       <c r="P195">
-        <v>5019</v>
+        <v>15083</v>
       </c>
       <c r="Q195">
-        <v>5028</v>
+        <v>15078</v>
       </c>
       <c r="R195">
-        <v>5043</v>
+        <v>15182</v>
       </c>
       <c r="S195">
-        <v>-32</v>
+        <v>64</v>
       </c>
       <c r="T195" s="2">
-        <v>-0.63049999999999995</v>
+        <v>0.42330000000000001</v>
       </c>
     </row>
     <row r="196" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A196" t="s">
         <v>20</v>
       </c>
       <c r="B196" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C196" t="s">
-        <v>22</v>
+        <v>313</v>
       </c>
       <c r="D196">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E196" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F196" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="G196">
-        <v>894</v>
+        <v>4547</v>
       </c>
       <c r="H196">
-        <v>1033</v>
+        <v>4534</v>
       </c>
       <c r="I196">
-        <v>1129</v>
+        <v>4536</v>
       </c>
       <c r="J196">
-        <v>1241</v>
+        <v>4528</v>
       </c>
       <c r="K196">
-        <v>1332</v>
+        <v>4524</v>
       </c>
       <c r="L196">
-        <v>1446</v>
+        <v>4515</v>
       </c>
       <c r="M196">
-        <v>1573</v>
+        <v>4487</v>
       </c>
       <c r="N196">
-        <v>1727</v>
+        <v>4469</v>
       </c>
       <c r="O196">
-        <v>1863</v>
+        <v>4462</v>
       </c>
       <c r="P196">
-        <v>1968</v>
+        <v>4441</v>
       </c>
       <c r="Q196">
-        <v>2042</v>
+        <v>4432</v>
       </c>
       <c r="R196">
-        <v>2120</v>
+        <v>4421</v>
       </c>
       <c r="S196">
-        <v>1226</v>
+        <v>-126</v>
       </c>
       <c r="T196" s="2">
-        <v>137.13650000000001</v>
+        <v>-2.7711000000000001</v>
       </c>
     </row>
     <row r="197" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A197" t="s">
         <v>20</v>
       </c>
       <c r="B197" t="s">
+        <v>314</v>
+      </c>
+      <c r="C197" t="s">
         <v>315</v>
       </c>
-      <c r="C197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D197">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E197" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="F197" t="s">
-        <v>185</v>
+        <v>223</v>
       </c>
       <c r="G197">
-        <v>6720</v>
+        <v>8954</v>
       </c>
       <c r="H197">
-        <v>6782</v>
+        <v>8972</v>
       </c>
       <c r="I197">
-        <v>6794</v>
+        <v>8979</v>
       </c>
       <c r="J197">
-        <v>6822</v>
+        <v>8989</v>
       </c>
       <c r="K197">
-        <v>6867</v>
+        <v>9008</v>
       </c>
       <c r="L197">
-        <v>6894</v>
+        <v>9008</v>
       </c>
       <c r="M197">
-        <v>6946</v>
+        <v>8989</v>
       </c>
       <c r="N197">
-        <v>6974</v>
+        <v>8993</v>
       </c>
       <c r="O197">
-        <v>7002</v>
+        <v>8987</v>
       </c>
       <c r="P197">
-        <v>7036</v>
+        <v>8974</v>
       </c>
       <c r="Q197">
-        <v>7052</v>
+        <v>8960</v>
       </c>
       <c r="R197">
-        <v>7110</v>
+        <v>8957</v>
       </c>
       <c r="S197">
-        <v>390</v>
+        <v>3</v>
       </c>
       <c r="T197" s="2">
-        <v>5.8036000000000003</v>
+        <v>3.3500000000000002E-2</v>
       </c>
     </row>
     <row r="198" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A198" t="s">
         <v>20</v>
       </c>
       <c r="B198" t="s">
         <v>316</v>
       </c>
       <c r="C198" t="s">
-        <v>22</v>
+        <v>317</v>
       </c>
       <c r="D198">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E198" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F198" t="s">
-        <v>31</v>
+        <v>191</v>
       </c>
       <c r="G198">
-        <v>15137</v>
+        <v>3240</v>
       </c>
       <c r="H198">
-        <v>15118</v>
+        <v>3256</v>
       </c>
       <c r="I198">
-        <v>15116</v>
+        <v>3273</v>
       </c>
       <c r="J198">
-        <v>15128</v>
+        <v>3275</v>
       </c>
       <c r="K198">
-        <v>15108</v>
+        <v>3270</v>
       </c>
       <c r="L198">
-        <v>15106</v>
+        <v>3259</v>
       </c>
       <c r="M198">
-        <v>15081</v>
+        <v>3257</v>
       </c>
       <c r="N198">
-        <v>15080</v>
+        <v>3258</v>
       </c>
       <c r="O198">
-        <v>15075</v>
+        <v>3269</v>
       </c>
       <c r="P198">
-        <v>15089</v>
+        <v>3258</v>
       </c>
       <c r="Q198">
-        <v>15083</v>
+        <v>3271</v>
       </c>
       <c r="R198">
-        <v>15078</v>
+        <v>3275</v>
       </c>
       <c r="S198">
-        <v>-59</v>
+        <v>35</v>
       </c>
       <c r="T198" s="2">
-        <v>-0.38979999999999998</v>
+        <v>1.0802</v>
       </c>
     </row>
     <row r="199" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A199" t="s">
         <v>20</v>
       </c>
       <c r="B199" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C199" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D199">
         <v>2</v>
       </c>
       <c r="E199" t="s">
         <v>23</v>
       </c>
       <c r="F199" t="s">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="G199">
-        <v>4551</v>
+        <v>2660</v>
       </c>
       <c r="H199">
-        <v>4547</v>
+        <v>2689</v>
       </c>
       <c r="I199">
-        <v>4534</v>
+        <v>2698</v>
       </c>
       <c r="J199">
-        <v>4536</v>
+        <v>2704</v>
       </c>
       <c r="K199">
-        <v>4528</v>
+        <v>2720</v>
       </c>
       <c r="L199">
-        <v>4524</v>
+        <v>2745</v>
       </c>
       <c r="M199">
-        <v>4515</v>
+        <v>2768</v>
       </c>
       <c r="N199">
-        <v>4487</v>
+        <v>2795</v>
       </c>
       <c r="O199">
-        <v>4469</v>
+        <v>2806</v>
       </c>
       <c r="P199">
-        <v>4462</v>
+        <v>2821</v>
       </c>
       <c r="Q199">
-        <v>4441</v>
+        <v>2829</v>
       </c>
       <c r="R199">
-        <v>4432</v>
+        <v>2869</v>
       </c>
       <c r="S199">
-        <v>-119</v>
+        <v>209</v>
       </c>
       <c r="T199" s="2">
-        <v>-2.6147999999999998</v>
+        <v>7.8571</v>
       </c>
     </row>
     <row r="200" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A200" t="s">
         <v>20</v>
       </c>
       <c r="B200" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C200" t="s">
-        <v>320</v>
+        <v>22</v>
       </c>
       <c r="D200">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E200" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F200" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="G200">
-        <v>8956</v>
+        <v>6458</v>
       </c>
       <c r="H200">
-        <v>8954</v>
+        <v>6475</v>
       </c>
       <c r="I200">
-        <v>8972</v>
+        <v>6491</v>
       </c>
       <c r="J200">
-        <v>8979</v>
+        <v>6507</v>
       </c>
       <c r="K200">
-        <v>8989</v>
+        <v>6509</v>
       </c>
       <c r="L200">
-        <v>9008</v>
+        <v>6517</v>
       </c>
       <c r="M200">
-        <v>9008</v>
+        <v>6530</v>
       </c>
       <c r="N200">
-        <v>8989</v>
+        <v>6551</v>
       </c>
       <c r="O200">
-        <v>8993</v>
+        <v>6562</v>
       </c>
       <c r="P200">
-        <v>8987</v>
+        <v>6580</v>
       </c>
       <c r="Q200">
-        <v>8974</v>
+        <v>6600</v>
       </c>
       <c r="R200">
-        <v>8960</v>
+        <v>6605</v>
       </c>
       <c r="S200">
-        <v>4</v>
+        <v>147</v>
       </c>
       <c r="T200" s="2">
-        <v>4.4699999999999997E-2</v>
+        <v>2.2761999999999998</v>
       </c>
     </row>
     <row r="201" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A201" t="s">
         <v>20</v>
       </c>
       <c r="B201" t="s">
         <v>321</v>
       </c>
       <c r="C201" t="s">
         <v>322</v>
       </c>
       <c r="D201">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E201" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="F201" t="s">
-        <v>196</v>
+        <v>77</v>
       </c>
       <c r="G201">
-        <v>3246</v>
+        <v>4764</v>
       </c>
       <c r="H201">
-        <v>3240</v>
+        <v>4848</v>
       </c>
       <c r="I201">
-        <v>3256</v>
+        <v>4943</v>
       </c>
       <c r="J201">
-        <v>3273</v>
+        <v>5037</v>
       </c>
       <c r="K201">
-        <v>3275</v>
+        <v>5171</v>
       </c>
       <c r="L201">
-        <v>3270</v>
+        <v>5289</v>
       </c>
       <c r="M201">
-        <v>3259</v>
+        <v>5402</v>
       </c>
       <c r="N201">
-        <v>3257</v>
+        <v>5497</v>
       </c>
       <c r="O201">
-        <v>3258</v>
+        <v>5591</v>
       </c>
       <c r="P201">
-        <v>3269</v>
+        <v>5665</v>
       </c>
       <c r="Q201">
-        <v>3258</v>
+        <v>5746</v>
       </c>
       <c r="R201">
-        <v>3271</v>
+        <v>5818</v>
       </c>
       <c r="S201">
-        <v>25</v>
+        <v>1054</v>
       </c>
       <c r="T201" s="2">
-        <v>0.7702</v>
+        <v>22.124300000000002</v>
       </c>
     </row>
     <row r="202" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A202" t="s">
         <v>20</v>
       </c>
       <c r="B202" t="s">
         <v>323</v>
       </c>
       <c r="C202" t="s">
-        <v>324</v>
+        <v>313</v>
       </c>
       <c r="D202">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E202" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F202" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="G202">
-        <v>2655</v>
+        <v>5836</v>
       </c>
       <c r="H202">
-        <v>2660</v>
+        <v>5846</v>
       </c>
       <c r="I202">
-        <v>2689</v>
+        <v>5858</v>
       </c>
       <c r="J202">
-        <v>2698</v>
+        <v>5859</v>
       </c>
       <c r="K202">
-        <v>2704</v>
+        <v>5866</v>
       </c>
       <c r="L202">
-        <v>2720</v>
+        <v>5851</v>
       </c>
       <c r="M202">
-        <v>2745</v>
+        <v>5860</v>
       </c>
       <c r="N202">
-        <v>2768</v>
+        <v>5861</v>
       </c>
       <c r="O202">
-        <v>2795</v>
+        <v>5860</v>
       </c>
       <c r="P202">
-        <v>2806</v>
+        <v>5866</v>
       </c>
       <c r="Q202">
-        <v>2821</v>
+        <v>5861</v>
       </c>
       <c r="R202">
-        <v>2829</v>
+        <v>5865</v>
       </c>
       <c r="S202">
-        <v>174</v>
+        <v>29</v>
       </c>
       <c r="T202" s="2">
-        <v>6.5537000000000001</v>
+        <v>0.49690000000000001</v>
       </c>
     </row>
     <row r="203" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A203" t="s">
         <v>20</v>
       </c>
       <c r="B203" t="s">
+        <v>324</v>
+      </c>
+      <c r="C203" t="s">
         <v>325</v>
       </c>
-      <c r="C203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D203">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E203" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F203" t="s">
-        <v>216</v>
+        <v>267</v>
       </c>
       <c r="G203">
-        <v>6452</v>
+        <v>6878</v>
       </c>
       <c r="H203">
-        <v>6458</v>
+        <v>6900</v>
       </c>
       <c r="I203">
-        <v>6475</v>
+        <v>6935</v>
       </c>
       <c r="J203">
-        <v>6491</v>
+        <v>6997</v>
       </c>
       <c r="K203">
-        <v>6507</v>
+        <v>7010</v>
       </c>
       <c r="L203">
-        <v>6509</v>
+        <v>7028</v>
       </c>
       <c r="M203">
-        <v>6517</v>
+        <v>7054</v>
       </c>
       <c r="N203">
-        <v>6530</v>
+        <v>7011</v>
       </c>
       <c r="O203">
-        <v>6551</v>
+        <v>7052</v>
       </c>
       <c r="P203">
-        <v>6562</v>
+        <v>7051</v>
       </c>
       <c r="Q203">
-        <v>6580</v>
+        <v>7061</v>
       </c>
       <c r="R203">
-        <v>6600</v>
+        <v>7075</v>
       </c>
       <c r="S203">
-        <v>148</v>
+        <v>197</v>
       </c>
       <c r="T203" s="2">
-        <v>2.2938999999999998</v>
+        <v>2.8641999999999999</v>
       </c>
     </row>
     <row r="204" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A204" t="s">
         <v>20</v>
       </c>
       <c r="B204" t="s">
         <v>326</v>
       </c>
       <c r="C204" t="s">
         <v>327</v>
       </c>
       <c r="D204">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E204" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F204" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="G204">
-        <v>4637</v>
+        <v>2859</v>
       </c>
       <c r="H204">
-        <v>4764</v>
+        <v>2950</v>
       </c>
       <c r="I204">
-        <v>4848</v>
+        <v>3080</v>
       </c>
       <c r="J204">
-        <v>4943</v>
+        <v>3139</v>
       </c>
       <c r="K204">
-        <v>5037</v>
+        <v>3195</v>
       </c>
       <c r="L204">
-        <v>5171</v>
+        <v>3255</v>
       </c>
       <c r="M204">
-        <v>5289</v>
+        <v>3351</v>
       </c>
       <c r="N204">
-        <v>5402</v>
+        <v>3436</v>
       </c>
       <c r="O204">
-        <v>5497</v>
+        <v>3498</v>
       </c>
       <c r="P204">
-        <v>5591</v>
+        <v>3553</v>
       </c>
       <c r="Q204">
-        <v>5665</v>
+        <v>3625</v>
       </c>
       <c r="R204">
-        <v>5746</v>
+        <v>3681</v>
       </c>
       <c r="S204">
-        <v>1109</v>
+        <v>822</v>
       </c>
       <c r="T204" s="2">
-        <v>23.9163</v>
+        <v>28.751300000000001</v>
       </c>
     </row>
     <row r="205" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A205" t="s">
         <v>20</v>
       </c>
       <c r="B205" t="s">
         <v>328</v>
       </c>
       <c r="C205" t="s">
-        <v>318</v>
+        <v>22</v>
       </c>
       <c r="D205">
         <v>4</v>
       </c>
       <c r="E205" t="s">
         <v>26</v>
       </c>
       <c r="F205" t="s">
-        <v>114</v>
+        <v>27</v>
       </c>
       <c r="G205">
-        <v>5827</v>
+        <v>5202</v>
       </c>
       <c r="H205">
-        <v>5836</v>
+        <v>5199</v>
       </c>
       <c r="I205">
-        <v>5846</v>
+        <v>5216</v>
       </c>
       <c r="J205">
-        <v>5858</v>
+        <v>5238</v>
       </c>
       <c r="K205">
-        <v>5859</v>
+        <v>5241</v>
       </c>
       <c r="L205">
-        <v>5866</v>
+        <v>5252</v>
       </c>
       <c r="M205">
-        <v>5851</v>
+        <v>5243</v>
       </c>
       <c r="N205">
-        <v>5860</v>
+        <v>5232</v>
       </c>
       <c r="O205">
-        <v>5861</v>
+        <v>5218</v>
       </c>
       <c r="P205">
-        <v>5860</v>
+        <v>5222</v>
       </c>
       <c r="Q205">
-        <v>5866</v>
+        <v>5222</v>
       </c>
       <c r="R205">
-        <v>5861</v>
+        <v>5223</v>
       </c>
       <c r="S205">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="T205" s="2">
-        <v>0.58350000000000002</v>
+        <v>0.4037</v>
       </c>
     </row>
     <row r="206" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A206" t="s">
         <v>20</v>
       </c>
       <c r="B206" t="s">
         <v>329</v>
       </c>
       <c r="C206" t="s">
-        <v>330</v>
+        <v>22</v>
       </c>
       <c r="D206">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E206" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F206" t="s">
-        <v>272</v>
+        <v>79</v>
       </c>
       <c r="G206">
-        <v>6827</v>
+        <v>8687</v>
       </c>
       <c r="H206">
-        <v>6878</v>
+        <v>8685</v>
       </c>
       <c r="I206">
-        <v>6900</v>
+        <v>8671</v>
       </c>
       <c r="J206">
-        <v>6935</v>
+        <v>8666</v>
       </c>
       <c r="K206">
-        <v>6997</v>
+        <v>8665</v>
       </c>
       <c r="L206">
-        <v>7010</v>
+        <v>8670</v>
       </c>
       <c r="M206">
-        <v>7028</v>
+        <v>8647</v>
       </c>
       <c r="N206">
-        <v>7054</v>
+        <v>8626</v>
       </c>
       <c r="O206">
-        <v>7011</v>
+        <v>8639</v>
       </c>
       <c r="P206">
-        <v>7052</v>
+        <v>8670</v>
       </c>
       <c r="Q206">
-        <v>7051</v>
+        <v>8674</v>
       </c>
       <c r="R206">
-        <v>7061</v>
+        <v>8702</v>
       </c>
       <c r="S206">
-        <v>234</v>
+        <v>15</v>
       </c>
       <c r="T206" s="2">
-        <v>3.4276</v>
+        <v>0.17269999999999999</v>
       </c>
     </row>
     <row r="207" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A207" t="s">
         <v>20</v>
       </c>
       <c r="B207" t="s">
+        <v>330</v>
+      </c>
+      <c r="C207" t="s">
         <v>331</v>
       </c>
-      <c r="C207" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D207">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E207" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F207" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G207">
-        <v>2777</v>
+        <v>18201</v>
       </c>
       <c r="H207">
-        <v>2859</v>
+        <v>18245</v>
       </c>
       <c r="I207">
-        <v>2950</v>
+        <v>18220</v>
       </c>
       <c r="J207">
-        <v>3080</v>
+        <v>18185</v>
       </c>
       <c r="K207">
-        <v>3139</v>
+        <v>18139</v>
       </c>
       <c r="L207">
-        <v>3195</v>
+        <v>18249</v>
       </c>
       <c r="M207">
-        <v>3255</v>
+        <v>18482</v>
       </c>
       <c r="N207">
-        <v>3351</v>
+        <v>18603</v>
       </c>
       <c r="O207">
-        <v>3436</v>
+        <v>18669</v>
       </c>
       <c r="P207">
-        <v>3498</v>
+        <v>18666</v>
       </c>
       <c r="Q207">
-        <v>3553</v>
+        <v>18704</v>
       </c>
       <c r="R207">
-        <v>3625</v>
+        <v>18716</v>
       </c>
       <c r="S207">
-        <v>848</v>
+        <v>515</v>
       </c>
       <c r="T207" s="2">
-        <v>30.5366</v>
+        <v>2.8294999999999999</v>
       </c>
     </row>
     <row r="208" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A208" t="s">
         <v>20</v>
       </c>
       <c r="B208" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="C208" t="s">
         <v>22</v>
       </c>
       <c r="D208">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E208" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="F208" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="G208">
-        <v>5206</v>
+        <v>9611</v>
       </c>
       <c r="H208">
-        <v>5202</v>
+        <v>9636</v>
       </c>
       <c r="I208">
-        <v>5199</v>
+        <v>9643</v>
       </c>
       <c r="J208">
-        <v>5216</v>
+        <v>9655</v>
       </c>
       <c r="K208">
-        <v>5238</v>
+        <v>9645</v>
       </c>
       <c r="L208">
-        <v>5241</v>
+        <v>9687</v>
       </c>
       <c r="M208">
-        <v>5252</v>
+        <v>9800</v>
       </c>
       <c r="N208">
-        <v>5243</v>
+        <v>9906</v>
       </c>
       <c r="O208">
-        <v>5232</v>
+        <v>9935</v>
       </c>
       <c r="P208">
-        <v>5218</v>
+        <v>9968</v>
       </c>
       <c r="Q208">
-        <v>5222</v>
+        <v>9982</v>
       </c>
       <c r="R208">
-        <v>5222</v>
+        <v>10005</v>
       </c>
       <c r="S208">
-        <v>16</v>
+        <v>394</v>
       </c>
       <c r="T208" s="2">
-        <v>0.30730000000000002</v>
+        <v>4.0994999999999999</v>
       </c>
     </row>
     <row r="209" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A209" t="s">
         <v>20</v>
       </c>
       <c r="B209" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="C209" t="s">
         <v>22</v>
       </c>
       <c r="D209">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E209" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F209" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="G209">
-        <v>8674</v>
+        <v>19675</v>
       </c>
       <c r="H209">
-        <v>8687</v>
+        <v>19698</v>
       </c>
       <c r="I209">
-        <v>8685</v>
+        <v>19723</v>
       </c>
       <c r="J209">
-        <v>8671</v>
+        <v>19768</v>
       </c>
       <c r="K209">
-        <v>8666</v>
+        <v>19791</v>
       </c>
       <c r="L209">
-        <v>8665</v>
+        <v>19817</v>
       </c>
       <c r="M209">
-        <v>8670</v>
+        <v>19799</v>
       </c>
       <c r="N209">
-        <v>8647</v>
+        <v>19845</v>
       </c>
       <c r="O209">
-        <v>8626</v>
+        <v>19846</v>
       </c>
       <c r="P209">
-        <v>8639</v>
+        <v>19841</v>
       </c>
       <c r="Q209">
-        <v>8670</v>
+        <v>19837</v>
       </c>
       <c r="R209">
-        <v>8674</v>
+        <v>19855</v>
       </c>
       <c r="S209">
-        <v>0</v>
+        <v>180</v>
       </c>
       <c r="T209" s="2">
-        <v>0</v>
+        <v>0.91490000000000005</v>
       </c>
     </row>
     <row r="210" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A210" t="s">
         <v>20</v>
       </c>
       <c r="B210" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C210" t="s">
-        <v>336</v>
+        <v>22</v>
       </c>
       <c r="D210">
         <v>3</v>
       </c>
       <c r="E210" t="s">
         <v>34</v>
       </c>
       <c r="F210" t="s">
         <v>35</v>
       </c>
       <c r="G210">
-        <v>18140</v>
+        <v>6068</v>
       </c>
       <c r="H210">
-        <v>18201</v>
+        <v>6038</v>
       </c>
       <c r="I210">
-        <v>18245</v>
+        <v>6056</v>
       </c>
       <c r="J210">
-        <v>18220</v>
+        <v>6032</v>
       </c>
       <c r="K210">
-        <v>18185</v>
+        <v>6001</v>
       </c>
       <c r="L210">
-        <v>18139</v>
+        <v>5982</v>
       </c>
       <c r="M210">
-        <v>18249</v>
+        <v>6013</v>
       </c>
       <c r="N210">
-        <v>18482</v>
+        <v>6015</v>
       </c>
       <c r="O210">
-        <v>18603</v>
+        <v>6012</v>
       </c>
       <c r="P210">
-        <v>18669</v>
+        <v>5994</v>
       </c>
       <c r="Q210">
-        <v>18666</v>
+        <v>5971</v>
       </c>
       <c r="R210">
-        <v>18704</v>
+        <v>5987</v>
       </c>
       <c r="S210">
-        <v>564</v>
+        <v>-81</v>
       </c>
       <c r="T210" s="2">
-        <v>3.1092</v>
+        <v>-1.3349</v>
       </c>
     </row>
     <row r="211" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A211" t="s">
         <v>20</v>
       </c>
       <c r="B211" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="C211" t="s">
         <v>22</v>
       </c>
       <c r="D211">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E211" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F211" t="s">
-        <v>73</v>
+        <v>145</v>
       </c>
       <c r="G211">
-        <v>9592</v>
+        <v>11558</v>
       </c>
       <c r="H211">
-        <v>9611</v>
+        <v>11592</v>
       </c>
       <c r="I211">
-        <v>9636</v>
+        <v>11628</v>
       </c>
       <c r="J211">
-        <v>9643</v>
+        <v>11656</v>
       </c>
       <c r="K211">
-        <v>9655</v>
+        <v>11703</v>
       </c>
       <c r="L211">
-        <v>9645</v>
+        <v>11704</v>
       </c>
       <c r="M211">
-        <v>9687</v>
+        <v>11742</v>
       </c>
       <c r="N211">
-        <v>9800</v>
+        <v>11793</v>
       </c>
       <c r="O211">
-        <v>9906</v>
+        <v>11834</v>
       </c>
       <c r="P211">
-        <v>9935</v>
+        <v>11873</v>
       </c>
       <c r="Q211">
-        <v>9968</v>
+        <v>11893</v>
       </c>
       <c r="R211">
-        <v>9982</v>
+        <v>11957</v>
       </c>
       <c r="S211">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="T211" s="2">
-        <v>4.0659000000000001</v>
+        <v>3.4521999999999999</v>
       </c>
     </row>
     <row r="212" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A212" t="s">
         <v>20</v>
       </c>
       <c r="B212" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="C212" t="s">
-        <v>22</v>
+        <v>337</v>
       </c>
       <c r="D212">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E212" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F212" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="G212">
-        <v>19640</v>
+        <v>20127</v>
       </c>
       <c r="H212">
-        <v>19675</v>
+        <v>20120</v>
       </c>
       <c r="I212">
-        <v>19698</v>
+        <v>20117</v>
       </c>
       <c r="J212">
-        <v>19723</v>
+        <v>20121</v>
       </c>
       <c r="K212">
-        <v>19768</v>
+        <v>20115</v>
       </c>
       <c r="L212">
-        <v>19791</v>
+        <v>20105</v>
       </c>
       <c r="M212">
-        <v>19817</v>
+        <v>20120</v>
       </c>
       <c r="N212">
-        <v>19799</v>
+        <v>20131</v>
       </c>
       <c r="O212">
-        <v>19845</v>
+        <v>20122</v>
       </c>
       <c r="P212">
-        <v>19846</v>
+        <v>20116</v>
       </c>
       <c r="Q212">
-        <v>19841</v>
+        <v>20104</v>
       </c>
       <c r="R212">
-        <v>19837</v>
+        <v>20106</v>
       </c>
       <c r="S212">
-        <v>197</v>
+        <v>-21</v>
       </c>
       <c r="T212" s="2">
-        <v>1.0031000000000001</v>
+        <v>-0.1043</v>
       </c>
     </row>
     <row r="213" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A213" t="s">
         <v>20</v>
       </c>
       <c r="B213" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="C213" t="s">
-        <v>22</v>
+        <v>337</v>
       </c>
       <c r="D213">
         <v>3</v>
       </c>
       <c r="E213" t="s">
         <v>34</v>
       </c>
       <c r="F213" t="s">
         <v>35</v>
       </c>
       <c r="G213">
-        <v>6083</v>
+        <v>11353</v>
       </c>
       <c r="H213">
-        <v>6068</v>
+        <v>11350</v>
       </c>
       <c r="I213">
-        <v>6038</v>
+        <v>11346</v>
       </c>
       <c r="J213">
-        <v>6056</v>
+        <v>11343</v>
       </c>
       <c r="K213">
-        <v>6032</v>
+        <v>11341</v>
       </c>
       <c r="L213">
-        <v>6001</v>
+        <v>11343</v>
       </c>
       <c r="M213">
-        <v>5982</v>
+        <v>11342</v>
       </c>
       <c r="N213">
-        <v>6013</v>
+        <v>11349</v>
       </c>
       <c r="O213">
-        <v>6015</v>
+        <v>11345</v>
       </c>
       <c r="P213">
-        <v>6012</v>
+        <v>11390</v>
       </c>
       <c r="Q213">
-        <v>5994</v>
+        <v>11505</v>
       </c>
       <c r="R213">
-        <v>5971</v>
+        <v>11551</v>
       </c>
       <c r="S213">
-        <v>-112</v>
+        <v>198</v>
       </c>
       <c r="T213" s="2">
-        <v>-1.8411999999999999</v>
+        <v>1.744</v>
       </c>
     </row>
     <row r="214" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A214" t="s">
         <v>20</v>
       </c>
       <c r="B214" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="C214" t="s">
         <v>22</v>
       </c>
       <c r="D214">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E214" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F214" t="s">
-        <v>150</v>
+        <v>85</v>
       </c>
       <c r="G214">
-        <v>11537</v>
+        <v>3426</v>
       </c>
       <c r="H214">
-        <v>11558</v>
+        <v>3429</v>
       </c>
       <c r="I214">
-        <v>11592</v>
+        <v>3430</v>
       </c>
       <c r="J214">
-        <v>11628</v>
+        <v>3442</v>
       </c>
       <c r="K214">
-        <v>11656</v>
+        <v>3452</v>
       </c>
       <c r="L214">
-        <v>11703</v>
+        <v>3464</v>
       </c>
       <c r="M214">
-        <v>11704</v>
+        <v>3461</v>
       </c>
       <c r="N214">
-        <v>11742</v>
+        <v>3468</v>
       </c>
       <c r="O214">
-        <v>11793</v>
+        <v>3463</v>
       </c>
       <c r="P214">
-        <v>11834</v>
+        <v>3491</v>
       </c>
       <c r="Q214">
-        <v>11873</v>
+        <v>3504</v>
       </c>
       <c r="R214">
-        <v>11893</v>
+        <v>3525</v>
       </c>
       <c r="S214">
-        <v>356</v>
+        <v>99</v>
       </c>
       <c r="T214" s="2">
-        <v>3.0857000000000001</v>
+        <v>2.8896999999999999</v>
       </c>
     </row>
     <row r="215" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A215" t="s">
         <v>20</v>
       </c>
       <c r="B215" t="s">
+        <v>340</v>
+      </c>
+      <c r="C215" t="s">
         <v>341</v>
       </c>
-      <c r="C215" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D215">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E215" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F215" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="G215">
-        <v>20122</v>
+        <v>6404</v>
       </c>
       <c r="H215">
-        <v>20127</v>
+        <v>6452</v>
       </c>
       <c r="I215">
-        <v>20120</v>
+        <v>6492</v>
       </c>
       <c r="J215">
-        <v>20117</v>
+        <v>6523</v>
       </c>
       <c r="K215">
-        <v>20121</v>
+        <v>6545</v>
       </c>
       <c r="L215">
-        <v>20115</v>
+        <v>6592</v>
       </c>
       <c r="M215">
-        <v>20105</v>
+        <v>6633</v>
       </c>
       <c r="N215">
-        <v>20120</v>
+        <v>6679</v>
       </c>
       <c r="O215">
-        <v>20131</v>
+        <v>6694</v>
       </c>
       <c r="P215">
-        <v>20122</v>
+        <v>6714</v>
       </c>
       <c r="Q215">
-        <v>20116</v>
+        <v>6745</v>
       </c>
       <c r="R215">
-        <v>20104</v>
+        <v>6771</v>
       </c>
       <c r="S215">
-        <v>-18</v>
+        <v>367</v>
       </c>
       <c r="T215" s="2">
-        <v>-8.9499999999999996E-2</v>
-[...185 lines deleted...]
-        <v>6.0701000000000001</v>
+        <v>5.7308000000000003</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:T218" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A1:T215" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>202502_202601</vt:lpstr>
+      <vt:lpstr>202503_202602</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Förändringar i vårdval</dc:title>
   <dc:creator>Maria Torstensson</dc:creator>
   <keywords/>
   <lastModifiedBy>Maria Torstensson</lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>