--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -48,75 +48,75 @@
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="689BFA50" w14:textId="7D6DA93D" w:rsidR="00E26E3C" w:rsidRPr="00E26E3C" w:rsidRDefault="00CC097D" w:rsidP="00D51651">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk15484256"/>
       <w:r w:rsidRPr="00E26E3C">
         <w:t>Studieplaner för strålsäkerhetsutbildning inom verksamhet med joniserande strålning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="7D3688E4" w14:textId="77777777" w:rsidR="005139B9" w:rsidRPr="00653767" w:rsidRDefault="005139B9" w:rsidP="00D51651">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk15484004"/>
-      <w:bookmarkStart w:id="3" w:name="_Toc212021378"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc212021378"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk15484004"/>
       <w:r w:rsidRPr="008E25B6">
         <w:t>Syfte</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="302E8399" w14:textId="77777777" w:rsidR="005139B9" w:rsidRDefault="005139B9" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Att säkerställa att personal arbetar med joniserande strålning får den kunskap i strålsäkerhet och om de lokala strålskyddsregler som gäller på arbetsplatsen för att kunna arbeta på ett strålsäkert sätt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EA267BE" w14:textId="23ED5673" w:rsidR="00326809" w:rsidRDefault="00326809" w:rsidP="00D51651">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc212021379"/>
       <w:r>
         <w:t>För</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">ändringar </w:t>
       </w:r>
       <w:r w:rsidRPr="008E25B6">
         <w:t>sedan</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="0EE64289" w14:textId="6A1AF015" w:rsidR="00804D4F" w:rsidRDefault="001F5F44" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Länkar har blivit uppdaterade.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18267AD2" w14:textId="2631D259" w:rsidR="001F5F44" w:rsidRDefault="001F5F44" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Studieplan för strålsäkerhetsutbildning för Brink</w:t>
@@ -2873,50 +2873,51 @@
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5A9514EA" w14:textId="343AEA28" w:rsidR="009E45D1" w:rsidRPr="001520E9" w:rsidRDefault="00D21836" w:rsidP="00D51651">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="_Toc212021381"/>
       <w:r w:rsidR="009E45D1">
         <w:t xml:space="preserve">Obligatoriska </w:t>
       </w:r>
       <w:r w:rsidR="009E45D1" w:rsidRPr="008E25B6">
         <w:t>utbildningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="24503092" w14:textId="77777777" w:rsidR="009E45D1" w:rsidRPr="001520E9" w:rsidRDefault="009E45D1" w:rsidP="00D51651">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
@@ -3041,120 +3042,107 @@
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc212021383"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Strålsäkerhetsutbildning röntgen</w:t>
       </w:r>
       <w:r w:rsidR="00804D4F">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>sjuksköterskor och radiologer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="6CF505CA" w14:textId="74186E68" w:rsidR="009E45D1" w:rsidRPr="00004D40" w:rsidRDefault="009E45D1" w:rsidP="00D51651">
+    <w:p w14:paraId="6CF505CA" w14:textId="5B7438F8" w:rsidR="009E45D1" w:rsidRPr="00004D40" w:rsidRDefault="009E45D1" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0" w:right="-710"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00004D40">
         <w:t>Omfattning: c</w:t>
       </w:r>
       <w:r w:rsidR="00D51EE9">
         <w:t>irka</w:t>
       </w:r>
       <w:r w:rsidRPr="00004D40">
         <w:t xml:space="preserve"> 2 timmar </w:t>
       </w:r>
       <w:r>
         <w:t>webbutbildning</w:t>
       </w:r>
       <w:r w:rsidRPr="00004D40">
         <w:t xml:space="preserve"> teori</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AC15BB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="00952160">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t xml:space="preserve">Strålsäkerhet för </w:t>
         </w:r>
-        <w:r w:rsidR="00AA1F36">
+        <w:r w:rsidR="00AA1F36" w:rsidRPr="00952160">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t xml:space="preserve">röntgensjuksköterskor och </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="00952160">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>radiolo</w:t>
         </w:r>
-        <w:r w:rsidR="00AA1F36">
+        <w:r w:rsidR="00AA1F36" w:rsidRPr="00952160">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
-          <w:t>ger</w:t>
-[...6 lines deleted...]
-          <w:t xml:space="preserve"> - Teori (NU)</w:t>
+          <w:t>g</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00004D40">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="116AB2D5" w14:textId="7FEA0E6E" w:rsidR="009E45D1" w:rsidRPr="009B2A1C" w:rsidRDefault="009E45D1" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009B2A1C">
         <w:t xml:space="preserve">Innehåll </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="455B4FF9" w14:textId="77777777" w:rsidR="009E45D1" w:rsidRPr="006B46E9" w:rsidRDefault="009E45D1" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B46E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Teoretisk del </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B17DEF1" w14:textId="77777777" w:rsidR="009E45D1" w:rsidRDefault="009E45D1" w:rsidP="00D51651">
       <w:pPr>
@@ -3353,50 +3341,51 @@
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="40E7A5BC" w14:textId="2D218969" w:rsidR="00945448" w:rsidRDefault="00945448" w:rsidP="00D51651">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc212021384"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Strålsäkerhetsutbildning röntgenundersköterskor</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="46E1C613" w14:textId="1F709CA4" w:rsidR="00CE6737" w:rsidRDefault="00CE6737" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Omfattning: c</w:t>
       </w:r>
       <w:r w:rsidR="00D51EE9">
         <w:t>irka</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 2 timmar webbutbildning teori</w:t>
       </w:r>
@@ -3831,50 +3820,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19E7948A" w14:textId="70AA4704" w:rsidR="00ED3C57" w:rsidRPr="00F73354" w:rsidRDefault="009B2A1C" w:rsidP="00D51651">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B752A3B" w14:textId="77777777" w:rsidR="00F84A50" w:rsidRPr="006B46E9" w:rsidRDefault="00F84A50" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B46E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Praktisk del      </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B7E814D" w14:textId="45F0AA9D" w:rsidR="00F84A50" w:rsidRDefault="00F84A50" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Be</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">strålningsförhållanden och skyddsåtgärder, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>bl.a.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
@@ -4418,126 +4408,196 @@
     <w:p w14:paraId="65D0FB1C" w14:textId="77777777" w:rsidR="00F71AA4" w:rsidRPr="006E14A8" w:rsidRDefault="00F71AA4" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D3E59CF" w14:textId="77777777" w:rsidR="00F71AA4" w:rsidRPr="00A22C66" w:rsidRDefault="00F71AA4" w:rsidP="00D51651">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc212021389"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Strålsäkerhetsutbildning mobil </w:t>
       </w:r>
       <w:r w:rsidRPr="00A22C66">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>C-båge</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w14:paraId="5E8B1A4A" w14:textId="31199BDB" w:rsidR="00F71AA4" w:rsidRPr="00A22C66" w:rsidRDefault="00F71AA4" w:rsidP="00D51651">
+    <w:p w14:paraId="5E8B1A4A" w14:textId="4A5FE827" w:rsidR="00F71AA4" w:rsidRPr="00A22C66" w:rsidRDefault="00F71AA4" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00601C17">
         <w:t>Omfattning</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C17">
         <w:t xml:space="preserve"> c</w:t>
       </w:r>
       <w:r w:rsidR="00D74C17">
         <w:t>irka</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>1,5</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C17">
         <w:t xml:space="preserve"> timmar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> webbutbildning teori </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t xml:space="preserve">Strålsäkerhet </w:t>
         </w:r>
         <w:r w:rsidR="00EE0EAD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>mobila C-bågar</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00436226">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
-          <w:t xml:space="preserve"> - Teori (NU)</w:t>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:i/>
+          </w:rPr>
+          <w:t>(NU</w:t>
+        </w:r>
+        <w:r w:rsidR="003209A5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:i/>
+          </w:rPr>
+          <w:t>)</w:t>
+        </w:r>
+        <w:r w:rsidR="00436226">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:i/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidR="00436226">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:i/>
+          </w:rPr>
+          <w:t>2026-2028</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:i/>
+          </w:rPr>
+          <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> och 1 timme </w:t>
       </w:r>
       <w:r w:rsidR="007C7D4B">
         <w:t>praktisk del</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C17">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB14D8">
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00090927">
+        <w:t xml:space="preserve">Om man har </w:t>
+      </w:r>
+      <w:r w:rsidR="00E42927">
+        <w:t>gått den gamla utbildningen inom 3 år så är den också giltig</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4DB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0943" w:rsidRPr="00980F57">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00FE0943" w:rsidRPr="00980F57">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:i/>
+          </w:rPr>
+          <w:t>Strålsäkerhet mobila C-bågar - Teori (NU) GAMMAL</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FE0943" w:rsidRPr="00980F57">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="197C7E00" w14:textId="77777777" w:rsidR="00F71AA4" w:rsidRPr="00D140F6" w:rsidRDefault="00F71AA4" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D140F6">
         <w:t>Innehåll</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57FA75CE" w14:textId="77777777" w:rsidR="00F71AA4" w:rsidRDefault="00F71AA4" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A22C66">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Teoretisk del</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E863554" w14:textId="77777777" w:rsidR="00F71AA4" w:rsidRPr="00A56ED3" w:rsidRDefault="00F71AA4" w:rsidP="002D0540">
@@ -4784,51 +4844,51 @@
     <w:p w14:paraId="2632081E" w14:textId="0C0983AF" w:rsidR="0055692E" w:rsidRDefault="0055692E" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Omfattning: c</w:t>
       </w:r>
       <w:r w:rsidR="00D74C17">
         <w:t>irka</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E21E8D">
         <w:t>2–3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> timmar</w:t>
       </w:r>
       <w:r w:rsidR="00842C22">
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
       <w:r w:rsidR="00EF5814">
         <w:t xml:space="preserve">ebbutbildning: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00043168">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Strålsäkerhet för nuklearmedicin (NU)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="686E3798" w14:textId="77777777" w:rsidR="0055692E" w:rsidRPr="00D140F6" w:rsidRDefault="0055692E" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D140F6">
         <w:t>Innehåll</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6757B41C" w14:textId="77777777" w:rsidR="0055692E" w:rsidRPr="009853A9" w:rsidRDefault="0055692E" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -4972,50 +5032,51 @@
       <w:r w:rsidRPr="009853A9">
         <w:t xml:space="preserve">Gammakamerans uppbyggnad och funktion. Övriga </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009853A9">
         <w:t>nuklearmedicinska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009853A9">
         <w:t xml:space="preserve"> utrustningars funktion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64CA20DA" w14:textId="77777777" w:rsidR="0055692E" w:rsidRPr="009853A9" w:rsidRDefault="0055692E" w:rsidP="002D0540">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="0" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="009853A9">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Röntgenfysik:</w:t>
       </w:r>
       <w:r w:rsidRPr="009853A9">
         <w:t xml:space="preserve"> Röntgenutrustningens uppbyggnad och funktion. Strålfältet. Rörspänning och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009853A9">
         <w:t>rörström</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009853A9">
         <w:t xml:space="preserve">. Filtrering och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009853A9">
         <w:t>inbländning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009853A9">
         <w:t>. Röntgen- och CT-teknik.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="395B24CF" w14:textId="77777777" w:rsidR="0055692E" w:rsidRPr="004177AD" w:rsidRDefault="0055692E" w:rsidP="002D0540">
       <w:pPr>
         <w:numPr>
@@ -5086,51 +5147,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00601C17">
         <w:t>Omfattning</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C17">
         <w:t xml:space="preserve"> c</w:t>
       </w:r>
       <w:r w:rsidR="00D74C17">
         <w:t>irka</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C142A4">
         <w:rPr>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>30 minuter</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> teori </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t xml:space="preserve">Strålsäkerhet för assisterande </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>personal nuklearmedicin</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t xml:space="preserve"> (NU)</w:t>
@@ -5220,51 +5281,51 @@
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04F09AC1" w14:textId="1F4F6436" w:rsidR="0055692E" w:rsidRDefault="0055692E" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Webbutbildning</w:t>
       </w:r>
       <w:r w:rsidRPr="008027B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>Strålsäkerhet för chefer (NU)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="002C715D">
         <w:rPr>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Omfatt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="26"/>
         </w:rPr>
@@ -5526,79 +5587,80 @@
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="323C9C5F" w14:textId="77777777" w:rsidR="0055692E" w:rsidRDefault="0055692E" w:rsidP="00F50265">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc212021394"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Strålsäkerhetsutbildning osteoporos (DEXA)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B208917" w14:textId="1B323862" w:rsidR="0055692E" w:rsidRDefault="0055692E" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Hlk99972548"/>
       <w:r>
         <w:t>Webbutbildning</w:t>
       </w:r>
       <w:r w:rsidRPr="008027B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>Strålsäkerhet vid bentäthetsmätningar med röntgenstrålning (NU)</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="002C715D">
         <w:rPr>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Omfatt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="26"/>
@@ -5724,51 +5786,51 @@
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>psykiatri</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="310568CB" w14:textId="47BAF3E3" w:rsidR="00D761B9" w:rsidRPr="00D761B9" w:rsidRDefault="00D761B9" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D761B9">
         <w:t>Webbutbildning</w:t>
       </w:r>
       <w:r w:rsidR="00545A3B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:iCs/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00545A3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Utbildning</w:t>
         </w:r>
         <w:r w:rsidRPr="00545A3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>:</w:t>
         </w:r>
         <w:r w:rsidRPr="00D761B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t xml:space="preserve"> Strålsäkerhet vid bagageröntgen Brinkåsen (NU)</w:t>
         </w:r>
       </w:hyperlink>
@@ -6363,51 +6425,51 @@
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE26DE">
         <w:t>Omfattning: c</w:t>
       </w:r>
       <w:r w:rsidR="00D74C17">
         <w:t>irka</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE26DE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE26DE">
         <w:rPr>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>30 minuter</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE26DE">
         <w:t xml:space="preserve"> webbutbildning teori </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00AE26DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>Strålsäkerhet för assisterande personal i röntgenrum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AE26DE">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F6F651" w14:textId="77777777" w:rsidR="00AE26DE" w:rsidRPr="00D140F6" w:rsidRDefault="00AE26DE" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D140F6">
         <w:t>Innehåll</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25544CBB" w14:textId="77777777" w:rsidR="00AE26DE" w:rsidRPr="00AE26DE" w:rsidRDefault="00AE26DE" w:rsidP="00F220D7">
@@ -6469,50 +6531,51 @@
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="193C78FA" w14:textId="77777777" w:rsidR="0055692E" w:rsidRDefault="0055692E" w:rsidP="00D51651">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="_Toc212021402"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Temautbildning grundläggande datortomografi (CT)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="6ACDD8B8" w14:textId="34311DE6" w:rsidR="0055692E" w:rsidRPr="00775226" w:rsidRDefault="0055692E" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Utbildningen om </w:t>
       </w:r>
       <w:r>
         <w:t>CT-p</w:t>
       </w:r>
       <w:r w:rsidRPr="00775226">
         <w:t>arametrars inverkan på stråldos och bildkvalitet</w:t>
       </w:r>
       <w:r>
         <w:t>. Rikt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7100,50 +7163,51 @@
       </w:pPr>
       <w:r>
         <w:t>Patientstråldoser.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EAD4715" w14:textId="597A6125" w:rsidR="0055692E" w:rsidRDefault="0055692E" w:rsidP="00D51651">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="45" w:name="_Toc212021405"/>
       <w:r w:rsidRPr="007C6814">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Remittentutbildning för sjuksköterskor</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="6ACA8013" w14:textId="21E295FD" w:rsidR="0055692E" w:rsidRDefault="0055692E" w:rsidP="00D51651">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Utbildningen riktar sig till sjuksköterskor som ska få skriva remisser. I utbildningen ingår strålsäkerhet, som ges av sjukhusfysiker, och regler för remisskrivande, som ges av radiolog/röntgensjuksköterska. </w:t>
       </w:r>
       <w:r w:rsidRPr="00601C17">
         <w:rPr>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Omfattn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7403,65 +7467,65 @@
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:sectPr w:rsidR="009E45D1" w:rsidSect="001F4051">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="418" w:bottom="1276" w:left="1418" w:header="284" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15F0C5DD" w14:textId="77777777" w:rsidR="00BD7978" w:rsidRDefault="00BD7978">
+    <w:p w14:paraId="4C00C434" w14:textId="77777777" w:rsidR="007C7574" w:rsidRDefault="007C7574">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E6A8359" w14:textId="77777777" w:rsidR="00BD7978" w:rsidRDefault="00BD7978">
+    <w:p w14:paraId="79C76131" w14:textId="77777777" w:rsidR="007C7574" w:rsidRDefault="007C7574">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="382E533C" w14:textId="77777777" w:rsidR="00BD7978" w:rsidRDefault="00BD7978">
+    <w:p w14:paraId="2358F3C1" w14:textId="77777777" w:rsidR="007C7574" w:rsidRDefault="007C7574">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7711,61 +7775,61 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1926C58B" w14:textId="77777777" w:rsidR="00BD7978" w:rsidRDefault="00BD7978"/>
+    <w:p w14:paraId="422DB785" w14:textId="77777777" w:rsidR="007C7574" w:rsidRDefault="007C7574"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E95E8BA" w14:textId="77777777" w:rsidR="00BD7978" w:rsidRDefault="00BD7978">
+    <w:p w14:paraId="134C1FF7" w14:textId="77777777" w:rsidR="007C7574" w:rsidRDefault="007C7574">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C13EDEB" w14:textId="77777777" w:rsidR="00BD7978" w:rsidRDefault="00BD7978">
+    <w:p w14:paraId="57D3167A" w14:textId="77777777" w:rsidR="007C7574" w:rsidRDefault="007C7574">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -11662,643 +11726,699 @@
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="2046632261">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1475954243">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="655183322">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1019623254">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1323462698">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="151995585">
     <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="00000D43"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00043168"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="00054FC7"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
+    <w:rsid w:val="000673C2"/>
+    <w:rsid w:val="00067A01"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="0007293C"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0008774F"/>
     <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="00090927"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="00096D33"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000A7577"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C640A"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00101B6A"/>
+    <w:rsid w:val="001027E1"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="00104500"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="00170DBC"/>
     <w:rsid w:val="0017664C"/>
     <w:rsid w:val="00176CD9"/>
     <w:rsid w:val="00180C26"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019505D"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001C76D3"/>
     <w:rsid w:val="001C7CCE"/>
+    <w:rsid w:val="001D73CC"/>
     <w:rsid w:val="001E0B7D"/>
     <w:rsid w:val="001F069C"/>
+    <w:rsid w:val="001F27F5"/>
     <w:rsid w:val="001F4051"/>
     <w:rsid w:val="001F5F44"/>
     <w:rsid w:val="00200B8F"/>
     <w:rsid w:val="002048A9"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00222044"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00244FC1"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="002734CF"/>
+    <w:rsid w:val="00275468"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0540"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D30BC"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F1476"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003001C0"/>
     <w:rsid w:val="0030320B"/>
     <w:rsid w:val="00303FC0"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="0030697D"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003179D4"/>
     <w:rsid w:val="003203D7"/>
+    <w:rsid w:val="003209A5"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326809"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="00342C5E"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="00364B42"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="00387DDC"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00394206"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A1E02"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C0C9A"/>
     <w:rsid w:val="003C62AD"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="004242F3"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00434C88"/>
     <w:rsid w:val="00435A46"/>
+    <w:rsid w:val="00436226"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="0044458B"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="00477CD7"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="004F71A8"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="005139B9"/>
     <w:rsid w:val="00522EA0"/>
     <w:rsid w:val="00524D5D"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
+    <w:rsid w:val="00536C7A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545310"/>
     <w:rsid w:val="00545A3B"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="00546C5D"/>
     <w:rsid w:val="0055692E"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00566FA4"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A3224"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B0836"/>
     <w:rsid w:val="005B10F7"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C1FB0"/>
     <w:rsid w:val="005C42AD"/>
     <w:rsid w:val="005C4606"/>
+    <w:rsid w:val="005D09BC"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D6E1B"/>
     <w:rsid w:val="005E02B3"/>
+    <w:rsid w:val="005E0A08"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E40E4"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00625C13"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00650460"/>
     <w:rsid w:val="00651551"/>
     <w:rsid w:val="00654552"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006756B3"/>
     <w:rsid w:val="00690E8F"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E7187"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007017A5"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007241B7"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="007306FE"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="00743976"/>
     <w:rsid w:val="0074627D"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00771E24"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="0079367C"/>
+    <w:rsid w:val="00797341"/>
     <w:rsid w:val="007A15AC"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007C7574"/>
     <w:rsid w:val="007C7D4B"/>
     <w:rsid w:val="007D0729"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E107C"/>
     <w:rsid w:val="007E4FFB"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00804D4F"/>
     <w:rsid w:val="00811E40"/>
     <w:rsid w:val="00815F29"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="00823180"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00830DD1"/>
     <w:rsid w:val="008358CA"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="008378B2"/>
     <w:rsid w:val="00842C22"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00851AD0"/>
     <w:rsid w:val="008564E4"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="00863072"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="0088289B"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A68E2"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B713A"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E25B6"/>
     <w:rsid w:val="008E32C7"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E5DC3"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="009102D7"/>
+    <w:rsid w:val="009111DB"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="009161A8"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="00925FC2"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="00945448"/>
     <w:rsid w:val="00945EE2"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
+    <w:rsid w:val="00952160"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00980F57"/>
     <w:rsid w:val="00991CAA"/>
     <w:rsid w:val="00995C9A"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B2A1C"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C6C0D"/>
     <w:rsid w:val="009C6DD3"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009D6D7A"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E45D1"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A01558"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A170B4"/>
     <w:rsid w:val="00A24331"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A40729"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A72E40"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA1F36"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AC15BB"/>
     <w:rsid w:val="00AC3858"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE26DE"/>
     <w:rsid w:val="00AE5BC7"/>
+    <w:rsid w:val="00AF4DB4"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7466"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B245E8"/>
     <w:rsid w:val="00B25906"/>
+    <w:rsid w:val="00B31799"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B36C81"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
+    <w:rsid w:val="00B847A0"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA08AD"/>
+    <w:rsid w:val="00BA6895"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BD7978"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C177A1"/>
     <w:rsid w:val="00C23586"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C62D41"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72342"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C91BD1"/>
     <w:rsid w:val="00C97BD3"/>
+    <w:rsid w:val="00C97C6E"/>
     <w:rsid w:val="00CA37A2"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA6035"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC097D"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CE6737"/>
     <w:rsid w:val="00CE67F4"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D07746"/>
     <w:rsid w:val="00D11168"/>
     <w:rsid w:val="00D12DD4"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D140F6"/>
+    <w:rsid w:val="00D17C8A"/>
     <w:rsid w:val="00D21836"/>
     <w:rsid w:val="00D26C65"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D51651"/>
+    <w:rsid w:val="00D51EDE"/>
     <w:rsid w:val="00D51EE9"/>
     <w:rsid w:val="00D65D01"/>
     <w:rsid w:val="00D74C17"/>
     <w:rsid w:val="00D761B9"/>
     <w:rsid w:val="00D83E6A"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB291F"/>
+    <w:rsid w:val="00DC2925"/>
+    <w:rsid w:val="00DD161E"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DD304F"/>
     <w:rsid w:val="00DD7A85"/>
     <w:rsid w:val="00DE3D8D"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF0DBB"/>
     <w:rsid w:val="00E01CC5"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E13CB1"/>
     <w:rsid w:val="00E21E8D"/>
     <w:rsid w:val="00E26E3C"/>
+    <w:rsid w:val="00E34975"/>
+    <w:rsid w:val="00E42927"/>
+    <w:rsid w:val="00E47E41"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E77CFB"/>
     <w:rsid w:val="00E81782"/>
     <w:rsid w:val="00E85CA1"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA018D"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EB4F19"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED0BB9"/>
     <w:rsid w:val="00ED3C57"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE0EAD"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF5814"/>
+    <w:rsid w:val="00F12020"/>
     <w:rsid w:val="00F220D7"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F27B4B"/>
+    <w:rsid w:val="00F31B62"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F420B0"/>
     <w:rsid w:val="00F50265"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F71AA4"/>
     <w:rsid w:val="00F73354"/>
+    <w:rsid w:val="00F816DC"/>
     <w:rsid w:val="00F84A50"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA7E63"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5025"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
+    <w:rsid w:val="00FE0943"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="1880390A"/>
     <w:rsid w:val="224D38FC"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64F650F1"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
@@ -14730,50 +14850,62 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ingetavstnd">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0055692E"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C6DD3"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00952160"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -14832,51 +14964,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=1241" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=3371" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=778" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=1239" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=904" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=1458" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=818" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=802" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=1458" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=2356" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=785" TargetMode="External" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=1241" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=904" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=778" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/login/index.php" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=818" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=1458" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=802" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=2356" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=785" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=1458" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=778" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=3371" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -15172,76 +15304,76 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>1514</Words>
-  <Characters>15357</Characters>
+  <Words>2695</Words>
+  <Characters>14288</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>127</Lines>
+  <Lines>119</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16838</CharactersWithSpaces>
+  <CharactersWithSpaces>16950</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="252" baseType="variant">
       <vt:variant>
         <vt:i4>7667768</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>213</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://larportalen.vgregion.se/course/view.php?id=785</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7536691</vt:i4>
       </vt:variant>
@@ -15401,602 +15533,602 @@
       <vt:variant>
         <vt:lpwstr>https://larportalen.vgregion.se/course/view.php?id=1241</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7405623</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>183</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://larportalen.vgregion.se/course/view.php?id=3750</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7667762</vt:i4>
+        <vt:i4>6619232</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>180</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://larportalen.vgregion.se/course/view.php?id=1239</vt:lpwstr>
+        <vt:lpwstr>https://larportalen.vgregion.se/login/index.php</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1572919</vt:i4>
+        <vt:i4>1507382</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>173</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853152</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1572919</vt:i4>
+        <vt:lpwstr>_Toc212021406</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507382</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>167</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853151</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1572919</vt:i4>
+        <vt:lpwstr>_Toc212021405</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507382</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>161</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853150</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1638455</vt:i4>
+        <vt:lpwstr>_Toc212021404</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507382</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>155</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853149</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1638455</vt:i4>
+        <vt:lpwstr>_Toc212021403</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507382</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>149</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853148</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1638455</vt:i4>
+        <vt:lpwstr>_Toc212021402</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507382</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>143</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853147</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1638455</vt:i4>
+        <vt:lpwstr>_Toc212021401</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507382</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>137</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853146</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1638455</vt:i4>
+        <vt:lpwstr>_Toc212021400</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966129</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>131</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853145</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1638455</vt:i4>
+        <vt:lpwstr>_Toc212021399</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966129</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>125</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853144</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1638455</vt:i4>
+        <vt:lpwstr>_Toc212021398</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966129</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>119</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853143</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1638455</vt:i4>
+        <vt:lpwstr>_Toc212021397</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966129</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>113</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853142</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1638455</vt:i4>
+        <vt:lpwstr>_Toc212021396</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966129</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>107</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853141</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1638455</vt:i4>
+        <vt:lpwstr>_Toc212021395</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966129</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>101</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853140</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1966135</vt:i4>
+        <vt:lpwstr>_Toc212021394</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966129</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>95</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853139</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1966135</vt:i4>
+        <vt:lpwstr>_Toc212021393</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966129</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>89</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853138</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1966135</vt:i4>
+        <vt:lpwstr>_Toc212021392</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966129</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>83</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853137</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1966135</vt:i4>
+        <vt:lpwstr>_Toc212021391</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966129</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>77</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853136</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1966135</vt:i4>
+        <vt:lpwstr>_Toc212021390</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031665</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>71</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853135</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1966135</vt:i4>
+        <vt:lpwstr>_Toc212021389</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031665</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>65</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853134</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1966135</vt:i4>
+        <vt:lpwstr>_Toc212021388</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031665</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>59</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853133</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1966135</vt:i4>
+        <vt:lpwstr>_Toc212021387</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031665</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>53</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853132</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1966135</vt:i4>
+        <vt:lpwstr>_Toc212021386</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031665</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>47</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853131</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>1966135</vt:i4>
+        <vt:lpwstr>_Toc212021385</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031665</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>41</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853130</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>2031671</vt:i4>
+        <vt:lpwstr>_Toc212021384</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031665</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>35</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853129</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>2031671</vt:i4>
+        <vt:lpwstr>_Toc212021383</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031665</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>29</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853128</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>2031671</vt:i4>
+        <vt:lpwstr>_Toc212021382</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031665</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>23</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853127</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>2031671</vt:i4>
+        <vt:lpwstr>_Toc212021381</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031665</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>17</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853126</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>2031671</vt:i4>
+        <vt:lpwstr>_Toc212021380</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048625</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853125</vt:lpwstr>
-[...2 lines deleted...]
-        <vt:i4>2031671</vt:i4>
+        <vt:lpwstr>_Toc212021379</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048625</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc211853124</vt:lpwstr>
+        <vt:lpwstr>_Toc212021378</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>131163</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-24/surrogate/Str%c3%a5ls%c3%a4kerhetsutbildningens organisation och utformning.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Studieplaner för strålsäkerhetsutbildning inom verksamhet med joniserande strålning</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>137</revision>
+  <revision>161</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>